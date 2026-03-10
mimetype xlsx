--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X422"/>
+  <dimension ref="A1:X485"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L422" sqref="L422"/>
+      <selection activeCell="L485" sqref="L485"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,24137 +546,28142 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.44</v>
+        <v>46091.658321759</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2">
-        <v>-0.96</v>
+        <v>-3.72</v>
       </c>
       <c r="G2">
-        <v>107.4</v>
+        <v>106.232527</v>
       </c>
       <c r="H2">
-        <v>128880.0</v>
+        <v>159348.7905</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.0</v>
       </c>
       <c r="K2" s="2">
         <v>45387.0</v>
       </c>
       <c r="L2" s="2">
         <v>49039.0</v>
       </c>
       <c r="M2">
         <v>2000</v>
       </c>
       <c r="N2">
         <v>10000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.406593</v>
+        <v>3.472527</v>
       </c>
       <c r="Q2">
-        <v>106.906593</v>
+        <v>106.222527</v>
       </c>
       <c r="R2">
-        <v>108.906593</v>
+        <v>110.972527</v>
       </c>
       <c r="S2">
-        <v>105.5</v>
+        <v>102.75</v>
       </c>
       <c r="T2">
         <v>107.5</v>
       </c>
       <c r="U2">
-        <v>7.110641</v>
+        <v>7.537362</v>
       </c>
       <c r="V2">
-        <v>6.802692</v>
+        <v>6.776475</v>
       </c>
       <c r="X2">
         <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.548368056</v>
+        <v>46090.418206019</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>108.445055</v>
+        <v>110.340659</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.0</v>
       </c>
       <c r="K3" s="2">
         <v>45387.0</v>
       </c>
       <c r="L3" s="2">
         <v>49039.0</v>
       </c>
       <c r="M3">
         <v>2000</v>
       </c>
       <c r="N3">
         <v>10000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.340659</v>
+        <v>3.450549</v>
       </c>
       <c r="Q3">
-        <v>106.840659</v>
+        <v>106.200549</v>
       </c>
       <c r="R3">
-        <v>107.5</v>
+        <v>110.9</v>
       </c>
       <c r="S3">
-        <v>105.5</v>
+        <v>102.75</v>
       </c>
       <c r="T3">
-        <v>106.159341</v>
+        <v>107.449451</v>
       </c>
       <c r="U3">
-        <v>7.111324</v>
+        <v>7.537426</v>
       </c>
       <c r="V3">
-        <v>7.009066</v>
+        <v>6.784605</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.355497685</v>
+        <v>46087.355069444</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>108.445055</v>
+        <v>110.340659</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.0</v>
       </c>
       <c r="K4" s="2">
         <v>45387.0</v>
       </c>
       <c r="L4" s="2">
         <v>49039.0</v>
       </c>
       <c r="M4">
         <v>2000</v>
       </c>
       <c r="N4">
         <v>10000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.318681</v>
+        <v>3.428571</v>
       </c>
       <c r="Q4">
-        <v>106.818681</v>
+        <v>106.178571</v>
       </c>
       <c r="R4">
-        <v>108.818681</v>
+        <v>110.928571</v>
       </c>
       <c r="S4">
-        <v>105.5</v>
+        <v>102.75</v>
       </c>
       <c r="T4">
         <v>107.5</v>
       </c>
       <c r="U4">
-        <v>7.111553</v>
+        <v>7.537491</v>
       </c>
       <c r="V4">
-        <v>6.80389</v>
+        <v>6.776993</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.542835648</v>
+        <v>46086.355208333</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
-        <v>108.445055</v>
+        <v>110.340659</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.0</v>
       </c>
       <c r="K5" s="2">
         <v>45387.0</v>
       </c>
       <c r="L5" s="2">
         <v>49039.0</v>
       </c>
       <c r="M5">
         <v>2000</v>
       </c>
       <c r="N5">
         <v>10000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.296703</v>
+        <v>3.406593</v>
       </c>
       <c r="Q5">
-        <v>106.796703</v>
+        <v>106.156593</v>
       </c>
       <c r="R5">
+        <v>110.906593</v>
+      </c>
+      <c r="S5">
+        <v>102.75</v>
+      </c>
+      <c r="T5">
         <v>107.5</v>
       </c>
-      <c r="S5">
-[...4 lines deleted...]
-      </c>
       <c r="U5">
-        <v>7.111782</v>
+        <v>7.537556</v>
       </c>
       <c r="V5">
-        <v>7.002786</v>
+        <v>6.777253</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.355729167</v>
+        <v>46085.635023148</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
+      <c r="F6">
+        <v>-0.31</v>
+      </c>
       <c r="G6">
-        <v>108.445055</v>
+        <v>110.340659</v>
+      </c>
+      <c r="H6">
+        <v>11034.0659</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.0</v>
       </c>
       <c r="K6" s="2">
         <v>45387.0</v>
       </c>
       <c r="L6" s="2">
         <v>49039.0</v>
       </c>
       <c r="M6">
         <v>2000</v>
       </c>
       <c r="N6">
         <v>10000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.274725</v>
+        <v>3.340659</v>
       </c>
       <c r="Q6">
-        <v>106.774725</v>
+        <v>106.090659</v>
       </c>
       <c r="R6">
-        <v>108.774725</v>
+        <v>110.840659</v>
       </c>
       <c r="S6">
-        <v>105.5</v>
+        <v>102.75</v>
       </c>
       <c r="T6">
         <v>107.5</v>
       </c>
       <c r="U6">
-        <v>7.112012</v>
+        <v>7.537757</v>
       </c>
       <c r="V6">
-        <v>6.804492</v>
+        <v>6.778035</v>
+      </c>
+      <c r="X6">
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.567037037</v>
+        <v>46084.354965278</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>108.445055</v>
+        <v>110.686813</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.0</v>
       </c>
       <c r="K7" s="2">
         <v>45387.0</v>
       </c>
       <c r="L7" s="2">
         <v>49039.0</v>
       </c>
       <c r="M7">
         <v>2000</v>
       </c>
       <c r="N7">
         <v>10000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.252747</v>
+        <v>3.318681</v>
       </c>
       <c r="Q7">
-        <v>106.752747</v>
+        <v>110.318681</v>
       </c>
       <c r="R7">
-        <v>107.4</v>
+        <v>110.818681</v>
       </c>
       <c r="S7">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T7">
-        <v>106.147253</v>
+        <v>107.5</v>
       </c>
       <c r="U7">
-        <v>7.112242</v>
+        <v>6.85624</v>
       </c>
       <c r="V7">
-        <v>7.011944</v>
+        <v>6.778296</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.493402778</v>
+        <v>46083.547291667</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>108.445055</v>
+        <v>110.686813</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.0</v>
       </c>
       <c r="K8" s="2">
         <v>45387.0</v>
       </c>
       <c r="L8" s="2">
         <v>49039.0</v>
       </c>
       <c r="M8">
         <v>2000</v>
       </c>
       <c r="N8">
         <v>10000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.186813</v>
+        <v>3.296703</v>
       </c>
       <c r="Q8">
-        <v>106.686813</v>
+        <v>110.296703</v>
       </c>
       <c r="R8">
-        <v>107.69</v>
+        <v>110.796703</v>
       </c>
       <c r="S8">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T8">
-        <v>106.503187</v>
+        <v>107.5</v>
       </c>
       <c r="U8">
-        <v>7.112936</v>
+        <v>6.856482</v>
       </c>
       <c r="V8">
-        <v>6.957918</v>
+        <v>6.778558</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.54287037</v>
+        <v>46080.355081019</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>108.445055</v>
+        <v>110.686813</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.0</v>
       </c>
       <c r="K9" s="2">
         <v>45387.0</v>
       </c>
       <c r="L9" s="2">
         <v>49039.0</v>
       </c>
       <c r="M9">
         <v>2000</v>
       </c>
       <c r="N9">
         <v>10000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.164835</v>
+        <v>3.274725</v>
       </c>
       <c r="Q9">
-        <v>106.664835</v>
+        <v>110.274725</v>
       </c>
       <c r="R9">
-        <v>107.5</v>
+        <v>111.274725</v>
       </c>
       <c r="S9">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T9">
-        <v>106.335165</v>
+        <v>108.0</v>
       </c>
       <c r="U9">
-        <v>7.113168</v>
+        <v>6.856724</v>
       </c>
       <c r="V9">
-        <v>6.984015</v>
+        <v>6.701371</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.490729167</v>
+        <v>46079.417048611</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>108.445055</v>
+        <v>110.686813</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.0</v>
       </c>
       <c r="K10" s="2">
         <v>45387.0</v>
       </c>
       <c r="L10" s="2">
         <v>49039.0</v>
       </c>
       <c r="M10">
         <v>2000</v>
       </c>
       <c r="N10">
         <v>10000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.142857</v>
+        <v>3.252747</v>
       </c>
       <c r="Q10">
-        <v>106.642857</v>
+        <v>110.252747</v>
       </c>
       <c r="R10">
-        <v>108.0</v>
+        <v>111.25</v>
       </c>
       <c r="S10">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T10">
-        <v>106.857143</v>
+        <v>107.997253</v>
       </c>
       <c r="U10">
-        <v>7.113401</v>
+        <v>6.856967</v>
       </c>
       <c r="V10">
-        <v>6.904224</v>
+        <v>6.702077</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.538969907</v>
+        <v>46078.485798611</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
+      <c r="F11">
+        <v>0.61</v>
+      </c>
       <c r="G11">
-        <v>108.445055</v>
+        <v>110.686813</v>
+      </c>
+      <c r="H11">
+        <v>44274.7252</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.0</v>
       </c>
       <c r="K11" s="2">
         <v>45387.0</v>
       </c>
       <c r="L11" s="2">
         <v>49039.0</v>
       </c>
       <c r="M11">
         <v>2000</v>
       </c>
       <c r="N11">
         <v>10000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.120879</v>
+        <v>3.186813</v>
       </c>
       <c r="Q11">
-        <v>106.620879</v>
+        <v>110.186813</v>
       </c>
       <c r="R11">
-        <v>108.0</v>
+        <v>111.1</v>
       </c>
       <c r="S11">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T11">
-        <v>106.879121</v>
+        <v>107.913187</v>
       </c>
       <c r="U11">
-        <v>7.113634</v>
+        <v>6.857699</v>
       </c>
       <c r="V11">
-        <v>6.901146</v>
+        <v>6.715904</v>
+      </c>
+      <c r="X11">
+        <v>1</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.588564815</v>
+        <v>46077.354953704</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.0</v>
       </c>
       <c r="K12" s="2">
         <v>45387.0</v>
       </c>
       <c r="L12" s="2">
         <v>49039.0</v>
       </c>
       <c r="M12">
         <v>2000</v>
       </c>
       <c r="N12">
         <v>10000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.098901</v>
+        <v>3.164835</v>
       </c>
       <c r="Q12">
-        <v>106.598901</v>
+        <v>110.164835</v>
       </c>
       <c r="R12">
-        <v>108.0</v>
+        <v>110.664835</v>
       </c>
       <c r="S12">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T12">
-        <v>106.901099</v>
+        <v>107.5</v>
       </c>
       <c r="U12">
-        <v>7.113868</v>
+        <v>6.857944</v>
       </c>
       <c r="V12">
-        <v>6.898071</v>
+        <v>6.780139</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.355532407</v>
+        <v>46076.354872685</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.0</v>
       </c>
       <c r="K13" s="2">
         <v>45387.0</v>
       </c>
       <c r="L13" s="2">
         <v>49039.0</v>
       </c>
       <c r="M13">
         <v>2000</v>
       </c>
       <c r="N13">
         <v>10000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.032967</v>
+        <v>3.142857</v>
       </c>
       <c r="Q13">
-        <v>106.532967</v>
+        <v>110.142857</v>
       </c>
       <c r="R13">
-        <v>108.532967</v>
+        <v>110.642857</v>
       </c>
       <c r="S13">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T13">
         <v>107.5</v>
       </c>
       <c r="U13">
-        <v>7.114572</v>
+        <v>6.858189</v>
       </c>
       <c r="V13">
-        <v>6.80783</v>
+        <v>6.780404</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.355439815</v>
+        <v>46073.355104167</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.0</v>
       </c>
       <c r="K14" s="2">
         <v>45387.0</v>
       </c>
       <c r="L14" s="2">
         <v>49039.0</v>
       </c>
       <c r="M14">
         <v>2000</v>
       </c>
       <c r="N14">
         <v>10000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.010989</v>
+        <v>3.120879</v>
+      </c>
+      <c r="Q14">
+        <v>110.120879</v>
+      </c>
+      <c r="R14">
+        <v>110.620879</v>
+      </c>
+      <c r="S14">
+        <v>107.0</v>
+      </c>
+      <c r="T14">
+        <v>107.5</v>
+      </c>
+      <c r="U14">
+        <v>6.858435</v>
+      </c>
+      <c r="V14">
+        <v>6.780669</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.355763889</v>
+        <v>46072.355104167</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.0</v>
       </c>
       <c r="K15" s="2">
         <v>45387.0</v>
       </c>
       <c r="L15" s="2">
         <v>49039.0</v>
       </c>
       <c r="M15">
         <v>2000</v>
       </c>
       <c r="N15">
         <v>10000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.989011</v>
+        <v>3.098901</v>
+      </c>
+      <c r="Q15">
+        <v>110.098901</v>
+      </c>
+      <c r="R15">
+        <v>110.598901</v>
+      </c>
+      <c r="S15">
+        <v>107.0</v>
+      </c>
+      <c r="T15">
+        <v>107.5</v>
+      </c>
+      <c r="U15">
+        <v>6.858681</v>
+      </c>
+      <c r="V15">
+        <v>6.780935</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.35537037</v>
+        <v>46071.355162037</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.0</v>
       </c>
       <c r="K16" s="2">
         <v>45387.0</v>
       </c>
       <c r="L16" s="2">
         <v>49039.0</v>
       </c>
       <c r="M16">
         <v>2000</v>
       </c>
       <c r="N16">
         <v>10000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.967033</v>
+        <v>3.032967</v>
       </c>
       <c r="Q16">
-        <v>106.467033</v>
+        <v>110.032967</v>
       </c>
       <c r="R16">
-        <v>108.467033</v>
+        <v>110.532967</v>
       </c>
       <c r="S16">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T16">
         <v>107.5</v>
       </c>
       <c r="U16">
-        <v>7.115281</v>
+        <v>6.859423</v>
       </c>
       <c r="V16">
-        <v>6.808749</v>
+        <v>6.781735</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.565115741</v>
+        <v>46070.417962963</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
-        <v>0.06</v>
+        <v>-0.43</v>
       </c>
       <c r="G17">
-        <v>108.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="H17">
-        <v>10844.5055</v>
+        <v>11001.0989</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.0</v>
       </c>
       <c r="K17" s="2">
         <v>45387.0</v>
       </c>
       <c r="L17" s="2">
         <v>49039.0</v>
       </c>
       <c r="M17">
         <v>2000</v>
       </c>
       <c r="N17">
         <v>10000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.945055</v>
+        <v>3.010989</v>
       </c>
       <c r="Q17">
-        <v>106.445055</v>
+        <v>110.010989</v>
       </c>
       <c r="R17">
-        <v>108.445055</v>
+        <v>110.510989</v>
       </c>
       <c r="S17">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
       <c r="T17">
         <v>107.5</v>
       </c>
       <c r="U17">
-        <v>7.115518</v>
+        <v>6.859671</v>
       </c>
       <c r="V17">
-        <v>6.809056</v>
+        <v>6.782003</v>
       </c>
       <c r="X17">
         <v>1</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.489699074</v>
+        <v>46069.570833333</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18">
-        <v>0.33</v>
+        <v>0.64</v>
       </c>
       <c r="G18">
-        <v>108.379121</v>
+        <v>110.489011</v>
       </c>
       <c r="H18">
-        <v>21675.8242</v>
+        <v>11048.9011</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.0</v>
       </c>
       <c r="K18" s="2">
         <v>45387.0</v>
       </c>
       <c r="L18" s="2">
         <v>49039.0</v>
       </c>
       <c r="M18">
         <v>2000</v>
       </c>
       <c r="N18">
         <v>10000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.879121</v>
+        <v>2.989011</v>
       </c>
       <c r="Q18">
-        <v>106.379121</v>
+        <v>108.489011</v>
       </c>
       <c r="R18">
-        <v>108.379121</v>
+        <v>109.989011</v>
       </c>
       <c r="S18">
         <v>105.5</v>
       </c>
       <c r="T18">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
       <c r="U18">
-        <v>7.116233</v>
+        <v>7.095629</v>
       </c>
       <c r="V18">
-        <v>6.80998</v>
+        <v>6.859919</v>
       </c>
       <c r="X18">
         <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.421828704</v>
+        <v>46066.355092593</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.0</v>
       </c>
       <c r="K19" s="2">
         <v>45387.0</v>
       </c>
       <c r="L19" s="2">
         <v>49039.0</v>
       </c>
       <c r="M19">
         <v>2000</v>
       </c>
       <c r="N19">
         <v>10000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.857143</v>
+        <v>2.967033</v>
       </c>
       <c r="Q19">
-        <v>108.34</v>
+        <v>108.467033</v>
       </c>
       <c r="R19">
-        <v>108.357143</v>
+        <v>110.467033</v>
       </c>
       <c r="S19">
-        <v>107.482857</v>
+        <v>105.5</v>
       </c>
       <c r="T19">
         <v>107.5</v>
       </c>
       <c r="U19">
-        <v>6.812882</v>
+        <v>7.095819</v>
       </c>
       <c r="V19">
-        <v>6.810289</v>
+        <v>6.782539</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.418252315</v>
+        <v>46065.355150463</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.0</v>
       </c>
       <c r="K20" s="2">
         <v>45387.0</v>
       </c>
       <c r="L20" s="2">
         <v>49039.0</v>
       </c>
       <c r="M20">
         <v>2000</v>
       </c>
       <c r="N20">
         <v>10000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>0.835165</v>
+        <v>2.945055</v>
       </c>
       <c r="Q20">
-        <v>108.14</v>
+        <v>108.445055</v>
       </c>
       <c r="R20">
-        <v>108.335165</v>
+        <v>110.445055</v>
       </c>
       <c r="S20">
-        <v>107.304835</v>
+        <v>105.5</v>
       </c>
       <c r="T20">
         <v>107.5</v>
       </c>
       <c r="U20">
-        <v>6.840152</v>
+        <v>7.09601</v>
       </c>
       <c r="V20">
-        <v>6.810598</v>
+        <v>6.782808</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.355740741</v>
+        <v>46064.355138889</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.0</v>
       </c>
       <c r="K21" s="2">
         <v>45387.0</v>
       </c>
       <c r="L21" s="2">
         <v>49039.0</v>
       </c>
       <c r="M21">
         <v>2000</v>
       </c>
       <c r="N21">
         <v>10000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>0.813187</v>
+        <v>2.879121</v>
       </c>
       <c r="Q21">
-        <v>106.313187</v>
+        <v>108.379121</v>
       </c>
       <c r="R21">
-        <v>108.313187</v>
+        <v>110.379121</v>
       </c>
       <c r="S21">
         <v>105.5</v>
       </c>
       <c r="T21">
         <v>107.5</v>
       </c>
       <c r="U21">
-        <v>7.116952</v>
+        <v>7.096584</v>
       </c>
       <c r="V21">
-        <v>6.810907</v>
+        <v>6.783618</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.355601852</v>
+        <v>46063.355034722</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.0</v>
       </c>
       <c r="K22" s="2">
         <v>45387.0</v>
       </c>
       <c r="L22" s="2">
         <v>49039.0</v>
       </c>
       <c r="M22">
         <v>2000</v>
       </c>
       <c r="N22">
         <v>10000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>0.791209</v>
+        <v>2.857143</v>
       </c>
       <c r="Q22">
-        <v>106.291209</v>
+        <v>108.357143</v>
       </c>
       <c r="R22">
-        <v>108.291209</v>
+        <v>110.357143</v>
       </c>
       <c r="S22">
         <v>105.5</v>
       </c>
       <c r="T22">
         <v>107.5</v>
       </c>
       <c r="U22">
-        <v>7.117193</v>
+        <v>7.096777</v>
       </c>
       <c r="V22">
-        <v>6.811217</v>
+        <v>6.783888</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.355740741</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.0</v>
       </c>
       <c r="K23" s="2">
         <v>45387.0</v>
       </c>
       <c r="L23" s="2">
         <v>49039.0</v>
       </c>
       <c r="M23">
         <v>2000</v>
       </c>
       <c r="N23">
         <v>10000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>0.725275</v>
+        <v>2.835165</v>
       </c>
       <c r="Q23">
-        <v>106.225275</v>
+        <v>108.335165</v>
       </c>
       <c r="R23">
-        <v>108.225275</v>
+        <v>110.335165</v>
       </c>
       <c r="S23">
         <v>105.5</v>
       </c>
       <c r="T23">
         <v>107.5</v>
       </c>
       <c r="U23">
-        <v>7.117918</v>
+        <v>7.09697</v>
       </c>
       <c r="V23">
-        <v>6.81215</v>
+        <v>6.784159</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.355625</v>
+        <v>46059.355104167</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>108.027473</v>
+        <v>109.791209</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.0</v>
       </c>
       <c r="K24" s="2">
         <v>45387.0</v>
       </c>
       <c r="L24" s="2">
         <v>49039.0</v>
       </c>
       <c r="M24">
         <v>2000</v>
       </c>
       <c r="N24">
         <v>10000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>0.703297</v>
+        <v>2.813187</v>
       </c>
       <c r="Q24">
-        <v>106.203297</v>
+        <v>108.313187</v>
       </c>
       <c r="R24">
-        <v>108.203297</v>
+        <v>110.313187</v>
       </c>
       <c r="S24">
         <v>105.5</v>
       </c>
       <c r="T24">
         <v>107.5</v>
       </c>
       <c r="U24">
-        <v>7.11816</v>
+        <v>7.097163</v>
       </c>
       <c r="V24">
-        <v>6.812461</v>
+        <v>6.784431</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.528333333</v>
+        <v>46058.486689815</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
+      <c r="F25">
+        <v>1.51</v>
+      </c>
       <c r="G25">
-        <v>108.027473</v>
+        <v>109.791209</v>
+      </c>
+      <c r="H25">
+        <v>21958.2418</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.0</v>
       </c>
       <c r="K25" s="2">
         <v>45387.0</v>
       </c>
       <c r="L25" s="2">
         <v>49039.0</v>
       </c>
       <c r="M25">
         <v>2000</v>
       </c>
       <c r="N25">
         <v>10000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>0.681319</v>
+        <v>2.791209</v>
       </c>
       <c r="Q25">
-        <v>106.181319</v>
+        <v>108.291209</v>
       </c>
       <c r="R25">
-        <v>108.181319</v>
+        <v>110.291209</v>
       </c>
       <c r="S25">
         <v>105.5</v>
       </c>
       <c r="T25">
         <v>107.5</v>
       </c>
       <c r="U25">
-        <v>7.118404</v>
+        <v>7.097358</v>
       </c>
       <c r="V25">
-        <v>6.812773</v>
+        <v>6.784703</v>
+      </c>
+      <c r="X25">
+        <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.466712963</v>
+        <v>46057.355</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>108.027473</v>
+        <v>108.159341</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.0</v>
       </c>
       <c r="K26" s="2">
         <v>45387.0</v>
       </c>
       <c r="L26" s="2">
         <v>49039.0</v>
       </c>
       <c r="M26">
         <v>2000</v>
       </c>
       <c r="N26">
         <v>10000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.659341</v>
+        <v>2.725275</v>
       </c>
       <c r="Q26">
-        <v>108.0</v>
+        <v>108.225275</v>
       </c>
       <c r="R26">
-        <v>108.159341</v>
+        <v>109.725275</v>
       </c>
       <c r="S26">
-        <v>107.340659</v>
+        <v>105.5</v>
       </c>
       <c r="T26">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
       <c r="U26">
-        <v>6.837166</v>
+        <v>7.097943</v>
       </c>
       <c r="V26">
-        <v>6.813086</v>
+        <v>6.862937</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.35556713</v>
+        <v>46056.355520833</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>108.027473</v>
+        <v>108.159341</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.0</v>
       </c>
       <c r="K27" s="2">
         <v>45387.0</v>
       </c>
       <c r="L27" s="2">
         <v>49039.0</v>
       </c>
       <c r="M27">
         <v>2000</v>
       </c>
       <c r="N27">
         <v>10000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.637363</v>
+        <v>2.703297</v>
       </c>
       <c r="Q27">
-        <v>106.137363</v>
+        <v>108.203297</v>
       </c>
       <c r="R27">
-        <v>108.137363</v>
+        <v>109.703297</v>
       </c>
       <c r="S27">
         <v>105.5</v>
       </c>
       <c r="T27">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
       <c r="U27">
-        <v>7.118891</v>
+        <v>7.09814</v>
       </c>
       <c r="V27">
-        <v>6.813399</v>
+        <v>6.863192</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.427789352</v>
+        <v>46055.355474537</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>108.027473</v>
+        <v>108.159341</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.0</v>
       </c>
       <c r="K28" s="2">
         <v>45387.0</v>
       </c>
       <c r="L28" s="2">
         <v>49039.0</v>
       </c>
       <c r="M28">
         <v>2000</v>
       </c>
       <c r="N28">
         <v>10000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.571429</v>
+        <v>2.681319</v>
       </c>
       <c r="Q28">
-        <v>108.0</v>
+        <v>108.181319</v>
       </c>
       <c r="R28">
-        <v>108.071429</v>
+        <v>109.681319</v>
       </c>
       <c r="S28">
-        <v>107.428571</v>
+        <v>105.5</v>
       </c>
       <c r="T28">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
       <c r="U28">
-        <v>6.825119</v>
+        <v>7.098336</v>
       </c>
       <c r="V28">
-        <v>6.81434</v>
+        <v>6.863446</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.418946759</v>
+        <v>46052.664409722</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
+      <c r="F29">
+        <v>-1.74</v>
+      </c>
       <c r="G29">
-        <v>108.027473</v>
+        <v>108.159341</v>
+      </c>
+      <c r="H29">
+        <v>10815.9341</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.0</v>
       </c>
       <c r="K29" s="2">
         <v>45387.0</v>
       </c>
       <c r="L29" s="2">
         <v>49039.0</v>
       </c>
       <c r="M29">
         <v>2000</v>
       </c>
       <c r="N29">
         <v>10000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.549451</v>
+        <v>2.659341</v>
       </c>
       <c r="Q29">
+        <v>108.159341</v>
+      </c>
+      <c r="R29">
+        <v>109.659341</v>
+      </c>
+      <c r="S29">
+        <v>105.5</v>
+      </c>
+      <c r="T29">
         <v>107.0</v>
       </c>
-      <c r="R29">
-[...7 lines deleted...]
-      </c>
       <c r="U29">
-        <v>6.973907</v>
+        <v>7.098534</v>
       </c>
       <c r="V29">
-        <v>6.814654</v>
+        <v>6.863702</v>
+      </c>
+      <c r="X29">
+        <v>1</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.643611111</v>
+        <v>46051.35525463</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
-      <c r="F30">
-[...1 lines deleted...]
-      </c>
       <c r="G30">
-        <v>108.027473</v>
-[...2 lines deleted...]
-        <v>21605.4946</v>
+        <v>110.071429</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.0</v>
       </c>
       <c r="K30" s="2">
         <v>45387.0</v>
       </c>
       <c r="L30" s="2">
         <v>49039.0</v>
       </c>
       <c r="M30">
         <v>2000</v>
       </c>
       <c r="N30">
         <v>10000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.527473</v>
+        <v>2.637363</v>
       </c>
       <c r="Q30">
-        <v>106.027473</v>
+        <v>108.137363</v>
       </c>
       <c r="R30">
-        <v>108.027473</v>
+        <v>110.137363</v>
       </c>
       <c r="S30">
         <v>105.5</v>
       </c>
       <c r="T30">
         <v>107.5</v>
       </c>
       <c r="U30">
-        <v>7.12012</v>
+        <v>7.098732</v>
       </c>
       <c r="V30">
-        <v>6.814969</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.786618</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.628981481</v>
+        <v>46050.665231481</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
-        <v>0.02</v>
+        <v>0.3</v>
       </c>
       <c r="G31">
-        <v>107.755495</v>
+        <v>110.071429</v>
       </c>
       <c r="H31">
-        <v>10775.5495</v>
+        <v>33021.4287</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.0</v>
       </c>
       <c r="K31" s="2">
         <v>45387.0</v>
       </c>
       <c r="L31" s="2">
         <v>49039.0</v>
       </c>
       <c r="M31">
         <v>2000</v>
       </c>
       <c r="N31">
         <v>10000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.505495</v>
+        <v>2.571429</v>
       </c>
       <c r="Q31">
-        <v>105.505495</v>
+        <v>108.071429</v>
       </c>
       <c r="R31">
-        <v>108.005495</v>
+        <v>110.071429</v>
       </c>
       <c r="S31">
-        <v>105.0</v>
+        <v>105.5</v>
       </c>
       <c r="T31">
         <v>107.5</v>
       </c>
       <c r="U31">
-        <v>7.197781</v>
+        <v>7.099328</v>
       </c>
       <c r="V31">
-        <v>6.815284</v>
+        <v>6.787446</v>
       </c>
       <c r="X31">
         <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.644861111</v>
+        <v>46049.355474537</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
-      <c r="F32">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>107.733516</v>
-[...2 lines deleted...]
-        <v>53866.758</v>
+        <v>109.741758</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.0</v>
       </c>
       <c r="K32" s="2">
         <v>45387.0</v>
       </c>
       <c r="L32" s="2">
         <v>49039.0</v>
       </c>
       <c r="M32">
         <v>2000</v>
       </c>
       <c r="N32">
         <v>10000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.483516</v>
+        <v>2.549451</v>
       </c>
       <c r="Q32">
-        <v>105.483516</v>
+        <v>108.049451</v>
       </c>
       <c r="R32">
-        <v>107.733516</v>
+        <v>110.049451</v>
       </c>
       <c r="S32">
-        <v>105.0</v>
+        <v>105.5</v>
       </c>
       <c r="T32">
-        <v>107.25</v>
+        <v>107.5</v>
       </c>
       <c r="U32">
-        <v>7.198012</v>
+        <v>7.099528</v>
       </c>
       <c r="V32">
-        <v>6.853333</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.787722</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.356493056</v>
+        <v>46048.355393519</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.0</v>
       </c>
       <c r="K33" s="2">
         <v>45387.0</v>
       </c>
       <c r="L33" s="2">
         <v>49039.0</v>
       </c>
       <c r="M33">
         <v>2000</v>
       </c>
       <c r="N33">
         <v>10000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.417582</v>
+        <v>2.527473</v>
       </c>
       <c r="Q33">
-        <v>105.417582</v>
+        <v>108.027473</v>
       </c>
       <c r="R33">
-        <v>107.667582</v>
+        <v>110.027473</v>
       </c>
       <c r="S33">
-        <v>105.0</v>
+        <v>105.5</v>
       </c>
       <c r="T33">
-        <v>107.25</v>
+        <v>107.5</v>
       </c>
       <c r="U33">
-        <v>7.198706</v>
+        <v>7.099729</v>
       </c>
       <c r="V33">
-        <v>6.854258</v>
+        <v>6.787999</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.355393519</v>
+        <v>46045.355636574</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.0</v>
       </c>
       <c r="K34" s="2">
         <v>45387.0</v>
       </c>
       <c r="L34" s="2">
         <v>49039.0</v>
       </c>
       <c r="M34">
         <v>2000</v>
       </c>
       <c r="N34">
         <v>10000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.395604</v>
+        <v>2.505495</v>
       </c>
       <c r="Q34">
-        <v>105.395604</v>
+        <v>108.005495</v>
       </c>
       <c r="R34">
-        <v>107.645604</v>
+        <v>110.005495</v>
       </c>
       <c r="S34">
-        <v>105.0</v>
+        <v>105.5</v>
       </c>
       <c r="T34">
-        <v>107.25</v>
+        <v>107.5</v>
       </c>
       <c r="U34">
-        <v>7.198938</v>
+        <v>7.09993</v>
       </c>
       <c r="V34">
-        <v>6.854566</v>
+        <v>6.788277</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.355266204</v>
+        <v>46044.356064815</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.0</v>
       </c>
       <c r="K35" s="2">
         <v>45387.0</v>
       </c>
       <c r="L35" s="2">
         <v>49039.0</v>
       </c>
       <c r="M35">
         <v>2000</v>
       </c>
       <c r="N35">
         <v>10000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.373626</v>
+        <v>2.483516</v>
       </c>
       <c r="Q35">
-        <v>105.373626</v>
+        <v>107.983516</v>
       </c>
       <c r="R35">
-        <v>107.623626</v>
+        <v>109.983516</v>
       </c>
       <c r="S35">
-        <v>105.0</v>
+        <v>105.5</v>
       </c>
       <c r="T35">
-        <v>107.25</v>
+        <v>107.5</v>
       </c>
       <c r="U35">
-        <v>7.199171</v>
+        <v>7.100132</v>
       </c>
       <c r="V35">
-        <v>6.854876</v>
+        <v>6.788555</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.666689815</v>
+        <v>46043.355196759</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.0</v>
       </c>
       <c r="K36" s="2">
         <v>45387.0</v>
       </c>
       <c r="L36" s="2">
         <v>49039.0</v>
       </c>
       <c r="M36">
         <v>2000</v>
       </c>
       <c r="N36">
         <v>10000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.351648</v>
+        <v>2.417582</v>
+      </c>
+      <c r="Q36">
+        <v>107.917582</v>
+      </c>
+      <c r="R36">
+        <v>109.917582</v>
+      </c>
+      <c r="S36">
+        <v>105.5</v>
+      </c>
+      <c r="T36">
+        <v>107.5</v>
+      </c>
+      <c r="U36">
+        <v>7.100739</v>
+      </c>
+      <c r="V36">
+        <v>6.789391</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.666701389</v>
+        <v>46042.355474537</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.0</v>
       </c>
       <c r="K37" s="2">
         <v>45387.0</v>
       </c>
       <c r="L37" s="2">
         <v>49039.0</v>
       </c>
       <c r="M37">
         <v>2000</v>
       </c>
       <c r="N37">
         <v>10000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.32967</v>
+        <v>2.395604</v>
+      </c>
+      <c r="Q37">
+        <v>107.895604</v>
+      </c>
+      <c r="R37">
+        <v>109.895604</v>
+      </c>
+      <c r="S37">
+        <v>105.5</v>
+      </c>
+      <c r="T37">
+        <v>107.5</v>
+      </c>
+      <c r="U37">
+        <v>7.100943</v>
+      </c>
+      <c r="V37">
+        <v>6.789671</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.666678241</v>
+        <v>46041.355358796</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
-        <v>106.521758</v>
+        <v>109.741758</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.0</v>
       </c>
       <c r="K38" s="2">
         <v>45387.0</v>
       </c>
       <c r="L38" s="2">
         <v>49039.0</v>
       </c>
       <c r="M38">
         <v>2000</v>
       </c>
       <c r="N38">
         <v>10000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.263736</v>
+        <v>2.373626</v>
+      </c>
+      <c r="Q38">
+        <v>107.873626</v>
+      </c>
+      <c r="R38">
+        <v>109.873626</v>
+      </c>
+      <c r="S38">
+        <v>105.5</v>
+      </c>
+      <c r="T38">
+        <v>107.5</v>
+      </c>
+      <c r="U38">
+        <v>7.101147</v>
+      </c>
+      <c r="V38">
+        <v>6.789951</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.666689815</v>
+        <v>46038.355717593</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
-      <c r="F39">
-[...1 lines deleted...]
-      </c>
       <c r="G39">
-        <v>106.521758</v>
-[...2 lines deleted...]
-        <v>10652.1758</v>
+        <v>109.741758</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.0</v>
       </c>
       <c r="K39" s="2">
         <v>45387.0</v>
       </c>
       <c r="L39" s="2">
         <v>49039.0</v>
       </c>
       <c r="M39">
         <v>2000</v>
       </c>
       <c r="N39">
         <v>10000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.241758</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>2.351648</v>
+      </c>
+      <c r="Q39">
+        <v>107.851648</v>
+      </c>
+      <c r="R39">
+        <v>109.851648</v>
+      </c>
+      <c r="S39">
+        <v>105.5</v>
+      </c>
+      <c r="T39">
+        <v>107.5</v>
+      </c>
+      <c r="U39">
+        <v>7.101352</v>
+      </c>
+      <c r="V39">
+        <v>6.790232</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.666747685</v>
+        <v>46037.356006944</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="G40">
-        <v>106.197802</v>
+        <v>109.741758</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.0</v>
       </c>
       <c r="K40" s="2">
         <v>45387.0</v>
       </c>
       <c r="L40" s="2">
         <v>49039.0</v>
       </c>
       <c r="M40">
         <v>2000</v>
       </c>
       <c r="N40">
         <v>10000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
+      </c>
+      <c r="P40">
+        <v>2.32967</v>
+      </c>
+      <c r="Q40">
+        <v>107.82967</v>
+      </c>
+      <c r="R40">
+        <v>109.82967</v>
+      </c>
+      <c r="S40">
+        <v>105.5</v>
+      </c>
+      <c r="T40">
+        <v>107.5</v>
+      </c>
+      <c r="U40">
+        <v>7.101557</v>
+      </c>
+      <c r="V40">
+        <v>6.790512</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.513634259</v>
+        <v>46036.355486111</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
       <c r="G41">
-        <v>106.197802</v>
-[...2 lines deleted...]
-        <v>53098.901</v>
+        <v>109.741758</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.0</v>
       </c>
       <c r="K41" s="2">
         <v>45387.0</v>
       </c>
       <c r="L41" s="2">
         <v>49039.0</v>
       </c>
       <c r="M41">
         <v>2000</v>
       </c>
       <c r="N41">
         <v>10000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>0.197802</v>
+        <v>2.263736</v>
       </c>
       <c r="Q41">
-        <v>106.197802</v>
+        <v>107.763736</v>
       </c>
       <c r="R41">
-        <v>107.447802</v>
+        <v>109.763736</v>
       </c>
       <c r="S41">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T41">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U41">
+        <v>7.102176</v>
+      </c>
+      <c r="V41">
+        <v>6.791358</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.563055556</v>
+        <v>46035.46099537</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
+      <c r="F42">
+        <v>0.48</v>
+      </c>
       <c r="G42">
-        <v>106.20989</v>
+        <v>109.741758</v>
+      </c>
+      <c r="H42">
+        <v>10974.1758</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.0</v>
       </c>
       <c r="K42" s="2">
         <v>45387.0</v>
       </c>
       <c r="L42" s="2">
         <v>49039.0</v>
       </c>
       <c r="M42">
         <v>2000</v>
       </c>
       <c r="N42">
         <v>10000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>0.175824</v>
+        <v>2.241758</v>
       </c>
       <c r="Q42">
-        <v>106.175824</v>
+        <v>107.741758</v>
       </c>
       <c r="R42">
-        <v>107.425824</v>
+        <v>109.741758</v>
       </c>
       <c r="S42">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T42">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U42">
+        <v>7.102383</v>
+      </c>
+      <c r="V42">
+        <v>6.79164</v>
+      </c>
+      <c r="X42">
+        <v>1</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.651898148</v>
+        <v>46034.6503125</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="F43">
-        <v>0.18</v>
+        <v>0.11</v>
       </c>
       <c r="G43">
-        <v>106.20989</v>
+        <v>109.21978</v>
       </c>
       <c r="H43">
-        <v>31842.967</v>
+        <v>21843.956</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.0</v>
       </c>
       <c r="K43" s="2">
         <v>45387.0</v>
       </c>
       <c r="L43" s="2">
         <v>49039.0</v>
       </c>
       <c r="M43">
         <v>2000</v>
       </c>
       <c r="N43">
         <v>10000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>0.10989</v>
+        <v>2.21978</v>
       </c>
       <c r="Q43">
-        <v>106.10989</v>
+        <v>107.71978</v>
       </c>
       <c r="R43">
-        <v>107.35989</v>
+        <v>109.71978</v>
       </c>
       <c r="S43">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T43">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U43">
+        <v>7.102591</v>
+      </c>
+      <c r="V43">
+        <v>6.791923</v>
       </c>
       <c r="X43">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.416747685</v>
+        <v>46031.54587963</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>106.021978</v>
+        <v>109.104396</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.0</v>
       </c>
       <c r="K44" s="2">
         <v>45387.0</v>
       </c>
       <c r="L44" s="2">
         <v>49039.0</v>
       </c>
       <c r="M44">
         <v>2000</v>
       </c>
       <c r="N44">
         <v>10000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>0.087912</v>
+        <v>2.197802</v>
       </c>
       <c r="Q44">
-        <v>106.087912</v>
+        <v>107.697802</v>
       </c>
       <c r="R44">
-        <v>107.087912</v>
+        <v>109.197802</v>
       </c>
       <c r="S44">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T44">
         <v>107.0</v>
       </c>
+      <c r="U44">
+        <v>7.102799</v>
+      </c>
+      <c r="V44">
+        <v>6.869169</v>
+      </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.43318287</v>
+        <v>46030.35556713</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
-        <v>106.021978</v>
+        <v>109.104396</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.0</v>
       </c>
       <c r="K45" s="2">
         <v>45387.0</v>
       </c>
       <c r="L45" s="2">
         <v>49039.0</v>
       </c>
       <c r="M45">
         <v>2000</v>
       </c>
       <c r="N45">
         <v>10000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>0.065934</v>
+        <v>2.175824</v>
       </c>
       <c r="Q45">
-        <v>106.065934</v>
+        <v>107.675824</v>
       </c>
       <c r="R45">
-        <v>107.065934</v>
+        <v>109.675824</v>
       </c>
       <c r="S45">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T45">
-        <v>107.0</v>
+        <v>107.5</v>
+      </c>
+      <c r="U45">
+        <v>7.103008</v>
+      </c>
+      <c r="V45">
+        <v>6.792491</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.416689815</v>
+        <v>46029.355347222</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="G46">
-        <v>106.021978</v>
+        <v>109.104396</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.0</v>
       </c>
       <c r="K46" s="2">
         <v>45387.0</v>
       </c>
       <c r="L46" s="2">
         <v>49039.0</v>
       </c>
       <c r="M46">
         <v>2000</v>
       </c>
       <c r="N46">
         <v>10000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>0.043956</v>
+        <v>2.10989</v>
       </c>
       <c r="Q46">
-        <v>106.043956</v>
+        <v>107.60989</v>
       </c>
       <c r="R46">
-        <v>107.293956</v>
+        <v>109.60989</v>
       </c>
       <c r="S46">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T46">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U46">
+        <v>7.103638</v>
+      </c>
+      <c r="V46">
+        <v>6.793345</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.463622685</v>
+        <v>46028.355671296</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
-      <c r="F47">
-[...1 lines deleted...]
-      </c>
       <c r="G47">
-        <v>106.021978</v>
-[...2 lines deleted...]
-        <v>31806.5934</v>
+        <v>109.104396</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.0</v>
       </c>
       <c r="K47" s="2">
         <v>45387.0</v>
       </c>
       <c r="L47" s="2">
         <v>49039.0</v>
       </c>
       <c r="M47">
         <v>2000</v>
       </c>
       <c r="N47">
         <v>10000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>0.021978</v>
+        <v>2.087912</v>
       </c>
       <c r="Q47">
-        <v>106.021978</v>
+        <v>107.587912</v>
       </c>
       <c r="R47">
-        <v>107.271978</v>
+        <v>109.587912</v>
       </c>
       <c r="S47">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T47">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U47">
+        <v>7.103849</v>
+      </c>
+      <c r="V47">
+        <v>6.793631</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.416770833</v>
+        <v>46027.477974537</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="G48">
-        <v>105.912568</v>
+        <v>109.104396</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.0</v>
       </c>
       <c r="K48" s="2">
         <v>45387.0</v>
       </c>
       <c r="L48" s="2">
         <v>49039.0</v>
       </c>
       <c r="M48">
         <v>2000</v>
       </c>
       <c r="N48">
         <v>10000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>-0.043716</v>
+        <v>2.065934</v>
       </c>
       <c r="Q48">
-        <v>105.956284</v>
+        <v>107.565934</v>
       </c>
       <c r="R48">
-        <v>107.206284</v>
+        <v>109.565934</v>
       </c>
       <c r="S48">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T48">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U48">
+        <v>7.10406</v>
+      </c>
+      <c r="V48">
+        <v>6.793917</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45930.508090278</v>
+        <v>46024.35556713</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>105.912568</v>
+        <v>109.104396</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>8.0</v>
       </c>
       <c r="K49" s="2">
         <v>45387.0</v>
       </c>
       <c r="L49" s="2">
         <v>49039.0</v>
       </c>
       <c r="M49">
         <v>2000</v>
       </c>
       <c r="N49">
         <v>10000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>-0.065574</v>
+        <v>2.043956</v>
       </c>
       <c r="Q49">
-        <v>105.934426</v>
+        <v>107.543956</v>
       </c>
       <c r="R49">
-        <v>107.184426</v>
+        <v>110.043956</v>
       </c>
       <c r="S49">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T49">
-        <v>107.25</v>
+        <v>108.0</v>
+      </c>
+      <c r="U49">
+        <v>7.104272</v>
+      </c>
+      <c r="V49">
+        <v>6.717819</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45929.5021875</v>
+        <v>46021.355729167</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
-      <c r="F50">
-[...1 lines deleted...]
-      </c>
       <c r="G50">
-        <v>105.912568</v>
-[...2 lines deleted...]
-        <v>10591.2568</v>
+        <v>109.104396</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>8.0</v>
       </c>
       <c r="K50" s="2">
         <v>45387.0</v>
       </c>
       <c r="L50" s="2">
         <v>49039.0</v>
       </c>
       <c r="M50">
         <v>2000</v>
       </c>
       <c r="N50">
         <v>10000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>-0.087432</v>
+        <v>1.956044</v>
       </c>
       <c r="Q50">
-        <v>103.912568</v>
+        <v>107.456044</v>
       </c>
       <c r="R50">
-        <v>107.162568</v>
+        <v>109.456044</v>
       </c>
       <c r="S50">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T50">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U50">
+        <v>7.105125</v>
+      </c>
+      <c r="V50">
+        <v>6.795353</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45926.416712963</v>
+        <v>46020.355277778</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>105.868852</v>
+        <v>109.104396</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>8.0</v>
       </c>
       <c r="K51" s="2">
         <v>45387.0</v>
       </c>
       <c r="L51" s="2">
         <v>49039.0</v>
       </c>
       <c r="M51">
         <v>2000</v>
       </c>
       <c r="N51">
         <v>10000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>-0.10929</v>
+        <v>1.912088</v>
       </c>
       <c r="Q51">
-        <v>105.89071</v>
+        <v>107.412088</v>
       </c>
       <c r="R51">
-        <v>107.14071</v>
+        <v>109.412088</v>
       </c>
       <c r="S51">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T51">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U51">
+        <v>7.105554</v>
+      </c>
+      <c r="V51">
+        <v>6.79593</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45925.604351852</v>
+        <v>46014.355497685</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
-      <c r="F52">
-[...1 lines deleted...]
-      </c>
       <c r="G52">
-        <v>105.868852</v>
-[...2 lines deleted...]
-        <v>21173.7704</v>
+        <v>109.104396</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>8.0</v>
       </c>
       <c r="K52" s="2">
         <v>45387.0</v>
       </c>
       <c r="L52" s="2">
         <v>49039.0</v>
       </c>
       <c r="M52">
         <v>2000</v>
       </c>
       <c r="N52">
         <v>10000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>-0.131148</v>
+        <v>1.868132</v>
       </c>
       <c r="Q52">
-        <v>105.868852</v>
+        <v>107.368132</v>
       </c>
       <c r="R52">
-        <v>107.118852</v>
+        <v>109.368132</v>
       </c>
       <c r="S52">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T52">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U52">
+        <v>7.105986</v>
+      </c>
+      <c r="V52">
+        <v>6.79651</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45924.416689815</v>
+        <v>46013.355439815</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
-        <v>105.781421</v>
+        <v>109.104396</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>8.0</v>
       </c>
       <c r="K53" s="2">
         <v>45387.0</v>
       </c>
       <c r="L53" s="2">
         <v>49039.0</v>
       </c>
       <c r="M53">
         <v>2000</v>
       </c>
       <c r="N53">
         <v>10000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>-0.196721</v>
+        <v>1.758242</v>
       </c>
       <c r="Q53">
-        <v>105.803279</v>
+        <v>107.258242</v>
       </c>
       <c r="R53">
-        <v>107.053279</v>
+        <v>109.258242</v>
       </c>
       <c r="S53">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T53">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U53">
+        <v>7.107074</v>
+      </c>
+      <c r="V53">
+        <v>6.797965</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45923.504618056</v>
+        <v>46010.355706019</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
-      <c r="F54">
-[...1 lines deleted...]
-      </c>
       <c r="G54">
-        <v>105.781421</v>
-[...2 lines deleted...]
-        <v>21156.2842</v>
+        <v>109.104396</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>8.0</v>
       </c>
       <c r="K54" s="2">
         <v>45387.0</v>
       </c>
       <c r="L54" s="2">
         <v>49039.0</v>
       </c>
       <c r="M54">
         <v>2000</v>
       </c>
       <c r="N54">
         <v>10000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>-0.218579</v>
+        <v>1.736264</v>
       </c>
       <c r="Q54">
-        <v>105.781421</v>
+        <v>107.236264</v>
       </c>
       <c r="R54">
-        <v>107.031421</v>
+        <v>109.236264</v>
       </c>
       <c r="S54">
-        <v>106.0</v>
+        <v>105.5</v>
       </c>
       <c r="T54">
-        <v>107.25</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>107.5</v>
+      </c>
+      <c r="U54">
+        <v>7.107293</v>
+      </c>
+      <c r="V54">
+        <v>6.798257</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45922.416689815</v>
+        <v>46009.35587963</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
-        <v>109.715847</v>
+        <v>109.104396</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>8.0</v>
       </c>
       <c r="K55" s="2">
         <v>45387.0</v>
       </c>
       <c r="L55" s="2">
         <v>49039.0</v>
       </c>
       <c r="M55">
         <v>2000</v>
       </c>
       <c r="N55">
         <v>10000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>3.759563</v>
+        <v>1.714286</v>
       </c>
       <c r="Q55">
-        <v>107.759563</v>
+        <v>107.214286</v>
       </c>
       <c r="R55">
-        <v>109.759563</v>
+        <v>109.214286</v>
       </c>
       <c r="S55">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T55">
-        <v>106.0</v>
+        <v>107.5</v>
+      </c>
+      <c r="U55">
+        <v>7.107513</v>
+      </c>
+      <c r="V55">
+        <v>6.79855</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45919.416678241</v>
+        <v>46008.355543981</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="G56">
-        <v>109.715847</v>
+        <v>109.104396</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>8.0</v>
       </c>
       <c r="K56" s="2">
         <v>45387.0</v>
       </c>
       <c r="L56" s="2">
         <v>49039.0</v>
       </c>
       <c r="M56">
         <v>2000</v>
       </c>
       <c r="N56">
         <v>10000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>3.737705</v>
+        <v>1.648352</v>
       </c>
       <c r="Q56">
-        <v>107.737705</v>
+        <v>107.148352</v>
       </c>
       <c r="R56">
-        <v>109.737705</v>
+        <v>109.148352</v>
       </c>
       <c r="S56">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T56">
-        <v>106.0</v>
+        <v>107.5</v>
+      </c>
+      <c r="U56">
+        <v>7.108175</v>
+      </c>
+      <c r="V56">
+        <v>6.79943</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45918.574953704</v>
+        <v>46007.355520833</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
-      <c r="F57">
-[...1 lines deleted...]
-      </c>
       <c r="G57">
-        <v>109.715847</v>
-[...2 lines deleted...]
-        <v>10971.5847</v>
+        <v>109.104396</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>8.0</v>
       </c>
       <c r="K57" s="2">
         <v>45387.0</v>
       </c>
       <c r="L57" s="2">
         <v>49039.0</v>
       </c>
       <c r="M57">
         <v>2000</v>
       </c>
       <c r="N57">
         <v>10000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>3.715847</v>
+        <v>1.626374</v>
       </c>
       <c r="Q57">
-        <v>107.715847</v>
+        <v>107.126374</v>
       </c>
       <c r="R57">
-        <v>109.715847</v>
+        <v>109.126374</v>
       </c>
       <c r="S57">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T57">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U57">
+        <v>7.108396</v>
+      </c>
+      <c r="V57">
+        <v>6.799725</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45917.416701389</v>
+        <v>46006.474918981</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
+      <c r="F58">
+        <v>1.59</v>
+      </c>
       <c r="G58">
-        <v>108.494536</v>
+        <v>109.104396</v>
+      </c>
+      <c r="H58">
+        <v>21820.8792</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>8.0</v>
       </c>
       <c r="K58" s="2">
         <v>45387.0</v>
       </c>
       <c r="L58" s="2">
         <v>49039.0</v>
       </c>
       <c r="M58">
         <v>2000</v>
       </c>
       <c r="N58">
         <v>10000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>3.650273</v>
+        <v>1.604396</v>
       </c>
       <c r="Q58">
-        <v>107.650273</v>
+        <v>107.104396</v>
       </c>
       <c r="R58">
-        <v>109.650273</v>
+        <v>109.104396</v>
       </c>
       <c r="S58">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T58">
-        <v>106.0</v>
+        <v>107.5</v>
+      </c>
+      <c r="U58">
+        <v>7.108618</v>
+      </c>
+      <c r="V58">
+        <v>6.80002</v>
+      </c>
+      <c r="X58">
+        <v>2</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45916.516319444</v>
+        <v>46003.355497685</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>8.0</v>
       </c>
       <c r="K59" s="2">
         <v>45387.0</v>
       </c>
       <c r="L59" s="2">
         <v>49039.0</v>
       </c>
       <c r="M59">
         <v>2000</v>
       </c>
       <c r="N59">
         <v>10000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>3.628415</v>
+        <v>1.582418</v>
       </c>
       <c r="Q59">
-        <v>107.628415</v>
+        <v>107.082418</v>
       </c>
       <c r="R59">
-        <v>109.628415</v>
+        <v>109.082418</v>
       </c>
       <c r="S59">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T59">
-        <v>106.0</v>
+        <v>107.5</v>
+      </c>
+      <c r="U59">
+        <v>7.108841</v>
+      </c>
+      <c r="V59">
+        <v>6.800315</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45915.416840278</v>
+        <v>46002.355601852</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="G60">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>8.0</v>
       </c>
       <c r="K60" s="2">
         <v>45387.0</v>
       </c>
       <c r="L60" s="2">
         <v>49039.0</v>
       </c>
       <c r="M60">
         <v>2000</v>
       </c>
       <c r="N60">
         <v>10000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>3.606557</v>
+        <v>1.56044</v>
       </c>
       <c r="Q60">
-        <v>107.606557</v>
+        <v>107.06044</v>
       </c>
       <c r="R60">
-        <v>110.856557</v>
+        <v>109.06044</v>
       </c>
       <c r="S60">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T60">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U60">
+        <v>7.109064</v>
+      </c>
+      <c r="V60">
+        <v>6.80061</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45912.416701389</v>
+        <v>46001.355497685</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="G61">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>8.0</v>
       </c>
       <c r="K61" s="2">
         <v>45387.0</v>
       </c>
       <c r="L61" s="2">
         <v>49039.0</v>
       </c>
       <c r="M61">
         <v>2000</v>
       </c>
       <c r="N61">
         <v>10000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>3.584699</v>
+        <v>1.494505</v>
       </c>
       <c r="Q61">
-        <v>107.584699</v>
+        <v>106.994505</v>
       </c>
       <c r="R61">
-        <v>110.834699</v>
+        <v>108.994505</v>
       </c>
       <c r="S61">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T61">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U61">
+        <v>7.109737</v>
+      </c>
+      <c r="V61">
+        <v>6.8015</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45911.416689815</v>
+        <v>46000.355416667</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>8.0</v>
       </c>
       <c r="K62" s="2">
         <v>45387.0</v>
       </c>
       <c r="L62" s="2">
         <v>49039.0</v>
       </c>
       <c r="M62">
         <v>2000</v>
       </c>
       <c r="N62">
         <v>10000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>3.562842</v>
+        <v>1.472527</v>
       </c>
       <c r="Q62">
-        <v>107.562842</v>
+        <v>106.972527</v>
       </c>
       <c r="R62">
-        <v>110.812842</v>
+        <v>108.972527</v>
       </c>
       <c r="S62">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T62">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U62">
+        <v>7.109962</v>
+      </c>
+      <c r="V62">
+        <v>6.801797</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45910.416701389</v>
+        <v>45999.355486111</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>8.0</v>
       </c>
       <c r="K63" s="2">
         <v>45387.0</v>
       </c>
       <c r="L63" s="2">
         <v>49039.0</v>
       </c>
       <c r="M63">
         <v>2000</v>
       </c>
       <c r="N63">
         <v>10000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>3.497268</v>
+        <v>1.450549</v>
       </c>
       <c r="Q63">
-        <v>107.497268</v>
+        <v>106.950549</v>
       </c>
       <c r="R63">
-        <v>110.747268</v>
+        <v>108.950549</v>
       </c>
       <c r="S63">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T63">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U63">
+        <v>7.110188</v>
+      </c>
+      <c r="V63">
+        <v>6.802095</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45909.416678241</v>
+        <v>45996.355231481</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
-        <v>108.494536</v>
+        <v>107.4</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>8.0</v>
       </c>
       <c r="K64" s="2">
         <v>45387.0</v>
       </c>
       <c r="L64" s="2">
         <v>49039.0</v>
       </c>
       <c r="M64">
         <v>2000</v>
       </c>
       <c r="N64">
         <v>10000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>3.47541</v>
+        <v>1.428571</v>
       </c>
       <c r="Q64">
-        <v>107.47541</v>
+        <v>106.928571</v>
       </c>
       <c r="R64">
-        <v>110.72541</v>
+        <v>108.928571</v>
       </c>
       <c r="S64">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T64">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U64">
+        <v>7.110414</v>
+      </c>
+      <c r="V64">
+        <v>6.802393</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45908.416701389</v>
+        <v>45995.44</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
+      <c r="F65">
+        <v>-0.96</v>
+      </c>
       <c r="G65">
-        <v>108.494536</v>
+        <v>107.4</v>
+      </c>
+      <c r="H65">
+        <v>128880.0</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>8.0</v>
       </c>
       <c r="K65" s="2">
         <v>45387.0</v>
       </c>
       <c r="L65" s="2">
         <v>49039.0</v>
       </c>
       <c r="M65">
         <v>2000</v>
       </c>
       <c r="N65">
         <v>10000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>3.453552</v>
+        <v>1.406593</v>
       </c>
       <c r="Q65">
-        <v>107.453552</v>
+        <v>106.906593</v>
       </c>
       <c r="R65">
-        <v>110.703552</v>
+        <v>108.906593</v>
       </c>
       <c r="S65">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T65">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U65">
+        <v>7.110641</v>
+      </c>
+      <c r="V65">
+        <v>6.802692</v>
+      </c>
+      <c r="X65">
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45905.416678241</v>
+        <v>45994.548368056</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="G66">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>8.0</v>
       </c>
       <c r="K66" s="2">
         <v>45387.0</v>
       </c>
       <c r="L66" s="2">
         <v>49039.0</v>
       </c>
       <c r="M66">
         <v>2000</v>
       </c>
       <c r="N66">
         <v>10000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>3.431694</v>
+        <v>1.340659</v>
       </c>
       <c r="Q66">
-        <v>107.431694</v>
+        <v>106.840659</v>
       </c>
       <c r="R66">
-        <v>110.681694</v>
+        <v>107.5</v>
       </c>
       <c r="S66">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T66">
-        <v>107.25</v>
+        <v>106.159341</v>
+      </c>
+      <c r="U66">
+        <v>7.111324</v>
+      </c>
+      <c r="V66">
+        <v>7.009066</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45904.416689815</v>
+        <v>45993.355497685</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>8.0</v>
       </c>
       <c r="K67" s="2">
         <v>45387.0</v>
       </c>
       <c r="L67" s="2">
         <v>49039.0</v>
       </c>
       <c r="M67">
         <v>2000</v>
       </c>
       <c r="N67">
         <v>10000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>3.409836</v>
+        <v>1.318681</v>
       </c>
       <c r="Q67">
-        <v>107.409836</v>
+        <v>106.818681</v>
       </c>
       <c r="R67">
-        <v>110.659836</v>
+        <v>108.818681</v>
       </c>
       <c r="S67">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T67">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U67">
+        <v>7.111553</v>
+      </c>
+      <c r="V67">
+        <v>6.80389</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45903.416851852</v>
+        <v>45992.542835648</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="G68">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>8.0</v>
       </c>
       <c r="K68" s="2">
         <v>45387.0</v>
       </c>
       <c r="L68" s="2">
         <v>49039.0</v>
       </c>
       <c r="M68">
         <v>2000</v>
       </c>
       <c r="N68">
         <v>10000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>3.344262</v>
+        <v>1.296703</v>
       </c>
       <c r="Q68">
-        <v>107.344262</v>
+        <v>106.796703</v>
       </c>
       <c r="R68">
-        <v>110.594262</v>
+        <v>107.5</v>
       </c>
       <c r="S68">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T68">
-        <v>107.25</v>
+        <v>106.203297</v>
+      </c>
+      <c r="U68">
+        <v>7.111782</v>
+      </c>
+      <c r="V68">
+        <v>7.002786</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45902.647060185</v>
+        <v>45989.355729167</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="G69">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>8.0</v>
       </c>
       <c r="K69" s="2">
         <v>45387.0</v>
       </c>
       <c r="L69" s="2">
         <v>49039.0</v>
       </c>
       <c r="M69">
         <v>2000</v>
       </c>
       <c r="N69">
         <v>10000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>3.322404</v>
+        <v>1.274725</v>
       </c>
       <c r="Q69">
-        <v>107.322404</v>
+        <v>106.774725</v>
       </c>
       <c r="R69">
-        <v>110.572404</v>
+        <v>108.774725</v>
       </c>
       <c r="S69">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T69">
-        <v>107.25</v>
+        <v>107.5</v>
+      </c>
+      <c r="U69">
+        <v>7.112012</v>
+      </c>
+      <c r="V69">
+        <v>6.804492</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45901.458425926</v>
+        <v>45988.567037037</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>8.0</v>
       </c>
       <c r="K70" s="2">
         <v>45387.0</v>
       </c>
       <c r="L70" s="2">
         <v>49039.0</v>
       </c>
       <c r="M70">
         <v>2000</v>
       </c>
       <c r="N70">
         <v>10000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>3.300546</v>
+        <v>1.252747</v>
       </c>
       <c r="Q70">
-        <v>107.300546</v>
+        <v>106.752747</v>
       </c>
       <c r="R70">
-        <v>110.800546</v>
+        <v>107.4</v>
       </c>
       <c r="S70">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T70">
-        <v>107.5</v>
+        <v>106.147253</v>
+      </c>
+      <c r="U70">
+        <v>7.112242</v>
+      </c>
+      <c r="V70">
+        <v>7.011944</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45898.416712963</v>
+        <v>45987.493402778</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="G71">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>8.0</v>
       </c>
       <c r="K71" s="2">
         <v>45387.0</v>
       </c>
       <c r="L71" s="2">
         <v>49039.0</v>
       </c>
       <c r="M71">
         <v>2000</v>
       </c>
       <c r="N71">
         <v>10000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>3.278689</v>
+        <v>1.186813</v>
       </c>
       <c r="Q71">
-        <v>107.278689</v>
+        <v>106.686813</v>
+      </c>
+      <c r="R71">
+        <v>107.69</v>
       </c>
       <c r="S71">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T71">
+        <v>106.503187</v>
+      </c>
+      <c r="U71">
+        <v>7.112936</v>
+      </c>
+      <c r="V71">
+        <v>6.957918</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45897.416689815</v>
+        <v>45986.54287037</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>8.0</v>
       </c>
       <c r="K72" s="2">
         <v>45387.0</v>
       </c>
       <c r="L72" s="2">
         <v>49039.0</v>
       </c>
       <c r="M72">
         <v>2000</v>
       </c>
       <c r="N72">
         <v>10000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>3.256831</v>
+        <v>1.164835</v>
       </c>
       <c r="Q72">
-        <v>107.256831</v>
+        <v>106.664835</v>
+      </c>
+      <c r="R72">
+        <v>107.5</v>
       </c>
       <c r="S72">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T72">
+        <v>106.335165</v>
+      </c>
+      <c r="U72">
+        <v>7.113168</v>
+      </c>
+      <c r="V72">
+        <v>6.984015</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45896.416678241</v>
+        <v>45985.490729167</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="G73">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>8.0</v>
       </c>
       <c r="K73" s="2">
         <v>45387.0</v>
       </c>
       <c r="L73" s="2">
         <v>49039.0</v>
       </c>
       <c r="M73">
         <v>2000</v>
       </c>
       <c r="N73">
         <v>10000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>3.191257</v>
+        <v>1.142857</v>
       </c>
       <c r="Q73">
-        <v>107.191257</v>
+        <v>106.642857</v>
+      </c>
+      <c r="R73">
+        <v>108.0</v>
       </c>
       <c r="S73">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T73">
+        <v>106.857143</v>
+      </c>
+      <c r="U73">
+        <v>7.113401</v>
+      </c>
+      <c r="V73">
+        <v>6.904224</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45895.416689815</v>
+        <v>45982.538969907</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>8.0</v>
       </c>
       <c r="K74" s="2">
         <v>45387.0</v>
       </c>
       <c r="L74" s="2">
         <v>49039.0</v>
       </c>
       <c r="M74">
         <v>2000</v>
       </c>
       <c r="N74">
         <v>10000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>3.169399</v>
+        <v>1.120879</v>
       </c>
       <c r="Q74">
-        <v>107.169399</v>
+        <v>106.620879</v>
+      </c>
+      <c r="R74">
+        <v>108.0</v>
       </c>
       <c r="S74">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T74">
+        <v>106.879121</v>
+      </c>
+      <c r="U74">
+        <v>7.113634</v>
+      </c>
+      <c r="V74">
+        <v>6.901146</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45894.459756944</v>
+        <v>45981.588564815</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>8.0</v>
       </c>
       <c r="K75" s="2">
         <v>45387.0</v>
       </c>
       <c r="L75" s="2">
         <v>49039.0</v>
       </c>
       <c r="M75">
         <v>2000</v>
       </c>
       <c r="N75">
         <v>10000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>3.147541</v>
+        <v>1.098901</v>
       </c>
       <c r="Q75">
-        <v>107.147541</v>
+        <v>106.598901</v>
       </c>
       <c r="R75">
-        <v>112.6</v>
+        <v>108.0</v>
       </c>
       <c r="S75">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T75">
-        <v>109.452459</v>
+        <v>106.901099</v>
+      </c>
+      <c r="U75">
+        <v>7.113868</v>
+      </c>
+      <c r="V75">
+        <v>6.898071</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45891.416701389</v>
+        <v>45980.355532407</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="G76">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>8.0</v>
       </c>
       <c r="K76" s="2">
         <v>45387.0</v>
       </c>
       <c r="L76" s="2">
         <v>49039.0</v>
       </c>
       <c r="M76">
         <v>2000</v>
       </c>
       <c r="N76">
         <v>10000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>3.125683</v>
+        <v>1.032967</v>
       </c>
       <c r="Q76">
-        <v>107.125683</v>
+        <v>106.532967</v>
+      </c>
+      <c r="R76">
+        <v>108.532967</v>
       </c>
       <c r="S76">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T76">
+        <v>107.5</v>
+      </c>
+      <c r="U76">
+        <v>7.114572</v>
+      </c>
+      <c r="V76">
+        <v>6.80783</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45890.416701389</v>
+        <v>45979.355439815</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="G77">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>8.0</v>
       </c>
       <c r="K77" s="2">
         <v>45387.0</v>
       </c>
       <c r="L77" s="2">
         <v>49039.0</v>
       </c>
       <c r="M77">
         <v>2000</v>
       </c>
       <c r="N77">
         <v>10000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>3.103825</v>
-[...5 lines deleted...]
-        <v>104.0</v>
+        <v>1.010989</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45889.416701389</v>
+        <v>45978.355763889</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>8.0</v>
       </c>
       <c r="K78" s="2">
         <v>45387.0</v>
       </c>
       <c r="L78" s="2">
         <v>49039.0</v>
       </c>
       <c r="M78">
         <v>2000</v>
       </c>
       <c r="N78">
         <v>10000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>3.038251</v>
-[...5 lines deleted...]
-        <v>104.0</v>
+        <v>0.989011</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45888.416689815</v>
+        <v>45975.35537037</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>8.0</v>
       </c>
       <c r="K79" s="2">
         <v>45387.0</v>
       </c>
       <c r="L79" s="2">
         <v>49039.0</v>
       </c>
       <c r="M79">
         <v>2000</v>
       </c>
       <c r="N79">
         <v>10000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>3.016393</v>
+        <v>0.967033</v>
       </c>
       <c r="Q79">
-        <v>107.016393</v>
+        <v>106.467033</v>
+      </c>
+      <c r="R79">
+        <v>108.467033</v>
       </c>
       <c r="S79">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T79">
+        <v>107.5</v>
+      </c>
+      <c r="U79">
+        <v>7.115281</v>
+      </c>
+      <c r="V79">
+        <v>6.808749</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45887.491377315</v>
+        <v>45974.565115741</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="F80">
-        <v>1.41</v>
+        <v>0.06</v>
       </c>
       <c r="G80">
-        <v>108.494536</v>
+        <v>108.445055</v>
       </c>
       <c r="H80">
-        <v>10849.4536</v>
+        <v>10844.5055</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>8.0</v>
       </c>
       <c r="K80" s="2">
         <v>45387.0</v>
       </c>
       <c r="L80" s="2">
         <v>49039.0</v>
       </c>
       <c r="M80">
         <v>2000</v>
       </c>
       <c r="N80">
         <v>10000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>2.994536</v>
+        <v>0.945055</v>
       </c>
       <c r="Q80">
-        <v>106.994536</v>
+        <v>106.445055</v>
+      </c>
+      <c r="R80">
+        <v>108.445055</v>
       </c>
       <c r="S80">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="T80">
+        <v>107.5</v>
+      </c>
+      <c r="U80">
+        <v>7.115518</v>
+      </c>
+      <c r="V80">
+        <v>6.809056</v>
       </c>
       <c r="X80">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45884.416678241</v>
+        <v>45973.489699074</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
+      <c r="F81">
+        <v>0.33</v>
+      </c>
       <c r="G81">
-        <v>106.985246</v>
+        <v>108.379121</v>
+      </c>
+      <c r="H81">
+        <v>21675.8242</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>8.0</v>
       </c>
       <c r="K81" s="2">
         <v>45387.0</v>
       </c>
       <c r="L81" s="2">
         <v>49039.0</v>
       </c>
       <c r="M81">
         <v>2000</v>
       </c>
       <c r="N81">
         <v>10000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>2.972678</v>
+        <v>0.879121</v>
       </c>
       <c r="Q81">
-        <v>106.972678</v>
+        <v>106.379121</v>
       </c>
       <c r="R81">
-        <v>108.472678</v>
+        <v>108.379121</v>
       </c>
       <c r="S81">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T81">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U81">
+        <v>7.116233</v>
+      </c>
+      <c r="V81">
+        <v>6.80998</v>
+      </c>
+      <c r="X81">
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45883.416747685</v>
+        <v>45972.421828704</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
-        <v>106.985246</v>
+        <v>108.027473</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>8.0</v>
       </c>
       <c r="K82" s="2">
         <v>45387.0</v>
       </c>
       <c r="L82" s="2">
         <v>49039.0</v>
       </c>
       <c r="M82">
         <v>2000</v>
       </c>
       <c r="N82">
         <v>10000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>2.95082</v>
+        <v>0.857143</v>
       </c>
       <c r="Q82">
-        <v>106.95082</v>
+        <v>108.34</v>
       </c>
       <c r="R82">
-        <v>108.45082</v>
+        <v>108.357143</v>
       </c>
       <c r="S82">
-        <v>104.0</v>
+        <v>107.482857</v>
       </c>
       <c r="T82">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U82">
+        <v>6.812882</v>
+      </c>
+      <c r="V82">
+        <v>6.810289</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45882.544756944</v>
+        <v>45971.418252315</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
-      <c r="F83">
-[...1 lines deleted...]
-      </c>
       <c r="G83">
-        <v>106.985246</v>
-[...2 lines deleted...]
-        <v>32095.5738</v>
+        <v>108.027473</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>8.0</v>
       </c>
       <c r="K83" s="2">
         <v>45387.0</v>
       </c>
       <c r="L83" s="2">
         <v>49039.0</v>
       </c>
       <c r="M83">
         <v>2000</v>
       </c>
       <c r="N83">
         <v>10000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>2.885246</v>
+        <v>0.835165</v>
       </c>
       <c r="Q83">
-        <v>106.885246</v>
+        <v>108.14</v>
       </c>
       <c r="R83">
-        <v>108.385246</v>
+        <v>108.335165</v>
       </c>
       <c r="S83">
-        <v>104.0</v>
+        <v>107.304835</v>
       </c>
       <c r="T83">
-        <v>105.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U83">
+        <v>6.840152</v>
+      </c>
+      <c r="V83">
+        <v>6.810598</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45881.640219907</v>
+        <v>45968.355740741</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
-      <c r="F84">
-[...1 lines deleted...]
-      </c>
       <c r="G84">
-        <v>108.363388</v>
-[...2 lines deleted...]
-        <v>32509.0164</v>
+        <v>108.027473</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>8.0</v>
       </c>
       <c r="K84" s="2">
         <v>45387.0</v>
       </c>
       <c r="L84" s="2">
         <v>49039.0</v>
       </c>
       <c r="M84">
         <v>2000</v>
       </c>
       <c r="N84">
         <v>10000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>2.863388</v>
+        <v>0.813187</v>
       </c>
       <c r="Q84">
-        <v>106.863388</v>
+        <v>106.313187</v>
       </c>
       <c r="R84">
-        <v>108.363388</v>
+        <v>108.313187</v>
       </c>
       <c r="S84">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T84">
-        <v>105.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U84">
+        <v>7.116952</v>
+      </c>
+      <c r="V84">
+        <v>6.810907</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45880.416689815</v>
+        <v>45967.355601852</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
-        <v>108.188525</v>
+        <v>108.027473</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>8.0</v>
       </c>
       <c r="K85" s="2">
         <v>45387.0</v>
       </c>
       <c r="L85" s="2">
         <v>49039.0</v>
       </c>
       <c r="M85">
         <v>2000</v>
       </c>
       <c r="N85">
         <v>10000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>2.84153</v>
+        <v>0.791209</v>
       </c>
       <c r="Q85">
-        <v>106.84153</v>
+        <v>106.291209</v>
       </c>
       <c r="R85">
-        <v>108.34153</v>
+        <v>108.291209</v>
       </c>
       <c r="S85">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T85">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U85">
+        <v>7.117193</v>
+      </c>
+      <c r="V85">
+        <v>6.811217</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45877.416782407</v>
+        <v>45966.355740741</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
-        <v>108.188525</v>
+        <v>108.027473</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>8.0</v>
       </c>
       <c r="K86" s="2">
         <v>45387.0</v>
       </c>
       <c r="L86" s="2">
         <v>49039.0</v>
       </c>
       <c r="M86">
         <v>2000</v>
       </c>
       <c r="N86">
         <v>10000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>2.819672</v>
+        <v>0.725275</v>
       </c>
       <c r="Q86">
-        <v>106.819672</v>
+        <v>106.225275</v>
       </c>
       <c r="R86">
-        <v>108.319672</v>
+        <v>108.225275</v>
       </c>
       <c r="S86">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T86">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U86">
+        <v>7.117918</v>
+      </c>
+      <c r="V86">
+        <v>6.81215</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45876.416678241</v>
+        <v>45965.355625</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
-        <v>108.188525</v>
+        <v>108.027473</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>8.0</v>
       </c>
       <c r="K87" s="2">
         <v>45387.0</v>
       </c>
       <c r="L87" s="2">
         <v>49039.0</v>
       </c>
       <c r="M87">
         <v>2000</v>
       </c>
       <c r="N87">
         <v>10000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>2.797814</v>
+        <v>0.703297</v>
       </c>
       <c r="Q87">
-        <v>106.797814</v>
+        <v>106.203297</v>
       </c>
       <c r="R87">
-        <v>108.297814</v>
+        <v>108.203297</v>
       </c>
       <c r="S87">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T87">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U87">
+        <v>7.11816</v>
+      </c>
+      <c r="V87">
+        <v>6.812461</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45875.416701389</v>
+        <v>45964.528333333</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
-        <v>108.188525</v>
+        <v>108.027473</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>8.0</v>
       </c>
       <c r="K88" s="2">
         <v>45387.0</v>
       </c>
       <c r="L88" s="2">
         <v>49039.0</v>
       </c>
       <c r="M88">
         <v>2000</v>
       </c>
       <c r="N88">
         <v>10000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>2.73224</v>
+        <v>0.681319</v>
       </c>
       <c r="Q88">
-        <v>106.73224</v>
+        <v>106.181319</v>
       </c>
       <c r="R88">
-        <v>108.23224</v>
+        <v>108.181319</v>
       </c>
       <c r="S88">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T88">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U88">
+        <v>7.118404</v>
+      </c>
+      <c r="V88">
+        <v>6.812773</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45874.416689815</v>
+        <v>45961.466712963</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="G89">
-        <v>108.188525</v>
+        <v>108.027473</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>8.0</v>
       </c>
       <c r="K89" s="2">
         <v>45387.0</v>
       </c>
       <c r="L89" s="2">
         <v>49039.0</v>
       </c>
       <c r="M89">
         <v>2000</v>
       </c>
       <c r="N89">
         <v>10000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>2.710383</v>
+        <v>0.659341</v>
       </c>
       <c r="Q89">
-        <v>106.710383</v>
+        <v>108.0</v>
       </c>
       <c r="R89">
-        <v>108.210383</v>
+        <v>108.159341</v>
       </c>
       <c r="S89">
-        <v>104.0</v>
+        <v>107.340659</v>
       </c>
       <c r="T89">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U89">
+        <v>6.837166</v>
+      </c>
+      <c r="V89">
+        <v>6.813086</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45873.557060185</v>
+        <v>45960.35556713</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
-      <c r="F90">
-[...1 lines deleted...]
-      </c>
       <c r="G90">
-        <v>108.188525</v>
-[...2 lines deleted...]
-        <v>10818.8525</v>
+        <v>108.027473</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>8.0</v>
       </c>
       <c r="K90" s="2">
         <v>45387.0</v>
       </c>
       <c r="L90" s="2">
         <v>49039.0</v>
       </c>
       <c r="M90">
         <v>2000</v>
       </c>
       <c r="N90">
         <v>10000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>2.688525</v>
+        <v>0.637363</v>
       </c>
       <c r="Q90">
-        <v>106.688525</v>
+        <v>106.137363</v>
       </c>
       <c r="R90">
-        <v>108.188525</v>
+        <v>108.137363</v>
       </c>
       <c r="S90">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
       <c r="T90">
-        <v>105.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
+      </c>
+      <c r="U90">
+        <v>7.118891</v>
+      </c>
+      <c r="V90">
+        <v>6.813399</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45870.599328704</v>
+        <v>45959.427789352</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="G91">
-        <v>108.557377</v>
+        <v>108.027473</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>8.0</v>
       </c>
       <c r="K91" s="2">
         <v>45387.0</v>
       </c>
       <c r="L91" s="2">
         <v>49039.0</v>
       </c>
       <c r="M91">
         <v>2000</v>
       </c>
       <c r="N91">
         <v>10000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>2.666667</v>
+        <v>0.571429</v>
       </c>
       <c r="Q91">
-        <v>106.486667</v>
+        <v>108.0</v>
       </c>
       <c r="R91">
-        <v>108.166667</v>
+        <v>108.071429</v>
       </c>
       <c r="S91">
-        <v>103.82</v>
+        <v>107.428571</v>
       </c>
       <c r="T91">
-        <v>105.5</v>
+        <v>107.5</v>
+      </c>
+      <c r="U91">
+        <v>6.825119</v>
+      </c>
+      <c r="V91">
+        <v>6.81434</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45869.416678241</v>
+        <v>45958.418946759</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="G92">
-        <v>108.557377</v>
+        <v>108.027473</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>8.0</v>
       </c>
       <c r="K92" s="2">
         <v>45387.0</v>
       </c>
       <c r="L92" s="2">
         <v>49039.0</v>
       </c>
       <c r="M92">
         <v>2000</v>
       </c>
       <c r="N92">
         <v>10000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>2.644809</v>
+        <v>0.549451</v>
       </c>
       <c r="Q92">
-        <v>106.464809</v>
+        <v>107.0</v>
+      </c>
+      <c r="R92">
+        <v>108.049451</v>
       </c>
       <c r="S92">
-        <v>103.82</v>
+        <v>106.450549</v>
+      </c>
+      <c r="T92">
+        <v>107.5</v>
+      </c>
+      <c r="U92">
+        <v>6.973907</v>
+      </c>
+      <c r="V92">
+        <v>6.814654</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45868.432418981</v>
+        <v>45957.643611111</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
+      <c r="F93">
+        <v>0.25</v>
+      </c>
       <c r="G93">
-        <v>108.557377</v>
+        <v>108.027473</v>
+      </c>
+      <c r="H93">
+        <v>21605.4946</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>8.0</v>
       </c>
       <c r="K93" s="2">
         <v>45387.0</v>
       </c>
       <c r="L93" s="2">
         <v>49039.0</v>
       </c>
       <c r="M93">
         <v>2000</v>
       </c>
       <c r="N93">
         <v>10000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>2.579235</v>
+        <v>0.527473</v>
       </c>
       <c r="Q93">
-        <v>106.399235</v>
+        <v>106.027473</v>
       </c>
       <c r="R93">
-        <v>110.0</v>
+        <v>108.027473</v>
       </c>
       <c r="S93">
-        <v>103.82</v>
+        <v>105.5</v>
       </c>
       <c r="T93">
-        <v>107.420765</v>
+        <v>107.5</v>
+      </c>
+      <c r="U93">
+        <v>7.12012</v>
+      </c>
+      <c r="V93">
+        <v>6.814969</v>
+      </c>
+      <c r="X93">
+        <v>1</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45867.53962963</v>
+        <v>45954.628981481</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="F94">
-        <v>0.81</v>
+        <v>0.02</v>
       </c>
       <c r="G94">
-        <v>108.557377</v>
+        <v>107.755495</v>
       </c>
       <c r="H94">
-        <v>10855.7377</v>
+        <v>10775.5495</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>8.0</v>
       </c>
       <c r="K94" s="2">
         <v>45387.0</v>
       </c>
       <c r="L94" s="2">
         <v>49039.0</v>
       </c>
       <c r="M94">
         <v>2000</v>
       </c>
       <c r="N94">
         <v>10000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>2.557377</v>
+        <v>0.505495</v>
       </c>
       <c r="Q94">
-        <v>106.377377</v>
+        <v>105.505495</v>
+      </c>
+      <c r="R94">
+        <v>108.005495</v>
       </c>
       <c r="S94">
-        <v>103.82</v>
+        <v>105.0</v>
+      </c>
+      <c r="T94">
+        <v>107.5</v>
+      </c>
+      <c r="U94">
+        <v>7.197781</v>
+      </c>
+      <c r="V94">
+        <v>6.815284</v>
       </c>
       <c r="X94">
         <v>1</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45866.416701389</v>
+        <v>45953.644861111</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
+      <c r="F95">
+        <v>1.14</v>
+      </c>
       <c r="G95">
-        <v>107.685792</v>
+        <v>107.733516</v>
+      </c>
+      <c r="H95">
+        <v>53866.758</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>8.0</v>
       </c>
       <c r="K95" s="2">
         <v>45387.0</v>
       </c>
       <c r="L95" s="2">
         <v>49039.0</v>
       </c>
       <c r="M95">
         <v>2000</v>
       </c>
       <c r="N95">
         <v>10000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>2.535519</v>
+        <v>0.483516</v>
       </c>
       <c r="Q95">
-        <v>106.345519</v>
+        <v>105.483516</v>
       </c>
       <c r="R95">
-        <v>108.535519</v>
+        <v>107.733516</v>
       </c>
       <c r="S95">
-        <v>103.81</v>
+        <v>105.0</v>
       </c>
       <c r="T95">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="U95">
+        <v>7.198012</v>
+      </c>
+      <c r="V95">
+        <v>6.853333</v>
+      </c>
+      <c r="X95">
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45863.631087963</v>
+        <v>45952.356493056</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="G96">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>8.0</v>
       </c>
       <c r="K96" s="2">
         <v>45387.0</v>
       </c>
       <c r="L96" s="2">
         <v>49039.0</v>
       </c>
       <c r="M96">
         <v>2000</v>
       </c>
       <c r="N96">
         <v>10000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>2.513661</v>
+        <v>0.417582</v>
       </c>
       <c r="Q96">
-        <v>106.323661</v>
+        <v>105.417582</v>
       </c>
       <c r="R96">
-        <v>108.513661</v>
+        <v>107.667582</v>
       </c>
       <c r="S96">
-        <v>103.81</v>
+        <v>105.0</v>
       </c>
       <c r="T96">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="U96">
+        <v>7.198706</v>
+      </c>
+      <c r="V96">
+        <v>6.854258</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45862.416689815</v>
+        <v>45951.355393519</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>8.0</v>
       </c>
       <c r="K97" s="2">
         <v>45387.0</v>
       </c>
       <c r="L97" s="2">
         <v>49039.0</v>
       </c>
       <c r="M97">
         <v>2000</v>
       </c>
       <c r="N97">
         <v>10000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>2.491803</v>
+        <v>0.395604</v>
       </c>
       <c r="Q97">
-        <v>106.291803</v>
+        <v>105.395604</v>
       </c>
       <c r="R97">
-        <v>108.491803</v>
+        <v>107.645604</v>
       </c>
       <c r="S97">
-        <v>103.8</v>
+        <v>105.0</v>
       </c>
       <c r="T97">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="U97">
+        <v>7.198938</v>
+      </c>
+      <c r="V97">
+        <v>6.854566</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45861.502685185</v>
+        <v>45950.355266204</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="G98">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>8.0</v>
       </c>
       <c r="K98" s="2">
         <v>45387.0</v>
       </c>
       <c r="L98" s="2">
         <v>49039.0</v>
       </c>
       <c r="M98">
         <v>2000</v>
       </c>
       <c r="N98">
         <v>10000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>2.42623</v>
+        <v>0.373626</v>
       </c>
       <c r="Q98">
-        <v>106.22623</v>
+        <v>105.373626</v>
       </c>
       <c r="R98">
-        <v>108.42623</v>
+        <v>107.623626</v>
       </c>
       <c r="S98">
-        <v>103.8</v>
+        <v>105.0</v>
       </c>
       <c r="T98">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="U98">
+        <v>7.199171</v>
+      </c>
+      <c r="V98">
+        <v>6.854876</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45860.416701389</v>
+        <v>45947.666689815</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>8.0</v>
       </c>
       <c r="K99" s="2">
         <v>45387.0</v>
       </c>
       <c r="L99" s="2">
         <v>49039.0</v>
       </c>
       <c r="M99">
         <v>2000</v>
       </c>
       <c r="N99">
         <v>10000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>2.404372</v>
-[...11 lines deleted...]
-        <v>106.0</v>
+        <v>0.351648</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45859.416689815</v>
+        <v>45946.666701389</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>8.0</v>
       </c>
       <c r="K100" s="2">
         <v>45387.0</v>
       </c>
       <c r="L100" s="2">
         <v>49039.0</v>
       </c>
       <c r="M100">
         <v>2000</v>
       </c>
       <c r="N100">
         <v>10000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>2.382514</v>
-[...11 lines deleted...]
-        <v>106.0</v>
+        <v>0.32967</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45856.582083333</v>
+        <v>45945.666678241</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="G101">
-        <v>107.685792</v>
+        <v>106.521758</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>8.0</v>
       </c>
       <c r="K101" s="2">
         <v>45387.0</v>
       </c>
       <c r="L101" s="2">
         <v>49039.0</v>
       </c>
       <c r="M101">
         <v>2000</v>
       </c>
       <c r="N101">
         <v>10000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>2.360656</v>
-[...11 lines deleted...]
-        <v>106.0</v>
+        <v>0.263736</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45855.416678241</v>
+        <v>45944.666689815</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
+      <c r="F102">
+        <v>0.31</v>
+      </c>
       <c r="G102">
-        <v>107.685792</v>
+        <v>106.521758</v>
+      </c>
+      <c r="H102">
+        <v>10652.1758</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>8.0</v>
       </c>
       <c r="K102" s="2">
         <v>45387.0</v>
       </c>
       <c r="L102" s="2">
         <v>49039.0</v>
       </c>
       <c r="M102">
         <v>2000</v>
       </c>
       <c r="N102">
         <v>10000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>2.338798</v>
-[...11 lines deleted...]
-        <v>106.0</v>
+        <v>0.241758</v>
+      </c>
+      <c r="X102">
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45854.416701389</v>
+        <v>45943.666747685</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>107.685792</v>
+        <v>106.197802</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>8.0</v>
       </c>
       <c r="K103" s="2">
         <v>45387.0</v>
       </c>
       <c r="L103" s="2">
         <v>49039.0</v>
       </c>
       <c r="M103">
         <v>2000</v>
       </c>
       <c r="N103">
         <v>10000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>106.0</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45853.416724537</v>
+        <v>45940.513634259</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
+      <c r="F104">
+        <v>-0.01</v>
+      </c>
       <c r="G104">
-        <v>107.685792</v>
+        <v>106.197802</v>
+      </c>
+      <c r="H104">
+        <v>53098.901</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>8.0</v>
       </c>
       <c r="K104" s="2">
         <v>45387.0</v>
       </c>
       <c r="L104" s="2">
         <v>49039.0</v>
       </c>
       <c r="M104">
         <v>2000</v>
       </c>
       <c r="N104">
         <v>10000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>2.251366</v>
+        <v>0.197802</v>
       </c>
       <c r="Q104">
-        <v>106.001366</v>
+        <v>106.197802</v>
       </c>
       <c r="R104">
-        <v>108.251366</v>
+        <v>107.447802</v>
       </c>
       <c r="S104">
-        <v>103.75</v>
+        <v>106.0</v>
       </c>
       <c r="T104">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="X104">
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45852.625393519</v>
+        <v>45939.563055556</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="G105">
-        <v>107.685792</v>
+        <v>106.20989</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>8.0</v>
       </c>
       <c r="K105" s="2">
         <v>45387.0</v>
       </c>
       <c r="L105" s="2">
         <v>49039.0</v>
       </c>
       <c r="M105">
         <v>2000</v>
       </c>
       <c r="N105">
         <v>10000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>2.229508</v>
+        <v>0.175824</v>
       </c>
       <c r="Q105">
-        <v>105.979508</v>
+        <v>106.175824</v>
       </c>
       <c r="R105">
-        <v>108.229508</v>
+        <v>107.425824</v>
       </c>
       <c r="S105">
-        <v>103.75</v>
+        <v>106.0</v>
       </c>
       <c r="T105">
-        <v>106.0</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45849.442430556</v>
+        <v>45938.651898148</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
+      <c r="F106">
+        <v>0.18</v>
+      </c>
       <c r="G106">
-        <v>107.685792</v>
+        <v>106.20989</v>
+      </c>
+      <c r="H106">
+        <v>31842.967</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>8.0</v>
       </c>
       <c r="K106" s="2">
         <v>45387.0</v>
       </c>
       <c r="L106" s="2">
         <v>49039.0</v>
       </c>
       <c r="M106">
         <v>2000</v>
       </c>
       <c r="N106">
         <v>10000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>2.20765</v>
+        <v>0.10989</v>
       </c>
       <c r="Q106">
-        <v>105.78</v>
+        <v>106.10989</v>
       </c>
       <c r="R106">
-        <v>108.20765</v>
+        <v>107.35989</v>
       </c>
       <c r="S106">
-        <v>103.57235</v>
+        <v>106.0</v>
       </c>
       <c r="T106">
-        <v>106.0</v>
+        <v>107.25</v>
+      </c>
+      <c r="X106">
+        <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45848.600752315</v>
+        <v>45937.416747685</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
-      <c r="F107">
-[...1 lines deleted...]
-      </c>
       <c r="G107">
-        <v>107.685792</v>
-[...2 lines deleted...]
-        <v>53842.896</v>
+        <v>106.021978</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>8.0</v>
       </c>
       <c r="K107" s="2">
         <v>45387.0</v>
       </c>
       <c r="L107" s="2">
         <v>49039.0</v>
       </c>
       <c r="M107">
         <v>2000</v>
       </c>
       <c r="N107">
         <v>10000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>2.185792</v>
+        <v>0.087912</v>
       </c>
       <c r="Q107">
-        <v>105.755792</v>
+        <v>106.087912</v>
       </c>
       <c r="R107">
-        <v>108.185792</v>
+        <v>107.087912</v>
       </c>
       <c r="S107">
-        <v>103.57</v>
+        <v>106.0</v>
       </c>
       <c r="T107">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45847.648958333</v>
+        <v>45936.43318287</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>105.005464</v>
+        <v>106.021978</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>8.0</v>
       </c>
       <c r="K108" s="2">
         <v>45387.0</v>
       </c>
       <c r="L108" s="2">
         <v>49039.0</v>
       </c>
       <c r="M108">
         <v>2000</v>
       </c>
       <c r="N108">
         <v>10000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>2.120219</v>
+        <v>0.065934</v>
       </c>
       <c r="Q108">
-        <v>105.670219</v>
+        <v>106.065934</v>
       </c>
       <c r="R108">
-        <v>107.620219</v>
+        <v>107.065934</v>
       </c>
       <c r="S108">
-        <v>103.55</v>
+        <v>106.0</v>
       </c>
       <c r="T108">
-        <v>105.5</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45846.536006944</v>
+        <v>45933.416689815</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="G109">
-        <v>105.005464</v>
+        <v>106.021978</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>8.0</v>
       </c>
       <c r="K109" s="2">
         <v>45387.0</v>
       </c>
       <c r="L109" s="2">
         <v>49039.0</v>
       </c>
       <c r="M109">
         <v>2000</v>
       </c>
       <c r="N109">
         <v>10000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>2.098361</v>
+        <v>0.043956</v>
       </c>
       <c r="Q109">
-        <v>105.618361</v>
+        <v>106.043956</v>
       </c>
       <c r="R109">
-        <v>107.598361</v>
+        <v>107.293956</v>
       </c>
       <c r="S109">
-        <v>103.52</v>
+        <v>106.0</v>
       </c>
       <c r="T109">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45845.566284722</v>
+        <v>45932.463622685</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
+      <c r="F110">
+        <v>0.1</v>
+      </c>
       <c r="G110">
-        <v>105.005464</v>
+        <v>106.021978</v>
+      </c>
+      <c r="H110">
+        <v>31806.5934</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>8.0</v>
       </c>
       <c r="K110" s="2">
         <v>45387.0</v>
       </c>
       <c r="L110" s="2">
         <v>49039.0</v>
       </c>
       <c r="M110">
         <v>2000</v>
       </c>
       <c r="N110">
         <v>10000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>2.076503</v>
+        <v>0.021978</v>
       </c>
       <c r="Q110">
-        <v>105.586503</v>
+        <v>106.021978</v>
       </c>
       <c r="R110">
-        <v>107.576503</v>
+        <v>107.271978</v>
       </c>
       <c r="S110">
-        <v>103.51</v>
+        <v>106.0</v>
       </c>
       <c r="T110">
-        <v>105.5</v>
+        <v>107.25</v>
+      </c>
+      <c r="X110">
+        <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45842.416678241</v>
+        <v>45931.416770833</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="G111">
-        <v>105.005464</v>
+        <v>105.912568</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>8.0</v>
       </c>
       <c r="K111" s="2">
         <v>45387.0</v>
       </c>
       <c r="L111" s="2">
         <v>49039.0</v>
       </c>
       <c r="M111">
         <v>2000</v>
       </c>
       <c r="N111">
         <v>10000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>2.054645</v>
+        <v>-0.043716</v>
       </c>
       <c r="Q111">
-        <v>105.554645</v>
+        <v>105.956284</v>
       </c>
       <c r="R111">
-        <v>107.554645</v>
+        <v>107.206284</v>
       </c>
       <c r="S111">
-        <v>103.5</v>
+        <v>106.0</v>
       </c>
       <c r="T111">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45841.416689815</v>
+        <v>45930.508090278</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="G112">
-        <v>105.005464</v>
+        <v>105.912568</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>8.0</v>
       </c>
       <c r="K112" s="2">
         <v>45387.0</v>
       </c>
       <c r="L112" s="2">
         <v>49039.0</v>
       </c>
       <c r="M112">
         <v>2000</v>
       </c>
       <c r="N112">
         <v>10000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>2.032787</v>
+        <v>-0.065574</v>
       </c>
       <c r="Q112">
-        <v>105.532787</v>
+        <v>105.934426</v>
       </c>
       <c r="R112">
-        <v>107.532787</v>
+        <v>107.184426</v>
       </c>
       <c r="S112">
-        <v>103.5</v>
+        <v>106.0</v>
       </c>
       <c r="T112">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45840.43349537</v>
+        <v>45929.5021875</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
+      <c r="F113">
+        <v>0.04</v>
+      </c>
       <c r="G113">
-        <v>105.005464</v>
+        <v>105.912568</v>
+      </c>
+      <c r="H113">
+        <v>10591.2568</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>8.0</v>
       </c>
       <c r="K113" s="2">
         <v>45387.0</v>
       </c>
       <c r="L113" s="2">
         <v>49039.0</v>
       </c>
       <c r="M113">
         <v>2000</v>
       </c>
       <c r="N113">
         <v>10000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>1.967213</v>
+        <v>-0.087432</v>
       </c>
       <c r="Q113">
-        <v>105.47</v>
+        <v>103.912568</v>
       </c>
       <c r="R113">
-        <v>107.467213</v>
+        <v>107.162568</v>
       </c>
       <c r="S113">
-        <v>103.502787</v>
+        <v>104.0</v>
       </c>
       <c r="T113">
-        <v>105.5</v>
+        <v>107.25</v>
+      </c>
+      <c r="X113">
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45839.475439815</v>
+        <v>45926.416712963</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="G114">
-        <v>105.005464</v>
+        <v>105.868852</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>8.0</v>
       </c>
       <c r="K114" s="2">
         <v>45387.0</v>
       </c>
       <c r="L114" s="2">
         <v>49039.0</v>
       </c>
       <c r="M114">
         <v>2000</v>
       </c>
       <c r="N114">
         <v>10000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>1.945355</v>
+        <v>-0.10929</v>
       </c>
       <c r="Q114">
-        <v>105.45</v>
+        <v>105.89071</v>
       </c>
       <c r="R114">
-        <v>107.445355</v>
+        <v>107.14071</v>
       </c>
       <c r="S114">
-        <v>103.504645</v>
+        <v>106.0</v>
       </c>
       <c r="T114">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45838.416701389</v>
+        <v>45925.604351852</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
+      <c r="F115">
+        <v>0.08</v>
+      </c>
       <c r="G115">
-        <v>105.005464</v>
+        <v>105.868852</v>
+      </c>
+      <c r="H115">
+        <v>21173.7704</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>8.0</v>
       </c>
       <c r="K115" s="2">
         <v>45387.0</v>
       </c>
       <c r="L115" s="2">
         <v>49039.0</v>
       </c>
       <c r="M115">
         <v>2000</v>
       </c>
       <c r="N115">
         <v>10000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>1.923497</v>
+        <v>-0.131148</v>
       </c>
       <c r="Q115">
-        <v>105.423497</v>
+        <v>105.868852</v>
       </c>
       <c r="R115">
-        <v>107.423497</v>
+        <v>107.118852</v>
       </c>
       <c r="S115">
-        <v>103.5</v>
+        <v>106.0</v>
       </c>
       <c r="T115">
-        <v>105.5</v>
+        <v>107.25</v>
+      </c>
+      <c r="X115">
+        <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45835.476770833</v>
+        <v>45924.416689815</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>105.005464</v>
+        <v>105.781421</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>8.0</v>
       </c>
       <c r="K116" s="2">
         <v>45387.0</v>
       </c>
       <c r="L116" s="2">
         <v>49039.0</v>
       </c>
       <c r="M116">
         <v>2000</v>
       </c>
       <c r="N116">
         <v>10000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>1.901639</v>
+        <v>-0.196721</v>
       </c>
       <c r="Q116">
-        <v>105.402</v>
+        <v>105.803279</v>
       </c>
       <c r="R116">
-        <v>107.401639</v>
+        <v>107.053279</v>
       </c>
       <c r="S116">
-        <v>103.500361</v>
+        <v>106.0</v>
       </c>
       <c r="T116">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45834.416689815</v>
+        <v>45923.504618056</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
+      <c r="F117">
+        <v>-3.59</v>
+      </c>
       <c r="G117">
-        <v>105.005464</v>
+        <v>105.781421</v>
+      </c>
+      <c r="H117">
+        <v>21156.2842</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>8.0</v>
       </c>
       <c r="K117" s="2">
         <v>45387.0</v>
       </c>
       <c r="L117" s="2">
         <v>49039.0</v>
       </c>
       <c r="M117">
         <v>2000</v>
       </c>
       <c r="N117">
         <v>10000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>1.879781</v>
+        <v>-0.218579</v>
       </c>
       <c r="Q117">
-        <v>105.379781</v>
+        <v>105.781421</v>
       </c>
       <c r="R117">
-        <v>107.379781</v>
+        <v>107.031421</v>
       </c>
       <c r="S117">
-        <v>103.5</v>
+        <v>106.0</v>
       </c>
       <c r="T117">
-        <v>105.5</v>
+        <v>107.25</v>
+      </c>
+      <c r="X117">
+        <v>2</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45833.509155093</v>
+        <v>45922.416689815</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="G118">
-        <v>105.005464</v>
+        <v>109.715847</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>8.0</v>
       </c>
       <c r="K118" s="2">
         <v>45387.0</v>
       </c>
       <c r="L118" s="2">
         <v>49039.0</v>
       </c>
       <c r="M118">
         <v>2000</v>
       </c>
       <c r="N118">
         <v>10000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>1.814208</v>
+        <v>3.759563</v>
       </c>
       <c r="Q118">
-        <v>105.314208</v>
+        <v>107.759563</v>
       </c>
       <c r="R118">
-        <v>107.314208</v>
+        <v>109.759563</v>
       </c>
       <c r="S118">
-        <v>103.5</v>
+        <v>104.0</v>
       </c>
       <c r="T118">
-        <v>105.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45831.515127315</v>
+        <v>45919.416678241</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>105.005464</v>
+        <v>109.715847</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>8.0</v>
       </c>
       <c r="K119" s="2">
         <v>45387.0</v>
       </c>
       <c r="L119" s="2">
         <v>49039.0</v>
       </c>
       <c r="M119">
         <v>2000</v>
       </c>
       <c r="N119">
         <v>10000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>1.770492</v>
+        <v>3.737705</v>
+      </c>
+      <c r="Q119">
+        <v>107.737705</v>
+      </c>
+      <c r="R119">
+        <v>109.737705</v>
+      </c>
+      <c r="S119">
+        <v>104.0</v>
+      </c>
+      <c r="T119">
+        <v>106.0</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45828.447118056</v>
+        <v>45918.574953704</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
+      <c r="F120">
+        <v>1.13</v>
+      </c>
       <c r="G120">
-        <v>105.005464</v>
+        <v>109.715847</v>
+      </c>
+      <c r="H120">
+        <v>10971.5847</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>8.0</v>
       </c>
       <c r="K120" s="2">
         <v>45387.0</v>
       </c>
       <c r="L120" s="2">
         <v>49039.0</v>
       </c>
       <c r="M120">
         <v>2000</v>
       </c>
       <c r="N120">
         <v>10000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>1.748634</v>
+        <v>3.715847</v>
       </c>
       <c r="Q120">
-        <v>104.75</v>
+        <v>107.715847</v>
       </c>
       <c r="R120">
-        <v>107.248634</v>
+        <v>109.715847</v>
       </c>
       <c r="S120">
-        <v>103.001366</v>
+        <v>104.0</v>
       </c>
       <c r="T120">
-        <v>105.5</v>
+        <v>106.0</v>
+      </c>
+      <c r="X120">
+        <v>1</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45827.548460648</v>
+        <v>45917.416701389</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="G121">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>8.0</v>
       </c>
       <c r="K121" s="2">
         <v>45387.0</v>
       </c>
       <c r="L121" s="2">
         <v>49039.0</v>
       </c>
       <c r="M121">
         <v>2000</v>
       </c>
       <c r="N121">
         <v>10000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>1.726776</v>
+        <v>3.650273</v>
       </c>
       <c r="Q121">
-        <v>104.73</v>
+        <v>107.650273</v>
       </c>
       <c r="R121">
-        <v>107.226776</v>
+        <v>109.650273</v>
       </c>
       <c r="S121">
-        <v>103.003224</v>
+        <v>104.0</v>
       </c>
       <c r="T121">
-        <v>105.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45826.434513889</v>
+        <v>45916.516319444</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="G122">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>8.0</v>
       </c>
       <c r="K122" s="2">
         <v>45387.0</v>
       </c>
       <c r="L122" s="2">
         <v>49039.0</v>
       </c>
       <c r="M122">
         <v>2000</v>
       </c>
       <c r="N122">
         <v>10000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>1.661202</v>
+        <v>3.628415</v>
       </c>
       <c r="Q122">
-        <v>104.67</v>
+        <v>107.628415</v>
       </c>
       <c r="R122">
-        <v>107.161202</v>
+        <v>109.628415</v>
       </c>
       <c r="S122">
-        <v>103.008798</v>
+        <v>104.0</v>
       </c>
       <c r="T122">
-        <v>105.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45825.440081019</v>
+        <v>45915.416840278</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>8.0</v>
       </c>
       <c r="K123" s="2">
         <v>45387.0</v>
       </c>
       <c r="L123" s="2">
         <v>49039.0</v>
       </c>
       <c r="M123">
         <v>2000</v>
       </c>
       <c r="N123">
         <v>10000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>1.639344</v>
+        <v>3.606557</v>
       </c>
       <c r="Q123">
-        <v>104.7</v>
+        <v>107.606557</v>
       </c>
       <c r="R123">
-        <v>107.139344</v>
+        <v>110.856557</v>
       </c>
       <c r="S123">
-        <v>103.060656</v>
+        <v>104.0</v>
       </c>
       <c r="T123">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45824.434988426</v>
+        <v>45912.416701389</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="G124">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>8.0</v>
       </c>
       <c r="K124" s="2">
         <v>45387.0</v>
       </c>
       <c r="L124" s="2">
         <v>49039.0</v>
       </c>
       <c r="M124">
         <v>2000</v>
       </c>
       <c r="N124">
         <v>10000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>1.617486</v>
+        <v>3.584699</v>
       </c>
       <c r="Q124">
-        <v>104.62</v>
+        <v>107.584699</v>
       </c>
       <c r="R124">
-        <v>107.117486</v>
+        <v>110.834699</v>
       </c>
       <c r="S124">
-        <v>103.002514</v>
+        <v>104.0</v>
       </c>
       <c r="T124">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45821.441782407</v>
+        <v>45911.416689815</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="G125">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>8.0</v>
       </c>
       <c r="K125" s="2">
         <v>45387.0</v>
       </c>
       <c r="L125" s="2">
         <v>49039.0</v>
       </c>
       <c r="M125">
         <v>2000</v>
       </c>
       <c r="N125">
         <v>10000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>1.595628</v>
+        <v>3.562842</v>
       </c>
       <c r="Q125">
-        <v>104.6</v>
+        <v>107.562842</v>
       </c>
       <c r="R125">
-        <v>107.095628</v>
+        <v>110.812842</v>
       </c>
       <c r="S125">
-        <v>103.004372</v>
+        <v>104.0</v>
       </c>
       <c r="T125">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45820.438553241</v>
+        <v>45910.416701389</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="G126">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>8.0</v>
       </c>
       <c r="K126" s="2">
         <v>45387.0</v>
       </c>
       <c r="L126" s="2">
         <v>49039.0</v>
       </c>
       <c r="M126">
         <v>2000</v>
       </c>
       <c r="N126">
         <v>10000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>1.57377</v>
+        <v>3.497268</v>
       </c>
       <c r="Q126">
-        <v>104.6</v>
+        <v>107.497268</v>
       </c>
       <c r="R126">
-        <v>107.07377</v>
+        <v>110.747268</v>
       </c>
       <c r="S126">
-        <v>103.02623</v>
+        <v>104.0</v>
       </c>
       <c r="T126">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45819.435983796</v>
+        <v>45909.416678241</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>8.0</v>
       </c>
       <c r="K127" s="2">
         <v>45387.0</v>
       </c>
       <c r="L127" s="2">
         <v>49039.0</v>
       </c>
       <c r="M127">
         <v>2000</v>
       </c>
       <c r="N127">
         <v>10000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>1.508197</v>
+        <v>3.47541</v>
       </c>
       <c r="Q127">
-        <v>104.51</v>
+        <v>107.47541</v>
       </c>
       <c r="R127">
-        <v>107.008197</v>
+        <v>110.72541</v>
       </c>
       <c r="S127">
-        <v>103.001803</v>
+        <v>104.0</v>
       </c>
       <c r="T127">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45818.574768519</v>
+        <v>45908.416701389</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="G128">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>8.0</v>
       </c>
       <c r="K128" s="2">
         <v>45387.0</v>
       </c>
       <c r="L128" s="2">
         <v>49039.0</v>
       </c>
       <c r="M128">
         <v>2000</v>
       </c>
       <c r="N128">
         <v>10000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>1.486339</v>
+        <v>3.453552</v>
       </c>
       <c r="Q128">
-        <v>104.486339</v>
+        <v>107.453552</v>
       </c>
       <c r="R128">
-        <v>106.986339</v>
+        <v>110.703552</v>
       </c>
       <c r="S128">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T128">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45817.524074074</v>
+        <v>45905.416678241</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="G129">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>8.0</v>
       </c>
       <c r="K129" s="2">
         <v>45387.0</v>
       </c>
       <c r="L129" s="2">
         <v>49039.0</v>
       </c>
       <c r="M129">
         <v>2000</v>
       </c>
       <c r="N129">
         <v>10000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>1.464481</v>
+        <v>3.431694</v>
       </c>
       <c r="Q129">
-        <v>104.6</v>
+        <v>107.431694</v>
       </c>
       <c r="R129">
-        <v>106.964481</v>
+        <v>110.681694</v>
       </c>
       <c r="S129">
-        <v>103.135519</v>
+        <v>104.0</v>
       </c>
       <c r="T129">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45814.433090278</v>
+        <v>45904.416689815</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="G130">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>8.0</v>
       </c>
       <c r="K130" s="2">
         <v>45387.0</v>
       </c>
       <c r="L130" s="2">
         <v>49039.0</v>
       </c>
       <c r="M130">
         <v>2000</v>
       </c>
       <c r="N130">
         <v>10000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>1.442623</v>
+        <v>3.409836</v>
       </c>
       <c r="Q130">
-        <v>104.443</v>
+        <v>107.409836</v>
       </c>
       <c r="R130">
-        <v>106.942623</v>
+        <v>110.659836</v>
       </c>
       <c r="S130">
-        <v>103.000377</v>
+        <v>104.0</v>
       </c>
       <c r="T130">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45813.416736111</v>
+        <v>45903.416851852</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="G131">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>8.0</v>
       </c>
       <c r="K131" s="2">
         <v>45387.0</v>
       </c>
       <c r="L131" s="2">
         <v>49039.0</v>
       </c>
       <c r="M131">
         <v>2000</v>
       </c>
       <c r="N131">
         <v>10000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>1.420765</v>
+        <v>3.344262</v>
       </c>
       <c r="Q131">
-        <v>104.420765</v>
+        <v>107.344262</v>
       </c>
       <c r="R131">
-        <v>106.920765</v>
+        <v>110.594262</v>
       </c>
       <c r="S131">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T131">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45812.419513889</v>
+        <v>45902.647060185</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="G132">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>8.0</v>
       </c>
       <c r="K132" s="2">
         <v>45387.0</v>
       </c>
       <c r="L132" s="2">
         <v>49039.0</v>
       </c>
       <c r="M132">
         <v>2000</v>
       </c>
       <c r="N132">
         <v>10000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>1.355191</v>
+        <v>3.322404</v>
       </c>
       <c r="Q132">
-        <v>104.36</v>
+        <v>107.322404</v>
       </c>
       <c r="R132">
-        <v>106.855191</v>
+        <v>110.572404</v>
       </c>
       <c r="S132">
-        <v>103.004809</v>
+        <v>104.0</v>
       </c>
       <c r="T132">
-        <v>105.5</v>
+        <v>107.25</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45811.426365741</v>
+        <v>45901.458425926</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="G133">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>8.0</v>
       </c>
       <c r="K133" s="2">
         <v>45387.0</v>
       </c>
       <c r="L133" s="2">
         <v>49039.0</v>
       </c>
       <c r="M133">
         <v>2000</v>
       </c>
       <c r="N133">
         <v>10000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>1.333333</v>
+        <v>3.300546</v>
       </c>
       <c r="Q133">
-        <v>104.34</v>
+        <v>107.300546</v>
       </c>
       <c r="R133">
-        <v>106.833333</v>
+        <v>110.800546</v>
       </c>
       <c r="S133">
-        <v>103.006667</v>
+        <v>104.0</v>
       </c>
       <c r="T133">
-        <v>105.5</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45810.450717593</v>
+        <v>45898.416712963</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="G134">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>8.0</v>
       </c>
       <c r="K134" s="2">
         <v>45387.0</v>
       </c>
       <c r="L134" s="2">
         <v>49039.0</v>
       </c>
       <c r="M134">
         <v>2000</v>
       </c>
       <c r="N134">
         <v>10000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>1.311475</v>
+        <v>3.278689</v>
       </c>
       <c r="Q134">
-        <v>104.32</v>
-[...2 lines deleted...]
-        <v>106.811475</v>
+        <v>107.278689</v>
       </c>
       <c r="S134">
-        <v>103.008525</v>
-[...2 lines deleted...]
-        <v>105.5</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45807.546458333</v>
+        <v>45897.416689815</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="G135">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>8.0</v>
       </c>
       <c r="K135" s="2">
         <v>45387.0</v>
       </c>
       <c r="L135" s="2">
         <v>49039.0</v>
       </c>
       <c r="M135">
         <v>2000</v>
       </c>
       <c r="N135">
         <v>10000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>1.289617</v>
+        <v>3.256831</v>
       </c>
       <c r="Q135">
-        <v>104.3</v>
-[...2 lines deleted...]
-        <v>106.789617</v>
+        <v>107.256831</v>
       </c>
       <c r="S135">
-        <v>103.010383</v>
-[...2 lines deleted...]
-        <v>105.5</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45805.638784722</v>
+        <v>45896.416678241</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="G136">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>8.0</v>
       </c>
       <c r="K136" s="2">
         <v>45387.0</v>
       </c>
       <c r="L136" s="2">
         <v>49039.0</v>
       </c>
       <c r="M136">
         <v>2000</v>
       </c>
       <c r="N136">
         <v>10000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>1.202186</v>
+        <v>3.191257</v>
       </c>
       <c r="Q136">
-        <v>104.22</v>
-[...2 lines deleted...]
-        <v>107.202186</v>
+        <v>107.191257</v>
       </c>
       <c r="S136">
-        <v>103.017814</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45804.436493056</v>
+        <v>45895.416689815</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>8.0</v>
       </c>
       <c r="K137" s="2">
         <v>45387.0</v>
       </c>
       <c r="L137" s="2">
         <v>49039.0</v>
       </c>
       <c r="M137">
         <v>2000</v>
       </c>
       <c r="N137">
         <v>10000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>1.180328</v>
+        <v>3.169399</v>
       </c>
       <c r="Q137">
-        <v>104.2</v>
-[...2 lines deleted...]
-        <v>107.18</v>
+        <v>107.169399</v>
       </c>
       <c r="S137">
-        <v>103.019672</v>
-[...2 lines deleted...]
-        <v>105.999672</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45803.628634259</v>
+        <v>45894.459756944</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="G138">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>8.0</v>
       </c>
       <c r="K138" s="2">
         <v>45387.0</v>
       </c>
       <c r="L138" s="2">
         <v>49039.0</v>
       </c>
       <c r="M138">
         <v>2000</v>
       </c>
       <c r="N138">
         <v>10000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>1.15847</v>
+        <v>3.147541</v>
       </c>
       <c r="Q138">
-        <v>104.2</v>
+        <v>107.147541</v>
       </c>
       <c r="R138">
-        <v>107.158</v>
+        <v>112.6</v>
       </c>
       <c r="S138">
-        <v>103.04153</v>
+        <v>104.0</v>
       </c>
       <c r="T138">
-        <v>105.99953</v>
+        <v>109.452459</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45800.635671296</v>
+        <v>45891.416701389</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>8.0</v>
       </c>
       <c r="K139" s="2">
         <v>45387.0</v>
       </c>
       <c r="L139" s="2">
         <v>49039.0</v>
       </c>
       <c r="M139">
         <v>2000</v>
       </c>
       <c r="N139">
         <v>10000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>1.136612</v>
+        <v>3.125683</v>
       </c>
       <c r="Q139">
-        <v>104.14</v>
-[...2 lines deleted...]
-        <v>107.136</v>
+        <v>107.125683</v>
       </c>
       <c r="S139">
-        <v>103.003388</v>
-[...2 lines deleted...]
-        <v>105.999388</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45799.591435185</v>
+        <v>45890.416701389</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>8.0</v>
       </c>
       <c r="K140" s="2">
         <v>45387.0</v>
       </c>
       <c r="L140" s="2">
         <v>49039.0</v>
       </c>
       <c r="M140">
         <v>2000</v>
       </c>
       <c r="N140">
         <v>10000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>1.114754</v>
+        <v>3.103825</v>
       </c>
       <c r="Q140">
-        <v>104.22</v>
-[...2 lines deleted...]
-        <v>107.114</v>
+        <v>107.103825</v>
       </c>
       <c r="S140">
-        <v>103.105246</v>
-[...2 lines deleted...]
-        <v>105.999246</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45798.498726852</v>
+        <v>45889.416701389</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>8.0</v>
       </c>
       <c r="K141" s="2">
         <v>45387.0</v>
       </c>
       <c r="L141" s="2">
         <v>49039.0</v>
       </c>
       <c r="M141">
         <v>2000</v>
       </c>
       <c r="N141">
         <v>10000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>1.04918</v>
+        <v>3.038251</v>
       </c>
       <c r="Q141">
-        <v>104.41</v>
-[...2 lines deleted...]
-        <v>107.049</v>
+        <v>107.038251</v>
       </c>
       <c r="S141">
-        <v>103.36082</v>
-[...2 lines deleted...]
-        <v>105.99982</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45797.525625</v>
+        <v>45888.416689815</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="G142">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>8.0</v>
       </c>
       <c r="K142" s="2">
         <v>45387.0</v>
       </c>
       <c r="L142" s="2">
         <v>49039.0</v>
       </c>
       <c r="M142">
         <v>2000</v>
       </c>
       <c r="N142">
         <v>10000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>1.027322</v>
+        <v>3.016393</v>
       </c>
       <c r="Q142">
-        <v>104.2</v>
-[...2 lines deleted...]
-        <v>107.025</v>
+        <v>107.016393</v>
       </c>
       <c r="S142">
-        <v>103.172678</v>
-[...2 lines deleted...]
-        <v>105.997678</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45796.575277778</v>
+        <v>45887.491377315</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="F143">
-        <v>1.62</v>
+        <v>1.41</v>
       </c>
       <c r="G143">
-        <v>105.005464</v>
+        <v>108.494536</v>
       </c>
       <c r="H143">
-        <v>41952.1856</v>
+        <v>10849.4536</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>8.0</v>
       </c>
       <c r="K143" s="2">
         <v>45387.0</v>
       </c>
       <c r="L143" s="2">
         <v>49039.0</v>
       </c>
       <c r="M143">
         <v>2000</v>
       </c>
       <c r="N143">
         <v>10000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>1.005464</v>
+        <v>2.994536</v>
       </c>
       <c r="Q143">
-        <v>104.1</v>
-[...2 lines deleted...]
-        <v>107.0</v>
+        <v>106.994536</v>
       </c>
       <c r="S143">
-        <v>103.094536</v>
-[...2 lines deleted...]
-        <v>105.994536</v>
+        <v>104.0</v>
       </c>
       <c r="X143">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45793.431041667</v>
+        <v>45884.416678241</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="G144">
-        <v>103.330601</v>
+        <v>106.985246</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>8.0</v>
       </c>
       <c r="K144" s="2">
         <v>45387.0</v>
       </c>
       <c r="L144" s="2">
         <v>49039.0</v>
       </c>
       <c r="M144">
         <v>2000</v>
       </c>
       <c r="N144">
         <v>10000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>0.983607</v>
+        <v>2.972678</v>
       </c>
       <c r="Q144">
+        <v>106.972678</v>
+      </c>
+      <c r="R144">
+        <v>108.472678</v>
+      </c>
+      <c r="S144">
         <v>104.0</v>
       </c>
-      <c r="R144">
-[...4 lines deleted...]
-      </c>
       <c r="T144">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45792.439479167</v>
+        <v>45883.416747685</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="G145">
-        <v>103.330601</v>
+        <v>106.985246</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>8.0</v>
       </c>
       <c r="K145" s="2">
         <v>45387.0</v>
       </c>
       <c r="L145" s="2">
         <v>49039.0</v>
       </c>
       <c r="M145">
         <v>2000</v>
       </c>
       <c r="N145">
         <v>10000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>0.961749</v>
+        <v>2.95082</v>
       </c>
       <c r="Q145">
+        <v>106.95082</v>
+      </c>
+      <c r="R145">
+        <v>108.45082</v>
+      </c>
+      <c r="S145">
         <v>104.0</v>
       </c>
-      <c r="R145">
-[...4 lines deleted...]
-      </c>
       <c r="T145">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45791.499710648</v>
+        <v>45882.544756944</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
+      <c r="F146">
+        <v>-1.27</v>
+      </c>
       <c r="G146">
-        <v>103.330601</v>
+        <v>106.985246</v>
+      </c>
+      <c r="H146">
+        <v>32095.5738</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>8.0</v>
       </c>
       <c r="K146" s="2">
         <v>45387.0</v>
       </c>
       <c r="L146" s="2">
         <v>49039.0</v>
       </c>
       <c r="M146">
         <v>2000</v>
       </c>
       <c r="N146">
         <v>10000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>0.896175</v>
+        <v>2.885246</v>
       </c>
       <c r="Q146">
+        <v>106.885246</v>
+      </c>
+      <c r="R146">
+        <v>108.385246</v>
+      </c>
+      <c r="S146">
         <v>104.0</v>
       </c>
-      <c r="R146">
-[...4 lines deleted...]
-      </c>
       <c r="T146">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="X146">
+        <v>1</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45790.457847222</v>
+        <v>45881.640219907</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
+      <c r="F147">
+        <v>0.16</v>
+      </c>
       <c r="G147">
-        <v>103.330601</v>
+        <v>108.363388</v>
+      </c>
+      <c r="H147">
+        <v>32509.0164</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>8.0</v>
       </c>
       <c r="K147" s="2">
         <v>45387.0</v>
       </c>
       <c r="L147" s="2">
         <v>49039.0</v>
       </c>
       <c r="M147">
         <v>2000</v>
       </c>
       <c r="N147">
         <v>10000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>0.874317</v>
+        <v>2.863388</v>
       </c>
       <c r="Q147">
-        <v>103.88</v>
+        <v>106.863388</v>
       </c>
       <c r="R147">
-        <v>104.874317</v>
+        <v>108.363388</v>
       </c>
       <c r="S147">
-        <v>103.005683</v>
+        <v>104.0</v>
       </c>
       <c r="T147">
-        <v>104.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="X147">
+        <v>1</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45789.545833333</v>
+        <v>45880.416689815</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>103.330601</v>
+        <v>108.188525</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>8.0</v>
       </c>
       <c r="K148" s="2">
         <v>45387.0</v>
       </c>
       <c r="L148" s="2">
         <v>49039.0</v>
       </c>
       <c r="M148">
         <v>2000</v>
       </c>
       <c r="N148">
         <v>10000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>0.852459</v>
+        <v>2.84153</v>
       </c>
       <c r="Q148">
-        <v>103.86</v>
+        <v>106.84153</v>
       </c>
       <c r="R148">
-        <v>104.852459</v>
+        <v>108.34153</v>
       </c>
       <c r="S148">
-        <v>103.007541</v>
+        <v>104.0</v>
       </c>
       <c r="T148">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45786.480810185</v>
+        <v>45877.416782407</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
-      <c r="F149">
-[...1 lines deleted...]
-      </c>
       <c r="G149">
-        <v>103.330601</v>
-[...2 lines deleted...]
-        <v>10333.0601</v>
+        <v>108.188525</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>8.0</v>
       </c>
       <c r="K149" s="2">
         <v>45387.0</v>
       </c>
       <c r="L149" s="2">
         <v>49039.0</v>
       </c>
       <c r="M149">
         <v>2000</v>
       </c>
       <c r="N149">
         <v>10000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>0.830601</v>
+        <v>2.819672</v>
       </c>
       <c r="Q149">
-        <v>103.4</v>
+        <v>106.819672</v>
       </c>
       <c r="R149">
-        <v>104.830601</v>
+        <v>108.319672</v>
       </c>
       <c r="S149">
-        <v>102.569399</v>
+        <v>104.0</v>
       </c>
       <c r="T149">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45785.557164352</v>
+        <v>45876.416678241</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="G150">
-        <v>104.743169</v>
+        <v>108.188525</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>8.0</v>
       </c>
       <c r="K150" s="2">
         <v>45387.0</v>
       </c>
       <c r="L150" s="2">
         <v>49039.0</v>
       </c>
       <c r="M150">
         <v>2000</v>
       </c>
       <c r="N150">
         <v>10000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>0.808743</v>
+        <v>2.797814</v>
       </c>
       <c r="Q150">
-        <v>103.308743</v>
+        <v>106.797814</v>
       </c>
       <c r="R150">
-        <v>104.808743</v>
+        <v>108.297814</v>
       </c>
       <c r="S150">
-        <v>102.5</v>
+        <v>104.0</v>
       </c>
       <c r="T150">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45784.623668981</v>
+        <v>45875.416701389</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
-      <c r="F151">
-[...1 lines deleted...]
-      </c>
       <c r="G151">
-        <v>104.743169</v>
-[...2 lines deleted...]
-        <v>20948.6338</v>
+        <v>108.188525</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>8.0</v>
       </c>
       <c r="K151" s="2">
         <v>45387.0</v>
       </c>
       <c r="L151" s="2">
         <v>49039.0</v>
       </c>
       <c r="M151">
         <v>2000</v>
       </c>
       <c r="N151">
         <v>10000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>0.743169</v>
+        <v>2.73224</v>
       </c>
       <c r="Q151">
-        <v>102.743169</v>
+        <v>106.73224</v>
       </c>
       <c r="R151">
-        <v>104.743169</v>
+        <v>108.23224</v>
       </c>
       <c r="S151">
-        <v>102.0</v>
+        <v>104.0</v>
       </c>
       <c r="T151">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45783.41818287</v>
+        <v>45874.416689815</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="G152">
-        <v>104.590164</v>
+        <v>108.188525</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>8.0</v>
       </c>
       <c r="K152" s="2">
         <v>45387.0</v>
       </c>
       <c r="L152" s="2">
         <v>49039.0</v>
       </c>
       <c r="M152">
         <v>2000</v>
       </c>
       <c r="N152">
         <v>10000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>0.721311</v>
+        <v>2.710383</v>
       </c>
       <c r="Q152">
-        <v>103.821311</v>
+        <v>106.710383</v>
       </c>
       <c r="R152">
-        <v>104.721311</v>
+        <v>108.210383</v>
       </c>
       <c r="S152">
-        <v>103.1</v>
+        <v>104.0</v>
       </c>
       <c r="T152">
-        <v>104.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45782.355300926</v>
+        <v>45873.557060185</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
+      <c r="F153">
+        <v>-0.34</v>
+      </c>
       <c r="G153">
-        <v>104.590164</v>
+        <v>108.188525</v>
+      </c>
+      <c r="H153">
+        <v>10818.8525</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>8.0</v>
       </c>
       <c r="K153" s="2">
         <v>45387.0</v>
       </c>
       <c r="L153" s="2">
         <v>49039.0</v>
       </c>
       <c r="M153">
         <v>2000</v>
       </c>
       <c r="N153">
         <v>10000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>0.699454</v>
+        <v>2.688525</v>
+      </c>
+      <c r="Q153">
+        <v>106.688525</v>
+      </c>
+      <c r="R153">
+        <v>108.188525</v>
+      </c>
+      <c r="S153">
+        <v>104.0</v>
+      </c>
+      <c r="T153">
+        <v>105.5</v>
+      </c>
+      <c r="X153">
+        <v>1</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45779.355104167</v>
+        <v>45870.599328704</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="G154">
-        <v>104.590164</v>
+        <v>108.557377</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>8.0</v>
       </c>
       <c r="K154" s="2">
         <v>45387.0</v>
       </c>
       <c r="L154" s="2">
         <v>49039.0</v>
       </c>
       <c r="M154">
         <v>2000</v>
       </c>
       <c r="N154">
         <v>10000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>0.677596</v>
+        <v>2.666667</v>
+      </c>
+      <c r="Q154">
+        <v>106.486667</v>
+      </c>
+      <c r="R154">
+        <v>108.166667</v>
+      </c>
+      <c r="S154">
+        <v>103.82</v>
+      </c>
+      <c r="T154">
+        <v>105.5</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45777.485532407</v>
+        <v>45869.416678241</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="G155">
-        <v>104.590164</v>
+        <v>108.557377</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>8.0</v>
       </c>
       <c r="K155" s="2">
         <v>45387.0</v>
       </c>
       <c r="L155" s="2">
         <v>49039.0</v>
       </c>
       <c r="M155">
         <v>2000</v>
       </c>
       <c r="N155">
         <v>10000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>0.655738</v>
+        <v>2.644809</v>
       </c>
       <c r="Q155">
-        <v>103.8</v>
-[...2 lines deleted...]
-        <v>104.655738</v>
+        <v>106.464809</v>
       </c>
       <c r="S155">
-        <v>103.144262</v>
-[...2 lines deleted...]
-        <v>104.0</v>
+        <v>103.82</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45776.462986111</v>
+        <v>45868.432418981</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
-      <c r="F156">
-[...1 lines deleted...]
-      </c>
       <c r="G156">
-        <v>104.590164</v>
-[...2 lines deleted...]
-        <v>10459.0164</v>
+        <v>108.557377</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>8.0</v>
       </c>
       <c r="K156" s="2">
         <v>45387.0</v>
       </c>
       <c r="L156" s="2">
         <v>49039.0</v>
       </c>
       <c r="M156">
         <v>2000</v>
       </c>
       <c r="N156">
         <v>10000.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>0.590164</v>
+        <v>2.579235</v>
       </c>
       <c r="Q156">
-        <v>103.7</v>
+        <v>106.399235</v>
       </c>
       <c r="R156">
-        <v>104.590164</v>
+        <v>110.0</v>
       </c>
       <c r="S156">
-        <v>103.109836</v>
+        <v>103.82</v>
       </c>
       <c r="T156">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.420765</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45775.416724537</v>
+        <v>45867.53962963</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
+      <c r="F157">
+        <v>0.81</v>
+      </c>
       <c r="G157">
-        <v>104.42459</v>
+        <v>108.557377</v>
+      </c>
+      <c r="H157">
+        <v>10855.7377</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>8.0</v>
       </c>
       <c r="K157" s="2">
         <v>45387.0</v>
       </c>
       <c r="L157" s="2">
         <v>49039.0</v>
       </c>
       <c r="M157">
         <v>2000</v>
       </c>
       <c r="N157">
         <v>10000.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>0.546448</v>
+        <v>2.557377</v>
       </c>
       <c r="Q157">
-        <v>103.646448</v>
-[...2 lines deleted...]
-        <v>104.546448</v>
+        <v>106.377377</v>
       </c>
       <c r="S157">
-        <v>103.1</v>
-[...2 lines deleted...]
-        <v>104.0</v>
+        <v>103.82</v>
+      </c>
+      <c r="X157">
+        <v>1</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45772.619826389</v>
+        <v>45866.416701389</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
-      <c r="F158">
-[...1 lines deleted...]
-      </c>
       <c r="G158">
-        <v>104.42459</v>
-[...2 lines deleted...]
-        <v>10442.459</v>
+        <v>107.685792</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>8.0</v>
       </c>
       <c r="K158" s="2">
         <v>45387.0</v>
       </c>
       <c r="L158" s="2">
         <v>49039.0</v>
       </c>
       <c r="M158">
         <v>2000</v>
       </c>
       <c r="N158">
         <v>10000.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>0.52459</v>
+        <v>2.535519</v>
       </c>
       <c r="Q158">
-        <v>103.62459</v>
+        <v>106.345519</v>
       </c>
       <c r="R158">
-        <v>104.52459</v>
+        <v>108.535519</v>
       </c>
       <c r="S158">
-        <v>103.1</v>
+        <v>103.81</v>
       </c>
       <c r="T158">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45771.416747685</v>
+        <v>45863.631087963</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
       <c r="G159">
-        <v>103.837158</v>
+        <v>107.685792</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>8.0</v>
       </c>
       <c r="K159" s="2">
         <v>45387.0</v>
       </c>
       <c r="L159" s="2">
         <v>49039.0</v>
       </c>
       <c r="M159">
         <v>2000</v>
       </c>
       <c r="N159">
         <v>10000.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>0.502732</v>
+        <v>2.513661</v>
       </c>
       <c r="Q159">
-        <v>103.502732</v>
+        <v>106.323661</v>
       </c>
       <c r="R159">
-        <v>104.402732</v>
+        <v>108.513661</v>
       </c>
       <c r="S159">
-        <v>103.0</v>
+        <v>103.81</v>
       </c>
       <c r="T159">
-        <v>103.9</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45770.496261574</v>
+        <v>45862.416689815</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
-      <c r="F160">
-[...1 lines deleted...]
-      </c>
       <c r="G160">
-        <v>103.837158</v>
-[...2 lines deleted...]
-        <v>10383.7158</v>
+        <v>107.685792</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>8.0</v>
       </c>
       <c r="K160" s="2">
         <v>45387.0</v>
       </c>
       <c r="L160" s="2">
         <v>49039.0</v>
       </c>
       <c r="M160">
         <v>2000</v>
       </c>
       <c r="N160">
         <v>10000.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>0.437158</v>
+        <v>2.491803</v>
       </c>
       <c r="Q160">
-        <v>103.437158</v>
+        <v>106.291803</v>
       </c>
       <c r="R160">
-        <v>104.337158</v>
+        <v>108.491803</v>
       </c>
       <c r="S160">
-        <v>103.0</v>
+        <v>103.8</v>
       </c>
       <c r="T160">
-        <v>103.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45769.464039352</v>
+        <v>45861.502685185</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
       <c r="G161">
-        <v>103.393443</v>
+        <v>107.685792</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>8.0</v>
       </c>
       <c r="K161" s="2">
         <v>45387.0</v>
       </c>
       <c r="L161" s="2">
         <v>49039.0</v>
       </c>
       <c r="M161">
         <v>2000</v>
       </c>
       <c r="N161">
         <v>10000.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>0.415301</v>
+        <v>2.42623</v>
       </c>
       <c r="Q161">
-        <v>103.415301</v>
+        <v>106.22623</v>
       </c>
       <c r="R161">
-        <v>104.315301</v>
+        <v>108.42623</v>
       </c>
       <c r="S161">
-        <v>103.0</v>
+        <v>103.8</v>
       </c>
       <c r="T161">
-        <v>103.9</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45764.5153125</v>
+        <v>45860.416701389</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
-      <c r="F162">
-[...1 lines deleted...]
-      </c>
       <c r="G162">
-        <v>103.393443</v>
-[...2 lines deleted...]
-        <v>10339.3443</v>
+        <v>107.685792</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>8.0</v>
       </c>
       <c r="K162" s="2">
         <v>45387.0</v>
       </c>
       <c r="L162" s="2">
         <v>49039.0</v>
       </c>
       <c r="M162">
         <v>2000</v>
       </c>
       <c r="N162">
         <v>10000.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>0.393443</v>
+        <v>2.404372</v>
       </c>
       <c r="Q162">
-        <v>103.393443</v>
+        <v>106.154372</v>
       </c>
       <c r="R162">
-        <v>104.393443</v>
+        <v>108.404372</v>
       </c>
       <c r="S162">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
       <c r="T162">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45763.605011574</v>
+        <v>45859.416689815</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
-      <c r="F163">
-[...1 lines deleted...]
-      </c>
       <c r="G163">
-        <v>103.371585</v>
-[...2 lines deleted...]
-        <v>20674.317</v>
+        <v>107.685792</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>8.0</v>
       </c>
       <c r="K163" s="2">
         <v>45387.0</v>
       </c>
       <c r="L163" s="2">
         <v>49039.0</v>
       </c>
       <c r="M163">
         <v>2000</v>
       </c>
       <c r="N163">
         <v>10000.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>0.371585</v>
+        <v>2.382514</v>
       </c>
       <c r="Q163">
-        <v>103.371585</v>
+        <v>106.132514</v>
       </c>
       <c r="R163">
-        <v>104.371585</v>
+        <v>108.382514</v>
       </c>
       <c r="S163">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
       <c r="T163">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45762.56099537</v>
+        <v>45856.582083333</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
       <c r="G164">
-        <v>103.218579</v>
+        <v>107.685792</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>8.0</v>
       </c>
       <c r="K164" s="2">
         <v>45387.0</v>
       </c>
       <c r="L164" s="2">
         <v>49039.0</v>
       </c>
       <c r="M164">
         <v>2000</v>
       </c>
       <c r="N164">
         <v>10000.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>0.262295</v>
+        <v>2.360656</v>
       </c>
       <c r="Q164">
-        <v>103.262295</v>
+        <v>106.360656</v>
       </c>
       <c r="R164">
-        <v>104.262295</v>
+        <v>108.360656</v>
       </c>
       <c r="S164">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T164">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45761.418726852</v>
+        <v>45855.416678241</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="G165">
-        <v>103.218579</v>
+        <v>107.685792</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>8.0</v>
       </c>
       <c r="K165" s="2">
         <v>45387.0</v>
       </c>
       <c r="L165" s="2">
         <v>49039.0</v>
       </c>
       <c r="M165">
         <v>2000</v>
       </c>
       <c r="N165">
         <v>10000.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>0.240437</v>
+        <v>2.338798</v>
       </c>
       <c r="Q165">
-        <v>103.240437</v>
+        <v>106.088798</v>
       </c>
       <c r="R165">
-        <v>104.240437</v>
+        <v>108.338798</v>
       </c>
       <c r="S165">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
       <c r="T165">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45758.652638889</v>
+        <v>45854.416701389</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
-      <c r="F166">
-[...1 lines deleted...]
-      </c>
       <c r="G166">
-        <v>103.218579</v>
-[...2 lines deleted...]
-        <v>20643.7158</v>
+        <v>107.685792</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>8.0</v>
       </c>
       <c r="K166" s="2">
         <v>45387.0</v>
       </c>
       <c r="L166" s="2">
         <v>49039.0</v>
       </c>
       <c r="M166">
         <v>2000</v>
       </c>
       <c r="N166">
         <v>10000.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>0.218579</v>
+        <v>2.273224</v>
+      </c>
+      <c r="Q166">
+        <v>106.023224</v>
       </c>
       <c r="R166">
-        <v>104.218579</v>
+        <v>108.273224</v>
+      </c>
+      <c r="S166">
+        <v>103.75</v>
       </c>
       <c r="T166">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45757.647222222</v>
+        <v>45853.416724537</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>102.087432</v>
+        <v>107.685792</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>8.0</v>
       </c>
       <c r="K167" s="2">
         <v>45387.0</v>
       </c>
       <c r="L167" s="2">
         <v>49039.0</v>
       </c>
       <c r="M167">
         <v>2000</v>
       </c>
       <c r="N167">
         <v>10000.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>0.196721</v>
+        <v>2.251366</v>
+      </c>
+      <c r="Q167">
+        <v>106.001366</v>
       </c>
       <c r="R167">
-        <v>103.196721</v>
+        <v>108.251366</v>
+      </c>
+      <c r="S167">
+        <v>103.75</v>
       </c>
       <c r="T167">
-        <v>103.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45756.61630787</v>
+        <v>45852.625393519</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
       <c r="G168">
-        <v>102.087432</v>
+        <v>107.685792</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>8.0</v>
       </c>
       <c r="K168" s="2">
         <v>45387.0</v>
       </c>
       <c r="L168" s="2">
         <v>49039.0</v>
       </c>
       <c r="M168">
         <v>2000</v>
       </c>
       <c r="N168">
         <v>10000.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>0.131148</v>
+        <v>2.229508</v>
       </c>
       <c r="Q168">
-        <v>95.0</v>
+        <v>105.979508</v>
       </c>
       <c r="R168">
-        <v>103.131148</v>
+        <v>108.229508</v>
       </c>
       <c r="S168">
-        <v>94.868852</v>
+        <v>103.75</v>
       </c>
       <c r="T168">
-        <v>103.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45755.630648148</v>
+        <v>45849.442430556</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
       <c r="G169">
-        <v>102.087432</v>
+        <v>107.685792</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>8.0</v>
       </c>
       <c r="K169" s="2">
         <v>45387.0</v>
       </c>
       <c r="L169" s="2">
         <v>49039.0</v>
       </c>
       <c r="M169">
         <v>2000</v>
       </c>
       <c r="N169">
         <v>10000.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>0.10929</v>
+        <v>2.20765</v>
       </c>
       <c r="Q169">
-        <v>100.6</v>
+        <v>105.78</v>
       </c>
       <c r="R169">
-        <v>105.10929</v>
+        <v>108.20765</v>
       </c>
       <c r="S169">
-        <v>100.49071</v>
+        <v>103.57235</v>
       </c>
       <c r="T169">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45754.640659722</v>
+        <v>45848.600752315</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
       <c r="F170">
-        <v>0.04</v>
+        <v>2.55</v>
       </c>
       <c r="G170">
-        <v>102.087432</v>
+        <v>107.685792</v>
       </c>
       <c r="H170">
-        <v>91878.6888</v>
+        <v>53842.896</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>8.0</v>
       </c>
       <c r="K170" s="2">
         <v>45387.0</v>
       </c>
       <c r="L170" s="2">
         <v>49039.0</v>
       </c>
       <c r="M170">
         <v>2000</v>
       </c>
       <c r="N170">
         <v>10000.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>0.087432</v>
+        <v>2.185792</v>
       </c>
       <c r="Q170">
-        <v>95.0</v>
+        <v>105.755792</v>
       </c>
       <c r="R170">
-        <v>106.587432</v>
+        <v>108.185792</v>
       </c>
       <c r="S170">
-        <v>94.912568</v>
+        <v>103.57</v>
       </c>
       <c r="T170">
-        <v>106.5</v>
+        <v>106.0</v>
       </c>
       <c r="X170">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45751.416840278</v>
+        <v>45847.648958333</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
       <c r="G171">
-        <v>102.043716</v>
+        <v>105.005464</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>8.0</v>
       </c>
       <c r="K171" s="2">
         <v>45387.0</v>
       </c>
       <c r="L171" s="2">
         <v>49039.0</v>
       </c>
       <c r="M171">
         <v>2000</v>
       </c>
       <c r="N171">
         <v>10000.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>0.065574</v>
+        <v>2.120219</v>
       </c>
       <c r="Q171">
-        <v>102.065574</v>
+        <v>105.670219</v>
       </c>
       <c r="R171">
-        <v>107.065574</v>
+        <v>107.620219</v>
       </c>
       <c r="S171">
-        <v>102.0</v>
+        <v>103.55</v>
       </c>
       <c r="T171">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45750.505358796</v>
+        <v>45846.536006944</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
-      <c r="F172">
-[...1 lines deleted...]
-      </c>
       <c r="G172">
-        <v>102.043716</v>
-[...2 lines deleted...]
-        <v>10204.3716</v>
+        <v>105.005464</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>8.0</v>
       </c>
       <c r="K172" s="2">
         <v>45387.0</v>
       </c>
       <c r="L172" s="2">
         <v>49039.0</v>
       </c>
       <c r="M172">
         <v>2000</v>
       </c>
       <c r="N172">
         <v>10000.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>0.065574</v>
+        <v>2.098361</v>
       </c>
       <c r="Q172">
-        <v>102.05</v>
+        <v>105.618361</v>
       </c>
       <c r="R172">
-        <v>107.043716</v>
+        <v>107.598361</v>
       </c>
       <c r="S172">
-        <v>101.984426</v>
+        <v>103.52</v>
       </c>
       <c r="T172">
-        <v>106.978142</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45749.419699074</v>
+        <v>45845.566284722</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
       <c r="G173">
-        <v>104.956044</v>
+        <v>105.005464</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>8.0</v>
       </c>
       <c r="K173" s="2">
         <v>45387.0</v>
       </c>
       <c r="L173" s="2">
         <v>49039.0</v>
       </c>
       <c r="M173">
         <v>2000</v>
       </c>
       <c r="N173">
         <v>10000.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>-0.021978</v>
+        <v>2.076503</v>
       </c>
       <c r="Q173">
-        <v>102.0</v>
+        <v>105.586503</v>
       </c>
       <c r="R173">
-        <v>106.978022</v>
+        <v>107.576503</v>
       </c>
       <c r="S173">
-        <v>102.021978</v>
+        <v>103.51</v>
       </c>
       <c r="T173">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45748.550300926</v>
+        <v>45842.416678241</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
-      <c r="F174">
-[...1 lines deleted...]
-      </c>
       <c r="G174">
-        <v>104.956044</v>
-[...2 lines deleted...]
-        <v>10495.6044</v>
+        <v>105.005464</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>8.0</v>
       </c>
       <c r="K174" s="2">
         <v>45387.0</v>
       </c>
       <c r="L174" s="2">
         <v>49039.0</v>
       </c>
       <c r="M174">
         <v>2000</v>
       </c>
       <c r="N174">
         <v>10000.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>-0.043956</v>
+        <v>2.054645</v>
       </c>
       <c r="Q174">
-        <v>102.0</v>
+        <v>105.554645</v>
       </c>
       <c r="R174">
-        <v>106.956044</v>
+        <v>107.554645</v>
       </c>
       <c r="S174">
-        <v>102.043956</v>
+        <v>103.5</v>
       </c>
       <c r="T174">
-        <v>107.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45747.416747685</v>
+        <v>45841.416689815</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="G175">
-        <v>101.802198</v>
+        <v>105.005464</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>8.0</v>
       </c>
       <c r="K175" s="2">
         <v>45387.0</v>
       </c>
       <c r="L175" s="2">
         <v>49039.0</v>
       </c>
       <c r="M175">
         <v>2000</v>
       </c>
       <c r="N175">
         <v>10000.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
       <c r="P175">
-        <v>-0.065934</v>
+        <v>2.032787</v>
       </c>
       <c r="Q175">
-        <v>104.934066</v>
+        <v>105.532787</v>
       </c>
       <c r="R175">
-        <v>106.934066</v>
+        <v>107.532787</v>
       </c>
       <c r="S175">
-        <v>105.0</v>
+        <v>103.5</v>
       </c>
       <c r="T175">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45744.464965278</v>
+        <v>45840.43349537</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="G176">
-        <v>101.802198</v>
+        <v>105.005464</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>8.0</v>
       </c>
       <c r="K176" s="2">
         <v>45387.0</v>
       </c>
       <c r="L176" s="2">
         <v>49039.0</v>
       </c>
       <c r="M176">
         <v>2000</v>
       </c>
       <c r="N176">
         <v>10000.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>-0.087912</v>
+        <v>1.967213</v>
       </c>
       <c r="Q176">
-        <v>104.912088</v>
+        <v>105.47</v>
       </c>
       <c r="R176">
-        <v>106.912088</v>
+        <v>107.467213</v>
       </c>
       <c r="S176">
-        <v>105.0</v>
+        <v>103.502787</v>
       </c>
       <c r="T176">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45743.417280093</v>
+        <v>45839.475439815</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>101.802198</v>
+        <v>105.005464</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>8.0</v>
       </c>
       <c r="K177" s="2">
         <v>45387.0</v>
       </c>
       <c r="L177" s="2">
         <v>49039.0</v>
       </c>
       <c r="M177">
         <v>2000</v>
       </c>
       <c r="N177">
         <v>10000.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>-0.10989</v>
+        <v>1.945355</v>
       </c>
       <c r="Q177">
-        <v>101.89011</v>
+        <v>105.45</v>
       </c>
       <c r="R177">
-        <v>106.89011</v>
+        <v>107.445355</v>
       </c>
       <c r="S177">
-        <v>102.0</v>
+        <v>103.504645</v>
       </c>
       <c r="T177">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45742.553125</v>
+        <v>45838.416701389</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
       <c r="G178">
-        <v>101.802198</v>
+        <v>105.005464</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>8.0</v>
       </c>
       <c r="K178" s="2">
         <v>45387.0</v>
       </c>
       <c r="L178" s="2">
         <v>49039.0</v>
       </c>
       <c r="M178">
         <v>2000</v>
       </c>
       <c r="N178">
         <v>10000.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>-0.175824</v>
+        <v>1.923497</v>
       </c>
       <c r="Q178">
-        <v>101.825</v>
+        <v>105.423497</v>
       </c>
       <c r="R178">
-        <v>106.824176</v>
+        <v>107.423497</v>
       </c>
       <c r="S178">
-        <v>102.000824</v>
+        <v>103.5</v>
       </c>
       <c r="T178">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45741.624074074</v>
+        <v>45835.476770833</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
-      <c r="F179">
-[...1 lines deleted...]
-      </c>
       <c r="G179">
-        <v>101.802198</v>
-[...2 lines deleted...]
-        <v>152703.297</v>
+        <v>105.005464</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>8.0</v>
       </c>
       <c r="K179" s="2">
         <v>45387.0</v>
       </c>
       <c r="L179" s="2">
         <v>49039.0</v>
       </c>
       <c r="M179">
         <v>2000</v>
       </c>
       <c r="N179">
         <v>10000.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>-0.197802</v>
+        <v>1.901639</v>
       </c>
       <c r="Q179">
-        <v>101.802198</v>
+        <v>105.402</v>
       </c>
       <c r="R179">
-        <v>106.802198</v>
+        <v>107.401639</v>
       </c>
       <c r="S179">
-        <v>102.0</v>
+        <v>103.500361</v>
       </c>
       <c r="T179">
-        <v>107.0</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45740.471759259</v>
+        <v>45834.416689815</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
-      <c r="F180">
-[...1 lines deleted...]
-      </c>
       <c r="G180">
-        <v>105.78022</v>
-[...2 lines deleted...]
-        <v>21156.044</v>
+        <v>105.005464</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>8.0</v>
       </c>
       <c r="K180" s="2">
         <v>45387.0</v>
       </c>
       <c r="L180" s="2">
         <v>49039.0</v>
       </c>
       <c r="M180">
         <v>2000</v>
       </c>
       <c r="N180">
         <v>10000.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>3.78022</v>
+        <v>1.879781</v>
       </c>
       <c r="Q180">
-        <v>105.78022</v>
+        <v>105.379781</v>
       </c>
       <c r="R180">
-        <v>110.78022</v>
+        <v>107.379781</v>
       </c>
       <c r="S180">
-        <v>102.0</v>
+        <v>103.5</v>
       </c>
       <c r="T180">
-        <v>107.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45737.417604167</v>
+        <v>45833.509155093</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="G181">
-        <v>105.604396</v>
+        <v>105.005464</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>8.0</v>
       </c>
       <c r="K181" s="2">
         <v>45387.0</v>
       </c>
       <c r="L181" s="2">
         <v>49039.0</v>
       </c>
       <c r="M181">
         <v>2000</v>
       </c>
       <c r="N181">
         <v>10000.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>3.758242</v>
+        <v>1.814208</v>
       </c>
       <c r="Q181">
-        <v>105.758242</v>
+        <v>105.314208</v>
       </c>
       <c r="R181">
-        <v>110.758242</v>
+        <v>107.314208</v>
       </c>
       <c r="S181">
-        <v>102.0</v>
+        <v>103.5</v>
       </c>
       <c r="T181">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45736.417210648</v>
+        <v>45831.515127315</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="G182">
-        <v>105.604396</v>
+        <v>105.005464</v>
       </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>8.0</v>
       </c>
       <c r="K182" s="2">
         <v>45387.0</v>
       </c>
       <c r="L182" s="2">
         <v>49039.0</v>
       </c>
       <c r="M182">
         <v>2000</v>
       </c>
       <c r="N182">
         <v>10000.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>3.736264</v>
-[...11 lines deleted...]
-        <v>107.0</v>
+        <v>1.770492</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45735.41693287</v>
+        <v>45828.447118056</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="G183">
-        <v>105.604396</v>
+        <v>105.005464</v>
       </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>8.0</v>
       </c>
       <c r="K183" s="2">
         <v>45387.0</v>
       </c>
       <c r="L183" s="2">
         <v>49039.0</v>
       </c>
       <c r="M183">
         <v>2000</v>
       </c>
       <c r="N183">
         <v>10000.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>3.67033</v>
+        <v>1.748634</v>
       </c>
       <c r="Q183">
-        <v>105.67033</v>
+        <v>104.75</v>
       </c>
       <c r="R183">
-        <v>110.67033</v>
+        <v>107.248634</v>
       </c>
       <c r="S183">
-        <v>102.0</v>
+        <v>103.001366</v>
       </c>
       <c r="T183">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45734.530451389</v>
+        <v>45827.548460648</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
       <c r="G184">
-        <v>105.604396</v>
+        <v>105.005464</v>
       </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>8.0</v>
       </c>
       <c r="K184" s="2">
         <v>45387.0</v>
       </c>
       <c r="L184" s="2">
         <v>49039.0</v>
       </c>
       <c r="M184">
         <v>2000</v>
       </c>
       <c r="N184">
         <v>10000.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>3.648352</v>
+        <v>1.726776</v>
       </c>
       <c r="Q184">
-        <v>105.648352</v>
+        <v>104.73</v>
       </c>
       <c r="R184">
-        <v>110.648352</v>
+        <v>107.226776</v>
       </c>
       <c r="S184">
-        <v>102.0</v>
+        <v>103.003224</v>
       </c>
       <c r="T184">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45733.457430556</v>
+        <v>45826.434513889</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
       <c r="G185">
-        <v>105.604396</v>
+        <v>105.005464</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>8.0</v>
       </c>
       <c r="K185" s="2">
         <v>45387.0</v>
       </c>
       <c r="L185" s="2">
         <v>49039.0</v>
       </c>
       <c r="M185">
         <v>2000</v>
       </c>
       <c r="N185">
         <v>10000.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>3.626374</v>
+        <v>1.661202</v>
       </c>
       <c r="Q185">
-        <v>106.126374</v>
+        <v>104.67</v>
       </c>
       <c r="R185">
-        <v>110.626374</v>
+        <v>107.161202</v>
       </c>
       <c r="S185">
-        <v>102.5</v>
+        <v>103.008798</v>
       </c>
       <c r="T185">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45730.620810185</v>
+        <v>45825.440081019</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
-      <c r="F186">
-[...1 lines deleted...]
-      </c>
       <c r="G186">
-        <v>105.604396</v>
-[...2 lines deleted...]
-        <v>31731.3188</v>
+        <v>105.005464</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>8.0</v>
       </c>
       <c r="K186" s="2">
         <v>45387.0</v>
       </c>
       <c r="L186" s="2">
         <v>49039.0</v>
       </c>
       <c r="M186">
         <v>2000</v>
       </c>
       <c r="N186">
         <v>10000.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>3.604396</v>
+        <v>1.639344</v>
       </c>
       <c r="Q186">
-        <v>105.604396</v>
+        <v>104.7</v>
       </c>
       <c r="R186">
-        <v>114.504396</v>
+        <v>107.139344</v>
       </c>
       <c r="S186">
-        <v>102.0</v>
+        <v>103.060656</v>
       </c>
       <c r="T186">
-        <v>110.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45729.651238426</v>
+        <v>45824.434988426</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="G187">
-        <v>110.494505</v>
+        <v>105.005464</v>
       </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>8.0</v>
       </c>
       <c r="K187" s="2">
         <v>45387.0</v>
       </c>
       <c r="L187" s="2">
         <v>49039.0</v>
       </c>
       <c r="M187">
         <v>2000</v>
       </c>
       <c r="N187">
         <v>10000.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>3.582418</v>
+        <v>1.617486</v>
       </c>
       <c r="Q187">
-        <v>106.082418</v>
+        <v>104.62</v>
       </c>
       <c r="R187">
-        <v>114.482418</v>
+        <v>107.117486</v>
       </c>
       <c r="S187">
-        <v>102.5</v>
+        <v>103.002514</v>
       </c>
       <c r="T187">
-        <v>110.9</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45728.443472222</v>
+        <v>45821.441782407</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="G188">
-        <v>110.494505</v>
+        <v>105.005464</v>
       </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>8.0</v>
       </c>
       <c r="K188" s="2">
         <v>45387.0</v>
       </c>
       <c r="L188" s="2">
         <v>49039.0</v>
       </c>
       <c r="M188">
         <v>2000</v>
       </c>
       <c r="N188">
         <v>10000.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>3.516484</v>
+        <v>1.595628</v>
       </c>
       <c r="Q188">
-        <v>105.516484</v>
+        <v>104.6</v>
       </c>
       <c r="R188">
-        <v>114.016484</v>
+        <v>107.095628</v>
       </c>
       <c r="S188">
-        <v>102.0</v>
+        <v>103.004372</v>
       </c>
       <c r="T188">
-        <v>110.5</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45727.469247685</v>
+        <v>45820.438553241</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
-      <c r="F189">
-[...1 lines deleted...]
-      </c>
       <c r="G189">
-        <v>110.494505</v>
-[...2 lines deleted...]
-        <v>88395.604</v>
+        <v>105.005464</v>
       </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>8.0</v>
       </c>
       <c r="K189" s="2">
         <v>45387.0</v>
       </c>
       <c r="L189" s="2">
         <v>49039.0</v>
       </c>
       <c r="M189">
         <v>2000</v>
       </c>
       <c r="N189">
         <v>10000.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>3.494505</v>
+        <v>1.57377</v>
       </c>
       <c r="Q189">
-        <v>105.494505</v>
+        <v>104.6</v>
+      </c>
+      <c r="R189">
+        <v>107.07377</v>
       </c>
       <c r="S189">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.02623</v>
+      </c>
+      <c r="T189">
+        <v>105.5</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45726.417025463</v>
+        <v>45819.435983796</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
       <c r="G190">
-        <v>110.450549</v>
+        <v>105.005464</v>
       </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>8.0</v>
       </c>
       <c r="K190" s="2">
         <v>45387.0</v>
       </c>
       <c r="L190" s="2">
         <v>49039.0</v>
       </c>
       <c r="M190">
         <v>2000</v>
       </c>
       <c r="N190">
         <v>10000.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
       <c r="P190">
-        <v>3.472527</v>
+        <v>1.508197</v>
       </c>
       <c r="Q190">
-        <v>110.472527</v>
+        <v>104.51</v>
+      </c>
+      <c r="R190">
+        <v>107.008197</v>
       </c>
       <c r="S190">
-        <v>107.0</v>
+        <v>103.001803</v>
+      </c>
+      <c r="T190">
+        <v>105.5</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45723.421238426</v>
+        <v>45818.574768519</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
-      <c r="F191">
-[...1 lines deleted...]
-      </c>
       <c r="G191">
-        <v>110.450549</v>
-[...2 lines deleted...]
-        <v>22090.1098</v>
+        <v>105.005464</v>
       </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
         <v>8.0</v>
       </c>
       <c r="K191" s="2">
         <v>45387.0</v>
       </c>
       <c r="L191" s="2">
         <v>49039.0</v>
       </c>
       <c r="M191">
         <v>2000</v>
       </c>
       <c r="N191">
         <v>10000.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>3.450549</v>
+        <v>1.486339</v>
       </c>
       <c r="Q191">
-        <v>110.450549</v>
+        <v>104.486339</v>
+      </c>
+      <c r="R191">
+        <v>106.986339</v>
       </c>
       <c r="S191">
-        <v>107.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.0</v>
+      </c>
+      <c r="T191">
+        <v>105.5</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45722.475231481</v>
+        <v>45817.524074074</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
       <c r="G192">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>8.0</v>
       </c>
       <c r="K192" s="2">
         <v>45387.0</v>
       </c>
       <c r="L192" s="2">
         <v>49039.0</v>
       </c>
       <c r="M192">
         <v>2000</v>
       </c>
       <c r="N192">
         <v>10000.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>3.428571</v>
+        <v>1.464481</v>
       </c>
       <c r="Q192">
-        <v>105.428571</v>
+        <v>104.6</v>
       </c>
       <c r="R192">
-        <v>110.428571</v>
+        <v>106.964481</v>
       </c>
       <c r="S192">
-        <v>102.0</v>
+        <v>103.135519</v>
       </c>
       <c r="T192">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45721.416956019</v>
+        <v>45814.433090278</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="G193">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>8.0</v>
       </c>
       <c r="K193" s="2">
         <v>45387.0</v>
       </c>
       <c r="L193" s="2">
         <v>49039.0</v>
       </c>
       <c r="M193">
         <v>2000</v>
       </c>
       <c r="N193">
         <v>10000.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>3.362637</v>
+        <v>1.442623</v>
       </c>
       <c r="Q193">
-        <v>107.362637</v>
+        <v>104.443</v>
       </c>
       <c r="R193">
-        <v>110.362637</v>
+        <v>106.942623</v>
       </c>
       <c r="S193">
-        <v>104.0</v>
+        <v>103.000377</v>
       </c>
       <c r="T193">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45720.417002315</v>
+        <v>45813.416736111</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
       <c r="G194">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>8.0</v>
       </c>
       <c r="K194" s="2">
         <v>45387.0</v>
       </c>
       <c r="L194" s="2">
         <v>49039.0</v>
       </c>
       <c r="M194">
         <v>2000</v>
       </c>
       <c r="N194">
         <v>10000.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>3.340659</v>
+        <v>1.420765</v>
       </c>
       <c r="Q194">
-        <v>107.340659</v>
+        <v>104.420765</v>
       </c>
       <c r="R194">
-        <v>110.340659</v>
+        <v>106.920765</v>
       </c>
       <c r="S194">
-        <v>104.0</v>
+        <v>103.0</v>
       </c>
       <c r="T194">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45719.416921296</v>
+        <v>45812.419513889</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="G195">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>8.0</v>
       </c>
       <c r="K195" s="2">
         <v>45387.0</v>
       </c>
       <c r="L195" s="2">
         <v>49039.0</v>
       </c>
       <c r="M195">
         <v>2000</v>
       </c>
       <c r="N195">
         <v>10000.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>3.318681</v>
+        <v>1.355191</v>
       </c>
       <c r="Q195">
-        <v>107.318681</v>
+        <v>104.36</v>
       </c>
       <c r="R195">
-        <v>110.318681</v>
+        <v>106.855191</v>
       </c>
       <c r="S195">
-        <v>104.0</v>
+        <v>103.004809</v>
       </c>
       <c r="T195">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45716.416921296</v>
+        <v>45811.426365741</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
       <c r="G196">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>8.0</v>
       </c>
       <c r="K196" s="2">
         <v>45387.0</v>
       </c>
       <c r="L196" s="2">
         <v>49039.0</v>
       </c>
       <c r="M196">
         <v>2000</v>
       </c>
       <c r="N196">
         <v>10000.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>3.296703</v>
+        <v>1.333333</v>
       </c>
       <c r="Q196">
-        <v>107.296703</v>
+        <v>104.34</v>
       </c>
       <c r="R196">
-        <v>110.296703</v>
+        <v>106.833333</v>
       </c>
       <c r="S196">
-        <v>104.0</v>
+        <v>103.006667</v>
       </c>
       <c r="T196">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45715.417037037</v>
+        <v>45810.450717593</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
       <c r="G197">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>8.0</v>
       </c>
       <c r="K197" s="2">
         <v>45387.0</v>
       </c>
       <c r="L197" s="2">
         <v>49039.0</v>
       </c>
       <c r="M197">
         <v>2000</v>
       </c>
       <c r="N197">
         <v>10000.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>3.274725</v>
+        <v>1.311475</v>
       </c>
       <c r="Q197">
-        <v>107.274725</v>
+        <v>104.32</v>
       </c>
       <c r="R197">
-        <v>110.274725</v>
+        <v>106.811475</v>
       </c>
       <c r="S197">
-        <v>104.0</v>
+        <v>103.008525</v>
       </c>
       <c r="T197">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45714.417002315</v>
+        <v>45807.546458333</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
       <c r="G198">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>8.0</v>
       </c>
       <c r="K198" s="2">
         <v>45387.0</v>
       </c>
       <c r="L198" s="2">
         <v>49039.0</v>
       </c>
       <c r="M198">
         <v>2000</v>
       </c>
       <c r="N198">
         <v>10000.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>3.208791</v>
+        <v>1.289617</v>
       </c>
       <c r="Q198">
-        <v>107.208791</v>
+        <v>104.3</v>
       </c>
       <c r="R198">
-        <v>110.208791</v>
+        <v>106.789617</v>
       </c>
       <c r="S198">
-        <v>104.0</v>
+        <v>103.010383</v>
       </c>
       <c r="T198">
-        <v>107.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45713.417002315</v>
+        <v>45805.638784722</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="G199">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>8.0</v>
       </c>
       <c r="K199" s="2">
         <v>45387.0</v>
       </c>
       <c r="L199" s="2">
         <v>49039.0</v>
       </c>
       <c r="M199">
         <v>2000</v>
       </c>
       <c r="N199">
         <v>10000.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>3.186813</v>
+        <v>1.202186</v>
       </c>
       <c r="Q199">
-        <v>107.186813</v>
+        <v>104.22</v>
       </c>
       <c r="R199">
-        <v>110.186813</v>
+        <v>107.202186</v>
       </c>
       <c r="S199">
-        <v>104.0</v>
+        <v>103.017814</v>
       </c>
       <c r="T199">
-        <v>107.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45712.417025463</v>
+        <v>45804.436493056</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
       <c r="G200">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>8.0</v>
       </c>
       <c r="K200" s="2">
         <v>45387.0</v>
       </c>
       <c r="L200" s="2">
         <v>49039.0</v>
       </c>
       <c r="M200">
         <v>2000</v>
       </c>
       <c r="N200">
         <v>10000.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>3.164835</v>
+        <v>1.180328</v>
       </c>
       <c r="Q200">
-        <v>107.164835</v>
+        <v>104.2</v>
       </c>
       <c r="R200">
-        <v>110.164835</v>
+        <v>107.18</v>
       </c>
       <c r="S200">
-        <v>104.0</v>
+        <v>103.019672</v>
       </c>
       <c r="T200">
-        <v>107.0</v>
+        <v>105.999672</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45709.417673611</v>
+        <v>45803.628634259</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
       <c r="G201">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
         <v>8.0</v>
       </c>
       <c r="K201" s="2">
         <v>45387.0</v>
       </c>
       <c r="L201" s="2">
         <v>49039.0</v>
       </c>
       <c r="M201">
         <v>2000</v>
       </c>
       <c r="N201">
         <v>10000.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>3.142857</v>
+        <v>1.15847</v>
       </c>
       <c r="Q201">
-        <v>107.142857</v>
+        <v>104.2</v>
       </c>
       <c r="R201">
-        <v>110.142857</v>
+        <v>107.158</v>
       </c>
       <c r="S201">
-        <v>104.0</v>
+        <v>103.04153</v>
       </c>
       <c r="T201">
-        <v>107.0</v>
+        <v>105.99953</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45708.416967593</v>
+        <v>45800.635671296</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
       <c r="G202">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
         <v>8.0</v>
       </c>
       <c r="K202" s="2">
         <v>45387.0</v>
       </c>
       <c r="L202" s="2">
         <v>49039.0</v>
       </c>
       <c r="M202">
         <v>2000</v>
       </c>
       <c r="N202">
         <v>10000.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>3.120879</v>
+        <v>1.136612</v>
       </c>
       <c r="Q202">
-        <v>107.120879</v>
+        <v>104.14</v>
       </c>
       <c r="R202">
-        <v>110.120879</v>
+        <v>107.136</v>
       </c>
       <c r="S202">
-        <v>104.0</v>
+        <v>103.003388</v>
       </c>
       <c r="T202">
-        <v>107.0</v>
+        <v>105.999388</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45707.416921296</v>
+        <v>45799.591435185</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="G203">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
         <v>8.0</v>
       </c>
       <c r="K203" s="2">
         <v>45387.0</v>
       </c>
       <c r="L203" s="2">
         <v>49039.0</v>
       </c>
       <c r="M203">
         <v>2000</v>
       </c>
       <c r="N203">
         <v>10000.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>3.054945</v>
+        <v>1.114754</v>
       </c>
       <c r="Q203">
-        <v>107.054945</v>
+        <v>104.22</v>
       </c>
       <c r="R203">
-        <v>110.054945</v>
+        <v>107.114</v>
       </c>
       <c r="S203">
-        <v>104.0</v>
+        <v>103.105246</v>
       </c>
       <c r="T203">
-        <v>107.0</v>
+        <v>105.999246</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45706.428472222</v>
+        <v>45798.498726852</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="G204">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
         <v>8.0</v>
       </c>
       <c r="K204" s="2">
         <v>45387.0</v>
       </c>
       <c r="L204" s="2">
         <v>49039.0</v>
       </c>
       <c r="M204">
         <v>2000</v>
       </c>
       <c r="N204">
         <v>10000.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>3.032967</v>
+        <v>1.04918</v>
       </c>
       <c r="Q204">
-        <v>107.032967</v>
+        <v>104.41</v>
       </c>
       <c r="R204">
-        <v>110.032967</v>
+        <v>107.049</v>
       </c>
       <c r="S204">
-        <v>104.0</v>
+        <v>103.36082</v>
       </c>
       <c r="T204">
-        <v>107.0</v>
+        <v>105.99982</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45705.417175926</v>
+        <v>45797.525625</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
       <c r="G205">
-        <v>107.395604</v>
+        <v>105.005464</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
         <v>8.0</v>
       </c>
       <c r="K205" s="2">
         <v>45387.0</v>
       </c>
       <c r="L205" s="2">
         <v>49039.0</v>
       </c>
       <c r="M205">
         <v>2000</v>
       </c>
       <c r="N205">
         <v>10000.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>3.010989</v>
+        <v>1.027322</v>
       </c>
       <c r="Q205">
-        <v>107.010989</v>
+        <v>104.2</v>
       </c>
       <c r="R205">
-        <v>111.280989</v>
+        <v>107.025</v>
       </c>
       <c r="S205">
-        <v>104.0</v>
+        <v>103.172678</v>
       </c>
       <c r="T205">
-        <v>108.27</v>
+        <v>105.997678</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45702.417037037</v>
+        <v>45796.575277778</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
+      <c r="F206">
+        <v>1.62</v>
+      </c>
       <c r="G206">
-        <v>107.395604</v>
+        <v>105.005464</v>
+      </c>
+      <c r="H206">
+        <v>41952.1856</v>
       </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
         <v>8.0</v>
       </c>
       <c r="K206" s="2">
         <v>45387.0</v>
       </c>
       <c r="L206" s="2">
         <v>49039.0</v>
       </c>
       <c r="M206">
         <v>2000</v>
       </c>
       <c r="N206">
         <v>10000.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>2.989011</v>
+        <v>1.005464</v>
       </c>
       <c r="Q206">
-        <v>106.989011</v>
+        <v>104.1</v>
       </c>
       <c r="R206">
-        <v>111.259011</v>
+        <v>107.0</v>
       </c>
       <c r="S206">
-        <v>104.0</v>
+        <v>103.094536</v>
       </c>
       <c r="T206">
-        <v>108.27</v>
+        <v>105.994536</v>
+      </c>
+      <c r="X206">
+        <v>2</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45701.416921296</v>
+        <v>45793.431041667</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
       <c r="G207">
-        <v>107.395604</v>
+        <v>103.330601</v>
       </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
         <v>8.0</v>
       </c>
       <c r="K207" s="2">
         <v>45387.0</v>
       </c>
       <c r="L207" s="2">
         <v>49039.0</v>
       </c>
       <c r="M207">
         <v>2000</v>
       </c>
       <c r="N207">
         <v>10000.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>2.967033</v>
+        <v>0.983607</v>
       </c>
       <c r="Q207">
-        <v>106.967033</v>
+        <v>104.0</v>
       </c>
       <c r="R207">
-        <v>111.237033</v>
+        <v>104.983607</v>
       </c>
       <c r="S207">
+        <v>103.016393</v>
+      </c>
+      <c r="T207">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45700.416875</v>
+        <v>45792.439479167</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
       <c r="G208">
-        <v>107.395604</v>
+        <v>103.330601</v>
       </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
         <v>8.0</v>
       </c>
       <c r="K208" s="2">
         <v>45387.0</v>
       </c>
       <c r="L208" s="2">
         <v>49039.0</v>
       </c>
       <c r="M208">
         <v>2000</v>
       </c>
       <c r="N208">
         <v>10000.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>2.901099</v>
+        <v>0.961749</v>
       </c>
       <c r="Q208">
-        <v>106.901099</v>
+        <v>104.0</v>
       </c>
       <c r="R208">
-        <v>111.171099</v>
+        <v>104.961749</v>
       </c>
       <c r="S208">
+        <v>103.038251</v>
+      </c>
+      <c r="T208">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45699.416956019</v>
+        <v>45791.499710648</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
       <c r="G209">
-        <v>107.395604</v>
+        <v>103.330601</v>
       </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
         <v>8.0</v>
       </c>
       <c r="K209" s="2">
         <v>45387.0</v>
       </c>
       <c r="L209" s="2">
         <v>49039.0</v>
       </c>
       <c r="M209">
         <v>2000</v>
       </c>
       <c r="N209">
         <v>10000.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
       <c r="P209">
-        <v>2.879121</v>
+        <v>0.896175</v>
       </c>
       <c r="Q209">
-        <v>106.879121</v>
+        <v>104.0</v>
       </c>
       <c r="R209">
-        <v>111.149121</v>
+        <v>104.896175</v>
       </c>
       <c r="S209">
+        <v>103.103825</v>
+      </c>
+      <c r="T209">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45698.417175926</v>
+        <v>45790.457847222</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="G210">
-        <v>107.395604</v>
+        <v>103.330601</v>
       </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
         <v>8.0</v>
       </c>
       <c r="K210" s="2">
         <v>45387.0</v>
       </c>
       <c r="L210" s="2">
         <v>49039.0</v>
       </c>
       <c r="M210">
         <v>2000</v>
       </c>
       <c r="N210">
         <v>10000.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
       <c r="P210">
-        <v>2.857143</v>
+        <v>0.874317</v>
       </c>
       <c r="Q210">
-        <v>106.857143</v>
+        <v>103.88</v>
       </c>
       <c r="R210">
-        <v>111.127143</v>
+        <v>104.874317</v>
       </c>
       <c r="S210">
+        <v>103.005683</v>
+      </c>
+      <c r="T210">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45695.416909722</v>
+        <v>45789.545833333</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
       <c r="G211">
-        <v>107.395604</v>
+        <v>103.330601</v>
       </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
         <v>8.0</v>
       </c>
       <c r="K211" s="2">
         <v>45387.0</v>
       </c>
       <c r="L211" s="2">
         <v>49039.0</v>
       </c>
       <c r="M211">
         <v>2000</v>
       </c>
       <c r="N211">
         <v>10000.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>2.835165</v>
+        <v>0.852459</v>
       </c>
       <c r="Q211">
-        <v>106.835165</v>
+        <v>103.86</v>
       </c>
       <c r="R211">
-        <v>111.105165</v>
+        <v>104.852459</v>
       </c>
       <c r="S211">
+        <v>103.007541</v>
+      </c>
+      <c r="T211">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45694.417384259</v>
+        <v>45786.480810185</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
+      <c r="F212">
+        <v>-1.35</v>
+      </c>
       <c r="G212">
-        <v>107.395604</v>
+        <v>103.330601</v>
+      </c>
+      <c r="H212">
+        <v>10333.0601</v>
       </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
         <v>8.0</v>
       </c>
       <c r="K212" s="2">
         <v>45387.0</v>
       </c>
       <c r="L212" s="2">
         <v>49039.0</v>
       </c>
       <c r="M212">
         <v>2000</v>
       </c>
       <c r="N212">
         <v>10000.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>2.813187</v>
+        <v>0.830601</v>
       </c>
       <c r="Q212">
-        <v>106.813187</v>
+        <v>103.4</v>
       </c>
       <c r="R212">
-        <v>111.083187</v>
+        <v>104.830601</v>
       </c>
       <c r="S212">
+        <v>102.569399</v>
+      </c>
+      <c r="T212">
         <v>104.0</v>
       </c>
-      <c r="T212">
-        <v>108.27</v>
+      <c r="X212">
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45693.417349537</v>
+        <v>45785.557164352</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
       <c r="G213">
-        <v>107.395604</v>
+        <v>104.743169</v>
       </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
         <v>8.0</v>
       </c>
       <c r="K213" s="2">
         <v>45387.0</v>
       </c>
       <c r="L213" s="2">
         <v>49039.0</v>
       </c>
       <c r="M213">
         <v>2000</v>
       </c>
       <c r="N213">
         <v>10000.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
       <c r="P213">
-        <v>2.747253</v>
+        <v>0.808743</v>
       </c>
       <c r="Q213">
-        <v>106.747253</v>
+        <v>103.308743</v>
       </c>
       <c r="R213">
-        <v>111.017253</v>
+        <v>104.808743</v>
       </c>
       <c r="S213">
+        <v>102.5</v>
+      </c>
+      <c r="T213">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45692.417002315</v>
+        <v>45784.623668981</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
+      <c r="F214">
+        <v>0.15</v>
+      </c>
       <c r="G214">
-        <v>107.395604</v>
+        <v>104.743169</v>
+      </c>
+      <c r="H214">
+        <v>20948.6338</v>
       </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
         <v>8.0</v>
       </c>
       <c r="K214" s="2">
         <v>45387.0</v>
       </c>
       <c r="L214" s="2">
         <v>49039.0</v>
       </c>
       <c r="M214">
         <v>2000</v>
       </c>
       <c r="N214">
         <v>10000.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>2.725275</v>
+        <v>0.743169</v>
       </c>
       <c r="Q214">
-        <v>106.725275</v>
+        <v>102.743169</v>
       </c>
       <c r="R214">
-        <v>110.995275</v>
+        <v>104.743169</v>
       </c>
       <c r="S214">
+        <v>102.0</v>
+      </c>
+      <c r="T214">
         <v>104.0</v>
       </c>
-      <c r="T214">
-        <v>108.27</v>
+      <c r="X214">
+        <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45691.417037037</v>
+        <v>45783.41818287</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
       <c r="G215">
-        <v>107.395604</v>
+        <v>104.590164</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
         <v>8.0</v>
       </c>
       <c r="K215" s="2">
         <v>45387.0</v>
       </c>
       <c r="L215" s="2">
         <v>49039.0</v>
       </c>
       <c r="M215">
         <v>2000</v>
       </c>
       <c r="N215">
         <v>10000.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
       <c r="P215">
-        <v>2.703297</v>
+        <v>0.721311</v>
       </c>
       <c r="Q215">
-        <v>106.703297</v>
+        <v>103.821311</v>
       </c>
       <c r="R215">
-        <v>110.973297</v>
+        <v>104.721311</v>
       </c>
       <c r="S215">
+        <v>103.1</v>
+      </c>
+      <c r="T215">
         <v>104.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>108.27</v>
       </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45688.416967593</v>
+        <v>45782.355300926</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="G216">
-        <v>107.395604</v>
+        <v>104.590164</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
         <v>8.0</v>
       </c>
       <c r="K216" s="2">
         <v>45387.0</v>
       </c>
       <c r="L216" s="2">
         <v>49039.0</v>
       </c>
       <c r="M216">
         <v>2000</v>
       </c>
       <c r="N216">
         <v>10000.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>2.681319</v>
-[...11 lines deleted...]
-        <v>108.27</v>
+        <v>0.699454</v>
       </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45687.417094907</v>
+        <v>45779.355104167</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="G217">
-        <v>107.395604</v>
+        <v>104.590164</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
         <v>8.0</v>
       </c>
       <c r="K217" s="2">
         <v>45387.0</v>
       </c>
       <c r="L217" s="2">
         <v>49039.0</v>
       </c>
       <c r="M217">
         <v>2000</v>
       </c>
       <c r="N217">
         <v>10000.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>2.659341</v>
-[...11 lines deleted...]
-        <v>108.27</v>
+        <v>0.677596</v>
       </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45686.416909722</v>
+        <v>45777.485532407</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
       <c r="G218">
-        <v>107.395604</v>
+        <v>104.590164</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
         <v>8.0</v>
       </c>
       <c r="K218" s="2">
         <v>45387.0</v>
       </c>
       <c r="L218" s="2">
         <v>49039.0</v>
       </c>
       <c r="M218">
         <v>2000</v>
       </c>
       <c r="N218">
         <v>10000.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>2.593407</v>
+        <v>0.655738</v>
       </c>
       <c r="Q218">
-        <v>107.593407</v>
+        <v>103.8</v>
       </c>
       <c r="R218">
-        <v>110.863407</v>
+        <v>104.655738</v>
       </c>
       <c r="S218">
-        <v>105.0</v>
+        <v>103.144262</v>
       </c>
       <c r="T218">
-        <v>108.27</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45685.416979167</v>
+        <v>45776.462986111</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
+      <c r="F219">
+        <v>0.16</v>
+      </c>
       <c r="G219">
-        <v>107.395604</v>
+        <v>104.590164</v>
+      </c>
+      <c r="H219">
+        <v>10459.0164</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
         <v>8.0</v>
       </c>
       <c r="K219" s="2">
         <v>45387.0</v>
       </c>
       <c r="L219" s="2">
         <v>49039.0</v>
       </c>
       <c r="M219">
         <v>2000</v>
       </c>
       <c r="N219">
         <v>10000.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>2.571429</v>
+        <v>0.590164</v>
       </c>
       <c r="Q219">
-        <v>107.571429</v>
+        <v>103.7</v>
       </c>
       <c r="R219">
-        <v>110.841429</v>
+        <v>104.590164</v>
       </c>
       <c r="S219">
-        <v>105.0</v>
+        <v>103.109836</v>
       </c>
       <c r="T219">
-        <v>108.27</v>
+        <v>104.0</v>
+      </c>
+      <c r="X219">
+        <v>1</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45684.417118056</v>
+        <v>45775.416724537</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="G220">
-        <v>107.395604</v>
+        <v>104.42459</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
         <v>8.0</v>
       </c>
       <c r="K220" s="2">
         <v>45387.0</v>
       </c>
       <c r="L220" s="2">
         <v>49039.0</v>
       </c>
       <c r="M220">
         <v>2000</v>
       </c>
       <c r="N220">
         <v>10000.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>2.549451</v>
+        <v>0.546448</v>
       </c>
       <c r="Q220">
-        <v>107.549451</v>
+        <v>103.646448</v>
       </c>
       <c r="R220">
-        <v>110.819451</v>
+        <v>104.546448</v>
       </c>
       <c r="S220">
-        <v>105.0</v>
+        <v>103.1</v>
       </c>
       <c r="T220">
-        <v>108.27</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45681.48681713</v>
+        <v>45772.619826389</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
+      <c r="F221">
+        <v>0.57</v>
+      </c>
       <c r="G221">
-        <v>107.395604</v>
+        <v>104.42459</v>
+      </c>
+      <c r="H221">
+        <v>10442.459</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
         <v>8.0</v>
       </c>
       <c r="K221" s="2">
         <v>45387.0</v>
       </c>
       <c r="L221" s="2">
         <v>49039.0</v>
       </c>
       <c r="M221">
         <v>2000</v>
       </c>
       <c r="N221">
         <v>10000.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>2.527473</v>
+        <v>0.52459</v>
       </c>
       <c r="Q221">
-        <v>110.054973</v>
+        <v>103.62459</v>
       </c>
       <c r="R221">
-        <v>110.797473</v>
+        <v>104.52459</v>
       </c>
       <c r="S221">
-        <v>107.5275</v>
+        <v>103.1</v>
       </c>
       <c r="T221">
-        <v>108.27</v>
+        <v>104.0</v>
+      </c>
+      <c r="X221">
+        <v>1</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45680.416990741</v>
+        <v>45771.416747685</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="G222">
-        <v>107.395604</v>
+        <v>103.837158</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
         <v>8.0</v>
       </c>
       <c r="K222" s="2">
         <v>45387.0</v>
       </c>
       <c r="L222" s="2">
         <v>49039.0</v>
       </c>
       <c r="M222">
         <v>2000</v>
       </c>
       <c r="N222">
         <v>10000.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>2.505495</v>
+        <v>0.502732</v>
       </c>
       <c r="Q222">
-        <v>107.505495</v>
+        <v>103.502732</v>
       </c>
       <c r="R222">
-        <v>110.775495</v>
+        <v>104.402732</v>
       </c>
       <c r="S222">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T222">
-        <v>108.27</v>
+        <v>103.9</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45679.416886574</v>
+        <v>45770.496261574</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
+      <c r="F223">
+        <v>0.43</v>
+      </c>
       <c r="G223">
-        <v>107.395604</v>
+        <v>103.837158</v>
+      </c>
+      <c r="H223">
+        <v>10383.7158</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
         <v>8.0</v>
       </c>
       <c r="K223" s="2">
         <v>45387.0</v>
       </c>
       <c r="L223" s="2">
         <v>49039.0</v>
       </c>
       <c r="M223">
         <v>2000</v>
       </c>
       <c r="N223">
         <v>10000.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>2.43956</v>
+        <v>0.437158</v>
       </c>
       <c r="Q223">
-        <v>107.43956</v>
+        <v>103.437158</v>
       </c>
       <c r="R223">
-        <v>110.70956</v>
+        <v>104.337158</v>
       </c>
       <c r="S223">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T223">
-        <v>108.27</v>
+        <v>103.9</v>
+      </c>
+      <c r="X223">
+        <v>1</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45678.416990741</v>
+        <v>45769.464039352</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="G224">
-        <v>107.395604</v>
+        <v>103.393443</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
         <v>8.0</v>
       </c>
       <c r="K224" s="2">
         <v>45387.0</v>
       </c>
       <c r="L224" s="2">
         <v>49039.0</v>
       </c>
       <c r="M224">
         <v>2000</v>
       </c>
       <c r="N224">
         <v>10000.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>2.417582</v>
+        <v>0.415301</v>
       </c>
       <c r="Q224">
-        <v>107.417582</v>
+        <v>103.415301</v>
       </c>
       <c r="R224">
-        <v>110.687582</v>
+        <v>104.315301</v>
       </c>
       <c r="S224">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T224">
-        <v>108.27</v>
+        <v>103.9</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45677.61349537</v>
+        <v>45764.5153125</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="F225">
-        <v>-2.62</v>
+        <v>0.02</v>
       </c>
       <c r="G225">
-        <v>107.395604</v>
+        <v>103.393443</v>
       </c>
       <c r="H225">
-        <v>10739.5604</v>
+        <v>10339.3443</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
         <v>8.0</v>
       </c>
       <c r="K225" s="2">
         <v>45387.0</v>
       </c>
       <c r="L225" s="2">
         <v>49039.0</v>
       </c>
       <c r="M225">
         <v>2000</v>
       </c>
       <c r="N225">
         <v>10000.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>2.395604</v>
+        <v>0.393443</v>
       </c>
       <c r="Q225">
-        <v>107.395604</v>
+        <v>103.393443</v>
       </c>
       <c r="R225">
-        <v>110.665604</v>
+        <v>104.393443</v>
       </c>
       <c r="S225">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T225">
-        <v>108.27</v>
+        <v>104.0</v>
       </c>
       <c r="X225">
         <v>1</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45674.66037037</v>
+        <v>45763.605011574</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
+      <c r="F226">
+        <v>0.15</v>
+      </c>
       <c r="G226">
-        <v>110.285714</v>
+        <v>103.371585</v>
+      </c>
+      <c r="H226">
+        <v>20674.317</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
         <v>8.0</v>
       </c>
       <c r="K226" s="2">
         <v>45387.0</v>
       </c>
       <c r="L226" s="2">
         <v>49039.0</v>
       </c>
       <c r="M226">
         <v>2000</v>
       </c>
       <c r="N226">
         <v>10000.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>2.373626</v>
+        <v>0.371585</v>
       </c>
       <c r="Q226">
-        <v>107.373626</v>
+        <v>103.371585</v>
       </c>
       <c r="R226">
-        <v>109.673626</v>
+        <v>104.371585</v>
       </c>
       <c r="S226">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T226">
-        <v>107.3</v>
+        <v>104.0</v>
+      </c>
+      <c r="X226">
+        <v>1</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45673.417071759</v>
+        <v>45762.56099537</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
       <c r="G227">
-        <v>110.285714</v>
+        <v>103.218579</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
         <v>8.0</v>
       </c>
       <c r="K227" s="2">
         <v>45387.0</v>
       </c>
       <c r="L227" s="2">
         <v>49039.0</v>
       </c>
       <c r="M227">
         <v>2000</v>
       </c>
       <c r="N227">
         <v>10000.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>2.351648</v>
+        <v>0.262295</v>
       </c>
       <c r="Q227">
-        <v>107.351648</v>
+        <v>103.262295</v>
       </c>
       <c r="R227">
-        <v>110.351648</v>
+        <v>104.262295</v>
       </c>
       <c r="S227">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T227">
-        <v>108.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45672.581111111</v>
+        <v>45761.418726852</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
-      <c r="F228">
-[...1 lines deleted...]
-      </c>
       <c r="G228">
-        <v>110.285714</v>
-[...2 lines deleted...]
-        <v>11028.5714</v>
+        <v>103.218579</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
         <v>8.0</v>
       </c>
       <c r="K228" s="2">
         <v>45387.0</v>
       </c>
       <c r="L228" s="2">
         <v>49039.0</v>
       </c>
       <c r="M228">
         <v>2000</v>
       </c>
       <c r="N228">
         <v>10000.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>2.285714</v>
+        <v>0.240437</v>
       </c>
       <c r="Q228">
-        <v>107.285714</v>
+        <v>103.240437</v>
       </c>
       <c r="R228">
-        <v>110.285714</v>
+        <v>104.240437</v>
       </c>
       <c r="S228">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="T228">
-        <v>108.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45671.455162037</v>
+        <v>45758.652638889</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
+      <c r="F229">
+        <v>1.11</v>
+      </c>
       <c r="G229">
-        <v>107.769264</v>
+        <v>103.218579</v>
+      </c>
+      <c r="H229">
+        <v>20643.7158</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
         <v>8.0</v>
       </c>
       <c r="K229" s="2">
         <v>45387.0</v>
       </c>
       <c r="L229" s="2">
         <v>49039.0</v>
       </c>
       <c r="M229">
         <v>2000</v>
       </c>
       <c r="N229">
         <v>10000.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>2.263736</v>
-[...2 lines deleted...]
-        <v>107.263736</v>
+        <v>0.218579</v>
       </c>
       <c r="R229">
-        <v>110.533736</v>
-[...2 lines deleted...]
-        <v>105.0</v>
+        <v>104.218579</v>
       </c>
       <c r="T229">
-        <v>108.27</v>
+        <v>104.0</v>
+      </c>
+      <c r="X229">
+        <v>2</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45670.417314815</v>
+        <v>45757.647222222</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="G230">
-        <v>107.769264</v>
+        <v>102.087432</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
         <v>8.0</v>
       </c>
       <c r="K230" s="2">
         <v>45387.0</v>
       </c>
       <c r="L230" s="2">
         <v>49039.0</v>
       </c>
       <c r="M230">
         <v>2000</v>
       </c>
       <c r="N230">
         <v>10000.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>2.241758</v>
-[...2 lines deleted...]
-        <v>107.241758</v>
+        <v>0.196721</v>
       </c>
       <c r="R230">
-        <v>109.741758</v>
-[...2 lines deleted...]
-        <v>105.0</v>
+        <v>103.196721</v>
       </c>
       <c r="T230">
-        <v>107.5</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45667.416944444</v>
+        <v>45756.61630787</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="G231">
-        <v>107.769264</v>
+        <v>102.087432</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
         <v>8.0</v>
       </c>
       <c r="K231" s="2">
         <v>45387.0</v>
       </c>
       <c r="L231" s="2">
         <v>49039.0</v>
       </c>
       <c r="M231">
         <v>2000</v>
       </c>
       <c r="N231">
         <v>10000.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>2.21978</v>
+        <v>0.131148</v>
       </c>
       <c r="Q231">
-        <v>107.21978</v>
+        <v>95.0</v>
       </c>
       <c r="R231">
-        <v>109.71978</v>
+        <v>103.131148</v>
       </c>
       <c r="S231">
-        <v>105.0</v>
+        <v>94.868852</v>
       </c>
       <c r="T231">
-        <v>107.5</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45666.417175926</v>
+        <v>45755.630648148</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="G232">
-        <v>107.769264</v>
+        <v>102.087432</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
         <v>8.0</v>
       </c>
       <c r="K232" s="2">
         <v>45387.0</v>
       </c>
       <c r="L232" s="2">
         <v>49039.0</v>
       </c>
       <c r="M232">
         <v>2000</v>
       </c>
       <c r="N232">
         <v>10000.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>2.197802</v>
+        <v>0.10929</v>
       </c>
       <c r="Q232">
-        <v>107.197802</v>
+        <v>100.6</v>
       </c>
       <c r="R232">
-        <v>109.697802</v>
+        <v>105.10929</v>
       </c>
       <c r="S232">
+        <v>100.49071</v>
+      </c>
+      <c r="T232">
         <v>105.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>107.5</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45665.521284722</v>
+        <v>45754.640659722</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
+      <c r="F233">
+        <v>0.04</v>
+      </c>
       <c r="G233">
-        <v>107.769264</v>
+        <v>102.087432</v>
+      </c>
+      <c r="H233">
+        <v>91878.6888</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
         <v>8.0</v>
       </c>
       <c r="K233" s="2">
         <v>45387.0</v>
       </c>
       <c r="L233" s="2">
         <v>49039.0</v>
       </c>
       <c r="M233">
         <v>2000</v>
       </c>
       <c r="N233">
         <v>10000.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>2.131868</v>
+        <v>0.087432</v>
       </c>
       <c r="Q233">
-        <v>107.131868</v>
+        <v>95.0</v>
       </c>
       <c r="R233">
-        <v>109.631868</v>
+        <v>106.587432</v>
       </c>
       <c r="S233">
-        <v>105.0</v>
+        <v>94.912568</v>
       </c>
       <c r="T233">
-        <v>107.5</v>
+        <v>106.5</v>
+      </c>
+      <c r="X233">
+        <v>3</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45664.416979167</v>
+        <v>45751.416840278</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="G234">
-        <v>107.769264</v>
+        <v>102.043716</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
         <v>8.0</v>
       </c>
       <c r="K234" s="2">
         <v>45387.0</v>
       </c>
       <c r="L234" s="2">
         <v>49039.0</v>
       </c>
       <c r="M234">
         <v>2000</v>
       </c>
       <c r="N234">
         <v>10000.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234">
-        <v>2.10989</v>
+        <v>0.065574</v>
       </c>
       <c r="Q234">
-        <v>107.10989</v>
+        <v>102.065574</v>
       </c>
       <c r="R234">
-        <v>109.60989</v>
+        <v>107.065574</v>
       </c>
       <c r="S234">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T234">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45663.461655093</v>
+        <v>45750.505358796</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
+      <c r="F235">
+        <v>-2.77</v>
+      </c>
       <c r="G235">
-        <v>107.769264</v>
+        <v>102.043716</v>
+      </c>
+      <c r="H235">
+        <v>10204.3716</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>8.0</v>
       </c>
       <c r="K235" s="2">
         <v>45387.0</v>
       </c>
       <c r="L235" s="2">
         <v>49039.0</v>
       </c>
       <c r="M235">
         <v>2000</v>
       </c>
       <c r="N235">
         <v>10000.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
       <c r="P235">
-        <v>2.087912</v>
+        <v>0.065574</v>
       </c>
       <c r="Q235">
-        <v>107.087912</v>
+        <v>102.05</v>
       </c>
       <c r="R235">
-        <v>109.587912</v>
+        <v>107.043716</v>
       </c>
       <c r="S235">
-        <v>105.0</v>
+        <v>101.984426</v>
       </c>
       <c r="T235">
-        <v>107.5</v>
+        <v>106.978142</v>
+      </c>
+      <c r="X235">
+        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45660.417037037</v>
+        <v>45749.419699074</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
       <c r="G236">
-        <v>107.769264</v>
+        <v>104.956044</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>8.0</v>
       </c>
       <c r="K236" s="2">
         <v>45387.0</v>
       </c>
       <c r="L236" s="2">
         <v>49039.0</v>
       </c>
       <c r="M236">
         <v>2000</v>
       </c>
       <c r="N236">
         <v>10000.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>2.065934</v>
+        <v>-0.021978</v>
       </c>
       <c r="Q236">
-        <v>107.065934</v>
+        <v>102.0</v>
       </c>
       <c r="R236">
-        <v>109.565934</v>
+        <v>106.978022</v>
       </c>
       <c r="S236">
-        <v>105.0</v>
+        <v>102.021978</v>
       </c>
       <c r="T236">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45659.485150463</v>
+        <v>45748.550300926</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
+      <c r="F237">
+        <v>3.1</v>
+      </c>
       <c r="G237">
-        <v>107.769264</v>
+        <v>104.956044</v>
+      </c>
+      <c r="H237">
+        <v>10495.6044</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>8.0</v>
       </c>
       <c r="K237" s="2">
         <v>45387.0</v>
       </c>
       <c r="L237" s="2">
         <v>49039.0</v>
       </c>
       <c r="M237">
         <v>2000</v>
       </c>
       <c r="N237">
         <v>10000.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>2.043956</v>
+        <v>-0.043956</v>
       </c>
       <c r="Q237">
-        <v>107.043956</v>
+        <v>102.0</v>
       </c>
       <c r="R237">
-        <v>109.543956</v>
+        <v>106.956044</v>
       </c>
       <c r="S237">
-        <v>105.0</v>
+        <v>102.043956</v>
       </c>
       <c r="T237">
-        <v>107.5</v>
+        <v>107.0</v>
+      </c>
+      <c r="X237">
+        <v>1</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45656.355659722</v>
+        <v>45747.416747685</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
       <c r="G238">
-        <v>107.769264</v>
+        <v>101.802198</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>8.0</v>
       </c>
       <c r="K238" s="2">
         <v>45387.0</v>
       </c>
       <c r="L238" s="2">
         <v>49039.0</v>
       </c>
       <c r="M238">
         <v>2000</v>
       </c>
       <c r="N238">
         <v>10000.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
       </c>
       <c r="P238">
-        <v>1.956044</v>
+        <v>-0.065934</v>
+      </c>
+      <c r="Q238">
+        <v>104.934066</v>
+      </c>
+      <c r="R238">
+        <v>106.934066</v>
+      </c>
+      <c r="S238">
+        <v>105.0</v>
+      </c>
+      <c r="T238">
+        <v>107.0</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45653.417175926</v>
+        <v>45744.464965278</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="G239">
-        <v>107.769264</v>
+        <v>101.802198</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>8.0</v>
       </c>
       <c r="K239" s="2">
         <v>45387.0</v>
       </c>
       <c r="L239" s="2">
         <v>49039.0</v>
       </c>
       <c r="M239">
         <v>2000</v>
       </c>
       <c r="N239">
         <v>10000.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>1.912088</v>
+        <v>-0.087912</v>
       </c>
       <c r="Q239">
+        <v>104.912088</v>
+      </c>
+      <c r="R239">
         <v>106.912088</v>
-      </c>
-[...1 lines deleted...]
-        <v>109.412088</v>
       </c>
       <c r="S239">
         <v>105.0</v>
       </c>
       <c r="T239">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45649.356365741</v>
+        <v>45743.417280093</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="G240">
-        <v>107.769264</v>
+        <v>101.802198</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>8.0</v>
       </c>
       <c r="K240" s="2">
         <v>45387.0</v>
       </c>
       <c r="L240" s="2">
         <v>49039.0</v>
       </c>
       <c r="M240">
         <v>2000</v>
       </c>
       <c r="N240">
         <v>10000.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>1.824176</v>
+        <v>-0.10989</v>
+      </c>
+      <c r="Q240">
+        <v>101.89011</v>
+      </c>
+      <c r="R240">
+        <v>106.89011</v>
+      </c>
+      <c r="S240">
+        <v>102.0</v>
+      </c>
+      <c r="T240">
+        <v>107.0</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45646.423009259</v>
+        <v>45742.553125</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="G241">
-        <v>107.769264</v>
+        <v>101.802198</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>8.0</v>
       </c>
       <c r="K241" s="2">
         <v>45387.0</v>
       </c>
       <c r="L241" s="2">
         <v>49039.0</v>
       </c>
       <c r="M241">
         <v>2000</v>
       </c>
       <c r="N241">
         <v>10000.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>1.758242</v>
+        <v>-0.175824</v>
       </c>
       <c r="Q241">
-        <v>106.758242</v>
+        <v>101.825</v>
       </c>
       <c r="R241">
-        <v>109.258242</v>
+        <v>106.824176</v>
       </c>
       <c r="S241">
-        <v>105.0</v>
+        <v>102.000824</v>
       </c>
       <c r="T241">
-        <v>107.5</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45645.548171296</v>
+        <v>45741.624074074</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="F242">
-        <v>0.79</v>
+        <v>-3.76</v>
       </c>
       <c r="G242">
-        <v>107.769264</v>
+        <v>101.802198</v>
       </c>
       <c r="H242">
-        <v>10776.9264</v>
+        <v>152703.297</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>8.0</v>
       </c>
       <c r="K242" s="2">
         <v>45387.0</v>
       </c>
       <c r="L242" s="2">
         <v>49039.0</v>
       </c>
       <c r="M242">
         <v>2000</v>
       </c>
       <c r="N242">
         <v>10000.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>1.736264</v>
+        <v>-0.197802</v>
       </c>
       <c r="Q242">
-        <v>106.736264</v>
+        <v>101.802198</v>
       </c>
       <c r="R242">
-        <v>108.736264</v>
+        <v>106.802198</v>
       </c>
       <c r="S242">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T242">
         <v>107.0</v>
       </c>
       <c r="X242">
-        <v>1</v>
+        <v>6</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45644.554837963</v>
+        <v>45740.471759259</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>25</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="F243">
-        <v>-0.58</v>
+        <v>0.17</v>
       </c>
       <c r="G243">
-        <v>106.92033</v>
+        <v>105.78022</v>
       </c>
       <c r="H243">
-        <v>74819.231</v>
+        <v>21156.044</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>8.0</v>
       </c>
       <c r="K243" s="2">
         <v>45387.0</v>
       </c>
       <c r="L243" s="2">
         <v>49039.0</v>
       </c>
       <c r="M243">
         <v>2000</v>
       </c>
       <c r="N243">
         <v>10000.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>1.67033</v>
+        <v>3.78022</v>
       </c>
       <c r="Q243">
-        <v>106.67033</v>
+        <v>105.78022</v>
       </c>
       <c r="R243">
-        <v>107.70333</v>
+        <v>110.78022</v>
       </c>
       <c r="S243">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T243">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
       <c r="X243">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45643.546921296</v>
+        <v>45737.417604167</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
       <c r="G244">
-        <v>107.546484</v>
+        <v>105.604396</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>8.0</v>
       </c>
       <c r="K244" s="2">
         <v>45387.0</v>
       </c>
       <c r="L244" s="2">
         <v>49039.0</v>
       </c>
       <c r="M244">
         <v>2000</v>
       </c>
       <c r="N244">
         <v>10000.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>1.648352</v>
+        <v>3.758242</v>
       </c>
       <c r="Q244">
-        <v>106.648352</v>
+        <v>105.758242</v>
       </c>
       <c r="R244">
-        <v>107.648352</v>
+        <v>110.758242</v>
       </c>
       <c r="S244">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T244">
-        <v>106.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45642.417002315</v>
+        <v>45736.417210648</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>25</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="G245">
-        <v>107.546484</v>
+        <v>105.604396</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>8.0</v>
       </c>
       <c r="K245" s="2">
         <v>45387.0</v>
       </c>
       <c r="L245" s="2">
         <v>49039.0</v>
       </c>
       <c r="M245">
         <v>2000</v>
       </c>
       <c r="N245">
         <v>10000.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>1.626374</v>
+        <v>3.736264</v>
       </c>
       <c r="Q245">
-        <v>106.626374</v>
+        <v>105.736264</v>
       </c>
       <c r="R245">
-        <v>107.659374</v>
+        <v>110.736264</v>
       </c>
       <c r="S245">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T245">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45639.472048611</v>
+        <v>45735.41693287</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="G246">
-        <v>107.546484</v>
+        <v>105.604396</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>8.0</v>
       </c>
       <c r="K246" s="2">
         <v>45387.0</v>
       </c>
       <c r="L246" s="2">
         <v>49039.0</v>
       </c>
       <c r="M246">
         <v>2000</v>
       </c>
       <c r="N246">
         <v>10000.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>1.604396</v>
+        <v>3.67033</v>
       </c>
       <c r="Q246">
-        <v>107.6</v>
+        <v>105.67033</v>
       </c>
       <c r="R246">
-        <v>107.637396</v>
+        <v>110.67033</v>
       </c>
       <c r="S246">
-        <v>105.995604</v>
+        <v>102.0</v>
       </c>
       <c r="T246">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45638.417199074</v>
+        <v>45734.530451389</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>25</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
       <c r="G247">
-        <v>107.546484</v>
+        <v>105.604396</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>8.0</v>
       </c>
       <c r="K247" s="2">
         <v>45387.0</v>
       </c>
       <c r="L247" s="2">
         <v>49039.0</v>
       </c>
       <c r="M247">
         <v>2000</v>
       </c>
       <c r="N247">
         <v>10000.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>1.582418</v>
+        <v>3.648352</v>
       </c>
       <c r="Q247">
-        <v>106.582418</v>
+        <v>105.648352</v>
       </c>
       <c r="R247">
-        <v>107.615418</v>
+        <v>110.648352</v>
       </c>
       <c r="S247">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T247">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45637.578541667</v>
+        <v>45733.457430556</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
-      <c r="F248">
-[...1 lines deleted...]
-      </c>
       <c r="G248">
-        <v>107.546484</v>
-[...2 lines deleted...]
-        <v>21506.2968</v>
+        <v>105.604396</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>8.0</v>
       </c>
       <c r="K248" s="2">
         <v>45387.0</v>
       </c>
       <c r="L248" s="2">
         <v>49039.0</v>
       </c>
       <c r="M248">
         <v>2000</v>
       </c>
       <c r="N248">
         <v>10000.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>1.516484</v>
+        <v>3.626374</v>
       </c>
       <c r="Q248">
-        <v>106.516484</v>
+        <v>106.126374</v>
       </c>
       <c r="R248">
-        <v>107.549484</v>
+        <v>110.626374</v>
       </c>
       <c r="S248">
-        <v>105.0</v>
+        <v>102.5</v>
       </c>
       <c r="T248">
-        <v>106.033</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45636.416979167</v>
+        <v>45730.620810185</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
+      <c r="F249">
+        <v>-4.43</v>
+      </c>
       <c r="G249">
-        <v>106.054945</v>
+        <v>105.604396</v>
+      </c>
+      <c r="H249">
+        <v>31731.3188</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
         <v>8.0</v>
       </c>
       <c r="K249" s="2">
         <v>45387.0</v>
       </c>
       <c r="L249" s="2">
         <v>49039.0</v>
       </c>
       <c r="M249">
         <v>2000</v>
       </c>
       <c r="N249">
         <v>10000.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
       <c r="P249">
-        <v>1.494505</v>
+        <v>3.604396</v>
       </c>
       <c r="Q249">
-        <v>106.494505</v>
+        <v>105.604396</v>
       </c>
       <c r="R249">
-        <v>107.494505</v>
+        <v>114.504396</v>
       </c>
       <c r="S249">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T249">
-        <v>106.0</v>
+        <v>110.9</v>
+      </c>
+      <c r="X249">
+        <v>2</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45635.417106481</v>
+        <v>45729.651238426</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
       <c r="G250">
-        <v>106.054945</v>
+        <v>110.494505</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
         <v>8.0</v>
       </c>
       <c r="K250" s="2">
         <v>45387.0</v>
       </c>
       <c r="L250" s="2">
         <v>49039.0</v>
       </c>
       <c r="M250">
         <v>2000</v>
       </c>
       <c r="N250">
         <v>10000.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>1.472527</v>
+        <v>3.582418</v>
       </c>
       <c r="Q250">
-        <v>106.472527</v>
+        <v>106.082418</v>
       </c>
       <c r="R250">
-        <v>107.472527</v>
+        <v>114.482418</v>
       </c>
       <c r="S250">
-        <v>105.0</v>
+        <v>102.5</v>
       </c>
       <c r="T250">
-        <v>106.0</v>
+        <v>110.9</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45632.417060185</v>
+        <v>45728.443472222</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="G251">
-        <v>106.054945</v>
+        <v>110.494505</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
         <v>8.0</v>
       </c>
       <c r="K251" s="2">
         <v>45387.0</v>
       </c>
       <c r="L251" s="2">
         <v>49039.0</v>
       </c>
       <c r="M251">
         <v>2000</v>
       </c>
       <c r="N251">
         <v>10000.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>1.450549</v>
+        <v>3.516484</v>
       </c>
       <c r="Q251">
-        <v>106.450549</v>
+        <v>105.516484</v>
       </c>
       <c r="R251">
-        <v>107.450549</v>
+        <v>114.016484</v>
       </c>
       <c r="S251">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T251">
-        <v>106.0</v>
+        <v>110.5</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45631.4171875</v>
+        <v>45727.469247685</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>25</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
+      <c r="F252">
+        <v>0.04</v>
+      </c>
       <c r="G252">
-        <v>106.054945</v>
+        <v>110.494505</v>
+      </c>
+      <c r="H252">
+        <v>88395.604</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
         <v>8.0</v>
       </c>
       <c r="K252" s="2">
         <v>45387.0</v>
       </c>
       <c r="L252" s="2">
         <v>49039.0</v>
       </c>
       <c r="M252">
         <v>2000</v>
       </c>
       <c r="N252">
         <v>10000.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>1.428571</v>
+        <v>3.494505</v>
       </c>
       <c r="Q252">
-        <v>106.428571</v>
-[...2 lines deleted...]
-        <v>107.428571</v>
+        <v>105.494505</v>
       </c>
       <c r="S252">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>102.0</v>
+      </c>
+      <c r="X252">
+        <v>1</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45630.416921296</v>
+        <v>45726.417025463</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="G253">
-        <v>106.054945</v>
+        <v>110.450549</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
         <v>8.0</v>
       </c>
       <c r="K253" s="2">
         <v>45387.0</v>
       </c>
       <c r="L253" s="2">
         <v>49039.0</v>
       </c>
       <c r="M253">
         <v>2000</v>
       </c>
       <c r="N253">
         <v>10000.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>1.362637</v>
+        <v>3.472527</v>
       </c>
       <c r="Q253">
-        <v>106.362637</v>
-[...2 lines deleted...]
-        <v>107.362637</v>
+        <v>110.472527</v>
       </c>
       <c r="S253">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45629.417268519</v>
+        <v>45723.421238426</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
+      <c r="F254">
+        <v>2.84</v>
+      </c>
       <c r="G254">
-        <v>106.054945</v>
+        <v>110.450549</v>
+      </c>
+      <c r="H254">
+        <v>22090.1098</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
         <v>8.0</v>
       </c>
       <c r="K254" s="2">
         <v>45387.0</v>
       </c>
       <c r="L254" s="2">
         <v>49039.0</v>
       </c>
       <c r="M254">
         <v>2000</v>
       </c>
       <c r="N254">
         <v>10000.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
       <c r="P254">
-        <v>1.340659</v>
+        <v>3.450549</v>
       </c>
       <c r="Q254">
-        <v>106.340659</v>
-[...2 lines deleted...]
-        <v>107.340659</v>
+        <v>110.450549</v>
       </c>
       <c r="S254">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>106.0</v>
+        <v>107.0</v>
+      </c>
+      <c r="X254">
+        <v>2</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45628.525358796</v>
+        <v>45722.475231481</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="G255">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
         <v>8.0</v>
       </c>
       <c r="K255" s="2">
         <v>45387.0</v>
       </c>
       <c r="L255" s="2">
         <v>49039.0</v>
       </c>
       <c r="M255">
         <v>2000</v>
       </c>
       <c r="N255">
         <v>10000.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>1.318681</v>
+        <v>3.428571</v>
       </c>
       <c r="Q255">
-        <v>106.318681</v>
+        <v>105.428571</v>
       </c>
       <c r="R255">
-        <v>107.318681</v>
+        <v>110.428571</v>
       </c>
       <c r="S255">
-        <v>105.0</v>
+        <v>102.0</v>
       </c>
       <c r="T255">
-        <v>106.0</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45625.416956019</v>
+        <v>45721.416956019</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="G256">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
         <v>8.0</v>
       </c>
       <c r="K256" s="2">
         <v>45387.0</v>
       </c>
       <c r="L256" s="2">
         <v>49039.0</v>
       </c>
       <c r="M256">
         <v>2000</v>
       </c>
       <c r="N256">
         <v>10000.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>1.296703</v>
+        <v>3.362637</v>
       </c>
       <c r="Q256">
-        <v>105.796703</v>
+        <v>107.362637</v>
       </c>
       <c r="R256">
-        <v>107.329703</v>
+        <v>110.362637</v>
       </c>
       <c r="S256">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T256">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45624.417013889</v>
+        <v>45720.417002315</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="G257">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
         <v>8.0</v>
       </c>
       <c r="K257" s="2">
         <v>45387.0</v>
       </c>
       <c r="L257" s="2">
         <v>49039.0</v>
       </c>
       <c r="M257">
         <v>2000</v>
       </c>
       <c r="N257">
         <v>10000.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>1.274725</v>
+        <v>3.340659</v>
       </c>
       <c r="Q257">
-        <v>105.774725</v>
+        <v>107.340659</v>
       </c>
       <c r="R257">
-        <v>107.307725</v>
+        <v>110.340659</v>
       </c>
       <c r="S257">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T257">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45623.571053241</v>
+        <v>45719.416921296</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="G258">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
         <v>8.0</v>
       </c>
       <c r="K258" s="2">
         <v>45387.0</v>
       </c>
       <c r="L258" s="2">
         <v>49039.0</v>
       </c>
       <c r="M258">
         <v>2000</v>
       </c>
       <c r="N258">
         <v>10000.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>1.208791</v>
+        <v>3.318681</v>
       </c>
       <c r="Q258">
-        <v>105.708791</v>
+        <v>107.318681</v>
       </c>
       <c r="R258">
-        <v>107.241791</v>
+        <v>110.318681</v>
       </c>
       <c r="S258">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T258">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45622.417002315</v>
+        <v>45716.416921296</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="G259">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
         <v>8.0</v>
       </c>
       <c r="K259" s="2">
         <v>45387.0</v>
       </c>
       <c r="L259" s="2">
         <v>49039.0</v>
       </c>
       <c r="M259">
         <v>2000</v>
       </c>
       <c r="N259">
         <v>10000.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>1.186813</v>
+        <v>3.296703</v>
       </c>
       <c r="Q259">
-        <v>105.686813</v>
+        <v>107.296703</v>
       </c>
       <c r="R259">
-        <v>107.219813</v>
+        <v>110.296703</v>
       </c>
       <c r="S259">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T259">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45621.417256944</v>
+        <v>45715.417037037</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="G260">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
         <v>8.0</v>
       </c>
       <c r="K260" s="2">
         <v>45387.0</v>
       </c>
       <c r="L260" s="2">
         <v>49039.0</v>
       </c>
       <c r="M260">
         <v>2000</v>
       </c>
       <c r="N260">
         <v>10000.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>1.164835</v>
+        <v>3.274725</v>
       </c>
       <c r="Q260">
-        <v>105.664835</v>
+        <v>107.274725</v>
       </c>
       <c r="R260">
-        <v>107.197835</v>
+        <v>110.274725</v>
       </c>
       <c r="S260">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T260">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45618.417037037</v>
+        <v>45714.417002315</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="G261">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
         <v>8.0</v>
       </c>
       <c r="K261" s="2">
         <v>45387.0</v>
       </c>
       <c r="L261" s="2">
         <v>49039.0</v>
       </c>
       <c r="M261">
         <v>2000</v>
       </c>
       <c r="N261">
         <v>10000.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>1.142857</v>
+        <v>3.208791</v>
       </c>
       <c r="Q261">
-        <v>105.642857</v>
+        <v>107.208791</v>
       </c>
       <c r="R261">
-        <v>107.175857</v>
+        <v>110.208791</v>
       </c>
       <c r="S261">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T261">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45617.417037037</v>
+        <v>45713.417002315</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="G262">
-        <v>106.054945</v>
+        <v>107.395604</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
         <v>8.0</v>
       </c>
       <c r="K262" s="2">
         <v>45387.0</v>
       </c>
       <c r="L262" s="2">
         <v>49039.0</v>
       </c>
       <c r="M262">
         <v>2000</v>
       </c>
       <c r="N262">
         <v>10000.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>1.120879</v>
+        <v>3.186813</v>
       </c>
       <c r="Q262">
-        <v>105.620879</v>
+        <v>107.186813</v>
       </c>
       <c r="R262">
-        <v>107.153879</v>
+        <v>110.186813</v>
       </c>
       <c r="S262">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T262">
-        <v>106.033</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45616.613865741</v>
+        <v>45712.417025463</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
-      <c r="F263">
-[...1 lines deleted...]
-      </c>
       <c r="G263">
-        <v>106.054945</v>
-[...2 lines deleted...]
-        <v>31816.4835</v>
+        <v>107.395604</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
         <v>8.0</v>
       </c>
       <c r="K263" s="2">
         <v>45387.0</v>
       </c>
       <c r="L263" s="2">
         <v>49039.0</v>
       </c>
       <c r="M263">
         <v>2000</v>
       </c>
       <c r="N263">
         <v>10000.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>1.054945</v>
+        <v>3.164835</v>
       </c>
       <c r="Q263">
-        <v>105.554945</v>
+        <v>107.164835</v>
       </c>
       <c r="R263">
-        <v>107.087945</v>
+        <v>110.164835</v>
       </c>
       <c r="S263">
-        <v>104.5</v>
+        <v>104.0</v>
       </c>
       <c r="T263">
-        <v>106.033</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45615.41724537</v>
+        <v>45709.417673611</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="G264">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
         <v>8.0</v>
       </c>
       <c r="K264" s="2">
         <v>45387.0</v>
       </c>
       <c r="L264" s="2">
         <v>49039.0</v>
       </c>
       <c r="M264">
         <v>2000</v>
       </c>
       <c r="N264">
         <v>10000.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>1.032967</v>
+        <v>3.142857</v>
       </c>
       <c r="Q264">
-        <v>106.032967</v>
+        <v>107.142857</v>
       </c>
       <c r="R264">
-        <v>107.832967</v>
+        <v>110.142857</v>
       </c>
       <c r="S264">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T264">
-        <v>106.8</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45614.356712963</v>
+        <v>45708.416967593</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
       <c r="G265">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
         <v>8.0</v>
       </c>
       <c r="K265" s="2">
         <v>45387.0</v>
       </c>
       <c r="L265" s="2">
         <v>49039.0</v>
       </c>
       <c r="M265">
         <v>2000</v>
       </c>
       <c r="N265">
         <v>10000.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>1.010989</v>
+        <v>3.120879</v>
+      </c>
+      <c r="Q265">
+        <v>107.120879</v>
+      </c>
+      <c r="R265">
+        <v>110.120879</v>
+      </c>
+      <c r="S265">
+        <v>104.0</v>
+      </c>
+      <c r="T265">
+        <v>107.0</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45611.417013889</v>
+        <v>45707.416921296</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
       <c r="G266">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
         <v>8.0</v>
       </c>
       <c r="K266" s="2">
         <v>45387.0</v>
       </c>
       <c r="L266" s="2">
         <v>49039.0</v>
       </c>
       <c r="M266">
         <v>2000</v>
       </c>
       <c r="N266">
         <v>10000.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>0.989011</v>
+        <v>3.054945</v>
       </c>
       <c r="Q266">
-        <v>105.989011</v>
+        <v>107.054945</v>
       </c>
       <c r="R266">
-        <v>107.789011</v>
+        <v>110.054945</v>
       </c>
       <c r="S266">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T266">
-        <v>106.8</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45610.417118056</v>
+        <v>45706.428472222</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="G267">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
         <v>8.0</v>
       </c>
       <c r="K267" s="2">
         <v>45387.0</v>
       </c>
       <c r="L267" s="2">
         <v>49039.0</v>
       </c>
       <c r="M267">
         <v>2000</v>
       </c>
       <c r="N267">
         <v>10000.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>0.967033</v>
+        <v>3.032967</v>
       </c>
       <c r="Q267">
-        <v>105.967033</v>
+        <v>107.032967</v>
       </c>
       <c r="R267">
-        <v>107.767033</v>
+        <v>110.032967</v>
       </c>
       <c r="S267">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T267">
-        <v>106.8</v>
+        <v>107.0</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45609.417013889</v>
+        <v>45705.417175926</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="G268">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
         <v>8.0</v>
       </c>
       <c r="K268" s="2">
         <v>45387.0</v>
       </c>
       <c r="L268" s="2">
         <v>49039.0</v>
       </c>
       <c r="M268">
         <v>2000</v>
       </c>
       <c r="N268">
         <v>10000.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>0.901099</v>
+        <v>3.010989</v>
       </c>
       <c r="Q268">
-        <v>105.901099</v>
+        <v>107.010989</v>
       </c>
       <c r="R268">
-        <v>107.701099</v>
+        <v>111.280989</v>
       </c>
       <c r="S268">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T268">
-        <v>106.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45608.416956019</v>
+        <v>45702.417037037</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="G269">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
         <v>8.0</v>
       </c>
       <c r="K269" s="2">
         <v>45387.0</v>
       </c>
       <c r="L269" s="2">
         <v>49039.0</v>
       </c>
       <c r="M269">
         <v>2000</v>
       </c>
       <c r="N269">
         <v>10000.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
       <c r="P269">
-        <v>0.879121</v>
+        <v>2.989011</v>
       </c>
       <c r="Q269">
-        <v>105.879121</v>
+        <v>106.989011</v>
       </c>
       <c r="R269">
-        <v>107.679121</v>
+        <v>111.259011</v>
       </c>
       <c r="S269">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T269">
-        <v>106.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45607.417280093</v>
+        <v>45701.416921296</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="G270">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
         <v>8.0</v>
       </c>
       <c r="K270" s="2">
         <v>45387.0</v>
       </c>
       <c r="L270" s="2">
         <v>49039.0</v>
       </c>
       <c r="M270">
         <v>2000</v>
       </c>
       <c r="N270">
         <v>10000.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>0.857143</v>
+        <v>2.967033</v>
       </c>
       <c r="Q270">
-        <v>105.857143</v>
+        <v>106.967033</v>
       </c>
       <c r="R270">
-        <v>107.657143</v>
+        <v>111.237033</v>
       </c>
       <c r="S270">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T270">
-        <v>106.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45604.416944444</v>
+        <v>45700.416875</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="G271">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
         <v>8.0</v>
       </c>
       <c r="K271" s="2">
         <v>45387.0</v>
       </c>
       <c r="L271" s="2">
         <v>49039.0</v>
       </c>
       <c r="M271">
         <v>2000</v>
       </c>
       <c r="N271">
         <v>10000.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
       <c r="P271">
-        <v>0.835165</v>
+        <v>2.901099</v>
       </c>
       <c r="Q271">
-        <v>105.835165</v>
+        <v>106.901099</v>
       </c>
       <c r="R271">
-        <v>107.635165</v>
+        <v>111.171099</v>
       </c>
       <c r="S271">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T271">
-        <v>106.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45603.41693287</v>
+        <v>45699.416956019</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="G272">
-        <v>105.747253</v>
+        <v>107.395604</v>
       </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
         <v>8.0</v>
       </c>
       <c r="K272" s="2">
         <v>45387.0</v>
       </c>
       <c r="L272" s="2">
         <v>49039.0</v>
       </c>
       <c r="M272">
         <v>2000</v>
       </c>
       <c r="N272">
         <v>10000.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>0.813187</v>
+        <v>2.879121</v>
       </c>
       <c r="Q272">
-        <v>105.813187</v>
+        <v>106.879121</v>
       </c>
       <c r="R272">
-        <v>107.613187</v>
+        <v>111.149121</v>
       </c>
       <c r="S272">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T272">
-        <v>106.8</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45602.479467593</v>
+        <v>45698.417175926</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
-      <c r="F273">
-[...1 lines deleted...]
-      </c>
       <c r="G273">
-        <v>105.747253</v>
-[...2 lines deleted...]
-        <v>31824.1759</v>
+        <v>107.395604</v>
       </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
         <v>8.0</v>
       </c>
       <c r="K273" s="2">
         <v>45387.0</v>
       </c>
       <c r="L273" s="2">
         <v>49039.0</v>
       </c>
       <c r="M273">
         <v>2000</v>
       </c>
       <c r="N273">
         <v>10000.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>0.747253</v>
+        <v>2.857143</v>
       </c>
       <c r="Q273">
-        <v>105.747253</v>
+        <v>106.857143</v>
       </c>
       <c r="R273">
-        <v>107.547253</v>
+        <v>111.127143</v>
       </c>
       <c r="S273">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T273">
-        <v>106.8</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45601.423414352</v>
+        <v>45695.416909722</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="G274">
-        <v>103.703297</v>
+        <v>107.395604</v>
       </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
         <v>8.0</v>
       </c>
       <c r="K274" s="2">
         <v>45387.0</v>
       </c>
       <c r="L274" s="2">
         <v>49039.0</v>
       </c>
       <c r="M274">
         <v>2000</v>
       </c>
       <c r="N274">
         <v>10000.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>0.725275</v>
+        <v>2.835165</v>
       </c>
       <c r="Q274">
-        <v>105.725275</v>
+        <v>106.835165</v>
       </c>
       <c r="R274">
-        <v>106.725275</v>
+        <v>111.105165</v>
       </c>
       <c r="S274">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
       <c r="T274">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45600.588969907</v>
+        <v>45694.417384259</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
-      <c r="F275">
-[...1 lines deleted...]
-      </c>
       <c r="G275">
-        <v>103.703297</v>
-[...2 lines deleted...]
-        <v>10370.3297</v>
+        <v>107.395604</v>
       </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
         <v>8.0</v>
       </c>
       <c r="K275" s="2">
         <v>45387.0</v>
       </c>
       <c r="L275" s="2">
         <v>49039.0</v>
       </c>
       <c r="M275">
         <v>2000</v>
       </c>
       <c r="N275">
         <v>10000.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>0.703297</v>
+        <v>2.813187</v>
       </c>
       <c r="Q275">
-        <v>103.703297</v>
+        <v>106.813187</v>
       </c>
       <c r="R275">
-        <v>106.703297</v>
+        <v>111.083187</v>
       </c>
       <c r="S275">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T275">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45597.417233796</v>
+        <v>45693.417349537</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="G276">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
         <v>8.0</v>
       </c>
       <c r="K276" s="2">
         <v>45387.0</v>
       </c>
       <c r="L276" s="2">
         <v>49039.0</v>
       </c>
       <c r="M276">
         <v>2000</v>
       </c>
       <c r="N276">
         <v>10000.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
       <c r="P276">
-        <v>0.681319</v>
+        <v>2.747253</v>
       </c>
       <c r="Q276">
-        <v>103.681319</v>
+        <v>106.747253</v>
       </c>
       <c r="R276">
-        <v>106.681319</v>
+        <v>111.017253</v>
       </c>
       <c r="S276">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T276">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45596.417037037</v>
+        <v>45692.417002315</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
       <c r="G277">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
         <v>8.0</v>
       </c>
       <c r="K277" s="2">
         <v>45387.0</v>
       </c>
       <c r="L277" s="2">
         <v>49039.0</v>
       </c>
       <c r="M277">
         <v>2000</v>
       </c>
       <c r="N277">
         <v>10000.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>0.659341</v>
+        <v>2.725275</v>
       </c>
       <c r="Q277">
-        <v>103.659341</v>
+        <v>106.725275</v>
       </c>
       <c r="R277">
-        <v>106.659341</v>
+        <v>110.995275</v>
       </c>
       <c r="S277">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T277">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45595.416967593</v>
+        <v>45691.417037037</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="G278">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
         <v>8.0</v>
       </c>
       <c r="K278" s="2">
         <v>45387.0</v>
       </c>
       <c r="L278" s="2">
         <v>49039.0</v>
       </c>
       <c r="M278">
         <v>2000</v>
       </c>
       <c r="N278">
         <v>10000.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>0.593407</v>
+        <v>2.703297</v>
       </c>
       <c r="Q278">
-        <v>103.593407</v>
+        <v>106.703297</v>
       </c>
       <c r="R278">
-        <v>106.593407</v>
+        <v>110.973297</v>
       </c>
       <c r="S278">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T278">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45594.416979167</v>
+        <v>45688.416967593</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
       <c r="G279">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I279" t="s">
         <v>28</v>
       </c>
       <c r="J279">
         <v>8.0</v>
       </c>
       <c r="K279" s="2">
         <v>45387.0</v>
       </c>
       <c r="L279" s="2">
         <v>49039.0</v>
       </c>
       <c r="M279">
         <v>2000</v>
       </c>
       <c r="N279">
         <v>10000.0</v>
       </c>
       <c r="O279" t="s">
         <v>28</v>
       </c>
       <c r="P279">
-        <v>0.571429</v>
+        <v>2.681319</v>
       </c>
       <c r="Q279">
-        <v>103.571429</v>
+        <v>107.681319</v>
       </c>
       <c r="R279">
-        <v>106.571429</v>
+        <v>110.951319</v>
       </c>
       <c r="S279">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T279">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45593.417037037</v>
+        <v>45687.417094907</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
       <c r="G280">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I280" t="s">
         <v>28</v>
       </c>
       <c r="J280">
         <v>8.0</v>
       </c>
       <c r="K280" s="2">
         <v>45387.0</v>
       </c>
       <c r="L280" s="2">
         <v>49039.0</v>
       </c>
       <c r="M280">
         <v>2000</v>
       </c>
       <c r="N280">
         <v>10000.0</v>
       </c>
       <c r="O280" t="s">
         <v>28</v>
       </c>
       <c r="P280">
-        <v>0.549451</v>
+        <v>2.659341</v>
       </c>
       <c r="Q280">
-        <v>103.549451</v>
+        <v>107.659341</v>
       </c>
       <c r="R280">
-        <v>106.549451</v>
+        <v>110.929341</v>
       </c>
       <c r="S280">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T280">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45590.417164352</v>
+        <v>45686.416909722</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
       <c r="G281">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I281" t="s">
         <v>28</v>
       </c>
       <c r="J281">
         <v>8.0</v>
       </c>
       <c r="K281" s="2">
         <v>45387.0</v>
       </c>
       <c r="L281" s="2">
         <v>49039.0</v>
       </c>
       <c r="M281">
         <v>2000</v>
       </c>
       <c r="N281">
         <v>10000.0</v>
       </c>
       <c r="O281" t="s">
         <v>28</v>
       </c>
       <c r="P281">
-        <v>0.527473</v>
+        <v>2.593407</v>
       </c>
       <c r="Q281">
-        <v>103.527473</v>
+        <v>107.593407</v>
       </c>
       <c r="R281">
-        <v>106.527473</v>
+        <v>110.863407</v>
       </c>
       <c r="S281">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T281">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45589.487141204</v>
+        <v>45685.416979167</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="G282">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
         <v>8.0</v>
       </c>
       <c r="K282" s="2">
         <v>45387.0</v>
       </c>
       <c r="L282" s="2">
         <v>49039.0</v>
       </c>
       <c r="M282">
         <v>2000</v>
       </c>
       <c r="N282">
         <v>10000.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>0.505495</v>
+        <v>2.571429</v>
       </c>
       <c r="Q282">
-        <v>103.505495</v>
+        <v>107.571429</v>
       </c>
       <c r="R282">
-        <v>106.505495</v>
+        <v>110.841429</v>
       </c>
       <c r="S282">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T282">
-        <v>106.0</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45588.440150463</v>
+        <v>45684.417118056</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="G283">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
         <v>8.0</v>
       </c>
       <c r="K283" s="2">
         <v>45387.0</v>
       </c>
       <c r="L283" s="2">
         <v>49039.0</v>
       </c>
       <c r="M283">
         <v>2000</v>
       </c>
       <c r="N283">
         <v>10000.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>0.43956</v>
+        <v>2.549451</v>
       </c>
       <c r="Q283">
-        <v>103.43956</v>
+        <v>107.549451</v>
       </c>
       <c r="R283">
-        <v>107.3</v>
+        <v>110.819451</v>
       </c>
       <c r="S283">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T283">
-        <v>106.86044</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45587.422349537</v>
+        <v>45681.48681713</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
       <c r="G284">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
         <v>8.0</v>
       </c>
       <c r="K284" s="2">
         <v>45387.0</v>
       </c>
       <c r="L284" s="2">
         <v>49039.0</v>
       </c>
       <c r="M284">
         <v>2000</v>
       </c>
       <c r="N284">
         <v>10000.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>0.417582</v>
+        <v>2.527473</v>
       </c>
       <c r="Q284">
-        <v>103.417582</v>
+        <v>110.054973</v>
       </c>
       <c r="R284">
-        <v>107.2682</v>
+        <v>110.797473</v>
       </c>
       <c r="S284">
-        <v>103.0</v>
+        <v>107.5275</v>
       </c>
       <c r="T284">
-        <v>106.850618</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45586.421585648</v>
+        <v>45680.416990741</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
       <c r="G285">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
         <v>8.0</v>
       </c>
       <c r="K285" s="2">
         <v>45387.0</v>
       </c>
       <c r="L285" s="2">
         <v>49039.0</v>
       </c>
       <c r="M285">
         <v>2000</v>
       </c>
       <c r="N285">
         <v>10000.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>0.395604</v>
+        <v>2.505495</v>
       </c>
       <c r="Q285">
-        <v>103.395604</v>
+        <v>107.505495</v>
       </c>
       <c r="R285">
-        <v>107.2682</v>
+        <v>110.775495</v>
       </c>
       <c r="S285">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T285">
-        <v>106.872596</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
-        <v>45583.420173611</v>
+        <v>45679.416886574</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>25</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="G286">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I286" t="s">
         <v>28</v>
       </c>
       <c r="J286">
         <v>8.0</v>
       </c>
       <c r="K286" s="2">
         <v>45387.0</v>
       </c>
       <c r="L286" s="2">
         <v>49039.0</v>
       </c>
       <c r="M286">
         <v>2000</v>
       </c>
       <c r="N286">
         <v>10000.0</v>
       </c>
       <c r="O286" t="s">
         <v>28</v>
       </c>
       <c r="P286">
-        <v>0.373626</v>
+        <v>2.43956</v>
       </c>
       <c r="Q286">
-        <v>103.373626</v>
+        <v>107.43956</v>
       </c>
       <c r="R286">
-        <v>107.2682</v>
+        <v>110.70956</v>
       </c>
       <c r="S286">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T286">
-        <v>106.894574</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="287" spans="1:24">
       <c r="A287" s="2">
-        <v>45582.416875</v>
+        <v>45678.416990741</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
       <c r="G287">
-        <v>105.10989</v>
+        <v>107.395604</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
       <c r="J287">
         <v>8.0</v>
       </c>
       <c r="K287" s="2">
         <v>45387.0</v>
       </c>
       <c r="L287" s="2">
         <v>49039.0</v>
       </c>
       <c r="M287">
         <v>2000</v>
       </c>
       <c r="N287">
         <v>10000.0</v>
       </c>
       <c r="O287" t="s">
         <v>28</v>
       </c>
       <c r="P287">
-        <v>0.351648</v>
+        <v>2.417582</v>
       </c>
       <c r="Q287">
-        <v>103.351648</v>
+        <v>107.417582</v>
       </c>
       <c r="R287">
-        <v>107.251648</v>
+        <v>110.687582</v>
       </c>
       <c r="S287">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T287">
-        <v>106.9</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="288" spans="1:24">
       <c r="A288" s="2">
-        <v>45581.420509259</v>
+        <v>45677.61349537</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
+      <c r="F288">
+        <v>-2.62</v>
+      </c>
       <c r="G288">
-        <v>105.10989</v>
+        <v>107.395604</v>
+      </c>
+      <c r="H288">
+        <v>10739.5604</v>
       </c>
       <c r="I288" t="s">
         <v>28</v>
       </c>
       <c r="J288">
         <v>8.0</v>
       </c>
       <c r="K288" s="2">
         <v>45387.0</v>
       </c>
       <c r="L288" s="2">
         <v>49039.0</v>
       </c>
       <c r="M288">
         <v>2000</v>
       </c>
       <c r="N288">
         <v>10000.0</v>
       </c>
       <c r="O288" t="s">
         <v>28</v>
       </c>
       <c r="P288">
-        <v>0.285714</v>
+        <v>2.395604</v>
       </c>
       <c r="Q288">
-        <v>103.285714</v>
+        <v>107.395604</v>
       </c>
       <c r="R288">
-        <v>107.15</v>
+        <v>110.665604</v>
       </c>
       <c r="S288">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T288">
-        <v>106.864286</v>
+        <v>108.27</v>
+      </c>
+      <c r="X288">
+        <v>1</v>
       </c>
     </row>
     <row r="289" spans="1:24">
       <c r="A289" s="2">
-        <v>45580.420601852</v>
+        <v>45674.66037037</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="G289">
-        <v>105.10989</v>
+        <v>110.285714</v>
       </c>
       <c r="I289" t="s">
         <v>28</v>
       </c>
       <c r="J289">
         <v>8.0</v>
       </c>
       <c r="K289" s="2">
         <v>45387.0</v>
       </c>
       <c r="L289" s="2">
         <v>49039.0</v>
       </c>
       <c r="M289">
         <v>2000</v>
       </c>
       <c r="N289">
         <v>10000.0</v>
       </c>
       <c r="O289" t="s">
         <v>28</v>
       </c>
       <c r="P289">
-        <v>0.263736</v>
+        <v>2.373626</v>
       </c>
       <c r="Q289">
-        <v>103.263736</v>
+        <v>107.373626</v>
       </c>
       <c r="R289">
-        <v>107.15</v>
+        <v>109.673626</v>
       </c>
       <c r="S289">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T289">
-        <v>106.886264</v>
+        <v>107.3</v>
       </c>
     </row>
     <row r="290" spans="1:24">
       <c r="A290" s="2">
-        <v>45579.421678241</v>
+        <v>45673.417071759</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
       <c r="G290">
-        <v>105.10989</v>
+        <v>110.285714</v>
       </c>
       <c r="I290" t="s">
         <v>28</v>
       </c>
       <c r="J290">
         <v>8.0</v>
       </c>
       <c r="K290" s="2">
         <v>45387.0</v>
       </c>
       <c r="L290" s="2">
         <v>49039.0</v>
       </c>
       <c r="M290">
         <v>2000</v>
       </c>
       <c r="N290">
         <v>10000.0</v>
       </c>
       <c r="O290" t="s">
         <v>28</v>
       </c>
       <c r="P290">
-        <v>0.241758</v>
+        <v>2.351648</v>
       </c>
       <c r="Q290">
-        <v>103.241758</v>
+        <v>107.351648</v>
       </c>
       <c r="R290">
-        <v>107.1</v>
+        <v>110.351648</v>
       </c>
       <c r="S290">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T290">
-        <v>106.858242</v>
+        <v>108.0</v>
       </c>
     </row>
     <row r="291" spans="1:24">
       <c r="A291" s="2">
-        <v>45576.422141204</v>
+        <v>45672.581111111</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
+      <c r="F291">
+        <v>2.34</v>
+      </c>
       <c r="G291">
-        <v>105.10989</v>
+        <v>110.285714</v>
+      </c>
+      <c r="H291">
+        <v>11028.5714</v>
       </c>
       <c r="I291" t="s">
         <v>28</v>
       </c>
       <c r="J291">
         <v>8.0</v>
       </c>
       <c r="K291" s="2">
         <v>45387.0</v>
       </c>
       <c r="L291" s="2">
         <v>49039.0</v>
       </c>
       <c r="M291">
         <v>2000</v>
       </c>
       <c r="N291">
         <v>10000.0</v>
       </c>
       <c r="O291" t="s">
         <v>28</v>
       </c>
       <c r="P291">
-        <v>0.21978</v>
+        <v>2.285714</v>
       </c>
       <c r="Q291">
-        <v>103.21978</v>
+        <v>107.285714</v>
       </c>
       <c r="R291">
-        <v>107.1</v>
+        <v>110.285714</v>
       </c>
       <c r="S291">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T291">
-        <v>106.88022</v>
+        <v>108.0</v>
+      </c>
+      <c r="X291">
+        <v>1</v>
       </c>
     </row>
     <row r="292" spans="1:24">
       <c r="A292" s="2">
-        <v>45575.417025463</v>
+        <v>45671.455162037</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
       <c r="G292">
-        <v>105.10989</v>
+        <v>107.769264</v>
       </c>
       <c r="I292" t="s">
         <v>28</v>
       </c>
       <c r="J292">
         <v>8.0</v>
       </c>
       <c r="K292" s="2">
         <v>45387.0</v>
       </c>
       <c r="L292" s="2">
         <v>49039.0</v>
       </c>
       <c r="M292">
         <v>2000</v>
       </c>
       <c r="N292">
         <v>10000.0</v>
       </c>
       <c r="O292" t="s">
         <v>28</v>
       </c>
       <c r="P292">
-        <v>0.197802</v>
+        <v>2.263736</v>
       </c>
       <c r="Q292">
-        <v>103.197802</v>
+        <v>107.263736</v>
       </c>
       <c r="R292">
-        <v>107.097802</v>
+        <v>110.533736</v>
       </c>
       <c r="S292">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T292">
-        <v>106.9</v>
+        <v>108.27</v>
       </c>
     </row>
     <row r="293" spans="1:24">
       <c r="A293" s="2">
-        <v>45574.553043981</v>
+        <v>45670.417314815</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
       <c r="G293">
-        <v>105.10989</v>
+        <v>107.769264</v>
       </c>
       <c r="I293" t="s">
         <v>28</v>
       </c>
       <c r="J293">
         <v>8.0</v>
       </c>
       <c r="K293" s="2">
         <v>45387.0</v>
       </c>
       <c r="L293" s="2">
         <v>49039.0</v>
       </c>
       <c r="M293">
         <v>2000</v>
       </c>
       <c r="N293">
         <v>10000.0</v>
       </c>
       <c r="O293" t="s">
         <v>28</v>
       </c>
       <c r="P293">
-        <v>0.131868</v>
+        <v>2.241758</v>
       </c>
       <c r="Q293">
-        <v>103.131868</v>
+        <v>107.241758</v>
       </c>
       <c r="R293">
-        <v>107.031868</v>
+        <v>109.741758</v>
       </c>
       <c r="S293">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T293">
-        <v>106.9</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="294" spans="1:24">
       <c r="A294" s="2">
-        <v>45573.44869213</v>
+        <v>45667.416944444</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>25</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
-      <c r="F294">
-[...1 lines deleted...]
-      </c>
       <c r="G294">
-        <v>105.10989</v>
-[...2 lines deleted...]
-        <v>10510.989</v>
+        <v>107.769264</v>
       </c>
       <c r="I294" t="s">
         <v>28</v>
       </c>
       <c r="J294">
         <v>8.0</v>
       </c>
       <c r="K294" s="2">
         <v>45387.0</v>
       </c>
       <c r="L294" s="2">
         <v>49039.0</v>
       </c>
       <c r="M294">
         <v>2000</v>
       </c>
       <c r="N294">
         <v>10000.0</v>
       </c>
       <c r="O294" t="s">
         <v>28</v>
       </c>
       <c r="P294">
-        <v>0.10989</v>
+        <v>2.21978</v>
       </c>
       <c r="Q294">
-        <v>103.10989</v>
+        <v>107.21978</v>
       </c>
       <c r="R294">
-        <v>106.10989</v>
+        <v>109.71978</v>
       </c>
       <c r="S294">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T294">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="295" spans="1:24">
       <c r="A295" s="2">
-        <v>45572.514583333</v>
+        <v>45666.417175926</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>25</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
       <c r="G295">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I295" t="s">
         <v>28</v>
       </c>
       <c r="J295">
         <v>8.0</v>
       </c>
       <c r="K295" s="2">
         <v>45387.0</v>
       </c>
       <c r="L295" s="2">
         <v>49039.0</v>
       </c>
       <c r="M295">
         <v>2000</v>
       </c>
       <c r="N295">
         <v>10000.0</v>
       </c>
       <c r="O295" t="s">
         <v>28</v>
       </c>
       <c r="P295">
-        <v>0.087912</v>
+        <v>2.197802</v>
       </c>
       <c r="Q295">
-        <v>103.087912</v>
+        <v>107.197802</v>
       </c>
       <c r="R295">
-        <v>105.087912</v>
+        <v>109.697802</v>
       </c>
       <c r="S295">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T295">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="296" spans="1:24">
       <c r="A296" s="2">
-        <v>45569.416701389</v>
+        <v>45665.521284722</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>25</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="G296">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I296" t="s">
         <v>28</v>
       </c>
       <c r="J296">
         <v>8.0</v>
       </c>
       <c r="K296" s="2">
         <v>45387.0</v>
       </c>
       <c r="L296" s="2">
         <v>49039.0</v>
       </c>
       <c r="M296">
         <v>2000</v>
       </c>
       <c r="N296">
         <v>10000.0</v>
       </c>
       <c r="O296" t="s">
         <v>28</v>
       </c>
       <c r="P296">
-        <v>0.065934</v>
+        <v>2.131868</v>
       </c>
       <c r="Q296">
-        <v>100.065934</v>
+        <v>107.131868</v>
       </c>
       <c r="R296">
-        <v>105.065934</v>
+        <v>109.631868</v>
       </c>
       <c r="S296">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T296">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="297" spans="1:24">
       <c r="A297" s="2">
-        <v>45568.416770833</v>
+        <v>45664.416979167</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>25</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
       <c r="G297">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I297" t="s">
         <v>28</v>
       </c>
       <c r="J297">
         <v>8.0</v>
       </c>
       <c r="K297" s="2">
         <v>45387.0</v>
       </c>
       <c r="L297" s="2">
         <v>49039.0</v>
       </c>
       <c r="M297">
         <v>2000</v>
       </c>
       <c r="N297">
         <v>10000.0</v>
       </c>
       <c r="O297" t="s">
         <v>28</v>
       </c>
       <c r="P297">
-        <v>0.043956</v>
+        <v>2.10989</v>
       </c>
       <c r="Q297">
-        <v>100.043956</v>
+        <v>107.10989</v>
       </c>
       <c r="R297">
-        <v>105.043956</v>
+        <v>109.60989</v>
       </c>
       <c r="S297">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T297">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="298" spans="1:24">
       <c r="A298" s="2">
-        <v>45567.416759259</v>
+        <v>45663.461655093</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>25</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
       <c r="G298">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I298" t="s">
         <v>28</v>
       </c>
       <c r="J298">
         <v>8.0</v>
       </c>
       <c r="K298" s="2">
         <v>45387.0</v>
       </c>
       <c r="L298" s="2">
         <v>49039.0</v>
       </c>
       <c r="M298">
         <v>2000</v>
       </c>
       <c r="N298">
         <v>10000.0</v>
       </c>
       <c r="O298" t="s">
         <v>28</v>
       </c>
       <c r="P298">
-        <v>-0.021858</v>
+        <v>2.087912</v>
       </c>
       <c r="Q298">
-        <v>99.978142</v>
+        <v>107.087912</v>
       </c>
       <c r="R298">
-        <v>104.978142</v>
+        <v>109.587912</v>
       </c>
       <c r="S298">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T298">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="299" spans="1:24">
       <c r="A299" s="2">
-        <v>45566.461921296</v>
+        <v>45660.417037037</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>25</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
       <c r="G299">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I299" t="s">
         <v>28</v>
       </c>
       <c r="J299">
         <v>8.0</v>
       </c>
       <c r="K299" s="2">
         <v>45387.0</v>
       </c>
       <c r="L299" s="2">
         <v>49039.0</v>
       </c>
       <c r="M299">
         <v>2000</v>
       </c>
       <c r="N299">
         <v>10000.0</v>
       </c>
       <c r="O299" t="s">
         <v>28</v>
       </c>
       <c r="P299">
-        <v>-0.043716</v>
+        <v>2.065934</v>
       </c>
       <c r="Q299">
-        <v>99.956284</v>
+        <v>107.065934</v>
       </c>
       <c r="R299">
-        <v>104.956284</v>
+        <v>109.565934</v>
       </c>
       <c r="S299">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T299">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="300" spans="1:24">
       <c r="A300" s="2">
-        <v>45565.416840278</v>
+        <v>45659.485150463</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>25</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="G300">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I300" t="s">
         <v>28</v>
       </c>
       <c r="J300">
         <v>8.0</v>
       </c>
       <c r="K300" s="2">
         <v>45387.0</v>
       </c>
       <c r="L300" s="2">
         <v>49039.0</v>
       </c>
       <c r="M300">
         <v>2000</v>
       </c>
       <c r="N300">
         <v>10000.0</v>
       </c>
       <c r="O300" t="s">
         <v>28</v>
       </c>
       <c r="P300">
-        <v>-0.065574</v>
+        <v>2.043956</v>
       </c>
       <c r="Q300">
-        <v>99.934426</v>
+        <v>107.043956</v>
       </c>
       <c r="R300">
-        <v>104.934426</v>
+        <v>109.543956</v>
       </c>
       <c r="S300">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T300">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="301" spans="1:24">
       <c r="A301" s="2">
-        <v>45562.416712963</v>
+        <v>45656.355659722</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>25</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
       <c r="G301">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
       </c>
       <c r="J301">
         <v>8.0</v>
       </c>
       <c r="K301" s="2">
         <v>45387.0</v>
       </c>
       <c r="L301" s="2">
         <v>49039.0</v>
       </c>
       <c r="M301">
         <v>2000</v>
       </c>
       <c r="N301">
         <v>10000.0</v>
       </c>
       <c r="O301" t="s">
         <v>28</v>
       </c>
       <c r="P301">
-        <v>-0.087432</v>
-[...11 lines deleted...]
-        <v>105.0</v>
+        <v>1.956044</v>
       </c>
     </row>
     <row r="302" spans="1:24">
       <c r="A302" s="2">
-        <v>45561.416793981</v>
+        <v>45653.417175926</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
       <c r="G302">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I302" t="s">
         <v>28</v>
       </c>
       <c r="J302">
         <v>8.0</v>
       </c>
       <c r="K302" s="2">
         <v>45387.0</v>
       </c>
       <c r="L302" s="2">
         <v>49039.0</v>
       </c>
       <c r="M302">
         <v>2000</v>
       </c>
       <c r="N302">
         <v>10000.0</v>
       </c>
       <c r="O302" t="s">
         <v>28</v>
       </c>
       <c r="P302">
-        <v>-0.10929</v>
+        <v>1.912088</v>
       </c>
       <c r="Q302">
-        <v>99.89071</v>
+        <v>106.912088</v>
       </c>
       <c r="R302">
-        <v>104.89071</v>
+        <v>109.412088</v>
       </c>
       <c r="S302">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T302">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="303" spans="1:24">
       <c r="A303" s="2">
-        <v>45560.416793981</v>
+        <v>45649.356365741</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>25</v>
       </c>
       <c r="D303" t="s">
         <v>26</v>
       </c>
       <c r="E303" t="s">
         <v>27</v>
       </c>
       <c r="G303">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I303" t="s">
         <v>28</v>
       </c>
       <c r="J303">
         <v>8.0</v>
       </c>
       <c r="K303" s="2">
         <v>45387.0</v>
       </c>
       <c r="L303" s="2">
         <v>49039.0</v>
       </c>
       <c r="M303">
         <v>2000</v>
       </c>
       <c r="N303">
         <v>10000.0</v>
       </c>
       <c r="O303" t="s">
         <v>28</v>
       </c>
       <c r="P303">
-        <v>-0.174863</v>
-[...11 lines deleted...]
-        <v>105.0</v>
+        <v>1.824176</v>
       </c>
     </row>
     <row r="304" spans="1:24">
       <c r="A304" s="2">
-        <v>45559.585520833</v>
+        <v>45646.423009259</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>25</v>
       </c>
       <c r="D304" t="s">
         <v>26</v>
       </c>
       <c r="E304" t="s">
         <v>27</v>
       </c>
       <c r="G304">
-        <v>108.237705</v>
+        <v>107.769264</v>
       </c>
       <c r="I304" t="s">
         <v>28</v>
       </c>
       <c r="J304">
         <v>8.0</v>
       </c>
       <c r="K304" s="2">
         <v>45387.0</v>
       </c>
       <c r="L304" s="2">
         <v>49039.0</v>
       </c>
       <c r="M304">
         <v>2000</v>
       </c>
       <c r="N304">
         <v>10000.0</v>
       </c>
       <c r="O304" t="s">
         <v>28</v>
       </c>
       <c r="P304">
-        <v>-0.196721</v>
+        <v>1.758242</v>
       </c>
       <c r="Q304">
-        <v>99.803279</v>
+        <v>106.758242</v>
       </c>
       <c r="R304">
-        <v>104.803279</v>
+        <v>109.258242</v>
       </c>
       <c r="S304">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T304">
-        <v>105.0</v>
+        <v>107.5</v>
       </c>
     </row>
     <row r="305" spans="1:24">
       <c r="A305" s="2">
-        <v>45558.41693287</v>
+        <v>45645.548171296</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
+      <c r="F305">
+        <v>0.79</v>
+      </c>
       <c r="G305">
-        <v>108.237705</v>
+        <v>107.769264</v>
+      </c>
+      <c r="H305">
+        <v>10776.9264</v>
       </c>
       <c r="I305" t="s">
         <v>28</v>
       </c>
       <c r="J305">
         <v>8.0</v>
       </c>
       <c r="K305" s="2">
         <v>45387.0</v>
       </c>
       <c r="L305" s="2">
         <v>49039.0</v>
       </c>
       <c r="M305">
         <v>2000</v>
       </c>
       <c r="N305">
         <v>10000.0</v>
       </c>
       <c r="O305" t="s">
         <v>28</v>
       </c>
       <c r="P305">
-        <v>3.781421</v>
+        <v>1.736264</v>
       </c>
       <c r="Q305">
-        <v>103.781421</v>
+        <v>106.736264</v>
       </c>
       <c r="R305">
-        <v>109.781421</v>
+        <v>108.736264</v>
       </c>
       <c r="S305">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T305">
-        <v>106.0</v>
+        <v>107.0</v>
+      </c>
+      <c r="X305">
+        <v>1</v>
       </c>
     </row>
     <row r="306" spans="1:24">
       <c r="A306" s="2">
-        <v>45555.416782407</v>
+        <v>45644.554837963</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>25</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
+      <c r="F306">
+        <v>-0.58</v>
+      </c>
       <c r="G306">
-        <v>108.237705</v>
+        <v>106.92033</v>
+      </c>
+      <c r="H306">
+        <v>74819.231</v>
       </c>
       <c r="I306" t="s">
         <v>28</v>
       </c>
       <c r="J306">
         <v>8.0</v>
       </c>
       <c r="K306" s="2">
         <v>45387.0</v>
       </c>
       <c r="L306" s="2">
         <v>49039.0</v>
       </c>
       <c r="M306">
         <v>2000</v>
       </c>
       <c r="N306">
         <v>10000.0</v>
       </c>
       <c r="O306" t="s">
         <v>28</v>
       </c>
       <c r="P306">
-        <v>3.759563</v>
+        <v>1.67033</v>
       </c>
       <c r="Q306">
-        <v>103.759563</v>
+        <v>106.67033</v>
       </c>
       <c r="R306">
-        <v>109.759563</v>
+        <v>107.70333</v>
       </c>
       <c r="S306">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T306">
-        <v>106.0</v>
+        <v>106.033</v>
+      </c>
+      <c r="X306">
+        <v>2</v>
       </c>
     </row>
     <row r="307" spans="1:24">
       <c r="A307" s="2">
-        <v>45554.539259259</v>
+        <v>45643.546921296</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>25</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
-      <c r="F307">
-[...1 lines deleted...]
-      </c>
       <c r="G307">
-        <v>108.237705</v>
-[...2 lines deleted...]
-        <v>10823.7705</v>
+        <v>107.546484</v>
       </c>
       <c r="I307" t="s">
         <v>28</v>
       </c>
       <c r="J307">
         <v>8.0</v>
       </c>
       <c r="K307" s="2">
         <v>45387.0</v>
       </c>
       <c r="L307" s="2">
         <v>49039.0</v>
       </c>
       <c r="M307">
         <v>2000</v>
       </c>
       <c r="N307">
         <v>10000.0</v>
       </c>
       <c r="O307" t="s">
         <v>28</v>
       </c>
       <c r="P307">
-        <v>3.737705</v>
+        <v>1.648352</v>
       </c>
       <c r="Q307">
-        <v>103.737705</v>
+        <v>106.648352</v>
       </c>
       <c r="R307">
-        <v>109.737705</v>
+        <v>107.648352</v>
       </c>
       <c r="S307">
-        <v>100.0</v>
+        <v>105.0</v>
       </c>
       <c r="T307">
         <v>106.0</v>
       </c>
-      <c r="X307">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="308" spans="1:24">
       <c r="A308" s="2">
-        <v>45553.522974537</v>
+        <v>45642.417002315</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="G308">
-        <v>106.463388</v>
+        <v>107.546484</v>
       </c>
       <c r="I308" t="s">
         <v>28</v>
       </c>
       <c r="J308">
         <v>8.0</v>
       </c>
       <c r="K308" s="2">
         <v>45387.0</v>
       </c>
       <c r="L308" s="2">
         <v>49039.0</v>
       </c>
       <c r="M308">
         <v>2000</v>
       </c>
       <c r="N308">
         <v>10000.0</v>
       </c>
       <c r="O308" t="s">
         <v>28</v>
       </c>
       <c r="P308">
-        <v>3.672131</v>
+        <v>1.626374</v>
       </c>
       <c r="Q308">
-        <v>108.172131</v>
+        <v>106.626374</v>
       </c>
       <c r="R308">
-        <v>109.672131</v>
+        <v>107.659374</v>
       </c>
       <c r="S308">
-        <v>104.5</v>
+        <v>105.0</v>
       </c>
       <c r="T308">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="309" spans="1:24">
       <c r="A309" s="2">
-        <v>45552.608310185</v>
+        <v>45639.472048611</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>25</v>
       </c>
       <c r="D309" t="s">
         <v>26</v>
       </c>
       <c r="E309" t="s">
         <v>27</v>
       </c>
       <c r="G309">
-        <v>106.463388</v>
+        <v>107.546484</v>
       </c>
       <c r="I309" t="s">
         <v>28</v>
       </c>
       <c r="J309">
         <v>8.0</v>
       </c>
       <c r="K309" s="2">
         <v>45387.0</v>
       </c>
       <c r="L309" s="2">
         <v>49039.0</v>
       </c>
       <c r="M309">
         <v>2000</v>
       </c>
       <c r="N309">
         <v>10000.0</v>
       </c>
       <c r="O309" t="s">
         <v>28</v>
       </c>
       <c r="P309">
-        <v>3.650273</v>
+        <v>1.604396</v>
       </c>
       <c r="Q309">
-        <v>108.150273</v>
+        <v>107.6</v>
       </c>
       <c r="R309">
-        <v>109.650273</v>
+        <v>107.637396</v>
       </c>
       <c r="S309">
-        <v>104.5</v>
+        <v>105.995604</v>
       </c>
       <c r="T309">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="310" spans="1:24">
       <c r="A310" s="2">
-        <v>45551.416747685</v>
+        <v>45638.417199074</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
       <c r="G310">
-        <v>106.463388</v>
+        <v>107.546484</v>
       </c>
       <c r="I310" t="s">
         <v>28</v>
       </c>
       <c r="J310">
         <v>8.0</v>
       </c>
       <c r="K310" s="2">
         <v>45387.0</v>
       </c>
       <c r="L310" s="2">
         <v>49039.0</v>
       </c>
       <c r="M310">
         <v>2000</v>
       </c>
       <c r="N310">
         <v>10000.0</v>
       </c>
       <c r="O310" t="s">
         <v>28</v>
       </c>
       <c r="P310">
-        <v>3.628415</v>
+        <v>1.582418</v>
       </c>
       <c r="Q310">
-        <v>105.628415</v>
+        <v>106.582418</v>
       </c>
       <c r="R310">
-        <v>109.628415</v>
+        <v>107.615418</v>
       </c>
       <c r="S310">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T310">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="311" spans="1:24">
       <c r="A311" s="2">
-        <v>45548.416886574</v>
+        <v>45637.578541667</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
+      <c r="F311">
+        <v>1.41</v>
+      </c>
       <c r="G311">
-        <v>106.463388</v>
+        <v>107.546484</v>
+      </c>
+      <c r="H311">
+        <v>21506.2968</v>
       </c>
       <c r="I311" t="s">
         <v>28</v>
       </c>
       <c r="J311">
         <v>8.0</v>
       </c>
       <c r="K311" s="2">
         <v>45387.0</v>
       </c>
       <c r="L311" s="2">
         <v>49039.0</v>
       </c>
       <c r="M311">
         <v>2000</v>
       </c>
       <c r="N311">
         <v>10000.0</v>
       </c>
       <c r="O311" t="s">
         <v>28</v>
       </c>
       <c r="P311">
-        <v>3.606557</v>
+        <v>1.516484</v>
       </c>
       <c r="Q311">
-        <v>105.606557</v>
+        <v>106.516484</v>
       </c>
       <c r="R311">
-        <v>109.606557</v>
+        <v>107.549484</v>
       </c>
       <c r="S311">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T311">
-        <v>106.0</v>
+        <v>106.033</v>
+      </c>
+      <c r="X311">
+        <v>2</v>
       </c>
     </row>
     <row r="312" spans="1:24">
       <c r="A312" s="2">
-        <v>45547.416851852</v>
+        <v>45636.416979167</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>25</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="G312">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I312" t="s">
         <v>28</v>
       </c>
       <c r="J312">
         <v>8.0</v>
       </c>
       <c r="K312" s="2">
         <v>45387.0</v>
       </c>
       <c r="L312" s="2">
         <v>49039.0</v>
       </c>
       <c r="M312">
         <v>2000</v>
       </c>
       <c r="N312">
         <v>10000.0</v>
       </c>
       <c r="O312" t="s">
         <v>28</v>
       </c>
       <c r="P312">
-        <v>3.584699</v>
+        <v>1.494505</v>
       </c>
       <c r="Q312">
-        <v>105.584699</v>
+        <v>106.494505</v>
       </c>
       <c r="R312">
-        <v>109.584699</v>
+        <v>107.494505</v>
       </c>
       <c r="S312">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T312">
         <v>106.0</v>
       </c>
     </row>
     <row r="313" spans="1:24">
       <c r="A313" s="2">
-        <v>45546.416770833</v>
+        <v>45635.417106481</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="G313">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I313" t="s">
         <v>28</v>
       </c>
       <c r="J313">
         <v>8.0</v>
       </c>
       <c r="K313" s="2">
         <v>45387.0</v>
       </c>
       <c r="L313" s="2">
         <v>49039.0</v>
       </c>
       <c r="M313">
         <v>2000</v>
       </c>
       <c r="N313">
         <v>10000.0</v>
       </c>
       <c r="O313" t="s">
         <v>28</v>
       </c>
       <c r="P313">
-        <v>3.519126</v>
+        <v>1.472527</v>
       </c>
       <c r="Q313">
-        <v>105.519126</v>
+        <v>106.472527</v>
       </c>
       <c r="R313">
-        <v>109.519126</v>
+        <v>107.472527</v>
       </c>
       <c r="S313">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T313">
         <v>106.0</v>
       </c>
     </row>
     <row r="314" spans="1:24">
       <c r="A314" s="2">
-        <v>45545.416736111</v>
+        <v>45632.417060185</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
       <c r="G314">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I314" t="s">
         <v>28</v>
       </c>
       <c r="J314">
         <v>8.0</v>
       </c>
       <c r="K314" s="2">
         <v>45387.0</v>
       </c>
       <c r="L314" s="2">
         <v>49039.0</v>
       </c>
       <c r="M314">
         <v>2000</v>
       </c>
       <c r="N314">
         <v>10000.0</v>
       </c>
       <c r="O314" t="s">
         <v>28</v>
       </c>
       <c r="P314">
-        <v>3.497268</v>
+        <v>1.450549</v>
       </c>
       <c r="Q314">
-        <v>107.497268</v>
+        <v>106.450549</v>
       </c>
       <c r="R314">
-        <v>109.497268</v>
+        <v>107.450549</v>
       </c>
       <c r="S314">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
       <c r="T314">
         <v>106.0</v>
       </c>
     </row>
     <row r="315" spans="1:24">
       <c r="A315" s="2">
-        <v>45544.416886574</v>
+        <v>45631.4171875</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
       <c r="G315">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I315" t="s">
         <v>28</v>
       </c>
       <c r="J315">
         <v>8.0</v>
       </c>
       <c r="K315" s="2">
         <v>45387.0</v>
       </c>
       <c r="L315" s="2">
         <v>49039.0</v>
       </c>
       <c r="M315">
         <v>2000</v>
       </c>
       <c r="N315">
         <v>10000.0</v>
       </c>
       <c r="O315" t="s">
         <v>28</v>
       </c>
       <c r="P315">
-        <v>3.47541</v>
+        <v>1.428571</v>
       </c>
       <c r="Q315">
-        <v>107.47541</v>
+        <v>106.428571</v>
       </c>
       <c r="R315">
-        <v>109.47541</v>
+        <v>107.428571</v>
       </c>
       <c r="S315">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
       <c r="T315">
         <v>106.0</v>
       </c>
     </row>
     <row r="316" spans="1:24">
       <c r="A316" s="2">
-        <v>45541.519618056</v>
+        <v>45630.416921296</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>25</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="G316">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I316" t="s">
         <v>28</v>
       </c>
       <c r="J316">
         <v>8.0</v>
       </c>
       <c r="K316" s="2">
         <v>45387.0</v>
       </c>
       <c r="L316" s="2">
         <v>49039.0</v>
       </c>
       <c r="M316">
         <v>2000</v>
       </c>
       <c r="N316">
         <v>10000.0</v>
       </c>
       <c r="O316" t="s">
         <v>28</v>
       </c>
       <c r="P316">
-        <v>3.453552</v>
+        <v>1.362637</v>
       </c>
       <c r="Q316">
-        <v>107.453552</v>
+        <v>106.362637</v>
       </c>
       <c r="R316">
-        <v>109.453552</v>
+        <v>107.362637</v>
       </c>
       <c r="S316">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
       <c r="T316">
         <v>106.0</v>
       </c>
     </row>
     <row r="317" spans="1:24">
       <c r="A317" s="2">
-        <v>45540.416990741</v>
+        <v>45629.417268519</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>25</v>
       </c>
       <c r="D317" t="s">
         <v>26</v>
       </c>
       <c r="E317" t="s">
         <v>27</v>
       </c>
       <c r="G317">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I317" t="s">
         <v>28</v>
       </c>
       <c r="J317">
         <v>8.0</v>
       </c>
       <c r="K317" s="2">
         <v>45387.0</v>
       </c>
       <c r="L317" s="2">
         <v>49039.0</v>
       </c>
       <c r="M317">
         <v>2000</v>
       </c>
       <c r="N317">
         <v>10000.0</v>
       </c>
       <c r="O317" t="s">
         <v>28</v>
       </c>
       <c r="P317">
-        <v>3.431694</v>
+        <v>1.340659</v>
       </c>
       <c r="Q317">
-        <v>105.431694</v>
+        <v>106.340659</v>
       </c>
       <c r="R317">
-        <v>109.431694</v>
+        <v>107.340659</v>
       </c>
       <c r="S317">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T317">
         <v>106.0</v>
       </c>
     </row>
     <row r="318" spans="1:24">
       <c r="A318" s="2">
-        <v>45539.416944444</v>
+        <v>45628.525358796</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>25</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
       <c r="G318">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I318" t="s">
         <v>28</v>
       </c>
       <c r="J318">
         <v>8.0</v>
       </c>
       <c r="K318" s="2">
         <v>45387.0</v>
       </c>
       <c r="L318" s="2">
         <v>49039.0</v>
       </c>
       <c r="M318">
         <v>2000</v>
       </c>
       <c r="N318">
         <v>10000.0</v>
       </c>
       <c r="O318" t="s">
         <v>28</v>
       </c>
       <c r="P318">
-        <v>3.36612</v>
+        <v>1.318681</v>
       </c>
       <c r="Q318">
-        <v>105.36612</v>
+        <v>106.318681</v>
       </c>
       <c r="R318">
-        <v>109.36612</v>
+        <v>107.318681</v>
       </c>
       <c r="S318">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
       <c r="T318">
         <v>106.0</v>
       </c>
     </row>
     <row r="319" spans="1:24">
       <c r="A319" s="2">
-        <v>45538.540104167</v>
+        <v>45625.416956019</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="G319">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I319" t="s">
         <v>28</v>
       </c>
       <c r="J319">
         <v>8.0</v>
       </c>
       <c r="K319" s="2">
         <v>45387.0</v>
       </c>
       <c r="L319" s="2">
         <v>49039.0</v>
       </c>
       <c r="M319">
         <v>2000</v>
       </c>
       <c r="N319">
         <v>10000.0</v>
       </c>
       <c r="O319" t="s">
         <v>28</v>
       </c>
       <c r="P319">
-        <v>3.344262</v>
+        <v>1.296703</v>
       </c>
       <c r="Q319">
-        <v>105.344262</v>
+        <v>105.796703</v>
       </c>
       <c r="R319">
-        <v>109.344262</v>
+        <v>107.329703</v>
       </c>
       <c r="S319">
-        <v>102.0</v>
+        <v>104.5</v>
       </c>
       <c r="T319">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="320" spans="1:24">
       <c r="A320" s="2">
-        <v>45537.536226852</v>
+        <v>45624.417013889</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
       <c r="G320">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I320" t="s">
         <v>28</v>
       </c>
       <c r="J320">
         <v>8.0</v>
       </c>
       <c r="K320" s="2">
         <v>45387.0</v>
       </c>
       <c r="L320" s="2">
         <v>49039.0</v>
       </c>
       <c r="M320">
         <v>2000</v>
       </c>
       <c r="N320">
         <v>10000.0</v>
       </c>
       <c r="O320" t="s">
         <v>28</v>
       </c>
       <c r="P320">
-        <v>3.322404</v>
+        <v>1.274725</v>
       </c>
       <c r="Q320">
-        <v>103.322404</v>
+        <v>105.774725</v>
       </c>
       <c r="R320">
-        <v>109.322404</v>
+        <v>107.307725</v>
       </c>
       <c r="S320">
-        <v>100.0</v>
+        <v>104.5</v>
       </c>
       <c r="T320">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="321" spans="1:24">
       <c r="A321" s="2">
-        <v>45534.416898148</v>
+        <v>45623.571053241</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>25</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="G321">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I321" t="s">
         <v>28</v>
       </c>
       <c r="J321">
         <v>8.0</v>
       </c>
       <c r="K321" s="2">
         <v>45387.0</v>
       </c>
       <c r="L321" s="2">
         <v>49039.0</v>
       </c>
       <c r="M321">
         <v>2000</v>
       </c>
       <c r="N321">
         <v>10000.0</v>
       </c>
       <c r="O321" t="s">
         <v>28</v>
       </c>
       <c r="P321">
-        <v>3.300546</v>
+        <v>1.208791</v>
       </c>
       <c r="Q321">
-        <v>103.300546</v>
+        <v>105.708791</v>
       </c>
       <c r="R321">
-        <v>109.300546</v>
+        <v>107.241791</v>
       </c>
       <c r="S321">
-        <v>100.0</v>
+        <v>104.5</v>
       </c>
       <c r="T321">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="322" spans="1:24">
       <c r="A322" s="2">
-        <v>45533.629733796</v>
+        <v>45622.417002315</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>25</v>
       </c>
       <c r="D322" t="s">
         <v>26</v>
       </c>
       <c r="E322" t="s">
         <v>27</v>
       </c>
       <c r="G322">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I322" t="s">
         <v>28</v>
       </c>
       <c r="J322">
         <v>8.0</v>
       </c>
       <c r="K322" s="2">
         <v>45387.0</v>
       </c>
       <c r="L322" s="2">
         <v>49039.0</v>
       </c>
       <c r="M322">
         <v>2000</v>
       </c>
       <c r="N322">
         <v>10000.0</v>
       </c>
       <c r="O322" t="s">
         <v>28</v>
       </c>
       <c r="P322">
-        <v>3.278689</v>
+        <v>1.186813</v>
       </c>
       <c r="Q322">
-        <v>103.278689</v>
+        <v>105.686813</v>
       </c>
       <c r="R322">
-        <v>109.278689</v>
+        <v>107.219813</v>
       </c>
       <c r="S322">
-        <v>100.0</v>
+        <v>104.5</v>
       </c>
       <c r="T322">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="323" spans="1:24">
       <c r="A323" s="2">
-        <v>45532.416979167</v>
+        <v>45621.417256944</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>25</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
         <v>27</v>
       </c>
       <c r="G323">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I323" t="s">
         <v>28</v>
       </c>
       <c r="J323">
         <v>8.0</v>
       </c>
       <c r="K323" s="2">
         <v>45387.0</v>
       </c>
       <c r="L323" s="2">
         <v>49039.0</v>
       </c>
       <c r="M323">
         <v>2000</v>
       </c>
       <c r="N323">
         <v>10000.0</v>
       </c>
       <c r="O323" t="s">
         <v>28</v>
       </c>
       <c r="P323">
-        <v>3.213115</v>
+        <v>1.164835</v>
       </c>
       <c r="Q323">
-        <v>106.813115</v>
+        <v>105.664835</v>
       </c>
       <c r="R323">
-        <v>109.213115</v>
+        <v>107.197835</v>
       </c>
       <c r="S323">
-        <v>103.6</v>
+        <v>104.5</v>
       </c>
       <c r="T323">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="324" spans="1:24">
       <c r="A324" s="2">
-        <v>45531.416875</v>
+        <v>45618.417037037</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>25</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="G324">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I324" t="s">
         <v>28</v>
       </c>
       <c r="J324">
         <v>8.0</v>
       </c>
       <c r="K324" s="2">
         <v>45387.0</v>
       </c>
       <c r="L324" s="2">
         <v>49039.0</v>
       </c>
       <c r="M324">
         <v>2000</v>
       </c>
       <c r="N324">
         <v>10000.0</v>
       </c>
       <c r="O324" t="s">
         <v>28</v>
       </c>
       <c r="P324">
-        <v>3.191257</v>
+        <v>1.142857</v>
       </c>
       <c r="Q324">
-        <v>106.791257</v>
+        <v>105.642857</v>
       </c>
       <c r="R324">
-        <v>109.191257</v>
+        <v>107.175857</v>
       </c>
       <c r="S324">
-        <v>103.6</v>
+        <v>104.5</v>
       </c>
       <c r="T324">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="325" spans="1:24">
       <c r="A325" s="2">
-        <v>45530.416770833</v>
+        <v>45617.417037037</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>25</v>
       </c>
       <c r="D325" t="s">
         <v>26</v>
       </c>
       <c r="E325" t="s">
         <v>27</v>
       </c>
       <c r="G325">
-        <v>106.463388</v>
+        <v>106.054945</v>
       </c>
       <c r="I325" t="s">
         <v>28</v>
       </c>
       <c r="J325">
         <v>8.0</v>
       </c>
       <c r="K325" s="2">
         <v>45387.0</v>
       </c>
       <c r="L325" s="2">
         <v>49039.0</v>
       </c>
       <c r="M325">
         <v>2000</v>
       </c>
       <c r="N325">
         <v>10000.0</v>
       </c>
       <c r="O325" t="s">
         <v>28</v>
       </c>
       <c r="P325">
-        <v>3.169399</v>
+        <v>1.120879</v>
       </c>
       <c r="Q325">
-        <v>106.769399</v>
+        <v>105.620879</v>
       </c>
       <c r="R325">
-        <v>109.169399</v>
+        <v>107.153879</v>
       </c>
       <c r="S325">
-        <v>103.6</v>
+        <v>104.5</v>
       </c>
       <c r="T325">
-        <v>106.0</v>
+        <v>106.033</v>
       </c>
     </row>
     <row r="326" spans="1:24">
       <c r="A326" s="2">
-        <v>45527.416875</v>
+        <v>45616.613865741</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>25</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
+      <c r="F326">
+        <v>0.29</v>
+      </c>
       <c r="G326">
-        <v>106.463388</v>
+        <v>106.054945</v>
+      </c>
+      <c r="H326">
+        <v>31816.4835</v>
       </c>
       <c r="I326" t="s">
         <v>28</v>
       </c>
       <c r="J326">
         <v>8.0</v>
       </c>
       <c r="K326" s="2">
         <v>45387.0</v>
       </c>
       <c r="L326" s="2">
         <v>49039.0</v>
       </c>
       <c r="M326">
         <v>2000</v>
       </c>
       <c r="N326">
         <v>10000.0</v>
       </c>
       <c r="O326" t="s">
         <v>28</v>
       </c>
       <c r="P326">
-        <v>3.147541</v>
+        <v>1.054945</v>
       </c>
       <c r="Q326">
-        <v>106.747541</v>
+        <v>105.554945</v>
       </c>
       <c r="R326">
-        <v>109.147541</v>
+        <v>107.087945</v>
       </c>
       <c r="S326">
-        <v>103.6</v>
+        <v>104.5</v>
       </c>
       <c r="T326">
-        <v>106.0</v>
+        <v>106.033</v>
+      </c>
+      <c r="X326">
+        <v>1</v>
       </c>
     </row>
     <row r="327" spans="1:24">
       <c r="A327" s="2">
-        <v>45526.416805556</v>
+        <v>45615.41724537</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>25</v>
       </c>
       <c r="D327" t="s">
         <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>27</v>
       </c>
       <c r="G327">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I327" t="s">
         <v>28</v>
       </c>
       <c r="J327">
         <v>8.0</v>
       </c>
       <c r="K327" s="2">
         <v>45387.0</v>
       </c>
       <c r="L327" s="2">
         <v>49039.0</v>
       </c>
       <c r="M327">
         <v>2000</v>
       </c>
       <c r="N327">
         <v>10000.0</v>
       </c>
       <c r="O327" t="s">
         <v>28</v>
       </c>
       <c r="P327">
-        <v>3.125683</v>
+        <v>1.032967</v>
       </c>
       <c r="Q327">
-        <v>106.725683</v>
+        <v>106.032967</v>
       </c>
       <c r="R327">
-        <v>109.125683</v>
+        <v>107.832967</v>
       </c>
       <c r="S327">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T327">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="328" spans="1:24">
       <c r="A328" s="2">
-        <v>45525.416793981</v>
+        <v>45614.356712963</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>25</v>
       </c>
       <c r="D328" t="s">
         <v>26</v>
       </c>
       <c r="E328" t="s">
         <v>27</v>
       </c>
       <c r="G328">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I328" t="s">
         <v>28</v>
       </c>
       <c r="J328">
         <v>8.0</v>
       </c>
       <c r="K328" s="2">
         <v>45387.0</v>
       </c>
       <c r="L328" s="2">
         <v>49039.0</v>
       </c>
       <c r="M328">
         <v>2000</v>
       </c>
       <c r="N328">
         <v>10000.0</v>
       </c>
       <c r="O328" t="s">
         <v>28</v>
       </c>
       <c r="P328">
-        <v>3.060109</v>
-[...11 lines deleted...]
-        <v>106.0</v>
+        <v>1.010989</v>
       </c>
     </row>
     <row r="329" spans="1:24">
       <c r="A329" s="2">
-        <v>45524.416678241</v>
+        <v>45611.417013889</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="G329">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I329" t="s">
         <v>28</v>
       </c>
       <c r="J329">
         <v>8.0</v>
       </c>
       <c r="K329" s="2">
         <v>45387.0</v>
       </c>
       <c r="L329" s="2">
         <v>49039.0</v>
       </c>
       <c r="M329">
         <v>2000</v>
       </c>
       <c r="N329">
         <v>10000.0</v>
       </c>
       <c r="O329" t="s">
         <v>28</v>
       </c>
       <c r="P329">
-        <v>3.038251</v>
+        <v>0.989011</v>
       </c>
       <c r="Q329">
-        <v>106.638251</v>
+        <v>105.989011</v>
       </c>
       <c r="R329">
-        <v>109.038251</v>
+        <v>107.789011</v>
       </c>
       <c r="S329">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T329">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="330" spans="1:24">
       <c r="A330" s="2">
-        <v>45523.416851852</v>
+        <v>45610.417118056</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="G330">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I330" t="s">
         <v>28</v>
       </c>
       <c r="J330">
         <v>8.0</v>
       </c>
       <c r="K330" s="2">
         <v>45387.0</v>
       </c>
       <c r="L330" s="2">
         <v>49039.0</v>
       </c>
       <c r="M330">
         <v>2000</v>
       </c>
       <c r="N330">
         <v>10000.0</v>
       </c>
       <c r="O330" t="s">
         <v>28</v>
       </c>
       <c r="P330">
-        <v>3.016393</v>
+        <v>0.967033</v>
       </c>
       <c r="Q330">
-        <v>106.616393</v>
+        <v>105.967033</v>
       </c>
       <c r="R330">
-        <v>109.016393</v>
+        <v>107.767033</v>
       </c>
       <c r="S330">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T330">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="331" spans="1:24">
       <c r="A331" s="2">
-        <v>45520.416956019</v>
+        <v>45609.417013889</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="G331">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I331" t="s">
         <v>28</v>
       </c>
       <c r="J331">
         <v>8.0</v>
       </c>
       <c r="K331" s="2">
         <v>45387.0</v>
       </c>
       <c r="L331" s="2">
         <v>49039.0</v>
       </c>
       <c r="M331">
         <v>2000</v>
       </c>
       <c r="N331">
         <v>10000.0</v>
       </c>
       <c r="O331" t="s">
         <v>28</v>
       </c>
       <c r="P331">
-        <v>2.994536</v>
+        <v>0.901099</v>
       </c>
       <c r="Q331">
-        <v>106.594536</v>
+        <v>105.901099</v>
       </c>
       <c r="R331">
-        <v>108.994536</v>
+        <v>107.701099</v>
       </c>
       <c r="S331">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T331">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="332" spans="1:24">
       <c r="A332" s="2">
-        <v>45519.451921296</v>
+        <v>45608.416956019</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="G332">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I332" t="s">
         <v>28</v>
       </c>
       <c r="J332">
         <v>8.0</v>
       </c>
       <c r="K332" s="2">
         <v>45387.0</v>
       </c>
       <c r="L332" s="2">
         <v>49039.0</v>
       </c>
       <c r="M332">
         <v>2000</v>
       </c>
       <c r="N332">
         <v>10000.0</v>
       </c>
       <c r="O332" t="s">
         <v>28</v>
       </c>
       <c r="P332">
-        <v>2.972678</v>
+        <v>0.879121</v>
       </c>
       <c r="Q332">
-        <v>106.572678</v>
+        <v>105.879121</v>
       </c>
       <c r="R332">
-        <v>108.572</v>
+        <v>107.679121</v>
       </c>
       <c r="S332">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T332">
-        <v>105.599322</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="333" spans="1:24">
       <c r="A333" s="2">
-        <v>45518.416886574</v>
+        <v>45607.417280093</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="G333">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
       <c r="J333">
         <v>8.0</v>
       </c>
       <c r="K333" s="2">
         <v>45387.0</v>
       </c>
       <c r="L333" s="2">
         <v>49039.0</v>
       </c>
       <c r="M333">
         <v>2000</v>
       </c>
       <c r="N333">
         <v>10000.0</v>
       </c>
       <c r="O333" t="s">
         <v>28</v>
       </c>
       <c r="P333">
-        <v>2.907104</v>
+        <v>0.857143</v>
       </c>
       <c r="Q333">
-        <v>106.507104</v>
+        <v>105.857143</v>
       </c>
       <c r="R333">
-        <v>108.907104</v>
+        <v>107.657143</v>
       </c>
       <c r="S333">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T333">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="334" spans="1:24">
       <c r="A334" s="2">
-        <v>45517.41693287</v>
+        <v>45604.416944444</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="G334">
-        <v>106.463388</v>
+        <v>105.747253</v>
       </c>
       <c r="I334" t="s">
         <v>28</v>
       </c>
       <c r="J334">
         <v>8.0</v>
       </c>
       <c r="K334" s="2">
         <v>45387.0</v>
       </c>
       <c r="L334" s="2">
         <v>49039.0</v>
       </c>
       <c r="M334">
         <v>2000</v>
       </c>
       <c r="N334">
         <v>10000.0</v>
       </c>
       <c r="O334" t="s">
         <v>28</v>
       </c>
       <c r="P334">
-        <v>2.885246</v>
+        <v>0.835165</v>
       </c>
       <c r="Q334">
-        <v>106.485246</v>
+        <v>105.835165</v>
       </c>
       <c r="R334">
-        <v>108.885246</v>
+        <v>107.635165</v>
       </c>
       <c r="S334">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T334">
-        <v>106.0</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="335" spans="1:24">
       <c r="A335" s="2">
-        <v>45516.550902778</v>
+        <v>45603.41693287</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
-      <c r="F335">
-[...1 lines deleted...]
-      </c>
       <c r="G335">
-        <v>106.463388</v>
-[...2 lines deleted...]
-        <v>10646.3388</v>
+        <v>105.747253</v>
       </c>
       <c r="I335" t="s">
         <v>28</v>
       </c>
       <c r="J335">
         <v>8.0</v>
       </c>
       <c r="K335" s="2">
         <v>45387.0</v>
       </c>
       <c r="L335" s="2">
         <v>49039.0</v>
       </c>
       <c r="M335">
         <v>2000</v>
       </c>
       <c r="N335">
         <v>10000.0</v>
       </c>
       <c r="O335" t="s">
         <v>28</v>
       </c>
       <c r="P335">
-        <v>2.863388</v>
+        <v>0.813187</v>
       </c>
       <c r="Q335">
-        <v>106.463388</v>
+        <v>105.813187</v>
       </c>
       <c r="R335">
-        <v>108.863388</v>
+        <v>107.613187</v>
       </c>
       <c r="S335">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T335">
-        <v>106.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.8</v>
       </c>
     </row>
     <row r="336" spans="1:24">
       <c r="A336" s="2">
-        <v>45513.416875</v>
+        <v>45602.479467593</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>25</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
+      <c r="F336">
+        <v>1.97</v>
+      </c>
       <c r="G336">
-        <v>107.557377</v>
+        <v>105.747253</v>
+      </c>
+      <c r="H336">
+        <v>31824.1759</v>
       </c>
       <c r="I336" t="s">
         <v>28</v>
       </c>
       <c r="J336">
         <v>8.0</v>
       </c>
       <c r="K336" s="2">
         <v>45387.0</v>
       </c>
       <c r="L336" s="2">
         <v>49039.0</v>
       </c>
       <c r="M336">
         <v>2000</v>
       </c>
       <c r="N336">
         <v>10000.0</v>
       </c>
       <c r="O336" t="s">
         <v>28</v>
       </c>
       <c r="P336">
-        <v>2.84153</v>
+        <v>0.747253</v>
       </c>
       <c r="Q336">
-        <v>106.44153</v>
+        <v>105.747253</v>
       </c>
       <c r="R336">
-        <v>108.84153</v>
+        <v>107.547253</v>
       </c>
       <c r="S336">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T336">
-        <v>106.0</v>
+        <v>106.8</v>
+      </c>
+      <c r="X336">
+        <v>3</v>
       </c>
     </row>
     <row r="337" spans="1:24">
       <c r="A337" s="2">
-        <v>45512.417233796</v>
+        <v>45601.423414352</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>25</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
       <c r="G337">
-        <v>107.557377</v>
+        <v>103.703297</v>
       </c>
       <c r="I337" t="s">
         <v>28</v>
       </c>
       <c r="J337">
         <v>8.0</v>
       </c>
       <c r="K337" s="2">
         <v>45387.0</v>
       </c>
       <c r="L337" s="2">
         <v>49039.0</v>
       </c>
       <c r="M337">
         <v>2000</v>
       </c>
       <c r="N337">
         <v>10000.0</v>
       </c>
       <c r="O337" t="s">
         <v>28</v>
       </c>
       <c r="P337">
-        <v>2.819672</v>
+        <v>0.725275</v>
       </c>
       <c r="Q337">
-        <v>106.419672</v>
+        <v>105.725275</v>
       </c>
       <c r="R337">
-        <v>108.819672</v>
+        <v>106.725275</v>
       </c>
       <c r="S337">
-        <v>103.6</v>
+        <v>105.0</v>
       </c>
       <c r="T337">
         <v>106.0</v>
       </c>
     </row>
     <row r="338" spans="1:24">
       <c r="A338" s="2">
-        <v>45511.663796296</v>
+        <v>45600.588969907</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>26</v>
       </c>
       <c r="E338" t="s">
         <v>27</v>
       </c>
+      <c r="F338">
+        <v>-1.34</v>
+      </c>
       <c r="G338">
-        <v>107.557377</v>
+        <v>103.703297</v>
+      </c>
+      <c r="H338">
+        <v>10370.3297</v>
       </c>
       <c r="I338" t="s">
         <v>28</v>
       </c>
       <c r="J338">
         <v>8.0</v>
       </c>
       <c r="K338" s="2">
         <v>45387.0</v>
       </c>
       <c r="L338" s="2">
         <v>49039.0</v>
       </c>
       <c r="M338">
         <v>2000</v>
       </c>
       <c r="N338">
         <v>10000.0</v>
       </c>
       <c r="O338" t="s">
         <v>28</v>
       </c>
       <c r="P338">
-        <v>2.754098</v>
+        <v>0.703297</v>
       </c>
       <c r="Q338">
-        <v>106.354098</v>
+        <v>103.703297</v>
       </c>
       <c r="R338">
-        <v>108.754098</v>
+        <v>106.703297</v>
       </c>
       <c r="S338">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T338">
         <v>106.0</v>
       </c>
+      <c r="X338">
+        <v>1</v>
+      </c>
     </row>
     <row r="339" spans="1:24">
       <c r="A339" s="2">
-        <v>45510.416770833</v>
+        <v>45597.417233796</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>25</v>
       </c>
       <c r="D339" t="s">
         <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>27</v>
       </c>
       <c r="G339">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I339" t="s">
         <v>28</v>
       </c>
       <c r="J339">
         <v>8.0</v>
       </c>
       <c r="K339" s="2">
         <v>45387.0</v>
       </c>
       <c r="L339" s="2">
         <v>49039.0</v>
       </c>
       <c r="M339">
         <v>2000</v>
       </c>
       <c r="N339">
         <v>10000.0</v>
       </c>
       <c r="O339" t="s">
         <v>28</v>
       </c>
       <c r="P339">
-        <v>2.73224</v>
+        <v>0.681319</v>
       </c>
       <c r="Q339">
-        <v>106.33224</v>
+        <v>103.681319</v>
       </c>
       <c r="R339">
-        <v>108.08224</v>
+        <v>106.681319</v>
       </c>
       <c r="S339">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T339">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="340" spans="1:24">
       <c r="A340" s="2">
-        <v>45509.41681713</v>
+        <v>45596.417037037</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
       <c r="G340">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I340" t="s">
         <v>28</v>
       </c>
       <c r="J340">
         <v>8.0</v>
       </c>
       <c r="K340" s="2">
         <v>45387.0</v>
       </c>
       <c r="L340" s="2">
         <v>49039.0</v>
       </c>
       <c r="M340">
         <v>2000</v>
       </c>
       <c r="N340">
         <v>10000.0</v>
       </c>
       <c r="O340" t="s">
         <v>28</v>
       </c>
       <c r="P340">
-        <v>2.710383</v>
+        <v>0.659341</v>
       </c>
       <c r="Q340">
-        <v>106.310383</v>
+        <v>103.659341</v>
       </c>
       <c r="R340">
-        <v>108.060383</v>
+        <v>106.659341</v>
       </c>
       <c r="S340">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T340">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="341" spans="1:24">
       <c r="A341" s="2">
-        <v>45506.416782407</v>
+        <v>45595.416967593</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
       <c r="G341">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I341" t="s">
         <v>28</v>
       </c>
       <c r="J341">
         <v>8.0</v>
       </c>
       <c r="K341" s="2">
         <v>45387.0</v>
       </c>
       <c r="L341" s="2">
         <v>49039.0</v>
       </c>
       <c r="M341">
         <v>2000</v>
       </c>
       <c r="N341">
         <v>10000.0</v>
       </c>
       <c r="O341" t="s">
         <v>28</v>
       </c>
       <c r="P341">
-        <v>2.688525</v>
+        <v>0.593407</v>
       </c>
       <c r="Q341">
-        <v>106.288525</v>
+        <v>103.593407</v>
       </c>
       <c r="R341">
-        <v>108.038525</v>
+        <v>106.593407</v>
       </c>
       <c r="S341">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T341">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="342" spans="1:24">
       <c r="A342" s="2">
-        <v>45505.416863426</v>
+        <v>45594.416979167</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="G342">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I342" t="s">
         <v>28</v>
       </c>
       <c r="J342">
         <v>8.0</v>
       </c>
       <c r="K342" s="2">
         <v>45387.0</v>
       </c>
       <c r="L342" s="2">
         <v>49039.0</v>
       </c>
       <c r="M342">
         <v>2000</v>
       </c>
       <c r="N342">
         <v>10000.0</v>
       </c>
       <c r="O342" t="s">
         <v>28</v>
       </c>
       <c r="P342">
-        <v>2.666667</v>
+        <v>0.571429</v>
       </c>
       <c r="Q342">
-        <v>106.266667</v>
+        <v>103.571429</v>
       </c>
       <c r="R342">
-        <v>108.016667</v>
+        <v>106.571429</v>
       </c>
       <c r="S342">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T342">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="343" spans="1:24">
       <c r="A343" s="2">
-        <v>45504.416736111</v>
+        <v>45593.417037037</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="G343">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I343" t="s">
         <v>28</v>
       </c>
       <c r="J343">
         <v>8.0</v>
       </c>
       <c r="K343" s="2">
         <v>45387.0</v>
       </c>
       <c r="L343" s="2">
         <v>49039.0</v>
       </c>
       <c r="M343">
         <v>2000</v>
       </c>
       <c r="N343">
         <v>10000.0</v>
       </c>
       <c r="O343" t="s">
         <v>28</v>
       </c>
       <c r="P343">
-        <v>2.601093</v>
+        <v>0.549451</v>
       </c>
       <c r="Q343">
-        <v>106.201093</v>
+        <v>103.549451</v>
       </c>
       <c r="R343">
-        <v>107.951093</v>
+        <v>106.549451</v>
       </c>
       <c r="S343">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T343">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="344" spans="1:24">
       <c r="A344" s="2">
-        <v>45503.644027778</v>
+        <v>45590.417164352</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
       <c r="G344">
-        <v>107.557377</v>
+        <v>105.10989</v>
       </c>
       <c r="I344" t="s">
         <v>28</v>
       </c>
       <c r="J344">
         <v>8.0</v>
       </c>
       <c r="K344" s="2">
         <v>45387.0</v>
       </c>
       <c r="L344" s="2">
         <v>49039.0</v>
       </c>
       <c r="M344">
         <v>2000</v>
       </c>
       <c r="N344">
         <v>10000.0</v>
       </c>
       <c r="O344" t="s">
         <v>28</v>
       </c>
       <c r="P344">
-        <v>2.579235</v>
+        <v>0.527473</v>
       </c>
       <c r="Q344">
-        <v>106.179235</v>
+        <v>103.527473</v>
       </c>
       <c r="R344">
-        <v>107.929235</v>
+        <v>106.527473</v>
       </c>
       <c r="S344">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T344">
-        <v>105.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="345" spans="1:24">
       <c r="A345" s="2">
-        <v>45502.58119213</v>
+        <v>45589.487141204</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>25</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
-      <c r="F345">
-[...1 lines deleted...]
-      </c>
       <c r="G345">
-        <v>107.557377</v>
-[...2 lines deleted...]
-        <v>10755.7377</v>
+        <v>105.10989</v>
       </c>
       <c r="I345" t="s">
         <v>28</v>
       </c>
       <c r="J345">
         <v>8.0</v>
       </c>
       <c r="K345" s="2">
         <v>45387.0</v>
       </c>
       <c r="L345" s="2">
         <v>49039.0</v>
       </c>
       <c r="M345">
         <v>2000</v>
       </c>
       <c r="N345">
         <v>10000.0</v>
       </c>
       <c r="O345" t="s">
         <v>28</v>
       </c>
       <c r="P345">
-        <v>2.557377</v>
+        <v>0.505495</v>
       </c>
       <c r="Q345">
-        <v>106.157377</v>
+        <v>103.505495</v>
       </c>
       <c r="R345">
-        <v>108.558</v>
+        <v>106.505495</v>
       </c>
       <c r="S345">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T345">
-        <v>106.000623</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="346" spans="1:24">
       <c r="A346" s="2">
-        <v>45499.431412037</v>
+        <v>45588.440150463</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>25</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
-      <c r="F346">
-[...1 lines deleted...]
-      </c>
       <c r="G346">
-        <v>107.525519</v>
-[...2 lines deleted...]
-        <v>10752.5519</v>
+        <v>105.10989</v>
       </c>
       <c r="I346" t="s">
         <v>28</v>
       </c>
       <c r="J346">
         <v>8.0</v>
       </c>
       <c r="K346" s="2">
         <v>45387.0</v>
       </c>
       <c r="L346" s="2">
         <v>49039.0</v>
       </c>
       <c r="M346">
         <v>2000</v>
       </c>
       <c r="N346">
         <v>10000.0</v>
       </c>
       <c r="O346" t="s">
         <v>28</v>
       </c>
       <c r="P346">
-        <v>2.535519</v>
+        <v>0.43956</v>
       </c>
       <c r="Q346">
-        <v>106.135519</v>
+        <v>103.43956</v>
       </c>
       <c r="R346">
-        <v>107.535519</v>
+        <v>107.3</v>
       </c>
       <c r="S346">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T346">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.86044</v>
       </c>
     </row>
     <row r="347" spans="1:24">
       <c r="A347" s="2">
-        <v>45498.600335648</v>
+        <v>45587.422349537</v>
       </c>
       <c r="B347" t="s">
         <v>24</v>
       </c>
       <c r="C347" t="s">
         <v>25</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
       <c r="G347">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
       </c>
       <c r="J347">
         <v>8.0</v>
       </c>
       <c r="K347" s="2">
         <v>45387.0</v>
       </c>
       <c r="L347" s="2">
         <v>49039.0</v>
       </c>
       <c r="M347">
         <v>2000</v>
       </c>
       <c r="N347">
         <v>10000.0</v>
       </c>
       <c r="O347" t="s">
         <v>28</v>
       </c>
       <c r="P347">
-        <v>2.513661</v>
+        <v>0.417582</v>
       </c>
       <c r="Q347">
-        <v>106.113661</v>
+        <v>103.417582</v>
       </c>
       <c r="R347">
-        <v>107.503661</v>
+        <v>107.2682</v>
       </c>
       <c r="S347">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T347">
-        <v>104.99</v>
+        <v>106.850618</v>
       </c>
     </row>
     <row r="348" spans="1:24">
       <c r="A348" s="2">
-        <v>45497.613819444</v>
+        <v>45586.421585648</v>
       </c>
       <c r="B348" t="s">
         <v>24</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="G348">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I348" t="s">
         <v>28</v>
       </c>
       <c r="J348">
         <v>8.0</v>
       </c>
       <c r="K348" s="2">
         <v>45387.0</v>
       </c>
       <c r="L348" s="2">
         <v>49039.0</v>
       </c>
       <c r="M348">
         <v>2000</v>
       </c>
       <c r="N348">
         <v>10000.0</v>
       </c>
       <c r="O348" t="s">
         <v>28</v>
       </c>
       <c r="P348">
-        <v>2.448087</v>
+        <v>0.395604</v>
       </c>
       <c r="Q348">
-        <v>105.948087</v>
+        <v>103.395604</v>
       </c>
       <c r="R348">
-        <v>107.438087</v>
+        <v>107.2682</v>
       </c>
       <c r="S348">
-        <v>103.5</v>
+        <v>103.0</v>
       </c>
       <c r="T348">
-        <v>104.99</v>
+        <v>106.872596</v>
       </c>
     </row>
     <row r="349" spans="1:24">
       <c r="A349" s="2">
-        <v>45496.485821759</v>
+        <v>45583.420173611</v>
       </c>
       <c r="B349" t="s">
         <v>24</v>
       </c>
       <c r="C349" t="s">
         <v>25</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="G349">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I349" t="s">
         <v>28</v>
       </c>
       <c r="J349">
         <v>8.0</v>
       </c>
       <c r="K349" s="2">
         <v>45387.0</v>
       </c>
       <c r="L349" s="2">
         <v>49039.0</v>
       </c>
       <c r="M349">
         <v>2000</v>
       </c>
       <c r="N349">
         <v>10000.0</v>
       </c>
       <c r="O349" t="s">
         <v>28</v>
       </c>
       <c r="P349">
-        <v>2.42623</v>
+        <v>0.373626</v>
       </c>
       <c r="Q349">
-        <v>105.92623</v>
+        <v>103.373626</v>
       </c>
       <c r="R349">
-        <v>107.41623</v>
+        <v>107.2682</v>
       </c>
       <c r="S349">
-        <v>103.5</v>
+        <v>103.0</v>
       </c>
       <c r="T349">
-        <v>104.99</v>
+        <v>106.894574</v>
       </c>
     </row>
     <row r="350" spans="1:24">
       <c r="A350" s="2">
-        <v>45495.460717593</v>
+        <v>45582.416875</v>
       </c>
       <c r="B350" t="s">
         <v>24</v>
       </c>
       <c r="C350" t="s">
         <v>25</v>
       </c>
       <c r="D350" t="s">
         <v>26</v>
       </c>
       <c r="E350" t="s">
         <v>27</v>
       </c>
       <c r="G350">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I350" t="s">
         <v>28</v>
       </c>
       <c r="J350">
         <v>8.0</v>
       </c>
       <c r="K350" s="2">
         <v>45387.0</v>
       </c>
       <c r="L350" s="2">
         <v>49039.0</v>
       </c>
       <c r="M350">
         <v>2000</v>
       </c>
       <c r="N350">
         <v>10000.0</v>
       </c>
       <c r="O350" t="s">
         <v>28</v>
       </c>
       <c r="P350">
-        <v>2.404372</v>
+        <v>0.351648</v>
       </c>
       <c r="Q350">
-        <v>105.904372</v>
+        <v>103.351648</v>
       </c>
       <c r="R350">
-        <v>107.394372</v>
+        <v>107.251648</v>
       </c>
       <c r="S350">
-        <v>103.5</v>
+        <v>103.0</v>
       </c>
       <c r="T350">
-        <v>104.99</v>
+        <v>106.9</v>
       </c>
     </row>
     <row r="351" spans="1:24">
       <c r="A351" s="2">
-        <v>45492.46900463</v>
+        <v>45581.420509259</v>
       </c>
       <c r="B351" t="s">
         <v>24</v>
       </c>
       <c r="C351" t="s">
         <v>25</v>
       </c>
       <c r="D351" t="s">
         <v>26</v>
       </c>
       <c r="E351" t="s">
         <v>27</v>
       </c>
       <c r="G351">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I351" t="s">
         <v>28</v>
       </c>
       <c r="J351">
         <v>8.0</v>
       </c>
       <c r="K351" s="2">
         <v>45387.0</v>
       </c>
       <c r="L351" s="2">
         <v>49039.0</v>
       </c>
       <c r="M351">
         <v>2000</v>
       </c>
       <c r="N351">
         <v>10000.0</v>
       </c>
       <c r="O351" t="s">
         <v>28</v>
       </c>
       <c r="P351">
-        <v>2.382514</v>
+        <v>0.285714</v>
       </c>
       <c r="Q351">
-        <v>105.882514</v>
+        <v>103.285714</v>
       </c>
       <c r="R351">
-        <v>107.372514</v>
+        <v>107.15</v>
       </c>
       <c r="S351">
-        <v>103.5</v>
+        <v>103.0</v>
       </c>
       <c r="T351">
-        <v>104.99</v>
+        <v>106.864286</v>
       </c>
     </row>
     <row r="352" spans="1:24">
       <c r="A352" s="2">
-        <v>45491.416736111</v>
+        <v>45580.420601852</v>
       </c>
       <c r="B352" t="s">
         <v>24</v>
       </c>
       <c r="C352" t="s">
         <v>25</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
       <c r="G352">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I352" t="s">
         <v>28</v>
       </c>
       <c r="J352">
         <v>8.0</v>
       </c>
       <c r="K352" s="2">
         <v>45387.0</v>
       </c>
       <c r="L352" s="2">
         <v>49039.0</v>
       </c>
       <c r="M352">
         <v>2000</v>
       </c>
       <c r="N352">
         <v>10000.0</v>
       </c>
       <c r="O352" t="s">
         <v>28</v>
       </c>
       <c r="P352">
-        <v>2.360656</v>
+        <v>0.263736</v>
       </c>
       <c r="Q352">
-        <v>105.360656</v>
+        <v>103.263736</v>
       </c>
       <c r="R352">
-        <v>107.350656</v>
+        <v>107.15</v>
       </c>
       <c r="S352">
         <v>103.0</v>
       </c>
       <c r="T352">
-        <v>104.99</v>
+        <v>106.886264</v>
       </c>
     </row>
     <row r="353" spans="1:24">
       <c r="A353" s="2">
-        <v>45490.416840278</v>
+        <v>45579.421678241</v>
       </c>
       <c r="B353" t="s">
         <v>24</v>
       </c>
       <c r="C353" t="s">
         <v>25</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="G353">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I353" t="s">
         <v>28</v>
       </c>
       <c r="J353">
         <v>8.0</v>
       </c>
       <c r="K353" s="2">
         <v>45387.0</v>
       </c>
       <c r="L353" s="2">
         <v>49039.0</v>
       </c>
       <c r="M353">
         <v>2000</v>
       </c>
       <c r="N353">
         <v>10000.0</v>
       </c>
       <c r="O353" t="s">
         <v>28</v>
       </c>
       <c r="P353">
-        <v>2.295082</v>
+        <v>0.241758</v>
       </c>
       <c r="Q353">
-        <v>105.295082</v>
+        <v>103.241758</v>
       </c>
       <c r="R353">
-        <v>107.285082</v>
+        <v>107.1</v>
       </c>
       <c r="S353">
         <v>103.0</v>
       </c>
       <c r="T353">
-        <v>104.99</v>
+        <v>106.858242</v>
       </c>
     </row>
     <row r="354" spans="1:24">
       <c r="A354" s="2">
-        <v>45489.450104167</v>
+        <v>45576.422141204</v>
       </c>
       <c r="B354" t="s">
         <v>24</v>
       </c>
       <c r="C354" t="s">
         <v>25</v>
       </c>
       <c r="D354" t="s">
         <v>26</v>
       </c>
       <c r="E354" t="s">
         <v>27</v>
       </c>
       <c r="G354">
-        <v>106.641366</v>
+        <v>105.10989</v>
       </c>
       <c r="I354" t="s">
         <v>28</v>
       </c>
       <c r="J354">
         <v>8.0</v>
       </c>
       <c r="K354" s="2">
         <v>45387.0</v>
       </c>
       <c r="L354" s="2">
         <v>49039.0</v>
       </c>
       <c r="M354">
         <v>2000</v>
       </c>
       <c r="N354">
         <v>10000.0</v>
       </c>
       <c r="O354" t="s">
         <v>28</v>
       </c>
       <c r="P354">
-        <v>2.273224</v>
+        <v>0.21978</v>
       </c>
       <c r="Q354">
-        <v>105.273224</v>
+        <v>103.21978</v>
       </c>
       <c r="R354">
-        <v>107.263224</v>
+        <v>107.1</v>
       </c>
       <c r="S354">
         <v>103.0</v>
       </c>
       <c r="T354">
-        <v>104.99</v>
+        <v>106.88022</v>
       </c>
     </row>
     <row r="355" spans="1:24">
       <c r="A355" s="2">
-        <v>45488.472303241</v>
+        <v>45575.417025463</v>
       </c>
       <c r="B355" t="s">
         <v>24</v>
       </c>
       <c r="C355" t="s">
         <v>25</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
-      <c r="F355">
-[...1 lines deleted...]
-      </c>
       <c r="G355">
-        <v>106.641366</v>
-[...2 lines deleted...]
-        <v>21288.2732</v>
+        <v>105.10989</v>
       </c>
       <c r="I355" t="s">
         <v>28</v>
       </c>
       <c r="J355">
         <v>8.0</v>
       </c>
       <c r="K355" s="2">
         <v>45387.0</v>
       </c>
       <c r="L355" s="2">
         <v>49039.0</v>
       </c>
       <c r="M355">
         <v>2000</v>
       </c>
       <c r="N355">
         <v>10000.0</v>
       </c>
       <c r="O355" t="s">
         <v>28</v>
       </c>
       <c r="P355">
-        <v>2.251366</v>
+        <v>0.197802</v>
       </c>
       <c r="Q355">
-        <v>105.251366</v>
+        <v>103.197802</v>
       </c>
       <c r="R355">
-        <v>107.251366</v>
+        <v>107.097802</v>
       </c>
       <c r="S355">
         <v>103.0</v>
       </c>
       <c r="T355">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>106.9</v>
       </c>
     </row>
     <row r="356" spans="1:24">
       <c r="A356" s="2">
-        <v>45485.417002315</v>
+        <v>45574.553043981</v>
       </c>
       <c r="B356" t="s">
         <v>24</v>
       </c>
       <c r="C356" t="s">
         <v>25</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="G356">
-        <v>105.098361</v>
+        <v>105.10989</v>
       </c>
       <c r="I356" t="s">
         <v>28</v>
       </c>
       <c r="J356">
         <v>8.0</v>
       </c>
       <c r="K356" s="2">
         <v>45387.0</v>
       </c>
       <c r="L356" s="2">
         <v>49039.0</v>
       </c>
       <c r="M356">
         <v>2000</v>
       </c>
       <c r="N356">
         <v>10000.0</v>
       </c>
       <c r="O356" t="s">
         <v>28</v>
       </c>
       <c r="P356">
-        <v>2.229508</v>
+        <v>0.131868</v>
       </c>
       <c r="Q356">
-        <v>105.229508</v>
+        <v>103.131868</v>
       </c>
       <c r="R356">
-        <v>106.219508</v>
+        <v>107.031868</v>
       </c>
       <c r="S356">
         <v>103.0</v>
       </c>
       <c r="T356">
-        <v>103.99</v>
+        <v>106.9</v>
       </c>
     </row>
     <row r="357" spans="1:24">
       <c r="A357" s="2">
-        <v>45484.416898148</v>
+        <v>45573.44869213</v>
       </c>
       <c r="B357" t="s">
         <v>24</v>
       </c>
       <c r="C357" t="s">
         <v>25</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
+      <c r="F357">
+        <v>-2.89</v>
+      </c>
       <c r="G357">
-        <v>105.098361</v>
+        <v>105.10989</v>
+      </c>
+      <c r="H357">
+        <v>10510.989</v>
       </c>
       <c r="I357" t="s">
         <v>28</v>
       </c>
       <c r="J357">
         <v>8.0</v>
       </c>
       <c r="K357" s="2">
         <v>45387.0</v>
       </c>
       <c r="L357" s="2">
         <v>49039.0</v>
       </c>
       <c r="M357">
         <v>2000</v>
       </c>
       <c r="N357">
         <v>10000.0</v>
       </c>
       <c r="O357" t="s">
         <v>28</v>
       </c>
       <c r="P357">
-        <v>2.20765</v>
+        <v>0.10989</v>
       </c>
       <c r="Q357">
-        <v>105.20765</v>
+        <v>103.10989</v>
       </c>
       <c r="R357">
-        <v>106.19765</v>
+        <v>106.10989</v>
       </c>
       <c r="S357">
         <v>103.0</v>
       </c>
       <c r="T357">
-        <v>103.99</v>
+        <v>106.0</v>
+      </c>
+      <c r="X357">
+        <v>1</v>
       </c>
     </row>
     <row r="358" spans="1:24">
       <c r="A358" s="2">
-        <v>45483.416747685</v>
+        <v>45572.514583333</v>
       </c>
       <c r="B358" t="s">
         <v>24</v>
       </c>
       <c r="C358" t="s">
         <v>25</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="G358">
-        <v>105.098361</v>
+        <v>108.237705</v>
       </c>
       <c r="I358" t="s">
         <v>28</v>
       </c>
       <c r="J358">
         <v>8.0</v>
       </c>
       <c r="K358" s="2">
         <v>45387.0</v>
       </c>
       <c r="L358" s="2">
         <v>49039.0</v>
       </c>
       <c r="M358">
         <v>2000</v>
       </c>
       <c r="N358">
         <v>10000.0</v>
       </c>
       <c r="O358" t="s">
         <v>28</v>
       </c>
       <c r="P358">
-        <v>2.142077</v>
+        <v>0.087912</v>
       </c>
       <c r="Q358">
-        <v>105.142077</v>
+        <v>103.087912</v>
       </c>
       <c r="R358">
-        <v>106.132077</v>
+        <v>105.087912</v>
       </c>
       <c r="S358">
         <v>103.0</v>
       </c>
       <c r="T358">
-        <v>103.99</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="359" spans="1:24">
       <c r="A359" s="2">
-        <v>45482.502210648</v>
+        <v>45569.416701389</v>
       </c>
       <c r="B359" t="s">
         <v>24</v>
       </c>
       <c r="C359" t="s">
         <v>25</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="G359">
-        <v>105.098361</v>
+        <v>108.237705</v>
       </c>
       <c r="I359" t="s">
         <v>28</v>
       </c>
       <c r="J359">
         <v>8.0</v>
       </c>
       <c r="K359" s="2">
         <v>45387.0</v>
       </c>
       <c r="L359" s="2">
         <v>49039.0</v>
       </c>
       <c r="M359">
         <v>2000</v>
       </c>
       <c r="N359">
         <v>10000.0</v>
       </c>
       <c r="O359" t="s">
         <v>28</v>
       </c>
       <c r="P359">
-        <v>2.120219</v>
+        <v>0.065934</v>
       </c>
       <c r="Q359">
-        <v>105.120219</v>
+        <v>100.065934</v>
       </c>
       <c r="R359">
-        <v>106.110219</v>
+        <v>105.065934</v>
       </c>
       <c r="S359">
-        <v>103.0</v>
+        <v>100.0</v>
       </c>
       <c r="T359">
-        <v>103.99</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="360" spans="1:24">
       <c r="A360" s="2">
-        <v>45481.639166667</v>
+        <v>45568.416770833</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>25</v>
       </c>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>27</v>
       </c>
-      <c r="F360">
-[...1 lines deleted...]
-      </c>
       <c r="G360">
-        <v>105.098361</v>
-[...2 lines deleted...]
-        <v>31529.5122</v>
+        <v>108.237705</v>
       </c>
       <c r="I360" t="s">
         <v>28</v>
       </c>
       <c r="J360">
         <v>8.0</v>
       </c>
       <c r="K360" s="2">
         <v>45387.0</v>
       </c>
       <c r="L360" s="2">
         <v>49039.0</v>
       </c>
       <c r="M360">
         <v>2000</v>
       </c>
       <c r="N360">
         <v>10000.0</v>
       </c>
       <c r="O360" t="s">
         <v>28</v>
       </c>
       <c r="P360">
-        <v>2.098361</v>
+        <v>0.043956</v>
       </c>
       <c r="Q360">
-        <v>104.098361</v>
+        <v>100.043956</v>
       </c>
       <c r="R360">
-        <v>106.088361</v>
+        <v>105.043956</v>
       </c>
       <c r="S360">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T360">
-        <v>103.99</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="361" spans="1:24">
       <c r="A361" s="2">
-        <v>45478.492523148</v>
+        <v>45567.416759259</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>25</v>
       </c>
       <c r="D361" t="s">
         <v>26</v>
       </c>
       <c r="E361" t="s">
         <v>27</v>
       </c>
-      <c r="F361">
-[...1 lines deleted...]
-      </c>
       <c r="G361">
-        <v>106.076503</v>
-[...2 lines deleted...]
-        <v>10607.6503</v>
+        <v>108.237705</v>
       </c>
       <c r="I361" t="s">
         <v>28</v>
       </c>
       <c r="J361">
         <v>8.0</v>
       </c>
       <c r="K361" s="2">
         <v>45387.0</v>
       </c>
       <c r="L361" s="2">
         <v>49039.0</v>
       </c>
       <c r="M361">
         <v>2000</v>
       </c>
       <c r="N361">
         <v>10000.0</v>
       </c>
       <c r="O361" t="s">
         <v>28</v>
       </c>
       <c r="P361">
-        <v>2.076503</v>
+        <v>-0.021858</v>
       </c>
       <c r="Q361">
-        <v>105.5</v>
+        <v>99.978142</v>
       </c>
       <c r="R361">
-        <v>106.066503</v>
+        <v>104.978142</v>
       </c>
       <c r="S361">
-        <v>103.423497</v>
+        <v>100.0</v>
       </c>
       <c r="T361">
-        <v>103.99</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="362" spans="1:24">
       <c r="A362" s="2">
-        <v>45477.624108796</v>
+        <v>45566.461921296</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>25</v>
       </c>
       <c r="D362" t="s">
         <v>26</v>
       </c>
       <c r="E362" t="s">
         <v>27</v>
       </c>
       <c r="G362">
-        <v>103.967213</v>
+        <v>108.237705</v>
       </c>
       <c r="I362" t="s">
         <v>28</v>
       </c>
       <c r="J362">
         <v>8.0</v>
       </c>
       <c r="K362" s="2">
         <v>45387.0</v>
       </c>
       <c r="L362" s="2">
         <v>49039.0</v>
       </c>
       <c r="M362">
         <v>2000</v>
       </c>
       <c r="N362">
         <v>10000.0</v>
       </c>
       <c r="O362" t="s">
         <v>28</v>
       </c>
       <c r="P362">
-        <v>2.054645</v>
+        <v>-0.043716</v>
       </c>
       <c r="Q362">
+        <v>99.956284</v>
+      </c>
+      <c r="R362">
+        <v>104.956284</v>
+      </c>
+      <c r="S362">
+        <v>100.0</v>
+      </c>
+      <c r="T362">
         <v>105.0</v>
-      </c>
-[...7 lines deleted...]
-        <v>104.0</v>
       </c>
     </row>
     <row r="363" spans="1:24">
       <c r="A363" s="2">
-        <v>45476.45025463</v>
+        <v>45565.416840278</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
         <v>25</v>
       </c>
       <c r="D363" t="s">
         <v>26</v>
       </c>
       <c r="E363" t="s">
         <v>27</v>
       </c>
       <c r="G363">
-        <v>103.967213</v>
+        <v>108.237705</v>
       </c>
       <c r="I363" t="s">
         <v>28</v>
       </c>
       <c r="J363">
         <v>8.0</v>
       </c>
       <c r="K363" s="2">
         <v>45387.0</v>
       </c>
       <c r="L363" s="2">
         <v>49039.0</v>
       </c>
       <c r="M363">
         <v>2000</v>
       </c>
       <c r="N363">
         <v>10000.0</v>
       </c>
       <c r="O363" t="s">
         <v>28</v>
       </c>
       <c r="P363">
-        <v>1.989071</v>
+        <v>-0.065574</v>
       </c>
       <c r="Q363">
-        <v>103.989071</v>
+        <v>99.934426</v>
       </c>
       <c r="R363">
-        <v>105.989071</v>
+        <v>104.934426</v>
       </c>
       <c r="S363">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T363">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="364" spans="1:24">
       <c r="A364" s="2">
-        <v>45475.508946759</v>
+        <v>45562.416712963</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
         <v>25</v>
       </c>
       <c r="D364" t="s">
         <v>26</v>
       </c>
       <c r="E364" t="s">
         <v>27</v>
       </c>
-      <c r="F364">
-[...1 lines deleted...]
-      </c>
       <c r="G364">
-        <v>103.967213</v>
-[...2 lines deleted...]
-        <v>10396.7213</v>
+        <v>108.237705</v>
       </c>
       <c r="I364" t="s">
         <v>28</v>
       </c>
       <c r="J364">
         <v>8.0</v>
       </c>
       <c r="K364" s="2">
         <v>45387.0</v>
       </c>
       <c r="L364" s="2">
         <v>49039.0</v>
       </c>
       <c r="M364">
         <v>2000</v>
       </c>
       <c r="N364">
         <v>10000.0</v>
       </c>
       <c r="O364" t="s">
         <v>28</v>
       </c>
       <c r="P364">
-        <v>1.967213</v>
+        <v>-0.087432</v>
       </c>
       <c r="Q364">
-        <v>102.0</v>
+        <v>99.912568</v>
       </c>
       <c r="R364">
-        <v>105.967213</v>
+        <v>104.912568</v>
       </c>
       <c r="S364">
-        <v>100.032787</v>
+        <v>100.0</v>
       </c>
       <c r="T364">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="365" spans="1:24">
       <c r="A365" s="2">
-        <v>45474.416851852</v>
+        <v>45561.416793981</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
         <v>25</v>
       </c>
       <c r="D365" t="s">
         <v>26</v>
       </c>
       <c r="E365" t="s">
         <v>27</v>
       </c>
       <c r="G365">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="I365" t="s">
         <v>28</v>
       </c>
       <c r="J365">
         <v>8.0</v>
       </c>
       <c r="K365" s="2">
         <v>45387.0</v>
       </c>
       <c r="L365" s="2">
         <v>49039.0</v>
       </c>
       <c r="M365">
         <v>2000</v>
       </c>
       <c r="N365">
         <v>10000.0</v>
       </c>
       <c r="O365" t="s">
         <v>28</v>
       </c>
       <c r="P365">
-        <v>1.945355</v>
+        <v>-0.10929</v>
       </c>
       <c r="Q365">
-        <v>103.945355</v>
+        <v>99.89071</v>
       </c>
       <c r="R365">
-        <v>105.945355</v>
+        <v>104.89071</v>
       </c>
       <c r="S365">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T365">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="366" spans="1:24">
       <c r="A366" s="2">
-        <v>45471.41681713</v>
+        <v>45560.416793981</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
         <v>25</v>
       </c>
       <c r="D366" t="s">
         <v>26</v>
       </c>
       <c r="E366" t="s">
         <v>27</v>
       </c>
       <c r="G366">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="I366" t="s">
         <v>28</v>
       </c>
       <c r="J366">
         <v>8.0</v>
       </c>
       <c r="K366" s="2">
         <v>45387.0</v>
       </c>
       <c r="L366" s="2">
         <v>49039.0</v>
       </c>
       <c r="M366">
         <v>2000</v>
       </c>
       <c r="N366">
         <v>10000.0</v>
       </c>
       <c r="O366" t="s">
         <v>28</v>
       </c>
       <c r="P366">
-        <v>1.923497</v>
+        <v>-0.174863</v>
       </c>
       <c r="Q366">
-        <v>103.923497</v>
+        <v>99.825137</v>
       </c>
       <c r="R366">
-        <v>105.923497</v>
+        <v>104.825137</v>
       </c>
       <c r="S366">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T366">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="367" spans="1:24">
       <c r="A367" s="2">
-        <v>45470.416956019</v>
+        <v>45559.585520833</v>
       </c>
       <c r="B367" t="s">
         <v>24</v>
       </c>
       <c r="C367" t="s">
         <v>25</v>
       </c>
       <c r="D367" t="s">
         <v>26</v>
       </c>
       <c r="E367" t="s">
         <v>27</v>
       </c>
       <c r="G367">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="I367" t="s">
         <v>28</v>
       </c>
       <c r="J367">
         <v>8.0</v>
       </c>
       <c r="K367" s="2">
         <v>45387.0</v>
       </c>
       <c r="L367" s="2">
         <v>49039.0</v>
       </c>
       <c r="M367">
         <v>2000</v>
       </c>
       <c r="N367">
         <v>10000.0</v>
       </c>
       <c r="O367" t="s">
         <v>28</v>
       </c>
       <c r="P367">
-        <v>1.901639</v>
+        <v>-0.196721</v>
       </c>
       <c r="Q367">
-        <v>103.901639</v>
+        <v>99.803279</v>
       </c>
       <c r="R367">
-        <v>105.901639</v>
+        <v>104.803279</v>
       </c>
       <c r="S367">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T367">
-        <v>104.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="368" spans="1:24">
       <c r="A368" s="2">
-        <v>45469.604212963</v>
+        <v>45558.41693287</v>
       </c>
       <c r="B368" t="s">
         <v>24</v>
       </c>
       <c r="C368" t="s">
         <v>25</v>
       </c>
       <c r="D368" t="s">
         <v>26</v>
       </c>
       <c r="E368" t="s">
         <v>27</v>
       </c>
       <c r="G368">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="I368" t="s">
         <v>28</v>
       </c>
       <c r="J368">
         <v>8.0</v>
       </c>
       <c r="K368" s="2">
         <v>45387.0</v>
       </c>
       <c r="L368" s="2">
         <v>49039.0</v>
       </c>
       <c r="M368">
         <v>2000</v>
       </c>
       <c r="N368">
         <v>10000.0</v>
       </c>
       <c r="O368" t="s">
         <v>28</v>
       </c>
       <c r="P368">
-        <v>1.836066</v>
+        <v>3.781421</v>
       </c>
       <c r="Q368">
-        <v>103.836066</v>
+        <v>103.781421</v>
       </c>
       <c r="R368">
-        <v>105.836066</v>
+        <v>109.781421</v>
       </c>
       <c r="S368">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T368">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="369" spans="1:24">
       <c r="A369" s="2">
-        <v>45468.560138889</v>
+        <v>45555.416782407</v>
       </c>
       <c r="B369" t="s">
         <v>24</v>
       </c>
       <c r="C369" t="s">
         <v>25</v>
       </c>
       <c r="D369" t="s">
         <v>26</v>
       </c>
       <c r="E369" t="s">
         <v>27</v>
       </c>
       <c r="G369">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="I369" t="s">
         <v>28</v>
       </c>
       <c r="J369">
         <v>8.0</v>
       </c>
       <c r="K369" s="2">
         <v>45387.0</v>
       </c>
       <c r="L369" s="2">
         <v>49039.0</v>
       </c>
       <c r="M369">
         <v>2000</v>
       </c>
       <c r="N369">
         <v>10000.0</v>
       </c>
       <c r="O369" t="s">
         <v>28</v>
       </c>
       <c r="P369">
-        <v>1.814208</v>
+        <v>3.759563</v>
       </c>
       <c r="Q369">
-        <v>101.9143</v>
+        <v>103.759563</v>
       </c>
       <c r="R369">
-        <v>105.814208</v>
+        <v>109.759563</v>
       </c>
       <c r="S369">
-        <v>100.100092</v>
+        <v>100.0</v>
       </c>
       <c r="T369">
-        <v>104.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="370" spans="1:24">
       <c r="A370" s="2">
-        <v>45464.516840278</v>
+        <v>45554.539259259</v>
       </c>
       <c r="B370" t="s">
         <v>24</v>
       </c>
       <c r="C370" t="s">
         <v>25</v>
       </c>
       <c r="D370" t="s">
         <v>26</v>
       </c>
       <c r="E370" t="s">
         <v>27</v>
       </c>
       <c r="F370">
-        <v>2.1</v>
+        <v>1.67</v>
       </c>
       <c r="G370">
-        <v>105.770492</v>
+        <v>108.237705</v>
       </c>
       <c r="H370">
-        <v>10577.0492</v>
+        <v>10823.7705</v>
       </c>
       <c r="I370" t="s">
         <v>28</v>
       </c>
       <c r="J370">
         <v>8.0</v>
       </c>
       <c r="K370" s="2">
         <v>45387.0</v>
       </c>
       <c r="L370" s="2">
         <v>49039.0</v>
       </c>
       <c r="M370">
         <v>2000</v>
       </c>
       <c r="N370">
         <v>10000.0</v>
       </c>
       <c r="O370" t="s">
         <v>28</v>
       </c>
       <c r="P370">
-        <v>1.770492</v>
+        <v>3.737705</v>
       </c>
       <c r="Q370">
-        <v>105.8</v>
+        <v>103.737705</v>
       </c>
       <c r="R370">
-        <v>106.160492</v>
+        <v>109.737705</v>
       </c>
       <c r="S370">
-        <v>104.029508</v>
+        <v>100.0</v>
       </c>
       <c r="T370">
-        <v>104.39</v>
+        <v>106.0</v>
       </c>
       <c r="X370">
         <v>1</v>
       </c>
     </row>
     <row r="371" spans="1:24">
       <c r="A371" s="2">
-        <v>45463.5565625</v>
+        <v>45553.522974537</v>
       </c>
       <c r="B371" t="s">
         <v>24</v>
       </c>
       <c r="C371" t="s">
         <v>25</v>
       </c>
       <c r="D371" t="s">
         <v>26</v>
       </c>
       <c r="E371" t="s">
         <v>27</v>
       </c>
       <c r="G371">
-        <v>103.595628</v>
+        <v>106.463388</v>
       </c>
       <c r="I371" t="s">
         <v>28</v>
       </c>
       <c r="J371">
         <v>8.0</v>
       </c>
       <c r="K371" s="2">
         <v>45387.0</v>
       </c>
       <c r="L371" s="2">
         <v>49039.0</v>
       </c>
       <c r="M371">
         <v>2000</v>
       </c>
       <c r="N371">
         <v>10000.0</v>
       </c>
       <c r="O371" t="s">
         <v>28</v>
       </c>
       <c r="P371">
-        <v>1.748634</v>
+        <v>3.672131</v>
       </c>
       <c r="Q371">
-        <v>101.748634</v>
+        <v>108.172131</v>
       </c>
       <c r="R371">
-        <v>106.098634</v>
+        <v>109.672131</v>
       </c>
       <c r="S371">
-        <v>100.0</v>
+        <v>104.5</v>
       </c>
       <c r="T371">
-        <v>104.35</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="372" spans="1:24">
       <c r="A372" s="2">
-        <v>45462.416863426</v>
+        <v>45552.608310185</v>
       </c>
       <c r="B372" t="s">
         <v>24</v>
       </c>
       <c r="C372" t="s">
         <v>25</v>
       </c>
       <c r="D372" t="s">
         <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>27</v>
       </c>
       <c r="G372">
-        <v>103.595628</v>
+        <v>106.463388</v>
       </c>
       <c r="I372" t="s">
         <v>28</v>
       </c>
       <c r="J372">
         <v>8.0</v>
       </c>
       <c r="K372" s="2">
         <v>45387.0</v>
       </c>
       <c r="L372" s="2">
         <v>49039.0</v>
       </c>
       <c r="M372">
         <v>2000</v>
       </c>
       <c r="N372">
         <v>10000.0</v>
       </c>
       <c r="O372" t="s">
         <v>28</v>
       </c>
       <c r="P372">
-        <v>1.68306</v>
+        <v>3.650273</v>
       </c>
       <c r="Q372">
-        <v>101.68306</v>
+        <v>108.150273</v>
       </c>
       <c r="R372">
-        <v>106.08306</v>
+        <v>109.650273</v>
       </c>
       <c r="S372">
-        <v>100.0</v>
+        <v>104.5</v>
       </c>
       <c r="T372">
-        <v>104.4</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="373" spans="1:24">
       <c r="A373" s="2">
-        <v>45461.611770833</v>
+        <v>45551.416747685</v>
       </c>
       <c r="B373" t="s">
         <v>24</v>
       </c>
       <c r="C373" t="s">
         <v>25</v>
       </c>
       <c r="D373" t="s">
         <v>26</v>
       </c>
       <c r="E373" t="s">
         <v>27</v>
       </c>
       <c r="G373">
-        <v>103.595628</v>
+        <v>106.463388</v>
       </c>
       <c r="I373" t="s">
         <v>28</v>
       </c>
       <c r="J373">
         <v>8.0</v>
       </c>
       <c r="K373" s="2">
         <v>45387.0</v>
       </c>
       <c r="L373" s="2">
         <v>49039.0</v>
       </c>
       <c r="M373">
         <v>2000</v>
       </c>
       <c r="N373">
         <v>10000.0</v>
       </c>
       <c r="O373" t="s">
         <v>28</v>
       </c>
       <c r="P373">
-        <v>1.661202</v>
+        <v>3.628415</v>
       </c>
       <c r="Q373">
-        <v>101.661202</v>
+        <v>105.628415</v>
       </c>
       <c r="R373">
-        <v>106.061202</v>
+        <v>109.628415</v>
       </c>
       <c r="S373">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T373">
-        <v>104.4</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="374" spans="1:24">
       <c r="A374" s="2">
-        <v>45460.417905093</v>
+        <v>45548.416886574</v>
       </c>
       <c r="B374" t="s">
         <v>24</v>
       </c>
       <c r="C374" t="s">
         <v>25</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="G374">
-        <v>103.595628</v>
+        <v>106.463388</v>
       </c>
       <c r="I374" t="s">
         <v>28</v>
       </c>
       <c r="J374">
         <v>8.0</v>
       </c>
       <c r="K374" s="2">
         <v>45387.0</v>
       </c>
       <c r="L374" s="2">
         <v>49039.0</v>
       </c>
       <c r="M374">
         <v>2000</v>
       </c>
       <c r="N374">
         <v>10000.0</v>
       </c>
       <c r="O374" t="s">
         <v>28</v>
       </c>
       <c r="P374">
-        <v>1.639344</v>
+        <v>3.606557</v>
       </c>
       <c r="Q374">
-        <v>101.639344</v>
+        <v>105.606557</v>
       </c>
       <c r="R374">
-        <v>106.139344</v>
+        <v>109.606557</v>
       </c>
       <c r="S374">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T374">
-        <v>104.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="375" spans="1:24">
       <c r="A375" s="2">
-        <v>45457.48994213</v>
+        <v>45547.416851852</v>
       </c>
       <c r="B375" t="s">
         <v>24</v>
       </c>
       <c r="C375" t="s">
         <v>25</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
       <c r="G375">
-        <v>103.595628</v>
+        <v>106.463388</v>
       </c>
       <c r="I375" t="s">
         <v>28</v>
       </c>
       <c r="J375">
         <v>8.0</v>
       </c>
       <c r="K375" s="2">
         <v>45387.0</v>
       </c>
       <c r="L375" s="2">
         <v>49039.0</v>
       </c>
       <c r="M375">
         <v>2000</v>
       </c>
       <c r="N375">
         <v>10000.0</v>
       </c>
       <c r="O375" t="s">
         <v>28</v>
       </c>
       <c r="P375">
-        <v>1.617486</v>
+        <v>3.584699</v>
       </c>
       <c r="Q375">
+        <v>105.584699</v>
+      </c>
+      <c r="R375">
+        <v>109.584699</v>
+      </c>
+      <c r="S375">
         <v>102.0</v>
       </c>
-      <c r="R375">
-[...4 lines deleted...]
-      </c>
       <c r="T375">
-        <v>104.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="376" spans="1:24">
       <c r="A376" s="2">
-        <v>45456.450972222</v>
+        <v>45546.416770833</v>
       </c>
       <c r="B376" t="s">
         <v>24</v>
       </c>
       <c r="C376" t="s">
         <v>25</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
-      <c r="F376">
-[...1 lines deleted...]
-      </c>
       <c r="G376">
-        <v>103.595628</v>
-[...2 lines deleted...]
-        <v>20719.1256</v>
+        <v>106.463388</v>
       </c>
       <c r="I376" t="s">
         <v>28</v>
       </c>
       <c r="J376">
         <v>8.0</v>
       </c>
       <c r="K376" s="2">
         <v>45387.0</v>
       </c>
       <c r="L376" s="2">
         <v>49039.0</v>
       </c>
       <c r="M376">
         <v>2000</v>
       </c>
       <c r="N376">
         <v>10000.0</v>
       </c>
       <c r="O376" t="s">
         <v>28</v>
       </c>
       <c r="P376">
-        <v>1.595628</v>
+        <v>3.519126</v>
       </c>
       <c r="Q376">
-        <v>104.0</v>
+        <v>105.519126</v>
       </c>
       <c r="R376">
-        <v>106.095628</v>
+        <v>109.519126</v>
       </c>
       <c r="S376">
-        <v>102.404372</v>
+        <v>102.0</v>
       </c>
       <c r="T376">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="377" spans="1:24">
       <c r="A377" s="2">
-        <v>45455.52181713</v>
+        <v>45545.416736111</v>
       </c>
       <c r="B377" t="s">
         <v>24</v>
       </c>
       <c r="C377" t="s">
         <v>25</v>
       </c>
       <c r="D377" t="s">
         <v>26</v>
       </c>
       <c r="E377" t="s">
         <v>27</v>
       </c>
       <c r="G377">
-        <v>101.464481</v>
+        <v>106.463388</v>
       </c>
       <c r="I377" t="s">
         <v>28</v>
       </c>
       <c r="J377">
         <v>8.0</v>
       </c>
       <c r="K377" s="2">
         <v>45387.0</v>
       </c>
       <c r="L377" s="2">
         <v>49039.0</v>
       </c>
       <c r="M377">
         <v>2000</v>
       </c>
       <c r="N377">
         <v>10000.0</v>
       </c>
       <c r="O377" t="s">
         <v>28</v>
       </c>
       <c r="P377">
-        <v>1.530055</v>
+        <v>3.497268</v>
       </c>
       <c r="Q377">
-        <v>101.531</v>
+        <v>107.497268</v>
       </c>
       <c r="R377">
-        <v>103.530055</v>
+        <v>109.497268</v>
       </c>
       <c r="S377">
-        <v>100.000945</v>
+        <v>104.0</v>
       </c>
       <c r="T377">
-        <v>102.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="378" spans="1:24">
       <c r="A378" s="2">
-        <v>45454.511863426</v>
+        <v>45544.416886574</v>
       </c>
       <c r="B378" t="s">
         <v>24</v>
       </c>
       <c r="C378" t="s">
         <v>25</v>
       </c>
       <c r="D378" t="s">
         <v>26</v>
       </c>
       <c r="E378" t="s">
         <v>27</v>
       </c>
       <c r="G378">
-        <v>101.464481</v>
+        <v>106.463388</v>
       </c>
       <c r="I378" t="s">
         <v>28</v>
       </c>
       <c r="J378">
         <v>8.0</v>
       </c>
       <c r="K378" s="2">
         <v>45387.0</v>
       </c>
       <c r="L378" s="2">
         <v>49039.0</v>
       </c>
       <c r="M378">
         <v>2000</v>
       </c>
       <c r="N378">
         <v>10000.0</v>
       </c>
       <c r="O378" t="s">
         <v>28</v>
       </c>
       <c r="P378">
-        <v>1.508197</v>
+        <v>3.47541</v>
       </c>
       <c r="Q378">
-        <v>101.509</v>
+        <v>107.47541</v>
       </c>
       <c r="R378">
-        <v>103.508197</v>
+        <v>109.47541</v>
       </c>
       <c r="S378">
-        <v>100.000803</v>
+        <v>104.0</v>
       </c>
       <c r="T378">
-        <v>102.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="379" spans="1:24">
       <c r="A379" s="2">
-        <v>45453.548472222</v>
+        <v>45541.519618056</v>
       </c>
       <c r="B379" t="s">
         <v>24</v>
       </c>
       <c r="C379" t="s">
         <v>25</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
       <c r="G379">
-        <v>101.464481</v>
+        <v>106.463388</v>
       </c>
       <c r="I379" t="s">
         <v>28</v>
       </c>
       <c r="J379">
         <v>8.0</v>
       </c>
       <c r="K379" s="2">
         <v>45387.0</v>
       </c>
       <c r="L379" s="2">
         <v>49039.0</v>
       </c>
       <c r="M379">
         <v>2000</v>
       </c>
       <c r="N379">
         <v>10000.0</v>
       </c>
       <c r="O379" t="s">
         <v>28</v>
       </c>
       <c r="P379">
-        <v>1.486339</v>
+        <v>3.453552</v>
       </c>
       <c r="Q379">
-        <v>101.487</v>
+        <v>107.453552</v>
       </c>
       <c r="R379">
-        <v>105.986339</v>
+        <v>109.453552</v>
       </c>
       <c r="S379">
-        <v>100.000661</v>
+        <v>104.0</v>
       </c>
       <c r="T379">
-        <v>104.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="380" spans="1:24">
       <c r="A380" s="2">
-        <v>45450.601111111</v>
+        <v>45540.416990741</v>
       </c>
       <c r="B380" t="s">
         <v>24</v>
       </c>
       <c r="C380" t="s">
         <v>25</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
-      <c r="F380">
-[...1 lines deleted...]
-      </c>
       <c r="G380">
-        <v>101.464481</v>
-[...2 lines deleted...]
-        <v>50732.2405</v>
+        <v>106.463388</v>
       </c>
       <c r="I380" t="s">
         <v>28</v>
       </c>
       <c r="J380">
         <v>8.0</v>
       </c>
       <c r="K380" s="2">
         <v>45387.0</v>
       </c>
       <c r="L380" s="2">
         <v>49039.0</v>
       </c>
       <c r="M380">
         <v>2000</v>
       </c>
       <c r="N380">
         <v>10000.0</v>
       </c>
       <c r="O380" t="s">
         <v>28</v>
       </c>
       <c r="P380">
-        <v>1.464481</v>
+        <v>3.431694</v>
       </c>
       <c r="Q380">
-        <v>101.464481</v>
+        <v>105.431694</v>
       </c>
       <c r="R380">
-        <v>105.964481</v>
+        <v>109.431694</v>
       </c>
       <c r="S380">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T380">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="381" spans="1:24">
       <c r="A381" s="2">
-        <v>45449.416886574</v>
+        <v>45539.416944444</v>
       </c>
       <c r="B381" t="s">
         <v>24</v>
       </c>
       <c r="C381" t="s">
         <v>25</v>
       </c>
       <c r="D381" t="s">
         <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>27</v>
       </c>
       <c r="G381">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I381" t="s">
         <v>28</v>
       </c>
       <c r="J381">
         <v>8.0</v>
       </c>
       <c r="K381" s="2">
         <v>45387.0</v>
       </c>
       <c r="L381" s="2">
         <v>49039.0</v>
       </c>
       <c r="M381">
         <v>2000</v>
       </c>
       <c r="N381">
         <v>10000.0</v>
       </c>
       <c r="O381" t="s">
         <v>28</v>
       </c>
       <c r="P381">
-        <v>1.442623</v>
+        <v>3.36612</v>
       </c>
       <c r="Q381">
-        <v>101.442623</v>
+        <v>105.36612</v>
       </c>
       <c r="R381">
-        <v>105.942623</v>
+        <v>109.36612</v>
       </c>
       <c r="S381">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T381">
-        <v>104.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="382" spans="1:24">
       <c r="A382" s="2">
-        <v>45448.575706019</v>
+        <v>45538.540104167</v>
       </c>
       <c r="B382" t="s">
         <v>24</v>
       </c>
       <c r="C382" t="s">
         <v>25</v>
       </c>
       <c r="D382" t="s">
         <v>26</v>
       </c>
       <c r="E382" t="s">
         <v>27</v>
       </c>
       <c r="G382">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I382" t="s">
         <v>28</v>
       </c>
       <c r="J382">
         <v>8.0</v>
       </c>
       <c r="K382" s="2">
         <v>45387.0</v>
       </c>
       <c r="L382" s="2">
         <v>49039.0</v>
       </c>
       <c r="M382">
         <v>2000</v>
       </c>
       <c r="N382">
         <v>10000.0</v>
       </c>
       <c r="O382" t="s">
         <v>28</v>
       </c>
       <c r="P382">
-        <v>1.377049</v>
+        <v>3.344262</v>
       </c>
       <c r="Q382">
-        <v>101.377049</v>
+        <v>105.344262</v>
       </c>
       <c r="R382">
-        <v>105.877049</v>
+        <v>109.344262</v>
       </c>
       <c r="S382">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T382">
-        <v>104.5</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="383" spans="1:24">
       <c r="A383" s="2">
-        <v>45447.416793981</v>
+        <v>45537.536226852</v>
       </c>
       <c r="B383" t="s">
         <v>24</v>
       </c>
       <c r="C383" t="s">
         <v>25</v>
       </c>
       <c r="D383" t="s">
         <v>26</v>
       </c>
       <c r="E383" t="s">
         <v>27</v>
       </c>
       <c r="G383">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I383" t="s">
         <v>28</v>
       </c>
       <c r="J383">
         <v>8.0</v>
       </c>
       <c r="K383" s="2">
         <v>45387.0</v>
       </c>
       <c r="L383" s="2">
         <v>49039.0</v>
       </c>
       <c r="M383">
         <v>2000</v>
       </c>
       <c r="N383">
         <v>10000.0</v>
       </c>
       <c r="O383" t="s">
         <v>28</v>
       </c>
       <c r="P383">
-        <v>1.355191</v>
+        <v>3.322404</v>
       </c>
       <c r="Q383">
-        <v>101.355191</v>
+        <v>103.322404</v>
       </c>
       <c r="R383">
-        <v>106.335191</v>
+        <v>109.322404</v>
       </c>
       <c r="S383">
         <v>100.0</v>
       </c>
       <c r="T383">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="384" spans="1:24">
       <c r="A384" s="2">
-        <v>45446.537025463</v>
+        <v>45534.416898148</v>
       </c>
       <c r="B384" t="s">
         <v>24</v>
       </c>
       <c r="C384" t="s">
         <v>25</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="G384">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I384" t="s">
         <v>28</v>
       </c>
       <c r="J384">
         <v>8.0</v>
       </c>
       <c r="K384" s="2">
         <v>45387.0</v>
       </c>
       <c r="L384" s="2">
         <v>49039.0</v>
       </c>
       <c r="M384">
         <v>2000</v>
       </c>
       <c r="N384">
         <v>10000.0</v>
       </c>
       <c r="O384" t="s">
         <v>28</v>
       </c>
       <c r="P384">
-        <v>1.333333</v>
+        <v>3.300546</v>
       </c>
       <c r="Q384">
-        <v>101.333333</v>
+        <v>103.300546</v>
       </c>
       <c r="R384">
-        <v>106.313333</v>
+        <v>109.300546</v>
       </c>
       <c r="S384">
         <v>100.0</v>
       </c>
       <c r="T384">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="385" spans="1:24">
       <c r="A385" s="2">
-        <v>45443.416875</v>
+        <v>45533.629733796</v>
       </c>
       <c r="B385" t="s">
         <v>24</v>
       </c>
       <c r="C385" t="s">
         <v>25</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="G385">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I385" t="s">
         <v>28</v>
       </c>
       <c r="J385">
         <v>8.0</v>
       </c>
       <c r="K385" s="2">
         <v>45387.0</v>
       </c>
       <c r="L385" s="2">
         <v>49039.0</v>
       </c>
       <c r="M385">
         <v>2000</v>
       </c>
       <c r="N385">
         <v>10000.0</v>
       </c>
       <c r="O385" t="s">
         <v>28</v>
       </c>
       <c r="P385">
-        <v>1.311475</v>
+        <v>3.278689</v>
       </c>
       <c r="Q385">
-        <v>101.311475</v>
+        <v>103.278689</v>
       </c>
       <c r="R385">
-        <v>106.291475</v>
+        <v>109.278689</v>
       </c>
       <c r="S385">
         <v>100.0</v>
       </c>
       <c r="T385">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="386" spans="1:24">
       <c r="A386" s="2">
-        <v>45442.555821759</v>
+        <v>45532.416979167</v>
       </c>
       <c r="B386" t="s">
         <v>24</v>
       </c>
       <c r="C386" t="s">
         <v>25</v>
       </c>
       <c r="D386" t="s">
         <v>26</v>
       </c>
       <c r="E386" t="s">
         <v>27</v>
       </c>
       <c r="G386">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I386" t="s">
         <v>28</v>
       </c>
       <c r="J386">
         <v>8.0</v>
       </c>
       <c r="K386" s="2">
         <v>45387.0</v>
       </c>
       <c r="L386" s="2">
         <v>49039.0</v>
       </c>
       <c r="M386">
         <v>2000</v>
       </c>
       <c r="N386">
         <v>10000.0</v>
       </c>
       <c r="O386" t="s">
         <v>28</v>
       </c>
       <c r="P386">
-        <v>1.289617</v>
+        <v>3.213115</v>
       </c>
       <c r="Q386">
-        <v>101.5</v>
+        <v>106.813115</v>
       </c>
       <c r="R386">
-        <v>106.269617</v>
+        <v>109.213115</v>
       </c>
       <c r="S386">
-        <v>100.210383</v>
+        <v>103.6</v>
       </c>
       <c r="T386">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="387" spans="1:24">
       <c r="A387" s="2">
-        <v>45441.616921296</v>
+        <v>45531.416875</v>
       </c>
       <c r="B387" t="s">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>25</v>
       </c>
       <c r="D387" t="s">
         <v>26</v>
       </c>
       <c r="E387" t="s">
         <v>27</v>
       </c>
       <c r="G387">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I387" t="s">
         <v>28</v>
       </c>
       <c r="J387">
         <v>8.0</v>
       </c>
       <c r="K387" s="2">
         <v>45387.0</v>
       </c>
       <c r="L387" s="2">
         <v>49039.0</v>
       </c>
       <c r="M387">
         <v>2000</v>
       </c>
       <c r="N387">
         <v>10000.0</v>
       </c>
       <c r="O387" t="s">
         <v>28</v>
       </c>
       <c r="P387">
-        <v>1.224044</v>
+        <v>3.191257</v>
       </c>
       <c r="Q387">
-        <v>101.224044</v>
+        <v>106.791257</v>
       </c>
       <c r="R387">
-        <v>106.204044</v>
+        <v>109.191257</v>
       </c>
       <c r="S387">
-        <v>100.0</v>
+        <v>103.6</v>
       </c>
       <c r="T387">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="388" spans="1:24">
       <c r="A388" s="2">
-        <v>45440.515173611</v>
+        <v>45530.416770833</v>
       </c>
       <c r="B388" t="s">
         <v>24</v>
       </c>
       <c r="C388" t="s">
         <v>25</v>
       </c>
       <c r="D388" t="s">
         <v>26</v>
       </c>
       <c r="E388" t="s">
         <v>27</v>
       </c>
       <c r="G388">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I388" t="s">
         <v>28</v>
       </c>
       <c r="J388">
         <v>8.0</v>
       </c>
       <c r="K388" s="2">
         <v>45387.0</v>
       </c>
       <c r="L388" s="2">
         <v>49039.0</v>
       </c>
       <c r="M388">
         <v>2000</v>
       </c>
       <c r="N388">
         <v>10000.0</v>
       </c>
       <c r="O388" t="s">
         <v>28</v>
       </c>
       <c r="P388">
-        <v>1.202186</v>
+        <v>3.169399</v>
       </c>
       <c r="Q388">
-        <v>100.0</v>
+        <v>106.769399</v>
       </c>
       <c r="R388">
-        <v>106.182186</v>
+        <v>109.169399</v>
       </c>
       <c r="S388">
-        <v>98.797814</v>
+        <v>103.6</v>
       </c>
       <c r="T388">
-        <v>104.98</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="389" spans="1:24">
       <c r="A389" s="2">
-        <v>45439.617372685</v>
+        <v>45527.416875</v>
       </c>
       <c r="B389" t="s">
         <v>24</v>
       </c>
       <c r="C389" t="s">
         <v>25</v>
       </c>
       <c r="D389" t="s">
         <v>26</v>
       </c>
       <c r="E389" t="s">
         <v>27</v>
       </c>
       <c r="G389">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I389" t="s">
         <v>28</v>
       </c>
       <c r="J389">
         <v>8.0</v>
       </c>
       <c r="K389" s="2">
         <v>45387.0</v>
       </c>
       <c r="L389" s="2">
         <v>49039.0</v>
       </c>
       <c r="M389">
         <v>2000</v>
       </c>
       <c r="N389">
         <v>10000.0</v>
       </c>
       <c r="O389" t="s">
         <v>28</v>
       </c>
       <c r="P389">
-        <v>1.180328</v>
+        <v>3.147541</v>
+      </c>
+      <c r="Q389">
+        <v>106.747541</v>
       </c>
       <c r="R389">
-        <v>106.180328</v>
+        <v>109.147541</v>
+      </c>
+      <c r="S389">
+        <v>103.6</v>
       </c>
       <c r="T389">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="390" spans="1:24">
       <c r="A390" s="2">
-        <v>45436.417210648</v>
+        <v>45526.416805556</v>
       </c>
       <c r="B390" t="s">
         <v>24</v>
       </c>
       <c r="C390" t="s">
         <v>25</v>
       </c>
       <c r="D390" t="s">
         <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>27</v>
       </c>
       <c r="G390">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I390" t="s">
         <v>28</v>
       </c>
       <c r="J390">
         <v>8.0</v>
       </c>
       <c r="K390" s="2">
         <v>45387.0</v>
       </c>
       <c r="L390" s="2">
         <v>49039.0</v>
       </c>
       <c r="M390">
         <v>2000</v>
       </c>
       <c r="N390">
         <v>10000.0</v>
       </c>
       <c r="O390" t="s">
         <v>28</v>
       </c>
       <c r="P390">
-        <v>1.15847</v>
+        <v>3.125683</v>
       </c>
       <c r="Q390">
-        <v>104.75847</v>
+        <v>106.725683</v>
       </c>
       <c r="R390">
-        <v>106.15847</v>
+        <v>109.125683</v>
       </c>
       <c r="S390">
         <v>103.6</v>
       </c>
       <c r="T390">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="391" spans="1:24">
       <c r="A391" s="2">
-        <v>45435.416782407</v>
+        <v>45525.416793981</v>
       </c>
       <c r="B391" t="s">
         <v>24</v>
       </c>
       <c r="C391" t="s">
         <v>25</v>
       </c>
       <c r="D391" t="s">
         <v>26</v>
       </c>
       <c r="E391" t="s">
         <v>27</v>
       </c>
       <c r="G391">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I391" t="s">
         <v>28</v>
       </c>
       <c r="J391">
         <v>8.0</v>
       </c>
       <c r="K391" s="2">
         <v>45387.0</v>
       </c>
       <c r="L391" s="2">
         <v>49039.0</v>
       </c>
       <c r="M391">
         <v>2000</v>
       </c>
       <c r="N391">
         <v>10000.0</v>
       </c>
       <c r="O391" t="s">
         <v>28</v>
       </c>
       <c r="P391">
-        <v>1.136612</v>
+        <v>3.060109</v>
       </c>
       <c r="Q391">
-        <v>104.736612</v>
+        <v>106.660109</v>
       </c>
       <c r="R391">
-        <v>106.136612</v>
+        <v>109.060109</v>
       </c>
       <c r="S391">
         <v>103.6</v>
       </c>
       <c r="T391">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="392" spans="1:24">
       <c r="A392" s="2">
-        <v>45434.489675926</v>
+        <v>45524.416678241</v>
       </c>
       <c r="B392" t="s">
         <v>24</v>
       </c>
       <c r="C392" t="s">
         <v>25</v>
       </c>
       <c r="D392" t="s">
         <v>26</v>
       </c>
       <c r="E392" t="s">
         <v>27</v>
       </c>
       <c r="G392">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I392" t="s">
         <v>28</v>
       </c>
       <c r="J392">
         <v>8.0</v>
       </c>
       <c r="K392" s="2">
         <v>45387.0</v>
       </c>
       <c r="L392" s="2">
         <v>49039.0</v>
       </c>
       <c r="M392">
         <v>2000</v>
       </c>
       <c r="N392">
         <v>10000.0</v>
       </c>
       <c r="O392" t="s">
         <v>28</v>
       </c>
       <c r="P392">
-        <v>1.071038</v>
+        <v>3.038251</v>
       </c>
       <c r="Q392">
-        <v>104.771038</v>
+        <v>106.638251</v>
       </c>
       <c r="R392">
-        <v>106.071038</v>
+        <v>109.038251</v>
       </c>
       <c r="S392">
-        <v>103.7</v>
+        <v>103.6</v>
       </c>
       <c r="T392">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="393" spans="1:24">
       <c r="A393" s="2">
-        <v>45433.5703125</v>
+        <v>45523.416851852</v>
       </c>
       <c r="B393" t="s">
         <v>24</v>
       </c>
       <c r="C393" t="s">
         <v>25</v>
       </c>
       <c r="D393" t="s">
         <v>26</v>
       </c>
       <c r="E393" t="s">
         <v>27</v>
       </c>
       <c r="G393">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I393" t="s">
         <v>28</v>
       </c>
       <c r="J393">
         <v>8.0</v>
       </c>
       <c r="K393" s="2">
         <v>45387.0</v>
       </c>
       <c r="L393" s="2">
         <v>49039.0</v>
       </c>
       <c r="M393">
         <v>2000</v>
       </c>
       <c r="N393">
         <v>10000.0</v>
       </c>
       <c r="O393" t="s">
         <v>28</v>
       </c>
       <c r="P393">
-        <v>1.04918</v>
+        <v>3.016393</v>
       </c>
       <c r="Q393">
-        <v>105.04918</v>
+        <v>106.616393</v>
       </c>
       <c r="R393">
-        <v>106.04918</v>
+        <v>109.016393</v>
       </c>
       <c r="S393">
-        <v>104.0</v>
+        <v>103.6</v>
       </c>
       <c r="T393">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="394" spans="1:24">
       <c r="A394" s="2">
-        <v>45432.41681713</v>
+        <v>45520.416956019</v>
       </c>
       <c r="B394" t="s">
         <v>24</v>
       </c>
       <c r="C394" t="s">
         <v>25</v>
       </c>
       <c r="D394" t="s">
         <v>26</v>
       </c>
       <c r="E394" t="s">
         <v>27</v>
       </c>
       <c r="G394">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I394" t="s">
         <v>28</v>
       </c>
       <c r="J394">
         <v>8.0</v>
       </c>
       <c r="K394" s="2">
         <v>45387.0</v>
       </c>
       <c r="L394" s="2">
         <v>49039.0</v>
       </c>
       <c r="M394">
         <v>2000</v>
       </c>
       <c r="N394">
         <v>10000.0</v>
       </c>
       <c r="O394" t="s">
         <v>28</v>
       </c>
       <c r="P394">
-        <v>1.027322</v>
+        <v>2.994536</v>
       </c>
       <c r="Q394">
-        <v>104.627322</v>
+        <v>106.594536</v>
       </c>
       <c r="R394">
-        <v>106.027322</v>
+        <v>108.994536</v>
       </c>
       <c r="S394">
         <v>103.6</v>
       </c>
       <c r="T394">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="395" spans="1:24">
       <c r="A395" s="2">
-        <v>45429.416782407</v>
+        <v>45519.451921296</v>
       </c>
       <c r="B395" t="s">
         <v>24</v>
       </c>
       <c r="C395" t="s">
         <v>25</v>
       </c>
       <c r="D395" t="s">
         <v>26</v>
       </c>
       <c r="E395" t="s">
         <v>27</v>
       </c>
       <c r="G395">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I395" t="s">
         <v>28</v>
       </c>
       <c r="J395">
         <v>8.0</v>
       </c>
       <c r="K395" s="2">
         <v>45387.0</v>
       </c>
       <c r="L395" s="2">
         <v>49039.0</v>
       </c>
       <c r="M395">
         <v>2000</v>
       </c>
       <c r="N395">
         <v>10000.0</v>
       </c>
       <c r="O395" t="s">
         <v>28</v>
       </c>
       <c r="P395">
-        <v>1.005464</v>
+        <v>2.972678</v>
       </c>
       <c r="Q395">
-        <v>104.605464</v>
+        <v>106.572678</v>
       </c>
       <c r="R395">
-        <v>106.005464</v>
+        <v>108.572</v>
       </c>
       <c r="S395">
         <v>103.6</v>
       </c>
       <c r="T395">
-        <v>105.0</v>
+        <v>105.599322</v>
       </c>
     </row>
     <row r="396" spans="1:24">
       <c r="A396" s="2">
-        <v>45428.449259259</v>
+        <v>45518.416886574</v>
       </c>
       <c r="B396" t="s">
         <v>24</v>
       </c>
       <c r="C396" t="s">
         <v>25</v>
       </c>
       <c r="D396" t="s">
         <v>26</v>
       </c>
       <c r="E396" t="s">
         <v>27</v>
       </c>
       <c r="G396">
-        <v>105.918033</v>
+        <v>106.463388</v>
       </c>
       <c r="I396" t="s">
         <v>28</v>
       </c>
       <c r="J396">
         <v>8.0</v>
       </c>
       <c r="K396" s="2">
         <v>45387.0</v>
       </c>
       <c r="L396" s="2">
         <v>49039.0</v>
       </c>
       <c r="M396">
         <v>2000</v>
       </c>
       <c r="N396">
         <v>10000.0</v>
       </c>
       <c r="O396" t="s">
         <v>28</v>
       </c>
       <c r="P396">
-        <v>0.983607</v>
+        <v>2.907104</v>
       </c>
       <c r="Q396">
-        <v>104.583607</v>
+        <v>106.507104</v>
       </c>
       <c r="R396">
-        <v>105.983607</v>
+        <v>108.907104</v>
       </c>
       <c r="S396">
         <v>103.6</v>
       </c>
       <c r="T396">
-        <v>105.0</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="397" spans="1:24">
       <c r="A397" s="2">
-        <v>45427.554074074</v>
+        <v>45517.41693287</v>
       </c>
       <c r="B397" t="s">
         <v>24</v>
       </c>
       <c r="C397" t="s">
         <v>25</v>
       </c>
       <c r="D397" t="s">
         <v>26</v>
       </c>
       <c r="E397" t="s">
         <v>27</v>
       </c>
-      <c r="F397">
-[...1 lines deleted...]
-      </c>
       <c r="G397">
-        <v>105.918033</v>
-[...2 lines deleted...]
-        <v>21183.6066</v>
+        <v>106.463388</v>
       </c>
       <c r="I397" t="s">
         <v>28</v>
       </c>
       <c r="J397">
         <v>8.0</v>
       </c>
       <c r="K397" s="2">
         <v>45387.0</v>
       </c>
       <c r="L397" s="2">
         <v>49039.0</v>
       </c>
       <c r="M397">
         <v>2000</v>
       </c>
       <c r="N397">
         <v>10000.0</v>
       </c>
       <c r="O397" t="s">
         <v>28</v>
       </c>
       <c r="P397">
-        <v>0.918033</v>
+        <v>2.885246</v>
       </c>
       <c r="Q397">
-        <v>104.518033</v>
+        <v>106.485246</v>
       </c>
       <c r="R397">
-        <v>107.418033</v>
+        <v>108.885246</v>
       </c>
       <c r="S397">
         <v>103.6</v>
       </c>
       <c r="T397">
-        <v>106.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="398" spans="1:24">
       <c r="A398" s="2">
-        <v>45426.639606481</v>
+        <v>45516.550902778</v>
       </c>
       <c r="B398" t="s">
         <v>24</v>
       </c>
       <c r="C398" t="s">
         <v>25</v>
       </c>
       <c r="D398" t="s">
         <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>27</v>
       </c>
+      <c r="F398">
+        <v>-1.02</v>
+      </c>
       <c r="G398">
-        <v>105.874317</v>
+        <v>106.463388</v>
+      </c>
+      <c r="H398">
+        <v>10646.3388</v>
       </c>
       <c r="I398" t="s">
         <v>28</v>
       </c>
       <c r="J398">
         <v>8.0</v>
       </c>
       <c r="K398" s="2">
         <v>45387.0</v>
       </c>
       <c r="L398" s="2">
         <v>49039.0</v>
       </c>
       <c r="M398">
         <v>2000</v>
       </c>
       <c r="N398">
         <v>10000.0</v>
       </c>
       <c r="O398" t="s">
         <v>28</v>
       </c>
       <c r="P398">
-        <v>0.896175</v>
+        <v>2.863388</v>
       </c>
       <c r="Q398">
-        <v>104.496175</v>
+        <v>106.463388</v>
       </c>
       <c r="R398">
-        <v>105.896175</v>
+        <v>108.863388</v>
       </c>
       <c r="S398">
         <v>103.6</v>
       </c>
       <c r="T398">
-        <v>105.0</v>
+        <v>106.0</v>
+      </c>
+      <c r="X398">
+        <v>1</v>
       </c>
     </row>
     <row r="399" spans="1:24">
       <c r="A399" s="2">
-        <v>45425.521481481</v>
+        <v>45513.416875</v>
       </c>
       <c r="B399" t="s">
         <v>24</v>
       </c>
       <c r="C399" t="s">
         <v>25</v>
       </c>
       <c r="D399" t="s">
         <v>26</v>
       </c>
       <c r="E399" t="s">
         <v>27</v>
       </c>
-      <c r="F399">
-[...1 lines deleted...]
-      </c>
       <c r="G399">
-        <v>105.874317</v>
-[...2 lines deleted...]
-        <v>105824.317</v>
+        <v>107.557377</v>
       </c>
       <c r="I399" t="s">
         <v>28</v>
       </c>
       <c r="J399">
         <v>8.0</v>
       </c>
       <c r="K399" s="2">
         <v>45387.0</v>
       </c>
       <c r="L399" s="2">
         <v>49039.0</v>
       </c>
       <c r="M399">
         <v>2000</v>
       </c>
       <c r="N399">
         <v>10000.0</v>
       </c>
       <c r="O399" t="s">
         <v>28</v>
       </c>
       <c r="P399">
-        <v>0.874317</v>
+        <v>2.84153</v>
       </c>
       <c r="Q399">
-        <v>104.074317</v>
+        <v>106.44153</v>
       </c>
       <c r="R399">
-        <v>105.874317</v>
+        <v>108.84153</v>
       </c>
       <c r="S399">
-        <v>103.2</v>
+        <v>103.6</v>
       </c>
       <c r="T399">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="400" spans="1:24">
       <c r="A400" s="2">
-        <v>45422.63943287</v>
+        <v>45512.417233796</v>
       </c>
       <c r="B400" t="s">
         <v>24</v>
       </c>
       <c r="C400" t="s">
         <v>25</v>
       </c>
       <c r="D400" t="s">
         <v>26</v>
       </c>
       <c r="E400" t="s">
         <v>27</v>
       </c>
-      <c r="F400">
-[...1 lines deleted...]
-      </c>
       <c r="G400">
-        <v>104.052459</v>
-[...2 lines deleted...]
-        <v>20850.4918</v>
+        <v>107.557377</v>
       </c>
       <c r="I400" t="s">
         <v>28</v>
       </c>
       <c r="J400">
         <v>8.0</v>
       </c>
       <c r="K400" s="2">
         <v>45387.0</v>
       </c>
       <c r="L400" s="2">
         <v>49039.0</v>
       </c>
       <c r="M400">
         <v>2000</v>
       </c>
       <c r="N400">
         <v>10000.0</v>
       </c>
       <c r="O400" t="s">
         <v>28</v>
       </c>
       <c r="P400">
-        <v>0.852459</v>
+        <v>2.819672</v>
       </c>
       <c r="Q400">
-        <v>104.052459</v>
+        <v>106.419672</v>
       </c>
       <c r="R400">
-        <v>104.652459</v>
+        <v>108.819672</v>
       </c>
       <c r="S400">
-        <v>103.2</v>
+        <v>103.6</v>
       </c>
       <c r="T400">
-        <v>103.8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="401" spans="1:24">
       <c r="A401" s="2">
-        <v>45420.649108796</v>
+        <v>45511.663796296</v>
       </c>
       <c r="B401" t="s">
         <v>24</v>
       </c>
       <c r="C401" t="s">
         <v>25</v>
       </c>
       <c r="D401" t="s">
         <v>26</v>
       </c>
       <c r="E401" t="s">
         <v>27</v>
       </c>
-      <c r="F401">
-[...1 lines deleted...]
-      </c>
       <c r="G401">
-        <v>104.365027</v>
-[...2 lines deleted...]
-        <v>10436.5027</v>
+        <v>107.557377</v>
       </c>
       <c r="I401" t="s">
         <v>28</v>
       </c>
       <c r="J401">
         <v>8.0</v>
       </c>
       <c r="K401" s="2">
         <v>45387.0</v>
       </c>
       <c r="L401" s="2">
         <v>49039.0</v>
       </c>
       <c r="M401">
         <v>2000</v>
       </c>
       <c r="N401">
         <v>10000.0</v>
       </c>
       <c r="O401" t="s">
         <v>28</v>
       </c>
       <c r="P401">
-        <v>0.765027</v>
+        <v>2.754098</v>
       </c>
       <c r="Q401">
-        <v>104.365027</v>
+        <v>106.354098</v>
       </c>
       <c r="R401">
-        <v>105.765027</v>
+        <v>108.754098</v>
       </c>
       <c r="S401">
         <v>103.6</v>
       </c>
       <c r="T401">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>106.0</v>
       </c>
     </row>
     <row r="402" spans="1:24">
       <c r="A402" s="2">
-        <v>45419.474722222</v>
+        <v>45510.416770833</v>
       </c>
       <c r="B402" t="s">
         <v>24</v>
       </c>
       <c r="C402" t="s">
         <v>25</v>
       </c>
       <c r="D402" t="s">
         <v>26</v>
       </c>
       <c r="E402" t="s">
         <v>27</v>
       </c>
       <c r="G402">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I402" t="s">
         <v>28</v>
       </c>
       <c r="J402">
         <v>8.0</v>
       </c>
       <c r="K402" s="2">
         <v>45387.0</v>
       </c>
       <c r="L402" s="2">
         <v>49039.0</v>
       </c>
       <c r="M402">
         <v>2000</v>
       </c>
       <c r="N402">
         <v>10000.0</v>
       </c>
       <c r="O402" t="s">
         <v>28</v>
       </c>
       <c r="P402">
-        <v>0.743169</v>
+        <v>2.73224</v>
       </c>
       <c r="Q402">
-        <v>104.343169</v>
+        <v>106.33224</v>
       </c>
       <c r="R402">
-        <v>106.743169</v>
+        <v>108.08224</v>
       </c>
       <c r="S402">
         <v>103.6</v>
       </c>
       <c r="T402">
-        <v>106.0</v>
+        <v>105.35</v>
       </c>
     </row>
     <row r="403" spans="1:24">
       <c r="A403" s="2">
-        <v>45418.355625</v>
+        <v>45509.41681713</v>
       </c>
       <c r="B403" t="s">
         <v>24</v>
       </c>
       <c r="C403" t="s">
         <v>25</v>
       </c>
       <c r="D403" t="s">
         <v>26</v>
       </c>
       <c r="E403" t="s">
         <v>27</v>
       </c>
       <c r="G403">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I403" t="s">
         <v>28</v>
       </c>
       <c r="J403">
         <v>8.0</v>
       </c>
       <c r="K403" s="2">
         <v>45387.0</v>
       </c>
       <c r="L403" s="2">
         <v>49039.0</v>
       </c>
       <c r="M403">
         <v>2000</v>
       </c>
       <c r="N403">
         <v>10000.0</v>
       </c>
       <c r="O403" t="s">
         <v>28</v>
       </c>
       <c r="P403">
-        <v>0.721311</v>
+        <v>2.710383</v>
+      </c>
+      <c r="Q403">
+        <v>106.310383</v>
+      </c>
+      <c r="R403">
+        <v>108.060383</v>
+      </c>
+      <c r="S403">
+        <v>103.6</v>
+      </c>
+      <c r="T403">
+        <v>105.35</v>
       </c>
     </row>
     <row r="404" spans="1:24">
       <c r="A404" s="2">
-        <v>45415.416886574</v>
+        <v>45506.416782407</v>
       </c>
       <c r="B404" t="s">
         <v>24</v>
       </c>
       <c r="C404" t="s">
         <v>25</v>
       </c>
       <c r="D404" t="s">
         <v>26</v>
       </c>
       <c r="E404" t="s">
         <v>27</v>
       </c>
       <c r="G404">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I404" t="s">
         <v>28</v>
       </c>
       <c r="J404">
         <v>8.0</v>
       </c>
       <c r="K404" s="2">
         <v>45387.0</v>
       </c>
       <c r="L404" s="2">
         <v>49039.0</v>
       </c>
       <c r="M404">
         <v>2000</v>
       </c>
       <c r="N404">
         <v>10000.0</v>
       </c>
       <c r="O404" t="s">
         <v>28</v>
       </c>
       <c r="P404">
-        <v>0.699454</v>
+        <v>2.688525</v>
       </c>
       <c r="Q404">
-        <v>104.299454</v>
+        <v>106.288525</v>
       </c>
       <c r="R404">
-        <v>107.699454</v>
+        <v>108.038525</v>
       </c>
       <c r="S404">
         <v>103.6</v>
       </c>
       <c r="T404">
-        <v>107.0</v>
+        <v>105.35</v>
       </c>
     </row>
     <row r="405" spans="1:24">
       <c r="A405" s="2">
-        <v>45414.416851852</v>
+        <v>45505.416863426</v>
       </c>
       <c r="B405" t="s">
         <v>24</v>
       </c>
       <c r="C405" t="s">
         <v>25</v>
       </c>
       <c r="D405" t="s">
         <v>26</v>
       </c>
       <c r="E405" t="s">
         <v>27</v>
       </c>
       <c r="G405">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I405" t="s">
         <v>28</v>
       </c>
       <c r="J405">
         <v>8.0</v>
       </c>
       <c r="K405" s="2">
         <v>45387.0</v>
       </c>
       <c r="L405" s="2">
         <v>49039.0</v>
       </c>
       <c r="M405">
         <v>2000</v>
       </c>
       <c r="N405">
         <v>10000.0</v>
       </c>
       <c r="O405" t="s">
         <v>28</v>
       </c>
       <c r="P405">
-        <v>0.677596</v>
+        <v>2.666667</v>
       </c>
       <c r="Q405">
-        <v>104.277596</v>
+        <v>106.266667</v>
       </c>
       <c r="R405">
-        <v>107.677596</v>
+        <v>108.016667</v>
       </c>
       <c r="S405">
         <v>103.6</v>
       </c>
       <c r="T405">
-        <v>107.0</v>
+        <v>105.35</v>
       </c>
     </row>
     <row r="406" spans="1:24">
       <c r="A406" s="2">
-        <v>45412.500509259</v>
+        <v>45504.416736111</v>
       </c>
       <c r="B406" t="s">
         <v>24</v>
       </c>
       <c r="C406" t="s">
         <v>25</v>
       </c>
       <c r="D406" t="s">
         <v>26</v>
       </c>
       <c r="E406" t="s">
         <v>27</v>
       </c>
       <c r="G406">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I406" t="s">
         <v>28</v>
       </c>
       <c r="J406">
         <v>8.0</v>
       </c>
       <c r="K406" s="2">
         <v>45387.0</v>
       </c>
       <c r="L406" s="2">
         <v>49039.0</v>
       </c>
       <c r="M406">
         <v>2000</v>
       </c>
       <c r="N406">
         <v>10000.0</v>
       </c>
       <c r="O406" t="s">
         <v>28</v>
       </c>
       <c r="P406">
-        <v>0.612022</v>
+        <v>2.601093</v>
       </c>
       <c r="Q406">
-        <v>104.212022</v>
+        <v>106.201093</v>
       </c>
       <c r="R406">
-        <v>107.112022</v>
+        <v>107.951093</v>
       </c>
       <c r="S406">
         <v>103.6</v>
       </c>
       <c r="T406">
-        <v>106.5</v>
+        <v>105.35</v>
       </c>
     </row>
     <row r="407" spans="1:24">
       <c r="A407" s="2">
-        <v>45411.581736111</v>
+        <v>45503.644027778</v>
       </c>
       <c r="B407" t="s">
         <v>24</v>
       </c>
       <c r="C407" t="s">
         <v>25</v>
       </c>
       <c r="D407" t="s">
         <v>26</v>
       </c>
       <c r="E407" t="s">
         <v>27</v>
       </c>
       <c r="G407">
-        <v>106.937158</v>
+        <v>107.557377</v>
       </c>
       <c r="I407" t="s">
         <v>28</v>
       </c>
       <c r="J407">
         <v>8.0</v>
       </c>
       <c r="K407" s="2">
         <v>45387.0</v>
       </c>
       <c r="L407" s="2">
         <v>49039.0</v>
       </c>
       <c r="M407">
         <v>2000</v>
       </c>
       <c r="N407">
         <v>10000.0</v>
       </c>
       <c r="O407" t="s">
         <v>28</v>
       </c>
       <c r="P407">
-        <v>0.590164</v>
+        <v>2.579235</v>
       </c>
       <c r="Q407">
-        <v>104.190164</v>
+        <v>106.179235</v>
       </c>
       <c r="R407">
-        <v>107.590164</v>
+        <v>107.929235</v>
       </c>
       <c r="S407">
         <v>103.6</v>
       </c>
       <c r="T407">
-        <v>107.0</v>
+        <v>105.35</v>
       </c>
     </row>
     <row r="408" spans="1:24">
       <c r="A408" s="2">
-        <v>45408.536030093</v>
+        <v>45502.58119213</v>
       </c>
       <c r="B408" t="s">
         <v>24</v>
       </c>
       <c r="C408" t="s">
         <v>25</v>
       </c>
       <c r="D408" t="s">
         <v>26</v>
       </c>
       <c r="E408" t="s">
         <v>27</v>
       </c>
+      <c r="F408">
+        <v>0.03</v>
+      </c>
       <c r="G408">
-        <v>106.937158</v>
+        <v>107.557377</v>
+      </c>
+      <c r="H408">
+        <v>10755.7377</v>
       </c>
       <c r="I408" t="s">
         <v>28</v>
       </c>
       <c r="J408">
         <v>8.0</v>
       </c>
       <c r="K408" s="2">
         <v>45387.0</v>
       </c>
       <c r="L408" s="2">
         <v>49039.0</v>
       </c>
       <c r="M408">
         <v>2000</v>
       </c>
       <c r="N408">
         <v>10000.0</v>
       </c>
       <c r="O408" t="s">
         <v>28</v>
       </c>
       <c r="P408">
-        <v>0.546448</v>
+        <v>2.557377</v>
       </c>
       <c r="Q408">
-        <v>104.146448</v>
+        <v>106.157377</v>
       </c>
       <c r="R408">
-        <v>108.046448</v>
+        <v>108.558</v>
       </c>
       <c r="S408">
         <v>103.6</v>
       </c>
       <c r="T408">
-        <v>107.5</v>
+        <v>106.000623</v>
+      </c>
+      <c r="X408">
+        <v>1</v>
       </c>
     </row>
     <row r="409" spans="1:24">
       <c r="A409" s="2">
-        <v>45407.416840278</v>
+        <v>45499.431412037</v>
       </c>
       <c r="B409" t="s">
         <v>24</v>
       </c>
       <c r="C409" t="s">
         <v>25</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
+      <c r="F409">
+        <v>0.83</v>
+      </c>
       <c r="G409">
-        <v>106.937158</v>
+        <v>107.525519</v>
+      </c>
+      <c r="H409">
+        <v>10752.5519</v>
       </c>
       <c r="I409" t="s">
         <v>28</v>
       </c>
       <c r="J409">
         <v>8.0</v>
       </c>
       <c r="K409" s="2">
         <v>45387.0</v>
       </c>
       <c r="L409" s="2">
         <v>49039.0</v>
       </c>
       <c r="M409">
         <v>2000</v>
       </c>
       <c r="N409">
         <v>10000.0</v>
       </c>
       <c r="O409" t="s">
         <v>28</v>
       </c>
       <c r="P409">
-        <v>0.52459</v>
+        <v>2.535519</v>
       </c>
       <c r="Q409">
-        <v>104.12459</v>
+        <v>106.135519</v>
       </c>
       <c r="R409">
-        <v>108.47459</v>
+        <v>107.535519</v>
       </c>
       <c r="S409">
         <v>103.6</v>
       </c>
       <c r="T409">
-        <v>107.95</v>
+        <v>105.0</v>
+      </c>
+      <c r="X409">
+        <v>1</v>
       </c>
     </row>
     <row r="410" spans="1:24">
       <c r="A410" s="2">
-        <v>45406.522627315</v>
+        <v>45498.600335648</v>
       </c>
       <c r="B410" t="s">
         <v>24</v>
       </c>
       <c r="C410" t="s">
         <v>25</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="G410">
-        <v>106.937158</v>
+        <v>106.641366</v>
       </c>
       <c r="I410" t="s">
         <v>28</v>
       </c>
       <c r="J410">
         <v>8.0</v>
       </c>
       <c r="K410" s="2">
         <v>45387.0</v>
       </c>
       <c r="L410" s="2">
         <v>49039.0</v>
       </c>
       <c r="M410">
         <v>2000</v>
       </c>
       <c r="N410">
         <v>10000.0</v>
       </c>
       <c r="O410" t="s">
         <v>28</v>
       </c>
       <c r="P410">
-        <v>0.459016</v>
+        <v>2.513661</v>
       </c>
       <c r="Q410">
-        <v>104.059016</v>
+        <v>106.113661</v>
       </c>
       <c r="R410">
-        <v>108.409016</v>
+        <v>107.503661</v>
       </c>
       <c r="S410">
         <v>103.6</v>
       </c>
       <c r="T410">
-        <v>107.95</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="411" spans="1:24">
       <c r="A411" s="2">
-        <v>45405.502152778</v>
+        <v>45497.613819444</v>
       </c>
       <c r="B411" t="s">
         <v>24</v>
       </c>
       <c r="C411" t="s">
         <v>25</v>
       </c>
       <c r="D411" t="s">
         <v>26</v>
       </c>
       <c r="E411" t="s">
         <v>27</v>
       </c>
-      <c r="F411">
-[...1 lines deleted...]
-      </c>
       <c r="G411">
-        <v>106.937158</v>
-[...2 lines deleted...]
-        <v>21237.4316</v>
+        <v>106.641366</v>
       </c>
       <c r="I411" t="s">
         <v>28</v>
       </c>
       <c r="J411">
         <v>8.0</v>
       </c>
       <c r="K411" s="2">
         <v>45387.0</v>
       </c>
       <c r="L411" s="2">
         <v>49039.0</v>
       </c>
       <c r="M411">
         <v>2000</v>
       </c>
       <c r="N411">
         <v>10000.0</v>
       </c>
       <c r="O411" t="s">
         <v>28</v>
       </c>
       <c r="P411">
-        <v>0.437158</v>
+        <v>2.448087</v>
       </c>
       <c r="Q411">
-        <v>104.037158</v>
+        <v>105.948087</v>
       </c>
       <c r="R411">
-        <v>107.4372</v>
+        <v>107.438087</v>
       </c>
       <c r="S411">
-        <v>103.6</v>
+        <v>103.5</v>
       </c>
       <c r="T411">
-        <v>107.000042</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="412" spans="1:24">
       <c r="A412" s="2">
-        <v>45404.643622685</v>
+        <v>45496.485821759</v>
       </c>
       <c r="B412" t="s">
         <v>24</v>
       </c>
       <c r="C412" t="s">
         <v>25</v>
       </c>
       <c r="D412" t="s">
         <v>26</v>
       </c>
       <c r="E412" t="s">
         <v>27</v>
       </c>
-      <c r="F412">
-[...1 lines deleted...]
-      </c>
       <c r="G412">
-        <v>104.915301</v>
-[...2 lines deleted...]
-        <v>10491.5301</v>
+        <v>106.641366</v>
       </c>
       <c r="I412" t="s">
         <v>28</v>
       </c>
       <c r="J412">
         <v>8.0</v>
       </c>
       <c r="K412" s="2">
         <v>45387.0</v>
       </c>
       <c r="L412" s="2">
         <v>49039.0</v>
       </c>
       <c r="M412">
         <v>2000</v>
       </c>
       <c r="N412">
         <v>10000.0</v>
       </c>
       <c r="O412" t="s">
         <v>28</v>
       </c>
       <c r="P412">
-        <v>0.415301</v>
+        <v>2.42623</v>
       </c>
       <c r="Q412">
-        <v>104.015301</v>
+        <v>105.92623</v>
       </c>
       <c r="R412">
-        <v>105.415301</v>
+        <v>107.41623</v>
       </c>
       <c r="S412">
-        <v>103.6</v>
+        <v>103.5</v>
       </c>
       <c r="T412">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="413" spans="1:24">
       <c r="A413" s="2">
-        <v>45401.504548611</v>
+        <v>45495.460717593</v>
       </c>
       <c r="B413" t="s">
         <v>24</v>
       </c>
       <c r="C413" t="s">
         <v>25</v>
       </c>
       <c r="D413" t="s">
         <v>26</v>
       </c>
       <c r="E413" t="s">
         <v>27</v>
       </c>
-      <c r="F413">
-[...1 lines deleted...]
-      </c>
       <c r="G413">
-        <v>104.393443</v>
-[...2 lines deleted...]
-        <v>10439.3443</v>
+        <v>106.641366</v>
       </c>
       <c r="I413" t="s">
         <v>28</v>
       </c>
       <c r="J413">
         <v>8.0</v>
       </c>
       <c r="K413" s="2">
         <v>45387.0</v>
       </c>
       <c r="L413" s="2">
         <v>49039.0</v>
       </c>
       <c r="M413">
         <v>2000</v>
       </c>
       <c r="N413">
         <v>10000.0</v>
       </c>
       <c r="O413" t="s">
         <v>28</v>
       </c>
       <c r="P413">
-        <v>0.393443</v>
+        <v>2.404372</v>
       </c>
       <c r="Q413">
-        <v>103.993443</v>
+        <v>105.904372</v>
       </c>
       <c r="R413">
-        <v>104.893443</v>
+        <v>107.394372</v>
       </c>
       <c r="S413">
-        <v>103.6</v>
+        <v>103.5</v>
       </c>
       <c r="T413">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="414" spans="1:24">
       <c r="A414" s="2">
-        <v>45400.41681713</v>
+        <v>45492.46900463</v>
       </c>
       <c r="B414" t="s">
         <v>24</v>
       </c>
       <c r="C414" t="s">
         <v>25</v>
       </c>
       <c r="D414" t="s">
         <v>26</v>
       </c>
       <c r="E414" t="s">
         <v>27</v>
       </c>
       <c r="G414">
-        <v>104.484153</v>
+        <v>106.641366</v>
       </c>
       <c r="I414" t="s">
         <v>28</v>
       </c>
       <c r="J414">
         <v>8.0</v>
       </c>
       <c r="K414" s="2">
         <v>45387.0</v>
       </c>
       <c r="L414" s="2">
         <v>49039.0</v>
       </c>
       <c r="M414">
         <v>2000</v>
       </c>
       <c r="N414">
         <v>10000.0</v>
       </c>
       <c r="O414" t="s">
         <v>28</v>
       </c>
       <c r="P414">
-        <v>0.371585</v>
+        <v>2.382514</v>
       </c>
       <c r="Q414">
-        <v>104.371585</v>
+        <v>105.882514</v>
       </c>
       <c r="R414">
-        <v>104.871585</v>
+        <v>107.372514</v>
       </c>
       <c r="S414">
-        <v>104.0</v>
+        <v>103.5</v>
       </c>
       <c r="T414">
-        <v>104.5</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="415" spans="1:24">
       <c r="A415" s="2">
-        <v>45399.515266204</v>
+        <v>45491.416736111</v>
       </c>
       <c r="B415" t="s">
         <v>24</v>
       </c>
       <c r="C415" t="s">
         <v>25</v>
       </c>
       <c r="D415" t="s">
         <v>26</v>
       </c>
       <c r="E415" t="s">
         <v>27</v>
       </c>
       <c r="G415">
-        <v>104.484153</v>
+        <v>106.641366</v>
       </c>
       <c r="I415" t="s">
         <v>28</v>
       </c>
       <c r="J415">
         <v>8.0</v>
       </c>
       <c r="K415" s="2">
         <v>45387.0</v>
       </c>
       <c r="L415" s="2">
         <v>49039.0</v>
       </c>
       <c r="M415">
         <v>2000</v>
       </c>
       <c r="N415">
         <v>10000.0</v>
       </c>
       <c r="O415" t="s">
         <v>28</v>
       </c>
       <c r="P415">
-        <v>0.306011</v>
+        <v>2.360656</v>
       </c>
       <c r="Q415">
-        <v>104.306011</v>
+        <v>105.360656</v>
       </c>
       <c r="R415">
-        <v>104.806011</v>
+        <v>107.350656</v>
       </c>
       <c r="S415">
-        <v>104.0</v>
+        <v>103.0</v>
       </c>
       <c r="T415">
-        <v>104.5</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="416" spans="1:24">
       <c r="A416" s="2">
-        <v>45398.604212963</v>
+        <v>45490.416840278</v>
       </c>
       <c r="B416" t="s">
         <v>24</v>
       </c>
       <c r="C416" t="s">
         <v>25</v>
       </c>
       <c r="D416" t="s">
         <v>26</v>
       </c>
       <c r="E416" t="s">
         <v>27</v>
       </c>
-      <c r="F416">
-[...1 lines deleted...]
-      </c>
       <c r="G416">
-        <v>104.484153</v>
-[...2 lines deleted...]
-        <v>20891.8306</v>
+        <v>106.641366</v>
       </c>
       <c r="I416" t="s">
         <v>28</v>
       </c>
       <c r="J416">
         <v>8.0</v>
       </c>
       <c r="K416" s="2">
         <v>45387.0</v>
       </c>
       <c r="L416" s="2">
         <v>49039.0</v>
       </c>
       <c r="M416">
         <v>2000</v>
       </c>
       <c r="N416">
         <v>10000.0</v>
       </c>
       <c r="O416" t="s">
         <v>28</v>
       </c>
       <c r="P416">
-        <v>0.284153</v>
+        <v>2.295082</v>
       </c>
       <c r="Q416">
-        <v>103.884153</v>
+        <v>105.295082</v>
       </c>
       <c r="R416">
-        <v>104.784153</v>
+        <v>107.285082</v>
       </c>
       <c r="S416">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T416">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="417" spans="1:24">
       <c r="A417" s="2">
-        <v>45397.618078704</v>
+        <v>45489.450104167</v>
       </c>
       <c r="B417" t="s">
         <v>24</v>
       </c>
       <c r="C417" t="s">
         <v>25</v>
       </c>
       <c r="D417" t="s">
         <v>26</v>
       </c>
       <c r="E417" t="s">
         <v>27</v>
       </c>
       <c r="G417">
-        <v>104.143</v>
+        <v>106.641366</v>
       </c>
       <c r="I417" t="s">
         <v>28</v>
       </c>
       <c r="J417">
         <v>8.0</v>
       </c>
       <c r="K417" s="2">
         <v>45387.0</v>
       </c>
       <c r="L417" s="2">
         <v>49039.0</v>
       </c>
       <c r="M417">
         <v>2000</v>
       </c>
       <c r="N417">
         <v>10000.0</v>
       </c>
       <c r="O417" t="s">
         <v>28</v>
       </c>
       <c r="P417">
-        <v>0.262295</v>
+        <v>2.273224</v>
       </c>
       <c r="Q417">
-        <v>103.862295</v>
+        <v>105.273224</v>
       </c>
       <c r="R417">
-        <v>104.412295</v>
+        <v>107.263224</v>
       </c>
       <c r="S417">
-        <v>103.6</v>
+        <v>103.0</v>
       </c>
       <c r="T417">
-        <v>104.15</v>
+        <v>104.99</v>
       </c>
     </row>
     <row r="418" spans="1:24">
       <c r="A418" s="2">
-        <v>45394.619756944</v>
+        <v>45488.472303241</v>
       </c>
       <c r="B418" t="s">
         <v>24</v>
       </c>
       <c r="C418" t="s">
         <v>25</v>
       </c>
       <c r="D418" t="s">
         <v>26</v>
       </c>
       <c r="E418" t="s">
         <v>27</v>
       </c>
+      <c r="F418">
+        <v>1.47</v>
+      </c>
       <c r="G418">
-        <v>104.143</v>
+        <v>106.641366</v>
+      </c>
+      <c r="H418">
+        <v>21288.2732</v>
       </c>
       <c r="I418" t="s">
         <v>28</v>
       </c>
       <c r="J418">
         <v>8.0</v>
       </c>
       <c r="K418" s="2">
         <v>45387.0</v>
       </c>
       <c r="L418" s="2">
         <v>49039.0</v>
       </c>
       <c r="M418">
         <v>2000</v>
       </c>
       <c r="N418">
         <v>10000.0</v>
       </c>
       <c r="O418" t="s">
         <v>28</v>
       </c>
       <c r="P418">
-        <v>0.240437</v>
+        <v>2.251366</v>
       </c>
       <c r="Q418">
-        <v>103.440437</v>
+        <v>105.251366</v>
       </c>
       <c r="R418">
-        <v>104.390437</v>
+        <v>107.251366</v>
       </c>
       <c r="S418">
-        <v>103.2</v>
+        <v>103.0</v>
       </c>
       <c r="T418">
-        <v>104.15</v>
+        <v>105.0</v>
+      </c>
+      <c r="X418">
+        <v>2</v>
       </c>
     </row>
     <row r="419" spans="1:24">
       <c r="A419" s="2">
-        <v>45393.422349537</v>
+        <v>45485.417002315</v>
       </c>
       <c r="B419" t="s">
         <v>24</v>
       </c>
       <c r="C419" t="s">
         <v>25</v>
       </c>
       <c r="D419" t="s">
         <v>26</v>
       </c>
       <c r="E419" t="s">
         <v>27</v>
       </c>
       <c r="G419">
-        <v>104.143</v>
+        <v>105.098361</v>
       </c>
       <c r="I419" t="s">
         <v>28</v>
       </c>
       <c r="J419">
         <v>8.0</v>
       </c>
       <c r="K419" s="2">
         <v>45387.0</v>
       </c>
       <c r="L419" s="2">
         <v>49039.0</v>
       </c>
       <c r="M419">
         <v>2000</v>
       </c>
       <c r="N419">
         <v>10000.0</v>
       </c>
       <c r="O419" t="s">
         <v>28</v>
       </c>
       <c r="P419">
-        <v>0.218579</v>
+        <v>2.229508</v>
       </c>
       <c r="Q419">
-        <v>103.218579</v>
+        <v>105.229508</v>
       </c>
       <c r="R419">
-        <v>104.368579</v>
+        <v>106.219508</v>
       </c>
       <c r="S419">
         <v>103.0</v>
       </c>
       <c r="T419">
-        <v>104.15</v>
+        <v>103.99</v>
       </c>
     </row>
     <row r="420" spans="1:24">
       <c r="A420" s="2">
-        <v>45392.571215278</v>
+        <v>45484.416898148</v>
       </c>
       <c r="B420" t="s">
         <v>24</v>
       </c>
       <c r="C420" t="s">
         <v>25</v>
       </c>
       <c r="D420" t="s">
         <v>26</v>
       </c>
       <c r="E420" t="s">
         <v>27</v>
       </c>
-      <c r="F420">
-[...1 lines deleted...]
-      </c>
       <c r="G420">
-        <v>104.143</v>
-[...2 lines deleted...]
-        <v>20828.6005</v>
+        <v>105.098361</v>
       </c>
       <c r="I420" t="s">
         <v>28</v>
       </c>
       <c r="J420">
         <v>8.0</v>
       </c>
       <c r="K420" s="2">
         <v>45387.0</v>
       </c>
       <c r="L420" s="2">
         <v>49039.0</v>
       </c>
       <c r="M420">
         <v>2000</v>
       </c>
       <c r="N420">
         <v>10000.0</v>
       </c>
       <c r="O420" t="s">
         <v>28</v>
       </c>
       <c r="P420">
-        <v>0.153005</v>
+        <v>2.20765</v>
       </c>
       <c r="Q420">
-        <v>103.153005</v>
+        <v>105.20765</v>
       </c>
       <c r="R420">
-        <v>104.653005</v>
+        <v>106.19765</v>
       </c>
       <c r="S420">
         <v>103.0</v>
       </c>
       <c r="T420">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.99</v>
       </c>
     </row>
     <row r="421" spans="1:24">
       <c r="A421" s="2">
-        <v>45391.659895833</v>
+        <v>45483.416747685</v>
       </c>
       <c r="B421" t="s">
         <v>24</v>
       </c>
       <c r="C421" t="s">
         <v>25</v>
       </c>
       <c r="D421" t="s">
         <v>26</v>
       </c>
       <c r="E421" t="s">
         <v>27</v>
       </c>
       <c r="G421">
-        <v>104.131148</v>
-[...2 lines deleted...]
-        <v>20726.2296</v>
+        <v>105.098361</v>
       </c>
       <c r="I421" t="s">
         <v>28</v>
       </c>
       <c r="J421">
         <v>8.0</v>
       </c>
       <c r="K421" s="2">
         <v>45387.0</v>
       </c>
       <c r="L421" s="2">
         <v>49039.0</v>
       </c>
       <c r="M421">
         <v>2000</v>
       </c>
       <c r="N421">
         <v>10000.0</v>
       </c>
       <c r="O421" t="s">
         <v>28</v>
       </c>
       <c r="P421">
-        <v>0.131148</v>
+        <v>2.142077</v>
       </c>
       <c r="Q421">
-        <v>103.131148</v>
+        <v>105.142077</v>
       </c>
       <c r="R421">
-        <v>104.131148</v>
+        <v>106.132077</v>
       </c>
       <c r="S421">
         <v>103.0</v>
       </c>
       <c r="T421">
-        <v>104.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.99</v>
       </c>
     </row>
     <row r="422" spans="1:24">
       <c r="A422" s="2">
+        <v>45482.502210648</v>
+      </c>
+      <c r="B422" t="s">
+        <v>24</v>
+      </c>
+      <c r="C422" t="s">
+        <v>25</v>
+      </c>
+      <c r="D422" t="s">
+        <v>26</v>
+      </c>
+      <c r="E422" t="s">
+        <v>27</v>
+      </c>
+      <c r="G422">
+        <v>105.098361</v>
+      </c>
+      <c r="I422" t="s">
+        <v>28</v>
+      </c>
+      <c r="J422">
+        <v>8.0</v>
+      </c>
+      <c r="K422" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L422" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M422">
+        <v>2000</v>
+      </c>
+      <c r="N422">
+        <v>10000.0</v>
+      </c>
+      <c r="O422" t="s">
+        <v>28</v>
+      </c>
+      <c r="P422">
+        <v>2.120219</v>
+      </c>
+      <c r="Q422">
+        <v>105.120219</v>
+      </c>
+      <c r="R422">
+        <v>106.110219</v>
+      </c>
+      <c r="S422">
+        <v>103.0</v>
+      </c>
+      <c r="T422">
+        <v>103.99</v>
+      </c>
+    </row>
+    <row r="423" spans="1:24">
+      <c r="A423" s="2">
+        <v>45481.639166667</v>
+      </c>
+      <c r="B423" t="s">
+        <v>24</v>
+      </c>
+      <c r="C423" t="s">
+        <v>25</v>
+      </c>
+      <c r="D423" t="s">
+        <v>26</v>
+      </c>
+      <c r="E423" t="s">
+        <v>27</v>
+      </c>
+      <c r="F423">
+        <v>-0.92</v>
+      </c>
+      <c r="G423">
+        <v>105.098361</v>
+      </c>
+      <c r="H423">
+        <v>31529.5122</v>
+      </c>
+      <c r="I423" t="s">
+        <v>28</v>
+      </c>
+      <c r="J423">
+        <v>8.0</v>
+      </c>
+      <c r="K423" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L423" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M423">
+        <v>2000</v>
+      </c>
+      <c r="N423">
+        <v>10000.0</v>
+      </c>
+      <c r="O423" t="s">
+        <v>28</v>
+      </c>
+      <c r="P423">
+        <v>2.098361</v>
+      </c>
+      <c r="Q423">
+        <v>104.098361</v>
+      </c>
+      <c r="R423">
+        <v>106.088361</v>
+      </c>
+      <c r="S423">
+        <v>102.0</v>
+      </c>
+      <c r="T423">
+        <v>103.99</v>
+      </c>
+      <c r="X423">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="424" spans="1:24">
+      <c r="A424" s="2">
+        <v>45478.492523148</v>
+      </c>
+      <c r="B424" t="s">
+        <v>24</v>
+      </c>
+      <c r="C424" t="s">
+        <v>25</v>
+      </c>
+      <c r="D424" t="s">
+        <v>26</v>
+      </c>
+      <c r="E424" t="s">
+        <v>27</v>
+      </c>
+      <c r="F424">
+        <v>2.03</v>
+      </c>
+      <c r="G424">
+        <v>106.076503</v>
+      </c>
+      <c r="H424">
+        <v>10607.6503</v>
+      </c>
+      <c r="I424" t="s">
+        <v>28</v>
+      </c>
+      <c r="J424">
+        <v>8.0</v>
+      </c>
+      <c r="K424" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L424" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M424">
+        <v>2000</v>
+      </c>
+      <c r="N424">
+        <v>10000.0</v>
+      </c>
+      <c r="O424" t="s">
+        <v>28</v>
+      </c>
+      <c r="P424">
+        <v>2.076503</v>
+      </c>
+      <c r="Q424">
+        <v>105.5</v>
+      </c>
+      <c r="R424">
+        <v>106.066503</v>
+      </c>
+      <c r="S424">
+        <v>103.423497</v>
+      </c>
+      <c r="T424">
+        <v>103.99</v>
+      </c>
+      <c r="X424">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="425" spans="1:24">
+      <c r="A425" s="2">
+        <v>45477.624108796</v>
+      </c>
+      <c r="B425" t="s">
+        <v>24</v>
+      </c>
+      <c r="C425" t="s">
+        <v>25</v>
+      </c>
+      <c r="D425" t="s">
+        <v>26</v>
+      </c>
+      <c r="E425" t="s">
+        <v>27</v>
+      </c>
+      <c r="G425">
+        <v>103.967213</v>
+      </c>
+      <c r="I425" t="s">
+        <v>28</v>
+      </c>
+      <c r="J425">
+        <v>8.0</v>
+      </c>
+      <c r="K425" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L425" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M425">
+        <v>2000</v>
+      </c>
+      <c r="N425">
+        <v>10000.0</v>
+      </c>
+      <c r="O425" t="s">
+        <v>28</v>
+      </c>
+      <c r="P425">
+        <v>2.054645</v>
+      </c>
+      <c r="Q425">
+        <v>105.0</v>
+      </c>
+      <c r="R425">
+        <v>106.054645</v>
+      </c>
+      <c r="S425">
+        <v>102.945355</v>
+      </c>
+      <c r="T425">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="426" spans="1:24">
+      <c r="A426" s="2">
+        <v>45476.45025463</v>
+      </c>
+      <c r="B426" t="s">
+        <v>24</v>
+      </c>
+      <c r="C426" t="s">
+        <v>25</v>
+      </c>
+      <c r="D426" t="s">
+        <v>26</v>
+      </c>
+      <c r="E426" t="s">
+        <v>27</v>
+      </c>
+      <c r="G426">
+        <v>103.967213</v>
+      </c>
+      <c r="I426" t="s">
+        <v>28</v>
+      </c>
+      <c r="J426">
+        <v>8.0</v>
+      </c>
+      <c r="K426" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L426" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M426">
+        <v>2000</v>
+      </c>
+      <c r="N426">
+        <v>10000.0</v>
+      </c>
+      <c r="O426" t="s">
+        <v>28</v>
+      </c>
+      <c r="P426">
+        <v>1.989071</v>
+      </c>
+      <c r="Q426">
+        <v>103.989071</v>
+      </c>
+      <c r="R426">
+        <v>105.989071</v>
+      </c>
+      <c r="S426">
+        <v>102.0</v>
+      </c>
+      <c r="T426">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="427" spans="1:24">
+      <c r="A427" s="2">
+        <v>45475.508946759</v>
+      </c>
+      <c r="B427" t="s">
+        <v>24</v>
+      </c>
+      <c r="C427" t="s">
+        <v>25</v>
+      </c>
+      <c r="D427" t="s">
+        <v>26</v>
+      </c>
+      <c r="E427" t="s">
+        <v>27</v>
+      </c>
+      <c r="F427">
+        <v>-1.7</v>
+      </c>
+      <c r="G427">
+        <v>103.967213</v>
+      </c>
+      <c r="H427">
+        <v>10396.7213</v>
+      </c>
+      <c r="I427" t="s">
+        <v>28</v>
+      </c>
+      <c r="J427">
+        <v>8.0</v>
+      </c>
+      <c r="K427" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L427" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M427">
+        <v>2000</v>
+      </c>
+      <c r="N427">
+        <v>10000.0</v>
+      </c>
+      <c r="O427" t="s">
+        <v>28</v>
+      </c>
+      <c r="P427">
+        <v>1.967213</v>
+      </c>
+      <c r="Q427">
+        <v>102.0</v>
+      </c>
+      <c r="R427">
+        <v>105.967213</v>
+      </c>
+      <c r="S427">
+        <v>100.032787</v>
+      </c>
+      <c r="T427">
+        <v>104.0</v>
+      </c>
+      <c r="X427">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="428" spans="1:24">
+      <c r="A428" s="2">
+        <v>45474.416851852</v>
+      </c>
+      <c r="B428" t="s">
+        <v>24</v>
+      </c>
+      <c r="C428" t="s">
+        <v>25</v>
+      </c>
+      <c r="D428" t="s">
+        <v>26</v>
+      </c>
+      <c r="E428" t="s">
+        <v>27</v>
+      </c>
+      <c r="G428">
+        <v>105.770492</v>
+      </c>
+      <c r="I428" t="s">
+        <v>28</v>
+      </c>
+      <c r="J428">
+        <v>8.0</v>
+      </c>
+      <c r="K428" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L428" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M428">
+        <v>2000</v>
+      </c>
+      <c r="N428">
+        <v>10000.0</v>
+      </c>
+      <c r="O428" t="s">
+        <v>28</v>
+      </c>
+      <c r="P428">
+        <v>1.945355</v>
+      </c>
+      <c r="Q428">
+        <v>103.945355</v>
+      </c>
+      <c r="R428">
+        <v>105.945355</v>
+      </c>
+      <c r="S428">
+        <v>102.0</v>
+      </c>
+      <c r="T428">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="429" spans="1:24">
+      <c r="A429" s="2">
+        <v>45471.41681713</v>
+      </c>
+      <c r="B429" t="s">
+        <v>24</v>
+      </c>
+      <c r="C429" t="s">
+        <v>25</v>
+      </c>
+      <c r="D429" t="s">
+        <v>26</v>
+      </c>
+      <c r="E429" t="s">
+        <v>27</v>
+      </c>
+      <c r="G429">
+        <v>105.770492</v>
+      </c>
+      <c r="I429" t="s">
+        <v>28</v>
+      </c>
+      <c r="J429">
+        <v>8.0</v>
+      </c>
+      <c r="K429" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L429" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M429">
+        <v>2000</v>
+      </c>
+      <c r="N429">
+        <v>10000.0</v>
+      </c>
+      <c r="O429" t="s">
+        <v>28</v>
+      </c>
+      <c r="P429">
+        <v>1.923497</v>
+      </c>
+      <c r="Q429">
+        <v>103.923497</v>
+      </c>
+      <c r="R429">
+        <v>105.923497</v>
+      </c>
+      <c r="S429">
+        <v>102.0</v>
+      </c>
+      <c r="T429">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="430" spans="1:24">
+      <c r="A430" s="2">
+        <v>45470.416956019</v>
+      </c>
+      <c r="B430" t="s">
+        <v>24</v>
+      </c>
+      <c r="C430" t="s">
+        <v>25</v>
+      </c>
+      <c r="D430" t="s">
+        <v>26</v>
+      </c>
+      <c r="E430" t="s">
+        <v>27</v>
+      </c>
+      <c r="G430">
+        <v>105.770492</v>
+      </c>
+      <c r="I430" t="s">
+        <v>28</v>
+      </c>
+      <c r="J430">
+        <v>8.0</v>
+      </c>
+      <c r="K430" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L430" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M430">
+        <v>2000</v>
+      </c>
+      <c r="N430">
+        <v>10000.0</v>
+      </c>
+      <c r="O430" t="s">
+        <v>28</v>
+      </c>
+      <c r="P430">
+        <v>1.901639</v>
+      </c>
+      <c r="Q430">
+        <v>103.901639</v>
+      </c>
+      <c r="R430">
+        <v>105.901639</v>
+      </c>
+      <c r="S430">
+        <v>102.0</v>
+      </c>
+      <c r="T430">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="431" spans="1:24">
+      <c r="A431" s="2">
+        <v>45469.604212963</v>
+      </c>
+      <c r="B431" t="s">
+        <v>24</v>
+      </c>
+      <c r="C431" t="s">
+        <v>25</v>
+      </c>
+      <c r="D431" t="s">
+        <v>26</v>
+      </c>
+      <c r="E431" t="s">
+        <v>27</v>
+      </c>
+      <c r="G431">
+        <v>105.770492</v>
+      </c>
+      <c r="I431" t="s">
+        <v>28</v>
+      </c>
+      <c r="J431">
+        <v>8.0</v>
+      </c>
+      <c r="K431" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L431" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M431">
+        <v>2000</v>
+      </c>
+      <c r="N431">
+        <v>10000.0</v>
+      </c>
+      <c r="O431" t="s">
+        <v>28</v>
+      </c>
+      <c r="P431">
+        <v>1.836066</v>
+      </c>
+      <c r="Q431">
+        <v>103.836066</v>
+      </c>
+      <c r="R431">
+        <v>105.836066</v>
+      </c>
+      <c r="S431">
+        <v>102.0</v>
+      </c>
+      <c r="T431">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="432" spans="1:24">
+      <c r="A432" s="2">
+        <v>45468.560138889</v>
+      </c>
+      <c r="B432" t="s">
+        <v>24</v>
+      </c>
+      <c r="C432" t="s">
+        <v>25</v>
+      </c>
+      <c r="D432" t="s">
+        <v>26</v>
+      </c>
+      <c r="E432" t="s">
+        <v>27</v>
+      </c>
+      <c r="G432">
+        <v>105.770492</v>
+      </c>
+      <c r="I432" t="s">
+        <v>28</v>
+      </c>
+      <c r="J432">
+        <v>8.0</v>
+      </c>
+      <c r="K432" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L432" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M432">
+        <v>2000</v>
+      </c>
+      <c r="N432">
+        <v>10000.0</v>
+      </c>
+      <c r="O432" t="s">
+        <v>28</v>
+      </c>
+      <c r="P432">
+        <v>1.814208</v>
+      </c>
+      <c r="Q432">
+        <v>101.9143</v>
+      </c>
+      <c r="R432">
+        <v>105.814208</v>
+      </c>
+      <c r="S432">
+        <v>100.100092</v>
+      </c>
+      <c r="T432">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="433" spans="1:24">
+      <c r="A433" s="2">
+        <v>45464.516840278</v>
+      </c>
+      <c r="B433" t="s">
+        <v>24</v>
+      </c>
+      <c r="C433" t="s">
+        <v>25</v>
+      </c>
+      <c r="D433" t="s">
+        <v>26</v>
+      </c>
+      <c r="E433" t="s">
+        <v>27</v>
+      </c>
+      <c r="F433">
+        <v>2.1</v>
+      </c>
+      <c r="G433">
+        <v>105.770492</v>
+      </c>
+      <c r="H433">
+        <v>10577.0492</v>
+      </c>
+      <c r="I433" t="s">
+        <v>28</v>
+      </c>
+      <c r="J433">
+        <v>8.0</v>
+      </c>
+      <c r="K433" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L433" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M433">
+        <v>2000</v>
+      </c>
+      <c r="N433">
+        <v>10000.0</v>
+      </c>
+      <c r="O433" t="s">
+        <v>28</v>
+      </c>
+      <c r="P433">
+        <v>1.770492</v>
+      </c>
+      <c r="Q433">
+        <v>105.8</v>
+      </c>
+      <c r="R433">
+        <v>106.160492</v>
+      </c>
+      <c r="S433">
+        <v>104.029508</v>
+      </c>
+      <c r="T433">
+        <v>104.39</v>
+      </c>
+      <c r="X433">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="434" spans="1:24">
+      <c r="A434" s="2">
+        <v>45463.5565625</v>
+      </c>
+      <c r="B434" t="s">
+        <v>24</v>
+      </c>
+      <c r="C434" t="s">
+        <v>25</v>
+      </c>
+      <c r="D434" t="s">
+        <v>26</v>
+      </c>
+      <c r="E434" t="s">
+        <v>27</v>
+      </c>
+      <c r="G434">
+        <v>103.595628</v>
+      </c>
+      <c r="I434" t="s">
+        <v>28</v>
+      </c>
+      <c r="J434">
+        <v>8.0</v>
+      </c>
+      <c r="K434" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L434" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M434">
+        <v>2000</v>
+      </c>
+      <c r="N434">
+        <v>10000.0</v>
+      </c>
+      <c r="O434" t="s">
+        <v>28</v>
+      </c>
+      <c r="P434">
+        <v>1.748634</v>
+      </c>
+      <c r="Q434">
+        <v>101.748634</v>
+      </c>
+      <c r="R434">
+        <v>106.098634</v>
+      </c>
+      <c r="S434">
+        <v>100.0</v>
+      </c>
+      <c r="T434">
+        <v>104.35</v>
+      </c>
+    </row>
+    <row r="435" spans="1:24">
+      <c r="A435" s="2">
+        <v>45462.416863426</v>
+      </c>
+      <c r="B435" t="s">
+        <v>24</v>
+      </c>
+      <c r="C435" t="s">
+        <v>25</v>
+      </c>
+      <c r="D435" t="s">
+        <v>26</v>
+      </c>
+      <c r="E435" t="s">
+        <v>27</v>
+      </c>
+      <c r="G435">
+        <v>103.595628</v>
+      </c>
+      <c r="I435" t="s">
+        <v>28</v>
+      </c>
+      <c r="J435">
+        <v>8.0</v>
+      </c>
+      <c r="K435" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L435" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M435">
+        <v>2000</v>
+      </c>
+      <c r="N435">
+        <v>10000.0</v>
+      </c>
+      <c r="O435" t="s">
+        <v>28</v>
+      </c>
+      <c r="P435">
+        <v>1.68306</v>
+      </c>
+      <c r="Q435">
+        <v>101.68306</v>
+      </c>
+      <c r="R435">
+        <v>106.08306</v>
+      </c>
+      <c r="S435">
+        <v>100.0</v>
+      </c>
+      <c r="T435">
+        <v>104.4</v>
+      </c>
+    </row>
+    <row r="436" spans="1:24">
+      <c r="A436" s="2">
+        <v>45461.611770833</v>
+      </c>
+      <c r="B436" t="s">
+        <v>24</v>
+      </c>
+      <c r="C436" t="s">
+        <v>25</v>
+      </c>
+      <c r="D436" t="s">
+        <v>26</v>
+      </c>
+      <c r="E436" t="s">
+        <v>27</v>
+      </c>
+      <c r="G436">
+        <v>103.595628</v>
+      </c>
+      <c r="I436" t="s">
+        <v>28</v>
+      </c>
+      <c r="J436">
+        <v>8.0</v>
+      </c>
+      <c r="K436" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L436" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M436">
+        <v>2000</v>
+      </c>
+      <c r="N436">
+        <v>10000.0</v>
+      </c>
+      <c r="O436" t="s">
+        <v>28</v>
+      </c>
+      <c r="P436">
+        <v>1.661202</v>
+      </c>
+      <c r="Q436">
+        <v>101.661202</v>
+      </c>
+      <c r="R436">
+        <v>106.061202</v>
+      </c>
+      <c r="S436">
+        <v>100.0</v>
+      </c>
+      <c r="T436">
+        <v>104.4</v>
+      </c>
+    </row>
+    <row r="437" spans="1:24">
+      <c r="A437" s="2">
+        <v>45460.417905093</v>
+      </c>
+      <c r="B437" t="s">
+        <v>24</v>
+      </c>
+      <c r="C437" t="s">
+        <v>25</v>
+      </c>
+      <c r="D437" t="s">
+        <v>26</v>
+      </c>
+      <c r="E437" t="s">
+        <v>27</v>
+      </c>
+      <c r="G437">
+        <v>103.595628</v>
+      </c>
+      <c r="I437" t="s">
+        <v>28</v>
+      </c>
+      <c r="J437">
+        <v>8.0</v>
+      </c>
+      <c r="K437" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L437" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M437">
+        <v>2000</v>
+      </c>
+      <c r="N437">
+        <v>10000.0</v>
+      </c>
+      <c r="O437" t="s">
+        <v>28</v>
+      </c>
+      <c r="P437">
+        <v>1.639344</v>
+      </c>
+      <c r="Q437">
+        <v>101.639344</v>
+      </c>
+      <c r="R437">
+        <v>106.139344</v>
+      </c>
+      <c r="S437">
+        <v>100.0</v>
+      </c>
+      <c r="T437">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="438" spans="1:24">
+      <c r="A438" s="2">
+        <v>45457.48994213</v>
+      </c>
+      <c r="B438" t="s">
+        <v>24</v>
+      </c>
+      <c r="C438" t="s">
+        <v>25</v>
+      </c>
+      <c r="D438" t="s">
+        <v>26</v>
+      </c>
+      <c r="E438" t="s">
+        <v>27</v>
+      </c>
+      <c r="G438">
+        <v>103.595628</v>
+      </c>
+      <c r="I438" t="s">
+        <v>28</v>
+      </c>
+      <c r="J438">
+        <v>8.0</v>
+      </c>
+      <c r="K438" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L438" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M438">
+        <v>2000</v>
+      </c>
+      <c r="N438">
+        <v>10000.0</v>
+      </c>
+      <c r="O438" t="s">
+        <v>28</v>
+      </c>
+      <c r="P438">
+        <v>1.617486</v>
+      </c>
+      <c r="Q438">
+        <v>102.0</v>
+      </c>
+      <c r="R438">
+        <v>106.117486</v>
+      </c>
+      <c r="S438">
+        <v>100.382514</v>
+      </c>
+      <c r="T438">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:24">
+      <c r="A439" s="2">
+        <v>45456.450972222</v>
+      </c>
+      <c r="B439" t="s">
+        <v>24</v>
+      </c>
+      <c r="C439" t="s">
+        <v>25</v>
+      </c>
+      <c r="D439" t="s">
+        <v>26</v>
+      </c>
+      <c r="E439" t="s">
+        <v>27</v>
+      </c>
+      <c r="F439">
+        <v>2.1</v>
+      </c>
+      <c r="G439">
+        <v>103.595628</v>
+      </c>
+      <c r="H439">
+        <v>20719.1256</v>
+      </c>
+      <c r="I439" t="s">
+        <v>28</v>
+      </c>
+      <c r="J439">
+        <v>8.0</v>
+      </c>
+      <c r="K439" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L439" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M439">
+        <v>2000</v>
+      </c>
+      <c r="N439">
+        <v>10000.0</v>
+      </c>
+      <c r="O439" t="s">
+        <v>28</v>
+      </c>
+      <c r="P439">
+        <v>1.595628</v>
+      </c>
+      <c r="Q439">
+        <v>104.0</v>
+      </c>
+      <c r="R439">
+        <v>106.095628</v>
+      </c>
+      <c r="S439">
+        <v>102.404372</v>
+      </c>
+      <c r="T439">
+        <v>104.5</v>
+      </c>
+      <c r="X439">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="440" spans="1:24">
+      <c r="A440" s="2">
+        <v>45455.52181713</v>
+      </c>
+      <c r="B440" t="s">
+        <v>24</v>
+      </c>
+      <c r="C440" t="s">
+        <v>25</v>
+      </c>
+      <c r="D440" t="s">
+        <v>26</v>
+      </c>
+      <c r="E440" t="s">
+        <v>27</v>
+      </c>
+      <c r="G440">
+        <v>101.464481</v>
+      </c>
+      <c r="I440" t="s">
+        <v>28</v>
+      </c>
+      <c r="J440">
+        <v>8.0</v>
+      </c>
+      <c r="K440" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L440" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M440">
+        <v>2000</v>
+      </c>
+      <c r="N440">
+        <v>10000.0</v>
+      </c>
+      <c r="O440" t="s">
+        <v>28</v>
+      </c>
+      <c r="P440">
+        <v>1.530055</v>
+      </c>
+      <c r="Q440">
+        <v>101.531</v>
+      </c>
+      <c r="R440">
+        <v>103.530055</v>
+      </c>
+      <c r="S440">
+        <v>100.000945</v>
+      </c>
+      <c r="T440">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="441" spans="1:24">
+      <c r="A441" s="2">
+        <v>45454.511863426</v>
+      </c>
+      <c r="B441" t="s">
+        <v>24</v>
+      </c>
+      <c r="C441" t="s">
+        <v>25</v>
+      </c>
+      <c r="D441" t="s">
+        <v>26</v>
+      </c>
+      <c r="E441" t="s">
+        <v>27</v>
+      </c>
+      <c r="G441">
+        <v>101.464481</v>
+      </c>
+      <c r="I441" t="s">
+        <v>28</v>
+      </c>
+      <c r="J441">
+        <v>8.0</v>
+      </c>
+      <c r="K441" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L441" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M441">
+        <v>2000</v>
+      </c>
+      <c r="N441">
+        <v>10000.0</v>
+      </c>
+      <c r="O441" t="s">
+        <v>28</v>
+      </c>
+      <c r="P441">
+        <v>1.508197</v>
+      </c>
+      <c r="Q441">
+        <v>101.509</v>
+      </c>
+      <c r="R441">
+        <v>103.508197</v>
+      </c>
+      <c r="S441">
+        <v>100.000803</v>
+      </c>
+      <c r="T441">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="442" spans="1:24">
+      <c r="A442" s="2">
+        <v>45453.548472222</v>
+      </c>
+      <c r="B442" t="s">
+        <v>24</v>
+      </c>
+      <c r="C442" t="s">
+        <v>25</v>
+      </c>
+      <c r="D442" t="s">
+        <v>26</v>
+      </c>
+      <c r="E442" t="s">
+        <v>27</v>
+      </c>
+      <c r="G442">
+        <v>101.464481</v>
+      </c>
+      <c r="I442" t="s">
+        <v>28</v>
+      </c>
+      <c r="J442">
+        <v>8.0</v>
+      </c>
+      <c r="K442" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L442" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M442">
+        <v>2000</v>
+      </c>
+      <c r="N442">
+        <v>10000.0</v>
+      </c>
+      <c r="O442" t="s">
+        <v>28</v>
+      </c>
+      <c r="P442">
+        <v>1.486339</v>
+      </c>
+      <c r="Q442">
+        <v>101.487</v>
+      </c>
+      <c r="R442">
+        <v>105.986339</v>
+      </c>
+      <c r="S442">
+        <v>100.000661</v>
+      </c>
+      <c r="T442">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:24">
+      <c r="A443" s="2">
+        <v>45450.601111111</v>
+      </c>
+      <c r="B443" t="s">
+        <v>24</v>
+      </c>
+      <c r="C443" t="s">
+        <v>25</v>
+      </c>
+      <c r="D443" t="s">
+        <v>26</v>
+      </c>
+      <c r="E443" t="s">
+        <v>27</v>
+      </c>
+      <c r="F443">
+        <v>-4.2</v>
+      </c>
+      <c r="G443">
+        <v>101.464481</v>
+      </c>
+      <c r="H443">
+        <v>50732.2405</v>
+      </c>
+      <c r="I443" t="s">
+        <v>28</v>
+      </c>
+      <c r="J443">
+        <v>8.0</v>
+      </c>
+      <c r="K443" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L443" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M443">
+        <v>2000</v>
+      </c>
+      <c r="N443">
+        <v>10000.0</v>
+      </c>
+      <c r="O443" t="s">
+        <v>28</v>
+      </c>
+      <c r="P443">
+        <v>1.464481</v>
+      </c>
+      <c r="Q443">
+        <v>101.464481</v>
+      </c>
+      <c r="R443">
+        <v>105.964481</v>
+      </c>
+      <c r="S443">
+        <v>100.0</v>
+      </c>
+      <c r="T443">
+        <v>104.5</v>
+      </c>
+      <c r="X443">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="444" spans="1:24">
+      <c r="A444" s="2">
+        <v>45449.416886574</v>
+      </c>
+      <c r="B444" t="s">
+        <v>24</v>
+      </c>
+      <c r="C444" t="s">
+        <v>25</v>
+      </c>
+      <c r="D444" t="s">
+        <v>26</v>
+      </c>
+      <c r="E444" t="s">
+        <v>27</v>
+      </c>
+      <c r="G444">
+        <v>105.918033</v>
+      </c>
+      <c r="I444" t="s">
+        <v>28</v>
+      </c>
+      <c r="J444">
+        <v>8.0</v>
+      </c>
+      <c r="K444" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L444" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M444">
+        <v>2000</v>
+      </c>
+      <c r="N444">
+        <v>10000.0</v>
+      </c>
+      <c r="O444" t="s">
+        <v>28</v>
+      </c>
+      <c r="P444">
+        <v>1.442623</v>
+      </c>
+      <c r="Q444">
+        <v>101.442623</v>
+      </c>
+      <c r="R444">
+        <v>105.942623</v>
+      </c>
+      <c r="S444">
+        <v>100.0</v>
+      </c>
+      <c r="T444">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="445" spans="1:24">
+      <c r="A445" s="2">
+        <v>45448.575706019</v>
+      </c>
+      <c r="B445" t="s">
+        <v>24</v>
+      </c>
+      <c r="C445" t="s">
+        <v>25</v>
+      </c>
+      <c r="D445" t="s">
+        <v>26</v>
+      </c>
+      <c r="E445" t="s">
+        <v>27</v>
+      </c>
+      <c r="G445">
+        <v>105.918033</v>
+      </c>
+      <c r="I445" t="s">
+        <v>28</v>
+      </c>
+      <c r="J445">
+        <v>8.0</v>
+      </c>
+      <c r="K445" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L445" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M445">
+        <v>2000</v>
+      </c>
+      <c r="N445">
+        <v>10000.0</v>
+      </c>
+      <c r="O445" t="s">
+        <v>28</v>
+      </c>
+      <c r="P445">
+        <v>1.377049</v>
+      </c>
+      <c r="Q445">
+        <v>101.377049</v>
+      </c>
+      <c r="R445">
+        <v>105.877049</v>
+      </c>
+      <c r="S445">
+        <v>100.0</v>
+      </c>
+      <c r="T445">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="446" spans="1:24">
+      <c r="A446" s="2">
+        <v>45447.416793981</v>
+      </c>
+      <c r="B446" t="s">
+        <v>24</v>
+      </c>
+      <c r="C446" t="s">
+        <v>25</v>
+      </c>
+      <c r="D446" t="s">
+        <v>26</v>
+      </c>
+      <c r="E446" t="s">
+        <v>27</v>
+      </c>
+      <c r="G446">
+        <v>105.918033</v>
+      </c>
+      <c r="I446" t="s">
+        <v>28</v>
+      </c>
+      <c r="J446">
+        <v>8.0</v>
+      </c>
+      <c r="K446" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L446" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M446">
+        <v>2000</v>
+      </c>
+      <c r="N446">
+        <v>10000.0</v>
+      </c>
+      <c r="O446" t="s">
+        <v>28</v>
+      </c>
+      <c r="P446">
+        <v>1.355191</v>
+      </c>
+      <c r="Q446">
+        <v>101.355191</v>
+      </c>
+      <c r="R446">
+        <v>106.335191</v>
+      </c>
+      <c r="S446">
+        <v>100.0</v>
+      </c>
+      <c r="T446">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="447" spans="1:24">
+      <c r="A447" s="2">
+        <v>45446.537025463</v>
+      </c>
+      <c r="B447" t="s">
+        <v>24</v>
+      </c>
+      <c r="C447" t="s">
+        <v>25</v>
+      </c>
+      <c r="D447" t="s">
+        <v>26</v>
+      </c>
+      <c r="E447" t="s">
+        <v>27</v>
+      </c>
+      <c r="G447">
+        <v>105.918033</v>
+      </c>
+      <c r="I447" t="s">
+        <v>28</v>
+      </c>
+      <c r="J447">
+        <v>8.0</v>
+      </c>
+      <c r="K447" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L447" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M447">
+        <v>2000</v>
+      </c>
+      <c r="N447">
+        <v>10000.0</v>
+      </c>
+      <c r="O447" t="s">
+        <v>28</v>
+      </c>
+      <c r="P447">
+        <v>1.333333</v>
+      </c>
+      <c r="Q447">
+        <v>101.333333</v>
+      </c>
+      <c r="R447">
+        <v>106.313333</v>
+      </c>
+      <c r="S447">
+        <v>100.0</v>
+      </c>
+      <c r="T447">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="448" spans="1:24">
+      <c r="A448" s="2">
+        <v>45443.416875</v>
+      </c>
+      <c r="B448" t="s">
+        <v>24</v>
+      </c>
+      <c r="C448" t="s">
+        <v>25</v>
+      </c>
+      <c r="D448" t="s">
+        <v>26</v>
+      </c>
+      <c r="E448" t="s">
+        <v>27</v>
+      </c>
+      <c r="G448">
+        <v>105.918033</v>
+      </c>
+      <c r="I448" t="s">
+        <v>28</v>
+      </c>
+      <c r="J448">
+        <v>8.0</v>
+      </c>
+      <c r="K448" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L448" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M448">
+        <v>2000</v>
+      </c>
+      <c r="N448">
+        <v>10000.0</v>
+      </c>
+      <c r="O448" t="s">
+        <v>28</v>
+      </c>
+      <c r="P448">
+        <v>1.311475</v>
+      </c>
+      <c r="Q448">
+        <v>101.311475</v>
+      </c>
+      <c r="R448">
+        <v>106.291475</v>
+      </c>
+      <c r="S448">
+        <v>100.0</v>
+      </c>
+      <c r="T448">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="449" spans="1:24">
+      <c r="A449" s="2">
+        <v>45442.555821759</v>
+      </c>
+      <c r="B449" t="s">
+        <v>24</v>
+      </c>
+      <c r="C449" t="s">
+        <v>25</v>
+      </c>
+      <c r="D449" t="s">
+        <v>26</v>
+      </c>
+      <c r="E449" t="s">
+        <v>27</v>
+      </c>
+      <c r="G449">
+        <v>105.918033</v>
+      </c>
+      <c r="I449" t="s">
+        <v>28</v>
+      </c>
+      <c r="J449">
+        <v>8.0</v>
+      </c>
+      <c r="K449" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L449" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M449">
+        <v>2000</v>
+      </c>
+      <c r="N449">
+        <v>10000.0</v>
+      </c>
+      <c r="O449" t="s">
+        <v>28</v>
+      </c>
+      <c r="P449">
+        <v>1.289617</v>
+      </c>
+      <c r="Q449">
+        <v>101.5</v>
+      </c>
+      <c r="R449">
+        <v>106.269617</v>
+      </c>
+      <c r="S449">
+        <v>100.210383</v>
+      </c>
+      <c r="T449">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="450" spans="1:24">
+      <c r="A450" s="2">
+        <v>45441.616921296</v>
+      </c>
+      <c r="B450" t="s">
+        <v>24</v>
+      </c>
+      <c r="C450" t="s">
+        <v>25</v>
+      </c>
+      <c r="D450" t="s">
+        <v>26</v>
+      </c>
+      <c r="E450" t="s">
+        <v>27</v>
+      </c>
+      <c r="G450">
+        <v>105.918033</v>
+      </c>
+      <c r="I450" t="s">
+        <v>28</v>
+      </c>
+      <c r="J450">
+        <v>8.0</v>
+      </c>
+      <c r="K450" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L450" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M450">
+        <v>2000</v>
+      </c>
+      <c r="N450">
+        <v>10000.0</v>
+      </c>
+      <c r="O450" t="s">
+        <v>28</v>
+      </c>
+      <c r="P450">
+        <v>1.224044</v>
+      </c>
+      <c r="Q450">
+        <v>101.224044</v>
+      </c>
+      <c r="R450">
+        <v>106.204044</v>
+      </c>
+      <c r="S450">
+        <v>100.0</v>
+      </c>
+      <c r="T450">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="451" spans="1:24">
+      <c r="A451" s="2">
+        <v>45440.515173611</v>
+      </c>
+      <c r="B451" t="s">
+        <v>24</v>
+      </c>
+      <c r="C451" t="s">
+        <v>25</v>
+      </c>
+      <c r="D451" t="s">
+        <v>26</v>
+      </c>
+      <c r="E451" t="s">
+        <v>27</v>
+      </c>
+      <c r="G451">
+        <v>105.918033</v>
+      </c>
+      <c r="I451" t="s">
+        <v>28</v>
+      </c>
+      <c r="J451">
+        <v>8.0</v>
+      </c>
+      <c r="K451" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L451" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M451">
+        <v>2000</v>
+      </c>
+      <c r="N451">
+        <v>10000.0</v>
+      </c>
+      <c r="O451" t="s">
+        <v>28</v>
+      </c>
+      <c r="P451">
+        <v>1.202186</v>
+      </c>
+      <c r="Q451">
+        <v>100.0</v>
+      </c>
+      <c r="R451">
+        <v>106.182186</v>
+      </c>
+      <c r="S451">
+        <v>98.797814</v>
+      </c>
+      <c r="T451">
+        <v>104.98</v>
+      </c>
+    </row>
+    <row r="452" spans="1:24">
+      <c r="A452" s="2">
+        <v>45439.617372685</v>
+      </c>
+      <c r="B452" t="s">
+        <v>24</v>
+      </c>
+      <c r="C452" t="s">
+        <v>25</v>
+      </c>
+      <c r="D452" t="s">
+        <v>26</v>
+      </c>
+      <c r="E452" t="s">
+        <v>27</v>
+      </c>
+      <c r="G452">
+        <v>105.918033</v>
+      </c>
+      <c r="I452" t="s">
+        <v>28</v>
+      </c>
+      <c r="J452">
+        <v>8.0</v>
+      </c>
+      <c r="K452" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L452" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M452">
+        <v>2000</v>
+      </c>
+      <c r="N452">
+        <v>10000.0</v>
+      </c>
+      <c r="O452" t="s">
+        <v>28</v>
+      </c>
+      <c r="P452">
+        <v>1.180328</v>
+      </c>
+      <c r="R452">
+        <v>106.180328</v>
+      </c>
+      <c r="T452">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="453" spans="1:24">
+      <c r="A453" s="2">
+        <v>45436.417210648</v>
+      </c>
+      <c r="B453" t="s">
+        <v>24</v>
+      </c>
+      <c r="C453" t="s">
+        <v>25</v>
+      </c>
+      <c r="D453" t="s">
+        <v>26</v>
+      </c>
+      <c r="E453" t="s">
+        <v>27</v>
+      </c>
+      <c r="G453">
+        <v>105.918033</v>
+      </c>
+      <c r="I453" t="s">
+        <v>28</v>
+      </c>
+      <c r="J453">
+        <v>8.0</v>
+      </c>
+      <c r="K453" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L453" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M453">
+        <v>2000</v>
+      </c>
+      <c r="N453">
+        <v>10000.0</v>
+      </c>
+      <c r="O453" t="s">
+        <v>28</v>
+      </c>
+      <c r="P453">
+        <v>1.15847</v>
+      </c>
+      <c r="Q453">
+        <v>104.75847</v>
+      </c>
+      <c r="R453">
+        <v>106.15847</v>
+      </c>
+      <c r="S453">
+        <v>103.6</v>
+      </c>
+      <c r="T453">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="454" spans="1:24">
+      <c r="A454" s="2">
+        <v>45435.416782407</v>
+      </c>
+      <c r="B454" t="s">
+        <v>24</v>
+      </c>
+      <c r="C454" t="s">
+        <v>25</v>
+      </c>
+      <c r="D454" t="s">
+        <v>26</v>
+      </c>
+      <c r="E454" t="s">
+        <v>27</v>
+      </c>
+      <c r="G454">
+        <v>105.918033</v>
+      </c>
+      <c r="I454" t="s">
+        <v>28</v>
+      </c>
+      <c r="J454">
+        <v>8.0</v>
+      </c>
+      <c r="K454" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L454" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M454">
+        <v>2000</v>
+      </c>
+      <c r="N454">
+        <v>10000.0</v>
+      </c>
+      <c r="O454" t="s">
+        <v>28</v>
+      </c>
+      <c r="P454">
+        <v>1.136612</v>
+      </c>
+      <c r="Q454">
+        <v>104.736612</v>
+      </c>
+      <c r="R454">
+        <v>106.136612</v>
+      </c>
+      <c r="S454">
+        <v>103.6</v>
+      </c>
+      <c r="T454">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="455" spans="1:24">
+      <c r="A455" s="2">
+        <v>45434.489675926</v>
+      </c>
+      <c r="B455" t="s">
+        <v>24</v>
+      </c>
+      <c r="C455" t="s">
+        <v>25</v>
+      </c>
+      <c r="D455" t="s">
+        <v>26</v>
+      </c>
+      <c r="E455" t="s">
+        <v>27</v>
+      </c>
+      <c r="G455">
+        <v>105.918033</v>
+      </c>
+      <c r="I455" t="s">
+        <v>28</v>
+      </c>
+      <c r="J455">
+        <v>8.0</v>
+      </c>
+      <c r="K455" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L455" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M455">
+        <v>2000</v>
+      </c>
+      <c r="N455">
+        <v>10000.0</v>
+      </c>
+      <c r="O455" t="s">
+        <v>28</v>
+      </c>
+      <c r="P455">
+        <v>1.071038</v>
+      </c>
+      <c r="Q455">
+        <v>104.771038</v>
+      </c>
+      <c r="R455">
+        <v>106.071038</v>
+      </c>
+      <c r="S455">
+        <v>103.7</v>
+      </c>
+      <c r="T455">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="456" spans="1:24">
+      <c r="A456" s="2">
+        <v>45433.5703125</v>
+      </c>
+      <c r="B456" t="s">
+        <v>24</v>
+      </c>
+      <c r="C456" t="s">
+        <v>25</v>
+      </c>
+      <c r="D456" t="s">
+        <v>26</v>
+      </c>
+      <c r="E456" t="s">
+        <v>27</v>
+      </c>
+      <c r="G456">
+        <v>105.918033</v>
+      </c>
+      <c r="I456" t="s">
+        <v>28</v>
+      </c>
+      <c r="J456">
+        <v>8.0</v>
+      </c>
+      <c r="K456" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L456" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M456">
+        <v>2000</v>
+      </c>
+      <c r="N456">
+        <v>10000.0</v>
+      </c>
+      <c r="O456" t="s">
+        <v>28</v>
+      </c>
+      <c r="P456">
+        <v>1.04918</v>
+      </c>
+      <c r="Q456">
+        <v>105.04918</v>
+      </c>
+      <c r="R456">
+        <v>106.04918</v>
+      </c>
+      <c r="S456">
+        <v>104.0</v>
+      </c>
+      <c r="T456">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="457" spans="1:24">
+      <c r="A457" s="2">
+        <v>45432.41681713</v>
+      </c>
+      <c r="B457" t="s">
+        <v>24</v>
+      </c>
+      <c r="C457" t="s">
+        <v>25</v>
+      </c>
+      <c r="D457" t="s">
+        <v>26</v>
+      </c>
+      <c r="E457" t="s">
+        <v>27</v>
+      </c>
+      <c r="G457">
+        <v>105.918033</v>
+      </c>
+      <c r="I457" t="s">
+        <v>28</v>
+      </c>
+      <c r="J457">
+        <v>8.0</v>
+      </c>
+      <c r="K457" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L457" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M457">
+        <v>2000</v>
+      </c>
+      <c r="N457">
+        <v>10000.0</v>
+      </c>
+      <c r="O457" t="s">
+        <v>28</v>
+      </c>
+      <c r="P457">
+        <v>1.027322</v>
+      </c>
+      <c r="Q457">
+        <v>104.627322</v>
+      </c>
+      <c r="R457">
+        <v>106.027322</v>
+      </c>
+      <c r="S457">
+        <v>103.6</v>
+      </c>
+      <c r="T457">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="458" spans="1:24">
+      <c r="A458" s="2">
+        <v>45429.416782407</v>
+      </c>
+      <c r="B458" t="s">
+        <v>24</v>
+      </c>
+      <c r="C458" t="s">
+        <v>25</v>
+      </c>
+      <c r="D458" t="s">
+        <v>26</v>
+      </c>
+      <c r="E458" t="s">
+        <v>27</v>
+      </c>
+      <c r="G458">
+        <v>105.918033</v>
+      </c>
+      <c r="I458" t="s">
+        <v>28</v>
+      </c>
+      <c r="J458">
+        <v>8.0</v>
+      </c>
+      <c r="K458" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L458" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M458">
+        <v>2000</v>
+      </c>
+      <c r="N458">
+        <v>10000.0</v>
+      </c>
+      <c r="O458" t="s">
+        <v>28</v>
+      </c>
+      <c r="P458">
+        <v>1.005464</v>
+      </c>
+      <c r="Q458">
+        <v>104.605464</v>
+      </c>
+      <c r="R458">
+        <v>106.005464</v>
+      </c>
+      <c r="S458">
+        <v>103.6</v>
+      </c>
+      <c r="T458">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="459" spans="1:24">
+      <c r="A459" s="2">
+        <v>45428.449259259</v>
+      </c>
+      <c r="B459" t="s">
+        <v>24</v>
+      </c>
+      <c r="C459" t="s">
+        <v>25</v>
+      </c>
+      <c r="D459" t="s">
+        <v>26</v>
+      </c>
+      <c r="E459" t="s">
+        <v>27</v>
+      </c>
+      <c r="G459">
+        <v>105.918033</v>
+      </c>
+      <c r="I459" t="s">
+        <v>28</v>
+      </c>
+      <c r="J459">
+        <v>8.0</v>
+      </c>
+      <c r="K459" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L459" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M459">
+        <v>2000</v>
+      </c>
+      <c r="N459">
+        <v>10000.0</v>
+      </c>
+      <c r="O459" t="s">
+        <v>28</v>
+      </c>
+      <c r="P459">
+        <v>0.983607</v>
+      </c>
+      <c r="Q459">
+        <v>104.583607</v>
+      </c>
+      <c r="R459">
+        <v>105.983607</v>
+      </c>
+      <c r="S459">
+        <v>103.6</v>
+      </c>
+      <c r="T459">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="460" spans="1:24">
+      <c r="A460" s="2">
+        <v>45427.554074074</v>
+      </c>
+      <c r="B460" t="s">
+        <v>24</v>
+      </c>
+      <c r="C460" t="s">
+        <v>25</v>
+      </c>
+      <c r="D460" t="s">
+        <v>26</v>
+      </c>
+      <c r="E460" t="s">
+        <v>27</v>
+      </c>
+      <c r="F460">
+        <v>0.04</v>
+      </c>
+      <c r="G460">
+        <v>105.918033</v>
+      </c>
+      <c r="H460">
+        <v>21183.6066</v>
+      </c>
+      <c r="I460" t="s">
+        <v>28</v>
+      </c>
+      <c r="J460">
+        <v>8.0</v>
+      </c>
+      <c r="K460" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L460" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M460">
+        <v>2000</v>
+      </c>
+      <c r="N460">
+        <v>10000.0</v>
+      </c>
+      <c r="O460" t="s">
+        <v>28</v>
+      </c>
+      <c r="P460">
+        <v>0.918033</v>
+      </c>
+      <c r="Q460">
+        <v>104.518033</v>
+      </c>
+      <c r="R460">
+        <v>107.418033</v>
+      </c>
+      <c r="S460">
+        <v>103.6</v>
+      </c>
+      <c r="T460">
+        <v>106.5</v>
+      </c>
+      <c r="X460">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="461" spans="1:24">
+      <c r="A461" s="2">
+        <v>45426.639606481</v>
+      </c>
+      <c r="B461" t="s">
+        <v>24</v>
+      </c>
+      <c r="C461" t="s">
+        <v>25</v>
+      </c>
+      <c r="D461" t="s">
+        <v>26</v>
+      </c>
+      <c r="E461" t="s">
+        <v>27</v>
+      </c>
+      <c r="G461">
+        <v>105.874317</v>
+      </c>
+      <c r="I461" t="s">
+        <v>28</v>
+      </c>
+      <c r="J461">
+        <v>8.0</v>
+      </c>
+      <c r="K461" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L461" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M461">
+        <v>2000</v>
+      </c>
+      <c r="N461">
+        <v>10000.0</v>
+      </c>
+      <c r="O461" t="s">
+        <v>28</v>
+      </c>
+      <c r="P461">
+        <v>0.896175</v>
+      </c>
+      <c r="Q461">
+        <v>104.496175</v>
+      </c>
+      <c r="R461">
+        <v>105.896175</v>
+      </c>
+      <c r="S461">
+        <v>103.6</v>
+      </c>
+      <c r="T461">
+        <v>105.0</v>
+      </c>
+    </row>
+    <row r="462" spans="1:24">
+      <c r="A462" s="2">
+        <v>45425.521481481</v>
+      </c>
+      <c r="B462" t="s">
+        <v>24</v>
+      </c>
+      <c r="C462" t="s">
+        <v>25</v>
+      </c>
+      <c r="D462" t="s">
+        <v>26</v>
+      </c>
+      <c r="E462" t="s">
+        <v>27</v>
+      </c>
+      <c r="F462">
+        <v>1.75</v>
+      </c>
+      <c r="G462">
+        <v>105.874317</v>
+      </c>
+      <c r="H462">
+        <v>105824.317</v>
+      </c>
+      <c r="I462" t="s">
+        <v>28</v>
+      </c>
+      <c r="J462">
+        <v>8.0</v>
+      </c>
+      <c r="K462" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L462" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M462">
+        <v>2000</v>
+      </c>
+      <c r="N462">
+        <v>10000.0</v>
+      </c>
+      <c r="O462" t="s">
+        <v>28</v>
+      </c>
+      <c r="P462">
+        <v>0.874317</v>
+      </c>
+      <c r="Q462">
+        <v>104.074317</v>
+      </c>
+      <c r="R462">
+        <v>105.874317</v>
+      </c>
+      <c r="S462">
+        <v>103.2</v>
+      </c>
+      <c r="T462">
+        <v>105.0</v>
+      </c>
+      <c r="X462">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="463" spans="1:24">
+      <c r="A463" s="2">
+        <v>45422.63943287</v>
+      </c>
+      <c r="B463" t="s">
+        <v>24</v>
+      </c>
+      <c r="C463" t="s">
+        <v>25</v>
+      </c>
+      <c r="D463" t="s">
+        <v>26</v>
+      </c>
+      <c r="E463" t="s">
+        <v>27</v>
+      </c>
+      <c r="F463">
+        <v>-0.3</v>
+      </c>
+      <c r="G463">
+        <v>104.052459</v>
+      </c>
+      <c r="H463">
+        <v>20850.4918</v>
+      </c>
+      <c r="I463" t="s">
+        <v>28</v>
+      </c>
+      <c r="J463">
+        <v>8.0</v>
+      </c>
+      <c r="K463" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L463" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M463">
+        <v>2000</v>
+      </c>
+      <c r="N463">
+        <v>10000.0</v>
+      </c>
+      <c r="O463" t="s">
+        <v>28</v>
+      </c>
+      <c r="P463">
+        <v>0.852459</v>
+      </c>
+      <c r="Q463">
+        <v>104.052459</v>
+      </c>
+      <c r="R463">
+        <v>104.652459</v>
+      </c>
+      <c r="S463">
+        <v>103.2</v>
+      </c>
+      <c r="T463">
+        <v>103.8</v>
+      </c>
+      <c r="X463">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="464" spans="1:24">
+      <c r="A464" s="2">
+        <v>45420.649108796</v>
+      </c>
+      <c r="B464" t="s">
+        <v>24</v>
+      </c>
+      <c r="C464" t="s">
+        <v>25</v>
+      </c>
+      <c r="D464" t="s">
+        <v>26</v>
+      </c>
+      <c r="E464" t="s">
+        <v>27</v>
+      </c>
+      <c r="F464">
+        <v>-2.41</v>
+      </c>
+      <c r="G464">
+        <v>104.365027</v>
+      </c>
+      <c r="H464">
+        <v>10436.5027</v>
+      </c>
+      <c r="I464" t="s">
+        <v>28</v>
+      </c>
+      <c r="J464">
+        <v>8.0</v>
+      </c>
+      <c r="K464" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L464" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M464">
+        <v>2000</v>
+      </c>
+      <c r="N464">
+        <v>10000.0</v>
+      </c>
+      <c r="O464" t="s">
+        <v>28</v>
+      </c>
+      <c r="P464">
+        <v>0.765027</v>
+      </c>
+      <c r="Q464">
+        <v>104.365027</v>
+      </c>
+      <c r="R464">
+        <v>105.765027</v>
+      </c>
+      <c r="S464">
+        <v>103.6</v>
+      </c>
+      <c r="T464">
+        <v>105.0</v>
+      </c>
+      <c r="X464">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="465" spans="1:24">
+      <c r="A465" s="2">
+        <v>45419.474722222</v>
+      </c>
+      <c r="B465" t="s">
+        <v>24</v>
+      </c>
+      <c r="C465" t="s">
+        <v>25</v>
+      </c>
+      <c r="D465" t="s">
+        <v>26</v>
+      </c>
+      <c r="E465" t="s">
+        <v>27</v>
+      </c>
+      <c r="G465">
+        <v>106.937158</v>
+      </c>
+      <c r="I465" t="s">
+        <v>28</v>
+      </c>
+      <c r="J465">
+        <v>8.0</v>
+      </c>
+      <c r="K465" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L465" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M465">
+        <v>2000</v>
+      </c>
+      <c r="N465">
+        <v>10000.0</v>
+      </c>
+      <c r="O465" t="s">
+        <v>28</v>
+      </c>
+      <c r="P465">
+        <v>0.743169</v>
+      </c>
+      <c r="Q465">
+        <v>104.343169</v>
+      </c>
+      <c r="R465">
+        <v>106.743169</v>
+      </c>
+      <c r="S465">
+        <v>103.6</v>
+      </c>
+      <c r="T465">
+        <v>106.0</v>
+      </c>
+    </row>
+    <row r="466" spans="1:24">
+      <c r="A466" s="2">
+        <v>45418.355625</v>
+      </c>
+      <c r="B466" t="s">
+        <v>24</v>
+      </c>
+      <c r="C466" t="s">
+        <v>25</v>
+      </c>
+      <c r="D466" t="s">
+        <v>26</v>
+      </c>
+      <c r="E466" t="s">
+        <v>27</v>
+      </c>
+      <c r="G466">
+        <v>106.937158</v>
+      </c>
+      <c r="I466" t="s">
+        <v>28</v>
+      </c>
+      <c r="J466">
+        <v>8.0</v>
+      </c>
+      <c r="K466" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L466" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M466">
+        <v>2000</v>
+      </c>
+      <c r="N466">
+        <v>10000.0</v>
+      </c>
+      <c r="O466" t="s">
+        <v>28</v>
+      </c>
+      <c r="P466">
+        <v>0.721311</v>
+      </c>
+    </row>
+    <row r="467" spans="1:24">
+      <c r="A467" s="2">
+        <v>45415.416886574</v>
+      </c>
+      <c r="B467" t="s">
+        <v>24</v>
+      </c>
+      <c r="C467" t="s">
+        <v>25</v>
+      </c>
+      <c r="D467" t="s">
+        <v>26</v>
+      </c>
+      <c r="E467" t="s">
+        <v>27</v>
+      </c>
+      <c r="G467">
+        <v>106.937158</v>
+      </c>
+      <c r="I467" t="s">
+        <v>28</v>
+      </c>
+      <c r="J467">
+        <v>8.0</v>
+      </c>
+      <c r="K467" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L467" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M467">
+        <v>2000</v>
+      </c>
+      <c r="N467">
+        <v>10000.0</v>
+      </c>
+      <c r="O467" t="s">
+        <v>28</v>
+      </c>
+      <c r="P467">
+        <v>0.699454</v>
+      </c>
+      <c r="Q467">
+        <v>104.299454</v>
+      </c>
+      <c r="R467">
+        <v>107.699454</v>
+      </c>
+      <c r="S467">
+        <v>103.6</v>
+      </c>
+      <c r="T467">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="468" spans="1:24">
+      <c r="A468" s="2">
+        <v>45414.416851852</v>
+      </c>
+      <c r="B468" t="s">
+        <v>24</v>
+      </c>
+      <c r="C468" t="s">
+        <v>25</v>
+      </c>
+      <c r="D468" t="s">
+        <v>26</v>
+      </c>
+      <c r="E468" t="s">
+        <v>27</v>
+      </c>
+      <c r="G468">
+        <v>106.937158</v>
+      </c>
+      <c r="I468" t="s">
+        <v>28</v>
+      </c>
+      <c r="J468">
+        <v>8.0</v>
+      </c>
+      <c r="K468" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L468" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M468">
+        <v>2000</v>
+      </c>
+      <c r="N468">
+        <v>10000.0</v>
+      </c>
+      <c r="O468" t="s">
+        <v>28</v>
+      </c>
+      <c r="P468">
+        <v>0.677596</v>
+      </c>
+      <c r="Q468">
+        <v>104.277596</v>
+      </c>
+      <c r="R468">
+        <v>107.677596</v>
+      </c>
+      <c r="S468">
+        <v>103.6</v>
+      </c>
+      <c r="T468">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="469" spans="1:24">
+      <c r="A469" s="2">
+        <v>45412.500509259</v>
+      </c>
+      <c r="B469" t="s">
+        <v>24</v>
+      </c>
+      <c r="C469" t="s">
+        <v>25</v>
+      </c>
+      <c r="D469" t="s">
+        <v>26</v>
+      </c>
+      <c r="E469" t="s">
+        <v>27</v>
+      </c>
+      <c r="G469">
+        <v>106.937158</v>
+      </c>
+      <c r="I469" t="s">
+        <v>28</v>
+      </c>
+      <c r="J469">
+        <v>8.0</v>
+      </c>
+      <c r="K469" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L469" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M469">
+        <v>2000</v>
+      </c>
+      <c r="N469">
+        <v>10000.0</v>
+      </c>
+      <c r="O469" t="s">
+        <v>28</v>
+      </c>
+      <c r="P469">
+        <v>0.612022</v>
+      </c>
+      <c r="Q469">
+        <v>104.212022</v>
+      </c>
+      <c r="R469">
+        <v>107.112022</v>
+      </c>
+      <c r="S469">
+        <v>103.6</v>
+      </c>
+      <c r="T469">
+        <v>106.5</v>
+      </c>
+    </row>
+    <row r="470" spans="1:24">
+      <c r="A470" s="2">
+        <v>45411.581736111</v>
+      </c>
+      <c r="B470" t="s">
+        <v>24</v>
+      </c>
+      <c r="C470" t="s">
+        <v>25</v>
+      </c>
+      <c r="D470" t="s">
+        <v>26</v>
+      </c>
+      <c r="E470" t="s">
+        <v>27</v>
+      </c>
+      <c r="G470">
+        <v>106.937158</v>
+      </c>
+      <c r="I470" t="s">
+        <v>28</v>
+      </c>
+      <c r="J470">
+        <v>8.0</v>
+      </c>
+      <c r="K470" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L470" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M470">
+        <v>2000</v>
+      </c>
+      <c r="N470">
+        <v>10000.0</v>
+      </c>
+      <c r="O470" t="s">
+        <v>28</v>
+      </c>
+      <c r="P470">
+        <v>0.590164</v>
+      </c>
+      <c r="Q470">
+        <v>104.190164</v>
+      </c>
+      <c r="R470">
+        <v>107.590164</v>
+      </c>
+      <c r="S470">
+        <v>103.6</v>
+      </c>
+      <c r="T470">
+        <v>107.0</v>
+      </c>
+    </row>
+    <row r="471" spans="1:24">
+      <c r="A471" s="2">
+        <v>45408.536030093</v>
+      </c>
+      <c r="B471" t="s">
+        <v>24</v>
+      </c>
+      <c r="C471" t="s">
+        <v>25</v>
+      </c>
+      <c r="D471" t="s">
+        <v>26</v>
+      </c>
+      <c r="E471" t="s">
+        <v>27</v>
+      </c>
+      <c r="G471">
+        <v>106.937158</v>
+      </c>
+      <c r="I471" t="s">
+        <v>28</v>
+      </c>
+      <c r="J471">
+        <v>8.0</v>
+      </c>
+      <c r="K471" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L471" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M471">
+        <v>2000</v>
+      </c>
+      <c r="N471">
+        <v>10000.0</v>
+      </c>
+      <c r="O471" t="s">
+        <v>28</v>
+      </c>
+      <c r="P471">
+        <v>0.546448</v>
+      </c>
+      <c r="Q471">
+        <v>104.146448</v>
+      </c>
+      <c r="R471">
+        <v>108.046448</v>
+      </c>
+      <c r="S471">
+        <v>103.6</v>
+      </c>
+      <c r="T471">
+        <v>107.5</v>
+      </c>
+    </row>
+    <row r="472" spans="1:24">
+      <c r="A472" s="2">
+        <v>45407.416840278</v>
+      </c>
+      <c r="B472" t="s">
+        <v>24</v>
+      </c>
+      <c r="C472" t="s">
+        <v>25</v>
+      </c>
+      <c r="D472" t="s">
+        <v>26</v>
+      </c>
+      <c r="E472" t="s">
+        <v>27</v>
+      </c>
+      <c r="G472">
+        <v>106.937158</v>
+      </c>
+      <c r="I472" t="s">
+        <v>28</v>
+      </c>
+      <c r="J472">
+        <v>8.0</v>
+      </c>
+      <c r="K472" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L472" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M472">
+        <v>2000</v>
+      </c>
+      <c r="N472">
+        <v>10000.0</v>
+      </c>
+      <c r="O472" t="s">
+        <v>28</v>
+      </c>
+      <c r="P472">
+        <v>0.52459</v>
+      </c>
+      <c r="Q472">
+        <v>104.12459</v>
+      </c>
+      <c r="R472">
+        <v>108.47459</v>
+      </c>
+      <c r="S472">
+        <v>103.6</v>
+      </c>
+      <c r="T472">
+        <v>107.95</v>
+      </c>
+    </row>
+    <row r="473" spans="1:24">
+      <c r="A473" s="2">
+        <v>45406.522627315</v>
+      </c>
+      <c r="B473" t="s">
+        <v>24</v>
+      </c>
+      <c r="C473" t="s">
+        <v>25</v>
+      </c>
+      <c r="D473" t="s">
+        <v>26</v>
+      </c>
+      <c r="E473" t="s">
+        <v>27</v>
+      </c>
+      <c r="G473">
+        <v>106.937158</v>
+      </c>
+      <c r="I473" t="s">
+        <v>28</v>
+      </c>
+      <c r="J473">
+        <v>8.0</v>
+      </c>
+      <c r="K473" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L473" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M473">
+        <v>2000</v>
+      </c>
+      <c r="N473">
+        <v>10000.0</v>
+      </c>
+      <c r="O473" t="s">
+        <v>28</v>
+      </c>
+      <c r="P473">
+        <v>0.459016</v>
+      </c>
+      <c r="Q473">
+        <v>104.059016</v>
+      </c>
+      <c r="R473">
+        <v>108.409016</v>
+      </c>
+      <c r="S473">
+        <v>103.6</v>
+      </c>
+      <c r="T473">
+        <v>107.95</v>
+      </c>
+    </row>
+    <row r="474" spans="1:24">
+      <c r="A474" s="2">
+        <v>45405.502152778</v>
+      </c>
+      <c r="B474" t="s">
+        <v>24</v>
+      </c>
+      <c r="C474" t="s">
+        <v>25</v>
+      </c>
+      <c r="D474" t="s">
+        <v>26</v>
+      </c>
+      <c r="E474" t="s">
+        <v>27</v>
+      </c>
+      <c r="F474">
+        <v>1.93</v>
+      </c>
+      <c r="G474">
+        <v>106.937158</v>
+      </c>
+      <c r="H474">
+        <v>21237.4316</v>
+      </c>
+      <c r="I474" t="s">
+        <v>28</v>
+      </c>
+      <c r="J474">
+        <v>8.0</v>
+      </c>
+      <c r="K474" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L474" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M474">
+        <v>2000</v>
+      </c>
+      <c r="N474">
+        <v>10000.0</v>
+      </c>
+      <c r="O474" t="s">
+        <v>28</v>
+      </c>
+      <c r="P474">
+        <v>0.437158</v>
+      </c>
+      <c r="Q474">
+        <v>104.037158</v>
+      </c>
+      <c r="R474">
+        <v>107.4372</v>
+      </c>
+      <c r="S474">
+        <v>103.6</v>
+      </c>
+      <c r="T474">
+        <v>107.000042</v>
+      </c>
+      <c r="X474">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="475" spans="1:24">
+      <c r="A475" s="2">
+        <v>45404.643622685</v>
+      </c>
+      <c r="B475" t="s">
+        <v>24</v>
+      </c>
+      <c r="C475" t="s">
+        <v>25</v>
+      </c>
+      <c r="D475" t="s">
+        <v>26</v>
+      </c>
+      <c r="E475" t="s">
+        <v>27</v>
+      </c>
+      <c r="F475">
+        <v>0.5</v>
+      </c>
+      <c r="G475">
+        <v>104.915301</v>
+      </c>
+      <c r="H475">
+        <v>10491.5301</v>
+      </c>
+      <c r="I475" t="s">
+        <v>28</v>
+      </c>
+      <c r="J475">
+        <v>8.0</v>
+      </c>
+      <c r="K475" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L475" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M475">
+        <v>2000</v>
+      </c>
+      <c r="N475">
+        <v>10000.0</v>
+      </c>
+      <c r="O475" t="s">
+        <v>28</v>
+      </c>
+      <c r="P475">
+        <v>0.415301</v>
+      </c>
+      <c r="Q475">
+        <v>104.015301</v>
+      </c>
+      <c r="R475">
+        <v>105.415301</v>
+      </c>
+      <c r="S475">
+        <v>103.6</v>
+      </c>
+      <c r="T475">
+        <v>105.0</v>
+      </c>
+      <c r="X475">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="476" spans="1:24">
+      <c r="A476" s="2">
+        <v>45401.504548611</v>
+      </c>
+      <c r="B476" t="s">
+        <v>24</v>
+      </c>
+      <c r="C476" t="s">
+        <v>25</v>
+      </c>
+      <c r="D476" t="s">
+        <v>26</v>
+      </c>
+      <c r="E476" t="s">
+        <v>27</v>
+      </c>
+      <c r="F476">
+        <v>-0.09</v>
+      </c>
+      <c r="G476">
+        <v>104.393443</v>
+      </c>
+      <c r="H476">
+        <v>10439.3443</v>
+      </c>
+      <c r="I476" t="s">
+        <v>28</v>
+      </c>
+      <c r="J476">
+        <v>8.0</v>
+      </c>
+      <c r="K476" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L476" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M476">
+        <v>2000</v>
+      </c>
+      <c r="N476">
+        <v>10000.0</v>
+      </c>
+      <c r="O476" t="s">
+        <v>28</v>
+      </c>
+      <c r="P476">
+        <v>0.393443</v>
+      </c>
+      <c r="Q476">
+        <v>103.993443</v>
+      </c>
+      <c r="R476">
+        <v>104.893443</v>
+      </c>
+      <c r="S476">
+        <v>103.6</v>
+      </c>
+      <c r="T476">
+        <v>104.5</v>
+      </c>
+      <c r="X476">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="477" spans="1:24">
+      <c r="A477" s="2">
+        <v>45400.41681713</v>
+      </c>
+      <c r="B477" t="s">
+        <v>24</v>
+      </c>
+      <c r="C477" t="s">
+        <v>25</v>
+      </c>
+      <c r="D477" t="s">
+        <v>26</v>
+      </c>
+      <c r="E477" t="s">
+        <v>27</v>
+      </c>
+      <c r="G477">
+        <v>104.484153</v>
+      </c>
+      <c r="I477" t="s">
+        <v>28</v>
+      </c>
+      <c r="J477">
+        <v>8.0</v>
+      </c>
+      <c r="K477" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L477" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M477">
+        <v>2000</v>
+      </c>
+      <c r="N477">
+        <v>10000.0</v>
+      </c>
+      <c r="O477" t="s">
+        <v>28</v>
+      </c>
+      <c r="P477">
+        <v>0.371585</v>
+      </c>
+      <c r="Q477">
+        <v>104.371585</v>
+      </c>
+      <c r="R477">
+        <v>104.871585</v>
+      </c>
+      <c r="S477">
+        <v>104.0</v>
+      </c>
+      <c r="T477">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="478" spans="1:24">
+      <c r="A478" s="2">
+        <v>45399.515266204</v>
+      </c>
+      <c r="B478" t="s">
+        <v>24</v>
+      </c>
+      <c r="C478" t="s">
+        <v>25</v>
+      </c>
+      <c r="D478" t="s">
+        <v>26</v>
+      </c>
+      <c r="E478" t="s">
+        <v>27</v>
+      </c>
+      <c r="G478">
+        <v>104.484153</v>
+      </c>
+      <c r="I478" t="s">
+        <v>28</v>
+      </c>
+      <c r="J478">
+        <v>8.0</v>
+      </c>
+      <c r="K478" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L478" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M478">
+        <v>2000</v>
+      </c>
+      <c r="N478">
+        <v>10000.0</v>
+      </c>
+      <c r="O478" t="s">
+        <v>28</v>
+      </c>
+      <c r="P478">
+        <v>0.306011</v>
+      </c>
+      <c r="Q478">
+        <v>104.306011</v>
+      </c>
+      <c r="R478">
+        <v>104.806011</v>
+      </c>
+      <c r="S478">
+        <v>104.0</v>
+      </c>
+      <c r="T478">
+        <v>104.5</v>
+      </c>
+    </row>
+    <row r="479" spans="1:24">
+      <c r="A479" s="2">
+        <v>45398.604212963</v>
+      </c>
+      <c r="B479" t="s">
+        <v>24</v>
+      </c>
+      <c r="C479" t="s">
+        <v>25</v>
+      </c>
+      <c r="D479" t="s">
+        <v>26</v>
+      </c>
+      <c r="E479" t="s">
+        <v>27</v>
+      </c>
+      <c r="F479">
+        <v>0.33</v>
+      </c>
+      <c r="G479">
+        <v>104.484153</v>
+      </c>
+      <c r="H479">
+        <v>20891.8306</v>
+      </c>
+      <c r="I479" t="s">
+        <v>28</v>
+      </c>
+      <c r="J479">
+        <v>8.0</v>
+      </c>
+      <c r="K479" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L479" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M479">
+        <v>2000</v>
+      </c>
+      <c r="N479">
+        <v>10000.0</v>
+      </c>
+      <c r="O479" t="s">
+        <v>28</v>
+      </c>
+      <c r="P479">
+        <v>0.284153</v>
+      </c>
+      <c r="Q479">
+        <v>103.884153</v>
+      </c>
+      <c r="R479">
+        <v>104.784153</v>
+      </c>
+      <c r="S479">
+        <v>103.6</v>
+      </c>
+      <c r="T479">
+        <v>104.5</v>
+      </c>
+      <c r="X479">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="480" spans="1:24">
+      <c r="A480" s="2">
+        <v>45397.618078704</v>
+      </c>
+      <c r="B480" t="s">
+        <v>24</v>
+      </c>
+      <c r="C480" t="s">
+        <v>25</v>
+      </c>
+      <c r="D480" t="s">
+        <v>26</v>
+      </c>
+      <c r="E480" t="s">
+        <v>27</v>
+      </c>
+      <c r="G480">
+        <v>104.143</v>
+      </c>
+      <c r="I480" t="s">
+        <v>28</v>
+      </c>
+      <c r="J480">
+        <v>8.0</v>
+      </c>
+      <c r="K480" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L480" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M480">
+        <v>2000</v>
+      </c>
+      <c r="N480">
+        <v>10000.0</v>
+      </c>
+      <c r="O480" t="s">
+        <v>28</v>
+      </c>
+      <c r="P480">
+        <v>0.262295</v>
+      </c>
+      <c r="Q480">
+        <v>103.862295</v>
+      </c>
+      <c r="R480">
+        <v>104.412295</v>
+      </c>
+      <c r="S480">
+        <v>103.6</v>
+      </c>
+      <c r="T480">
+        <v>104.15</v>
+      </c>
+    </row>
+    <row r="481" spans="1:24">
+      <c r="A481" s="2">
+        <v>45394.619756944</v>
+      </c>
+      <c r="B481" t="s">
+        <v>24</v>
+      </c>
+      <c r="C481" t="s">
+        <v>25</v>
+      </c>
+      <c r="D481" t="s">
+        <v>26</v>
+      </c>
+      <c r="E481" t="s">
+        <v>27</v>
+      </c>
+      <c r="G481">
+        <v>104.143</v>
+      </c>
+      <c r="I481" t="s">
+        <v>28</v>
+      </c>
+      <c r="J481">
+        <v>8.0</v>
+      </c>
+      <c r="K481" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L481" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M481">
+        <v>2000</v>
+      </c>
+      <c r="N481">
+        <v>10000.0</v>
+      </c>
+      <c r="O481" t="s">
+        <v>28</v>
+      </c>
+      <c r="P481">
+        <v>0.240437</v>
+      </c>
+      <c r="Q481">
+        <v>103.440437</v>
+      </c>
+      <c r="R481">
+        <v>104.390437</v>
+      </c>
+      <c r="S481">
+        <v>103.2</v>
+      </c>
+      <c r="T481">
+        <v>104.15</v>
+      </c>
+    </row>
+    <row r="482" spans="1:24">
+      <c r="A482" s="2">
+        <v>45393.422349537</v>
+      </c>
+      <c r="B482" t="s">
+        <v>24</v>
+      </c>
+      <c r="C482" t="s">
+        <v>25</v>
+      </c>
+      <c r="D482" t="s">
+        <v>26</v>
+      </c>
+      <c r="E482" t="s">
+        <v>27</v>
+      </c>
+      <c r="G482">
+        <v>104.143</v>
+      </c>
+      <c r="I482" t="s">
+        <v>28</v>
+      </c>
+      <c r="J482">
+        <v>8.0</v>
+      </c>
+      <c r="K482" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L482" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M482">
+        <v>2000</v>
+      </c>
+      <c r="N482">
+        <v>10000.0</v>
+      </c>
+      <c r="O482" t="s">
+        <v>28</v>
+      </c>
+      <c r="P482">
+        <v>0.218579</v>
+      </c>
+      <c r="Q482">
+        <v>103.218579</v>
+      </c>
+      <c r="R482">
+        <v>104.368579</v>
+      </c>
+      <c r="S482">
+        <v>103.0</v>
+      </c>
+      <c r="T482">
+        <v>104.15</v>
+      </c>
+    </row>
+    <row r="483" spans="1:24">
+      <c r="A483" s="2">
+        <v>45392.571215278</v>
+      </c>
+      <c r="B483" t="s">
+        <v>24</v>
+      </c>
+      <c r="C483" t="s">
+        <v>25</v>
+      </c>
+      <c r="D483" t="s">
+        <v>26</v>
+      </c>
+      <c r="E483" t="s">
+        <v>27</v>
+      </c>
+      <c r="F483">
+        <v>0.01</v>
+      </c>
+      <c r="G483">
+        <v>104.143</v>
+      </c>
+      <c r="H483">
+        <v>20828.6005</v>
+      </c>
+      <c r="I483" t="s">
+        <v>28</v>
+      </c>
+      <c r="J483">
+        <v>8.0</v>
+      </c>
+      <c r="K483" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L483" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M483">
+        <v>2000</v>
+      </c>
+      <c r="N483">
+        <v>10000.0</v>
+      </c>
+      <c r="O483" t="s">
+        <v>28</v>
+      </c>
+      <c r="P483">
+        <v>0.153005</v>
+      </c>
+      <c r="Q483">
+        <v>103.153005</v>
+      </c>
+      <c r="R483">
+        <v>104.653005</v>
+      </c>
+      <c r="S483">
+        <v>103.0</v>
+      </c>
+      <c r="T483">
+        <v>104.5</v>
+      </c>
+      <c r="X483">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="484" spans="1:24">
+      <c r="A484" s="2">
+        <v>45391.659895833</v>
+      </c>
+      <c r="B484" t="s">
+        <v>24</v>
+      </c>
+      <c r="C484" t="s">
+        <v>25</v>
+      </c>
+      <c r="D484" t="s">
+        <v>26</v>
+      </c>
+      <c r="E484" t="s">
+        <v>27</v>
+      </c>
+      <c r="G484">
+        <v>104.131148</v>
+      </c>
+      <c r="H484">
+        <v>20726.2296</v>
+      </c>
+      <c r="I484" t="s">
+        <v>28</v>
+      </c>
+      <c r="J484">
+        <v>8.0</v>
+      </c>
+      <c r="K484" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L484" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M484">
+        <v>2000</v>
+      </c>
+      <c r="N484">
+        <v>10000.0</v>
+      </c>
+      <c r="O484" t="s">
+        <v>28</v>
+      </c>
+      <c r="P484">
+        <v>0.131148</v>
+      </c>
+      <c r="Q484">
+        <v>103.131148</v>
+      </c>
+      <c r="R484">
+        <v>104.131148</v>
+      </c>
+      <c r="S484">
+        <v>103.0</v>
+      </c>
+      <c r="T484">
+        <v>104.0</v>
+      </c>
+      <c r="X484">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="485" spans="1:24">
+      <c r="A485" s="2">
         <v>45390.65556713</v>
       </c>
-      <c r="B422" t="s">
-[...32 lines deleted...]
-      <c r="P422">
+      <c r="B485" t="s">
+        <v>24</v>
+      </c>
+      <c r="C485" t="s">
+        <v>25</v>
+      </c>
+      <c r="D485" t="s">
+        <v>26</v>
+      </c>
+      <c r="E485" t="s">
+        <v>27</v>
+      </c>
+      <c r="I485" t="s">
+        <v>28</v>
+      </c>
+      <c r="J485">
+        <v>8.0</v>
+      </c>
+      <c r="K485" s="2">
+        <v>45387.0</v>
+      </c>
+      <c r="L485" s="2">
+        <v>49039.0</v>
+      </c>
+      <c r="M485">
+        <v>2000</v>
+      </c>
+      <c r="N485">
+        <v>10000.0</v>
+      </c>
+      <c r="O485" t="s">
+        <v>28</v>
+      </c>
+      <c r="P485">
         <v>0.10929</v>
       </c>
-      <c r="Q422">
+      <c r="Q485">
         <v>101.10929</v>
       </c>
-      <c r="R422">
+      <c r="R485">
         <v>103.10929</v>
       </c>
-      <c r="S422">
+      <c r="S485">
         <v>101.0</v>
       </c>
-      <c r="T422">
+      <c r="T485">
         <v>103.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>