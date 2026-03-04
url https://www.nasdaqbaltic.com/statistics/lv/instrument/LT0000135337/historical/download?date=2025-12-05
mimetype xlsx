--- v0 (2025-12-05)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Tirgus</t>
   </si>
   <si>
     <t>Izmaiņas</t>
   </si>
   <si>
     <t>Pēdējā cena</t>
   </si>
   <si>
     <t>Apgrozījums</t>
   </si>
   <si>
@@ -86,63 +86,66 @@
   <si>
     <t>Piepr.</t>
   </si>
   <si>
     <t>Pied.</t>
   </si>
   <si>
     <t>Tīrais piepr.</t>
   </si>
   <si>
     <t>Tīrā pied.</t>
   </si>
   <si>
     <t>Piepr. ienes.</t>
   </si>
   <si>
     <t>Pied. ienes.</t>
   </si>
   <si>
     <t>Vid. ienes.</t>
   </si>
   <si>
     <t>Darījumi</t>
   </si>
   <si>
-    <t xml:space="preserve">Urban Hub Investments 8.5% 3Y </t>
+    <t>Urban Hub Investments 8.5% 3Y bo</t>
   </si>
   <si>
     <t>UHIB085028FA</t>
   </si>
   <si>
     <t>LT0000135337</t>
   </si>
   <si>
     <t>VLN</t>
   </si>
   <si>
     <t>EUR</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Urban Hub Investments 8.5% 3Y </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
@@ -462,54 +465,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X35"/>
+  <dimension ref="A1:X94"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L35" sqref="L35"/>
+      <selection activeCell="L94" sqref="L94"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,1826 +549,4917 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.355069444</v>
+        <v>46085.35505787</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
         <v>101.291436</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.5</v>
       </c>
       <c r="K2" s="2">
         <v>45924.0</v>
       </c>
       <c r="L2" s="2">
         <v>47020.0</v>
       </c>
       <c r="M2">
         <v>8000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.76105</v>
+        <v>3.827348</v>
+      </c>
+      <c r="Q2">
+        <v>98.827348</v>
+      </c>
+      <c r="S2">
+        <v>95.0</v>
+      </c>
+      <c r="U2">
+        <v>10.79061</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.355659722</v>
+        <v>46084.523136574</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
         <v>101.291436</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.5</v>
       </c>
       <c r="K3" s="2">
         <v>45924.0</v>
       </c>
       <c r="L3" s="2">
         <v>47020.0</v>
       </c>
       <c r="M3">
         <v>8000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.690608</v>
+        <v>3.803867</v>
+      </c>
+      <c r="Q3">
+        <v>100.962707</v>
+      </c>
+      <c r="S3">
+        <v>97.15884</v>
+      </c>
+      <c r="U3">
+        <v>9.780333</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.355196759</v>
+        <v>46083.355150463</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
         <v>101.291436</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.5</v>
       </c>
       <c r="K4" s="2">
         <v>45924.0</v>
       </c>
       <c r="L4" s="2">
         <v>47020.0</v>
       </c>
       <c r="M4">
         <v>8000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.667127</v>
+        <v>3.780387</v>
+      </c>
+      <c r="Q4">
+        <v>98.780387</v>
+      </c>
+      <c r="S4">
+        <v>95.0</v>
+      </c>
+      <c r="U4">
+        <v>10.785688</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.355219907</v>
+        <v>46080.355092593</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
         <v>101.291436</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.5</v>
       </c>
       <c r="K5" s="2">
         <v>45924.0</v>
       </c>
       <c r="L5" s="2">
         <v>47020.0</v>
       </c>
       <c r="M5">
         <v>8000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.643646</v>
+        <v>3.756906</v>
+      </c>
+      <c r="Q5">
+        <v>98.756906</v>
+      </c>
+      <c r="R5">
+        <v>106.756906</v>
+      </c>
+      <c r="S5">
+        <v>95.0</v>
+      </c>
+      <c r="T5">
+        <v>103.0</v>
+      </c>
+      <c r="U5">
+        <v>10.78324</v>
+      </c>
+      <c r="V5">
+        <v>7.191764</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.355729167</v>
+        <v>46079.355162037</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
         <v>101.291436</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.5</v>
       </c>
       <c r="K6" s="2">
         <v>45924.0</v>
       </c>
       <c r="L6" s="2">
         <v>47020.0</v>
       </c>
       <c r="M6">
         <v>8000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.620166</v>
+        <v>3.733425</v>
       </c>
       <c r="Q6">
-        <v>101.620166</v>
+        <v>98.733425</v>
+      </c>
+      <c r="R6">
+        <v>106.733425</v>
       </c>
       <c r="S6">
-        <v>100.0</v>
+        <v>95.0</v>
+      </c>
+      <c r="T6">
+        <v>103.0</v>
       </c>
       <c r="U6">
-        <v>8.491519</v>
+        <v>10.780801</v>
+      </c>
+      <c r="V6">
+        <v>7.192892</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.355740741</v>
+        <v>46078.441296296</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
         <v>101.291436</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.5</v>
       </c>
       <c r="K7" s="2">
         <v>45924.0</v>
       </c>
       <c r="L7" s="2">
         <v>47020.0</v>
       </c>
       <c r="M7">
         <v>8000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.596685</v>
+        <v>3.662983</v>
       </c>
       <c r="Q7">
-        <v>101.596685</v>
+        <v>98.662983</v>
+      </c>
+      <c r="R7">
+        <v>106.662983</v>
       </c>
       <c r="S7">
-        <v>100.0</v>
+        <v>95.0</v>
+      </c>
+      <c r="T7">
+        <v>103.0</v>
       </c>
       <c r="U7">
-        <v>8.491576</v>
+        <v>10.773534</v>
+      </c>
+      <c r="V7">
+        <v>7.196273</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.355509259</v>
+        <v>46077.35494213</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
         <v>101.291436</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.5</v>
       </c>
       <c r="K8" s="2">
         <v>45924.0</v>
       </c>
       <c r="L8" s="2">
         <v>47020.0</v>
       </c>
       <c r="M8">
         <v>8000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.526243</v>
-[...8 lines deleted...]
-        <v>8.491757</v>
+        <v>3.639503</v>
+      </c>
+      <c r="R8">
+        <v>106.639503</v>
+      </c>
+      <c r="T8">
+        <v>103.0</v>
+      </c>
+      <c r="V8">
+        <v>7.197398</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355486111</v>
+        <v>46076.354872685</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
         <v>101.291436</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.5</v>
       </c>
       <c r="K9" s="2">
         <v>45924.0</v>
       </c>
       <c r="L9" s="2">
         <v>47020.0</v>
       </c>
       <c r="M9">
         <v>8000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.502762</v>
-[...8 lines deleted...]
-        <v>8.491821</v>
+        <v>3.616022</v>
+      </c>
+      <c r="R9">
+        <v>106.616022</v>
+      </c>
+      <c r="T9">
+        <v>103.0</v>
+      </c>
+      <c r="V9">
+        <v>7.198524</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.355381944</v>
+        <v>46073.355092593</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
         <v>101.291436</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.5</v>
       </c>
       <c r="K10" s="2">
         <v>45924.0</v>
       </c>
       <c r="L10" s="2">
         <v>47020.0</v>
       </c>
       <c r="M10">
         <v>8000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.479282</v>
-[...8 lines deleted...]
-        <v>8.491888</v>
+        <v>3.592541</v>
+      </c>
+      <c r="R10">
+        <v>106.592541</v>
+      </c>
+      <c r="T10">
+        <v>103.0</v>
+      </c>
+      <c r="V10">
+        <v>7.199649</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355393519</v>
+        <v>46072.355092593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
         <v>101.291436</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.5</v>
       </c>
       <c r="K11" s="2">
         <v>45924.0</v>
       </c>
       <c r="L11" s="2">
         <v>47020.0</v>
       </c>
       <c r="M11">
         <v>8000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.455801</v>
-[...8 lines deleted...]
-        <v>8.491956</v>
+        <v>3.569061</v>
+      </c>
+      <c r="R11">
+        <v>106.569061</v>
+      </c>
+      <c r="T11">
+        <v>103.0</v>
+      </c>
+      <c r="V11">
+        <v>7.200773</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.355185185</v>
+        <v>46071.355138889</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
         <v>101.291436</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.5</v>
       </c>
       <c r="K12" s="2">
         <v>45924.0</v>
       </c>
       <c r="L12" s="2">
         <v>47020.0</v>
       </c>
       <c r="M12">
         <v>8000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.43232</v>
-[...8 lines deleted...]
-        <v>8.492027</v>
+        <v>3.498619</v>
+      </c>
+      <c r="R12">
+        <v>106.498619</v>
+      </c>
+      <c r="T12">
+        <v>103.0</v>
+      </c>
+      <c r="V12">
+        <v>7.204143</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.355532407</v>
+        <v>46070.355335648</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
         <v>101.291436</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.5</v>
       </c>
       <c r="K13" s="2">
         <v>45924.0</v>
       </c>
       <c r="L13" s="2">
         <v>47020.0</v>
       </c>
       <c r="M13">
         <v>8000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.361878</v>
-[...8 lines deleted...]
-        <v>8.492251</v>
+        <v>3.475138</v>
+      </c>
+      <c r="R13">
+        <v>106.475138</v>
+      </c>
+      <c r="T13">
+        <v>103.0</v>
+      </c>
+      <c r="V13">
+        <v>7.205265</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.355821759</v>
+        <v>46069.354780093</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
         <v>101.291436</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.5</v>
       </c>
       <c r="K14" s="2">
         <v>45924.0</v>
       </c>
       <c r="L14" s="2">
         <v>47020.0</v>
       </c>
       <c r="M14">
         <v>8000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.338398</v>
-[...8 lines deleted...]
-        <v>8.49233</v>
+        <v>3.451657</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.356261574</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
         <v>101.291436</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.5</v>
       </c>
       <c r="K15" s="2">
         <v>45924.0</v>
       </c>
       <c r="L15" s="2">
         <v>47020.0</v>
       </c>
       <c r="M15">
         <v>8000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>1.314917</v>
-[...8 lines deleted...]
-        <v>8.492411</v>
+        <v>3.428177</v>
+      </c>
+      <c r="R15">
+        <v>106.428177</v>
+      </c>
+      <c r="T15">
+        <v>103.0</v>
+      </c>
+      <c r="V15">
+        <v>7.207508</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.447303241</v>
+        <v>46065.355150463</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
-      <c r="F16">
-[...1 lines deleted...]
-      </c>
       <c r="G16">
         <v>101.291436</v>
       </c>
-      <c r="H16">
-[...1 lines deleted...]
-      </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.5</v>
       </c>
       <c r="K16" s="2">
         <v>45924.0</v>
       </c>
       <c r="L16" s="2">
         <v>47020.0</v>
       </c>
       <c r="M16">
         <v>8000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>1.291436</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>3.404696</v>
+      </c>
+      <c r="R16">
+        <v>106.404696</v>
+      </c>
+      <c r="T16">
+        <v>103.0</v>
+      </c>
+      <c r="V16">
+        <v>7.208629</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.355810185</v>
+        <v>46064.355138889</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>101.103591</v>
+        <v>101.291436</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.5</v>
       </c>
       <c r="K17" s="2">
         <v>45924.0</v>
       </c>
       <c r="L17" s="2">
         <v>47020.0</v>
       </c>
       <c r="M17">
         <v>8000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>1.267956</v>
-[...8 lines deleted...]
-        <v>8.492579</v>
+        <v>3.334254</v>
+      </c>
+      <c r="R17">
+        <v>106.334254</v>
+      </c>
+      <c r="T17">
+        <v>103.0</v>
+      </c>
+      <c r="V17">
+        <v>7.211989</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.356053241</v>
+        <v>46063.355034722</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>101.103591</v>
+        <v>101.291436</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.5</v>
       </c>
       <c r="K18" s="2">
         <v>45924.0</v>
       </c>
       <c r="L18" s="2">
         <v>47020.0</v>
       </c>
       <c r="M18">
         <v>8000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>1.197514</v>
-[...8 lines deleted...]
-        <v>8.492845</v>
+        <v>3.310773</v>
+      </c>
+      <c r="R18">
+        <v>106.310773</v>
+      </c>
+      <c r="T18">
+        <v>103.0</v>
+      </c>
+      <c r="V18">
+        <v>7.213108</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.356018519</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>101.103591</v>
+        <v>101.291436</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.5</v>
       </c>
       <c r="K19" s="2">
         <v>45924.0</v>
       </c>
       <c r="L19" s="2">
         <v>47020.0</v>
       </c>
       <c r="M19">
         <v>8000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>1.174033</v>
-[...8 lines deleted...]
-        <v>8.492938</v>
+        <v>3.287293</v>
+      </c>
+      <c r="R19">
+        <v>106.287293</v>
+      </c>
+      <c r="T19">
+        <v>103.0</v>
+      </c>
+      <c r="V19">
+        <v>7.214226</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.356076389</v>
+        <v>46059.355104167</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>101.103591</v>
+        <v>101.291436</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.5</v>
       </c>
       <c r="K20" s="2">
         <v>45924.0</v>
       </c>
       <c r="L20" s="2">
         <v>47020.0</v>
       </c>
       <c r="M20">
         <v>8000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>1.150552</v>
-[...8 lines deleted...]
-        <v>8.493033</v>
+        <v>3.263812</v>
+      </c>
+      <c r="R20">
+        <v>106.263812</v>
+      </c>
+      <c r="T20">
+        <v>103.0</v>
+      </c>
+      <c r="V20">
+        <v>7.215344</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.355740741</v>
+        <v>46058.355219907</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>101.103591</v>
+        <v>101.291436</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.5</v>
       </c>
       <c r="K21" s="2">
         <v>45924.0</v>
       </c>
       <c r="L21" s="2">
         <v>47020.0</v>
       </c>
       <c r="M21">
         <v>8000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>1.127072</v>
-[...8 lines deleted...]
-        <v>8.49313</v>
+        <v>3.240331</v>
+      </c>
+      <c r="R21">
+        <v>106.240331</v>
+      </c>
+      <c r="T21">
+        <v>103.0</v>
+      </c>
+      <c r="V21">
+        <v>7.216462</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.540555556</v>
+        <v>46057.585601852</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
-      <c r="F22">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>101.103591</v>
-[...2 lines deleted...]
-        <v>1011.03591</v>
+        <v>101.291436</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.5</v>
       </c>
       <c r="K22" s="2">
         <v>45924.0</v>
       </c>
       <c r="L22" s="2">
         <v>47020.0</v>
       </c>
       <c r="M22">
         <v>8000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>1.103591</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>3.16989</v>
+      </c>
+      <c r="R22">
+        <v>106.16989</v>
+      </c>
+      <c r="T22">
+        <v>103.0</v>
+      </c>
+      <c r="V22">
+        <v>7.219811</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.355752315</v>
+        <v>46056.355185185</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>101.009669</v>
+        <v>101.291436</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.5</v>
       </c>
       <c r="K23" s="2">
         <v>45924.0</v>
       </c>
       <c r="L23" s="2">
         <v>47020.0</v>
       </c>
       <c r="M23">
         <v>8000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>1.033149</v>
-[...8 lines deleted...]
-        <v>8.493536</v>
+        <v>3.146409</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.5809375</v>
+        <v>46055.355150463</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
-      <c r="F24">
-[...1 lines deleted...]
-      </c>
       <c r="G24">
-        <v>101.009669</v>
-[...2 lines deleted...]
-        <v>42424.06098</v>
+        <v>101.291436</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.5</v>
       </c>
       <c r="K24" s="2">
         <v>45924.0</v>
       </c>
       <c r="L24" s="2">
         <v>47020.0</v>
       </c>
       <c r="M24">
         <v>8000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>1.009669</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>3.122928</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.355428241</v>
+        <v>46052.354988426</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>100.962707</v>
+        <v>101.291436</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.5</v>
       </c>
       <c r="K25" s="2">
         <v>45924.0</v>
       </c>
       <c r="L25" s="2">
         <v>47020.0</v>
       </c>
       <c r="M25">
         <v>8000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>0.986188</v>
-[...8 lines deleted...]
-        <v>8.493751</v>
+        <v>3.099448</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.631087963</v>
+        <v>46051.354976852</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
-      <c r="F26">
-[...1 lines deleted...]
-      </c>
       <c r="G26">
-        <v>100.962707</v>
-[...2 lines deleted...]
-        <v>2019.25414</v>
+        <v>101.291436</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.5</v>
       </c>
       <c r="K26" s="2">
         <v>45924.0</v>
       </c>
       <c r="L26" s="2">
         <v>47020.0</v>
       </c>
       <c r="M26">
         <v>8000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.962707</v>
-[...11 lines deleted...]
-        <v>2</v>
+        <v>3.075967</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.35556713</v>
+        <v>46050.355219907</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>100.774862</v>
+        <v>101.291436</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.5</v>
       </c>
       <c r="K27" s="2">
         <v>45924.0</v>
       </c>
       <c r="L27" s="2">
         <v>47020.0</v>
       </c>
       <c r="M27">
         <v>8000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.939227</v>
-[...8 lines deleted...]
-        <v>8.493974</v>
+        <v>3.005525</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.355405093</v>
+        <v>46049.355150463</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>100.774862</v>
+        <v>101.291436</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.5</v>
       </c>
       <c r="K28" s="2">
         <v>45924.0</v>
       </c>
       <c r="L28" s="2">
         <v>47020.0</v>
       </c>
       <c r="M28">
         <v>8000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.868785</v>
-[...8 lines deleted...]
-        <v>8.494323</v>
+        <v>2.982044</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.355717593</v>
+        <v>46048.551030093</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>100.774862</v>
+        <v>101.291436</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.5</v>
       </c>
       <c r="K29" s="2">
         <v>45924.0</v>
       </c>
       <c r="L29" s="2">
         <v>47020.0</v>
       </c>
       <c r="M29">
         <v>8000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.845304</v>
-[...8 lines deleted...]
-        <v>8.494443</v>
+        <v>2.958564</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.355358796</v>
+        <v>46045.417858796</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>100.774862</v>
+        <v>101.291436</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.5</v>
       </c>
       <c r="K30" s="2">
         <v>45924.0</v>
       </c>
       <c r="L30" s="2">
         <v>47020.0</v>
       </c>
       <c r="M30">
         <v>8000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.821823</v>
+        <v>2.935083</v>
       </c>
       <c r="Q30">
-        <v>100.821823</v>
+        <v>92.935083</v>
       </c>
       <c r="S30">
-        <v>100.0</v>
+        <v>90.0</v>
       </c>
       <c r="U30">
-        <v>8.494565</v>
+        <v>13.065217</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.355868056</v>
+        <v>46044.355729167</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="G31">
-        <v>100.774862</v>
+        <v>101.291436</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.5</v>
       </c>
       <c r="K31" s="2">
         <v>45924.0</v>
       </c>
       <c r="L31" s="2">
         <v>47020.0</v>
       </c>
       <c r="M31">
         <v>8000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.798343</v>
-[...8 lines deleted...]
-        <v>8.494689</v>
+        <v>2.911602</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.471701389</v>
+        <v>46043.354907407</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
-        <v>100.774862</v>
-[...2 lines deleted...]
-        <v>8061.98896</v>
+        <v>101.291436</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.5</v>
       </c>
       <c r="K32" s="2">
         <v>45924.0</v>
       </c>
       <c r="L32" s="2">
         <v>47020.0</v>
       </c>
       <c r="M32">
         <v>8000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.774862</v>
-[...11 lines deleted...]
-        <v>1</v>
+        <v>2.84116</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.620219907</v>
+        <v>46042.355173611</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
+      <c r="G33">
+        <v>101.291436</v>
+      </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.5</v>
       </c>
       <c r="K33" s="2">
         <v>45924.0</v>
       </c>
       <c r="L33" s="2">
         <v>47020.0</v>
       </c>
       <c r="M33">
         <v>8000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.70442</v>
-[...8 lines deleted...]
-        <v>8.495204</v>
+        <v>2.81768</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.355138889</v>
+        <v>46041.355023148</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
+      <c r="G34">
+        <v>101.291436</v>
+      </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.5</v>
       </c>
       <c r="K34" s="2">
         <v>45924.0</v>
       </c>
       <c r="L34" s="2">
         <v>47020.0</v>
       </c>
       <c r="M34">
         <v>8000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.680939</v>
+        <v>2.794199</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.354884259</v>
+        <v>46038.355347222</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
+      <c r="G35">
+        <v>101.291436</v>
+      </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.5</v>
       </c>
       <c r="K35" s="2">
         <v>45924.0</v>
       </c>
       <c r="L35" s="2">
         <v>47020.0</v>
       </c>
       <c r="M35">
         <v>8000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
+        <v>2.770718</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
+      <c r="A36" s="2">
+        <v>46037.35568287</v>
+      </c>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" t="s">
+        <v>25</v>
+      </c>
+      <c r="D36" t="s">
+        <v>26</v>
+      </c>
+      <c r="E36" t="s">
+        <v>27</v>
+      </c>
+      <c r="G36">
+        <v>101.291436</v>
+      </c>
+      <c r="I36" t="s">
+        <v>28</v>
+      </c>
+      <c r="J36">
+        <v>8.5</v>
+      </c>
+      <c r="K36" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L36" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M36">
+        <v>8000</v>
+      </c>
+      <c r="N36">
+        <v>1000.0</v>
+      </c>
+      <c r="O36" t="s">
+        <v>28</v>
+      </c>
+      <c r="P36">
+        <v>2.747238</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
+      <c r="A37" s="2">
+        <v>46036.355162037</v>
+      </c>
+      <c r="B37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" t="s">
+        <v>26</v>
+      </c>
+      <c r="E37" t="s">
+        <v>27</v>
+      </c>
+      <c r="G37">
+        <v>101.291436</v>
+      </c>
+      <c r="I37" t="s">
+        <v>28</v>
+      </c>
+      <c r="J37">
+        <v>8.5</v>
+      </c>
+      <c r="K37" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L37" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M37">
+        <v>8000</v>
+      </c>
+      <c r="N37">
+        <v>1000.0</v>
+      </c>
+      <c r="O37" t="s">
+        <v>28</v>
+      </c>
+      <c r="P37">
+        <v>2.676796</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
+      <c r="A38" s="2">
+        <v>46035.417777778</v>
+      </c>
+      <c r="B38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" t="s">
+        <v>27</v>
+      </c>
+      <c r="G38">
+        <v>101.291436</v>
+      </c>
+      <c r="I38" t="s">
+        <v>28</v>
+      </c>
+      <c r="J38">
+        <v>8.5</v>
+      </c>
+      <c r="K38" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L38" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M38">
+        <v>8000</v>
+      </c>
+      <c r="N38">
+        <v>1000.0</v>
+      </c>
+      <c r="O38" t="s">
+        <v>28</v>
+      </c>
+      <c r="P38">
+        <v>2.653315</v>
+      </c>
+      <c r="Q38">
+        <v>100.962707</v>
+      </c>
+      <c r="S38">
+        <v>98.309392</v>
+      </c>
+      <c r="U38">
+        <v>9.21476</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
+      <c r="A39" s="2">
+        <v>46034.418472222</v>
+      </c>
+      <c r="B39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" t="s">
+        <v>27</v>
+      </c>
+      <c r="G39">
+        <v>101.291436</v>
+      </c>
+      <c r="I39" t="s">
+        <v>28</v>
+      </c>
+      <c r="J39">
+        <v>8.5</v>
+      </c>
+      <c r="K39" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L39" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M39">
+        <v>8000</v>
+      </c>
+      <c r="N39">
+        <v>1000.0</v>
+      </c>
+      <c r="O39" t="s">
+        <v>28</v>
+      </c>
+      <c r="P39">
+        <v>2.629834</v>
+      </c>
+      <c r="Q39">
+        <v>100.962707</v>
+      </c>
+      <c r="S39">
+        <v>98.332873</v>
+      </c>
+      <c r="U39">
+        <v>9.203903</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
+      <c r="A40" s="2">
+        <v>46031.42287037</v>
+      </c>
+      <c r="B40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" t="s">
+        <v>26</v>
+      </c>
+      <c r="E40" t="s">
+        <v>27</v>
+      </c>
+      <c r="G40">
+        <v>101.291436</v>
+      </c>
+      <c r="I40" t="s">
+        <v>28</v>
+      </c>
+      <c r="J40">
+        <v>8.5</v>
+      </c>
+      <c r="K40" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L40" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M40">
+        <v>8000</v>
+      </c>
+      <c r="N40">
+        <v>1000.0</v>
+      </c>
+      <c r="O40" t="s">
+        <v>28</v>
+      </c>
+      <c r="P40">
+        <v>2.606354</v>
+      </c>
+      <c r="Q40">
+        <v>100.962707</v>
+      </c>
+      <c r="S40">
+        <v>98.356353</v>
+      </c>
+      <c r="U40">
+        <v>9.193072</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
+      <c r="A41" s="2">
+        <v>46030.417916667</v>
+      </c>
+      <c r="B41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" t="s">
+        <v>27</v>
+      </c>
+      <c r="G41">
+        <v>101.291436</v>
+      </c>
+      <c r="I41" t="s">
+        <v>28</v>
+      </c>
+      <c r="J41">
+        <v>8.5</v>
+      </c>
+      <c r="K41" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L41" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M41">
+        <v>8000</v>
+      </c>
+      <c r="N41">
+        <v>1000.0</v>
+      </c>
+      <c r="O41" t="s">
+        <v>28</v>
+      </c>
+      <c r="P41">
+        <v>2.582873</v>
+      </c>
+      <c r="Q41">
+        <v>100.962707</v>
+      </c>
+      <c r="S41">
+        <v>98.379834</v>
+      </c>
+      <c r="U41">
+        <v>9.182268</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
+      <c r="A42" s="2">
+        <v>46029.615266204</v>
+      </c>
+      <c r="B42" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="G42">
+        <v>101.291436</v>
+      </c>
+      <c r="I42" t="s">
+        <v>28</v>
+      </c>
+      <c r="J42">
+        <v>8.5</v>
+      </c>
+      <c r="K42" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L42" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M42">
+        <v>8000</v>
+      </c>
+      <c r="N42">
+        <v>1000.0</v>
+      </c>
+      <c r="O42" t="s">
+        <v>28</v>
+      </c>
+      <c r="P42">
+        <v>2.512431</v>
+      </c>
+      <c r="Q42">
+        <v>100.962707</v>
+      </c>
+      <c r="S42">
+        <v>98.450276</v>
+      </c>
+      <c r="U42">
+        <v>9.150006</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
+      <c r="A43" s="2">
+        <v>46028.355289352</v>
+      </c>
+      <c r="B43" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" t="s">
+        <v>27</v>
+      </c>
+      <c r="G43">
+        <v>101.291436</v>
+      </c>
+      <c r="I43" t="s">
+        <v>28</v>
+      </c>
+      <c r="J43">
+        <v>8.5</v>
+      </c>
+      <c r="K43" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L43" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M43">
+        <v>8000</v>
+      </c>
+      <c r="N43">
+        <v>1000.0</v>
+      </c>
+      <c r="O43" t="s">
+        <v>28</v>
+      </c>
+      <c r="P43">
+        <v>2.48895</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
+      <c r="A44" s="2">
+        <v>46027.355046296</v>
+      </c>
+      <c r="B44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" t="s">
+        <v>27</v>
+      </c>
+      <c r="G44">
+        <v>101.291436</v>
+      </c>
+      <c r="I44" t="s">
+        <v>28</v>
+      </c>
+      <c r="J44">
+        <v>8.5</v>
+      </c>
+      <c r="K44" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L44" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M44">
+        <v>8000</v>
+      </c>
+      <c r="N44">
+        <v>1000.0</v>
+      </c>
+      <c r="O44" t="s">
+        <v>28</v>
+      </c>
+      <c r="P44">
+        <v>2.46547</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
+      <c r="A45" s="2">
+        <v>46024.35525463</v>
+      </c>
+      <c r="B45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" t="s">
+        <v>27</v>
+      </c>
+      <c r="G45">
+        <v>101.291436</v>
+      </c>
+      <c r="I45" t="s">
+        <v>28</v>
+      </c>
+      <c r="J45">
+        <v>8.5</v>
+      </c>
+      <c r="K45" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L45" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M45">
+        <v>8000</v>
+      </c>
+      <c r="N45">
+        <v>1000.0</v>
+      </c>
+      <c r="O45" t="s">
+        <v>28</v>
+      </c>
+      <c r="P45">
+        <v>2.441989</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
+      <c r="A46" s="2">
+        <v>46021.355729167</v>
+      </c>
+      <c r="B46" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" t="s">
+        <v>27</v>
+      </c>
+      <c r="G46">
+        <v>101.291436</v>
+      </c>
+      <c r="I46" t="s">
+        <v>28</v>
+      </c>
+      <c r="J46">
+        <v>8.5</v>
+      </c>
+      <c r="K46" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L46" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M46">
+        <v>8000</v>
+      </c>
+      <c r="N46">
+        <v>1000.0</v>
+      </c>
+      <c r="O46" t="s">
+        <v>28</v>
+      </c>
+      <c r="P46">
+        <v>2.348066</v>
+      </c>
+      <c r="Q46">
+        <v>102.348066</v>
+      </c>
+      <c r="R46">
+        <v>104.348066</v>
+      </c>
+      <c r="S46">
+        <v>100.0</v>
+      </c>
+      <c r="T46">
+        <v>102.0</v>
+      </c>
+      <c r="U46">
+        <v>8.490842</v>
+      </c>
+      <c r="V46">
+        <v>7.664301</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
+      <c r="A47" s="2">
+        <v>46020.355277778</v>
+      </c>
+      <c r="B47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" t="s">
+        <v>27</v>
+      </c>
+      <c r="G47">
+        <v>101.291436</v>
+      </c>
+      <c r="I47" t="s">
+        <v>28</v>
+      </c>
+      <c r="J47">
+        <v>8.5</v>
+      </c>
+      <c r="K47" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L47" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M47">
+        <v>8000</v>
+      </c>
+      <c r="N47">
+        <v>1000.0</v>
+      </c>
+      <c r="O47" t="s">
+        <v>28</v>
+      </c>
+      <c r="P47">
+        <v>2.301105</v>
+      </c>
+      <c r="Q47">
+        <v>102.301105</v>
+      </c>
+      <c r="R47">
+        <v>104.301105</v>
+      </c>
+      <c r="S47">
+        <v>100.0</v>
+      </c>
+      <c r="T47">
+        <v>102.0</v>
+      </c>
+      <c r="U47">
+        <v>8.490822</v>
+      </c>
+      <c r="V47">
+        <v>7.665772</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
+      <c r="A48" s="2">
+        <v>46014.355497685</v>
+      </c>
+      <c r="B48" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" t="s">
+        <v>25</v>
+      </c>
+      <c r="D48" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" t="s">
+        <v>27</v>
+      </c>
+      <c r="G48">
+        <v>101.291436</v>
+      </c>
+      <c r="I48" t="s">
+        <v>28</v>
+      </c>
+      <c r="J48">
+        <v>8.5</v>
+      </c>
+      <c r="K48" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L48" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M48">
+        <v>8000</v>
+      </c>
+      <c r="N48">
+        <v>1000.0</v>
+      </c>
+      <c r="O48" t="s">
+        <v>28</v>
+      </c>
+      <c r="P48">
+        <v>2.254144</v>
+      </c>
+      <c r="Q48">
+        <v>102.254144</v>
+      </c>
+      <c r="R48">
+        <v>104.254144</v>
+      </c>
+      <c r="S48">
+        <v>100.0</v>
+      </c>
+      <c r="T48">
+        <v>102.0</v>
+      </c>
+      <c r="U48">
+        <v>8.49081</v>
+      </c>
+      <c r="V48">
+        <v>7.667245</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
+      <c r="A49" s="2">
+        <v>46013.355439815</v>
+      </c>
+      <c r="B49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="G49">
+        <v>101.291436</v>
+      </c>
+      <c r="I49" t="s">
+        <v>28</v>
+      </c>
+      <c r="J49">
+        <v>8.5</v>
+      </c>
+      <c r="K49" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L49" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M49">
+        <v>8000</v>
+      </c>
+      <c r="N49">
+        <v>1000.0</v>
+      </c>
+      <c r="O49" t="s">
+        <v>28</v>
+      </c>
+      <c r="P49">
+        <v>2.13674</v>
+      </c>
+      <c r="Q49">
+        <v>102.13674</v>
+      </c>
+      <c r="R49">
+        <v>104.13674</v>
+      </c>
+      <c r="S49">
+        <v>100.0</v>
+      </c>
+      <c r="T49">
+        <v>102.0</v>
+      </c>
+      <c r="U49">
+        <v>8.490821</v>
+      </c>
+      <c r="V49">
+        <v>7.670936</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24">
+      <c r="A50" s="2">
+        <v>46010.355717593</v>
+      </c>
+      <c r="B50" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50">
+        <v>101.291436</v>
+      </c>
+      <c r="I50" t="s">
+        <v>28</v>
+      </c>
+      <c r="J50">
+        <v>8.5</v>
+      </c>
+      <c r="K50" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L50" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M50">
+        <v>8000</v>
+      </c>
+      <c r="N50">
+        <v>1000.0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>28</v>
+      </c>
+      <c r="P50">
+        <v>2.11326</v>
+      </c>
+      <c r="Q50">
+        <v>102.11326</v>
+      </c>
+      <c r="R50">
+        <v>104.11326</v>
+      </c>
+      <c r="S50">
+        <v>100.0</v>
+      </c>
+      <c r="T50">
+        <v>102.0</v>
+      </c>
+      <c r="U50">
+        <v>8.49083</v>
+      </c>
+      <c r="V50">
+        <v>7.671676</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
+      <c r="A51" s="2">
+        <v>46009.35587963</v>
+      </c>
+      <c r="B51" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" t="s">
+        <v>26</v>
+      </c>
+      <c r="E51" t="s">
+        <v>27</v>
+      </c>
+      <c r="G51">
+        <v>101.291436</v>
+      </c>
+      <c r="I51" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51">
+        <v>8.5</v>
+      </c>
+      <c r="K51" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L51" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M51">
+        <v>8000</v>
+      </c>
+      <c r="N51">
+        <v>1000.0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>28</v>
+      </c>
+      <c r="P51">
+        <v>2.089779</v>
+      </c>
+      <c r="Q51">
+        <v>102.089779</v>
+      </c>
+      <c r="R51">
+        <v>104.089779</v>
+      </c>
+      <c r="S51">
+        <v>100.0</v>
+      </c>
+      <c r="T51">
+        <v>102.0</v>
+      </c>
+      <c r="U51">
+        <v>8.490841</v>
+      </c>
+      <c r="V51">
+        <v>7.672416</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
+      <c r="A52" s="2">
+        <v>46008.355555556</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52">
+        <v>101.291436</v>
+      </c>
+      <c r="I52" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52">
+        <v>8.5</v>
+      </c>
+      <c r="K52" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M52">
+        <v>8000</v>
+      </c>
+      <c r="N52">
+        <v>1000.0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52">
+        <v>2.019337</v>
+      </c>
+      <c r="Q52">
+        <v>102.019337</v>
+      </c>
+      <c r="R52">
+        <v>104.019337</v>
+      </c>
+      <c r="S52">
+        <v>100.0</v>
+      </c>
+      <c r="T52">
+        <v>102.0</v>
+      </c>
+      <c r="U52">
+        <v>8.490888</v>
+      </c>
+      <c r="V52">
+        <v>7.67464</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
+      <c r="A53" s="2">
+        <v>46007.355532407</v>
+      </c>
+      <c r="B53" t="s">
+        <v>29</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>27</v>
+      </c>
+      <c r="G53">
+        <v>101.291436</v>
+      </c>
+      <c r="I53" t="s">
+        <v>28</v>
+      </c>
+      <c r="J53">
+        <v>8.5</v>
+      </c>
+      <c r="K53" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M53">
+        <v>8000</v>
+      </c>
+      <c r="N53">
+        <v>1000.0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53">
+        <v>1.995856</v>
+      </c>
+      <c r="Q53">
+        <v>101.995856</v>
+      </c>
+      <c r="R53">
+        <v>103.995856</v>
+      </c>
+      <c r="S53">
+        <v>100.0</v>
+      </c>
+      <c r="T53">
+        <v>102.0</v>
+      </c>
+      <c r="U53">
+        <v>8.490908</v>
+      </c>
+      <c r="V53">
+        <v>7.675382</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
+      <c r="A54" s="2">
+        <v>46006.355335648</v>
+      </c>
+      <c r="B54" t="s">
+        <v>29</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54">
+        <v>101.291436</v>
+      </c>
+      <c r="I54" t="s">
+        <v>28</v>
+      </c>
+      <c r="J54">
+        <v>8.5</v>
+      </c>
+      <c r="K54" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M54">
+        <v>8000</v>
+      </c>
+      <c r="N54">
+        <v>1000.0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54">
+        <v>1.972376</v>
+      </c>
+      <c r="Q54">
+        <v>101.972376</v>
+      </c>
+      <c r="R54">
+        <v>103.972376</v>
+      </c>
+      <c r="S54">
+        <v>100.0</v>
+      </c>
+      <c r="T54">
+        <v>102.0</v>
+      </c>
+      <c r="U54">
+        <v>8.49093</v>
+      </c>
+      <c r="V54">
+        <v>7.676124</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
+      <c r="A55" s="2">
+        <v>46003.355509259</v>
+      </c>
+      <c r="B55" t="s">
+        <v>29</v>
+      </c>
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
+        <v>26</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55">
+        <v>101.291436</v>
+      </c>
+      <c r="I55" t="s">
+        <v>28</v>
+      </c>
+      <c r="J55">
+        <v>8.5</v>
+      </c>
+      <c r="K55" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L55" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M55">
+        <v>8000</v>
+      </c>
+      <c r="N55">
+        <v>1000.0</v>
+      </c>
+      <c r="O55" t="s">
+        <v>28</v>
+      </c>
+      <c r="P55">
+        <v>1.948895</v>
+      </c>
+      <c r="Q55">
+        <v>101.948895</v>
+      </c>
+      <c r="R55">
+        <v>103.948895</v>
+      </c>
+      <c r="S55">
+        <v>100.0</v>
+      </c>
+      <c r="T55">
+        <v>102.0</v>
+      </c>
+      <c r="U55">
+        <v>8.490954</v>
+      </c>
+      <c r="V55">
+        <v>7.676868</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
+      <c r="A56" s="2">
+        <v>46002.355613426</v>
+      </c>
+      <c r="B56" t="s">
+        <v>29</v>
+      </c>
+      <c r="C56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56">
+        <v>101.291436</v>
+      </c>
+      <c r="I56" t="s">
+        <v>28</v>
+      </c>
+      <c r="J56">
+        <v>8.5</v>
+      </c>
+      <c r="K56" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L56" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M56">
+        <v>8000</v>
+      </c>
+      <c r="N56">
+        <v>1000.0</v>
+      </c>
+      <c r="O56" t="s">
+        <v>28</v>
+      </c>
+      <c r="P56">
+        <v>1.925414</v>
+      </c>
+      <c r="Q56">
+        <v>101.925414</v>
+      </c>
+      <c r="R56">
+        <v>103.925414</v>
+      </c>
+      <c r="S56">
+        <v>100.0</v>
+      </c>
+      <c r="T56">
+        <v>102.0</v>
+      </c>
+      <c r="U56">
+        <v>8.490981</v>
+      </c>
+      <c r="V56">
+        <v>7.677611</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
+      <c r="A57" s="2">
+        <v>46001.355509259</v>
+      </c>
+      <c r="B57" t="s">
+        <v>29</v>
+      </c>
+      <c r="C57" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" t="s">
+        <v>27</v>
+      </c>
+      <c r="G57">
+        <v>101.291436</v>
+      </c>
+      <c r="I57" t="s">
+        <v>28</v>
+      </c>
+      <c r="J57">
+        <v>8.5</v>
+      </c>
+      <c r="K57" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L57" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M57">
+        <v>8000</v>
+      </c>
+      <c r="N57">
+        <v>1000.0</v>
+      </c>
+      <c r="O57" t="s">
+        <v>28</v>
+      </c>
+      <c r="P57">
+        <v>1.854972</v>
+      </c>
+      <c r="Q57">
+        <v>101.854972</v>
+      </c>
+      <c r="R57">
+        <v>103.854972</v>
+      </c>
+      <c r="S57">
+        <v>100.0</v>
+      </c>
+      <c r="T57">
+        <v>102.0</v>
+      </c>
+      <c r="U57">
+        <v>8.491073</v>
+      </c>
+      <c r="V57">
+        <v>7.679845</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
+      <c r="A58" s="2">
+        <v>46000.611261574</v>
+      </c>
+      <c r="B58" t="s">
+        <v>29</v>
+      </c>
+      <c r="C58" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" t="s">
+        <v>27</v>
+      </c>
+      <c r="G58">
+        <v>101.291436</v>
+      </c>
+      <c r="I58" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58">
+        <v>8.5</v>
+      </c>
+      <c r="K58" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L58" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M58">
+        <v>8000</v>
+      </c>
+      <c r="N58">
+        <v>1000.0</v>
+      </c>
+      <c r="O58" t="s">
+        <v>28</v>
+      </c>
+      <c r="P58">
+        <v>1.831492</v>
+      </c>
+      <c r="Q58">
+        <v>101.831492</v>
+      </c>
+      <c r="R58">
+        <v>103.831492</v>
+      </c>
+      <c r="S58">
+        <v>100.0</v>
+      </c>
+      <c r="T58">
+        <v>102.0</v>
+      </c>
+      <c r="U58">
+        <v>8.491108</v>
+      </c>
+      <c r="V58">
+        <v>7.68059</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
+      <c r="A59" s="2">
+        <v>45999.355196759</v>
+      </c>
+      <c r="B59" t="s">
+        <v>29</v>
+      </c>
+      <c r="C59" t="s">
+        <v>25</v>
+      </c>
+      <c r="D59" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="G59">
+        <v>101.291436</v>
+      </c>
+      <c r="I59" t="s">
+        <v>28</v>
+      </c>
+      <c r="J59">
+        <v>8.5</v>
+      </c>
+      <c r="K59" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L59" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M59">
+        <v>8000</v>
+      </c>
+      <c r="N59">
+        <v>1000.0</v>
+      </c>
+      <c r="O59" t="s">
+        <v>28</v>
+      </c>
+      <c r="P59">
+        <v>1.808011</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
+      <c r="A60" s="2">
+        <v>45996.354965278</v>
+      </c>
+      <c r="B60" t="s">
+        <v>29</v>
+      </c>
+      <c r="C60" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" t="s">
+        <v>27</v>
+      </c>
+      <c r="G60">
+        <v>101.291436</v>
+      </c>
+      <c r="I60" t="s">
+        <v>28</v>
+      </c>
+      <c r="J60">
+        <v>8.5</v>
+      </c>
+      <c r="K60" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L60" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M60">
+        <v>8000</v>
+      </c>
+      <c r="N60">
+        <v>1000.0</v>
+      </c>
+      <c r="O60" t="s">
+        <v>28</v>
+      </c>
+      <c r="P60">
+        <v>1.78453</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
+      <c r="A61" s="2">
+        <v>45995.355069444</v>
+      </c>
+      <c r="B61" t="s">
+        <v>29</v>
+      </c>
+      <c r="C61" t="s">
+        <v>25</v>
+      </c>
+      <c r="D61" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" t="s">
+        <v>27</v>
+      </c>
+      <c r="G61">
+        <v>101.291436</v>
+      </c>
+      <c r="I61" t="s">
+        <v>28</v>
+      </c>
+      <c r="J61">
+        <v>8.5</v>
+      </c>
+      <c r="K61" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L61" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M61">
+        <v>8000</v>
+      </c>
+      <c r="N61">
+        <v>1000.0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>28</v>
+      </c>
+      <c r="P61">
+        <v>1.76105</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
+      <c r="A62" s="2">
+        <v>45994.355659722</v>
+      </c>
+      <c r="B62" t="s">
+        <v>29</v>
+      </c>
+      <c r="C62" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" t="s">
+        <v>26</v>
+      </c>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62">
+        <v>101.291436</v>
+      </c>
+      <c r="I62" t="s">
+        <v>28</v>
+      </c>
+      <c r="J62">
+        <v>8.5</v>
+      </c>
+      <c r="K62" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L62" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M62">
+        <v>8000</v>
+      </c>
+      <c r="N62">
+        <v>1000.0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>28</v>
+      </c>
+      <c r="P62">
+        <v>1.690608</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24">
+      <c r="A63" s="2">
+        <v>45993.355196759</v>
+      </c>
+      <c r="B63" t="s">
+        <v>29</v>
+      </c>
+      <c r="C63" t="s">
+        <v>25</v>
+      </c>
+      <c r="D63" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" t="s">
+        <v>27</v>
+      </c>
+      <c r="G63">
+        <v>101.291436</v>
+      </c>
+      <c r="I63" t="s">
+        <v>28</v>
+      </c>
+      <c r="J63">
+        <v>8.5</v>
+      </c>
+      <c r="K63" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L63" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M63">
+        <v>8000</v>
+      </c>
+      <c r="N63">
+        <v>1000.0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>28</v>
+      </c>
+      <c r="P63">
+        <v>1.667127</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24">
+      <c r="A64" s="2">
+        <v>45992.355219907</v>
+      </c>
+      <c r="B64" t="s">
+        <v>29</v>
+      </c>
+      <c r="C64" t="s">
+        <v>25</v>
+      </c>
+      <c r="D64" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64">
+        <v>101.291436</v>
+      </c>
+      <c r="I64" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64">
+        <v>8.5</v>
+      </c>
+      <c r="K64" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L64" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M64">
+        <v>8000</v>
+      </c>
+      <c r="N64">
+        <v>1000.0</v>
+      </c>
+      <c r="O64" t="s">
+        <v>28</v>
+      </c>
+      <c r="P64">
+        <v>1.643646</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24">
+      <c r="A65" s="2">
+        <v>45989.355729167</v>
+      </c>
+      <c r="B65" t="s">
+        <v>29</v>
+      </c>
+      <c r="C65" t="s">
+        <v>25</v>
+      </c>
+      <c r="D65" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="G65">
+        <v>101.291436</v>
+      </c>
+      <c r="I65" t="s">
+        <v>28</v>
+      </c>
+      <c r="J65">
+        <v>8.5</v>
+      </c>
+      <c r="K65" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L65" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M65">
+        <v>8000</v>
+      </c>
+      <c r="N65">
+        <v>1000.0</v>
+      </c>
+      <c r="O65" t="s">
+        <v>28</v>
+      </c>
+      <c r="P65">
+        <v>1.620166</v>
+      </c>
+      <c r="Q65">
+        <v>101.620166</v>
+      </c>
+      <c r="S65">
+        <v>100.0</v>
+      </c>
+      <c r="U65">
+        <v>8.491519</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24">
+      <c r="A66" s="2">
+        <v>45988.355740741</v>
+      </c>
+      <c r="B66" t="s">
+        <v>29</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>26</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66">
+        <v>101.291436</v>
+      </c>
+      <c r="I66" t="s">
+        <v>28</v>
+      </c>
+      <c r="J66">
+        <v>8.5</v>
+      </c>
+      <c r="K66" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L66" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M66">
+        <v>8000</v>
+      </c>
+      <c r="N66">
+        <v>1000.0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>28</v>
+      </c>
+      <c r="P66">
+        <v>1.596685</v>
+      </c>
+      <c r="Q66">
+        <v>101.596685</v>
+      </c>
+      <c r="S66">
+        <v>100.0</v>
+      </c>
+      <c r="U66">
+        <v>8.491576</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24">
+      <c r="A67" s="2">
+        <v>45987.355509259</v>
+      </c>
+      <c r="B67" t="s">
+        <v>29</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="G67">
+        <v>101.291436</v>
+      </c>
+      <c r="I67" t="s">
+        <v>28</v>
+      </c>
+      <c r="J67">
+        <v>8.5</v>
+      </c>
+      <c r="K67" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L67" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M67">
+        <v>8000</v>
+      </c>
+      <c r="N67">
+        <v>1000.0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>28</v>
+      </c>
+      <c r="P67">
+        <v>1.526243</v>
+      </c>
+      <c r="Q67">
+        <v>101.526243</v>
+      </c>
+      <c r="S67">
+        <v>100.0</v>
+      </c>
+      <c r="U67">
+        <v>8.491757</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24">
+      <c r="A68" s="2">
+        <v>45986.355486111</v>
+      </c>
+      <c r="B68" t="s">
+        <v>29</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68">
+        <v>101.291436</v>
+      </c>
+      <c r="I68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68">
+        <v>8.5</v>
+      </c>
+      <c r="K68" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L68" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M68">
+        <v>8000</v>
+      </c>
+      <c r="N68">
+        <v>1000.0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68">
+        <v>1.502762</v>
+      </c>
+      <c r="Q68">
+        <v>101.502762</v>
+      </c>
+      <c r="S68">
+        <v>100.0</v>
+      </c>
+      <c r="U68">
+        <v>8.491821</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24">
+      <c r="A69" s="2">
+        <v>45985.355381944</v>
+      </c>
+      <c r="B69" t="s">
+        <v>29</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69">
+        <v>101.291436</v>
+      </c>
+      <c r="I69" t="s">
+        <v>28</v>
+      </c>
+      <c r="J69">
+        <v>8.5</v>
+      </c>
+      <c r="K69" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L69" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M69">
+        <v>8000</v>
+      </c>
+      <c r="N69">
+        <v>1000.0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69">
+        <v>1.479282</v>
+      </c>
+      <c r="Q69">
+        <v>101.479282</v>
+      </c>
+      <c r="S69">
+        <v>100.0</v>
+      </c>
+      <c r="U69">
+        <v>8.491888</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24">
+      <c r="A70" s="2">
+        <v>45982.355393519</v>
+      </c>
+      <c r="B70" t="s">
+        <v>29</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70">
+        <v>101.291436</v>
+      </c>
+      <c r="I70" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70">
+        <v>8.5</v>
+      </c>
+      <c r="K70" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L70" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M70">
+        <v>8000</v>
+      </c>
+      <c r="N70">
+        <v>1000.0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70">
+        <v>1.455801</v>
+      </c>
+      <c r="Q70">
+        <v>101.455801</v>
+      </c>
+      <c r="S70">
+        <v>100.0</v>
+      </c>
+      <c r="U70">
+        <v>8.491956</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24">
+      <c r="A71" s="2">
+        <v>45981.355185185</v>
+      </c>
+      <c r="B71" t="s">
+        <v>29</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="G71">
+        <v>101.291436</v>
+      </c>
+      <c r="I71" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71">
+        <v>8.5</v>
+      </c>
+      <c r="K71" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L71" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M71">
+        <v>8000</v>
+      </c>
+      <c r="N71">
+        <v>1000.0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71">
+        <v>1.43232</v>
+      </c>
+      <c r="Q71">
+        <v>101.43232</v>
+      </c>
+      <c r="S71">
+        <v>100.0</v>
+      </c>
+      <c r="U71">
+        <v>8.492027</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24">
+      <c r="A72" s="2">
+        <v>45980.355532407</v>
+      </c>
+      <c r="B72" t="s">
+        <v>29</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72">
+        <v>101.291436</v>
+      </c>
+      <c r="I72" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72">
+        <v>8.5</v>
+      </c>
+      <c r="K72" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L72" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M72">
+        <v>8000</v>
+      </c>
+      <c r="N72">
+        <v>1000.0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72">
+        <v>1.361878</v>
+      </c>
+      <c r="Q72">
+        <v>101.361878</v>
+      </c>
+      <c r="S72">
+        <v>100.0</v>
+      </c>
+      <c r="U72">
+        <v>8.492251</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24">
+      <c r="A73" s="2">
+        <v>45979.355821759</v>
+      </c>
+      <c r="B73" t="s">
+        <v>29</v>
+      </c>
+      <c r="C73" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="G73">
+        <v>101.291436</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
+      </c>
+      <c r="J73">
+        <v>8.5</v>
+      </c>
+      <c r="K73" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L73" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M73">
+        <v>8000</v>
+      </c>
+      <c r="N73">
+        <v>1000.0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>28</v>
+      </c>
+      <c r="P73">
+        <v>1.338398</v>
+      </c>
+      <c r="Q73">
+        <v>101.338398</v>
+      </c>
+      <c r="S73">
+        <v>100.0</v>
+      </c>
+      <c r="U73">
+        <v>8.49233</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24">
+      <c r="A74" s="2">
+        <v>45978.356261574</v>
+      </c>
+      <c r="B74" t="s">
+        <v>29</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="G74">
+        <v>101.291436</v>
+      </c>
+      <c r="I74" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74">
+        <v>8.5</v>
+      </c>
+      <c r="K74" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L74" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M74">
+        <v>8000</v>
+      </c>
+      <c r="N74">
+        <v>1000.0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>28</v>
+      </c>
+      <c r="P74">
+        <v>1.314917</v>
+      </c>
+      <c r="Q74">
+        <v>101.314917</v>
+      </c>
+      <c r="S74">
+        <v>100.0</v>
+      </c>
+      <c r="U74">
+        <v>8.492411</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24">
+      <c r="A75" s="2">
+        <v>45975.447303241</v>
+      </c>
+      <c r="B75" t="s">
+        <v>29</v>
+      </c>
+      <c r="C75" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75">
+        <v>0.19</v>
+      </c>
+      <c r="G75">
+        <v>101.291436</v>
+      </c>
+      <c r="H75">
+        <v>3038.74308</v>
+      </c>
+      <c r="I75" t="s">
+        <v>28</v>
+      </c>
+      <c r="J75">
+        <v>8.5</v>
+      </c>
+      <c r="K75" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L75" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M75">
+        <v>8000</v>
+      </c>
+      <c r="N75">
+        <v>1000.0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>28</v>
+      </c>
+      <c r="P75">
+        <v>1.291436</v>
+      </c>
+      <c r="Q75">
+        <v>101.291436</v>
+      </c>
+      <c r="S75">
+        <v>100.0</v>
+      </c>
+      <c r="U75">
+        <v>8.492494</v>
+      </c>
+      <c r="X75">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24">
+      <c r="A76" s="2">
+        <v>45974.355810185</v>
+      </c>
+      <c r="B76" t="s">
+        <v>29</v>
+      </c>
+      <c r="C76" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="G76">
+        <v>101.103591</v>
+      </c>
+      <c r="I76" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76">
+        <v>8.5</v>
+      </c>
+      <c r="K76" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L76" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M76">
+        <v>8000</v>
+      </c>
+      <c r="N76">
+        <v>1000.0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>28</v>
+      </c>
+      <c r="P76">
+        <v>1.267956</v>
+      </c>
+      <c r="Q76">
+        <v>101.267956</v>
+      </c>
+      <c r="S76">
+        <v>100.0</v>
+      </c>
+      <c r="U76">
+        <v>8.492579</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24">
+      <c r="A77" s="2">
+        <v>45973.356053241</v>
+      </c>
+      <c r="B77" t="s">
+        <v>29</v>
+      </c>
+      <c r="C77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="G77">
+        <v>101.103591</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="J77">
+        <v>8.5</v>
+      </c>
+      <c r="K77" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L77" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M77">
+        <v>8000</v>
+      </c>
+      <c r="N77">
+        <v>1000.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77">
+        <v>1.197514</v>
+      </c>
+      <c r="Q77">
+        <v>101.197514</v>
+      </c>
+      <c r="S77">
+        <v>100.0</v>
+      </c>
+      <c r="U77">
+        <v>8.492845</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24">
+      <c r="A78" s="2">
+        <v>45972.356018519</v>
+      </c>
+      <c r="B78" t="s">
+        <v>29</v>
+      </c>
+      <c r="C78" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" t="s">
+        <v>27</v>
+      </c>
+      <c r="G78">
+        <v>101.103591</v>
+      </c>
+      <c r="I78" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78">
+        <v>8.5</v>
+      </c>
+      <c r="K78" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L78" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M78">
+        <v>8000</v>
+      </c>
+      <c r="N78">
+        <v>1000.0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>28</v>
+      </c>
+      <c r="P78">
+        <v>1.174033</v>
+      </c>
+      <c r="Q78">
+        <v>101.174033</v>
+      </c>
+      <c r="S78">
+        <v>100.0</v>
+      </c>
+      <c r="U78">
+        <v>8.492938</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24">
+      <c r="A79" s="2">
+        <v>45971.356076389</v>
+      </c>
+      <c r="B79" t="s">
+        <v>29</v>
+      </c>
+      <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79">
+        <v>101.103591</v>
+      </c>
+      <c r="I79" t="s">
+        <v>28</v>
+      </c>
+      <c r="J79">
+        <v>8.5</v>
+      </c>
+      <c r="K79" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L79" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M79">
+        <v>8000</v>
+      </c>
+      <c r="N79">
+        <v>1000.0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>28</v>
+      </c>
+      <c r="P79">
+        <v>1.150552</v>
+      </c>
+      <c r="Q79">
+        <v>101.150552</v>
+      </c>
+      <c r="S79">
+        <v>100.0</v>
+      </c>
+      <c r="U79">
+        <v>8.493033</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24">
+      <c r="A80" s="2">
+        <v>45968.355740741</v>
+      </c>
+      <c r="B80" t="s">
+        <v>29</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80">
+        <v>101.103591</v>
+      </c>
+      <c r="I80" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80">
+        <v>8.5</v>
+      </c>
+      <c r="K80" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L80" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M80">
+        <v>8000</v>
+      </c>
+      <c r="N80">
+        <v>1000.0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>28</v>
+      </c>
+      <c r="P80">
+        <v>1.127072</v>
+      </c>
+      <c r="Q80">
+        <v>101.127072</v>
+      </c>
+      <c r="S80">
+        <v>100.0</v>
+      </c>
+      <c r="U80">
+        <v>8.49313</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24">
+      <c r="A81" s="2">
+        <v>45967.540555556</v>
+      </c>
+      <c r="B81" t="s">
+        <v>29</v>
+      </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" t="s">
+        <v>26</v>
+      </c>
+      <c r="E81" t="s">
+        <v>27</v>
+      </c>
+      <c r="F81">
+        <v>0.09</v>
+      </c>
+      <c r="G81">
+        <v>101.103591</v>
+      </c>
+      <c r="H81">
+        <v>1011.03591</v>
+      </c>
+      <c r="I81" t="s">
+        <v>28</v>
+      </c>
+      <c r="J81">
+        <v>8.5</v>
+      </c>
+      <c r="K81" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L81" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M81">
+        <v>8000</v>
+      </c>
+      <c r="N81">
+        <v>1000.0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>28</v>
+      </c>
+      <c r="P81">
+        <v>1.103591</v>
+      </c>
+      <c r="Q81">
+        <v>101.103591</v>
+      </c>
+      <c r="S81">
+        <v>100.0</v>
+      </c>
+      <c r="U81">
+        <v>8.493228</v>
+      </c>
+      <c r="X81">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24">
+      <c r="A82" s="2">
+        <v>45966.355752315</v>
+      </c>
+      <c r="B82" t="s">
+        <v>29</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82">
+        <v>101.009669</v>
+      </c>
+      <c r="I82" t="s">
+        <v>28</v>
+      </c>
+      <c r="J82">
+        <v>8.5</v>
+      </c>
+      <c r="K82" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L82" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M82">
+        <v>8000</v>
+      </c>
+      <c r="N82">
+        <v>1000.0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>28</v>
+      </c>
+      <c r="P82">
+        <v>1.033149</v>
+      </c>
+      <c r="Q82">
+        <v>101.033149</v>
+      </c>
+      <c r="S82">
+        <v>100.0</v>
+      </c>
+      <c r="U82">
+        <v>8.493536</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24">
+      <c r="A83" s="2">
+        <v>45965.5809375</v>
+      </c>
+      <c r="B83" t="s">
+        <v>29</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" t="s">
+        <v>27</v>
+      </c>
+      <c r="F83">
+        <v>0.05</v>
+      </c>
+      <c r="G83">
+        <v>101.009669</v>
+      </c>
+      <c r="H83">
+        <v>42424.06098</v>
+      </c>
+      <c r="I83" t="s">
+        <v>28</v>
+      </c>
+      <c r="J83">
+        <v>8.5</v>
+      </c>
+      <c r="K83" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L83" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M83">
+        <v>8000</v>
+      </c>
+      <c r="N83">
+        <v>1000.0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>28</v>
+      </c>
+      <c r="P83">
+        <v>1.009669</v>
+      </c>
+      <c r="Q83">
+        <v>101.009669</v>
+      </c>
+      <c r="S83">
+        <v>100.0</v>
+      </c>
+      <c r="U83">
+        <v>8.493643</v>
+      </c>
+      <c r="X83">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24">
+      <c r="A84" s="2">
+        <v>45964.355428241</v>
+      </c>
+      <c r="B84" t="s">
+        <v>29</v>
+      </c>
+      <c r="C84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
+      <c r="G84">
+        <v>100.962707</v>
+      </c>
+      <c r="I84" t="s">
+        <v>28</v>
+      </c>
+      <c r="J84">
+        <v>8.5</v>
+      </c>
+      <c r="K84" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L84" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M84">
+        <v>8000</v>
+      </c>
+      <c r="N84">
+        <v>1000.0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>28</v>
+      </c>
+      <c r="P84">
+        <v>0.986188</v>
+      </c>
+      <c r="R84">
+        <v>100.986188</v>
+      </c>
+      <c r="T84">
+        <v>100.0</v>
+      </c>
+      <c r="V84">
+        <v>8.493751</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24">
+      <c r="A85" s="2">
+        <v>45961.631087963</v>
+      </c>
+      <c r="B85" t="s">
+        <v>29</v>
+      </c>
+      <c r="C85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85">
+        <v>0.19</v>
+      </c>
+      <c r="G85">
+        <v>100.962707</v>
+      </c>
+      <c r="H85">
+        <v>2019.25414</v>
+      </c>
+      <c r="I85" t="s">
+        <v>28</v>
+      </c>
+      <c r="J85">
+        <v>8.5</v>
+      </c>
+      <c r="K85" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L85" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M85">
+        <v>8000</v>
+      </c>
+      <c r="N85">
+        <v>1000.0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>28</v>
+      </c>
+      <c r="P85">
+        <v>0.962707</v>
+      </c>
+      <c r="R85">
+        <v>100.962707</v>
+      </c>
+      <c r="T85">
+        <v>100.0</v>
+      </c>
+      <c r="V85">
+        <v>8.493862</v>
+      </c>
+      <c r="X85">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24">
+      <c r="A86" s="2">
+        <v>45960.35556713</v>
+      </c>
+      <c r="B86" t="s">
+        <v>29</v>
+      </c>
+      <c r="C86" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86">
+        <v>100.774862</v>
+      </c>
+      <c r="I86" t="s">
+        <v>28</v>
+      </c>
+      <c r="J86">
+        <v>8.5</v>
+      </c>
+      <c r="K86" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L86" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M86">
+        <v>8000</v>
+      </c>
+      <c r="N86">
+        <v>1000.0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>28</v>
+      </c>
+      <c r="P86">
+        <v>0.939227</v>
+      </c>
+      <c r="Q86">
+        <v>100.939227</v>
+      </c>
+      <c r="S86">
+        <v>100.0</v>
+      </c>
+      <c r="U86">
+        <v>8.493974</v>
+      </c>
+    </row>
+    <row r="87" spans="1:24">
+      <c r="A87" s="2">
+        <v>45959.355405093</v>
+      </c>
+      <c r="B87" t="s">
+        <v>29</v>
+      </c>
+      <c r="C87" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87">
+        <v>100.774862</v>
+      </c>
+      <c r="I87" t="s">
+        <v>28</v>
+      </c>
+      <c r="J87">
+        <v>8.5</v>
+      </c>
+      <c r="K87" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L87" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M87">
+        <v>8000</v>
+      </c>
+      <c r="N87">
+        <v>1000.0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>28</v>
+      </c>
+      <c r="P87">
+        <v>0.868785</v>
+      </c>
+      <c r="Q87">
+        <v>100.868785</v>
+      </c>
+      <c r="S87">
+        <v>100.0</v>
+      </c>
+      <c r="U87">
+        <v>8.494323</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24">
+      <c r="A88" s="2">
+        <v>45958.355717593</v>
+      </c>
+      <c r="B88" t="s">
+        <v>29</v>
+      </c>
+      <c r="C88" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88">
+        <v>100.774862</v>
+      </c>
+      <c r="I88" t="s">
+        <v>28</v>
+      </c>
+      <c r="J88">
+        <v>8.5</v>
+      </c>
+      <c r="K88" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L88" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M88">
+        <v>8000</v>
+      </c>
+      <c r="N88">
+        <v>1000.0</v>
+      </c>
+      <c r="O88" t="s">
+        <v>28</v>
+      </c>
+      <c r="P88">
+        <v>0.845304</v>
+      </c>
+      <c r="Q88">
+        <v>100.845304</v>
+      </c>
+      <c r="S88">
+        <v>100.0</v>
+      </c>
+      <c r="U88">
+        <v>8.494443</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24">
+      <c r="A89" s="2">
+        <v>45957.355358796</v>
+      </c>
+      <c r="B89" t="s">
+        <v>29</v>
+      </c>
+      <c r="C89" t="s">
+        <v>25</v>
+      </c>
+      <c r="D89" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89">
+        <v>100.774862</v>
+      </c>
+      <c r="I89" t="s">
+        <v>28</v>
+      </c>
+      <c r="J89">
+        <v>8.5</v>
+      </c>
+      <c r="K89" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L89" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M89">
+        <v>8000</v>
+      </c>
+      <c r="N89">
+        <v>1000.0</v>
+      </c>
+      <c r="O89" t="s">
+        <v>28</v>
+      </c>
+      <c r="P89">
+        <v>0.821823</v>
+      </c>
+      <c r="Q89">
+        <v>100.821823</v>
+      </c>
+      <c r="S89">
+        <v>100.0</v>
+      </c>
+      <c r="U89">
+        <v>8.494565</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24">
+      <c r="A90" s="2">
+        <v>45954.355868056</v>
+      </c>
+      <c r="B90" t="s">
+        <v>29</v>
+      </c>
+      <c r="C90" t="s">
+        <v>25</v>
+      </c>
+      <c r="D90" t="s">
+        <v>26</v>
+      </c>
+      <c r="E90" t="s">
+        <v>27</v>
+      </c>
+      <c r="G90">
+        <v>100.774862</v>
+      </c>
+      <c r="I90" t="s">
+        <v>28</v>
+      </c>
+      <c r="J90">
+        <v>8.5</v>
+      </c>
+      <c r="K90" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L90" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M90">
+        <v>8000</v>
+      </c>
+      <c r="N90">
+        <v>1000.0</v>
+      </c>
+      <c r="O90" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90">
+        <v>0.798343</v>
+      </c>
+      <c r="Q90">
+        <v>100.798343</v>
+      </c>
+      <c r="S90">
+        <v>100.0</v>
+      </c>
+      <c r="U90">
+        <v>8.494689</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24">
+      <c r="A91" s="2">
+        <v>45953.471701389</v>
+      </c>
+      <c r="B91" t="s">
+        <v>29</v>
+      </c>
+      <c r="C91" t="s">
+        <v>25</v>
+      </c>
+      <c r="D91" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" t="s">
+        <v>27</v>
+      </c>
+      <c r="G91">
+        <v>100.774862</v>
+      </c>
+      <c r="H91">
+        <v>8061.98896</v>
+      </c>
+      <c r="I91" t="s">
+        <v>28</v>
+      </c>
+      <c r="J91">
+        <v>8.5</v>
+      </c>
+      <c r="K91" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L91" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M91">
+        <v>8000</v>
+      </c>
+      <c r="N91">
+        <v>1000.0</v>
+      </c>
+      <c r="O91" t="s">
+        <v>28</v>
+      </c>
+      <c r="P91">
+        <v>0.774862</v>
+      </c>
+      <c r="Q91">
+        <v>100.774862</v>
+      </c>
+      <c r="S91">
+        <v>100.0</v>
+      </c>
+      <c r="U91">
+        <v>8.494815</v>
+      </c>
+      <c r="X91">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:24">
+      <c r="A92" s="2">
+        <v>45952.620219907</v>
+      </c>
+      <c r="B92" t="s">
+        <v>29</v>
+      </c>
+      <c r="C92" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" t="s">
+        <v>26</v>
+      </c>
+      <c r="E92" t="s">
+        <v>27</v>
+      </c>
+      <c r="I92" t="s">
+        <v>28</v>
+      </c>
+      <c r="J92">
+        <v>8.5</v>
+      </c>
+      <c r="K92" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L92" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M92">
+        <v>8000</v>
+      </c>
+      <c r="N92">
+        <v>1000.0</v>
+      </c>
+      <c r="O92" t="s">
+        <v>28</v>
+      </c>
+      <c r="P92">
+        <v>0.70442</v>
+      </c>
+      <c r="R92">
+        <v>100.70442</v>
+      </c>
+      <c r="T92">
+        <v>100.0</v>
+      </c>
+      <c r="V92">
+        <v>8.495204</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24">
+      <c r="A93" s="2">
+        <v>45951.355138889</v>
+      </c>
+      <c r="B93" t="s">
+        <v>29</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" t="s">
+        <v>27</v>
+      </c>
+      <c r="I93" t="s">
+        <v>28</v>
+      </c>
+      <c r="J93">
+        <v>8.5</v>
+      </c>
+      <c r="K93" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L93" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M93">
+        <v>8000</v>
+      </c>
+      <c r="N93">
+        <v>1000.0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>28</v>
+      </c>
+      <c r="P93">
+        <v>0.680939</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24">
+      <c r="A94" s="2">
+        <v>45950.354884259</v>
+      </c>
+      <c r="B94" t="s">
+        <v>29</v>
+      </c>
+      <c r="C94" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" t="s">
+        <v>27</v>
+      </c>
+      <c r="I94" t="s">
+        <v>28</v>
+      </c>
+      <c r="J94">
+        <v>8.5</v>
+      </c>
+      <c r="K94" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L94" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M94">
+        <v>8000</v>
+      </c>
+      <c r="N94">
+        <v>1000.0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>28</v>
+      </c>
+      <c r="P94">
         <v>0.657459</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>