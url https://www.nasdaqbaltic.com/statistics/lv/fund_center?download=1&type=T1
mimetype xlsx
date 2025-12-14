--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -606,277 +606,277 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
       <c r="F2">
-        <v>0.53715309</v>
+        <v>0.39007092</v>
       </c>
       <c r="G2" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.39334883</v>
+        <v>0.89094797</v>
       </c>
       <c r="L2">
-        <v>1.42702312</v>
+        <v>0.47914818</v>
       </c>
       <c r="M2">
-        <v>-2.5511975</v>
+        <v>-1.82070401</v>
       </c>
       <c r="N2">
-        <v>4.620831</v>
+        <v>5.49655301</v>
       </c>
       <c r="O2">
-        <v>1.50036153</v>
+        <v>3.37776155</v>
       </c>
       <c r="P2">
-        <v>7.16793481</v>
+        <v>6.23384047</v>
       </c>
       <c r="Q2">
-        <v>8.56613588</v>
+        <v>9.30168669</v>
       </c>
       <c r="R2">
-        <v>-2.58444129</v>
+        <v>-3.04686861</v>
       </c>
       <c r="S2">
-        <v>2.90900596</v>
+        <v>2.89525945</v>
       </c>
       <c r="T2">
-        <v>14040043.98</v>
+        <v>14155485.49</v>
       </c>
       <c r="U2">
-        <v>0.52350293</v>
+        <v>0.33719236</v>
       </c>
       <c r="V2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
       <c r="W2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
       <c r="X2">
         <v>14.16261482</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
       <c r="AA2">
-        <v>14040043.98</v>
+        <v>14155485.49</v>
       </c>
       <c r="AB2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
       <c r="AC2">
-        <v>56.15</v>
+        <v>56.62</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
       <c r="F3">
-        <v>0.25526484</v>
+        <v>0.44331856</v>
       </c>
       <c r="G3" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.15904701</v>
+        <v>1.21250798</v>
       </c>
       <c r="L3">
-        <v>4.66355763</v>
+        <v>2.19072165</v>
       </c>
       <c r="M3">
-        <v>12.05420827</v>
+        <v>12.96296296</v>
       </c>
       <c r="N3">
-        <v>11.33947555</v>
+        <v>12.40255138</v>
       </c>
       <c r="O3">
-        <v>9.40111421</v>
+        <v>10.52264808</v>
       </c>
       <c r="P3">
-        <v>20.21905795</v>
+        <v>19.42608563</v>
       </c>
       <c r="Q3">
-        <v>16.87645457</v>
+        <v>17.80864193</v>
       </c>
       <c r="R3">
-        <v>6.89998381</v>
+        <v>6.13247511</v>
       </c>
       <c r="T3">
-        <v>25880689.64</v>
+        <v>26344682.77</v>
       </c>
       <c r="U3">
-        <v>0.26980009</v>
+        <v>1.26454611</v>
       </c>
       <c r="V3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
       <c r="W3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
       <c r="X3">
         <v>13.80888844</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
       <c r="AA3">
-        <v>25880689.64</v>
+        <v>26344682.77</v>
       </c>
       <c r="AB3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
       <c r="AC3">
-        <v>15.71</v>
+        <v>15.86</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4">
-        <v>17.49</v>
+        <v>17.67</v>
       </c>
       <c r="F4">
-        <v>0.28669725</v>
+        <v>0.51194539</v>
       </c>
       <c r="G4" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>1.33256083</v>
+        <v>1.4933946</v>
       </c>
       <c r="L4">
-        <v>5.23465704</v>
+        <v>2.79232112</v>
       </c>
       <c r="M4">
-        <v>13.64522417</v>
+        <v>14.51717434</v>
       </c>
       <c r="N4">
-        <v>13.8671875</v>
+        <v>15.0390625</v>
       </c>
       <c r="O4">
-        <v>12.11538462</v>
+        <v>13.1966688</v>
       </c>
       <c r="P4">
-        <v>22.6851055</v>
+        <v>21.85540405</v>
       </c>
       <c r="Q4">
-        <v>19.38018061</v>
+        <v>20.37668188</v>
       </c>
       <c r="R4">
-        <v>9.71616902</v>
+        <v>8.9736179</v>
       </c>
       <c r="T4">
-        <v>25880689.64</v>
+        <v>26344682.77</v>
       </c>
       <c r="U4">
-        <v>0.26980009</v>
+        <v>1.26454611</v>
       </c>
       <c r="V4">
-        <v>17.49</v>
+        <v>17.67</v>
       </c>
       <c r="W4">
-        <v>17.49</v>
+        <v>17.67</v>
       </c>
       <c r="X4">
         <v>13.92467785</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>14.98971548</v>
+        <v>15.18824143</v>
       </c>
       <c r="AA4">
-        <v>22180913.323252</v>
+        <v>22644561.53708</v>
       </c>
       <c r="AB4">
-        <v>14.98971548</v>
+        <v>15.18824143</v>
       </c>
       <c r="AC4">
-        <v>14.98971548</v>
+        <v>15.18824143</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">