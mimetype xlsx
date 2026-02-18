--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -606,277 +606,283 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
       <c r="F2">
-        <v>0.39007092</v>
+        <v>0.42826552</v>
       </c>
       <c r="G2" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.89094797</v>
+        <v>-0.52210801</v>
       </c>
       <c r="L2">
-        <v>0.47914818</v>
+        <v>10.03428984</v>
       </c>
       <c r="M2">
-        <v>-1.82070401</v>
+        <v>7.70181947</v>
       </c>
       <c r="N2">
-        <v>5.49655301</v>
+        <v>5.96107056</v>
       </c>
       <c r="O2">
-        <v>3.37776155</v>
+        <v>4.79546236</v>
       </c>
       <c r="P2">
-        <v>6.23384047</v>
+        <v>6.51463083</v>
       </c>
       <c r="Q2">
-        <v>9.30168669</v>
+        <v>10.44190314</v>
       </c>
       <c r="R2">
-        <v>-3.04686861</v>
+        <v>4.11376001</v>
       </c>
       <c r="S2">
-        <v>2.89525945</v>
+        <v>1.80986138</v>
       </c>
       <c r="T2">
-        <v>14155485.49</v>
+        <v>16291348.6</v>
       </c>
       <c r="U2">
-        <v>0.33719236</v>
+        <v>0.42133526</v>
       </c>
       <c r="V2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
       <c r="W2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
       <c r="X2">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
       <c r="AA2">
-        <v>14155485.49</v>
+        <v>16291348.6</v>
       </c>
       <c r="AB2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
       <c r="AC2">
-        <v>56.62</v>
+        <v>60.97</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
       <c r="F3">
-        <v>0.44331856</v>
+        <v>0.43859649</v>
       </c>
       <c r="G3" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.21250798</v>
+        <v>-1.65644172</v>
       </c>
       <c r="L3">
-        <v>2.19072165</v>
+        <v>4.56621005</v>
       </c>
       <c r="M3">
-        <v>12.96296296</v>
+        <v>7.08082832</v>
       </c>
       <c r="N3">
-        <v>12.40255138</v>
+        <v>1.32743363</v>
       </c>
       <c r="O3">
-        <v>10.52264808</v>
+        <v>10.85753804</v>
       </c>
       <c r="P3">
-        <v>19.42608563</v>
+        <v>13.15261542</v>
       </c>
       <c r="Q3">
-        <v>17.80864193</v>
+        <v>17.26877252</v>
       </c>
       <c r="R3">
-        <v>6.13247511</v>
+        <v>9.52470267</v>
+      </c>
+      <c r="S3">
+        <v>8.97574402</v>
       </c>
       <c r="T3">
-        <v>26344682.77</v>
+        <v>27372624.16</v>
       </c>
       <c r="U3">
-        <v>1.26454611</v>
+        <v>0.27906299</v>
       </c>
       <c r="V3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
       <c r="W3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
       <c r="X3">
-        <v>13.80888844</v>
+        <v>12.14245415</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
       <c r="AA3">
-        <v>26344682.77</v>
+        <v>27372624.16</v>
       </c>
       <c r="AB3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
       <c r="AC3">
-        <v>15.86</v>
+        <v>16.03</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>37</v>
       </c>
       <c r="C4" t="s">
         <v>38</v>
       </c>
       <c r="D4" t="s">
         <v>39</v>
       </c>
       <c r="E4">
-        <v>17.67</v>
+        <v>17.93</v>
       </c>
       <c r="F4">
-        <v>0.51194539</v>
+        <v>0.44817927</v>
       </c>
       <c r="G4" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>1.4933946</v>
+        <v>-1.48351648</v>
       </c>
       <c r="L4">
-        <v>2.79232112</v>
+        <v>5.16129032</v>
       </c>
       <c r="M4">
-        <v>14.51717434</v>
+        <v>8.2076041</v>
       </c>
       <c r="N4">
-        <v>15.0390625</v>
+        <v>1.58640227</v>
       </c>
       <c r="O4">
-        <v>13.1966688</v>
+        <v>13.76903553</v>
       </c>
       <c r="P4">
-        <v>21.85540405</v>
+        <v>15.54526114</v>
       </c>
       <c r="Q4">
-        <v>20.37668188</v>
+        <v>19.8314617</v>
       </c>
       <c r="R4">
-        <v>8.9736179</v>
+        <v>12.48395208</v>
+      </c>
+      <c r="S4">
+        <v>11.57330726</v>
       </c>
       <c r="T4">
-        <v>26344682.77</v>
+        <v>27372624.16</v>
       </c>
       <c r="U4">
-        <v>1.26454611</v>
+        <v>0.27906299</v>
       </c>
       <c r="V4">
-        <v>17.67</v>
+        <v>17.93</v>
       </c>
       <c r="W4">
-        <v>17.67</v>
+        <v>17.93</v>
       </c>
       <c r="X4">
-        <v>13.92467785</v>
+        <v>12.27277374</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>15.18824143</v>
+        <v>15.1244201</v>
       </c>
       <c r="AA4">
-        <v>22644561.53708</v>
+        <v>23089518.524831</v>
       </c>
       <c r="AB4">
-        <v>15.18824143</v>
+        <v>15.1244201</v>
       </c>
       <c r="AC4">
-        <v>15.18824143</v>
+        <v>15.1244201</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">