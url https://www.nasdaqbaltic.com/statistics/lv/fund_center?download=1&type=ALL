--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -654,843 +654,858 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="G2" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.88772846</v>
+        <v>1.32924335</v>
       </c>
       <c r="L2">
-        <v>1.73775671</v>
+        <v>3.12174818</v>
       </c>
       <c r="M2">
-        <v>4.26335672</v>
+        <v>4.53586498</v>
       </c>
       <c r="N2">
-        <v>5.80503834</v>
+        <v>1.90231362</v>
       </c>
       <c r="O2">
-        <v>6.15384615</v>
+        <v>6.96168376</v>
       </c>
       <c r="P2">
-        <v>8.97071101</v>
+        <v>7.91257287</v>
       </c>
       <c r="Q2">
-        <v>8.85083618</v>
+        <v>8.93994837</v>
       </c>
       <c r="R2">
-        <v>-0.38447463</v>
+        <v>1.10184471</v>
       </c>
       <c r="S2">
-        <v>-0.12376276</v>
+        <v>0.12153165</v>
       </c>
       <c r="T2">
-        <v>33123558.2</v>
+        <v>32244008.26</v>
       </c>
       <c r="U2">
-        <v>-0.02042235</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="W2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="AA2">
-        <v>33123558.2</v>
+        <v>32244008.26</v>
       </c>
       <c r="AB2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="AC2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.08</v>
+        <v>30.99</v>
       </c>
       <c r="F3">
-        <v>0.03325574</v>
+        <v>0.03227889</v>
       </c>
       <c r="G3" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.1092437</v>
+        <v>1.53997379</v>
       </c>
       <c r="L3">
-        <v>2.38257318</v>
+        <v>3.74958152</v>
       </c>
       <c r="M3">
-        <v>5.61797753</v>
+        <v>5.76791809</v>
       </c>
       <c r="N3">
-        <v>8.12365205</v>
+        <v>2.1760633</v>
       </c>
       <c r="O3">
-        <v>8.552869</v>
+        <v>9.50530035</v>
       </c>
       <c r="P3">
-        <v>11.0992562</v>
+        <v>10.08937955</v>
       </c>
       <c r="Q3">
-        <v>11.15898495</v>
+        <v>11.14672548</v>
       </c>
       <c r="R3">
-        <v>1.90777732</v>
+        <v>3.49616273</v>
       </c>
       <c r="S3">
-        <v>1.87643973</v>
+        <v>2.18164502</v>
       </c>
       <c r="T3">
-        <v>33123558.2</v>
+        <v>32244008.26</v>
       </c>
       <c r="U3">
-        <v>-0.02042235</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V3">
-        <v>30.08</v>
+        <v>30.99</v>
       </c>
       <c r="W3">
-        <v>30.08</v>
+        <v>30.99</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.77991089</v>
+        <v>26.14086888</v>
       </c>
       <c r="AA3">
-        <v>28388376.956399</v>
+        <v>27198657.376884</v>
       </c>
       <c r="AB3">
-        <v>25.77991089</v>
+        <v>26.14086888</v>
       </c>
       <c r="AC3">
-        <v>25.77991089</v>
+        <v>26.14086888</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
       <c r="F4">
-        <v>0.53715309</v>
+        <v>0.42826552</v>
       </c>
       <c r="G4" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>0.39334883</v>
+        <v>-0.52210801</v>
       </c>
       <c r="L4">
-        <v>1.42702312</v>
+        <v>10.03428984</v>
       </c>
       <c r="M4">
-        <v>-2.5511975</v>
+        <v>7.70181947</v>
       </c>
       <c r="N4">
-        <v>4.620831</v>
+        <v>5.96107056</v>
       </c>
       <c r="O4">
-        <v>1.50036153</v>
+        <v>4.79546236</v>
       </c>
       <c r="P4">
-        <v>7.16793481</v>
+        <v>6.51463083</v>
       </c>
       <c r="Q4">
-        <v>8.56613588</v>
+        <v>10.44190314</v>
       </c>
       <c r="R4">
-        <v>-2.58444129</v>
+        <v>4.11376001</v>
       </c>
       <c r="S4">
-        <v>2.90900596</v>
+        <v>1.80986138</v>
       </c>
       <c r="T4">
-        <v>14040043.98</v>
+        <v>16291348.6</v>
       </c>
       <c r="U4">
-        <v>0.52350293</v>
+        <v>0.42133526</v>
       </c>
       <c r="V4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
       <c r="W4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
       <c r="X4">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
       <c r="AA4">
-        <v>14040043.98</v>
+        <v>16291348.6</v>
       </c>
       <c r="AB4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
       <c r="AC4">
-        <v>56.15</v>
+        <v>60.97</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.27</v>
+        <v>11.45</v>
+      </c>
+      <c r="F5">
+        <v>0.08741259</v>
       </c>
       <c r="G5" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
+      <c r="K5">
+        <v>0.35056968</v>
+      </c>
       <c r="L5">
-        <v>-1.65794066</v>
+        <v>1.5971606</v>
       </c>
       <c r="M5">
-        <v>1.16696589</v>
+        <v>0.26269702</v>
       </c>
       <c r="N5">
-        <v>2.64116576</v>
+        <v>1.23784262</v>
       </c>
       <c r="O5">
-        <v>1.99095023</v>
+        <v>2.87511231</v>
       </c>
       <c r="P5">
-        <v>5.32103154</v>
+        <v>4.67539252</v>
       </c>
       <c r="Q5">
-        <v>5.16390714</v>
+        <v>5.28798795</v>
       </c>
       <c r="R5">
-        <v>-0.8893628</v>
+        <v>0.13143511</v>
       </c>
       <c r="S5">
-        <v>-0.83070864</v>
+        <v>-0.70116357</v>
       </c>
       <c r="T5">
-        <v>25533685.86</v>
+        <v>25788088.76</v>
       </c>
       <c r="U5">
-        <v>-0.08281837</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="W5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="X5">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="AA5">
-        <v>25533685.86</v>
+        <v>25788088.76</v>
       </c>
       <c r="AB5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="AC5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.82</v>
+        <v>12.06</v>
+      </c>
+      <c r="F6">
+        <v>0.08298755</v>
       </c>
       <c r="G6" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>0.16949153</v>
+        <v>0.5</v>
       </c>
       <c r="L6">
-        <v>-1.08786611</v>
+        <v>2.11685013</v>
       </c>
       <c r="M6">
-        <v>2.5151778</v>
+        <v>1.42977292</v>
       </c>
       <c r="N6">
-        <v>4.78723404</v>
+        <v>1.51515152</v>
       </c>
       <c r="O6">
-        <v>4.32480141</v>
+        <v>5.32751092</v>
       </c>
       <c r="P6">
-        <v>7.43820899</v>
+        <v>6.81596301</v>
       </c>
       <c r="Q6">
-        <v>7.44219164</v>
+        <v>7.45509545</v>
       </c>
       <c r="R6">
-        <v>1.40139232</v>
+        <v>2.49006922</v>
       </c>
       <c r="S6">
-        <v>1.2102418</v>
+        <v>1.38221687</v>
       </c>
       <c r="T6">
-        <v>25533685.86</v>
+        <v>25788088.76</v>
       </c>
       <c r="U6">
-        <v>-0.08281837</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V6">
-        <v>11.82</v>
+        <v>12.06</v>
       </c>
       <c r="W6">
-        <v>11.82</v>
+        <v>12.06</v>
       </c>
       <c r="X6">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.13027084</v>
+        <v>10.17292284</v>
       </c>
       <c r="AA6">
-        <v>21883515.499852</v>
+        <v>21752921.812082</v>
       </c>
       <c r="AB6">
-        <v>10.13027084</v>
+        <v>10.17292284</v>
       </c>
       <c r="AC6">
-        <v>10.13027084</v>
+        <v>10.17292284</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="F7">
-        <v>0.15163002</v>
+        <v>-0.07412898</v>
       </c>
       <c r="G7" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>-0.07564297</v>
+        <v>0.14858841</v>
       </c>
       <c r="L7">
-        <v>3.68916797</v>
+        <v>2.5095057</v>
       </c>
       <c r="M7">
-        <v>6.61824052</v>
+        <v>5.23028884</v>
       </c>
       <c r="N7">
-        <v>8.19000819</v>
+        <v>1.42964635</v>
       </c>
       <c r="O7">
-        <v>6.79062247</v>
+        <v>8.36012862</v>
       </c>
       <c r="P7">
-        <v>9.5362199</v>
+        <v>8.03238251</v>
       </c>
       <c r="Q7">
-        <v>8.29867905</v>
+        <v>8.51234383</v>
       </c>
       <c r="R7">
-        <v>2.23959706</v>
+        <v>3.89368089</v>
       </c>
       <c r="S7">
-        <v>2.75777739</v>
+        <v>2.57649012</v>
       </c>
       <c r="T7">
-        <v>974400.14</v>
+        <v>911581.18</v>
       </c>
       <c r="U7">
-        <v>0.11320681</v>
+        <v>-0.07204148</v>
       </c>
       <c r="V7">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="W7">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="X7">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.32156326</v>
+        <v>11.37072967</v>
       </c>
       <c r="AA7">
-        <v>835104.68029029</v>
+        <v>768942.37174581</v>
       </c>
       <c r="AB7">
-        <v>11.32156326</v>
+        <v>11.37072967</v>
       </c>
       <c r="AC7">
-        <v>11.32156326</v>
+        <v>11.37072967</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>13.04</v>
+        <v>13.23</v>
+      </c>
+      <c r="F8">
+        <v>-0.0755287</v>
       </c>
       <c r="G8" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.6097561</v>
+        <v>-0.75018755</v>
       </c>
       <c r="L8">
-        <v>3.16455696</v>
+        <v>1.76923077</v>
       </c>
       <c r="M8">
-        <v>5.6726094</v>
+        <v>3.92772977</v>
       </c>
       <c r="N8">
-        <v>5.84415584</v>
+        <v>1.22417751</v>
       </c>
       <c r="O8">
-        <v>4.48717949</v>
+        <v>5.50239234</v>
       </c>
       <c r="P8">
-        <v>8.14373428</v>
+        <v>6.38310613</v>
       </c>
       <c r="Q8">
-        <v>6.51694833</v>
+        <v>6.83413434</v>
       </c>
       <c r="R8">
-        <v>0.27022057</v>
+        <v>2.04694399</v>
       </c>
       <c r="S8">
-        <v>1.49080323</v>
+        <v>0.98057977</v>
       </c>
       <c r="T8">
-        <v>7722229.73</v>
+        <v>7890956.63</v>
       </c>
       <c r="U8">
-        <v>-0.02413358</v>
+        <v>0.19978265</v>
       </c>
       <c r="V8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="W8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="X8">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AA8">
-        <v>7722229.73</v>
+        <v>7890956.63</v>
       </c>
       <c r="AB8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AC8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.15</v>
-[...2 lines deleted...]
-        <v>0.08237232</v>
+        <v>12.34</v>
       </c>
       <c r="G9" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="K9">
-        <v>-0.08223684</v>
+        <v>0.081103</v>
       </c>
       <c r="L9">
-        <v>2.27272727</v>
+        <v>1.89925681</v>
       </c>
       <c r="M9">
-        <v>4.47119518</v>
+        <v>3.52348993</v>
       </c>
       <c r="N9">
-        <v>5.19480519</v>
+        <v>1.23051682</v>
       </c>
       <c r="O9">
-        <v>3.84615385</v>
+        <v>5.83190395</v>
       </c>
       <c r="P9">
-        <v>6.36187833</v>
+        <v>5.58051338</v>
       </c>
       <c r="Q9">
-        <v>4.45751527</v>
+        <v>4.99919876</v>
       </c>
       <c r="R9">
-        <v>-1.31371805</v>
+        <v>0.34740484</v>
       </c>
       <c r="S9">
-        <v>-0.92830921</v>
+        <v>-0.86832407</v>
       </c>
       <c r="T9">
-        <v>885698.42</v>
+        <v>887529.22</v>
       </c>
       <c r="U9">
-        <v>0.07831818</v>
+        <v>0.22642069</v>
       </c>
       <c r="V9">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="W9">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="X9">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="AA9">
-        <v>885698.42</v>
+        <v>887529.22</v>
       </c>
       <c r="AB9">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="AC9">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
       <c r="F10">
-        <v>0.25526484</v>
+        <v>0.43859649</v>
       </c>
       <c r="G10" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H10" t="s">
         <v>33</v>
       </c>
       <c r="K10">
-        <v>1.15904701</v>
+        <v>-1.65644172</v>
       </c>
       <c r="L10">
-        <v>4.66355763</v>
+        <v>4.56621005</v>
       </c>
       <c r="M10">
-        <v>12.05420827</v>
+        <v>7.08082832</v>
       </c>
       <c r="N10">
-        <v>11.33947555</v>
+        <v>1.32743363</v>
       </c>
       <c r="O10">
-        <v>9.40111421</v>
+        <v>10.85753804</v>
       </c>
       <c r="P10">
-        <v>20.21905795</v>
+        <v>13.15261542</v>
       </c>
       <c r="Q10">
-        <v>16.87645457</v>
+        <v>17.26877252</v>
       </c>
       <c r="R10">
-        <v>6.89998381</v>
+        <v>9.52470267</v>
+      </c>
+      <c r="S10">
+        <v>8.97574402</v>
       </c>
       <c r="T10">
-        <v>25880689.64</v>
+        <v>27372624.16</v>
       </c>
       <c r="U10">
-        <v>0.26980009</v>
+        <v>0.27906299</v>
       </c>
       <c r="V10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
       <c r="W10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
       <c r="X10">
-        <v>13.80888844</v>
+        <v>12.14245415</v>
       </c>
       <c r="Y10" t="s">
         <v>34</v>
       </c>
       <c r="Z10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
       <c r="AA10">
-        <v>25880689.64</v>
+        <v>27372624.16</v>
       </c>
       <c r="AB10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
       <c r="AC10">
-        <v>15.71</v>
+        <v>16.03</v>
       </c>
     </row>
     <row r="11" spans="1:29">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11">
-        <v>17.49</v>
+        <v>17.93</v>
       </c>
       <c r="F11">
-        <v>0.28669725</v>
+        <v>0.44817927</v>
       </c>
       <c r="G11" s="2">
-        <v>45995.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H11" t="s">
         <v>33</v>
       </c>
       <c r="K11">
-        <v>1.33256083</v>
+        <v>-1.48351648</v>
       </c>
       <c r="L11">
-        <v>5.23465704</v>
+        <v>5.16129032</v>
       </c>
       <c r="M11">
-        <v>13.64522417</v>
+        <v>8.2076041</v>
       </c>
       <c r="N11">
-        <v>13.8671875</v>
+        <v>1.58640227</v>
       </c>
       <c r="O11">
-        <v>12.11538462</v>
+        <v>13.76903553</v>
       </c>
       <c r="P11">
-        <v>22.6851055</v>
+        <v>15.54526114</v>
       </c>
       <c r="Q11">
-        <v>19.38018061</v>
+        <v>19.8314617</v>
       </c>
       <c r="R11">
-        <v>9.71616902</v>
+        <v>12.48395208</v>
+      </c>
+      <c r="S11">
+        <v>11.57330726</v>
       </c>
       <c r="T11">
-        <v>25880689.64</v>
+        <v>27372624.16</v>
       </c>
       <c r="U11">
-        <v>0.26980009</v>
+        <v>0.27906299</v>
       </c>
       <c r="V11">
-        <v>17.49</v>
+        <v>17.93</v>
       </c>
       <c r="W11">
-        <v>17.49</v>
+        <v>17.93</v>
       </c>
       <c r="X11">
-        <v>13.92467785</v>
+        <v>12.27277374</v>
       </c>
       <c r="Y11" t="s">
         <v>34</v>
       </c>
       <c r="Z11">
-        <v>14.98971548</v>
+        <v>15.1244201</v>
       </c>
       <c r="AA11">
-        <v>22180913.323252</v>
+        <v>23089518.524831</v>
       </c>
       <c r="AB11">
-        <v>14.98971548</v>
+        <v>15.1244201</v>
       </c>
       <c r="AC11">
-        <v>14.98971548</v>
+        <v>15.1244201</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">