--- v0 (2025-12-13)
+++ v1 (2026-01-29)
@@ -654,852 +654,861 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
       <c r="F2">
-        <v>0.10351967</v>
+        <v>0.0509165</v>
       </c>
       <c r="G2" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.57202288</v>
+        <v>1.13226969</v>
       </c>
       <c r="L2">
-        <v>1.46904512</v>
+        <v>2.6645768</v>
       </c>
       <c r="M2">
-        <v>3.92262225</v>
+        <v>4.24403183</v>
       </c>
       <c r="N2">
-        <v>5.91456736</v>
+        <v>1.02827763</v>
       </c>
       <c r="O2">
-        <v>5.79868709</v>
+        <v>7.55336617</v>
       </c>
       <c r="P2">
-        <v>8.62724324</v>
+        <v>7.73400334</v>
       </c>
       <c r="Q2">
-        <v>8.86416495</v>
+        <v>8.62758721</v>
       </c>
       <c r="R2">
-        <v>-0.34600378</v>
+        <v>0.75183516</v>
       </c>
       <c r="S2">
-        <v>-0.15440115</v>
+        <v>0.0713995</v>
       </c>
       <c r="T2">
-        <v>33306176.75</v>
+        <v>32406894.99</v>
       </c>
       <c r="U2">
-        <v>0.71490922</v>
+        <v>0.39034832</v>
       </c>
       <c r="V2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
       <c r="W2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.81511855</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
       <c r="AA2">
-        <v>33306176.75</v>
+        <v>32406894.99</v>
       </c>
       <c r="AB2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
       <c r="AC2">
-        <v>19.34</v>
+        <v>19.65</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.11</v>
+        <v>30.68</v>
       </c>
       <c r="F3">
-        <v>0.09973404</v>
+        <v>0.03260515</v>
       </c>
       <c r="G3" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>0.73603212</v>
+        <v>1.28755365</v>
       </c>
       <c r="L3">
-        <v>2.03320908</v>
+        <v>3.23014805</v>
       </c>
       <c r="M3">
-        <v>5.24292206</v>
+        <v>5.46579581</v>
       </c>
       <c r="N3">
-        <v>8.23148814</v>
+        <v>1.15397296</v>
       </c>
       <c r="O3">
-        <v>8.15373563</v>
+        <v>10.00358551</v>
       </c>
       <c r="P3">
-        <v>10.74640303</v>
+        <v>9.88169374</v>
       </c>
       <c r="Q3">
-        <v>11.17900747</v>
+        <v>10.84039238</v>
       </c>
       <c r="R3">
-        <v>1.92404198</v>
+        <v>3.10301855</v>
       </c>
       <c r="S3">
-        <v>1.83737662</v>
+        <v>2.09409786</v>
       </c>
       <c r="T3">
-        <v>33306176.75</v>
+        <v>32406894.99</v>
       </c>
       <c r="U3">
-        <v>0.71490922</v>
+        <v>0.39034832</v>
       </c>
       <c r="V3">
-        <v>30.11</v>
+        <v>30.68</v>
       </c>
       <c r="W3">
-        <v>30.11</v>
+        <v>30.68</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.86332464</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.88103846</v>
+        <v>25.7188366</v>
       </c>
       <c r="AA3">
-        <v>28628310.902992</v>
+        <v>27166480.999507</v>
       </c>
       <c r="AB3">
-        <v>25.88103846</v>
+        <v>25.7188366</v>
       </c>
       <c r="AC3">
-        <v>25.88103846</v>
+        <v>25.7188366</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
       <c r="F4">
-        <v>0.39007092</v>
+        <v>-0.91131001</v>
       </c>
       <c r="G4" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>0.89094797</v>
+        <v>6.37665968</v>
       </c>
       <c r="L4">
-        <v>0.47914818</v>
+        <v>7.96099291</v>
       </c>
       <c r="M4">
-        <v>-1.82070401</v>
+        <v>8.05678793</v>
       </c>
       <c r="N4">
-        <v>5.49655301</v>
+        <v>5.82203684</v>
       </c>
       <c r="O4">
-        <v>3.37776155</v>
+        <v>9.29815114</v>
       </c>
       <c r="P4">
-        <v>6.23384047</v>
+        <v>9.40624641</v>
       </c>
       <c r="Q4">
-        <v>9.30168669</v>
+        <v>11.04345047</v>
       </c>
       <c r="R4">
-        <v>-3.04686861</v>
+        <v>3.54985603</v>
       </c>
       <c r="S4">
-        <v>2.89525945</v>
+        <v>3.07635388</v>
       </c>
       <c r="T4">
-        <v>14155485.49</v>
+        <v>16237804.28</v>
       </c>
       <c r="U4">
-        <v>0.33719236</v>
+        <v>-0.73761734</v>
       </c>
       <c r="V4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
       <c r="W4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
       <c r="X4">
-        <v>14.16261482</v>
+        <v>11.48942757</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
       <c r="AA4">
-        <v>14155485.49</v>
+        <v>16237804.28</v>
       </c>
       <c r="AB4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
       <c r="AC4">
-        <v>56.62</v>
+        <v>60.89</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.26</v>
-[...2 lines deleted...]
-        <v>0.08888889</v>
+        <v>11.44</v>
       </c>
       <c r="G5" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>-0.26572188</v>
+        <v>1.23893805</v>
       </c>
       <c r="L5">
-        <v>-2.17202433</v>
+        <v>1.41843972</v>
       </c>
       <c r="M5">
-        <v>0.53571429</v>
+        <v>0.88183422</v>
       </c>
       <c r="N5">
-        <v>2.55009107</v>
+        <v>1.14942529</v>
       </c>
       <c r="O5">
-        <v>1.44144144</v>
+        <v>3.81125227</v>
       </c>
       <c r="P5">
-        <v>4.96481565</v>
+        <v>4.98187751</v>
       </c>
       <c r="Q5">
-        <v>4.98852882</v>
+        <v>4.83161071</v>
       </c>
       <c r="R5">
-        <v>-0.99601067</v>
+        <v>-0.0654522</v>
       </c>
       <c r="S5">
-        <v>-0.88203303</v>
+        <v>-0.61775491</v>
       </c>
       <c r="T5">
-        <v>25702803.3</v>
+        <v>26204864.38</v>
       </c>
       <c r="U5">
-        <v>0.48644353</v>
+        <v>0.46414433</v>
       </c>
       <c r="V5">
-        <v>11.26</v>
+        <v>11.44</v>
       </c>
       <c r="W5">
-        <v>11.26</v>
+        <v>11.44</v>
       </c>
       <c r="X5">
-        <v>4.49035358</v>
+        <v>3.62826347</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.26</v>
+        <v>11.44</v>
       </c>
       <c r="AA5">
-        <v>25702803.3</v>
+        <v>26204864.38</v>
       </c>
       <c r="AB5">
-        <v>11.26</v>
+        <v>11.44</v>
       </c>
       <c r="AC5">
-        <v>11.26</v>
+        <v>11.44</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.81</v>
+        <v>12.04</v>
+      </c>
+      <c r="F6">
+        <v>0.08312552</v>
       </c>
       <c r="G6" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>-0.08460237</v>
+        <v>1.43218197</v>
       </c>
       <c r="L6">
-        <v>-1.66527893</v>
+        <v>2.03389831</v>
       </c>
       <c r="M6">
-        <v>1.81034483</v>
+        <v>2.12044105</v>
       </c>
       <c r="N6">
-        <v>4.69858156</v>
+        <v>1.34680135</v>
       </c>
       <c r="O6">
-        <v>3.77855888</v>
+        <v>6.17283951</v>
       </c>
       <c r="P6">
-        <v>7.02755793</v>
+        <v>7.13355082</v>
       </c>
       <c r="Q6">
-        <v>7.22468923</v>
+        <v>6.99356451</v>
       </c>
       <c r="R6">
-        <v>1.26690463</v>
+        <v>2.2609427</v>
       </c>
       <c r="S6">
-        <v>1.13864726</v>
+        <v>1.4569244</v>
       </c>
       <c r="T6">
-        <v>25702803.3</v>
+        <v>26204864.38</v>
       </c>
       <c r="U6">
-        <v>0.48644353</v>
+        <v>0.46414433</v>
       </c>
       <c r="V6">
-        <v>11.81</v>
+        <v>12.04</v>
       </c>
       <c r="W6">
-        <v>11.81</v>
+        <v>12.04</v>
       </c>
       <c r="X6">
-        <v>4.53407717</v>
+        <v>3.71453547</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.15128078</v>
+        <v>10.09305061</v>
       </c>
       <c r="AA6">
-        <v>22092834.295394</v>
+        <v>21967360.664871</v>
       </c>
       <c r="AB6">
-        <v>10.15128078</v>
+        <v>10.09305061</v>
       </c>
       <c r="AC6">
-        <v>10.15128078</v>
+        <v>10.09305061</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.21</v>
+        <v>13.53</v>
       </c>
       <c r="F7">
-        <v>0.07575758</v>
+        <v>0.37091988</v>
       </c>
       <c r="G7" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>0.15163002</v>
+        <v>2.19033233</v>
       </c>
       <c r="L7">
-        <v>2.08655332</v>
+        <v>1.72932331</v>
       </c>
       <c r="M7">
-        <v>6.10441767</v>
+        <v>6.61938534</v>
       </c>
       <c r="N7">
-        <v>8.19000819</v>
+        <v>1.80586907</v>
       </c>
       <c r="O7">
-        <v>6.61824052</v>
+        <v>9.82142857</v>
       </c>
       <c r="P7">
-        <v>9.288344</v>
+        <v>8.84684528</v>
       </c>
       <c r="Q7">
-        <v>8.4030131</v>
+        <v>8.5093792</v>
       </c>
       <c r="R7">
-        <v>2.07116222</v>
+        <v>3.9225876</v>
       </c>
       <c r="S7">
-        <v>2.7221656</v>
+        <v>3.05497523</v>
       </c>
       <c r="T7">
-        <v>977297.22</v>
+        <v>899399.4</v>
       </c>
       <c r="U7">
-        <v>0.08991424</v>
+        <v>-8.27845053</v>
       </c>
       <c r="V7">
-        <v>13.21</v>
+        <v>13.53</v>
       </c>
       <c r="W7">
-        <v>13.21</v>
+        <v>13.53</v>
       </c>
       <c r="X7">
-        <v>6.22401428</v>
+        <v>4.49102163</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.35465022</v>
+        <v>11.34210754</v>
       </c>
       <c r="AA7">
-        <v>840035.43453211</v>
+        <v>753960.43708006</v>
       </c>
       <c r="AB7">
-        <v>11.35465022</v>
+        <v>11.34210754</v>
       </c>
       <c r="AC7">
-        <v>11.35465022</v>
+        <v>11.34210754</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
       <c r="F8">
-        <v>-0.07656968</v>
+        <v>0.15117158</v>
       </c>
       <c r="G8" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.07656968</v>
+        <v>1.68841136</v>
       </c>
       <c r="L8">
-        <v>1.79407176</v>
+        <v>0.76045627</v>
       </c>
       <c r="M8">
-        <v>5.24193548</v>
+        <v>5.40970565</v>
       </c>
       <c r="N8">
-        <v>5.92532468</v>
+        <v>1.37719969</v>
       </c>
       <c r="O8">
-        <v>4.48358687</v>
+        <v>6.85483871</v>
       </c>
       <c r="P8">
-        <v>7.84718839</v>
+        <v>7.2461473</v>
       </c>
       <c r="Q8">
-        <v>6.7423918</v>
+        <v>6.8551236</v>
       </c>
       <c r="R8">
-        <v>0.11527397</v>
+        <v>1.89807951</v>
       </c>
       <c r="S8">
-        <v>1.43944087</v>
+        <v>1.49909112</v>
       </c>
       <c r="T8">
-        <v>7742081.56</v>
+        <v>7983447.64</v>
       </c>
       <c r="U8">
-        <v>-0.04530061</v>
+        <v>0.29122824</v>
       </c>
       <c r="V8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
       <c r="W8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
       <c r="X8">
-        <v>6.18586159</v>
+        <v>4.64416981</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
       <c r="AA8">
-        <v>7742081.56</v>
+        <v>7983447.64</v>
       </c>
       <c r="AB8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
       <c r="AC8">
-        <v>13.05</v>
+        <v>13.25</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
       <c r="F9">
-        <v>0.08237232</v>
+        <v>0.08136697</v>
       </c>
       <c r="G9" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
+      <c r="K9">
+        <v>1.2345679</v>
+      </c>
       <c r="L9">
-        <v>1.16569525</v>
+        <v>0.73710074</v>
       </c>
       <c r="M9">
-        <v>4.20240137</v>
+        <v>4.23728814</v>
       </c>
       <c r="N9">
-        <v>5.19480519</v>
+        <v>0.902379</v>
       </c>
       <c r="O9">
-        <v>3.75747225</v>
+        <v>6.30942092</v>
       </c>
       <c r="P9">
-        <v>6.06601718</v>
+        <v>5.5046052</v>
       </c>
       <c r="Q9">
-        <v>4.45751527</v>
+        <v>4.59209989</v>
       </c>
       <c r="R9">
-        <v>-1.35219974</v>
+        <v>-0.02031488</v>
       </c>
       <c r="S9">
-        <v>-0.95941005</v>
+        <v>-0.73163077</v>
       </c>
       <c r="T9">
-        <v>888875.49</v>
+        <v>879926.78</v>
       </c>
       <c r="U9">
-        <v>0.09420195</v>
+        <v>0.10120164</v>
       </c>
       <c r="V9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
       <c r="W9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
       <c r="X9">
-        <v>5.12119246</v>
+        <v>3.33568072</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
       <c r="AA9">
-        <v>888875.49</v>
+        <v>879926.78</v>
       </c>
       <c r="AB9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
       <c r="AC9">
-        <v>12.15</v>
+        <v>12.3</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
       <c r="F10">
-        <v>0.44331856</v>
+        <v>-0.12307692</v>
       </c>
       <c r="G10" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H10" t="s">
         <v>33</v>
       </c>
       <c r="K10">
-        <v>1.21250798</v>
+        <v>2.52684776</v>
       </c>
       <c r="L10">
-        <v>2.19072165</v>
+        <v>1.24766064</v>
       </c>
       <c r="M10">
-        <v>12.96296296</v>
+        <v>8.78016086</v>
       </c>
       <c r="N10">
-        <v>12.40255138</v>
+        <v>2.59165613</v>
       </c>
       <c r="O10">
-        <v>10.52264808</v>
+        <v>13.65546218</v>
       </c>
       <c r="P10">
-        <v>19.42608563</v>
+        <v>16.15193421</v>
       </c>
       <c r="Q10">
-        <v>17.80864193</v>
+        <v>18.07207664</v>
       </c>
       <c r="R10">
-        <v>6.13247511</v>
+        <v>10.77071009</v>
+      </c>
+      <c r="S10">
+        <v>10.0164963</v>
       </c>
       <c r="T10">
-        <v>26344682.77</v>
+        <v>27875083.23</v>
       </c>
       <c r="U10">
-        <v>1.26454611</v>
+        <v>0.26566527</v>
       </c>
       <c r="V10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
       <c r="W10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
       <c r="X10">
-        <v>13.80888844</v>
+        <v>12.40145302</v>
       </c>
       <c r="Y10" t="s">
         <v>34</v>
       </c>
       <c r="Z10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
       <c r="AA10">
-        <v>26344682.77</v>
+        <v>27875083.23</v>
       </c>
       <c r="AB10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
       <c r="AC10">
-        <v>15.86</v>
+        <v>16.23</v>
       </c>
     </row>
     <row r="11" spans="1:29">
       <c r="A11" t="s">
         <v>38</v>
       </c>
       <c r="B11" t="s">
         <v>54</v>
       </c>
       <c r="C11" t="s">
         <v>55</v>
       </c>
       <c r="D11" t="s">
         <v>37</v>
       </c>
       <c r="E11">
-        <v>17.67</v>
+        <v>18.14</v>
       </c>
       <c r="F11">
-        <v>0.51194539</v>
+        <v>-0.11013216</v>
       </c>
       <c r="G11" s="2">
-        <v>46002.0</v>
+        <v>46050.0</v>
       </c>
       <c r="H11" t="s">
         <v>33</v>
       </c>
       <c r="K11">
-        <v>1.4933946</v>
+        <v>2.7180068</v>
       </c>
       <c r="L11">
-        <v>2.79232112</v>
+        <v>1.91011236</v>
       </c>
       <c r="M11">
-        <v>14.51717434</v>
+        <v>10.00606428</v>
       </c>
       <c r="N11">
-        <v>15.0390625</v>
+        <v>2.77620397</v>
       </c>
       <c r="O11">
-        <v>13.1966688</v>
+        <v>16.65594855</v>
       </c>
       <c r="P11">
-        <v>21.85540405</v>
+        <v>18.58336942</v>
       </c>
       <c r="Q11">
-        <v>20.37668188</v>
+        <v>20.60692588</v>
       </c>
       <c r="R11">
-        <v>8.9736179</v>
+        <v>13.71084481</v>
+      </c>
+      <c r="S11">
+        <v>12.62651373</v>
       </c>
       <c r="T11">
-        <v>26344682.77</v>
+        <v>27875083.23</v>
       </c>
       <c r="U11">
-        <v>1.26454611</v>
+        <v>0.26566527</v>
       </c>
       <c r="V11">
-        <v>17.67</v>
+        <v>18.14</v>
       </c>
       <c r="W11">
-        <v>17.67</v>
+        <v>18.14</v>
       </c>
       <c r="X11">
-        <v>13.92467785</v>
+        <v>12.53481579</v>
       </c>
       <c r="Y11" t="s">
         <v>34</v>
       </c>
       <c r="Z11">
-        <v>15.18824143</v>
+        <v>15.20663937</v>
       </c>
       <c r="AA11">
-        <v>22644561.53708</v>
+        <v>23367493.836146</v>
       </c>
       <c r="AB11">
-        <v>15.18824143</v>
+        <v>15.20663937</v>
       </c>
       <c r="AC11">
-        <v>15.18824143</v>
+        <v>15.20663937</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">