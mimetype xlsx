--- v1 (2025-12-18)
+++ v2 (2026-02-18)
@@ -474,3360 +474,3700 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E194"/>
+  <dimension ref="A1:E214"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C194" sqref="C194"/>
+      <selection activeCell="C214" sqref="C214"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
-        <v>45991.0</v>
+        <v>46053.0</v>
       </c>
       <c r="D2">
-        <v>11.31</v>
+        <v>11.85</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>45991.0</v>
+        <v>46053.0</v>
       </c>
       <c r="D3">
-        <v>0.5446</v>
+        <v>0.545</v>
       </c>
       <c r="E3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" s="2">
-        <v>45989.0</v>
+        <v>46025.0</v>
       </c>
       <c r="D4">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="E4" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" s="2">
-        <v>45964.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D5">
-        <v>29.76</v>
+        <v>30.35</v>
       </c>
       <c r="E5" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>13</v>
       </c>
       <c r="C6" s="2">
-        <v>45965.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D6">
-        <v>29.75</v>
+        <v>30.37</v>
       </c>
       <c r="E6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="2">
-        <v>45966.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D7">
-        <v>29.8</v>
+        <v>30.42</v>
       </c>
       <c r="E7" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>13</v>
       </c>
       <c r="C8" s="2">
-        <v>45967.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D8">
-        <v>29.82</v>
+        <v>30.42</v>
       </c>
       <c r="E8" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>13</v>
       </c>
       <c r="C9" s="2">
-        <v>45968.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D9">
-        <v>29.84</v>
+        <v>30.44</v>
       </c>
       <c r="E9" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>13</v>
       </c>
       <c r="C10" s="2">
-        <v>45969.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D10">
-        <v>29.84</v>
+        <v>30.47</v>
       </c>
       <c r="E10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
         <v>13</v>
       </c>
       <c r="C11" s="2">
-        <v>45971.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D11">
-        <v>29.87</v>
+        <v>30.49</v>
       </c>
       <c r="E11" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>13</v>
       </c>
       <c r="C12" s="2">
-        <v>45972.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D12">
-        <v>29.89</v>
+        <v>30.49</v>
       </c>
       <c r="E12" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>13</v>
       </c>
       <c r="C13" s="2">
-        <v>45973.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D13">
-        <v>29.9</v>
+        <v>30.51</v>
       </c>
       <c r="E13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>13</v>
       </c>
       <c r="C14" s="2">
-        <v>45974.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D14">
-        <v>29.89</v>
+        <v>30.51</v>
       </c>
       <c r="E14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
         <v>13</v>
       </c>
       <c r="C15" s="2">
-        <v>45975.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D15">
-        <v>29.87</v>
+        <v>30.52</v>
       </c>
       <c r="E15" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
         <v>13</v>
       </c>
       <c r="C16" s="2">
-        <v>45980.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D16">
-        <v>29.91</v>
+        <v>30.5</v>
       </c>
       <c r="E16" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>13</v>
       </c>
       <c r="C17" s="2">
-        <v>45981.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D17">
-        <v>29.91</v>
+        <v>30.49</v>
       </c>
       <c r="E17" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
         <v>13</v>
       </c>
       <c r="C18" s="2">
-        <v>45982.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D18">
-        <v>29.93</v>
+        <v>30.52</v>
       </c>
       <c r="E18" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
         <v>13</v>
       </c>
       <c r="C19" s="2">
-        <v>45985.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D19">
-        <v>30.0</v>
+        <v>30.59</v>
       </c>
       <c r="E19" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
         <v>13</v>
       </c>
       <c r="C20" s="2">
-        <v>45986.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D20">
-        <v>30.02</v>
+        <v>30.6</v>
       </c>
       <c r="E20" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
         <v>13</v>
       </c>
       <c r="C21" s="2">
-        <v>45987.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D21">
-        <v>30.05</v>
+        <v>30.65</v>
       </c>
       <c r="E21" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
         <v>13</v>
       </c>
       <c r="C22" s="2">
-        <v>45988.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D22">
-        <v>30.04</v>
+        <v>30.67</v>
       </c>
       <c r="E22" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
         <v>13</v>
       </c>
       <c r="C23" s="2">
-        <v>45989.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D23">
-        <v>30.06</v>
+        <v>30.68</v>
       </c>
       <c r="E23" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C24" s="2">
-        <v>45964.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D24">
-        <v>19.16</v>
+        <v>30.71</v>
       </c>
       <c r="E24" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B25" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C25" s="2">
-        <v>45965.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D25">
-        <v>19.15</v>
+        <v>30.75</v>
       </c>
       <c r="E25" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
         <v>16</v>
       </c>
       <c r="C26" s="2">
-        <v>45966.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D26">
-        <v>19.19</v>
+        <v>19.46</v>
       </c>
       <c r="E26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>16</v>
       </c>
       <c r="C27" s="2">
-        <v>45967.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D27">
-        <v>19.19</v>
+        <v>19.47</v>
       </c>
       <c r="E27" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28" t="s">
         <v>16</v>
       </c>
       <c r="C28" s="2">
-        <v>45968.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D28">
-        <v>19.2</v>
+        <v>19.5</v>
       </c>
       <c r="E28" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>16</v>
       </c>
       <c r="C29" s="2">
-        <v>45969.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D29">
-        <v>19.2</v>
+        <v>19.5</v>
       </c>
       <c r="E29" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
         <v>16</v>
       </c>
       <c r="C30" s="2">
-        <v>45971.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D30">
-        <v>19.22</v>
+        <v>19.51</v>
       </c>
       <c r="E30" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
         <v>15</v>
       </c>
       <c r="B31" t="s">
         <v>16</v>
       </c>
       <c r="C31" s="2">
-        <v>45972.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D31">
-        <v>19.23</v>
+        <v>19.53</v>
       </c>
       <c r="E31" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
         <v>15</v>
       </c>
       <c r="B32" t="s">
         <v>16</v>
       </c>
       <c r="C32" s="2">
-        <v>45973.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D32">
-        <v>19.24</v>
+        <v>19.54</v>
       </c>
       <c r="E32" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
         <v>15</v>
       </c>
       <c r="B33" t="s">
         <v>16</v>
       </c>
       <c r="C33" s="2">
-        <v>45974.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D33">
-        <v>19.23</v>
+        <v>19.55</v>
       </c>
       <c r="E33" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
         <v>15</v>
       </c>
       <c r="B34" t="s">
         <v>16</v>
       </c>
       <c r="C34" s="2">
-        <v>45975.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D34">
-        <v>19.22</v>
+        <v>19.55</v>
       </c>
       <c r="E34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
         <v>15</v>
       </c>
       <c r="B35" t="s">
         <v>16</v>
       </c>
       <c r="C35" s="2">
-        <v>45980.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D35">
-        <v>19.24</v>
+        <v>19.55</v>
       </c>
       <c r="E35" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
         <v>15</v>
       </c>
       <c r="B36" t="s">
         <v>16</v>
       </c>
       <c r="C36" s="2">
-        <v>45981.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D36">
-        <v>19.23</v>
+        <v>19.56</v>
       </c>
       <c r="E36" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
         <v>15</v>
       </c>
       <c r="B37" t="s">
         <v>16</v>
       </c>
       <c r="C37" s="2">
-        <v>45982.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D37">
-        <v>19.24</v>
+        <v>19.55</v>
       </c>
       <c r="E37" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
         <v>15</v>
       </c>
       <c r="B38" t="s">
         <v>16</v>
       </c>
       <c r="C38" s="2">
-        <v>45985.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D38">
-        <v>19.29</v>
+        <v>19.54</v>
       </c>
       <c r="E38" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
         <v>15</v>
       </c>
       <c r="B39" t="s">
         <v>16</v>
       </c>
       <c r="C39" s="2">
-        <v>45986.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D39">
-        <v>19.3</v>
+        <v>19.55</v>
       </c>
       <c r="E39" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
         <v>15</v>
       </c>
       <c r="B40" t="s">
         <v>16</v>
       </c>
       <c r="C40" s="2">
-        <v>45987.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D40">
-        <v>19.31</v>
+        <v>19.6</v>
       </c>
       <c r="E40" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
         <v>15</v>
       </c>
       <c r="B41" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="2">
-        <v>45988.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D41">
-        <v>19.31</v>
+        <v>19.6</v>
       </c>
       <c r="E41" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
         <v>15</v>
       </c>
       <c r="B42" t="s">
         <v>16</v>
       </c>
       <c r="C42" s="2">
-        <v>45989.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D42">
-        <v>19.32</v>
+        <v>19.63</v>
       </c>
       <c r="E42" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C43" s="2">
-        <v>45964.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D43">
-        <v>12.16</v>
+        <v>19.64</v>
       </c>
       <c r="E43" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C44" s="2">
-        <v>45965.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D44">
-        <v>12.16</v>
+        <v>19.65</v>
       </c>
       <c r="E44" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C45" s="2">
-        <v>45966.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D45">
-        <v>12.13</v>
+        <v>19.66</v>
       </c>
       <c r="E45" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C46" s="2">
-        <v>45967.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D46">
-        <v>12.13</v>
+        <v>19.69</v>
       </c>
       <c r="E46" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
         <v>17</v>
       </c>
       <c r="B47" t="s">
         <v>18</v>
       </c>
       <c r="C47" s="2">
-        <v>45968.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D47">
-        <v>12.11</v>
+        <v>12.19</v>
       </c>
       <c r="E47" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
         <v>17</v>
       </c>
       <c r="B48" t="s">
         <v>18</v>
       </c>
       <c r="C48" s="2">
-        <v>45969.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D48">
-        <v>12.11</v>
+        <v>12.23</v>
       </c>
       <c r="E48" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
         <v>17</v>
       </c>
       <c r="B49" t="s">
         <v>18</v>
       </c>
       <c r="C49" s="2">
-        <v>45971.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D49">
-        <v>12.09</v>
+        <v>12.27</v>
       </c>
       <c r="E49" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
         <v>17</v>
       </c>
       <c r="B50" t="s">
         <v>18</v>
       </c>
       <c r="C50" s="2">
-        <v>45972.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D50">
-        <v>12.15</v>
+        <v>12.27</v>
       </c>
       <c r="E50" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
         <v>17</v>
       </c>
       <c r="B51" t="s">
         <v>18</v>
       </c>
       <c r="C51" s="2">
-        <v>45973.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D51">
-        <v>12.16</v>
+        <v>12.25</v>
       </c>
       <c r="E51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
         <v>17</v>
       </c>
       <c r="B52" t="s">
         <v>18</v>
       </c>
       <c r="C52" s="2">
-        <v>45974.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D52">
-        <v>12.17</v>
+        <v>12.28</v>
       </c>
       <c r="E52" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
         <v>17</v>
       </c>
       <c r="B53" t="s">
         <v>18</v>
       </c>
       <c r="C53" s="2">
-        <v>45975.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D53">
-        <v>12.11</v>
+        <v>12.29</v>
       </c>
       <c r="E53" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
         <v>17</v>
       </c>
       <c r="B54" t="s">
         <v>18</v>
       </c>
       <c r="C54" s="2">
-        <v>45980.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D54">
-        <v>12.04</v>
+        <v>12.3</v>
       </c>
       <c r="E54" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
         <v>17</v>
       </c>
       <c r="B55" t="s">
         <v>18</v>
       </c>
       <c r="C55" s="2">
-        <v>45981.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D55">
-        <v>12.04</v>
+        <v>12.3</v>
       </c>
       <c r="E55" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
         <v>17</v>
       </c>
       <c r="B56" t="s">
         <v>18</v>
       </c>
       <c r="C56" s="2">
-        <v>45982.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D56">
-        <v>12.03</v>
+        <v>12.33</v>
       </c>
       <c r="E56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
         <v>17</v>
       </c>
       <c r="B57" t="s">
         <v>18</v>
       </c>
       <c r="C57" s="2">
-        <v>45985.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D57">
-        <v>12.04</v>
+        <v>12.33</v>
       </c>
       <c r="E57" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
         <v>17</v>
       </c>
       <c r="B58" t="s">
         <v>18</v>
       </c>
       <c r="C58" s="2">
-        <v>45986.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D58">
-        <v>12.08</v>
+        <v>12.32</v>
       </c>
       <c r="E58" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
         <v>17</v>
       </c>
       <c r="B59" t="s">
         <v>18</v>
       </c>
       <c r="C59" s="2">
-        <v>45987.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D59">
-        <v>12.11</v>
+        <v>12.3</v>
       </c>
       <c r="E59" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
         <v>17</v>
       </c>
       <c r="B60" t="s">
         <v>18</v>
       </c>
       <c r="C60" s="2">
-        <v>45988.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D60">
-        <v>12.15</v>
+        <v>12.21</v>
       </c>
       <c r="E60" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
         <v>17</v>
       </c>
       <c r="B61" t="s">
         <v>18</v>
       </c>
       <c r="C61" s="2">
-        <v>45989.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D61">
-        <v>12.15</v>
+        <v>12.25</v>
       </c>
       <c r="E61" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B62" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C62" s="2">
-        <v>45964.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D62">
-        <v>13.13</v>
+        <v>12.28</v>
       </c>
       <c r="E62" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B63" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C63" s="2">
-        <v>45965.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D63">
-        <v>13.12</v>
+        <v>12.28</v>
       </c>
       <c r="E63" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B64" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C64" s="2">
-        <v>45966.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D64">
-        <v>13.08</v>
+        <v>12.29</v>
       </c>
       <c r="E64" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B65" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C65" s="2">
-        <v>45967.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D65">
-        <v>13.05</v>
+        <v>12.3</v>
       </c>
       <c r="E65" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B66" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C66" s="2">
-        <v>45968.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D66">
-        <v>13.0</v>
+        <v>12.3</v>
       </c>
       <c r="E66" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B67" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C67" s="2">
-        <v>45969.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D67">
-        <v>12.98</v>
+        <v>12.31</v>
       </c>
       <c r="E67" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
         <v>19</v>
       </c>
       <c r="B68" t="s">
         <v>20</v>
       </c>
       <c r="C68" s="2">
-        <v>45971.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D68">
-        <v>12.97</v>
+        <v>13.07</v>
       </c>
       <c r="E68" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
         <v>19</v>
       </c>
       <c r="B69" t="s">
         <v>20</v>
       </c>
       <c r="C69" s="2">
-        <v>45972.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D69">
-        <v>13.06</v>
+        <v>13.16</v>
       </c>
       <c r="E69" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
         <v>19</v>
       </c>
       <c r="B70" t="s">
         <v>20</v>
       </c>
       <c r="C70" s="2">
-        <v>45973.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D70">
-        <v>13.07</v>
+        <v>13.22</v>
       </c>
       <c r="E70" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
         <v>19</v>
       </c>
       <c r="B71" t="s">
         <v>20</v>
       </c>
       <c r="C71" s="2">
-        <v>45974.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D71">
-        <v>13.08</v>
+        <v>13.22</v>
       </c>
       <c r="E71" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
         <v>19</v>
       </c>
       <c r="B72" t="s">
         <v>20</v>
       </c>
       <c r="C72" s="2">
-        <v>45975.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D72">
-        <v>13.0</v>
+        <v>13.19</v>
       </c>
       <c r="E72" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
         <v>19</v>
       </c>
       <c r="B73" t="s">
         <v>20</v>
       </c>
       <c r="C73" s="2">
-        <v>45980.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D73">
-        <v>12.88</v>
+        <v>13.24</v>
       </c>
       <c r="E73" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
         <v>19</v>
       </c>
       <c r="B74" t="s">
         <v>20</v>
       </c>
       <c r="C74" s="2">
-        <v>45981.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D74">
-        <v>12.86</v>
+        <v>13.25</v>
       </c>
       <c r="E74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
         <v>19</v>
       </c>
       <c r="B75" t="s">
         <v>20</v>
       </c>
       <c r="C75" s="2">
-        <v>45982.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D75">
-        <v>12.85</v>
+        <v>13.27</v>
       </c>
       <c r="E75" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
         <v>19</v>
       </c>
       <c r="B76" t="s">
         <v>20</v>
       </c>
       <c r="C76" s="2">
-        <v>45985.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D76">
-        <v>12.85</v>
+        <v>13.26</v>
       </c>
       <c r="E76" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
         <v>19</v>
       </c>
       <c r="B77" t="s">
         <v>20</v>
       </c>
       <c r="C77" s="2">
-        <v>45986.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D77">
-        <v>12.9</v>
+        <v>13.33</v>
       </c>
       <c r="E77" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
         <v>19</v>
       </c>
       <c r="B78" t="s">
         <v>20</v>
       </c>
       <c r="C78" s="2">
-        <v>45987.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D78">
-        <v>12.97</v>
+        <v>13.33</v>
       </c>
       <c r="E78" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
         <v>19</v>
       </c>
       <c r="B79" t="s">
         <v>20</v>
       </c>
       <c r="C79" s="2">
-        <v>45988.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D79">
-        <v>13.04</v>
+        <v>13.31</v>
       </c>
       <c r="E79" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
         <v>19</v>
       </c>
       <c r="B80" t="s">
         <v>20</v>
       </c>
       <c r="C80" s="2">
-        <v>45989.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D80">
-        <v>13.05</v>
+        <v>13.28</v>
       </c>
       <c r="E80" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B81" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C81" s="2">
-        <v>45964.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D81">
-        <v>56.21</v>
+        <v>13.15</v>
       </c>
       <c r="E81" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B82" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C82" s="2">
-        <v>45965.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D82">
-        <v>55.93</v>
+        <v>13.19</v>
       </c>
       <c r="E82" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B83" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C83" s="2">
-        <v>45966.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D83">
-        <v>55.91</v>
+        <v>13.24</v>
       </c>
       <c r="E83" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B84" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C84" s="2">
-        <v>45967.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D84">
-        <v>55.41</v>
+        <v>13.22</v>
       </c>
       <c r="E84" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B85" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C85" s="2">
-        <v>45968.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D85">
-        <v>54.86</v>
+        <v>13.23</v>
       </c>
       <c r="E85" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B86" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C86" s="2">
-        <v>45969.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D86">
-        <v>54.86</v>
+        <v>13.25</v>
       </c>
       <c r="E86" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B87" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C87" s="2">
-        <v>45971.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D87">
-        <v>55.91</v>
+        <v>13.24</v>
       </c>
       <c r="E87" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B88" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C88" s="2">
-        <v>45972.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D88">
-        <v>56.12</v>
+        <v>13.24</v>
       </c>
       <c r="E88" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
         <v>21</v>
       </c>
       <c r="B89" t="s">
         <v>22</v>
       </c>
       <c r="C89" s="2">
-        <v>45973.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D89">
-        <v>56.58</v>
+        <v>59.12</v>
       </c>
       <c r="E89" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
         <v>21</v>
       </c>
       <c r="B90" t="s">
         <v>22</v>
       </c>
       <c r="C90" s="2">
-        <v>45974.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D90">
-        <v>56.21</v>
+        <v>59.36</v>
       </c>
       <c r="E90" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
         <v>21</v>
       </c>
       <c r="B91" t="s">
         <v>22</v>
       </c>
       <c r="C91" s="2">
-        <v>45975.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D91">
-        <v>55.41</v>
+        <v>59.85</v>
       </c>
       <c r="E91" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
         <v>21</v>
       </c>
       <c r="B92" t="s">
         <v>22</v>
       </c>
       <c r="C92" s="2">
-        <v>45980.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D92">
-        <v>54.12</v>
+        <v>59.42</v>
       </c>
       <c r="E92" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
         <v>21</v>
       </c>
       <c r="B93" t="s">
         <v>22</v>
       </c>
       <c r="C93" s="2">
-        <v>45981.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D93">
-        <v>54.57</v>
+        <v>59.79</v>
       </c>
       <c r="E93" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
         <v>21</v>
       </c>
       <c r="B94" t="s">
         <v>22</v>
       </c>
       <c r="C94" s="2">
-        <v>45982.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D94">
-        <v>53.94</v>
+        <v>60.07</v>
       </c>
       <c r="E94" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
         <v>21</v>
       </c>
       <c r="B95" t="s">
         <v>22</v>
       </c>
       <c r="C95" s="2">
-        <v>45985.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D95">
-        <v>54.04</v>
+        <v>60.03</v>
       </c>
       <c r="E95" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
         <v>21</v>
       </c>
       <c r="B96" t="s">
         <v>22</v>
       </c>
       <c r="C96" s="2">
-        <v>45986.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D96">
-        <v>54.7</v>
+        <v>60.06</v>
       </c>
       <c r="E96" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
         <v>21</v>
       </c>
       <c r="B97" t="s">
         <v>22</v>
       </c>
       <c r="C97" s="2">
-        <v>45987.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D97">
-        <v>55.57</v>
+        <v>60.93</v>
       </c>
       <c r="E97" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
         <v>21</v>
       </c>
       <c r="B98" t="s">
         <v>22</v>
       </c>
       <c r="C98" s="2">
-        <v>45988.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D98">
-        <v>55.98</v>
+        <v>61.3</v>
       </c>
       <c r="E98" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
         <v>21</v>
       </c>
       <c r="B99" t="s">
         <v>22</v>
       </c>
       <c r="C99" s="2">
-        <v>45989.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D99">
-        <v>56.13</v>
+        <v>61.29</v>
       </c>
       <c r="E99" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B100" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C100" s="2">
-        <v>45964.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D100">
-        <v>11.28</v>
+        <v>60.59</v>
       </c>
       <c r="E100" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B101" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C101" s="2">
-        <v>45965.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D101">
-        <v>11.27</v>
+        <v>60.14</v>
       </c>
       <c r="E101" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B102" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C102" s="2">
-        <v>45966.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D102">
-        <v>11.28</v>
+        <v>59.95</v>
       </c>
       <c r="E102" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B103" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C103" s="2">
-        <v>45967.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D103">
-        <v>11.28</v>
+        <v>60.77</v>
       </c>
       <c r="E103" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B104" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C104" s="2">
-        <v>45968.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D104">
-        <v>11.27</v>
+        <v>60.64</v>
       </c>
       <c r="E104" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B105" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C105" s="2">
-        <v>45969.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D105">
-        <v>11.27</v>
+        <v>60.88</v>
       </c>
       <c r="E105" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B106" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C106" s="2">
-        <v>45971.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D106">
-        <v>11.29</v>
+        <v>61.45</v>
       </c>
       <c r="E106" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B107" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C107" s="2">
-        <v>45972.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D107">
-        <v>11.29</v>
+        <v>60.89</v>
       </c>
       <c r="E107" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B108" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C108" s="2">
-        <v>45973.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D108">
-        <v>11.3</v>
+        <v>60.81</v>
       </c>
       <c r="E108" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B109" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C109" s="2">
-        <v>45974.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D109">
-        <v>11.29</v>
+        <v>61.11</v>
       </c>
       <c r="E109" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
         <v>23</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" s="2">
-        <v>45975.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D110">
-        <v>11.27</v>
+        <v>11.31</v>
       </c>
       <c r="E110" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
         <v>23</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" s="2">
-        <v>45980.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D111">
-        <v>11.26</v>
+        <v>11.32</v>
       </c>
       <c r="E111" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
         <v>23</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" s="2">
-        <v>45981.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D112">
-        <v>11.28</v>
+        <v>11.34</v>
       </c>
       <c r="E112" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
         <v>23</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" s="2">
-        <v>45982.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D113">
-        <v>11.26</v>
+        <v>11.34</v>
       </c>
       <c r="E113" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
         <v>23</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" s="2">
-        <v>45985.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D114">
-        <v>11.27</v>
+        <v>11.35</v>
       </c>
       <c r="E114" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
         <v>23</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" s="2">
-        <v>45986.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D115">
-        <v>11.27</v>
+        <v>11.36</v>
       </c>
       <c r="E115" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
         <v>23</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" s="2">
-        <v>45987.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D116">
-        <v>11.28</v>
+        <v>11.37</v>
       </c>
       <c r="E116" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
         <v>23</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" s="2">
-        <v>45988.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D117">
-        <v>11.29</v>
+        <v>11.39</v>
       </c>
       <c r="E117" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
         <v>23</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" s="2">
-        <v>45989.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D118">
-        <v>11.28</v>
+        <v>11.41</v>
       </c>
       <c r="E118" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B119" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C119" s="2">
-        <v>45964.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D119">
-        <v>11.81</v>
+        <v>11.41</v>
       </c>
       <c r="E119" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B120" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C120" s="2">
-        <v>45965.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D120">
-        <v>11.8</v>
+        <v>11.41</v>
       </c>
       <c r="E120" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B121" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C121" s="2">
-        <v>45966.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D121">
-        <v>11.81</v>
+        <v>11.4</v>
       </c>
       <c r="E121" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B122" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C122" s="2">
-        <v>45967.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D122">
-        <v>11.81</v>
+        <v>11.38</v>
       </c>
       <c r="E122" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B123" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C123" s="2">
-        <v>45968.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D123">
-        <v>11.8</v>
+        <v>11.39</v>
       </c>
       <c r="E123" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B124" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C124" s="2">
-        <v>45969.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D124">
-        <v>11.8</v>
+        <v>11.4</v>
       </c>
       <c r="E124" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B125" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C125" s="2">
-        <v>45971.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D125">
-        <v>11.82</v>
+        <v>11.42</v>
       </c>
       <c r="E125" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B126" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C126" s="2">
-        <v>45972.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D126">
-        <v>11.82</v>
+        <v>11.43</v>
       </c>
       <c r="E126" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B127" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C127" s="2">
-        <v>45973.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D127">
-        <v>11.83</v>
+        <v>11.44</v>
       </c>
       <c r="E127" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B128" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C128" s="2">
-        <v>45974.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D128">
-        <v>11.83</v>
+        <v>11.44</v>
       </c>
       <c r="E128" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B129" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C129" s="2">
-        <v>45975.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D129">
-        <v>11.81</v>
+        <v>11.44</v>
       </c>
       <c r="E129" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B130" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C130" s="2">
-        <v>45980.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D130">
-        <v>11.8</v>
+        <v>11.46</v>
       </c>
       <c r="E130" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
         <v>25</v>
       </c>
       <c r="B131" t="s">
         <v>26</v>
       </c>
       <c r="C131" s="2">
-        <v>45981.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D131">
-        <v>11.82</v>
+        <v>11.89</v>
       </c>
       <c r="E131" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
         <v>25</v>
       </c>
       <c r="B132" t="s">
         <v>26</v>
       </c>
       <c r="C132" s="2">
-        <v>45982.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D132">
-        <v>11.8</v>
+        <v>11.89</v>
       </c>
       <c r="E132" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
         <v>25</v>
       </c>
       <c r="B133" t="s">
         <v>26</v>
       </c>
       <c r="C133" s="2">
-        <v>45985.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D133">
-        <v>11.81</v>
+        <v>11.92</v>
       </c>
       <c r="E133" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
         <v>25</v>
       </c>
       <c r="B134" t="s">
         <v>26</v>
       </c>
       <c r="C134" s="2">
-        <v>45986.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D134">
-        <v>11.82</v>
+        <v>11.92</v>
       </c>
       <c r="E134" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
         <v>25</v>
       </c>
       <c r="B135" t="s">
         <v>26</v>
       </c>
       <c r="C135" s="2">
-        <v>45987.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D135">
-        <v>11.82</v>
+        <v>11.93</v>
       </c>
       <c r="E135" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
         <v>25</v>
       </c>
       <c r="B136" t="s">
         <v>26</v>
       </c>
       <c r="C136" s="2">
-        <v>45988.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D136">
-        <v>11.83</v>
+        <v>11.94</v>
       </c>
       <c r="E136" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
         <v>25</v>
       </c>
       <c r="B137" t="s">
         <v>26</v>
       </c>
       <c r="C137" s="2">
-        <v>45989.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D137">
-        <v>11.82</v>
+        <v>11.95</v>
       </c>
       <c r="E137" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B138" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C138" s="2">
-        <v>45964.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D138">
-        <v>13.25</v>
+        <v>11.97</v>
       </c>
       <c r="E138" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B139" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C139" s="2">
-        <v>45965.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D139">
-        <v>13.22</v>
+        <v>11.99</v>
       </c>
       <c r="E139" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B140" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C140" s="2">
-        <v>45966.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D140">
-        <v>13.17</v>
+        <v>12.0</v>
       </c>
       <c r="E140" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B141" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C141" s="2">
-        <v>45967.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D141">
-        <v>13.14</v>
+        <v>12.0</v>
       </c>
       <c r="E141" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B142" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C142" s="2">
-        <v>45968.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D142">
-        <v>13.11</v>
+        <v>11.99</v>
       </c>
       <c r="E142" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B143" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C143" s="2">
-        <v>45969.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D143">
-        <v>13.1</v>
+        <v>11.97</v>
       </c>
       <c r="E143" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B144" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C144" s="2">
-        <v>45971.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D144">
-        <v>13.11</v>
+        <v>11.98</v>
       </c>
       <c r="E144" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B145" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C145" s="2">
-        <v>45972.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D145">
-        <v>13.19</v>
+        <v>11.99</v>
       </c>
       <c r="E145" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B146" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C146" s="2">
-        <v>45973.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D146">
-        <v>13.21</v>
+        <v>12.01</v>
       </c>
       <c r="E146" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B147" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C147" s="2">
-        <v>45974.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D147">
-        <v>13.21</v>
+        <v>12.03</v>
       </c>
       <c r="E147" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B148" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C148" s="2">
-        <v>45975.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D148">
-        <v>13.15</v>
+        <v>12.03</v>
       </c>
       <c r="E148" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B149" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C149" s="2">
-        <v>45980.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D149">
-        <v>12.99</v>
+        <v>12.04</v>
       </c>
       <c r="E149" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B150" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C150" s="2">
-        <v>45981.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D150">
-        <v>12.98</v>
+        <v>12.04</v>
       </c>
       <c r="E150" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B151" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C151" s="2">
-        <v>45982.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D151">
-        <v>12.94</v>
+        <v>12.06</v>
       </c>
       <c r="E151" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
         <v>27</v>
       </c>
       <c r="B152" t="s">
         <v>28</v>
       </c>
       <c r="C152" s="2">
-        <v>45985.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D152">
-        <v>12.98</v>
+        <v>13.28</v>
       </c>
       <c r="E152" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
         <v>27</v>
       </c>
       <c r="B153" t="s">
         <v>28</v>
       </c>
       <c r="C153" s="2">
-        <v>45986.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D153">
-        <v>13.03</v>
+        <v>13.35</v>
       </c>
       <c r="E153" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
         <v>27</v>
       </c>
       <c r="B154" t="s">
         <v>28</v>
       </c>
       <c r="C154" s="2">
-        <v>45987.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D154">
-        <v>13.11</v>
+        <v>13.41</v>
       </c>
       <c r="E154" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
         <v>27</v>
       </c>
       <c r="B155" t="s">
         <v>28</v>
       </c>
       <c r="C155" s="2">
-        <v>45988.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D155">
-        <v>13.17</v>
+        <v>13.39</v>
       </c>
       <c r="E155" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
         <v>27</v>
       </c>
       <c r="B156" t="s">
         <v>28</v>
       </c>
       <c r="C156" s="2">
-        <v>45989.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D156">
-        <v>13.18</v>
+        <v>13.37</v>
       </c>
       <c r="E156" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B157" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C157" s="2">
-        <v>45964.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D157">
-        <v>15.72</v>
+        <v>13.42</v>
       </c>
       <c r="E157" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B158" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C158" s="2">
-        <v>45965.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D158">
-        <v>15.53</v>
+        <v>13.43</v>
       </c>
       <c r="E158" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B159" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C159" s="2">
-        <v>45966.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D159">
-        <v>15.65</v>
+        <v>13.43</v>
       </c>
       <c r="E159" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B160" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C160" s="2">
-        <v>45967.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D160">
-        <v>15.48</v>
+        <v>13.43</v>
       </c>
       <c r="E160" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B161" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C161" s="2">
-        <v>45968.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D161">
-        <v>15.42</v>
+        <v>13.46</v>
       </c>
       <c r="E161" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B162" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C162" s="2">
-        <v>45969.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D162">
-        <v>15.42</v>
+        <v>13.46</v>
       </c>
       <c r="E162" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B163" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C163" s="2">
-        <v>45971.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D163">
-        <v>15.71</v>
+        <v>13.44</v>
       </c>
       <c r="E163" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B164" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C164" s="2">
-        <v>45972.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D164">
-        <v>15.67</v>
+        <v>13.44</v>
       </c>
       <c r="E164" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B165" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C165" s="2">
-        <v>45973.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D165">
-        <v>15.66</v>
+        <v>13.33</v>
       </c>
       <c r="E165" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B166" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C166" s="2">
-        <v>45974.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D166">
-        <v>15.35</v>
+        <v>13.38</v>
       </c>
       <c r="E166" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B167" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C167" s="2">
-        <v>45975.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D167">
-        <v>15.33</v>
+        <v>13.43</v>
       </c>
       <c r="E167" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B168" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C168" s="2">
-        <v>45980.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D168">
-        <v>15.08</v>
+        <v>13.44</v>
       </c>
       <c r="E168" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B169" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C169" s="2">
-        <v>45981.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D169">
-        <v>14.9</v>
+        <v>13.48</v>
       </c>
       <c r="E169" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B170" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C170" s="2">
-        <v>45982.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D170">
-        <v>15.06</v>
+        <v>13.53</v>
       </c>
       <c r="E170" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B171" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C171" s="2">
-        <v>45985.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D171">
-        <v>15.23</v>
+        <v>13.51</v>
       </c>
       <c r="E171" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B172" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C172" s="2">
-        <v>45986.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D172">
-        <v>15.37</v>
+        <v>13.51</v>
       </c>
       <c r="E172" t="s">
-        <v>7</v>
+        <v>14</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
         <v>29</v>
       </c>
       <c r="B173" t="s">
         <v>30</v>
       </c>
       <c r="C173" s="2">
-        <v>45987.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D173">
-        <v>15.58</v>
+        <v>16.0</v>
       </c>
       <c r="E173" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
         <v>29</v>
       </c>
       <c r="B174" t="s">
         <v>30</v>
       </c>
       <c r="C174" s="2">
-        <v>45988.0</v>
+        <v>46028.0</v>
       </c>
       <c r="D174">
-        <v>15.54</v>
+        <v>16.18</v>
       </c>
       <c r="E174" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
         <v>29</v>
       </c>
       <c r="B175" t="s">
         <v>30</v>
       </c>
       <c r="C175" s="2">
-        <v>45989.0</v>
+        <v>46029.0</v>
       </c>
       <c r="D175">
-        <v>15.63</v>
+        <v>16.09</v>
       </c>
       <c r="E175" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B176" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C176" s="2">
-        <v>45964.0</v>
+        <v>46030.0</v>
       </c>
       <c r="D176">
-        <v>17.46</v>
+        <v>15.95</v>
       </c>
       <c r="E176" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B177" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C177" s="2">
-        <v>45965.0</v>
+        <v>46031.0</v>
       </c>
       <c r="D177">
-        <v>17.26</v>
+        <v>16.17</v>
       </c>
       <c r="E177" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B178" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C178" s="2">
-        <v>45966.0</v>
+        <v>46034.0</v>
       </c>
       <c r="D178">
-        <v>17.39</v>
+        <v>16.23</v>
       </c>
       <c r="E178" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B179" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C179" s="2">
-        <v>45967.0</v>
+        <v>46035.0</v>
       </c>
       <c r="D179">
-        <v>17.2</v>
+        <v>16.24</v>
       </c>
       <c r="E179" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B180" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C180" s="2">
-        <v>45968.0</v>
+        <v>46036.0</v>
       </c>
       <c r="D180">
-        <v>17.14</v>
+        <v>15.99</v>
       </c>
       <c r="E180" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B181" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C181" s="2">
-        <v>45969.0</v>
+        <v>46037.0</v>
       </c>
       <c r="D181">
-        <v>17.14</v>
+        <v>16.33</v>
       </c>
       <c r="E181" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B182" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C182" s="2">
-        <v>45971.0</v>
+        <v>46038.0</v>
       </c>
       <c r="D182">
-        <v>17.47</v>
+        <v>16.31</v>
       </c>
       <c r="E182" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B183" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C183" s="2">
-        <v>45972.0</v>
+        <v>46039.0</v>
       </c>
       <c r="D183">
-        <v>17.41</v>
+        <v>16.3</v>
       </c>
       <c r="E183" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B184" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C184" s="2">
-        <v>45973.0</v>
+        <v>46041.0</v>
       </c>
       <c r="D184">
-        <v>17.41</v>
+        <v>16.29</v>
       </c>
       <c r="E184" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B185" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C185" s="2">
-        <v>45974.0</v>
+        <v>46042.0</v>
       </c>
       <c r="D185">
-        <v>17.08</v>
+        <v>15.87</v>
       </c>
       <c r="E185" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B186" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C186" s="2">
-        <v>45975.0</v>
+        <v>46043.0</v>
       </c>
       <c r="D186">
-        <v>17.05</v>
+        <v>16.04</v>
       </c>
       <c r="E186" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B187" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C187" s="2">
-        <v>45980.0</v>
+        <v>46044.0</v>
       </c>
       <c r="D187">
-        <v>16.78</v>
+        <v>16.09</v>
       </c>
       <c r="E187" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B188" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C188" s="2">
-        <v>45981.0</v>
+        <v>46045.0</v>
       </c>
       <c r="D188">
-        <v>16.58</v>
+        <v>15.99</v>
       </c>
       <c r="E188" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B189" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C189" s="2">
-        <v>45982.0</v>
+        <v>46048.0</v>
       </c>
       <c r="D189">
-        <v>16.76</v>
+        <v>16.16</v>
       </c>
       <c r="E189" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B190" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C190" s="2">
-        <v>45985.0</v>
+        <v>46049.0</v>
       </c>
       <c r="D190">
-        <v>16.94</v>
+        <v>16.25</v>
       </c>
       <c r="E190" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B191" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C191" s="2">
-        <v>45986.0</v>
+        <v>46050.0</v>
       </c>
       <c r="D191">
-        <v>17.09</v>
+        <v>16.23</v>
       </c>
       <c r="E191" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B192" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C192" s="2">
-        <v>45987.0</v>
+        <v>46051.0</v>
       </c>
       <c r="D192">
-        <v>17.33</v>
+        <v>16.25</v>
       </c>
       <c r="E192" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B193" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="C193" s="2">
-        <v>45988.0</v>
+        <v>46052.0</v>
       </c>
       <c r="D193">
-        <v>17.29</v>
+        <v>16.08</v>
       </c>
       <c r="E193" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
         <v>31</v>
       </c>
       <c r="B194" t="s">
         <v>32</v>
       </c>
       <c r="C194" s="2">
-        <v>45989.0</v>
+        <v>46027.0</v>
       </c>
       <c r="D194">
-        <v>17.39</v>
+        <v>17.85</v>
       </c>
       <c r="E194" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5">
+      <c r="A195" t="s">
+        <v>31</v>
+      </c>
+      <c r="B195" t="s">
+        <v>32</v>
+      </c>
+      <c r="C195" s="2">
+        <v>46028.0</v>
+      </c>
+      <c r="D195">
+        <v>18.05</v>
+      </c>
+      <c r="E195" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5">
+      <c r="A196" t="s">
+        <v>31</v>
+      </c>
+      <c r="B196" t="s">
+        <v>32</v>
+      </c>
+      <c r="C196" s="2">
+        <v>46029.0</v>
+      </c>
+      <c r="D196">
+        <v>17.95</v>
+      </c>
+      <c r="E196" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5">
+      <c r="A197" t="s">
+        <v>31</v>
+      </c>
+      <c r="B197" t="s">
+        <v>32</v>
+      </c>
+      <c r="C197" s="2">
+        <v>46030.0</v>
+      </c>
+      <c r="D197">
+        <v>17.8</v>
+      </c>
+      <c r="E197" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="198" spans="1:5">
+      <c r="A198" t="s">
+        <v>31</v>
+      </c>
+      <c r="B198" t="s">
+        <v>32</v>
+      </c>
+      <c r="C198" s="2">
+        <v>46031.0</v>
+      </c>
+      <c r="D198">
+        <v>18.05</v>
+      </c>
+      <c r="E198" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5">
+      <c r="A199" t="s">
+        <v>31</v>
+      </c>
+      <c r="B199" t="s">
+        <v>32</v>
+      </c>
+      <c r="C199" s="2">
+        <v>46034.0</v>
+      </c>
+      <c r="D199">
+        <v>18.12</v>
+      </c>
+      <c r="E199" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5">
+      <c r="A200" t="s">
+        <v>31</v>
+      </c>
+      <c r="B200" t="s">
+        <v>32</v>
+      </c>
+      <c r="C200" s="2">
+        <v>46035.0</v>
+      </c>
+      <c r="D200">
+        <v>18.13</v>
+      </c>
+      <c r="E200" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5">
+      <c r="A201" t="s">
+        <v>31</v>
+      </c>
+      <c r="B201" t="s">
+        <v>32</v>
+      </c>
+      <c r="C201" s="2">
+        <v>46036.0</v>
+      </c>
+      <c r="D201">
+        <v>17.84</v>
+      </c>
+      <c r="E201" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5">
+      <c r="A202" t="s">
+        <v>31</v>
+      </c>
+      <c r="B202" t="s">
+        <v>32</v>
+      </c>
+      <c r="C202" s="2">
+        <v>46037.0</v>
+      </c>
+      <c r="D202">
+        <v>18.22</v>
+      </c>
+      <c r="E202" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5">
+      <c r="A203" t="s">
+        <v>31</v>
+      </c>
+      <c r="B203" t="s">
+        <v>32</v>
+      </c>
+      <c r="C203" s="2">
+        <v>46038.0</v>
+      </c>
+      <c r="D203">
+        <v>18.2</v>
+      </c>
+      <c r="E203" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5">
+      <c r="A204" t="s">
+        <v>31</v>
+      </c>
+      <c r="B204" t="s">
+        <v>32</v>
+      </c>
+      <c r="C204" s="2">
+        <v>46039.0</v>
+      </c>
+      <c r="D204">
+        <v>18.2</v>
+      </c>
+      <c r="E204" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5">
+      <c r="A205" t="s">
+        <v>31</v>
+      </c>
+      <c r="B205" t="s">
+        <v>32</v>
+      </c>
+      <c r="C205" s="2">
+        <v>46041.0</v>
+      </c>
+      <c r="D205">
+        <v>18.19</v>
+      </c>
+      <c r="E205" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5">
+      <c r="A206" t="s">
+        <v>31</v>
+      </c>
+      <c r="B206" t="s">
+        <v>32</v>
+      </c>
+      <c r="C206" s="2">
+        <v>46042.0</v>
+      </c>
+      <c r="D206">
+        <v>17.72</v>
+      </c>
+      <c r="E206" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5">
+      <c r="A207" t="s">
+        <v>31</v>
+      </c>
+      <c r="B207" t="s">
+        <v>32</v>
+      </c>
+      <c r="C207" s="2">
+        <v>46043.0</v>
+      </c>
+      <c r="D207">
+        <v>17.91</v>
+      </c>
+      <c r="E207" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5">
+      <c r="A208" t="s">
+        <v>31</v>
+      </c>
+      <c r="B208" t="s">
+        <v>32</v>
+      </c>
+      <c r="C208" s="2">
+        <v>46044.0</v>
+      </c>
+      <c r="D208">
+        <v>17.98</v>
+      </c>
+      <c r="E208" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5">
+      <c r="A209" t="s">
+        <v>31</v>
+      </c>
+      <c r="B209" t="s">
+        <v>32</v>
+      </c>
+      <c r="C209" s="2">
+        <v>46045.0</v>
+      </c>
+      <c r="D209">
+        <v>17.86</v>
+      </c>
+      <c r="E209" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5">
+      <c r="A210" t="s">
+        <v>31</v>
+      </c>
+      <c r="B210" t="s">
+        <v>32</v>
+      </c>
+      <c r="C210" s="2">
+        <v>46048.0</v>
+      </c>
+      <c r="D210">
+        <v>18.05</v>
+      </c>
+      <c r="E210" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5">
+      <c r="A211" t="s">
+        <v>31</v>
+      </c>
+      <c r="B211" t="s">
+        <v>32</v>
+      </c>
+      <c r="C211" s="2">
+        <v>46049.0</v>
+      </c>
+      <c r="D211">
+        <v>18.16</v>
+      </c>
+      <c r="E211" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5">
+      <c r="A212" t="s">
+        <v>31</v>
+      </c>
+      <c r="B212" t="s">
+        <v>32</v>
+      </c>
+      <c r="C212" s="2">
+        <v>46050.0</v>
+      </c>
+      <c r="D212">
+        <v>18.14</v>
+      </c>
+      <c r="E212" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5">
+      <c r="A213" t="s">
+        <v>31</v>
+      </c>
+      <c r="B213" t="s">
+        <v>32</v>
+      </c>
+      <c r="C213" s="2">
+        <v>46051.0</v>
+      </c>
+      <c r="D213">
+        <v>18.17</v>
+      </c>
+      <c r="E213" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5">
+      <c r="A214" t="s">
+        <v>31</v>
+      </c>
+      <c r="B214" t="s">
+        <v>32</v>
+      </c>
+      <c r="C214" s="2">
+        <v>46052.0</v>
+      </c>
+      <c r="D214">
+        <v>17.97</v>
+      </c>
+      <c r="E214" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>