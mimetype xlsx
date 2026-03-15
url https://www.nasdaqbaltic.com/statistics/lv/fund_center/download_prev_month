--- v2 (2026-02-18)
+++ v3 (2026-03-15)
@@ -12,86 +12,74 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Nosaukums</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Datums</t>
   </si>
   <si>
     <t>NAV</t>
   </si>
   <si>
     <t>Valu.</t>
   </si>
   <si>
-    <t>EfTEN United Property Fund</t>
-[...13 lines deleted...]
-  <si>
     <t>Milvas BALTIC CORPORATE BOND FUND</t>
   </si>
   <si>
     <t>LTIF00000773</t>
+  </si>
+  <si>
+    <t>EUR</t>
   </si>
   <si>
     <t>CBL Eastern European Bond Fund R Acc USD</t>
   </si>
   <si>
     <t>LV0000400125</t>
   </si>
   <si>
     <t>USD</t>
   </si>
   <si>
     <t>CBL Eastern European Bond Fund R Acc EUR (hedged)</t>
   </si>
   <si>
     <t>LV0000400174</t>
   </si>
   <si>
     <t>CBL Prudent Opportunities Fund – EUR</t>
   </si>
   <si>
     <t>LV0000400372</t>
   </si>
   <si>
     <t>CBL Optimal Opportunities Fund – EUR</t>
   </si>
@@ -474,3701 +462,3497 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:E214"/>
+  <dimension ref="A1:E202"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="C214" sqref="C214"/>
+      <selection activeCell="C202" sqref="C202"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="67.126465" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="15.281982" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="12.854004" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="10.568848" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="6.998291" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="2">
-        <v>46053.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D2">
-        <v>11.85</v>
+        <v>122.4728</v>
       </c>
       <c r="E2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" s="2">
-        <v>46053.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D3">
-        <v>0.545</v>
+        <v>30.77</v>
       </c>
       <c r="E3" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="C4" s="2">
-        <v>46025.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D4">
-        <v>122.2687</v>
+        <v>30.77</v>
       </c>
       <c r="E4" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C5" s="2">
-        <v>46027.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D5">
-        <v>30.35</v>
+        <v>30.8</v>
       </c>
       <c r="E5" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C6" s="2">
-        <v>46028.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D6">
-        <v>30.37</v>
+        <v>30.82</v>
       </c>
       <c r="E6" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C7" s="2">
-        <v>46029.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D7">
-        <v>30.42</v>
+        <v>30.83</v>
       </c>
       <c r="E7" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C8" s="2">
-        <v>46030.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D8">
-        <v>30.42</v>
+        <v>30.87</v>
       </c>
       <c r="E8" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C9" s="2">
-        <v>46031.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D9">
-        <v>30.44</v>
+        <v>30.9</v>
       </c>
       <c r="E9" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C10" s="2">
-        <v>46034.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D10">
-        <v>30.47</v>
+        <v>30.91</v>
       </c>
       <c r="E10" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C11" s="2">
-        <v>46035.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D11">
-        <v>30.49</v>
+        <v>30.93</v>
       </c>
       <c r="E11" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B12" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C12" s="2">
-        <v>46036.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D12">
-        <v>30.49</v>
+        <v>30.96</v>
       </c>
       <c r="E12" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B13" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C13" s="2">
-        <v>46037.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D13">
-        <v>30.51</v>
+        <v>30.98</v>
       </c>
       <c r="E13" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C14" s="2">
-        <v>46038.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D14">
-        <v>30.51</v>
+        <v>30.99</v>
       </c>
       <c r="E14" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C15" s="2">
-        <v>46039.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D15">
-        <v>30.52</v>
+        <v>30.99</v>
       </c>
       <c r="E15" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C16" s="2">
-        <v>46041.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D16">
-        <v>30.5</v>
+        <v>30.99</v>
       </c>
       <c r="E16" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C17" s="2">
-        <v>46042.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D17">
-        <v>30.49</v>
+        <v>30.99</v>
       </c>
       <c r="E17" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C18" s="2">
-        <v>46043.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D18">
-        <v>30.52</v>
+        <v>31.02</v>
       </c>
       <c r="E18" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C19" s="2">
-        <v>46044.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D19">
-        <v>30.59</v>
+        <v>31.03</v>
       </c>
       <c r="E19" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C20" s="2">
-        <v>46045.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D20">
-        <v>30.6</v>
+        <v>31.04</v>
       </c>
       <c r="E20" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C21" s="2">
-        <v>46048.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D21">
-        <v>30.65</v>
+        <v>31.06</v>
       </c>
       <c r="E21" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="C22" s="2">
-        <v>46049.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D22">
-        <v>30.67</v>
+        <v>31.06</v>
       </c>
       <c r="E22" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
+        <v>11</v>
+      </c>
+      <c r="B23" t="s">
         <v>12</v>
       </c>
-      <c r="B23" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="2">
-        <v>46050.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D23">
-        <v>30.68</v>
+        <v>19.7</v>
       </c>
       <c r="E23" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
+        <v>11</v>
+      </c>
+      <c r="B24" t="s">
         <v>12</v>
       </c>
-      <c r="B24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C24" s="2">
-        <v>46051.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D24">
-        <v>30.71</v>
+        <v>19.7</v>
       </c>
       <c r="E24" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
+        <v>11</v>
+      </c>
+      <c r="B25" t="s">
         <v>12</v>
       </c>
-      <c r="B25" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="2">
-        <v>46052.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D25">
-        <v>30.75</v>
+        <v>19.71</v>
       </c>
       <c r="E25" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C26" s="2">
-        <v>46027.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D26">
-        <v>19.46</v>
+        <v>19.73</v>
       </c>
       <c r="E26" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:5">
       <c r="A27" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C27" s="2">
-        <v>46028.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D27">
-        <v>19.47</v>
+        <v>19.73</v>
       </c>
       <c r="E27" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:5">
       <c r="A28" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C28" s="2">
-        <v>46029.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D28">
-        <v>19.5</v>
+        <v>19.76</v>
       </c>
       <c r="E28" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:5">
       <c r="A29" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C29" s="2">
-        <v>46030.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D29">
-        <v>19.5</v>
+        <v>19.77</v>
       </c>
       <c r="E29" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:5">
       <c r="A30" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C30" s="2">
-        <v>46031.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D30">
-        <v>19.51</v>
+        <v>19.78</v>
       </c>
       <c r="E30" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C31" s="2">
-        <v>46034.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D31">
-        <v>19.53</v>
+        <v>19.79</v>
       </c>
       <c r="E31" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:5">
       <c r="A32" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C32" s="2">
-        <v>46035.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D32">
-        <v>19.54</v>
+        <v>19.8</v>
       </c>
       <c r="E32" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:5">
       <c r="A33" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B33" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C33" s="2">
-        <v>46036.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D33">
-        <v>19.55</v>
+        <v>19.82</v>
       </c>
       <c r="E33" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:5">
       <c r="A34" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B34" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C34" s="2">
-        <v>46037.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D34">
-        <v>19.55</v>
+        <v>19.82</v>
       </c>
       <c r="E34" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:5">
       <c r="A35" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B35" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C35" s="2">
-        <v>46038.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D35">
-        <v>19.55</v>
+        <v>19.82</v>
       </c>
       <c r="E35" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:5">
       <c r="A36" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B36" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C36" s="2">
-        <v>46039.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D36">
-        <v>19.56</v>
+        <v>19.82</v>
       </c>
       <c r="E36" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:5">
       <c r="A37" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B37" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C37" s="2">
-        <v>46041.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D37">
-        <v>19.55</v>
+        <v>19.82</v>
       </c>
       <c r="E37" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:5">
       <c r="A38" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B38" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C38" s="2">
-        <v>46042.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D38">
-        <v>19.54</v>
+        <v>19.84</v>
       </c>
       <c r="E38" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:5">
       <c r="A39" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B39" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C39" s="2">
-        <v>46043.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D39">
-        <v>19.55</v>
+        <v>19.84</v>
       </c>
       <c r="E39" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:5">
       <c r="A40" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B40" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C40" s="2">
-        <v>46044.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D40">
-        <v>19.6</v>
+        <v>19.85</v>
       </c>
       <c r="E40" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:5">
       <c r="A41" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B41" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C41" s="2">
-        <v>46045.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D41">
-        <v>19.6</v>
+        <v>19.86</v>
       </c>
       <c r="E41" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:5">
       <c r="A42" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B42" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="C42" s="2">
-        <v>46048.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D42">
-        <v>19.63</v>
+        <v>19.86</v>
       </c>
       <c r="E42" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:5">
       <c r="A43" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B43" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C43" s="2">
-        <v>46049.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D43">
-        <v>19.64</v>
+        <v>12.28</v>
       </c>
       <c r="E43" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:5">
       <c r="A44" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B44" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C44" s="2">
-        <v>46050.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D44">
-        <v>19.65</v>
+        <v>12.31</v>
       </c>
       <c r="E44" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:5">
       <c r="A45" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B45" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C45" s="2">
-        <v>46051.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D45">
-        <v>19.66</v>
+        <v>12.29</v>
       </c>
       <c r="E45" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:5">
       <c r="A46" t="s">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="B46" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="C46" s="2">
-        <v>46052.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D46">
-        <v>19.69</v>
+        <v>12.28</v>
       </c>
       <c r="E46" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:5">
       <c r="A47" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B47" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C47" s="2">
-        <v>46027.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D47">
-        <v>12.19</v>
+        <v>12.25</v>
       </c>
       <c r="E47" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:5">
       <c r="A48" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B48" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C48" s="2">
-        <v>46028.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D48">
-        <v>12.23</v>
+        <v>12.3</v>
       </c>
       <c r="E48" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:5">
       <c r="A49" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B49" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C49" s="2">
-        <v>46029.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D49">
-        <v>12.27</v>
+        <v>12.32</v>
       </c>
       <c r="E49" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:5">
       <c r="A50" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B50" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C50" s="2">
-        <v>46030.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D50">
-        <v>12.27</v>
+        <v>12.34</v>
       </c>
       <c r="E50" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:5">
       <c r="A51" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B51" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C51" s="2">
-        <v>46031.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D51">
-        <v>12.25</v>
+        <v>12.35</v>
       </c>
       <c r="E51" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:5">
       <c r="A52" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B52" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C52" s="2">
-        <v>46034.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D52">
-        <v>12.28</v>
+        <v>12.33</v>
       </c>
       <c r="E52" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:5">
       <c r="A53" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B53" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C53" s="2">
-        <v>46035.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D53">
-        <v>12.29</v>
+        <v>12.34</v>
       </c>
       <c r="E53" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:5">
       <c r="A54" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B54" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C54" s="2">
-        <v>46036.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D54">
-        <v>12.3</v>
+        <v>12.34</v>
       </c>
       <c r="E54" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:5">
       <c r="A55" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B55" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C55" s="2">
-        <v>46037.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D55">
-        <v>12.3</v>
+        <v>12.35</v>
       </c>
       <c r="E55" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:5">
       <c r="A56" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B56" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C56" s="2">
-        <v>46038.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D56">
-        <v>12.33</v>
+        <v>12.37</v>
       </c>
       <c r="E56" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:5">
       <c r="A57" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B57" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C57" s="2">
-        <v>46039.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D57">
-        <v>12.33</v>
+        <v>12.36</v>
       </c>
       <c r="E57" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="58" spans="1:5">
       <c r="A58" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B58" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C58" s="2">
-        <v>46041.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D58">
-        <v>12.32</v>
+        <v>12.39</v>
       </c>
       <c r="E58" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="59" spans="1:5">
       <c r="A59" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B59" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C59" s="2">
-        <v>46042.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D59">
-        <v>12.3</v>
+        <v>12.38</v>
       </c>
       <c r="E59" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="60" spans="1:5">
       <c r="A60" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B60" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C60" s="2">
-        <v>46043.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D60">
-        <v>12.21</v>
+        <v>12.4</v>
       </c>
       <c r="E60" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="61" spans="1:5">
       <c r="A61" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B61" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C61" s="2">
-        <v>46044.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D61">
-        <v>12.25</v>
+        <v>12.43</v>
       </c>
       <c r="E61" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="62" spans="1:5">
       <c r="A62" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B62" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="C62" s="2">
-        <v>46045.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D62">
-        <v>12.28</v>
+        <v>12.43</v>
       </c>
       <c r="E62" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="63" spans="1:5">
       <c r="A63" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B63" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C63" s="2">
-        <v>46048.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D63">
-        <v>12.28</v>
+        <v>13.23</v>
       </c>
       <c r="E63" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="64" spans="1:5">
       <c r="A64" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B64" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C64" s="2">
-        <v>46049.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D64">
-        <v>12.29</v>
+        <v>13.25</v>
       </c>
       <c r="E64" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="65" spans="1:5">
       <c r="A65" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B65" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C65" s="2">
-        <v>46050.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D65">
-        <v>12.3</v>
+        <v>13.23</v>
       </c>
       <c r="E65" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="66" spans="1:5">
       <c r="A66" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B66" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C66" s="2">
-        <v>46051.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D66">
-        <v>12.3</v>
+        <v>13.18</v>
       </c>
       <c r="E66" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="67" spans="1:5">
       <c r="A67" t="s">
-        <v>17</v>
+        <v>15</v>
       </c>
       <c r="B67" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="C67" s="2">
-        <v>46052.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D67">
-        <v>12.31</v>
+        <v>13.14</v>
       </c>
       <c r="E67" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="68" spans="1:5">
       <c r="A68" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B68" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C68" s="2">
-        <v>46027.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D68">
-        <v>13.07</v>
+        <v>13.23</v>
       </c>
       <c r="E68" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="69" spans="1:5">
       <c r="A69" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B69" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C69" s="2">
-        <v>46028.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D69">
-        <v>13.16</v>
+        <v>13.28</v>
       </c>
       <c r="E69" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="70" spans="1:5">
       <c r="A70" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B70" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C70" s="2">
-        <v>46029.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D70">
-        <v>13.22</v>
+        <v>13.3</v>
       </c>
       <c r="E70" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="71" spans="1:5">
       <c r="A71" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B71" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C71" s="2">
-        <v>46030.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D71">
-        <v>13.22</v>
+        <v>13.3</v>
       </c>
       <c r="E71" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="72" spans="1:5">
       <c r="A72" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B72" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C72" s="2">
-        <v>46031.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D72">
-        <v>13.19</v>
+        <v>13.25</v>
       </c>
       <c r="E72" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="73" spans="1:5">
       <c r="A73" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B73" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C73" s="2">
-        <v>46034.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D73">
         <v>13.24</v>
       </c>
       <c r="E73" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="74" spans="1:5">
       <c r="A74" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B74" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C74" s="2">
-        <v>46035.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D74">
-        <v>13.25</v>
+        <v>13.23</v>
       </c>
       <c r="E74" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="75" spans="1:5">
       <c r="A75" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B75" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C75" s="2">
-        <v>46036.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D75">
-        <v>13.27</v>
+        <v>13.26</v>
       </c>
       <c r="E75" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="76" spans="1:5">
       <c r="A76" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B76" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C76" s="2">
-        <v>46037.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D76">
-        <v>13.26</v>
+        <v>13.3</v>
       </c>
       <c r="E76" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="77" spans="1:5">
       <c r="A77" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B77" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C77" s="2">
-        <v>46038.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D77">
-        <v>13.33</v>
+        <v>13.3</v>
       </c>
       <c r="E77" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="78" spans="1:5">
       <c r="A78" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B78" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C78" s="2">
-        <v>46039.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D78">
         <v>13.33</v>
       </c>
       <c r="E78" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="79" spans="1:5">
       <c r="A79" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B79" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C79" s="2">
-        <v>46041.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D79">
         <v>13.31</v>
       </c>
       <c r="E79" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="80" spans="1:5">
       <c r="A80" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B80" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C80" s="2">
-        <v>46042.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D80">
-        <v>13.28</v>
+        <v>13.34</v>
       </c>
       <c r="E80" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="81" spans="1:5">
       <c r="A81" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B81" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C81" s="2">
-        <v>46043.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D81">
-        <v>13.15</v>
+        <v>13.39</v>
       </c>
       <c r="E81" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="82" spans="1:5">
       <c r="A82" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B82" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="C82" s="2">
-        <v>46044.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D82">
-        <v>13.19</v>
+        <v>13.38</v>
       </c>
       <c r="E82" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="83" spans="1:5">
       <c r="A83" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B83" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C83" s="2">
-        <v>46045.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D83">
-        <v>13.24</v>
+        <v>61.75</v>
       </c>
       <c r="E83" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="84" spans="1:5">
       <c r="A84" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B84" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C84" s="2">
-        <v>46048.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D84">
-        <v>13.22</v>
+        <v>62.11</v>
       </c>
       <c r="E84" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="85" spans="1:5">
       <c r="A85" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B85" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C85" s="2">
-        <v>46049.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D85">
-        <v>13.23</v>
+        <v>61.15</v>
       </c>
       <c r="E85" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="86" spans="1:5">
       <c r="A86" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B86" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C86" s="2">
-        <v>46050.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D86">
-        <v>13.25</v>
+        <v>60.26</v>
       </c>
       <c r="E86" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="87" spans="1:5">
       <c r="A87" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B87" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C87" s="2">
-        <v>46051.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D87">
-        <v>13.24</v>
+        <v>61.42</v>
       </c>
       <c r="E87" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="88" spans="1:5">
       <c r="A88" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B88" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C88" s="2">
-        <v>46052.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D88">
-        <v>13.24</v>
+        <v>62.48</v>
       </c>
       <c r="E88" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="89" spans="1:5">
       <c r="A89" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B89" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C89" s="2">
-        <v>46027.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D89">
-        <v>59.12</v>
+        <v>61.7</v>
       </c>
       <c r="E89" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="90" spans="1:5">
       <c r="A90" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B90" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C90" s="2">
-        <v>46028.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D90">
-        <v>59.36</v>
+        <v>61.52</v>
       </c>
       <c r="E90" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="91" spans="1:5">
       <c r="A91" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B91" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C91" s="2">
-        <v>46029.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D91">
-        <v>59.85</v>
+        <v>60.23</v>
       </c>
       <c r="E91" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="92" spans="1:5">
       <c r="A92" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B92" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C92" s="2">
-        <v>46030.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D92">
-        <v>59.42</v>
+        <v>60.22</v>
       </c>
       <c r="E92" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="93" spans="1:5">
       <c r="A93" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B93" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C93" s="2">
-        <v>46031.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D93">
-        <v>59.79</v>
+        <v>60.71</v>
       </c>
       <c r="E93" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="94" spans="1:5">
       <c r="A94" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B94" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C94" s="2">
-        <v>46034.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D94">
-        <v>60.07</v>
+        <v>60.97</v>
       </c>
       <c r="E94" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="95" spans="1:5">
       <c r="A95" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B95" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C95" s="2">
-        <v>46035.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D95">
-        <v>60.03</v>
+        <v>62.19</v>
       </c>
       <c r="E95" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="96" spans="1:5">
       <c r="A96" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B96" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C96" s="2">
-        <v>46036.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D96">
-        <v>60.06</v>
+        <v>61.63</v>
       </c>
       <c r="E96" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="97" spans="1:5">
       <c r="A97" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B97" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C97" s="2">
-        <v>46037.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D97">
-        <v>60.93</v>
+        <v>62.25</v>
       </c>
       <c r="E97" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="98" spans="1:5">
       <c r="A98" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B98" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C98" s="2">
-        <v>46038.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D98">
-        <v>61.3</v>
+        <v>61.68</v>
       </c>
       <c r="E98" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="99" spans="1:5">
       <c r="A99" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B99" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C99" s="2">
-        <v>46039.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D99">
-        <v>61.29</v>
+        <v>61.44</v>
       </c>
       <c r="E99" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="100" spans="1:5">
       <c r="A100" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B100" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C100" s="2">
-        <v>46041.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D100">
-        <v>60.59</v>
+        <v>62.19</v>
       </c>
       <c r="E100" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="101" spans="1:5">
       <c r="A101" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B101" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C101" s="2">
-        <v>46042.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D101">
-        <v>60.14</v>
+        <v>61.97</v>
       </c>
       <c r="E101" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="102" spans="1:5">
       <c r="A102" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B102" t="s">
-        <v>22</v>
+        <v>18</v>
       </c>
       <c r="C102" s="2">
-        <v>46043.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D102">
-        <v>59.95</v>
+        <v>61.67</v>
       </c>
       <c r="E102" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="103" spans="1:5">
       <c r="A103" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B103" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C103" s="2">
-        <v>46044.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D103">
-        <v>60.77</v>
+        <v>11.47</v>
       </c>
       <c r="E103" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="104" spans="1:5">
       <c r="A104" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B104" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C104" s="2">
-        <v>46045.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D104">
-        <v>60.64</v>
+        <v>11.47</v>
       </c>
       <c r="E104" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="105" spans="1:5">
       <c r="A105" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B105" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C105" s="2">
-        <v>46048.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D105">
-        <v>60.88</v>
+        <v>11.48</v>
       </c>
       <c r="E105" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="106" spans="1:5">
       <c r="A106" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B106" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C106" s="2">
-        <v>46049.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D106">
-        <v>61.45</v>
+        <v>11.47</v>
       </c>
       <c r="E106" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="107" spans="1:5">
       <c r="A107" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B107" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C107" s="2">
-        <v>46050.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D107">
-        <v>60.89</v>
+        <v>11.45</v>
       </c>
       <c r="E107" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="108" spans="1:5">
       <c r="A108" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B108" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C108" s="2">
-        <v>46051.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D108">
-        <v>60.81</v>
+        <v>11.42</v>
       </c>
       <c r="E108" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="109" spans="1:5">
       <c r="A109" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B109" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C109" s="2">
-        <v>46052.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D109">
-        <v>61.11</v>
+        <v>11.43</v>
       </c>
       <c r="E109" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="110" spans="1:5">
       <c r="A110" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B110" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C110" s="2">
-        <v>46027.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D110">
-        <v>11.31</v>
+        <v>11.43</v>
       </c>
       <c r="E110" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="111" spans="1:5">
       <c r="A111" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B111" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C111" s="2">
-        <v>46028.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D111">
-        <v>11.32</v>
+        <v>11.44</v>
       </c>
       <c r="E111" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="112" spans="1:5">
       <c r="A112" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B112" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C112" s="2">
-        <v>46029.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D112">
-        <v>11.34</v>
+        <v>11.44</v>
       </c>
       <c r="E112" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="113" spans="1:5">
       <c r="A113" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B113" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C113" s="2">
-        <v>46030.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D113">
-        <v>11.34</v>
+        <v>11.44</v>
       </c>
       <c r="E113" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="114" spans="1:5">
       <c r="A114" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B114" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C114" s="2">
-        <v>46031.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D114">
-        <v>11.35</v>
+        <v>11.45</v>
       </c>
       <c r="E114" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="115" spans="1:5">
       <c r="A115" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B115" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C115" s="2">
-        <v>46034.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D115">
-        <v>11.36</v>
+        <v>11.46</v>
       </c>
       <c r="E115" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="116" spans="1:5">
       <c r="A116" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B116" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C116" s="2">
-        <v>46035.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D116">
-        <v>11.37</v>
+        <v>11.46</v>
       </c>
       <c r="E116" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="117" spans="1:5">
       <c r="A117" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B117" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C117" s="2">
-        <v>46036.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D117">
-        <v>11.39</v>
+        <v>11.46</v>
       </c>
       <c r="E117" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="118" spans="1:5">
       <c r="A118" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B118" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C118" s="2">
-        <v>46037.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D118">
-        <v>11.41</v>
+        <v>11.47</v>
       </c>
       <c r="E118" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="119" spans="1:5">
       <c r="A119" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B119" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C119" s="2">
-        <v>46038.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D119">
-        <v>11.41</v>
+        <v>11.47</v>
       </c>
       <c r="E119" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="120" spans="1:5">
       <c r="A120" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B120" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C120" s="2">
-        <v>46039.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D120">
-        <v>11.41</v>
+        <v>11.47</v>
       </c>
       <c r="E120" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="121" spans="1:5">
       <c r="A121" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B121" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C121" s="2">
-        <v>46041.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D121">
-        <v>11.4</v>
+        <v>11.47</v>
       </c>
       <c r="E121" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="122" spans="1:5">
       <c r="A122" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B122" t="s">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="C122" s="2">
-        <v>46042.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D122">
-        <v>11.38</v>
+        <v>11.47</v>
       </c>
       <c r="E122" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="123" spans="1:5">
       <c r="A123" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B123" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C123" s="2">
-        <v>46043.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D123">
-        <v>11.39</v>
+        <v>12.07</v>
       </c>
       <c r="E123" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="124" spans="1:5">
       <c r="A124" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B124" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C124" s="2">
-        <v>46044.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D124">
-        <v>11.4</v>
+        <v>12.07</v>
       </c>
       <c r="E124" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="125" spans="1:5">
       <c r="A125" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B125" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C125" s="2">
-        <v>46045.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D125">
-        <v>11.42</v>
+        <v>12.08</v>
       </c>
       <c r="E125" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="126" spans="1:5">
       <c r="A126" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B126" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C126" s="2">
-        <v>46048.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D126">
-        <v>11.43</v>
+        <v>12.08</v>
       </c>
       <c r="E126" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="127" spans="1:5">
       <c r="A127" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B127" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C127" s="2">
-        <v>46049.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D127">
-        <v>11.44</v>
+        <v>12.05</v>
       </c>
       <c r="E127" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="128" spans="1:5">
       <c r="A128" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B128" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C128" s="2">
-        <v>46050.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D128">
-        <v>11.44</v>
+        <v>12.02</v>
       </c>
       <c r="E128" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="129" spans="1:5">
       <c r="A129" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B129" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C129" s="2">
-        <v>46051.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D129">
-        <v>11.44</v>
+        <v>12.03</v>
       </c>
       <c r="E129" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="130" spans="1:5">
       <c r="A130" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B130" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C130" s="2">
-        <v>46052.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D130">
-        <v>11.46</v>
+        <v>12.03</v>
       </c>
       <c r="E130" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="131" spans="1:5">
       <c r="A131" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B131" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C131" s="2">
-        <v>46027.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D131">
-        <v>11.89</v>
+        <v>12.05</v>
       </c>
       <c r="E131" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="132" spans="1:5">
       <c r="A132" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B132" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C132" s="2">
-        <v>46028.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D132">
-        <v>11.89</v>
+        <v>12.05</v>
       </c>
       <c r="E132" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="133" spans="1:5">
       <c r="A133" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B133" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C133" s="2">
-        <v>46029.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D133">
-        <v>11.92</v>
+        <v>12.05</v>
       </c>
       <c r="E133" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="134" spans="1:5">
       <c r="A134" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B134" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C134" s="2">
-        <v>46030.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D134">
-        <v>11.92</v>
+        <v>12.06</v>
       </c>
       <c r="E134" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="135" spans="1:5">
       <c r="A135" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B135" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C135" s="2">
-        <v>46031.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D135">
-        <v>11.93</v>
+        <v>12.07</v>
       </c>
       <c r="E135" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="136" spans="1:5">
       <c r="A136" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B136" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C136" s="2">
-        <v>46034.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D136">
-        <v>11.94</v>
+        <v>12.07</v>
       </c>
       <c r="E136" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="137" spans="1:5">
       <c r="A137" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B137" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C137" s="2">
-        <v>46035.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D137">
-        <v>11.95</v>
+        <v>12.07</v>
       </c>
       <c r="E137" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="138" spans="1:5">
       <c r="A138" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B138" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C138" s="2">
-        <v>46036.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D138">
-        <v>11.97</v>
+        <v>12.08</v>
       </c>
       <c r="E138" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="139" spans="1:5">
       <c r="A139" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B139" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C139" s="2">
-        <v>46037.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D139">
-        <v>11.99</v>
+        <v>12.09</v>
       </c>
       <c r="E139" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="140" spans="1:5">
       <c r="A140" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B140" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C140" s="2">
-        <v>46038.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D140">
-        <v>12.0</v>
+        <v>12.08</v>
       </c>
       <c r="E140" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="141" spans="1:5">
       <c r="A141" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B141" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C141" s="2">
-        <v>46039.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D141">
-        <v>12.0</v>
+        <v>12.09</v>
       </c>
       <c r="E141" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="142" spans="1:5">
       <c r="A142" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B142" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C142" s="2">
-        <v>46041.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D142">
-        <v>11.99</v>
+        <v>12.08</v>
       </c>
       <c r="E142" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="143" spans="1:5">
       <c r="A143" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B143" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C143" s="2">
-        <v>46042.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D143">
-        <v>11.97</v>
+        <v>13.48</v>
       </c>
       <c r="E143" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="144" spans="1:5">
       <c r="A144" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B144" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C144" s="2">
-        <v>46043.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D144">
-        <v>11.98</v>
+        <v>13.47</v>
       </c>
       <c r="E144" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="145" spans="1:5">
       <c r="A145" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B145" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C145" s="2">
-        <v>46044.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D145">
-        <v>11.99</v>
+        <v>13.43</v>
       </c>
       <c r="E145" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="146" spans="1:5">
       <c r="A146" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B146" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C146" s="2">
-        <v>46045.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D146">
-        <v>12.01</v>
+        <v>13.4</v>
       </c>
       <c r="E146" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="147" spans="1:5">
       <c r="A147" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B147" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C147" s="2">
-        <v>46048.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D147">
-        <v>12.03</v>
+        <v>13.38</v>
       </c>
       <c r="E147" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="148" spans="1:5">
       <c r="A148" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B148" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C148" s="2">
-        <v>46049.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D148">
-        <v>12.03</v>
+        <v>13.47</v>
       </c>
       <c r="E148" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="149" spans="1:5">
       <c r="A149" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B149" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C149" s="2">
-        <v>46050.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D149">
-        <v>12.04</v>
+        <v>13.52</v>
       </c>
       <c r="E149" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="150" spans="1:5">
       <c r="A150" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B150" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C150" s="2">
-        <v>46051.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D150">
-        <v>12.04</v>
+        <v>13.55</v>
       </c>
       <c r="E150" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="151" spans="1:5">
       <c r="A151" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="B151" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="C151" s="2">
-        <v>46052.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D151">
-        <v>12.06</v>
+        <v>13.53</v>
       </c>
       <c r="E151" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="152" spans="1:5">
       <c r="A152" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B152" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C152" s="2">
-        <v>46027.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D152">
-        <v>13.28</v>
+        <v>13.52</v>
       </c>
       <c r="E152" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="153" spans="1:5">
       <c r="A153" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B153" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C153" s="2">
-        <v>46028.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D153">
-        <v>13.35</v>
+        <v>13.49</v>
       </c>
       <c r="E153" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="154" spans="1:5">
       <c r="A154" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B154" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C154" s="2">
-        <v>46029.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D154">
-        <v>13.41</v>
+        <v>13.48</v>
       </c>
       <c r="E154" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="155" spans="1:5">
       <c r="A155" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B155" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C155" s="2">
-        <v>46030.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D155">
-        <v>13.39</v>
+        <v>13.5</v>
       </c>
       <c r="E155" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="156" spans="1:5">
       <c r="A156" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B156" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C156" s="2">
-        <v>46031.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D156">
-        <v>13.37</v>
+        <v>13.53</v>
       </c>
       <c r="E156" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="157" spans="1:5">
       <c r="A157" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B157" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C157" s="2">
-        <v>46034.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D157">
-        <v>13.42</v>
+        <v>13.53</v>
       </c>
       <c r="E157" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="158" spans="1:5">
       <c r="A158" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B158" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C158" s="2">
-        <v>46035.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D158">
-        <v>13.43</v>
+        <v>13.54</v>
       </c>
       <c r="E158" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="159" spans="1:5">
       <c r="A159" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B159" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C159" s="2">
-        <v>46036.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D159">
-        <v>13.43</v>
+        <v>13.54</v>
       </c>
       <c r="E159" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="160" spans="1:5">
       <c r="A160" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B160" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C160" s="2">
-        <v>46037.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D160">
-        <v>13.43</v>
+        <v>13.57</v>
       </c>
       <c r="E160" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="161" spans="1:5">
       <c r="A161" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B161" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C161" s="2">
-        <v>46038.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D161">
-        <v>13.46</v>
+        <v>13.61</v>
       </c>
       <c r="E161" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="162" spans="1:5">
       <c r="A162" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B162" t="s">
-        <v>28</v>
+        <v>24</v>
       </c>
       <c r="C162" s="2">
-        <v>46039.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D162">
-        <v>13.46</v>
+        <v>13.61</v>
       </c>
       <c r="E162" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="163" spans="1:5">
       <c r="A163" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B163" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C163" s="2">
-        <v>46041.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D163">
-        <v>13.44</v>
+        <v>16.22</v>
       </c>
       <c r="E163" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="164" spans="1:5">
       <c r="A164" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B164" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C164" s="2">
-        <v>46042.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D164">
-        <v>13.44</v>
+        <v>15.76</v>
       </c>
       <c r="E164" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="165" spans="1:5">
       <c r="A165" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B165" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C165" s="2">
-        <v>46043.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D165">
-        <v>13.33</v>
+        <v>15.67</v>
       </c>
       <c r="E165" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="166" spans="1:5">
       <c r="A166" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B166" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C166" s="2">
-        <v>46044.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D166">
-        <v>13.38</v>
+        <v>15.62</v>
       </c>
       <c r="E166" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="167" spans="1:5">
       <c r="A167" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B167" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C167" s="2">
-        <v>46045.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D167">
-        <v>13.43</v>
+        <v>16.08</v>
       </c>
       <c r="E167" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="168" spans="1:5">
       <c r="A168" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B168" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C168" s="2">
-        <v>46048.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D168">
-        <v>13.44</v>
+        <v>16.2</v>
       </c>
       <c r="E168" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="169" spans="1:5">
       <c r="A169" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B169" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C169" s="2">
-        <v>46049.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D169">
-        <v>13.48</v>
+        <v>16.13</v>
       </c>
       <c r="E169" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="170" spans="1:5">
       <c r="A170" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B170" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C170" s="2">
-        <v>46050.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D170">
-        <v>13.53</v>
+        <v>16.18</v>
       </c>
       <c r="E170" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="171" spans="1:5">
       <c r="A171" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B171" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C171" s="2">
-        <v>46051.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D171">
-        <v>13.51</v>
+        <v>15.97</v>
       </c>
       <c r="E171" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="172" spans="1:5">
       <c r="A172" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B172" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="C172" s="2">
-        <v>46052.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D172">
-        <v>13.51</v>
+        <v>16.04</v>
       </c>
       <c r="E172" t="s">
-        <v>14</v>
+        <v>7</v>
       </c>
     </row>
     <row r="173" spans="1:5">
       <c r="A173" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B173" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C173" s="2">
-        <v>46027.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D173">
-        <v>16.0</v>
+        <v>15.96</v>
       </c>
       <c r="E173" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="174" spans="1:5">
       <c r="A174" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B174" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C174" s="2">
-        <v>46028.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D174">
-        <v>16.18</v>
+        <v>16.03</v>
       </c>
       <c r="E174" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="175" spans="1:5">
       <c r="A175" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B175" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C175" s="2">
-        <v>46029.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D175">
-        <v>16.09</v>
+        <v>16.08</v>
       </c>
       <c r="E175" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="176" spans="1:5">
       <c r="A176" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B176" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C176" s="2">
-        <v>46030.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D176">
-        <v>15.95</v>
+        <v>15.99</v>
       </c>
       <c r="E176" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="177" spans="1:5">
       <c r="A177" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B177" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C177" s="2">
-        <v>46031.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D177">
-        <v>16.17</v>
+        <v>16.18</v>
       </c>
       <c r="E177" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="178" spans="1:5">
       <c r="A178" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B178" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C178" s="2">
-        <v>46034.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D178">
-        <v>16.23</v>
+        <v>15.92</v>
       </c>
       <c r="E178" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="179" spans="1:5">
       <c r="A179" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B179" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C179" s="2">
-        <v>46035.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D179">
-        <v>16.24</v>
+        <v>16.11</v>
       </c>
       <c r="E179" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="180" spans="1:5">
       <c r="A180" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B180" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C180" s="2">
-        <v>46036.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D180">
-        <v>15.99</v>
+        <v>16.33</v>
       </c>
       <c r="E180" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="181" spans="1:5">
       <c r="A181" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B181" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C181" s="2">
-        <v>46037.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D181">
-        <v>16.33</v>
+        <v>16.2</v>
       </c>
       <c r="E181" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="182" spans="1:5">
       <c r="A182" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="B182" t="s">
-        <v>30</v>
+        <v>26</v>
       </c>
       <c r="C182" s="2">
-        <v>46038.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D182">
-        <v>16.31</v>
+        <v>16.1</v>
       </c>
       <c r="E182" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="183" spans="1:5">
       <c r="A183" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B183" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C183" s="2">
-        <v>46039.0</v>
+        <v>46055.0</v>
       </c>
       <c r="D183">
-        <v>16.3</v>
+        <v>18.13</v>
       </c>
       <c r="E183" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="184" spans="1:5">
       <c r="A184" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B184" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C184" s="2">
-        <v>46041.0</v>
+        <v>46056.0</v>
       </c>
       <c r="D184">
-        <v>16.29</v>
+        <v>17.61</v>
       </c>
       <c r="E184" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="185" spans="1:5">
       <c r="A185" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B185" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C185" s="2">
-        <v>46042.0</v>
+        <v>46057.0</v>
       </c>
       <c r="D185">
-        <v>15.87</v>
+        <v>17.51</v>
       </c>
       <c r="E185" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="186" spans="1:5">
       <c r="A186" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B186" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C186" s="2">
-        <v>46043.0</v>
+        <v>46058.0</v>
       </c>
       <c r="D186">
-        <v>16.04</v>
+        <v>17.45</v>
       </c>
       <c r="E186" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="187" spans="1:5">
       <c r="A187" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B187" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C187" s="2">
-        <v>46044.0</v>
+        <v>46059.0</v>
       </c>
       <c r="D187">
-        <v>16.09</v>
+        <v>17.97</v>
       </c>
       <c r="E187" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="188" spans="1:5">
       <c r="A188" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B188" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C188" s="2">
-        <v>46045.0</v>
+        <v>46062.0</v>
       </c>
       <c r="D188">
-        <v>15.99</v>
+        <v>18.11</v>
       </c>
       <c r="E188" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="189" spans="1:5">
       <c r="A189" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B189" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C189" s="2">
-        <v>46048.0</v>
+        <v>46063.0</v>
       </c>
       <c r="D189">
-        <v>16.16</v>
+        <v>18.03</v>
       </c>
       <c r="E189" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="190" spans="1:5">
       <c r="A190" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B190" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C190" s="2">
-        <v>46049.0</v>
+        <v>46064.0</v>
       </c>
       <c r="D190">
-        <v>16.25</v>
+        <v>18.09</v>
       </c>
       <c r="E190" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="191" spans="1:5">
       <c r="A191" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B191" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C191" s="2">
-        <v>46050.0</v>
+        <v>46065.0</v>
       </c>
       <c r="D191">
-        <v>16.23</v>
+        <v>17.86</v>
       </c>
       <c r="E191" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="192" spans="1:5">
       <c r="A192" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B192" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C192" s="2">
-        <v>46051.0</v>
+        <v>46066.0</v>
       </c>
       <c r="D192">
-        <v>16.25</v>
+        <v>17.94</v>
       </c>
       <c r="E192" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="193" spans="1:5">
       <c r="A193" t="s">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="B193" t="s">
-        <v>30</v>
+        <v>28</v>
       </c>
       <c r="C193" s="2">
-        <v>46052.0</v>
+        <v>46069.0</v>
       </c>
       <c r="D193">
-        <v>16.08</v>
+        <v>17.85</v>
       </c>
       <c r="E193" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="194" spans="1:5">
       <c r="A194" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B194" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C194" s="2">
-        <v>46027.0</v>
+        <v>46070.0</v>
       </c>
       <c r="D194">
-        <v>17.85</v>
+        <v>17.93</v>
       </c>
       <c r="E194" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="195" spans="1:5">
       <c r="A195" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B195" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C195" s="2">
-        <v>46028.0</v>
+        <v>46071.0</v>
       </c>
       <c r="D195">
-        <v>18.05</v>
+        <v>17.98</v>
       </c>
       <c r="E195" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="196" spans="1:5">
       <c r="A196" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B196" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C196" s="2">
-        <v>46029.0</v>
+        <v>46072.0</v>
       </c>
       <c r="D196">
-        <v>17.95</v>
+        <v>17.89</v>
       </c>
       <c r="E196" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="197" spans="1:5">
       <c r="A197" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B197" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C197" s="2">
-        <v>46030.0</v>
+        <v>46073.0</v>
       </c>
       <c r="D197">
-        <v>17.8</v>
+        <v>18.1</v>
       </c>
       <c r="E197" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="198" spans="1:5">
       <c r="A198" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B198" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C198" s="2">
-        <v>46031.0</v>
+        <v>46076.0</v>
       </c>
       <c r="D198">
-        <v>18.05</v>
+        <v>17.81</v>
       </c>
       <c r="E198" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="199" spans="1:5">
       <c r="A199" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B199" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C199" s="2">
-        <v>46034.0</v>
+        <v>46077.0</v>
       </c>
       <c r="D199">
-        <v>18.12</v>
+        <v>18.03</v>
       </c>
       <c r="E199" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="200" spans="1:5">
       <c r="A200" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B200" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C200" s="2">
-        <v>46035.0</v>
+        <v>46078.0</v>
       </c>
       <c r="D200">
-        <v>18.13</v>
+        <v>18.28</v>
       </c>
       <c r="E200" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="201" spans="1:5">
       <c r="A201" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B201" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C201" s="2">
-        <v>46036.0</v>
+        <v>46079.0</v>
       </c>
       <c r="D201">
-        <v>17.84</v>
+        <v>18.13</v>
       </c>
       <c r="E201" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
     <row r="202" spans="1:5">
       <c r="A202" t="s">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="B202" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="C202" s="2">
-        <v>46037.0</v>
+        <v>46080.0</v>
       </c>
       <c r="D202">
-        <v>18.22</v>
+        <v>18.02</v>
       </c>
       <c r="E202" t="s">
-        <v>14</v>
-[...203 lines deleted...]
-        <v>14</v>
+        <v>10</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">