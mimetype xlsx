--- v0 (2026-01-29)
+++ v1 (2026-01-29)
@@ -2621,54 +2621,54 @@
       <c r="L12" t="s">
         <v>28</v>
       </c>
       <c r="M12">
         <v>0.8464</v>
       </c>
       <c r="N12">
         <v>32.104854</v>
       </c>
       <c r="O12">
         <v>30.612389</v>
       </c>
       <c r="P12">
         <v>79.63</v>
       </c>
       <c r="Q12">
         <v>80.8464</v>
       </c>
       <c r="R12">
         <v>78.7836</v>
       </c>
       <c r="S12">
         <v>80.0</v>
       </c>
       <c r="T12">
-        <v>16977.744</v>
+        <v>17786.208</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
         <v>80.8464</v>
       </c>
       <c r="W12">
         <v>80.0</v>
       </c>
     </row>
     <row r="13" spans="1:23">
       <c r="A13" t="s">
         <v>29</v>
       </c>
       <c r="B13" t="s">
         <v>62</v>
       </c>
       <c r="C13" t="s">
         <v>63</v>
       </c>
       <c r="D13" t="s">
         <v>64</v>
       </c>
       <c r="E13" t="s">
         <v>33</v>
       </c>
       <c r="F13">
@@ -3364,63 +3364,63 @@
       <c r="F25">
         <v>10.0</v>
       </c>
       <c r="G25" s="2">
         <v>45567.0</v>
       </c>
       <c r="H25" s="2">
         <v>49219.0</v>
       </c>
       <c r="I25" s="2">
         <v>49213.0</v>
       </c>
       <c r="J25">
         <v>20000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25">
         <v>0.833333</v>
       </c>
       <c r="N25">
-        <v>8.994731</v>
+        <v>9.140579</v>
       </c>
       <c r="O25">
         <v>8.834543</v>
       </c>
       <c r="P25">
-        <v>106.833333</v>
+        <v>105.933333</v>
       </c>
       <c r="Q25">
         <v>107.833333</v>
       </c>
       <c r="R25">
-        <v>106.0</v>
+        <v>105.1</v>
       </c>
       <c r="S25">
         <v>107.0</v>
       </c>
       <c r="T25">
         <v>4273.33332</v>
       </c>
       <c r="U25">
         <v>1</v>
       </c>
       <c r="V25">
         <v>106.833333</v>
       </c>
       <c r="W25">
         <v>106.0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>101</v>
       </c>
       <c r="C26" t="s">
@@ -3924,63 +3924,75 @@
       <c r="G35" s="2">
         <v>45555.0</v>
       </c>
       <c r="H35" s="2">
         <v>47021.0</v>
       </c>
       <c r="I35" s="2">
         <v>47015.0</v>
       </c>
       <c r="J35">
         <v>150000</v>
       </c>
       <c r="K35">
         <v>100.0</v>
       </c>
       <c r="L35" t="s">
         <v>28</v>
       </c>
       <c r="M35">
         <v>0.194444</v>
       </c>
       <c r="N35">
         <v>8.726477</v>
       </c>
       <c r="O35">
-        <v>8.393932</v>
+        <v>8.311243</v>
       </c>
       <c r="P35">
         <v>103.194444</v>
       </c>
       <c r="Q35">
-        <v>103.994444</v>
+        <v>104.194444</v>
       </c>
       <c r="R35">
         <v>103.0</v>
       </c>
       <c r="S35">
-        <v>103.8</v>
+        <v>104.0</v>
+      </c>
+      <c r="T35">
+        <v>31235.5332</v>
+      </c>
+      <c r="U35">
+        <v>2</v>
+      </c>
+      <c r="V35">
+        <v>104.194444</v>
+      </c>
+      <c r="W35">
+        <v>104.0</v>
       </c>
     </row>
     <row r="36" spans="1:23">
       <c r="A36" t="s">
         <v>23</v>
       </c>
       <c r="B36" t="s">
         <v>131</v>
       </c>
       <c r="C36" t="s">
         <v>132</v>
       </c>
       <c r="D36" t="s">
         <v>133</v>
       </c>
       <c r="E36" t="s">
         <v>55</v>
       </c>
       <c r="F36">
         <v>11.002</v>
       </c>
       <c r="G36" s="2">
         <v>45161.0</v>
       </c>
       <c r="H36" s="2">
@@ -4042,113 +4054,113 @@
       <c r="G37" s="2">
         <v>45253.0</v>
       </c>
       <c r="H37" s="2">
         <v>46351.0</v>
       </c>
       <c r="I37" s="2">
         <v>46345.0</v>
       </c>
       <c r="J37">
         <v>15000</v>
       </c>
       <c r="K37">
         <v>1000.0</v>
       </c>
       <c r="L37" t="s">
         <v>28</v>
       </c>
       <c r="M37">
         <v>0.213928</v>
       </c>
       <c r="N37">
         <v>9.718284</v>
       </c>
       <c r="O37">
-        <v>6.325387</v>
+        <v>6.326625</v>
       </c>
       <c r="P37">
         <v>101.213928</v>
       </c>
       <c r="Q37">
-        <v>103.913928</v>
+        <v>103.912928</v>
       </c>
       <c r="R37">
         <v>101.0</v>
       </c>
       <c r="S37">
-        <v>103.7</v>
+        <v>103.699</v>
       </c>
     </row>
     <row r="38" spans="1:23">
       <c r="A38" t="s">
         <v>23</v>
       </c>
       <c r="B38" t="s">
         <v>137</v>
       </c>
       <c r="C38" t="s">
         <v>138</v>
       </c>
       <c r="D38" t="s">
         <v>139</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38">
         <v>13.502</v>
       </c>
       <c r="G38" s="2">
         <v>45132.0</v>
       </c>
       <c r="H38" s="2">
         <v>46959.0</v>
       </c>
       <c r="I38" s="2">
         <v>46953.0</v>
       </c>
       <c r="J38">
         <v>5000</v>
       </c>
       <c r="K38">
         <v>1000.0</v>
       </c>
       <c r="L38" t="s">
         <v>28</v>
       </c>
       <c r="M38">
         <v>0.262539</v>
       </c>
       <c r="N38">
-        <v>13.027543</v>
+        <v>12.718872</v>
       </c>
       <c r="P38">
-        <v>101.262539</v>
+        <v>101.92</v>
       </c>
       <c r="R38">
-        <v>101.0</v>
+        <v>101.657461</v>
       </c>
     </row>
     <row r="39" spans="1:23">
       <c r="A39" t="s">
         <v>23</v>
       </c>
       <c r="B39" t="s">
         <v>137</v>
       </c>
       <c r="C39" t="s">
         <v>140</v>
       </c>
       <c r="D39" t="s">
         <v>141</v>
       </c>
       <c r="E39" t="s">
         <v>55</v>
       </c>
       <c r="F39">
         <v>13.002</v>
       </c>
       <c r="G39" s="2">
         <v>45443.0</v>
       </c>
       <c r="H39" s="2">
@@ -4863,63 +4875,63 @@
       <c r="F53">
         <v>5.0</v>
       </c>
       <c r="G53" s="2">
         <v>45812.0</v>
       </c>
       <c r="H53" s="2">
         <v>46908.0</v>
       </c>
       <c r="I53" s="2">
         <v>46902.0</v>
       </c>
       <c r="J53">
         <v>500000</v>
       </c>
       <c r="K53">
         <v>100.0</v>
       </c>
       <c r="L53" t="s">
         <v>28</v>
       </c>
       <c r="M53">
         <v>0.805556</v>
       </c>
       <c r="N53">
-        <v>4.658931</v>
+        <v>4.613783</v>
       </c>
       <c r="O53">
         <v>4.411247</v>
       </c>
       <c r="P53">
-        <v>101.555556</v>
+        <v>101.655556</v>
       </c>
       <c r="Q53">
         <v>102.105556</v>
       </c>
       <c r="R53">
-        <v>100.75</v>
+        <v>100.85</v>
       </c>
       <c r="S53">
         <v>101.3</v>
       </c>
       <c r="T53">
         <v>8450.651148</v>
       </c>
       <c r="U53">
         <v>4</v>
       </c>
       <c r="V53">
         <v>102.105556</v>
       </c>
       <c r="W53">
         <v>101.3</v>
       </c>
     </row>
     <row r="54" spans="1:23">
       <c r="A54" t="s">
         <v>184</v>
       </c>
       <c r="B54" t="s">
         <v>185</v>
       </c>
       <c r="C54" t="s">
@@ -4934,72 +4946,72 @@
       <c r="F54">
         <v>3.3</v>
       </c>
       <c r="G54" s="2">
         <v>45551.0</v>
       </c>
       <c r="H54" s="2">
         <v>46281.0</v>
       </c>
       <c r="I54" s="2">
         <v>46274.0</v>
       </c>
       <c r="J54">
         <v>2000000</v>
       </c>
       <c r="K54">
         <v>100.0</v>
       </c>
       <c r="L54" t="s">
         <v>28</v>
       </c>
       <c r="M54">
         <v>1.256712</v>
       </c>
       <c r="N54">
-        <v>2.266005</v>
+        <v>2.330887</v>
       </c>
       <c r="O54">
         <v>2.217387</v>
       </c>
       <c r="P54">
-        <v>101.876712</v>
+        <v>101.836712</v>
       </c>
       <c r="Q54">
         <v>101.906712</v>
       </c>
       <c r="R54">
-        <v>100.62</v>
+        <v>100.58</v>
       </c>
       <c r="S54">
         <v>100.65</v>
       </c>
       <c r="T54">
-        <v>1222.520544</v>
+        <v>17115.287616</v>
       </c>
       <c r="U54">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V54">
         <v>101.876712</v>
       </c>
       <c r="W54">
         <v>100.62</v>
       </c>
     </row>
     <row r="55" spans="1:23">
       <c r="A55" t="s">
         <v>23</v>
       </c>
       <c r="B55" t="s">
         <v>188</v>
       </c>
       <c r="C55" t="s">
         <v>189</v>
       </c>
       <c r="D55" t="s">
         <v>190</v>
       </c>
       <c r="E55" t="s">
         <v>33</v>
       </c>
       <c r="F55">
@@ -5842,63 +5854,63 @@
       <c r="F70">
         <v>9.5</v>
       </c>
       <c r="G70" s="2">
         <v>45987.0</v>
       </c>
       <c r="H70" s="2">
         <v>47083.0</v>
       </c>
       <c r="I70" s="2">
         <v>47077.0</v>
       </c>
       <c r="J70">
         <v>8000</v>
       </c>
       <c r="K70">
         <v>1000.0</v>
       </c>
       <c r="L70" t="s">
         <v>28</v>
       </c>
       <c r="M70">
         <v>1.741667</v>
       </c>
       <c r="N70">
-        <v>9.047046</v>
+        <v>9.010756</v>
       </c>
       <c r="O70">
         <v>8.332308</v>
       </c>
       <c r="P70">
-        <v>102.851667</v>
+        <v>102.941667</v>
       </c>
       <c r="Q70">
         <v>104.641667</v>
       </c>
       <c r="R70">
-        <v>101.11</v>
+        <v>101.2</v>
       </c>
       <c r="S70">
         <v>102.9</v>
       </c>
       <c r="T70">
         <v>1032.01667</v>
       </c>
       <c r="U70">
         <v>1</v>
       </c>
       <c r="V70">
         <v>103.201667</v>
       </c>
       <c r="W70">
         <v>101.46</v>
       </c>
     </row>
     <row r="71" spans="1:23">
       <c r="A71" t="s">
         <v>23</v>
       </c>
       <c r="B71" t="s">
         <v>235</v>
       </c>
       <c r="C71" t="s">
@@ -6104,63 +6116,63 @@
       <c r="F75">
         <v>5.5</v>
       </c>
       <c r="G75" s="2">
         <v>44545.0</v>
       </c>
       <c r="H75" s="2">
         <v>48197.0</v>
       </c>
       <c r="I75" s="2">
         <v>48191.0</v>
       </c>
       <c r="J75">
         <v>15000</v>
       </c>
       <c r="K75">
         <v>1000.0</v>
       </c>
       <c r="L75" t="s">
         <v>28</v>
       </c>
       <c r="M75">
         <v>0.519444</v>
       </c>
       <c r="N75">
-        <v>5.762334</v>
+        <v>5.760299</v>
       </c>
       <c r="O75">
         <v>5.499728</v>
       </c>
       <c r="P75">
-        <v>99.219444</v>
+        <v>99.229444</v>
       </c>
       <c r="Q75">
         <v>100.51944</v>
       </c>
       <c r="R75">
-        <v>98.7</v>
+        <v>98.71</v>
       </c>
       <c r="S75">
         <v>99.999996</v>
       </c>
       <c r="T75">
         <v>15072.8922</v>
       </c>
       <c r="U75">
         <v>3</v>
       </c>
       <c r="V75">
         <v>100.519444</v>
       </c>
       <c r="W75">
         <v>100.0</v>
       </c>
     </row>
     <row r="76" spans="1:23">
       <c r="A76" t="s">
         <v>29</v>
       </c>
       <c r="B76" t="s">
         <v>250</v>
       </c>
       <c r="C76" t="s">
@@ -6453,54 +6465,54 @@
       <c r="L80" t="s">
         <v>28</v>
       </c>
       <c r="M80">
         <v>1.912088</v>
       </c>
       <c r="N80">
         <v>12.160174</v>
       </c>
       <c r="O80">
         <v>12.034237</v>
       </c>
       <c r="P80">
         <v>101.462088</v>
       </c>
       <c r="Q80">
         <v>101.912088</v>
       </c>
       <c r="R80">
         <v>99.55</v>
       </c>
       <c r="S80">
         <v>100.0</v>
       </c>
       <c r="T80">
-        <v>62242.855768</v>
+        <v>66217.4272</v>
       </c>
       <c r="U80">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="V80">
         <v>101.912088</v>
       </c>
       <c r="W80">
         <v>100.0</v>
       </c>
     </row>
     <row r="81" spans="1:23">
       <c r="A81" t="s">
         <v>29</v>
       </c>
       <c r="B81" t="s">
         <v>265</v>
       </c>
       <c r="C81" t="s">
         <v>266</v>
       </c>
       <c r="D81" t="s">
         <v>267</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="F81">
@@ -6988,63 +7000,63 @@
       <c r="F91">
         <v>6.0</v>
       </c>
       <c r="G91" s="2">
         <v>45611.0</v>
       </c>
       <c r="H91" s="2">
         <v>49263.0</v>
       </c>
       <c r="I91" s="2">
         <v>49256.0</v>
       </c>
       <c r="J91">
         <v>20000</v>
       </c>
       <c r="K91">
         <v>1000.0</v>
       </c>
       <c r="L91" t="s">
         <v>28</v>
       </c>
       <c r="M91">
         <v>1.283333</v>
       </c>
       <c r="N91">
-        <v>5.635626</v>
+        <v>5.594239</v>
       </c>
       <c r="O91">
         <v>5.424459</v>
       </c>
       <c r="P91">
-        <v>103.793333</v>
+        <v>104.083333</v>
       </c>
       <c r="Q91">
         <v>105.283333</v>
       </c>
       <c r="R91">
-        <v>102.51</v>
+        <v>102.8</v>
       </c>
       <c r="S91">
         <v>104.0</v>
       </c>
     </row>
     <row r="92" spans="1:23">
       <c r="A92" t="s">
         <v>29</v>
       </c>
       <c r="B92" t="s">
         <v>298</v>
       </c>
       <c r="C92" t="s">
         <v>299</v>
       </c>
       <c r="D92" t="s">
         <v>300</v>
       </c>
       <c r="E92" t="s">
         <v>33</v>
       </c>
       <c r="F92">
         <v>10.5</v>
       </c>
       <c r="G92" s="2">
@@ -7118,65 +7130,77 @@
       <c r="F93">
         <v>10.0</v>
       </c>
       <c r="G93" s="2">
         <v>45625.0</v>
       </c>
       <c r="H93" s="2">
         <v>46721.0</v>
       </c>
       <c r="I93" s="2">
         <v>46715.0</v>
       </c>
       <c r="J93">
         <v>100000</v>
       </c>
       <c r="K93">
         <v>100.0</v>
       </c>
       <c r="L93" t="s">
         <v>28</v>
       </c>
       <c r="M93">
         <v>0.055556</v>
       </c>
       <c r="N93">
-        <v>8.811636</v>
+        <v>8.752876</v>
       </c>
       <c r="O93">
         <v>6.509537</v>
       </c>
       <c r="P93">
-        <v>102.055556</v>
+        <v>102.155556</v>
       </c>
       <c r="Q93">
         <v>106.055556</v>
       </c>
       <c r="R93">
-        <v>102.0</v>
+        <v>102.1</v>
       </c>
       <c r="S93">
+        <v>106.0</v>
+      </c>
+      <c r="T93">
+        <v>636.333336</v>
+      </c>
+      <c r="U93">
+        <v>1</v>
+      </c>
+      <c r="V93">
+        <v>106.055556</v>
+      </c>
+      <c r="W93">
         <v>106.0</v>
       </c>
     </row>
     <row r="94" spans="1:23">
       <c r="A94" t="s">
         <v>184</v>
       </c>
       <c r="B94" t="s">
         <v>304</v>
       </c>
       <c r="C94" t="s">
         <v>305</v>
       </c>
       <c r="D94" t="s">
         <v>306</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="G94" s="2">
         <v>44349.0</v>
       </c>
       <c r="H94" s="2">
         <v>46175.0</v>
       </c>
@@ -8085,57 +8109,60 @@
       </c>
       <c r="F115">
         <v>3.5</v>
       </c>
       <c r="G115" s="2">
         <v>45476.0</v>
       </c>
       <c r="H115" s="2">
         <v>48032.0</v>
       </c>
       <c r="I115" s="2">
         <v>48029.0</v>
       </c>
       <c r="J115">
         <v>1405000</v>
       </c>
       <c r="K115">
         <v>1000.0</v>
       </c>
       <c r="L115" t="s">
         <v>28</v>
       </c>
       <c r="M115">
         <v>2.0521</v>
       </c>
-      <c r="O115">
-[...2 lines deleted...]
-      <c r="Q115">
+      <c r="T115">
+        <v>409522.0276</v>
+      </c>
+      <c r="U115">
+        <v>1</v>
+      </c>
+      <c r="V115">
         <v>104.469905</v>
       </c>
-      <c r="S115">
+      <c r="W115">
         <v>102.417805</v>
       </c>
     </row>
     <row r="116" spans="1:23">
       <c r="A116" t="s">
         <v>71</v>
       </c>
       <c r="B116" t="s">
         <v>370</v>
       </c>
       <c r="C116" t="s">
         <v>371</v>
       </c>
       <c r="D116" t="s">
         <v>372</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="F116">
         <v>3.5</v>
       </c>
       <c r="G116" s="2">
         <v>45335.0</v>
       </c>
@@ -9993,72 +10020,72 @@
       <c r="F152">
         <v>10.0</v>
       </c>
       <c r="G152" s="2">
         <v>45772.0</v>
       </c>
       <c r="H152" s="2">
         <v>47051.0</v>
       </c>
       <c r="I152" s="2">
         <v>47045.0</v>
       </c>
       <c r="J152">
         <v>230503</v>
       </c>
       <c r="K152">
         <v>100.0</v>
       </c>
       <c r="L152" t="s">
         <v>28</v>
       </c>
       <c r="M152">
         <v>0.194444</v>
       </c>
       <c r="N152">
-        <v>10.309179</v>
+        <v>11.203388</v>
       </c>
       <c r="O152">
         <v>10.126186</v>
       </c>
       <c r="P152">
-        <v>99.464444</v>
+        <v>97.394444</v>
       </c>
       <c r="Q152">
         <v>99.894444</v>
       </c>
       <c r="R152">
-        <v>99.27</v>
+        <v>97.2</v>
       </c>
       <c r="S152">
         <v>99.7</v>
       </c>
       <c r="T152">
-        <v>10489.36662</v>
+        <v>10988.83884</v>
       </c>
       <c r="U152">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V152">
         <v>99.894444</v>
       </c>
       <c r="W152">
         <v>99.7</v>
       </c>
     </row>
     <row r="153" spans="1:23">
       <c r="A153" t="s">
         <v>29</v>
       </c>
       <c r="B153" t="s">
         <v>477</v>
       </c>
       <c r="C153" t="s">
         <v>480</v>
       </c>
       <c r="D153" t="s">
         <v>481</v>
       </c>
       <c r="E153" t="s">
         <v>55</v>
       </c>
       <c r="F153">
@@ -10262,54 +10289,54 @@
       <c r="L156" t="s">
         <v>28</v>
       </c>
       <c r="M156">
         <v>0.055556</v>
       </c>
       <c r="N156">
         <v>10.021447</v>
       </c>
       <c r="O156">
         <v>9.999944</v>
       </c>
       <c r="P156">
         <v>100.005556</v>
       </c>
       <c r="Q156">
         <v>100.055556</v>
       </c>
       <c r="R156">
         <v>99.95</v>
       </c>
       <c r="S156">
         <v>100.0</v>
       </c>
       <c r="T156">
-        <v>10005.5556</v>
+        <v>60033.3336</v>
       </c>
       <c r="U156">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V156">
         <v>100.055556</v>
       </c>
       <c r="W156">
         <v>100.0</v>
       </c>
     </row>
     <row r="157" spans="1:23">
       <c r="A157" t="s">
         <v>23</v>
       </c>
       <c r="B157" t="s">
         <v>491</v>
       </c>
       <c r="C157" t="s">
         <v>492</v>
       </c>
       <c r="D157" t="s">
         <v>493</v>
       </c>
       <c r="E157" t="s">
         <v>55</v>
       </c>
       <c r="F157">
@@ -11780,63 +11807,63 @@
       <c r="F13">
         <v>5.0</v>
       </c>
       <c r="G13" s="2">
         <v>45812.0</v>
       </c>
       <c r="H13" s="2">
         <v>46908.0</v>
       </c>
       <c r="I13" s="2">
         <v>46902.0</v>
       </c>
       <c r="J13">
         <v>500000</v>
       </c>
       <c r="K13">
         <v>100.0</v>
       </c>
       <c r="L13" t="s">
         <v>28</v>
       </c>
       <c r="M13">
         <v>0.805556</v>
       </c>
       <c r="N13">
-        <v>4.658931</v>
+        <v>4.613783</v>
       </c>
       <c r="O13">
         <v>4.411247</v>
       </c>
       <c r="P13">
-        <v>101.555556</v>
+        <v>101.655556</v>
       </c>
       <c r="Q13">
         <v>102.105556</v>
       </c>
       <c r="R13">
-        <v>100.75</v>
+        <v>100.85</v>
       </c>
       <c r="S13">
         <v>101.3</v>
       </c>
       <c r="T13">
         <v>8450.651148</v>
       </c>
       <c r="U13">
         <v>4</v>
       </c>
       <c r="V13">
         <v>102.105556</v>
       </c>
       <c r="W13">
         <v>101.3</v>
       </c>
     </row>
     <row r="14" spans="1:23">
       <c r="A14" t="s">
         <v>184</v>
       </c>
       <c r="B14" t="s">
         <v>185</v>
       </c>
       <c r="C14" t="s">
@@ -11851,72 +11878,72 @@
       <c r="F14">
         <v>3.3</v>
       </c>
       <c r="G14" s="2">
         <v>45551.0</v>
       </c>
       <c r="H14" s="2">
         <v>46281.0</v>
       </c>
       <c r="I14" s="2">
         <v>46274.0</v>
       </c>
       <c r="J14">
         <v>2000000</v>
       </c>
       <c r="K14">
         <v>100.0</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14">
         <v>1.256712</v>
       </c>
       <c r="N14">
-        <v>2.266005</v>
+        <v>2.330887</v>
       </c>
       <c r="O14">
         <v>2.217387</v>
       </c>
       <c r="P14">
-        <v>101.876712</v>
+        <v>101.836712</v>
       </c>
       <c r="Q14">
         <v>101.906712</v>
       </c>
       <c r="R14">
-        <v>100.62</v>
+        <v>100.58</v>
       </c>
       <c r="S14">
         <v>100.65</v>
       </c>
       <c r="T14">
-        <v>1222.520544</v>
+        <v>17115.287616</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
         <v>101.876712</v>
       </c>
       <c r="W14">
         <v>100.62</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>188</v>
       </c>
       <c r="C15" t="s">
         <v>189</v>
       </c>
       <c r="D15" t="s">
         <v>190</v>
       </c>
       <c r="E15" t="s">
         <v>33</v>
       </c>
       <c r="F15">
@@ -12111,63 +12138,63 @@
       <c r="F18">
         <v>9.5</v>
       </c>
       <c r="G18" s="2">
         <v>45987.0</v>
       </c>
       <c r="H18" s="2">
         <v>47083.0</v>
       </c>
       <c r="I18" s="2">
         <v>47077.0</v>
       </c>
       <c r="J18">
         <v>8000</v>
       </c>
       <c r="K18">
         <v>1000.0</v>
       </c>
       <c r="L18" t="s">
         <v>28</v>
       </c>
       <c r="M18">
         <v>1.741667</v>
       </c>
       <c r="N18">
-        <v>9.047046</v>
+        <v>9.010756</v>
       </c>
       <c r="O18">
         <v>8.332308</v>
       </c>
       <c r="P18">
-        <v>102.851667</v>
+        <v>102.941667</v>
       </c>
       <c r="Q18">
         <v>104.641667</v>
       </c>
       <c r="R18">
-        <v>101.11</v>
+        <v>101.2</v>
       </c>
       <c r="S18">
         <v>102.9</v>
       </c>
       <c r="T18">
         <v>1032.01667</v>
       </c>
       <c r="U18">
         <v>1</v>
       </c>
       <c r="V18">
         <v>103.201667</v>
       </c>
       <c r="W18">
         <v>101.46</v>
       </c>
     </row>
     <row r="19" spans="1:23">
       <c r="A19" t="s">
         <v>29</v>
       </c>
       <c r="B19" t="s">
         <v>247</v>
       </c>
       <c r="C19" t="s">
@@ -12182,63 +12209,63 @@
       <c r="F19">
         <v>5.5</v>
       </c>
       <c r="G19" s="2">
         <v>44545.0</v>
       </c>
       <c r="H19" s="2">
         <v>48197.0</v>
       </c>
       <c r="I19" s="2">
         <v>48191.0</v>
       </c>
       <c r="J19">
         <v>15000</v>
       </c>
       <c r="K19">
         <v>1000.0</v>
       </c>
       <c r="L19" t="s">
         <v>28</v>
       </c>
       <c r="M19">
         <v>0.519444</v>
       </c>
       <c r="N19">
-        <v>5.762334</v>
+        <v>5.760299</v>
       </c>
       <c r="O19">
         <v>5.499728</v>
       </c>
       <c r="P19">
-        <v>99.219444</v>
+        <v>99.229444</v>
       </c>
       <c r="Q19">
         <v>100.51944</v>
       </c>
       <c r="R19">
-        <v>98.7</v>
+        <v>98.71</v>
       </c>
       <c r="S19">
         <v>99.999996</v>
       </c>
       <c r="T19">
         <v>15072.8922</v>
       </c>
       <c r="U19">
         <v>3</v>
       </c>
       <c r="V19">
         <v>100.519444</v>
       </c>
       <c r="W19">
         <v>100.0</v>
       </c>
     </row>
     <row r="20" spans="1:23">
       <c r="A20" t="s">
         <v>29</v>
       </c>
       <c r="B20" t="s">
         <v>250</v>
       </c>
       <c r="C20" t="s">
@@ -12531,116 +12558,116 @@
       <c r="L24" t="s">
         <v>28</v>
       </c>
       <c r="M24">
         <v>1.912088</v>
       </c>
       <c r="N24">
         <v>12.160174</v>
       </c>
       <c r="O24">
         <v>12.034237</v>
       </c>
       <c r="P24">
         <v>101.462088</v>
       </c>
       <c r="Q24">
         <v>101.912088</v>
       </c>
       <c r="R24">
         <v>99.55</v>
       </c>
       <c r="S24">
         <v>100.0</v>
       </c>
       <c r="T24">
-        <v>62242.855768</v>
+        <v>66217.4272</v>
       </c>
       <c r="U24">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="V24">
         <v>101.912088</v>
       </c>
       <c r="W24">
         <v>100.0</v>
       </c>
     </row>
     <row r="25" spans="1:23">
       <c r="A25" t="s">
         <v>29</v>
       </c>
       <c r="B25" t="s">
         <v>295</v>
       </c>
       <c r="C25" t="s">
         <v>296</v>
       </c>
       <c r="D25" t="s">
         <v>297</v>
       </c>
       <c r="E25" t="s">
         <v>33</v>
       </c>
       <c r="F25">
         <v>6.0</v>
       </c>
       <c r="G25" s="2">
         <v>45611.0</v>
       </c>
       <c r="H25" s="2">
         <v>49263.0</v>
       </c>
       <c r="I25" s="2">
         <v>49256.0</v>
       </c>
       <c r="J25">
         <v>20000</v>
       </c>
       <c r="K25">
         <v>1000.0</v>
       </c>
       <c r="L25" t="s">
         <v>28</v>
       </c>
       <c r="M25">
         <v>1.283333</v>
       </c>
       <c r="N25">
-        <v>5.635626</v>
+        <v>5.594239</v>
       </c>
       <c r="O25">
         <v>5.424459</v>
       </c>
       <c r="P25">
-        <v>103.793333</v>
+        <v>104.083333</v>
       </c>
       <c r="Q25">
         <v>105.283333</v>
       </c>
       <c r="R25">
-        <v>102.51</v>
+        <v>102.8</v>
       </c>
       <c r="S25">
         <v>104.0</v>
       </c>
     </row>
     <row r="26" spans="1:23">
       <c r="A26" t="s">
         <v>29</v>
       </c>
       <c r="B26" t="s">
         <v>298</v>
       </c>
       <c r="C26" t="s">
         <v>299</v>
       </c>
       <c r="D26" t="s">
         <v>300</v>
       </c>
       <c r="E26" t="s">
         <v>33</v>
       </c>
       <c r="F26">
         <v>10.5</v>
       </c>
       <c r="G26" s="2">
@@ -13580,54 +13607,54 @@
       <c r="L4" t="s">
         <v>28</v>
       </c>
       <c r="M4">
         <v>0.8464</v>
       </c>
       <c r="N4">
         <v>32.104854</v>
       </c>
       <c r="O4">
         <v>30.612389</v>
       </c>
       <c r="P4">
         <v>79.63</v>
       </c>
       <c r="Q4">
         <v>80.8464</v>
       </c>
       <c r="R4">
         <v>78.7836</v>
       </c>
       <c r="S4">
         <v>80.0</v>
       </c>
       <c r="T4">
-        <v>16977.744</v>
+        <v>17786.208</v>
       </c>
       <c r="U4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V4">
         <v>80.8464</v>
       </c>
       <c r="W4">
         <v>80.0</v>
       </c>
     </row>
     <row r="5" spans="1:23">
       <c r="A5" t="s">
         <v>23</v>
       </c>
       <c r="B5" t="s">
         <v>65</v>
       </c>
       <c r="C5" t="s">
         <v>66</v>
       </c>
       <c r="D5" t="s">
         <v>67</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5">
@@ -13833,63 +13860,63 @@
       <c r="F9">
         <v>10.0</v>
       </c>
       <c r="G9" s="2">
         <v>45567.0</v>
       </c>
       <c r="H9" s="2">
         <v>49219.0</v>
       </c>
       <c r="I9" s="2">
         <v>49213.0</v>
       </c>
       <c r="J9">
         <v>20000</v>
       </c>
       <c r="K9">
         <v>1000.0</v>
       </c>
       <c r="L9" t="s">
         <v>28</v>
       </c>
       <c r="M9">
         <v>0.833333</v>
       </c>
       <c r="N9">
-        <v>8.994731</v>
+        <v>9.140579</v>
       </c>
       <c r="O9">
         <v>8.834543</v>
       </c>
       <c r="P9">
-        <v>106.833333</v>
+        <v>105.933333</v>
       </c>
       <c r="Q9">
         <v>107.833333</v>
       </c>
       <c r="R9">
-        <v>106.0</v>
+        <v>105.1</v>
       </c>
       <c r="S9">
         <v>107.0</v>
       </c>
       <c r="T9">
         <v>4273.33332</v>
       </c>
       <c r="U9">
         <v>1</v>
       </c>
       <c r="V9">
         <v>106.833333</v>
       </c>
       <c r="W9">
         <v>106.0</v>
       </c>
     </row>
     <row r="10" spans="1:23">
       <c r="A10" t="s">
         <v>29</v>
       </c>
       <c r="B10" t="s">
         <v>101</v>
       </c>
       <c r="C10" t="s">
@@ -14134,63 +14161,75 @@
       <c r="G14" s="2">
         <v>45555.0</v>
       </c>
       <c r="H14" s="2">
         <v>47021.0</v>
       </c>
       <c r="I14" s="2">
         <v>47015.0</v>
       </c>
       <c r="J14">
         <v>150000</v>
       </c>
       <c r="K14">
         <v>100.0</v>
       </c>
       <c r="L14" t="s">
         <v>28</v>
       </c>
       <c r="M14">
         <v>0.194444</v>
       </c>
       <c r="N14">
         <v>8.726477</v>
       </c>
       <c r="O14">
-        <v>8.393932</v>
+        <v>8.311243</v>
       </c>
       <c r="P14">
         <v>103.194444</v>
       </c>
       <c r="Q14">
-        <v>103.994444</v>
+        <v>104.194444</v>
       </c>
       <c r="R14">
         <v>103.0</v>
       </c>
       <c r="S14">
-        <v>103.8</v>
+        <v>104.0</v>
+      </c>
+      <c r="T14">
+        <v>31235.5332</v>
+      </c>
+      <c r="U14">
+        <v>2</v>
+      </c>
+      <c r="V14">
+        <v>104.194444</v>
+      </c>
+      <c r="W14">
+        <v>104.0</v>
       </c>
     </row>
     <row r="15" spans="1:23">
       <c r="A15" t="s">
         <v>23</v>
       </c>
       <c r="B15" t="s">
         <v>131</v>
       </c>
       <c r="C15" t="s">
         <v>132</v>
       </c>
       <c r="D15" t="s">
         <v>133</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15">
         <v>11.002</v>
       </c>
       <c r="G15" s="2">
         <v>45161.0</v>
       </c>
       <c r="H15" s="2">
@@ -14252,113 +14291,113 @@
       <c r="G16" s="2">
         <v>45253.0</v>
       </c>
       <c r="H16" s="2">
         <v>46351.0</v>
       </c>
       <c r="I16" s="2">
         <v>46345.0</v>
       </c>
       <c r="J16">
         <v>15000</v>
       </c>
       <c r="K16">
         <v>1000.0</v>
       </c>
       <c r="L16" t="s">
         <v>28</v>
       </c>
       <c r="M16">
         <v>0.213928</v>
       </c>
       <c r="N16">
         <v>9.718284</v>
       </c>
       <c r="O16">
-        <v>6.325387</v>
+        <v>6.326625</v>
       </c>
       <c r="P16">
         <v>101.213928</v>
       </c>
       <c r="Q16">
-        <v>103.913928</v>
+        <v>103.912928</v>
       </c>
       <c r="R16">
         <v>101.0</v>
       </c>
       <c r="S16">
-        <v>103.7</v>
+        <v>103.699</v>
       </c>
     </row>
     <row r="17" spans="1:23">
       <c r="A17" t="s">
         <v>23</v>
       </c>
       <c r="B17" t="s">
         <v>137</v>
       </c>
       <c r="C17" t="s">
         <v>138</v>
       </c>
       <c r="D17" t="s">
         <v>139</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17">
         <v>13.502</v>
       </c>
       <c r="G17" s="2">
         <v>45132.0</v>
       </c>
       <c r="H17" s="2">
         <v>46959.0</v>
       </c>
       <c r="I17" s="2">
         <v>46953.0</v>
       </c>
       <c r="J17">
         <v>5000</v>
       </c>
       <c r="K17">
         <v>1000.0</v>
       </c>
       <c r="L17" t="s">
         <v>28</v>
       </c>
       <c r="M17">
         <v>0.262539</v>
       </c>
       <c r="N17">
-        <v>13.027543</v>
+        <v>12.718872</v>
       </c>
       <c r="P17">
-        <v>101.262539</v>
+        <v>101.92</v>
       </c>
       <c r="R17">
-        <v>101.0</v>
+        <v>101.657461</v>
       </c>
     </row>
     <row r="18" spans="1:23">
       <c r="A18" t="s">
         <v>23</v>
       </c>
       <c r="B18" t="s">
         <v>137</v>
       </c>
       <c r="C18" t="s">
         <v>140</v>
       </c>
       <c r="D18" t="s">
         <v>141</v>
       </c>
       <c r="E18" t="s">
         <v>55</v>
       </c>
       <c r="F18">
         <v>13.002</v>
       </c>
       <c r="G18" s="2">
         <v>45443.0</v>
       </c>
       <c r="H18" s="2">
@@ -15300,65 +15339,77 @@
       <c r="F36">
         <v>10.0</v>
       </c>
       <c r="G36" s="2">
         <v>45625.0</v>
       </c>
       <c r="H36" s="2">
         <v>46721.0</v>
       </c>
       <c r="I36" s="2">
         <v>46715.0</v>
       </c>
       <c r="J36">
         <v>100000</v>
       </c>
       <c r="K36">
         <v>100.0</v>
       </c>
       <c r="L36" t="s">
         <v>28</v>
       </c>
       <c r="M36">
         <v>0.055556</v>
       </c>
       <c r="N36">
-        <v>8.811636</v>
+        <v>8.752876</v>
       </c>
       <c r="O36">
         <v>6.509537</v>
       </c>
       <c r="P36">
-        <v>102.055556</v>
+        <v>102.155556</v>
       </c>
       <c r="Q36">
         <v>106.055556</v>
       </c>
       <c r="R36">
-        <v>102.0</v>
+        <v>102.1</v>
       </c>
       <c r="S36">
+        <v>106.0</v>
+      </c>
+      <c r="T36">
+        <v>636.333336</v>
+      </c>
+      <c r="U36">
+        <v>1</v>
+      </c>
+      <c r="V36">
+        <v>106.055556</v>
+      </c>
+      <c r="W36">
         <v>106.0</v>
       </c>
     </row>
     <row r="37" spans="1:23">
       <c r="A37" t="s">
         <v>184</v>
       </c>
       <c r="B37" t="s">
         <v>385</v>
       </c>
       <c r="C37" t="s">
         <v>386</v>
       </c>
       <c r="D37" t="s">
         <v>387</v>
       </c>
       <c r="E37" t="s">
         <v>55</v>
       </c>
       <c r="G37" s="2">
         <v>44015.0</v>
       </c>
       <c r="H37" s="2">
         <v>46571.0</v>
       </c>
@@ -15642,72 +15693,72 @@
       <c r="F42">
         <v>10.0</v>
       </c>
       <c r="G42" s="2">
         <v>45772.0</v>
       </c>
       <c r="H42" s="2">
         <v>47051.0</v>
       </c>
       <c r="I42" s="2">
         <v>47045.0</v>
       </c>
       <c r="J42">
         <v>230503</v>
       </c>
       <c r="K42">
         <v>100.0</v>
       </c>
       <c r="L42" t="s">
         <v>28</v>
       </c>
       <c r="M42">
         <v>0.194444</v>
       </c>
       <c r="N42">
-        <v>10.309179</v>
+        <v>11.203388</v>
       </c>
       <c r="O42">
         <v>10.126186</v>
       </c>
       <c r="P42">
-        <v>99.464444</v>
+        <v>97.394444</v>
       </c>
       <c r="Q42">
         <v>99.894444</v>
       </c>
       <c r="R42">
-        <v>99.27</v>
+        <v>97.2</v>
       </c>
       <c r="S42">
         <v>99.7</v>
       </c>
       <c r="T42">
-        <v>10489.36662</v>
+        <v>10988.83884</v>
       </c>
       <c r="U42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V42">
         <v>99.894444</v>
       </c>
       <c r="W42">
         <v>99.7</v>
       </c>
     </row>
     <row r="43" spans="1:23">
       <c r="A43" t="s">
         <v>29</v>
       </c>
       <c r="B43" t="s">
         <v>477</v>
       </c>
       <c r="C43" t="s">
         <v>480</v>
       </c>
       <c r="D43" t="s">
         <v>481</v>
       </c>
       <c r="E43" t="s">
         <v>55</v>
       </c>
       <c r="F43">
@@ -15852,54 +15903,54 @@
       <c r="L45" t="s">
         <v>28</v>
       </c>
       <c r="M45">
         <v>0.055556</v>
       </c>
       <c r="N45">
         <v>10.021447</v>
       </c>
       <c r="O45">
         <v>9.999944</v>
       </c>
       <c r="P45">
         <v>100.005556</v>
       </c>
       <c r="Q45">
         <v>100.055556</v>
       </c>
       <c r="R45">
         <v>99.95</v>
       </c>
       <c r="S45">
         <v>100.0</v>
       </c>
       <c r="T45">
-        <v>10005.5556</v>
+        <v>60033.3336</v>
       </c>
       <c r="U45">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="V45">
         <v>100.055556</v>
       </c>
       <c r="W45">
         <v>100.0</v>
       </c>
     </row>
     <row r="46" spans="1:23">
       <c r="A46" t="s">
         <v>23</v>
       </c>
       <c r="B46" t="s">
         <v>491</v>
       </c>
       <c r="C46" t="s">
         <v>492</v>
       </c>
       <c r="D46" t="s">
         <v>493</v>
       </c>
       <c r="E46" t="s">
         <v>55</v>
       </c>
       <c r="F46">
@@ -18548,57 +18599,60 @@
       </c>
       <c r="F55">
         <v>3.5</v>
       </c>
       <c r="G55" s="2">
         <v>45476.0</v>
       </c>
       <c r="H55" s="2">
         <v>48032.0</v>
       </c>
       <c r="I55" s="2">
         <v>48029.0</v>
       </c>
       <c r="J55">
         <v>1405000</v>
       </c>
       <c r="K55">
         <v>1000.0</v>
       </c>
       <c r="L55" t="s">
         <v>28</v>
       </c>
       <c r="M55">
         <v>2.0521</v>
       </c>
-      <c r="O55">
-[...2 lines deleted...]
-      <c r="Q55">
+      <c r="T55">
+        <v>409522.0276</v>
+      </c>
+      <c r="U55">
+        <v>1</v>
+      </c>
+      <c r="V55">
         <v>104.469905</v>
       </c>
-      <c r="S55">
+      <c r="W55">
         <v>102.417805</v>
       </c>
     </row>
     <row r="56" spans="1:23">
       <c r="A56" t="s">
         <v>71</v>
       </c>
       <c r="B56" t="s">
         <v>370</v>
       </c>
       <c r="C56" t="s">
         <v>371</v>
       </c>
       <c r="D56" t="s">
         <v>372</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
         <v>3.5</v>
       </c>
       <c r="G56" s="2">
         <v>45335.0</v>
       </c>