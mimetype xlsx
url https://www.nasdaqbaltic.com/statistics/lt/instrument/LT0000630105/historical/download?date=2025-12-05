--- v0 (2025-12-05)
+++ v1 (2026-03-10)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -465,54 +465,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X596"/>
+  <dimension ref="A1:X659"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L596" sqref="L596"/>
+      <selection activeCell="L659" sqref="L659"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -549,25448 +549,28490 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.355081019</v>
+        <v>46091.583460648</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
         <v>101.6934</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>3.9</v>
       </c>
       <c r="K2" s="2">
         <v>45140.0</v>
       </c>
       <c r="L2" s="2">
         <v>46236.0</v>
       </c>
       <c r="M2">
         <v>11150000</v>
       </c>
       <c r="N2">
         <v>100.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.3677</v>
+        <v>2.3721</v>
+      </c>
+      <c r="Q2">
+        <v>102.9921</v>
+      </c>
+      <c r="S2">
+        <v>100.62</v>
+      </c>
+      <c r="U2">
+        <v>2.265465</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.355671296</v>
+        <v>46090.597453704</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
         <v>101.6934</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>3.9</v>
       </c>
       <c r="K3" s="2">
         <v>45140.0</v>
       </c>
       <c r="L3" s="2">
         <v>46236.0</v>
       </c>
       <c r="M3">
         <v>11150000</v>
       </c>
       <c r="N3">
         <v>100.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.3356</v>
+        <v>2.3614</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.355219907</v>
+        <v>46087.6653125</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
         <v>101.6934</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>3.9</v>
       </c>
       <c r="K4" s="2">
         <v>45140.0</v>
       </c>
       <c r="L4" s="2">
         <v>46236.0</v>
       </c>
       <c r="M4">
         <v>11150000</v>
       </c>
       <c r="N4">
         <v>100.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.3249</v>
+        <v>2.3507</v>
+      </c>
+      <c r="Q4">
+        <v>102.9807</v>
+      </c>
+      <c r="S4">
+        <v>100.63</v>
+      </c>
+      <c r="U4">
+        <v>2.262361</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.355231481</v>
+        <v>46086.441805556</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
         <v>101.6934</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>3.9</v>
       </c>
       <c r="K5" s="2">
         <v>45140.0</v>
       </c>
       <c r="L5" s="2">
         <v>46236.0</v>
       </c>
       <c r="M5">
         <v>11150000</v>
       </c>
       <c r="N5">
         <v>100.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.3142</v>
+        <v>2.34</v>
+      </c>
+      <c r="Q5">
+        <v>102.99</v>
+      </c>
+      <c r="S5">
+        <v>100.65</v>
+      </c>
+      <c r="U5">
+        <v>2.223612</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.355428241</v>
+        <v>46085.355069444</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
         <v>101.6934</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>3.9</v>
       </c>
       <c r="K6" s="2">
         <v>45140.0</v>
       </c>
       <c r="L6" s="2">
         <v>46236.0</v>
       </c>
       <c r="M6">
         <v>11150000</v>
       </c>
       <c r="N6">
         <v>100.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.3036</v>
+        <v>2.3079</v>
+      </c>
+      <c r="Q6">
+        <v>102.9779</v>
+      </c>
+      <c r="S6">
+        <v>100.67</v>
+      </c>
+      <c r="U6">
+        <v>2.207771</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.355381944</v>
+        <v>46084.531134259</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
         <v>101.6934</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>3.9</v>
       </c>
       <c r="K7" s="2">
         <v>45140.0</v>
       </c>
       <c r="L7" s="2">
         <v>46236.0</v>
       </c>
       <c r="M7">
         <v>11150000</v>
       </c>
       <c r="N7">
         <v>100.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.2929</v>
+        <v>2.2973</v>
+      </c>
+      <c r="Q7">
+        <v>102.9673</v>
+      </c>
+      <c r="S7">
+        <v>100.67</v>
+      </c>
+      <c r="U7">
+        <v>2.218493</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.355208333</v>
+        <v>46083.419571759</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
         <v>101.6934</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>3.9</v>
       </c>
       <c r="K8" s="2">
         <v>45140.0</v>
       </c>
       <c r="L8" s="2">
         <v>46236.0</v>
       </c>
       <c r="M8">
         <v>11150000</v>
       </c>
       <c r="N8">
         <v>100.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.2608</v>
+        <v>2.2866</v>
+      </c>
+      <c r="Q8">
+        <v>102.9666</v>
+      </c>
+      <c r="R8">
+        <v>103.0263</v>
+      </c>
+      <c r="S8">
+        <v>100.68</v>
+      </c>
+      <c r="T8">
+        <v>100.7397</v>
+      </c>
+      <c r="U8">
+        <v>2.20532</v>
+      </c>
+      <c r="V8">
+        <v>2.062221</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355208333</v>
+        <v>46080.355092593</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
         <v>101.6934</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>3.9</v>
       </c>
       <c r="K9" s="2">
         <v>45140.0</v>
       </c>
       <c r="L9" s="2">
         <v>46236.0</v>
       </c>
       <c r="M9">
         <v>11150000</v>
       </c>
       <c r="N9">
         <v>100.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.2501</v>
+        <v>2.2759</v>
+      </c>
+      <c r="Q9">
+        <v>102.9759</v>
+      </c>
+      <c r="S9">
+        <v>100.7</v>
+      </c>
+      <c r="U9">
+        <v>2.168493</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.355138889</v>
+        <v>46079.532627315</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
         <v>101.6934</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>3.9</v>
       </c>
       <c r="K10" s="2">
         <v>45140.0</v>
       </c>
       <c r="L10" s="2">
         <v>46236.0</v>
       </c>
       <c r="M10">
         <v>11150000</v>
       </c>
       <c r="N10">
         <v>100.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.2395</v>
+        <v>2.2652</v>
+      </c>
+      <c r="Q10">
+        <v>102.9652</v>
+      </c>
+      <c r="S10">
+        <v>100.7</v>
+      </c>
+      <c r="U10">
+        <v>2.179495</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355127315</v>
+        <v>46078.355300926</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
         <v>101.6934</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>3.9</v>
       </c>
       <c r="K11" s="2">
         <v>45140.0</v>
       </c>
       <c r="L11" s="2">
         <v>46236.0</v>
       </c>
       <c r="M11">
         <v>11150000</v>
       </c>
       <c r="N11">
         <v>100.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.2288</v>
+        <v>2.2332</v>
+      </c>
+      <c r="Q11">
+        <v>102.9432</v>
+      </c>
+      <c r="S11">
+        <v>100.71</v>
+      </c>
+      <c r="U11">
+        <v>2.188216</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.354965278</v>
+        <v>46077.354953704</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
         <v>101.6934</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>3.9</v>
       </c>
       <c r="K12" s="2">
         <v>45140.0</v>
       </c>
       <c r="L12" s="2">
         <v>46236.0</v>
       </c>
       <c r="M12">
         <v>11150000</v>
       </c>
       <c r="N12">
         <v>100.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.2181</v>
+        <v>2.2225</v>
+      </c>
+      <c r="Q12">
+        <v>102.9325</v>
+      </c>
+      <c r="S12">
+        <v>100.71</v>
+      </c>
+      <c r="U12">
+        <v>2.198822</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.35525463</v>
+        <v>46076.422071759</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
         <v>101.6934</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>3.9</v>
       </c>
       <c r="K13" s="2">
         <v>45140.0</v>
       </c>
       <c r="L13" s="2">
         <v>46236.0</v>
       </c>
       <c r="M13">
         <v>11150000</v>
       </c>
       <c r="N13">
         <v>100.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.186</v>
+        <v>2.2118</v>
+      </c>
+      <c r="Q13">
+        <v>102.9218</v>
+      </c>
+      <c r="S13">
+        <v>100.71</v>
+      </c>
+      <c r="U13">
+        <v>2.209297</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.516157407</v>
+        <v>46073.624050926</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
         <v>101.6934</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>3.9</v>
       </c>
       <c r="K14" s="2">
         <v>45140.0</v>
       </c>
       <c r="L14" s="2">
         <v>46236.0</v>
       </c>
       <c r="M14">
         <v>11150000</v>
       </c>
       <c r="N14">
         <v>100.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.1753</v>
-[...8 lines deleted...]
-        <v>2.056406</v>
+        <v>2.2011</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.355775463</v>
+        <v>46072.419664352</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
         <v>101.6934</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>3.9</v>
       </c>
       <c r="K15" s="2">
         <v>45140.0</v>
       </c>
       <c r="L15" s="2">
         <v>46236.0</v>
       </c>
       <c r="M15">
         <v>11150000</v>
       </c>
       <c r="N15">
         <v>100.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>1.1647</v>
+        <v>2.1904</v>
+      </c>
+      <c r="Q15">
+        <v>102.9104</v>
+      </c>
+      <c r="S15">
+        <v>100.72</v>
+      </c>
+      <c r="U15">
+        <v>2.207206</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.355115741</v>
+        <v>46071.355162037</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
         <v>101.6934</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>3.9</v>
       </c>
       <c r="K16" s="2">
         <v>45140.0</v>
       </c>
       <c r="L16" s="2">
         <v>46236.0</v>
       </c>
       <c r="M16">
         <v>11150000</v>
       </c>
       <c r="N16">
         <v>100.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>1.154</v>
+        <v>2.1584</v>
+      </c>
+      <c r="Q16">
+        <v>102.8984</v>
+      </c>
+      <c r="S16">
+        <v>100.74</v>
+      </c>
+      <c r="U16">
+        <v>2.192828</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.355451389</v>
+        <v>46070.418969907</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
         <v>101.6934</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>3.9</v>
       </c>
       <c r="K17" s="2">
         <v>45140.0</v>
       </c>
       <c r="L17" s="2">
         <v>46236.0</v>
       </c>
       <c r="M17">
         <v>11150000</v>
       </c>
       <c r="N17">
         <v>100.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>1.1433</v>
+        <v>2.1477</v>
+      </c>
+      <c r="Q17">
+        <v>102.8877</v>
+      </c>
+      <c r="S17">
+        <v>100.74</v>
+      </c>
+      <c r="U17">
+        <v>2.202964</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.355613426</v>
+        <v>46069.354791667</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
         <v>101.6934</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>3.9</v>
       </c>
       <c r="K18" s="2">
         <v>45140.0</v>
       </c>
       <c r="L18" s="2">
         <v>46236.0</v>
       </c>
       <c r="M18">
         <v>11150000</v>
       </c>
       <c r="N18">
         <v>100.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>1.1112</v>
+        <v>2.137</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.355625</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
         <v>101.6934</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>3.9</v>
       </c>
       <c r="K19" s="2">
         <v>45140.0</v>
       </c>
       <c r="L19" s="2">
         <v>46236.0</v>
       </c>
       <c r="M19">
         <v>11150000</v>
       </c>
       <c r="N19">
         <v>100.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>1.1005</v>
+        <v>2.1263</v>
+      </c>
+      <c r="Q19">
+        <v>102.8763</v>
+      </c>
+      <c r="S19">
+        <v>100.75</v>
+      </c>
+      <c r="U19">
+        <v>2.201033</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.355717593</v>
+        <v>46065.418576389</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
         <v>101.6934</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>3.9</v>
       </c>
       <c r="K20" s="2">
         <v>45140.0</v>
       </c>
       <c r="L20" s="2">
         <v>46236.0</v>
       </c>
       <c r="M20">
         <v>11150000</v>
       </c>
       <c r="N20">
         <v>100.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>1.0899</v>
+        <v>2.1156</v>
+      </c>
+      <c r="Q20">
+        <v>102.8656</v>
+      </c>
+      <c r="S20">
+        <v>100.75</v>
+      </c>
+      <c r="U20">
+        <v>2.210943</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.355277778</v>
+        <v>46064.355138889</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
         <v>101.6934</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>3.9</v>
       </c>
       <c r="K21" s="2">
         <v>45140.0</v>
       </c>
       <c r="L21" s="2">
         <v>46236.0</v>
       </c>
       <c r="M21">
         <v>11150000</v>
       </c>
       <c r="N21">
         <v>100.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>1.0792</v>
+        <v>2.0836</v>
+      </c>
+      <c r="Q21">
+        <v>102.8536</v>
+      </c>
+      <c r="S21">
+        <v>100.77</v>
+      </c>
+      <c r="U21">
+        <v>2.197102</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.35525463</v>
+        <v>46063.355046296</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
         <v>101.6934</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>3.9</v>
       </c>
       <c r="K22" s="2">
         <v>45140.0</v>
       </c>
       <c r="L22" s="2">
         <v>46236.0</v>
       </c>
       <c r="M22">
         <v>11150000</v>
       </c>
       <c r="N22">
         <v>100.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>1.0685</v>
+        <v>2.0729</v>
+      </c>
+      <c r="Q22">
+        <v>102.8429</v>
+      </c>
+      <c r="S22">
+        <v>100.77</v>
+      </c>
+      <c r="U22">
+        <v>2.206808</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.355358796</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
         <v>101.6934</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>3.9</v>
       </c>
       <c r="K23" s="2">
         <v>45140.0</v>
       </c>
       <c r="L23" s="2">
         <v>46236.0</v>
       </c>
       <c r="M23">
         <v>11150000</v>
       </c>
       <c r="N23">
         <v>100.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>1.0364</v>
+        <v>2.0622</v>
+      </c>
+      <c r="Q23">
+        <v>102.8322</v>
+      </c>
+      <c r="S23">
+        <v>100.77</v>
+      </c>
+      <c r="U23">
+        <v>2.216405</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.355266204</v>
+        <v>46059.427384259</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
         <v>101.6934</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>3.9</v>
       </c>
       <c r="K24" s="2">
         <v>45140.0</v>
       </c>
       <c r="L24" s="2">
         <v>46236.0</v>
       </c>
       <c r="M24">
         <v>11150000</v>
       </c>
       <c r="N24">
         <v>100.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>1.0258</v>
+        <v>2.0515</v>
+      </c>
+      <c r="Q24">
+        <v>102.8215</v>
+      </c>
+      <c r="S24">
+        <v>100.77</v>
+      </c>
+      <c r="U24">
+        <v>2.225894</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.355185185</v>
+        <v>46058.422384259</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
         <v>101.6934</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>3.9</v>
       </c>
       <c r="K25" s="2">
         <v>45140.0</v>
       </c>
       <c r="L25" s="2">
         <v>46236.0</v>
       </c>
       <c r="M25">
         <v>11150000</v>
       </c>
       <c r="N25">
         <v>100.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>1.0151</v>
+        <v>2.0408</v>
+      </c>
+      <c r="Q25">
+        <v>102.8408</v>
+      </c>
+      <c r="S25">
+        <v>100.8</v>
+      </c>
+      <c r="U25">
+        <v>2.172726</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.355219907</v>
+        <v>46057.354988426</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
         <v>101.6934</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>3.9</v>
       </c>
       <c r="K26" s="2">
         <v>45140.0</v>
       </c>
       <c r="L26" s="2">
         <v>46236.0</v>
       </c>
       <c r="M26">
         <v>11150000</v>
       </c>
       <c r="N26">
         <v>100.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>1.0044</v>
+        <v>2.0088</v>
+      </c>
+      <c r="Q26">
+        <v>102.8288</v>
+      </c>
+      <c r="S26">
+        <v>100.82</v>
+      </c>
+      <c r="U26">
+        <v>2.160091</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.355208333</v>
+        <v>46056.355520833</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
         <v>101.6934</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>3.9</v>
       </c>
       <c r="K27" s="2">
         <v>45140.0</v>
       </c>
       <c r="L27" s="2">
         <v>46236.0</v>
       </c>
       <c r="M27">
         <v>11150000</v>
       </c>
       <c r="N27">
         <v>100.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.9937</v>
+        <v>1.9981</v>
+      </c>
+      <c r="Q27">
+        <v>102.8181</v>
+      </c>
+      <c r="S27">
+        <v>100.82</v>
+      </c>
+      <c r="U27">
+        <v>2.169625</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.355115741</v>
+        <v>46055.355474537</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
         <v>101.6934</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>3.9</v>
       </c>
       <c r="K28" s="2">
         <v>45140.0</v>
       </c>
       <c r="L28" s="2">
         <v>46236.0</v>
       </c>
       <c r="M28">
         <v>11150000</v>
       </c>
       <c r="N28">
         <v>100.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.9616</v>
+        <v>1.9874</v>
+      </c>
+      <c r="Q28">
+        <v>102.8074</v>
+      </c>
+      <c r="S28">
+        <v>100.82</v>
+      </c>
+      <c r="U28">
+        <v>2.179056</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.35537037</v>
+        <v>46052.355266204</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
         <v>101.6934</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>3.9</v>
       </c>
       <c r="K29" s="2">
         <v>45140.0</v>
       </c>
       <c r="L29" s="2">
         <v>46236.0</v>
       </c>
       <c r="M29">
         <v>11150000</v>
       </c>
       <c r="N29">
         <v>100.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.951</v>
+        <v>1.9767</v>
+      </c>
+      <c r="Q29">
+        <v>102.7967</v>
+      </c>
+      <c r="S29">
+        <v>100.82</v>
+      </c>
+      <c r="U29">
+        <v>2.188385</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.355023148</v>
+        <v>46051.355277778</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
         <v>101.6934</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>3.9</v>
       </c>
       <c r="K30" s="2">
         <v>45140.0</v>
       </c>
       <c r="L30" s="2">
         <v>46236.0</v>
       </c>
       <c r="M30">
         <v>11150000</v>
       </c>
       <c r="N30">
         <v>100.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.9403</v>
+        <v>1.966</v>
+      </c>
+      <c r="Q30">
+        <v>102.786</v>
+      </c>
+      <c r="S30">
+        <v>100.82</v>
+      </c>
+      <c r="U30">
+        <v>2.197615</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.355451389</v>
+        <v>46050.42375</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="G31">
         <v>101.6934</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>3.9</v>
       </c>
       <c r="K31" s="2">
         <v>45140.0</v>
       </c>
       <c r="L31" s="2">
         <v>46236.0</v>
       </c>
       <c r="M31">
         <v>11150000</v>
       </c>
       <c r="N31">
         <v>100.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.9296</v>
+        <v>1.934</v>
+      </c>
+      <c r="Q31">
+        <v>102.754</v>
+      </c>
+      <c r="S31">
+        <v>100.82</v>
+      </c>
+      <c r="U31">
+        <v>2.224521</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.355185185</v>
+        <v>46049.440555556</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
         <v>101.6934</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>3.9</v>
       </c>
       <c r="K32" s="2">
         <v>45140.0</v>
       </c>
       <c r="L32" s="2">
         <v>46236.0</v>
       </c>
       <c r="M32">
         <v>11150000</v>
       </c>
       <c r="N32">
         <v>100.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.9189</v>
+        <v>1.9233</v>
+      </c>
+      <c r="Q32">
+        <v>102.7733</v>
+      </c>
+      <c r="S32">
+        <v>100.85</v>
+      </c>
+      <c r="U32">
+        <v>2.174498</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.355787037</v>
+        <v>46048.433020833</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
         <v>101.6934</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>3.9</v>
       </c>
       <c r="K33" s="2">
         <v>45140.0</v>
       </c>
       <c r="L33" s="2">
         <v>46236.0</v>
       </c>
       <c r="M33">
         <v>11150000</v>
       </c>
       <c r="N33">
         <v>100.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.8868</v>
+        <v>1.9126</v>
+      </c>
+      <c r="Q33">
+        <v>102.7426</v>
+      </c>
+      <c r="S33">
+        <v>100.83</v>
+      </c>
+      <c r="U33">
+        <v>2.222595</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.355150463</v>
+        <v>46045.355347222</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
         <v>101.6934</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>3.9</v>
       </c>
       <c r="K34" s="2">
         <v>45140.0</v>
       </c>
       <c r="L34" s="2">
         <v>46236.0</v>
       </c>
       <c r="M34">
         <v>11150000</v>
       </c>
       <c r="N34">
         <v>100.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.8762</v>
+        <v>1.9019</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.354895833</v>
+        <v>46044.355740741</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
         <v>101.6934</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>3.9</v>
       </c>
       <c r="K35" s="2">
         <v>45140.0</v>
       </c>
       <c r="L35" s="2">
         <v>46236.0</v>
       </c>
       <c r="M35">
         <v>11150000</v>
       </c>
       <c r="N35">
         <v>100.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.8655</v>
+        <v>1.8912</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.355300926</v>
+        <v>46043.354930556</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
         <v>101.6934</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>3.9</v>
       </c>
       <c r="K36" s="2">
         <v>45140.0</v>
       </c>
       <c r="L36" s="2">
         <v>46236.0</v>
       </c>
       <c r="M36">
         <v>11150000</v>
       </c>
       <c r="N36">
         <v>100.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.8548</v>
+        <v>1.8592</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.354976852</v>
+        <v>46042.355196759</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
         <v>101.6934</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>3.9</v>
       </c>
       <c r="K37" s="2">
         <v>45140.0</v>
       </c>
       <c r="L37" s="2">
         <v>46236.0</v>
       </c>
       <c r="M37">
         <v>11150000</v>
       </c>
       <c r="N37">
         <v>100.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.8441</v>
+        <v>1.8485</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.355127315</v>
+        <v>46041.355046296</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
         <v>101.6934</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>3.9</v>
       </c>
       <c r="K38" s="2">
         <v>45140.0</v>
       </c>
       <c r="L38" s="2">
         <v>46236.0</v>
       </c>
       <c r="M38">
         <v>11150000</v>
       </c>
       <c r="N38">
         <v>100.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.8121</v>
+        <v>1.8378</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.354664352</v>
+        <v>46038.355358796</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="G39">
         <v>101.6934</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>3.9</v>
       </c>
       <c r="K39" s="2">
         <v>45140.0</v>
       </c>
       <c r="L39" s="2">
         <v>46236.0</v>
       </c>
       <c r="M39">
         <v>11150000</v>
       </c>
       <c r="N39">
         <v>100.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.8014</v>
+        <v>1.8271</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.354768519</v>
+        <v>46037.355694444</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="G40">
         <v>101.6934</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>3.9</v>
       </c>
       <c r="K40" s="2">
         <v>45140.0</v>
       </c>
       <c r="L40" s="2">
         <v>46236.0</v>
       </c>
       <c r="M40">
         <v>11150000</v>
       </c>
       <c r="N40">
         <v>100.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
+      <c r="P40">
+        <v>1.8164</v>
+      </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.354756944</v>
+        <v>46036.355173611</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
       <c r="G41">
         <v>101.6934</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>3.9</v>
       </c>
       <c r="K41" s="2">
         <v>45140.0</v>
       </c>
       <c r="L41" s="2">
         <v>46236.0</v>
       </c>
       <c r="M41">
         <v>11150000</v>
       </c>
       <c r="N41">
         <v>100.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>0.78</v>
+        <v>1.7844</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.354768519</v>
+        <v>46035.354965278</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="G42">
         <v>101.6934</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>3.9</v>
       </c>
       <c r="K42" s="2">
         <v>45140.0</v>
       </c>
       <c r="L42" s="2">
         <v>46236.0</v>
       </c>
       <c r="M42">
         <v>11150000</v>
       </c>
       <c r="N42">
         <v>100.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>0.7693</v>
+        <v>1.7737</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.354791667</v>
+        <v>46034.355185185</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
         <v>101.6934</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>3.9</v>
       </c>
       <c r="K43" s="2">
         <v>45140.0</v>
       </c>
       <c r="L43" s="2">
         <v>46236.0</v>
       </c>
       <c r="M43">
         <v>11150000</v>
       </c>
       <c r="N43">
         <v>100.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>0.7373</v>
+        <v>1.763</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.354699074</v>
+        <v>46031.355277778</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
         <v>101.6934</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>3.9</v>
       </c>
       <c r="K44" s="2">
         <v>45140.0</v>
       </c>
       <c r="L44" s="2">
         <v>46236.0</v>
       </c>
       <c r="M44">
         <v>11150000</v>
       </c>
       <c r="N44">
         <v>100.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>0.7266</v>
+        <v>1.7523</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.354884259</v>
+        <v>46030.355266204</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
         <v>101.6934</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>3.9</v>
       </c>
       <c r="K45" s="2">
         <v>45140.0</v>
       </c>
       <c r="L45" s="2">
         <v>46236.0</v>
       </c>
       <c r="M45">
         <v>11150000</v>
       </c>
       <c r="N45">
         <v>100.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>0.7159</v>
+        <v>1.7416</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.354768519</v>
+        <v>46029.355069444</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="G46">
         <v>101.6934</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>3.9</v>
       </c>
       <c r="K46" s="2">
         <v>45140.0</v>
       </c>
       <c r="L46" s="2">
         <v>46236.0</v>
       </c>
       <c r="M46">
         <v>11150000</v>
       </c>
       <c r="N46">
         <v>100.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>0.7052</v>
+        <v>1.7096</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.35462963</v>
+        <v>46028.3553125</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="G47">
         <v>101.6934</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>3.9</v>
       </c>
       <c r="K47" s="2">
         <v>45140.0</v>
       </c>
       <c r="L47" s="2">
         <v>46236.0</v>
       </c>
       <c r="M47">
         <v>11150000</v>
       </c>
       <c r="N47">
         <v>100.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>0.6945</v>
+        <v>1.6989</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.354791667</v>
+        <v>46027.35505787</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="G48">
         <v>101.6934</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>3.9</v>
       </c>
       <c r="K48" s="2">
         <v>45140.0</v>
       </c>
       <c r="L48" s="2">
         <v>46236.0</v>
       </c>
       <c r="M48">
         <v>11150000</v>
       </c>
       <c r="N48">
         <v>100.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>0.6625</v>
+        <v>1.6882</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45930.354664352</v>
+        <v>46024.355266204</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
         <v>101.6934</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>3.9</v>
       </c>
       <c r="K49" s="2">
         <v>45140.0</v>
       </c>
       <c r="L49" s="2">
         <v>46236.0</v>
       </c>
       <c r="M49">
         <v>11150000</v>
       </c>
       <c r="N49">
         <v>100.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>0.6518</v>
+        <v>1.6775</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45929.3546875</v>
+        <v>46021.355405093</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="G50">
         <v>101.6934</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>3.9</v>
       </c>
       <c r="K50" s="2">
         <v>45140.0</v>
       </c>
       <c r="L50" s="2">
         <v>46236.0</v>
       </c>
       <c r="M50">
         <v>11150000</v>
       </c>
       <c r="N50">
         <v>100.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>0.6411</v>
+        <v>1.6348</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45926.354733796</v>
+        <v>46020.354988426</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
         <v>101.6934</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>3.9</v>
       </c>
       <c r="K51" s="2">
         <v>45140.0</v>
       </c>
       <c r="L51" s="2">
         <v>46236.0</v>
       </c>
       <c r="M51">
         <v>11150000</v>
       </c>
       <c r="N51">
         <v>100.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>0.6304</v>
+        <v>1.6134</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45925.354895833</v>
+        <v>46014.355208333</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="G52">
         <v>101.6934</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>3.9</v>
       </c>
       <c r="K52" s="2">
         <v>45140.0</v>
       </c>
       <c r="L52" s="2">
         <v>46236.0</v>
       </c>
       <c r="M52">
         <v>11150000</v>
       </c>
       <c r="N52">
         <v>100.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>0.6197</v>
+        <v>1.5921</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45924.354768519</v>
+        <v>46013.355104167</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
         <v>101.6934</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>3.9</v>
       </c>
       <c r="K53" s="2">
         <v>45140.0</v>
       </c>
       <c r="L53" s="2">
         <v>46236.0</v>
       </c>
       <c r="M53">
         <v>11150000</v>
       </c>
       <c r="N53">
         <v>100.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>0.5877</v>
+        <v>1.5386</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45923.354837963</v>
+        <v>46010.355416667</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="G54">
         <v>101.6934</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>3.9</v>
       </c>
       <c r="K54" s="2">
         <v>45140.0</v>
       </c>
       <c r="L54" s="2">
         <v>46236.0</v>
       </c>
       <c r="M54">
         <v>11150000</v>
       </c>
       <c r="N54">
         <v>100.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>0.577</v>
+        <v>1.5279</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45922.354675926</v>
+        <v>46009.35556713</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
         <v>101.6934</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>3.9</v>
       </c>
       <c r="K55" s="2">
         <v>45140.0</v>
       </c>
       <c r="L55" s="2">
         <v>46236.0</v>
       </c>
       <c r="M55">
         <v>11150000</v>
       </c>
       <c r="N55">
         <v>100.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>0.5663</v>
+        <v>1.5173</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45919.354837963</v>
+        <v>46008.35525463</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="G56">
         <v>101.6934</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>3.9</v>
       </c>
       <c r="K56" s="2">
         <v>45140.0</v>
       </c>
       <c r="L56" s="2">
         <v>46236.0</v>
       </c>
       <c r="M56">
         <v>11150000</v>
       </c>
       <c r="N56">
         <v>100.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>0.5556</v>
+        <v>1.4852</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45918.354849537</v>
+        <v>46007.355243056</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="G57">
         <v>101.6934</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>3.9</v>
       </c>
       <c r="K57" s="2">
         <v>45140.0</v>
       </c>
       <c r="L57" s="2">
         <v>46236.0</v>
       </c>
       <c r="M57">
         <v>11150000</v>
       </c>
       <c r="N57">
         <v>100.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>0.5449</v>
+        <v>1.4745</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45917.354872685</v>
+        <v>46006.355081019</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="G58">
         <v>101.6934</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>3.9</v>
       </c>
       <c r="K58" s="2">
         <v>45140.0</v>
       </c>
       <c r="L58" s="2">
         <v>46236.0</v>
       </c>
       <c r="M58">
         <v>11150000</v>
       </c>
       <c r="N58">
         <v>100.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>0.5129</v>
+        <v>1.4638</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45916.354814815</v>
+        <v>46003.355219907</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
         <v>101.6934</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>3.9</v>
       </c>
       <c r="K59" s="2">
         <v>45140.0</v>
       </c>
       <c r="L59" s="2">
         <v>46236.0</v>
       </c>
       <c r="M59">
         <v>11150000</v>
       </c>
       <c r="N59">
         <v>100.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>0.5022</v>
+        <v>1.4532</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45915.354803241</v>
+        <v>46002.355300926</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="G60">
         <v>101.6934</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>3.9</v>
       </c>
       <c r="K60" s="2">
         <v>45140.0</v>
       </c>
       <c r="L60" s="2">
         <v>46236.0</v>
       </c>
       <c r="M60">
         <v>11150000</v>
       </c>
       <c r="N60">
         <v>100.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>0.4915</v>
+        <v>1.4425</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45912.354953704</v>
+        <v>46001.355219907</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="G61">
         <v>101.6934</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>3.9</v>
       </c>
       <c r="K61" s="2">
         <v>45140.0</v>
       </c>
       <c r="L61" s="2">
         <v>46236.0</v>
       </c>
       <c r="M61">
         <v>11150000</v>
       </c>
       <c r="N61">
         <v>100.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>0.4808</v>
+        <v>1.4104</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45911.354803241</v>
+        <v>46000.355162037</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
         <v>101.6934</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>3.9</v>
       </c>
       <c r="K62" s="2">
         <v>45140.0</v>
       </c>
       <c r="L62" s="2">
         <v>46236.0</v>
       </c>
       <c r="M62">
         <v>11150000</v>
       </c>
       <c r="N62">
         <v>100.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>0.4701</v>
+        <v>1.3997</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45910.354965278</v>
+        <v>45999.355208333</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
         <v>101.6934</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>3.9</v>
       </c>
       <c r="K63" s="2">
         <v>45140.0</v>
       </c>
       <c r="L63" s="2">
         <v>46236.0</v>
       </c>
       <c r="M63">
         <v>11150000</v>
       </c>
       <c r="N63">
         <v>100.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>0.4381</v>
+        <v>1.389</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45909.354895833</v>
+        <v>45996.354988426</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
         <v>101.6934</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>3.9</v>
       </c>
       <c r="K64" s="2">
         <v>45140.0</v>
       </c>
       <c r="L64" s="2">
         <v>46236.0</v>
       </c>
       <c r="M64">
         <v>11150000</v>
       </c>
       <c r="N64">
         <v>100.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>0.4274</v>
+        <v>1.3784</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45908.354826389</v>
+        <v>45995.355081019</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="G65">
         <v>101.6934</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>3.9</v>
       </c>
       <c r="K65" s="2">
         <v>45140.0</v>
       </c>
       <c r="L65" s="2">
         <v>46236.0</v>
       </c>
       <c r="M65">
         <v>11150000</v>
       </c>
       <c r="N65">
         <v>100.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>0.4167</v>
+        <v>1.3677</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45905.354884259</v>
+        <v>45994.355671296</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="G66">
         <v>101.6934</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>3.9</v>
       </c>
       <c r="K66" s="2">
         <v>45140.0</v>
       </c>
       <c r="L66" s="2">
         <v>46236.0</v>
       </c>
       <c r="M66">
         <v>11150000</v>
       </c>
       <c r="N66">
         <v>100.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>0.406</v>
+        <v>1.3356</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45904.354780093</v>
+        <v>45993.355219907</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
         <v>101.6934</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>3.9</v>
       </c>
       <c r="K67" s="2">
         <v>45140.0</v>
       </c>
       <c r="L67" s="2">
         <v>46236.0</v>
       </c>
       <c r="M67">
         <v>11150000</v>
       </c>
       <c r="N67">
         <v>100.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>0.3953</v>
+        <v>1.3249</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45903.354803241</v>
+        <v>45992.355231481</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="G68">
         <v>101.6934</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>3.9</v>
       </c>
       <c r="K68" s="2">
         <v>45140.0</v>
       </c>
       <c r="L68" s="2">
         <v>46236.0</v>
       </c>
       <c r="M68">
         <v>11150000</v>
       </c>
       <c r="N68">
         <v>100.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>0.3633</v>
+        <v>1.3142</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45902.35505787</v>
+        <v>45989.355428241</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="G69">
         <v>101.6934</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>3.9</v>
       </c>
       <c r="K69" s="2">
         <v>45140.0</v>
       </c>
       <c r="L69" s="2">
         <v>46236.0</v>
       </c>
       <c r="M69">
         <v>11150000</v>
       </c>
       <c r="N69">
         <v>100.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>0.3526</v>
+        <v>1.3036</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45901.354768519</v>
+        <v>45988.355381944</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
         <v>101.6934</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>3.9</v>
       </c>
       <c r="K70" s="2">
         <v>45140.0</v>
       </c>
       <c r="L70" s="2">
         <v>46236.0</v>
       </c>
       <c r="M70">
         <v>11150000</v>
       </c>
       <c r="N70">
         <v>100.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>0.3419</v>
+        <v>1.2929</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45898.354768519</v>
+        <v>45987.355208333</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="G71">
         <v>101.6934</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>3.9</v>
       </c>
       <c r="K71" s="2">
         <v>45140.0</v>
       </c>
       <c r="L71" s="2">
         <v>46236.0</v>
       </c>
       <c r="M71">
         <v>11150000</v>
       </c>
       <c r="N71">
         <v>100.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>0.3312</v>
+        <v>1.2608</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45897.354861111</v>
+        <v>45986.355208333</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
         <v>101.6934</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>3.9</v>
       </c>
       <c r="K72" s="2">
         <v>45140.0</v>
       </c>
       <c r="L72" s="2">
         <v>46236.0</v>
       </c>
       <c r="M72">
         <v>11150000</v>
       </c>
       <c r="N72">
         <v>100.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>0.3205</v>
+        <v>1.2501</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45896.354918981</v>
+        <v>45985.355138889</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="G73">
         <v>101.6934</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>3.9</v>
       </c>
       <c r="K73" s="2">
         <v>45140.0</v>
       </c>
       <c r="L73" s="2">
         <v>46236.0</v>
       </c>
       <c r="M73">
         <v>11150000</v>
       </c>
       <c r="N73">
         <v>100.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>0.2885</v>
+        <v>1.2395</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45895.355034722</v>
+        <v>45982.355127315</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
         <v>101.6934</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>3.9</v>
       </c>
       <c r="K74" s="2">
         <v>45140.0</v>
       </c>
       <c r="L74" s="2">
         <v>46236.0</v>
       </c>
       <c r="M74">
         <v>11150000</v>
       </c>
       <c r="N74">
         <v>100.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>0.2778</v>
+        <v>1.2288</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45894.354861111</v>
+        <v>45981.354965278</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
         <v>101.6934</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>3.9</v>
       </c>
       <c r="K75" s="2">
         <v>45140.0</v>
       </c>
       <c r="L75" s="2">
         <v>46236.0</v>
       </c>
       <c r="M75">
         <v>11150000</v>
       </c>
       <c r="N75">
         <v>100.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>0.2671</v>
+        <v>1.2181</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45891.355</v>
+        <v>45980.35525463</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="G76">
         <v>101.6934</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>3.9</v>
       </c>
       <c r="K76" s="2">
         <v>45140.0</v>
       </c>
       <c r="L76" s="2">
         <v>46236.0</v>
       </c>
       <c r="M76">
         <v>11150000</v>
       </c>
       <c r="N76">
         <v>100.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>0.2564</v>
+        <v>1.186</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45890.354675926</v>
+        <v>45979.516157407</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="G77">
         <v>101.6934</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>3.9</v>
       </c>
       <c r="K77" s="2">
         <v>45140.0</v>
       </c>
       <c r="L77" s="2">
         <v>46236.0</v>
       </c>
       <c r="M77">
         <v>11150000</v>
       </c>
       <c r="N77">
         <v>100.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>0.2458</v>
+        <v>1.1753</v>
+      </c>
+      <c r="R77">
+        <v>102.4329</v>
+      </c>
+      <c r="T77">
+        <v>101.2576</v>
+      </c>
+      <c r="V77">
+        <v>2.056406</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45889.354826389</v>
+        <v>45978.355775463</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
         <v>101.6934</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>3.9</v>
       </c>
       <c r="K78" s="2">
         <v>45140.0</v>
       </c>
       <c r="L78" s="2">
         <v>46236.0</v>
       </c>
       <c r="M78">
         <v>11150000</v>
       </c>
       <c r="N78">
         <v>100.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>0.2137</v>
+        <v>1.1647</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45888.354803241</v>
+        <v>45975.355115741</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
         <v>101.6934</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>3.9</v>
       </c>
       <c r="K79" s="2">
         <v>45140.0</v>
       </c>
       <c r="L79" s="2">
         <v>46236.0</v>
       </c>
       <c r="M79">
         <v>11150000</v>
       </c>
       <c r="N79">
         <v>100.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>0.203</v>
+        <v>1.154</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45887.354907407</v>
+        <v>45974.355451389</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="G80">
         <v>101.6934</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>3.9</v>
       </c>
       <c r="K80" s="2">
         <v>45140.0</v>
       </c>
       <c r="L80" s="2">
         <v>46236.0</v>
       </c>
       <c r="M80">
         <v>11150000</v>
       </c>
       <c r="N80">
         <v>100.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>0.1923</v>
+        <v>1.1433</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45884.35474537</v>
+        <v>45973.355613426</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
         <v>101.6934</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>3.9</v>
       </c>
       <c r="K81" s="2">
         <v>45140.0</v>
       </c>
       <c r="L81" s="2">
         <v>46236.0</v>
       </c>
       <c r="M81">
         <v>11150000</v>
       </c>
       <c r="N81">
         <v>100.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>0.1816</v>
+        <v>1.1112</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45883.35474537</v>
+        <v>45972.355625</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
         <v>101.6934</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>3.9</v>
       </c>
       <c r="K82" s="2">
         <v>45140.0</v>
       </c>
       <c r="L82" s="2">
         <v>46236.0</v>
       </c>
       <c r="M82">
         <v>11150000</v>
       </c>
       <c r="N82">
         <v>100.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>0.171</v>
+        <v>1.1005</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45882.354803241</v>
+        <v>45971.355717593</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="G83">
         <v>101.6934</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>3.9</v>
       </c>
       <c r="K83" s="2">
         <v>45140.0</v>
       </c>
       <c r="L83" s="2">
         <v>46236.0</v>
       </c>
       <c r="M83">
         <v>11150000</v>
       </c>
       <c r="N83">
         <v>100.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>0.1389</v>
+        <v>1.0899</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45881.3546875</v>
+        <v>45968.355277778</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="G84">
         <v>101.6934</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>3.9</v>
       </c>
       <c r="K84" s="2">
         <v>45140.0</v>
       </c>
       <c r="L84" s="2">
         <v>46236.0</v>
       </c>
       <c r="M84">
         <v>11150000</v>
       </c>
       <c r="N84">
         <v>100.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.1282</v>
+        <v>1.0792</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45880.354699074</v>
+        <v>45967.35525463</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
         <v>101.6934</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>3.9</v>
       </c>
       <c r="K85" s="2">
         <v>45140.0</v>
       </c>
       <c r="L85" s="2">
         <v>46236.0</v>
       </c>
       <c r="M85">
         <v>11150000</v>
       </c>
       <c r="N85">
         <v>100.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>0.1175</v>
+        <v>1.0685</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45877.354895833</v>
+        <v>45966.355358796</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
         <v>101.6934</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>3.9</v>
       </c>
       <c r="K86" s="2">
         <v>45140.0</v>
       </c>
       <c r="L86" s="2">
         <v>46236.0</v>
       </c>
       <c r="M86">
         <v>11150000</v>
       </c>
       <c r="N86">
         <v>100.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>0.1068</v>
+        <v>1.0364</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45876.354953704</v>
+        <v>45965.355266204</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="G87">
         <v>101.6934</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>3.9</v>
       </c>
       <c r="K87" s="2">
         <v>45140.0</v>
       </c>
       <c r="L87" s="2">
         <v>46236.0</v>
       </c>
       <c r="M87">
         <v>11150000</v>
       </c>
       <c r="N87">
         <v>100.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>0.0962</v>
+        <v>1.0258</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45875.355034722</v>
+        <v>45964.355185185</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="G88">
         <v>101.6934</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>3.9</v>
       </c>
       <c r="K88" s="2">
         <v>45140.0</v>
       </c>
       <c r="L88" s="2">
         <v>46236.0</v>
       </c>
       <c r="M88">
         <v>11150000</v>
       </c>
       <c r="N88">
         <v>100.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>0.0641</v>
+        <v>1.0151</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45874.638275463</v>
+        <v>45961.355219907</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
-      <c r="F89">
-[...1 lines deleted...]
-      </c>
       <c r="G89">
         <v>101.6934</v>
       </c>
-      <c r="H89">
-[...1 lines deleted...]
-      </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>3.9</v>
       </c>
       <c r="K89" s="2">
         <v>45140.0</v>
       </c>
       <c r="L89" s="2">
         <v>46236.0</v>
       </c>
       <c r="M89">
         <v>11150000</v>
       </c>
       <c r="N89">
         <v>100.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>0.0534</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.0044</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45873.354988426</v>
+        <v>45960.355208333</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="G90">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>3.9</v>
       </c>
       <c r="K90" s="2">
         <v>45140.0</v>
       </c>
       <c r="L90" s="2">
         <v>46236.0</v>
       </c>
       <c r="M90">
         <v>11150000</v>
       </c>
       <c r="N90">
         <v>100.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>0.0427</v>
+        <v>0.9937</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45870.354918981</v>
+        <v>45959.355115741</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="G91">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>3.9</v>
       </c>
       <c r="K91" s="2">
         <v>45140.0</v>
       </c>
       <c r="L91" s="2">
         <v>46236.0</v>
       </c>
       <c r="M91">
         <v>11150000</v>
       </c>
       <c r="N91">
         <v>100.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>0.0321</v>
+        <v>0.9616</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45869.35505787</v>
+        <v>45958.35537037</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="G92">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>3.9</v>
       </c>
       <c r="K92" s="2">
         <v>45140.0</v>
       </c>
       <c r="L92" s="2">
         <v>46236.0</v>
       </c>
       <c r="M92">
         <v>11150000</v>
       </c>
       <c r="N92">
         <v>100.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>0.0214</v>
+        <v>0.951</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45868.354930556</v>
+        <v>45957.355023148</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>3.9</v>
       </c>
       <c r="K93" s="2">
         <v>45140.0</v>
       </c>
       <c r="L93" s="2">
         <v>46236.0</v>
       </c>
       <c r="M93">
         <v>11150000</v>
       </c>
       <c r="N93">
         <v>100.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>3.8893</v>
+        <v>0.9403</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45867.355034722</v>
+        <v>45954.355451389</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="G94">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>3.9</v>
       </c>
       <c r="K94" s="2">
         <v>45140.0</v>
       </c>
       <c r="L94" s="2">
         <v>46236.0</v>
       </c>
       <c r="M94">
         <v>11150000</v>
       </c>
       <c r="N94">
         <v>100.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>3.8786</v>
+        <v>0.9296</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45866.35505787</v>
+        <v>45953.355185185</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="G95">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>3.9</v>
       </c>
       <c r="K95" s="2">
         <v>45140.0</v>
       </c>
       <c r="L95" s="2">
         <v>46236.0</v>
       </c>
       <c r="M95">
         <v>11150000</v>
       </c>
       <c r="N95">
         <v>100.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>3.8679</v>
+        <v>0.9189</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45863.354837963</v>
+        <v>45952.355787037</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="G96">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>3.9</v>
       </c>
       <c r="K96" s="2">
         <v>45140.0</v>
       </c>
       <c r="L96" s="2">
         <v>46236.0</v>
       </c>
       <c r="M96">
         <v>11150000</v>
       </c>
       <c r="N96">
         <v>100.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>3.8573</v>
+        <v>0.8868</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45862.354988426</v>
+        <v>45951.355150463</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>3.9</v>
       </c>
       <c r="K97" s="2">
         <v>45140.0</v>
       </c>
       <c r="L97" s="2">
         <v>46236.0</v>
       </c>
       <c r="M97">
         <v>11150000</v>
       </c>
       <c r="N97">
         <v>100.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>3.8466</v>
+        <v>0.8762</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45861.35525463</v>
+        <v>45950.354895833</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="G98">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>3.9</v>
       </c>
       <c r="K98" s="2">
         <v>45140.0</v>
       </c>
       <c r="L98" s="2">
         <v>46236.0</v>
       </c>
       <c r="M98">
         <v>11150000</v>
       </c>
       <c r="N98">
         <v>100.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>3.8145</v>
+        <v>0.8655</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45860.355185185</v>
+        <v>45947.355300926</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>3.9</v>
       </c>
       <c r="K99" s="2">
         <v>45140.0</v>
       </c>
       <c r="L99" s="2">
         <v>46236.0</v>
       </c>
       <c r="M99">
         <v>11150000</v>
       </c>
       <c r="N99">
         <v>100.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>3.8038</v>
+        <v>0.8548</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45859.354953704</v>
+        <v>45946.354976852</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>3.9</v>
       </c>
       <c r="K100" s="2">
         <v>45140.0</v>
       </c>
       <c r="L100" s="2">
         <v>46236.0</v>
       </c>
       <c r="M100">
         <v>11150000</v>
       </c>
       <c r="N100">
         <v>100.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>3.7932</v>
+        <v>0.8441</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45856.354965278</v>
+        <v>45945.355127315</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="G101">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>3.9</v>
       </c>
       <c r="K101" s="2">
         <v>45140.0</v>
       </c>
       <c r="L101" s="2">
         <v>46236.0</v>
       </c>
       <c r="M101">
         <v>11150000</v>
       </c>
       <c r="N101">
         <v>100.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>3.7825</v>
+        <v>0.8121</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45855.354965278</v>
+        <v>45944.354664352</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
       <c r="G102">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>3.9</v>
       </c>
       <c r="K102" s="2">
         <v>45140.0</v>
       </c>
       <c r="L102" s="2">
         <v>46236.0</v>
       </c>
       <c r="M102">
         <v>11150000</v>
       </c>
       <c r="N102">
         <v>100.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>3.7718</v>
+        <v>0.8014</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45854.354988426</v>
+        <v>45943.354768519</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>3.9</v>
       </c>
       <c r="K103" s="2">
         <v>45140.0</v>
       </c>
       <c r="L103" s="2">
         <v>46236.0</v>
       </c>
       <c r="M103">
         <v>11150000</v>
       </c>
       <c r="N103">
         <v>100.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>3.7397</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45853.354837963</v>
+        <v>45940.354756944</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="G104">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>3.9</v>
       </c>
       <c r="K104" s="2">
         <v>45140.0</v>
       </c>
       <c r="L104" s="2">
         <v>46236.0</v>
       </c>
       <c r="M104">
         <v>11150000</v>
       </c>
       <c r="N104">
         <v>100.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>3.729</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45852.354907407</v>
+        <v>45939.354768519</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="G105">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>3.9</v>
       </c>
       <c r="K105" s="2">
         <v>45140.0</v>
       </c>
       <c r="L105" s="2">
         <v>46236.0</v>
       </c>
       <c r="M105">
         <v>11150000</v>
       </c>
       <c r="N105">
         <v>100.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>3.7184</v>
+        <v>0.7693</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45849.354918981</v>
+        <v>45938.354791667</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="G106">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>3.9</v>
       </c>
       <c r="K106" s="2">
         <v>45140.0</v>
       </c>
       <c r="L106" s="2">
         <v>46236.0</v>
       </c>
       <c r="M106">
         <v>11150000</v>
       </c>
       <c r="N106">
         <v>100.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>3.7077</v>
+        <v>0.7373</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45848.354861111</v>
+        <v>45937.354699074</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="G107">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>3.9</v>
       </c>
       <c r="K107" s="2">
         <v>45140.0</v>
       </c>
       <c r="L107" s="2">
         <v>46236.0</v>
       </c>
       <c r="M107">
         <v>11150000</v>
       </c>
       <c r="N107">
         <v>100.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>3.697</v>
+        <v>0.7266</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45847.355069444</v>
+        <v>45936.354884259</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>3.9</v>
       </c>
       <c r="K108" s="2">
         <v>45140.0</v>
       </c>
       <c r="L108" s="2">
         <v>46236.0</v>
       </c>
       <c r="M108">
         <v>11150000</v>
       </c>
       <c r="N108">
         <v>100.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>3.6649</v>
+        <v>0.7159</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45846.355034722</v>
+        <v>45933.354768519</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="G109">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>3.9</v>
       </c>
       <c r="K109" s="2">
         <v>45140.0</v>
       </c>
       <c r="L109" s="2">
         <v>46236.0</v>
       </c>
       <c r="M109">
         <v>11150000</v>
       </c>
       <c r="N109">
         <v>100.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>3.6542</v>
+        <v>0.7052</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45845.354918981</v>
+        <v>45932.35462963</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="G110">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>3.9</v>
       </c>
       <c r="K110" s="2">
         <v>45140.0</v>
       </c>
       <c r="L110" s="2">
         <v>46236.0</v>
       </c>
       <c r="M110">
         <v>11150000</v>
       </c>
       <c r="N110">
         <v>100.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>3.6436</v>
+        <v>0.6945</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45842.416701389</v>
+        <v>45931.354791667</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="G111">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>3.9</v>
       </c>
       <c r="K111" s="2">
         <v>45140.0</v>
       </c>
       <c r="L111" s="2">
         <v>46236.0</v>
       </c>
       <c r="M111">
         <v>11150000</v>
       </c>
       <c r="N111">
         <v>100.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>3.6329</v>
-[...5 lines deleted...]
-        <v>101.611</v>
+        <v>0.6625</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45841.416701389</v>
+        <v>45930.354664352</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="G112">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>3.9</v>
       </c>
       <c r="K112" s="2">
         <v>45140.0</v>
       </c>
       <c r="L112" s="2">
         <v>46236.0</v>
       </c>
       <c r="M112">
         <v>11150000</v>
       </c>
       <c r="N112">
         <v>100.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>3.6222</v>
-[...5 lines deleted...]
-        <v>101.611</v>
+        <v>0.6518</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45840.416712963</v>
+        <v>45929.3546875</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="G113">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>3.9</v>
       </c>
       <c r="K113" s="2">
         <v>45140.0</v>
       </c>
       <c r="L113" s="2">
         <v>46236.0</v>
       </c>
       <c r="M113">
         <v>11150000</v>
       </c>
       <c r="N113">
         <v>100.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>3.5901</v>
-[...5 lines deleted...]
-        <v>101.611</v>
+        <v>0.6411</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45839.416689815</v>
+        <v>45926.354733796</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="G114">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>3.9</v>
       </c>
       <c r="K114" s="2">
         <v>45140.0</v>
       </c>
       <c r="L114" s="2">
         <v>46236.0</v>
       </c>
       <c r="M114">
         <v>11150000</v>
       </c>
       <c r="N114">
         <v>100.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>3.5795</v>
-[...5 lines deleted...]
-        <v>101.611</v>
+        <v>0.6304</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45838.42099537</v>
+        <v>45925.354895833</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="G115">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>3.9</v>
       </c>
       <c r="K115" s="2">
         <v>45140.0</v>
       </c>
       <c r="L115" s="2">
         <v>46236.0</v>
       </c>
       <c r="M115">
         <v>11150000</v>
       </c>
       <c r="N115">
         <v>100.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>3.5688</v>
-[...5 lines deleted...]
-        <v>101.611</v>
+        <v>0.6197</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45835.416712963</v>
+        <v>45924.354768519</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>3.9</v>
       </c>
       <c r="K116" s="2">
         <v>45140.0</v>
       </c>
       <c r="L116" s="2">
         <v>46236.0</v>
       </c>
       <c r="M116">
         <v>11150000</v>
       </c>
       <c r="N116">
         <v>100.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>3.5581</v>
-[...5 lines deleted...]
-        <v>101.6459</v>
+        <v>0.5877</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45834.457858796</v>
+        <v>45923.354837963</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="G117">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>3.9</v>
       </c>
       <c r="K117" s="2">
         <v>45140.0</v>
       </c>
       <c r="L117" s="2">
         <v>46236.0</v>
       </c>
       <c r="M117">
         <v>11150000</v>
       </c>
       <c r="N117">
         <v>100.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>3.5474</v>
-[...5 lines deleted...]
-        <v>101.6459</v>
+        <v>0.577</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45833.416747685</v>
+        <v>45922.354675926</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="G118">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>3.9</v>
       </c>
       <c r="K118" s="2">
         <v>45140.0</v>
       </c>
       <c r="L118" s="2">
         <v>46236.0</v>
       </c>
       <c r="M118">
         <v>11150000</v>
       </c>
       <c r="N118">
         <v>100.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>3.5153</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.5663</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45831.515185185</v>
+        <v>45919.354837963</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>3.9</v>
       </c>
       <c r="K119" s="2">
         <v>45140.0</v>
       </c>
       <c r="L119" s="2">
         <v>46236.0</v>
       </c>
       <c r="M119">
         <v>11150000</v>
       </c>
       <c r="N119">
         <v>100.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>3.494</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.5556</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45828.416701389</v>
+        <v>45918.354849537</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="G120">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>3.9</v>
       </c>
       <c r="K120" s="2">
         <v>45140.0</v>
       </c>
       <c r="L120" s="2">
         <v>46236.0</v>
       </c>
       <c r="M120">
         <v>11150000</v>
       </c>
       <c r="N120">
         <v>100.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>3.4833</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.5449</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45827.416701389</v>
+        <v>45917.354872685</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="G121">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>3.9</v>
       </c>
       <c r="K121" s="2">
         <v>45140.0</v>
       </c>
       <c r="L121" s="2">
         <v>46236.0</v>
       </c>
       <c r="M121">
         <v>11150000</v>
       </c>
       <c r="N121">
         <v>100.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>3.4726</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.5129</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45826.416724537</v>
+        <v>45916.354814815</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="G122">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>3.9</v>
       </c>
       <c r="K122" s="2">
         <v>45140.0</v>
       </c>
       <c r="L122" s="2">
         <v>46236.0</v>
       </c>
       <c r="M122">
         <v>11150000</v>
       </c>
       <c r="N122">
         <v>100.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>3.4405</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.5022</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45825.648842593</v>
+        <v>45915.354803241</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>3.9</v>
       </c>
       <c r="K123" s="2">
         <v>45140.0</v>
       </c>
       <c r="L123" s="2">
         <v>46236.0</v>
       </c>
       <c r="M123">
         <v>11150000</v>
       </c>
       <c r="N123">
         <v>100.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>3.4299</v>
-[...5 lines deleted...]
-        <v>101.668</v>
+        <v>0.4915</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45824.416712963</v>
+        <v>45912.354953704</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="G124">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>3.9</v>
       </c>
       <c r="K124" s="2">
         <v>45140.0</v>
       </c>
       <c r="L124" s="2">
         <v>46236.0</v>
       </c>
       <c r="M124">
         <v>11150000</v>
       </c>
       <c r="N124">
         <v>100.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>3.4192</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.4808</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45821.416689815</v>
+        <v>45911.354803241</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="G125">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>3.9</v>
       </c>
       <c r="K125" s="2">
         <v>45140.0</v>
       </c>
       <c r="L125" s="2">
         <v>46236.0</v>
       </c>
       <c r="M125">
         <v>11150000</v>
       </c>
       <c r="N125">
         <v>100.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>3.4085</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.4701</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45820.416828704</v>
+        <v>45910.354965278</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="G126">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>3.9</v>
       </c>
       <c r="K126" s="2">
         <v>45140.0</v>
       </c>
       <c r="L126" s="2">
         <v>46236.0</v>
       </c>
       <c r="M126">
         <v>11150000</v>
       </c>
       <c r="N126">
         <v>100.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>3.3978</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.4381</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45819.416701389</v>
+        <v>45909.354895833</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>3.9</v>
       </c>
       <c r="K127" s="2">
         <v>45140.0</v>
       </c>
       <c r="L127" s="2">
         <v>46236.0</v>
       </c>
       <c r="M127">
         <v>11150000</v>
       </c>
       <c r="N127">
         <v>100.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>3.3658</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.4274</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45818.416793981</v>
+        <v>45908.354826389</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="G128">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>3.9</v>
       </c>
       <c r="K128" s="2">
         <v>45140.0</v>
       </c>
       <c r="L128" s="2">
         <v>46236.0</v>
       </c>
       <c r="M128">
         <v>11150000</v>
       </c>
       <c r="N128">
         <v>100.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>3.3551</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.4167</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45817.416701389</v>
+        <v>45905.354884259</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="G129">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>3.9</v>
       </c>
       <c r="K129" s="2">
         <v>45140.0</v>
       </c>
       <c r="L129" s="2">
         <v>46236.0</v>
       </c>
       <c r="M129">
         <v>11150000</v>
       </c>
       <c r="N129">
         <v>100.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>3.3444</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.406</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45814.435625</v>
+        <v>45904.354780093</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="G130">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>3.9</v>
       </c>
       <c r="K130" s="2">
         <v>45140.0</v>
       </c>
       <c r="L130" s="2">
         <v>46236.0</v>
       </c>
       <c r="M130">
         <v>11150000</v>
       </c>
       <c r="N130">
         <v>100.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>3.3337</v>
-[...5 lines deleted...]
-        <v>101.6689</v>
+        <v>0.3953</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45813.354849537</v>
+        <v>45903.354803241</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="G131">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>3.9</v>
       </c>
       <c r="K131" s="2">
         <v>45140.0</v>
       </c>
       <c r="L131" s="2">
         <v>46236.0</v>
       </c>
       <c r="M131">
         <v>11150000</v>
       </c>
       <c r="N131">
         <v>100.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>3.323</v>
+        <v>0.3633</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45812.354918981</v>
+        <v>45902.35505787</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="G132">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>3.9</v>
       </c>
       <c r="K132" s="2">
         <v>45140.0</v>
       </c>
       <c r="L132" s="2">
         <v>46236.0</v>
       </c>
       <c r="M132">
         <v>11150000</v>
       </c>
       <c r="N132">
         <v>100.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>3.291</v>
+        <v>0.3526</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45811.354976852</v>
+        <v>45901.354768519</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="G133">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>3.9</v>
       </c>
       <c r="K133" s="2">
         <v>45140.0</v>
       </c>
       <c r="L133" s="2">
         <v>46236.0</v>
       </c>
       <c r="M133">
         <v>11150000</v>
       </c>
       <c r="N133">
         <v>100.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>3.2803</v>
+        <v>0.3419</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45810.354988426</v>
+        <v>45898.354768519</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="G134">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>3.9</v>
       </c>
       <c r="K134" s="2">
         <v>45140.0</v>
       </c>
       <c r="L134" s="2">
         <v>46236.0</v>
       </c>
       <c r="M134">
         <v>11150000</v>
       </c>
       <c r="N134">
         <v>100.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>3.2696</v>
+        <v>0.3312</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45807.355023148</v>
+        <v>45897.354861111</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="G135">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>3.9</v>
       </c>
       <c r="K135" s="2">
         <v>45140.0</v>
       </c>
       <c r="L135" s="2">
         <v>46236.0</v>
       </c>
       <c r="M135">
         <v>11150000</v>
       </c>
       <c r="N135">
         <v>100.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>3.2589</v>
+        <v>0.3205</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45805.35494213</v>
+        <v>45896.354918981</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="G136">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>3.9</v>
       </c>
       <c r="K136" s="2">
         <v>45140.0</v>
       </c>
       <c r="L136" s="2">
         <v>46236.0</v>
       </c>
       <c r="M136">
         <v>11150000</v>
       </c>
       <c r="N136">
         <v>100.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>3.2162</v>
+        <v>0.2885</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45804.355034722</v>
+        <v>45895.355034722</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="G137">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>3.9</v>
       </c>
       <c r="K137" s="2">
         <v>45140.0</v>
       </c>
       <c r="L137" s="2">
         <v>46236.0</v>
       </c>
       <c r="M137">
         <v>11150000</v>
       </c>
       <c r="N137">
         <v>100.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>3.2055</v>
+        <v>0.2778</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45803.35505787</v>
+        <v>45894.354861111</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="G138">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>3.9</v>
       </c>
       <c r="K138" s="2">
         <v>45140.0</v>
       </c>
       <c r="L138" s="2">
         <v>46236.0</v>
       </c>
       <c r="M138">
         <v>11150000</v>
       </c>
       <c r="N138">
         <v>100.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>3.1948</v>
+        <v>0.2671</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45800.35494213</v>
+        <v>45891.355</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>3.9</v>
       </c>
       <c r="K139" s="2">
         <v>45140.0</v>
       </c>
       <c r="L139" s="2">
         <v>46236.0</v>
       </c>
       <c r="M139">
         <v>11150000</v>
       </c>
       <c r="N139">
         <v>100.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>3.1841</v>
+        <v>0.2564</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45799.355081019</v>
+        <v>45890.354675926</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>3.9</v>
       </c>
       <c r="K140" s="2">
         <v>45140.0</v>
       </c>
       <c r="L140" s="2">
         <v>46236.0</v>
       </c>
       <c r="M140">
         <v>11150000</v>
       </c>
       <c r="N140">
         <v>100.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>3.1734</v>
+        <v>0.2458</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45798.354953704</v>
+        <v>45889.354826389</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>3.9</v>
       </c>
       <c r="K141" s="2">
         <v>45140.0</v>
       </c>
       <c r="L141" s="2">
         <v>46236.0</v>
       </c>
       <c r="M141">
         <v>11150000</v>
       </c>
       <c r="N141">
         <v>100.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>3.1414</v>
+        <v>0.2137</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45797.354965278</v>
+        <v>45888.354803241</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="G142">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>3.9</v>
       </c>
       <c r="K142" s="2">
         <v>45140.0</v>
       </c>
       <c r="L142" s="2">
         <v>46236.0</v>
       </c>
       <c r="M142">
         <v>11150000</v>
       </c>
       <c r="N142">
         <v>100.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>3.1307</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45796.354722222</v>
+        <v>45887.354907407</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="G143">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>3.9</v>
       </c>
       <c r="K143" s="2">
         <v>45140.0</v>
       </c>
       <c r="L143" s="2">
         <v>46236.0</v>
       </c>
       <c r="M143">
         <v>11150000</v>
       </c>
       <c r="N143">
         <v>100.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>3.12</v>
+        <v>0.1923</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45793.354861111</v>
+        <v>45884.35474537</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="G144">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>3.9</v>
       </c>
       <c r="K144" s="2">
         <v>45140.0</v>
       </c>
       <c r="L144" s="2">
         <v>46236.0</v>
       </c>
       <c r="M144">
         <v>11150000</v>
       </c>
       <c r="N144">
         <v>100.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>3.1093</v>
+        <v>0.1816</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45792.568449074</v>
+        <v>45883.35474537</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="G145">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>3.9</v>
       </c>
       <c r="K145" s="2">
         <v>45140.0</v>
       </c>
       <c r="L145" s="2">
         <v>46236.0</v>
       </c>
       <c r="M145">
         <v>11150000</v>
       </c>
       <c r="N145">
         <v>100.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>3.0986</v>
+        <v>0.171</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45791.416724537</v>
+        <v>45882.354803241</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="G146">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>3.9</v>
       </c>
       <c r="K146" s="2">
         <v>45140.0</v>
       </c>
       <c r="L146" s="2">
         <v>46236.0</v>
       </c>
       <c r="M146">
         <v>11150000</v>
       </c>
       <c r="N146">
         <v>100.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>3.0666</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.1389</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45790.416701389</v>
+        <v>45881.3546875</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="G147">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>3.9</v>
       </c>
       <c r="K147" s="2">
         <v>45140.0</v>
       </c>
       <c r="L147" s="2">
         <v>46236.0</v>
       </c>
       <c r="M147">
         <v>11150000</v>
       </c>
       <c r="N147">
         <v>100.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>3.0559</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.1282</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45789.416701389</v>
+        <v>45880.354699074</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>105.0345</v>
+        <v>101.6934</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>3.9</v>
       </c>
       <c r="K148" s="2">
         <v>45140.0</v>
       </c>
       <c r="L148" s="2">
         <v>46236.0</v>
       </c>
       <c r="M148">
         <v>11150000</v>
       </c>
       <c r="N148">
         <v>100.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>3.0452</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.1175</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45786.487071759</v>
+        <v>45877.354895833</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
-      <c r="F149">
-[...1 lines deleted...]
-      </c>
       <c r="G149">
-        <v>105.0345</v>
-[...2 lines deleted...]
-        <v>199565.55</v>
+        <v>101.6934</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>3.9</v>
       </c>
       <c r="K149" s="2">
         <v>45140.0</v>
       </c>
       <c r="L149" s="2">
         <v>46236.0</v>
       </c>
       <c r="M149">
         <v>11150000</v>
       </c>
       <c r="N149">
         <v>100.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>3.0345</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>0.1068</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45785.41681713</v>
+        <v>45876.354953704</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="G150">
-        <v>104.9918</v>
+        <v>101.6934</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>3.9</v>
       </c>
       <c r="K150" s="2">
         <v>45140.0</v>
       </c>
       <c r="L150" s="2">
         <v>46236.0</v>
       </c>
       <c r="M150">
         <v>11150000</v>
       </c>
       <c r="N150">
         <v>100.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>3.0238</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.0962</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45784.560266204</v>
+        <v>45875.355034722</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="G151">
-        <v>104.9918</v>
-[...2 lines deleted...]
-        <v>1574877.0</v>
+        <v>101.6934</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>3.9</v>
       </c>
       <c r="K151" s="2">
         <v>45140.0</v>
       </c>
       <c r="L151" s="2">
         <v>46236.0</v>
       </c>
       <c r="M151">
         <v>11150000</v>
       </c>
       <c r="N151">
         <v>100.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>2.9918</v>
-[...8 lines deleted...]
-        <v>2</v>
+        <v>0.0641</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45783.420347222</v>
+        <v>45874.638275463</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
+      <c r="F152">
+        <v>-3.18</v>
+      </c>
+      <c r="G152">
+        <v>101.6934</v>
+      </c>
+      <c r="H152">
+        <v>1525401.0</v>
+      </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>3.9</v>
       </c>
       <c r="K152" s="2">
         <v>45140.0</v>
       </c>
       <c r="L152" s="2">
         <v>46236.0</v>
       </c>
       <c r="M152">
         <v>11150000</v>
       </c>
       <c r="N152">
         <v>100.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>2.9811</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.0534</v>
+      </c>
+      <c r="X152">
+        <v>1</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45782.35525463</v>
+        <v>45873.354988426</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
+      <c r="G153">
+        <v>105.0345</v>
+      </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>3.9</v>
       </c>
       <c r="K153" s="2">
         <v>45140.0</v>
       </c>
       <c r="L153" s="2">
         <v>46236.0</v>
       </c>
       <c r="M153">
         <v>11150000</v>
       </c>
       <c r="N153">
         <v>100.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>2.9704</v>
+        <v>0.0427</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45779.416909722</v>
+        <v>45870.354918981</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
+      <c r="G154">
+        <v>105.0345</v>
+      </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>3.9</v>
       </c>
       <c r="K154" s="2">
         <v>45140.0</v>
       </c>
       <c r="L154" s="2">
         <v>46236.0</v>
       </c>
       <c r="M154">
         <v>11150000</v>
       </c>
       <c r="N154">
         <v>100.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>2.9597</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.0321</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45777.416967593</v>
+        <v>45869.35505787</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
+      <c r="G155">
+        <v>105.0345</v>
+      </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>3.9</v>
       </c>
       <c r="K155" s="2">
         <v>45140.0</v>
       </c>
       <c r="L155" s="2">
         <v>46236.0</v>
       </c>
       <c r="M155">
         <v>11150000</v>
       </c>
       <c r="N155">
         <v>100.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>2.949</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>0.0214</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45776.416828704</v>
+        <v>45868.354930556</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
+      <c r="G156">
+        <v>105.0345</v>
+      </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>3.9</v>
       </c>
       <c r="K156" s="2">
         <v>45140.0</v>
       </c>
       <c r="L156" s="2">
         <v>46236.0</v>
       </c>
       <c r="M156">
         <v>11150000</v>
       </c>
       <c r="N156">
         <v>100.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>2.917</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.8893</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45775.41681713</v>
+        <v>45867.355034722</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
+      <c r="G157">
+        <v>105.0345</v>
+      </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>3.9</v>
       </c>
       <c r="K157" s="2">
         <v>45140.0</v>
       </c>
       <c r="L157" s="2">
         <v>46236.0</v>
       </c>
       <c r="M157">
         <v>11150000</v>
       </c>
       <c r="N157">
         <v>100.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>2.8956</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.8786</v>
       </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45772.416759259</v>
+        <v>45866.35505787</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
+      <c r="G158">
+        <v>105.0345</v>
+      </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>3.9</v>
       </c>
       <c r="K158" s="2">
         <v>45140.0</v>
       </c>
       <c r="L158" s="2">
         <v>46236.0</v>
       </c>
       <c r="M158">
         <v>11150000</v>
       </c>
       <c r="N158">
         <v>100.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>2.8849</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.8679</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45771.416805556</v>
+        <v>45863.354837963</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
+      <c r="G159">
+        <v>105.0345</v>
+      </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>3.9</v>
       </c>
       <c r="K159" s="2">
         <v>45140.0</v>
       </c>
       <c r="L159" s="2">
         <v>46236.0</v>
       </c>
       <c r="M159">
         <v>11150000</v>
       </c>
       <c r="N159">
         <v>100.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>2.8742</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.8573</v>
       </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45770.443136574</v>
+        <v>45862.354988426</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
+      <c r="G160">
+        <v>105.0345</v>
+      </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>3.9</v>
       </c>
       <c r="K160" s="2">
         <v>45140.0</v>
       </c>
       <c r="L160" s="2">
         <v>46236.0</v>
       </c>
       <c r="M160">
         <v>11150000</v>
       </c>
       <c r="N160">
         <v>100.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>2.8422</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.8466</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45769.417002315</v>
+        <v>45861.35525463</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
+      <c r="G161">
+        <v>105.0345</v>
+      </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>3.9</v>
       </c>
       <c r="K161" s="2">
         <v>45140.0</v>
       </c>
       <c r="L161" s="2">
         <v>46236.0</v>
       </c>
       <c r="M161">
         <v>11150000</v>
       </c>
       <c r="N161">
         <v>100.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>2.8315</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.8145</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45764.416898148</v>
+        <v>45860.355185185</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
+      <c r="G162">
+        <v>105.0345</v>
+      </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>3.9</v>
       </c>
       <c r="K162" s="2">
         <v>45140.0</v>
       </c>
       <c r="L162" s="2">
         <v>46236.0</v>
       </c>
       <c r="M162">
         <v>11150000</v>
       </c>
       <c r="N162">
         <v>100.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>2.8208</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.8038</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45763.416875</v>
+        <v>45859.354953704</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
+      <c r="G163">
+        <v>105.0345</v>
+      </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>3.9</v>
       </c>
       <c r="K163" s="2">
         <v>45140.0</v>
       </c>
       <c r="L163" s="2">
         <v>46236.0</v>
       </c>
       <c r="M163">
         <v>11150000</v>
       </c>
       <c r="N163">
         <v>100.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>2.8101</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.7932</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45762.416886574</v>
+        <v>45856.354965278</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
+      <c r="G164">
+        <v>105.0345</v>
+      </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>3.9</v>
       </c>
       <c r="K164" s="2">
         <v>45140.0</v>
       </c>
       <c r="L164" s="2">
         <v>46236.0</v>
       </c>
       <c r="M164">
         <v>11150000</v>
       </c>
       <c r="N164">
         <v>100.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>2.7567</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.7825</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45761.417268519</v>
+        <v>45855.354965278</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
+      <c r="G165">
+        <v>105.0345</v>
+      </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>3.9</v>
       </c>
       <c r="K165" s="2">
         <v>45140.0</v>
       </c>
       <c r="L165" s="2">
         <v>46236.0</v>
       </c>
       <c r="M165">
         <v>11150000</v>
       </c>
       <c r="N165">
         <v>100.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>2.746</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.7718</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45758.420011574</v>
+        <v>45854.354988426</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
+      <c r="G166">
+        <v>105.0345</v>
+      </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>3.9</v>
       </c>
       <c r="K166" s="2">
         <v>45140.0</v>
       </c>
       <c r="L166" s="2">
         <v>46236.0</v>
       </c>
       <c r="M166">
         <v>11150000</v>
       </c>
       <c r="N166">
         <v>100.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>2.7353</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.7397</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45757.444710648</v>
+        <v>45853.354837963</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
+      <c r="G167">
+        <v>105.0345</v>
+      </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>3.9</v>
       </c>
       <c r="K167" s="2">
         <v>45140.0</v>
       </c>
       <c r="L167" s="2">
         <v>46236.0</v>
       </c>
       <c r="M167">
         <v>11150000</v>
       </c>
       <c r="N167">
         <v>100.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>2.7247</v>
-[...5 lines deleted...]
-        <v>102.02</v>
+        <v>3.729</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45756.42</v>
+        <v>45852.354907407</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
+      <c r="G168">
+        <v>105.0345</v>
+      </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>3.9</v>
       </c>
       <c r="K168" s="2">
         <v>45140.0</v>
       </c>
       <c r="L168" s="2">
         <v>46236.0</v>
       </c>
       <c r="M168">
         <v>11150000</v>
       </c>
       <c r="N168">
         <v>100.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>2.6926</v>
-[...5 lines deleted...]
-        <v>102.07</v>
+        <v>3.7184</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45755.422453704</v>
+        <v>45849.354918981</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
+      <c r="G169">
+        <v>105.0345</v>
+      </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>3.9</v>
       </c>
       <c r="K169" s="2">
         <v>45140.0</v>
       </c>
       <c r="L169" s="2">
         <v>46236.0</v>
       </c>
       <c r="M169">
         <v>11150000</v>
       </c>
       <c r="N169">
         <v>100.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>2.6819</v>
-[...5 lines deleted...]
-        <v>102.05</v>
+        <v>3.7077</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45754.416898148</v>
+        <v>45848.354861111</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
+      <c r="G170">
+        <v>105.0345</v>
+      </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>3.9</v>
       </c>
       <c r="K170" s="2">
         <v>45140.0</v>
       </c>
       <c r="L170" s="2">
         <v>46236.0</v>
       </c>
       <c r="M170">
         <v>11150000</v>
       </c>
       <c r="N170">
         <v>100.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>2.6712</v>
-[...5 lines deleted...]
-        <v>102.11</v>
+        <v>3.697</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45751.604849537</v>
+        <v>45847.355069444</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
+      <c r="G171">
+        <v>105.0345</v>
+      </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>3.9</v>
       </c>
       <c r="K171" s="2">
         <v>45140.0</v>
       </c>
       <c r="L171" s="2">
         <v>46236.0</v>
       </c>
       <c r="M171">
         <v>11150000</v>
       </c>
       <c r="N171">
         <v>100.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>2.6605</v>
-[...5 lines deleted...]
-        <v>102.11</v>
+        <v>3.6649</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45750.471493056</v>
+        <v>45846.355034722</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
+      <c r="G172">
+        <v>105.0345</v>
+      </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>3.9</v>
       </c>
       <c r="K172" s="2">
         <v>45140.0</v>
       </c>
       <c r="L172" s="2">
         <v>46236.0</v>
       </c>
       <c r="M172">
         <v>11150000</v>
       </c>
       <c r="N172">
         <v>100.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>2.6605</v>
-[...5 lines deleted...]
-        <v>102.0094</v>
+        <v>3.6542</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45749.41693287</v>
+        <v>45845.354918981</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
+      <c r="G173">
+        <v>105.0345</v>
+      </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>3.9</v>
       </c>
       <c r="K173" s="2">
         <v>45140.0</v>
       </c>
       <c r="L173" s="2">
         <v>46236.0</v>
       </c>
       <c r="M173">
         <v>11150000</v>
       </c>
       <c r="N173">
         <v>100.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>2.6178</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.6436</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45748.548599537</v>
+        <v>45842.416701389</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
+      <c r="G174">
+        <v>105.0345</v>
+      </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>3.9</v>
       </c>
       <c r="K174" s="2">
         <v>45140.0</v>
       </c>
       <c r="L174" s="2">
         <v>46236.0</v>
       </c>
       <c r="M174">
         <v>11150000</v>
       </c>
       <c r="N174">
         <v>100.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>2.6071</v>
-[...5 lines deleted...]
-        <v>102.0</v>
+        <v>3.6329</v>
+      </c>
+      <c r="Q174">
+        <v>105.2439</v>
+      </c>
+      <c r="S174">
+        <v>101.611</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45748.354236111</v>
+        <v>45841.416701389</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
+      <c r="G175">
+        <v>105.0345</v>
+      </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>3.9</v>
       </c>
       <c r="K175" s="2">
         <v>45140.0</v>
       </c>
       <c r="L175" s="2">
         <v>46236.0</v>
       </c>
       <c r="M175">
         <v>11150000</v>
       </c>
       <c r="N175">
         <v>100.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
+      </c>
+      <c r="P175">
+        <v>3.6222</v>
+      </c>
+      <c r="Q175">
+        <v>105.2332</v>
+      </c>
+      <c r="S175">
+        <v>101.611</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45747.434583333</v>
+        <v>45840.416712963</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
+      <c r="G176">
+        <v>105.0345</v>
+      </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>3.9</v>
       </c>
       <c r="K176" s="2">
         <v>45140.0</v>
       </c>
       <c r="L176" s="2">
         <v>46236.0</v>
       </c>
       <c r="M176">
         <v>11150000</v>
       </c>
       <c r="N176">
         <v>100.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>2.5964</v>
-[...2 lines deleted...]
-        <v>2.4</v>
+        <v>3.5901</v>
+      </c>
+      <c r="Q176">
+        <v>105.2011</v>
+      </c>
+      <c r="S176">
+        <v>101.611</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45744.436458333</v>
+        <v>45839.416689815</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
+      <c r="G177">
+        <v>105.0345</v>
+      </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>3.9</v>
       </c>
       <c r="K177" s="2">
         <v>45140.0</v>
       </c>
       <c r="L177" s="2">
         <v>46236.0</v>
       </c>
       <c r="M177">
         <v>11150000</v>
       </c>
       <c r="N177">
         <v>100.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>2.5858</v>
-[...2 lines deleted...]
-        <v>2.37</v>
+        <v>3.5795</v>
+      </c>
+      <c r="Q177">
+        <v>105.1905</v>
+      </c>
+      <c r="S177">
+        <v>101.611</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45743.438900463</v>
+        <v>45838.42099537</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
+      <c r="G178">
+        <v>105.0345</v>
+      </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>3.9</v>
       </c>
       <c r="K178" s="2">
         <v>45140.0</v>
       </c>
       <c r="L178" s="2">
         <v>46236.0</v>
       </c>
       <c r="M178">
         <v>11150000</v>
       </c>
       <c r="N178">
         <v>100.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>2.5751</v>
-[...2 lines deleted...]
-        <v>2.405</v>
+        <v>3.5688</v>
+      </c>
+      <c r="Q178">
+        <v>105.1798</v>
+      </c>
+      <c r="S178">
+        <v>101.611</v>
       </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45742.606851852</v>
+        <v>45835.416712963</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
+      <c r="G179">
+        <v>105.0345</v>
+      </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>3.9</v>
       </c>
       <c r="K179" s="2">
         <v>45140.0</v>
       </c>
       <c r="L179" s="2">
         <v>46236.0</v>
       </c>
       <c r="M179">
         <v>11150000</v>
       </c>
       <c r="N179">
         <v>100.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>2.543</v>
-[...2 lines deleted...]
-        <v>2.425</v>
+        <v>3.5581</v>
+      </c>
+      <c r="Q179">
+        <v>105.204</v>
+      </c>
+      <c r="S179">
+        <v>101.6459</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45741.523645833</v>
+        <v>45834.457858796</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
+      <c r="G180">
+        <v>105.0345</v>
+      </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>3.9</v>
       </c>
       <c r="K180" s="2">
         <v>45140.0</v>
       </c>
       <c r="L180" s="2">
         <v>46236.0</v>
       </c>
       <c r="M180">
         <v>11150000</v>
       </c>
       <c r="N180">
         <v>100.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>2.5323</v>
-[...2 lines deleted...]
-        <v>2.44</v>
+        <v>3.5474</v>
+      </c>
+      <c r="Q180">
+        <v>105.1933</v>
+      </c>
+      <c r="S180">
+        <v>101.6459</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45740.416967593</v>
+        <v>45833.416747685</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
+      <c r="G181">
+        <v>105.0345</v>
+      </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>3.9</v>
       </c>
       <c r="K181" s="2">
         <v>45140.0</v>
       </c>
       <c r="L181" s="2">
         <v>46236.0</v>
       </c>
       <c r="M181">
         <v>11150000</v>
       </c>
       <c r="N181">
         <v>100.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>2.5216</v>
-[...2 lines deleted...]
-        <v>2.435</v>
+        <v>3.5153</v>
+      </c>
+      <c r="Q181">
+        <v>105.1833</v>
+      </c>
+      <c r="S181">
+        <v>101.668</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45737.493020833</v>
+        <v>45831.515185185</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
+      <c r="G182">
+        <v>105.0345</v>
+      </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>3.9</v>
       </c>
       <c r="K182" s="2">
         <v>45140.0</v>
       </c>
       <c r="L182" s="2">
         <v>46236.0</v>
       </c>
       <c r="M182">
         <v>11150000</v>
       </c>
       <c r="N182">
         <v>100.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>2.511</v>
-[...2 lines deleted...]
-        <v>2.435</v>
+        <v>3.494</v>
+      </c>
+      <c r="Q182">
+        <v>105.162</v>
+      </c>
+      <c r="S182">
+        <v>101.668</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45736.469247685</v>
+        <v>45828.416701389</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
+      <c r="G183">
+        <v>105.0345</v>
+      </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>3.9</v>
       </c>
       <c r="K183" s="2">
         <v>45140.0</v>
       </c>
       <c r="L183" s="2">
         <v>46236.0</v>
       </c>
       <c r="M183">
         <v>11150000</v>
       </c>
       <c r="N183">
         <v>100.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>2.5003</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.4833</v>
+      </c>
+      <c r="Q183">
+        <v>105.1513</v>
+      </c>
+      <c r="S183">
+        <v>101.668</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45735.416956019</v>
+        <v>45827.416701389</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
+      <c r="G184">
+        <v>105.0345</v>
+      </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>3.9</v>
       </c>
       <c r="K184" s="2">
         <v>45140.0</v>
       </c>
       <c r="L184" s="2">
         <v>46236.0</v>
       </c>
       <c r="M184">
         <v>11150000</v>
       </c>
       <c r="N184">
         <v>100.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>2.4682</v>
-[...2 lines deleted...]
-        <v>2.46</v>
+        <v>3.4726</v>
+      </c>
+      <c r="Q184">
+        <v>105.1406</v>
+      </c>
+      <c r="S184">
+        <v>101.668</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45734.417106481</v>
+        <v>45826.416724537</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
+      <c r="G185">
+        <v>105.0345</v>
+      </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>3.9</v>
       </c>
       <c r="K185" s="2">
         <v>45140.0</v>
       </c>
       <c r="L185" s="2">
         <v>46236.0</v>
       </c>
       <c r="M185">
         <v>11150000</v>
       </c>
       <c r="N185">
         <v>100.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>2.4575</v>
-[...2 lines deleted...]
-        <v>2.46</v>
+        <v>3.4405</v>
+      </c>
+      <c r="Q185">
+        <v>105.1085</v>
+      </c>
+      <c r="S185">
+        <v>101.668</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45733.493784722</v>
+        <v>45825.648842593</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
+      <c r="G186">
+        <v>105.0345</v>
+      </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>3.9</v>
       </c>
       <c r="K186" s="2">
         <v>45140.0</v>
       </c>
       <c r="L186" s="2">
         <v>46236.0</v>
       </c>
       <c r="M186">
         <v>11150000</v>
       </c>
       <c r="N186">
         <v>100.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>2.4468</v>
-[...2 lines deleted...]
-        <v>2.46</v>
+        <v>3.4299</v>
+      </c>
+      <c r="Q186">
+        <v>105.0979</v>
+      </c>
+      <c r="S186">
+        <v>101.668</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45730.417083333</v>
+        <v>45824.416712963</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
+      <c r="G187">
+        <v>105.0345</v>
+      </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>3.9</v>
       </c>
       <c r="K187" s="2">
         <v>45140.0</v>
       </c>
       <c r="L187" s="2">
         <v>46236.0</v>
       </c>
       <c r="M187">
         <v>11150000</v>
       </c>
       <c r="N187">
         <v>100.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>2.4362</v>
-[...2 lines deleted...]
-        <v>2.48</v>
+        <v>3.4192</v>
+      </c>
+      <c r="Q187">
+        <v>105.0881</v>
+      </c>
+      <c r="S187">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45729.527777778</v>
+        <v>45821.416689815</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
+      <c r="G188">
+        <v>105.0345</v>
+      </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>3.9</v>
       </c>
       <c r="K188" s="2">
         <v>45140.0</v>
       </c>
       <c r="L188" s="2">
         <v>46236.0</v>
       </c>
       <c r="M188">
         <v>11150000</v>
       </c>
       <c r="N188">
         <v>100.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>2.4255</v>
-[...2 lines deleted...]
-        <v>2.48</v>
+        <v>3.4085</v>
+      </c>
+      <c r="Q188">
+        <v>105.0774</v>
+      </c>
+      <c r="S188">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45728.417118056</v>
+        <v>45820.416828704</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
+      <c r="G189">
+        <v>105.0345</v>
+      </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>3.9</v>
       </c>
       <c r="K189" s="2">
         <v>45140.0</v>
       </c>
       <c r="L189" s="2">
         <v>46236.0</v>
       </c>
       <c r="M189">
         <v>11150000</v>
       </c>
       <c r="N189">
         <v>100.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>2.3934</v>
-[...2 lines deleted...]
-        <v>2.51</v>
+        <v>3.3978</v>
+      </c>
+      <c r="Q189">
+        <v>105.0667</v>
+      </c>
+      <c r="S189">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45727.355196759</v>
+        <v>45819.416701389</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
+      <c r="G190">
+        <v>105.0345</v>
+      </c>
       <c r="I190" t="s">
         <v>28</v>
       </c>
       <c r="J190">
         <v>3.9</v>
       </c>
       <c r="K190" s="2">
         <v>45140.0</v>
       </c>
       <c r="L190" s="2">
         <v>46236.0</v>
       </c>
       <c r="M190">
         <v>11150000</v>
       </c>
       <c r="N190">
         <v>100.0</v>
       </c>
       <c r="O190" t="s">
         <v>28</v>
       </c>
       <c r="P190">
-        <v>2.3827</v>
+        <v>3.3658</v>
+      </c>
+      <c r="Q190">
+        <v>105.0347</v>
+      </c>
+      <c r="S190">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45726.417048611</v>
+        <v>45818.416793981</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
+      <c r="G191">
+        <v>105.0345</v>
+      </c>
       <c r="I191" t="s">
         <v>28</v>
       </c>
       <c r="J191">
         <v>3.9</v>
       </c>
       <c r="K191" s="2">
         <v>45140.0</v>
       </c>
       <c r="L191" s="2">
         <v>46236.0</v>
       </c>
       <c r="M191">
         <v>11150000</v>
       </c>
       <c r="N191">
         <v>100.0</v>
       </c>
       <c r="O191" t="s">
         <v>28</v>
       </c>
       <c r="P191">
-        <v>2.3721</v>
-[...2 lines deleted...]
-        <v>2.51</v>
+        <v>3.3551</v>
+      </c>
+      <c r="Q191">
+        <v>105.024</v>
+      </c>
+      <c r="S191">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45723.520601852</v>
+        <v>45817.416701389</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
+      <c r="G192">
+        <v>105.0345</v>
+      </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>3.9</v>
       </c>
       <c r="K192" s="2">
         <v>45140.0</v>
       </c>
       <c r="L192" s="2">
         <v>46236.0</v>
       </c>
       <c r="M192">
         <v>11150000</v>
       </c>
       <c r="N192">
         <v>100.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>2.3614</v>
-[...2 lines deleted...]
-        <v>2.51</v>
+        <v>3.3444</v>
+      </c>
+      <c r="Q192">
+        <v>105.0133</v>
+      </c>
+      <c r="S192">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45722.417094907</v>
+        <v>45814.435625</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
+      <c r="G193">
+        <v>105.0345</v>
+      </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>3.9</v>
       </c>
       <c r="K193" s="2">
         <v>45140.0</v>
       </c>
       <c r="L193" s="2">
         <v>46236.0</v>
       </c>
       <c r="M193">
         <v>11150000</v>
       </c>
       <c r="N193">
         <v>100.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>2.3507</v>
-[...2 lines deleted...]
-        <v>2.39</v>
+        <v>3.3337</v>
+      </c>
+      <c r="Q193">
+        <v>105.0026</v>
+      </c>
+      <c r="S193">
+        <v>101.6689</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45721.417060185</v>
+        <v>45813.354849537</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
+      <c r="G194">
+        <v>105.0345</v>
+      </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>3.9</v>
       </c>
       <c r="K194" s="2">
         <v>45140.0</v>
       </c>
       <c r="L194" s="2">
         <v>46236.0</v>
       </c>
       <c r="M194">
         <v>11150000</v>
       </c>
       <c r="N194">
         <v>100.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>2.3186</v>
-[...2 lines deleted...]
-        <v>2.39</v>
+        <v>3.323</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45720.488240741</v>
+        <v>45812.354918981</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
+      <c r="G195">
+        <v>105.0345</v>
+      </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>3.9</v>
       </c>
       <c r="K195" s="2">
         <v>45140.0</v>
       </c>
       <c r="L195" s="2">
         <v>46236.0</v>
       </c>
       <c r="M195">
         <v>11150000</v>
       </c>
       <c r="N195">
         <v>100.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>2.3079</v>
-[...2 lines deleted...]
-        <v>2.4</v>
+        <v>3.291</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45719.425590278</v>
+        <v>45811.354976852</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
+      <c r="G196">
+        <v>105.0345</v>
+      </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>3.9</v>
       </c>
       <c r="K196" s="2">
         <v>45140.0</v>
       </c>
       <c r="L196" s="2">
         <v>46236.0</v>
       </c>
       <c r="M196">
         <v>11150000</v>
       </c>
       <c r="N196">
         <v>100.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>2.2973</v>
-[...2 lines deleted...]
-        <v>2.39</v>
+        <v>3.2803</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45716.425694444</v>
+        <v>45810.354988426</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
+      <c r="G197">
+        <v>105.0345</v>
+      </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>3.9</v>
       </c>
       <c r="K197" s="2">
         <v>45140.0</v>
       </c>
       <c r="L197" s="2">
         <v>46236.0</v>
       </c>
       <c r="M197">
         <v>11150000</v>
       </c>
       <c r="N197">
         <v>100.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>2.2866</v>
-[...2 lines deleted...]
-        <v>2.385</v>
+        <v>3.2696</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45715.417094907</v>
+        <v>45807.355023148</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
+      <c r="G198">
+        <v>105.0345</v>
+      </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>3.9</v>
       </c>
       <c r="K198" s="2">
         <v>45140.0</v>
       </c>
       <c r="L198" s="2">
         <v>46236.0</v>
       </c>
       <c r="M198">
         <v>11150000</v>
       </c>
       <c r="N198">
         <v>100.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>2.2759</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.2589</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45714.417025463</v>
+        <v>45805.35494213</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
+      <c r="G199">
+        <v>105.0345</v>
+      </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>3.9</v>
       </c>
       <c r="K199" s="2">
         <v>45140.0</v>
       </c>
       <c r="L199" s="2">
         <v>46236.0</v>
       </c>
       <c r="M199">
         <v>11150000</v>
       </c>
       <c r="N199">
         <v>100.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>2.2438</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.2162</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45713.58462963</v>
+        <v>45804.355034722</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
+      <c r="G200">
+        <v>105.0345</v>
+      </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>3.9</v>
       </c>
       <c r="K200" s="2">
         <v>45140.0</v>
       </c>
       <c r="L200" s="2">
         <v>46236.0</v>
       </c>
       <c r="M200">
         <v>11150000</v>
       </c>
       <c r="N200">
         <v>100.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>2.2332</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.2055</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45712.417037037</v>
+        <v>45803.35505787</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
+      <c r="G201">
+        <v>105.0345</v>
+      </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
         <v>3.9</v>
       </c>
       <c r="K201" s="2">
         <v>45140.0</v>
       </c>
       <c r="L201" s="2">
         <v>46236.0</v>
       </c>
       <c r="M201">
         <v>11150000</v>
       </c>
       <c r="N201">
         <v>100.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>2.2225</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.1948</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45709.617592593</v>
+        <v>45800.35494213</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
+      <c r="G202">
+        <v>105.0345</v>
+      </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
         <v>3.9</v>
       </c>
       <c r="K202" s="2">
         <v>45140.0</v>
       </c>
       <c r="L202" s="2">
         <v>46236.0</v>
       </c>
       <c r="M202">
         <v>11150000</v>
       </c>
       <c r="N202">
         <v>100.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>2.2118</v>
-[...2 lines deleted...]
-        <v>2.45</v>
+        <v>3.1841</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45708.355127315</v>
+        <v>45799.355081019</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
+      <c r="G203">
+        <v>105.0345</v>
+      </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
         <v>3.9</v>
       </c>
       <c r="K203" s="2">
         <v>45140.0</v>
       </c>
       <c r="L203" s="2">
         <v>46236.0</v>
       </c>
       <c r="M203">
         <v>11150000</v>
       </c>
       <c r="N203">
         <v>100.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>2.2011</v>
+        <v>3.1734</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45707.355185185</v>
+        <v>45798.354953704</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
+      <c r="G204">
+        <v>105.0345</v>
+      </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
         <v>3.9</v>
       </c>
       <c r="K204" s="2">
         <v>45140.0</v>
       </c>
       <c r="L204" s="2">
         <v>46236.0</v>
       </c>
       <c r="M204">
         <v>11150000</v>
       </c>
       <c r="N204">
         <v>100.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>2.169</v>
+        <v>3.1414</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45706.355231481</v>
+        <v>45797.354965278</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
+      <c r="G205">
+        <v>105.0345</v>
+      </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
         <v>3.9</v>
       </c>
       <c r="K205" s="2">
         <v>45140.0</v>
       </c>
       <c r="L205" s="2">
         <v>46236.0</v>
       </c>
       <c r="M205">
         <v>11150000</v>
       </c>
       <c r="N205">
         <v>100.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>2.1584</v>
+        <v>3.1307</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45705.3559375</v>
+        <v>45796.354722222</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
+      <c r="G206">
+        <v>105.0345</v>
+      </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
         <v>3.9</v>
       </c>
       <c r="K206" s="2">
         <v>45140.0</v>
       </c>
       <c r="L206" s="2">
         <v>46236.0</v>
       </c>
       <c r="M206">
         <v>11150000</v>
       </c>
       <c r="N206">
         <v>100.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>2.1477</v>
+        <v>3.12</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45702.355162037</v>
+        <v>45793.354861111</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
+      <c r="G207">
+        <v>105.0345</v>
+      </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
         <v>3.9</v>
       </c>
       <c r="K207" s="2">
         <v>45140.0</v>
       </c>
       <c r="L207" s="2">
         <v>46236.0</v>
       </c>
       <c r="M207">
         <v>11150000</v>
       </c>
       <c r="N207">
         <v>100.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>2.137</v>
+        <v>3.1093</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45701.355219907</v>
+        <v>45792.568449074</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
+      <c r="G208">
+        <v>105.0345</v>
+      </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
         <v>3.9</v>
       </c>
       <c r="K208" s="2">
         <v>45140.0</v>
       </c>
       <c r="L208" s="2">
         <v>46236.0</v>
       </c>
       <c r="M208">
         <v>11150000</v>
       </c>
       <c r="N208">
         <v>100.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>2.1263</v>
+        <v>3.0986</v>
       </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45700.355196759</v>
+        <v>45791.416724537</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
+      <c r="G209">
+        <v>105.0345</v>
+      </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
         <v>3.9</v>
       </c>
       <c r="K209" s="2">
         <v>45140.0</v>
       </c>
       <c r="L209" s="2">
         <v>46236.0</v>
       </c>
       <c r="M209">
         <v>11150000</v>
       </c>
       <c r="N209">
         <v>100.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
       <c r="P209">
-        <v>2.0942</v>
+        <v>3.0666</v>
+      </c>
+      <c r="R209">
+        <v>105.0666</v>
+      </c>
+      <c r="T209">
+        <v>102.0</v>
       </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45699.355208333</v>
+        <v>45790.416701389</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
+      <c r="G210">
+        <v>105.0345</v>
+      </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
         <v>3.9</v>
       </c>
       <c r="K210" s="2">
         <v>45140.0</v>
       </c>
       <c r="L210" s="2">
         <v>46236.0</v>
       </c>
       <c r="M210">
         <v>11150000</v>
       </c>
       <c r="N210">
         <v>100.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
       <c r="P210">
-        <v>2.0836</v>
+        <v>3.0559</v>
+      </c>
+      <c r="R210">
+        <v>105.0559</v>
+      </c>
+      <c r="T210">
+        <v>102.0</v>
       </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45698.355219907</v>
+        <v>45789.416701389</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
+      <c r="G211">
+        <v>105.0345</v>
+      </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
         <v>3.9</v>
       </c>
       <c r="K211" s="2">
         <v>45140.0</v>
       </c>
       <c r="L211" s="2">
         <v>46236.0</v>
       </c>
       <c r="M211">
         <v>11150000</v>
       </c>
       <c r="N211">
         <v>100.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>2.0729</v>
+        <v>3.0452</v>
+      </c>
+      <c r="R211">
+        <v>105.0452</v>
+      </c>
+      <c r="T211">
+        <v>102.0</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45695.355196759</v>
+        <v>45786.487071759</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
+      <c r="F212">
+        <v>0.04</v>
+      </c>
+      <c r="G212">
+        <v>105.0345</v>
+      </c>
+      <c r="H212">
+        <v>199565.55</v>
+      </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
         <v>3.9</v>
       </c>
       <c r="K212" s="2">
         <v>45140.0</v>
       </c>
       <c r="L212" s="2">
         <v>46236.0</v>
       </c>
       <c r="M212">
         <v>11150000</v>
       </c>
       <c r="N212">
         <v>100.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>2.0622</v>
+        <v>3.0345</v>
+      </c>
+      <c r="R212">
+        <v>105.0345</v>
+      </c>
+      <c r="T212">
+        <v>102.0</v>
+      </c>
+      <c r="X212">
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45694.476643519</v>
+        <v>45785.41681713</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
+      <c r="G213">
+        <v>104.9918</v>
+      </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
         <v>3.9</v>
       </c>
       <c r="K213" s="2">
         <v>45140.0</v>
       </c>
       <c r="L213" s="2">
         <v>46236.0</v>
       </c>
       <c r="M213">
         <v>11150000</v>
       </c>
       <c r="N213">
         <v>100.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
       <c r="P213">
-        <v>2.0515</v>
-[...2 lines deleted...]
-        <v>2.4</v>
+        <v>3.0238</v>
+      </c>
+      <c r="R213">
+        <v>105.0238</v>
+      </c>
+      <c r="T213">
+        <v>102.0</v>
       </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45693.461886574</v>
+        <v>45784.560266204</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
+      <c r="G214">
+        <v>104.9918</v>
+      </c>
+      <c r="H214">
+        <v>1574877.0</v>
+      </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
         <v>3.9</v>
       </c>
       <c r="K214" s="2">
         <v>45140.0</v>
       </c>
       <c r="L214" s="2">
         <v>46236.0</v>
       </c>
       <c r="M214">
         <v>11150000</v>
       </c>
       <c r="N214">
         <v>100.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>2.0195</v>
-[...2 lines deleted...]
-        <v>2.4</v>
+        <v>2.9918</v>
+      </c>
+      <c r="R214">
+        <v>104.9918</v>
+      </c>
+      <c r="T214">
+        <v>102.0</v>
+      </c>
+      <c r="X214">
+        <v>2</v>
       </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45692.355196759</v>
+        <v>45783.420347222</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
         <v>3.9</v>
       </c>
       <c r="K215" s="2">
         <v>45140.0</v>
       </c>
       <c r="L215" s="2">
         <v>46236.0</v>
       </c>
       <c r="M215">
         <v>11150000</v>
       </c>
       <c r="N215">
         <v>100.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
       <c r="P215">
-        <v>2.0088</v>
+        <v>2.9811</v>
+      </c>
+      <c r="R215">
+        <v>104.9811</v>
+      </c>
+      <c r="T215">
+        <v>102.0</v>
       </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45691.355706019</v>
+        <v>45782.35525463</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
         <v>3.9</v>
       </c>
       <c r="K216" s="2">
         <v>45140.0</v>
       </c>
       <c r="L216" s="2">
         <v>46236.0</v>
       </c>
       <c r="M216">
         <v>11150000</v>
       </c>
       <c r="N216">
         <v>100.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>1.9981</v>
+        <v>2.9704</v>
       </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45688.355185185</v>
+        <v>45779.416909722</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
         <v>3.9</v>
       </c>
       <c r="K217" s="2">
         <v>45140.0</v>
       </c>
       <c r="L217" s="2">
         <v>46236.0</v>
       </c>
       <c r="M217">
         <v>11150000</v>
       </c>
       <c r="N217">
         <v>100.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>1.9874</v>
+        <v>2.9597</v>
+      </c>
+      <c r="R217">
+        <v>104.9597</v>
+      </c>
+      <c r="T217">
+        <v>102.0</v>
       </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45687.355196759</v>
+        <v>45777.416967593</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
         <v>3.9</v>
       </c>
       <c r="K218" s="2">
         <v>45140.0</v>
       </c>
       <c r="L218" s="2">
         <v>46236.0</v>
       </c>
       <c r="M218">
         <v>11150000</v>
       </c>
       <c r="N218">
         <v>100.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>1.9767</v>
+        <v>2.949</v>
+      </c>
+      <c r="R218">
+        <v>104.949</v>
+      </c>
+      <c r="T218">
+        <v>102.0</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45686.355231481</v>
+        <v>45776.416828704</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
         <v>3.9</v>
       </c>
       <c r="K219" s="2">
         <v>45140.0</v>
       </c>
       <c r="L219" s="2">
         <v>46236.0</v>
       </c>
       <c r="M219">
         <v>11150000</v>
       </c>
       <c r="N219">
         <v>100.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>1.9447</v>
+        <v>2.917</v>
+      </c>
+      <c r="R219">
+        <v>104.917</v>
+      </c>
+      <c r="T219">
+        <v>102.0</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45685.355208333</v>
+        <v>45775.41681713</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
         <v>3.9</v>
       </c>
       <c r="K220" s="2">
         <v>45140.0</v>
       </c>
       <c r="L220" s="2">
         <v>46236.0</v>
       </c>
       <c r="M220">
         <v>11150000</v>
       </c>
       <c r="N220">
         <v>100.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>1.934</v>
+        <v>2.8956</v>
+      </c>
+      <c r="R220">
+        <v>104.8956</v>
+      </c>
+      <c r="T220">
+        <v>102.0</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45684.355219907</v>
+        <v>45772.416759259</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
         <v>3.9</v>
       </c>
       <c r="K221" s="2">
         <v>45140.0</v>
       </c>
       <c r="L221" s="2">
         <v>46236.0</v>
       </c>
       <c r="M221">
         <v>11150000</v>
       </c>
       <c r="N221">
         <v>100.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>1.9233</v>
+        <v>2.8849</v>
+      </c>
+      <c r="R221">
+        <v>104.8849</v>
+      </c>
+      <c r="T221">
+        <v>102.0</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45681.46125</v>
+        <v>45771.416805556</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
         <v>3.9</v>
       </c>
       <c r="K222" s="2">
         <v>45140.0</v>
       </c>
       <c r="L222" s="2">
         <v>46236.0</v>
       </c>
       <c r="M222">
         <v>11150000</v>
       </c>
       <c r="N222">
         <v>100.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>1.9126</v>
-[...2 lines deleted...]
-        <v>2.53</v>
+        <v>2.8742</v>
+      </c>
+      <c r="R222">
+        <v>104.8742</v>
+      </c>
+      <c r="T222">
+        <v>102.0</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45680.417013889</v>
+        <v>45770.443136574</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
         <v>3.9</v>
       </c>
       <c r="K223" s="2">
         <v>45140.0</v>
       </c>
       <c r="L223" s="2">
         <v>46236.0</v>
       </c>
       <c r="M223">
         <v>11150000</v>
       </c>
       <c r="N223">
         <v>100.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>1.9019</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>2.8422</v>
+      </c>
+      <c r="R223">
+        <v>104.8422</v>
+      </c>
+      <c r="T223">
+        <v>102.0</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45679.416921296</v>
+        <v>45769.417002315</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
         <v>3.9</v>
       </c>
       <c r="K224" s="2">
         <v>45140.0</v>
       </c>
       <c r="L224" s="2">
         <v>46236.0</v>
       </c>
       <c r="M224">
         <v>11150000</v>
       </c>
       <c r="N224">
         <v>100.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>1.8699</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>2.8315</v>
+      </c>
+      <c r="R224">
+        <v>104.8815</v>
+      </c>
+      <c r="T224">
+        <v>102.05</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45678.507083333</v>
+        <v>45764.416898148</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
         <v>3.9</v>
       </c>
       <c r="K225" s="2">
         <v>45140.0</v>
       </c>
       <c r="L225" s="2">
         <v>46236.0</v>
       </c>
       <c r="M225">
         <v>11150000</v>
       </c>
       <c r="N225">
         <v>100.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>1.8592</v>
-[...2 lines deleted...]
-        <v>2.5</v>
+        <v>2.8208</v>
+      </c>
+      <c r="R225">
+        <v>104.8708</v>
+      </c>
+      <c r="T225">
+        <v>102.05</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45677.454479167</v>
+        <v>45763.416875</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
         <v>3.9</v>
       </c>
       <c r="K226" s="2">
         <v>45140.0</v>
       </c>
       <c r="L226" s="2">
         <v>46236.0</v>
       </c>
       <c r="M226">
         <v>11150000</v>
       </c>
       <c r="N226">
         <v>100.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>1.8485</v>
-[...2 lines deleted...]
-        <v>2.51</v>
+        <v>2.8101</v>
+      </c>
+      <c r="R226">
+        <v>104.8601</v>
+      </c>
+      <c r="T226">
+        <v>102.05</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45674.587118056</v>
+        <v>45762.416886574</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
         <v>3.9</v>
       </c>
       <c r="K227" s="2">
         <v>45140.0</v>
       </c>
       <c r="L227" s="2">
         <v>46236.0</v>
       </c>
       <c r="M227">
         <v>11150000</v>
       </c>
       <c r="N227">
         <v>100.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>1.8378</v>
-[...5 lines deleted...]
-        <v>2.52</v>
+        <v>2.7567</v>
+      </c>
+      <c r="R227">
+        <v>104.8067</v>
+      </c>
+      <c r="T227">
+        <v>102.05</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45673.417106481</v>
+        <v>45761.417268519</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
         <v>3.9</v>
       </c>
       <c r="K228" s="2">
         <v>45140.0</v>
       </c>
       <c r="L228" s="2">
         <v>46236.0</v>
       </c>
       <c r="M228">
         <v>11150000</v>
       </c>
       <c r="N228">
         <v>100.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>1.8271</v>
-[...5 lines deleted...]
-        <v>2.55</v>
+        <v>2.746</v>
+      </c>
+      <c r="R228">
+        <v>104.796</v>
+      </c>
+      <c r="T228">
+        <v>102.05</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45672.417037037</v>
+        <v>45758.420011574</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
         <v>3.9</v>
       </c>
       <c r="K229" s="2">
         <v>45140.0</v>
       </c>
       <c r="L229" s="2">
         <v>46236.0</v>
       </c>
       <c r="M229">
         <v>11150000</v>
       </c>
       <c r="N229">
         <v>100.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>1.7951</v>
-[...5 lines deleted...]
-        <v>2.55</v>
+        <v>2.7353</v>
+      </c>
+      <c r="R229">
+        <v>104.7853</v>
+      </c>
+      <c r="T229">
+        <v>102.05</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45671.417083333</v>
+        <v>45757.444710648</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
         <v>3.9</v>
       </c>
       <c r="K230" s="2">
         <v>45140.0</v>
       </c>
       <c r="L230" s="2">
         <v>46236.0</v>
       </c>
       <c r="M230">
         <v>11150000</v>
       </c>
       <c r="N230">
         <v>100.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>1.7844</v>
-[...5 lines deleted...]
-        <v>2.55</v>
+        <v>2.7247</v>
+      </c>
+      <c r="R230">
+        <v>104.7447</v>
+      </c>
+      <c r="T230">
+        <v>102.02</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45670.597268519</v>
+        <v>45756.42</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
         <v>3.9</v>
       </c>
       <c r="K231" s="2">
         <v>45140.0</v>
       </c>
       <c r="L231" s="2">
         <v>46236.0</v>
       </c>
       <c r="M231">
         <v>11150000</v>
       </c>
       <c r="N231">
         <v>100.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>1.7737</v>
-[...5 lines deleted...]
-        <v>2.55</v>
+        <v>2.6926</v>
+      </c>
+      <c r="R231">
+        <v>104.7626</v>
+      </c>
+      <c r="T231">
+        <v>102.07</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45667.416967593</v>
+        <v>45755.422453704</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
         <v>3.9</v>
       </c>
       <c r="K232" s="2">
         <v>45140.0</v>
       </c>
       <c r="L232" s="2">
         <v>46236.0</v>
       </c>
       <c r="M232">
         <v>11150000</v>
       </c>
       <c r="N232">
         <v>100.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>1.763</v>
-[...5 lines deleted...]
-        <v>2.5</v>
+        <v>2.6819</v>
+      </c>
+      <c r="R232">
+        <v>104.7319</v>
+      </c>
+      <c r="T232">
+        <v>102.05</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45666.586736111</v>
+        <v>45754.416898148</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
         <v>3.9</v>
       </c>
       <c r="K233" s="2">
         <v>45140.0</v>
       </c>
       <c r="L233" s="2">
         <v>46236.0</v>
       </c>
       <c r="M233">
         <v>11150000</v>
       </c>
       <c r="N233">
         <v>100.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>1.7523</v>
-[...5 lines deleted...]
-        <v>2.5</v>
+        <v>2.6712</v>
+      </c>
+      <c r="R233">
+        <v>104.7812</v>
+      </c>
+      <c r="T233">
+        <v>102.11</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45665.357708333</v>
+        <v>45751.604849537</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
         <v>3.9</v>
       </c>
       <c r="K234" s="2">
         <v>45140.0</v>
       </c>
       <c r="L234" s="2">
         <v>46236.0</v>
       </c>
       <c r="M234">
         <v>11150000</v>
       </c>
       <c r="N234">
         <v>100.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234">
-        <v>1.7203</v>
+        <v>2.6605</v>
+      </c>
+      <c r="R234">
+        <v>104.7705</v>
+      </c>
+      <c r="T234">
+        <v>102.11</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45664.3565625</v>
+        <v>45750.471493056</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>3.9</v>
       </c>
       <c r="K235" s="2">
         <v>45140.0</v>
       </c>
       <c r="L235" s="2">
         <v>46236.0</v>
       </c>
       <c r="M235">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N235">
         <v>100.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
       <c r="P235">
-        <v>1.7096</v>
+        <v>2.6605</v>
+      </c>
+      <c r="R235">
+        <v>104.6699</v>
+      </c>
+      <c r="T235">
+        <v>102.0094</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45663.357175926</v>
+        <v>45749.41693287</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>3.9</v>
       </c>
       <c r="K236" s="2">
         <v>45140.0</v>
       </c>
       <c r="L236" s="2">
         <v>46236.0</v>
       </c>
       <c r="M236">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N236">
         <v>100.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>1.6989</v>
+        <v>2.6178</v>
+      </c>
+      <c r="R236">
+        <v>104.6178</v>
+      </c>
+      <c r="T236">
+        <v>102.0</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45660.357800926</v>
+        <v>45748.548599537</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>3.9</v>
       </c>
       <c r="K237" s="2">
         <v>45140.0</v>
       </c>
       <c r="L237" s="2">
         <v>46236.0</v>
       </c>
       <c r="M237">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N237">
         <v>100.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>1.6882</v>
+        <v>2.6071</v>
+      </c>
+      <c r="R237">
+        <v>104.6071</v>
+      </c>
+      <c r="T237">
+        <v>102.0</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45659.357766204</v>
+        <v>45748.354236111</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>29</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>3.9</v>
       </c>
       <c r="K238" s="2">
         <v>45140.0</v>
       </c>
       <c r="L238" s="2">
         <v>46236.0</v>
       </c>
       <c r="M238">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N238">
         <v>100.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>1.6775</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45656.355625</v>
+        <v>45747.434583333</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>29</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>3.9</v>
       </c>
       <c r="K239" s="2">
         <v>45140.0</v>
       </c>
       <c r="L239" s="2">
         <v>46236.0</v>
       </c>
       <c r="M239">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N239">
         <v>100.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>1.6348</v>
+        <v>2.5964</v>
+      </c>
+      <c r="V239">
+        <v>2.4</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45653.35662037</v>
+        <v>45744.436458333</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>29</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>3.9</v>
       </c>
       <c r="K240" s="2">
         <v>45140.0</v>
       </c>
       <c r="L240" s="2">
         <v>46236.0</v>
       </c>
       <c r="M240">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N240">
         <v>100.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>1.6134</v>
+        <v>2.5858</v>
+      </c>
+      <c r="V240">
+        <v>2.37</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45649.356331019</v>
+        <v>45743.438900463</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>29</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>3.9</v>
       </c>
       <c r="K241" s="2">
         <v>45140.0</v>
       </c>
       <c r="L241" s="2">
         <v>46236.0</v>
       </c>
       <c r="M241">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N241">
         <v>100.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>1.5707</v>
+        <v>2.5751</v>
+      </c>
+      <c r="V241">
+        <v>2.405</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45646.356331019</v>
+        <v>45742.606851852</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>29</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>3.9</v>
       </c>
       <c r="K242" s="2">
         <v>45140.0</v>
       </c>
       <c r="L242" s="2">
         <v>46236.0</v>
       </c>
       <c r="M242">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N242">
         <v>100.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>1.5386</v>
+        <v>2.543</v>
+      </c>
+      <c r="V242">
+        <v>2.425</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45645.462939815</v>
+        <v>45741.523645833</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>29</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>3.9</v>
       </c>
       <c r="K243" s="2">
         <v>45140.0</v>
       </c>
       <c r="L243" s="2">
         <v>46236.0</v>
       </c>
       <c r="M243">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N243">
         <v>100.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>1.5279</v>
-[...2 lines deleted...]
-        <v>2.68</v>
+        <v>2.5323</v>
+      </c>
+      <c r="V243">
+        <v>2.44</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45644.41724537</v>
+        <v>45740.416967593</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>29</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>3.9</v>
       </c>
       <c r="K244" s="2">
         <v>45140.0</v>
       </c>
       <c r="L244" s="2">
         <v>46236.0</v>
       </c>
       <c r="M244">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N244">
         <v>100.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>1.4959</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.5216</v>
+      </c>
+      <c r="V244">
+        <v>2.435</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45643.602789352</v>
+        <v>45737.493020833</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>29</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>3.9</v>
       </c>
       <c r="K245" s="2">
         <v>45140.0</v>
       </c>
       <c r="L245" s="2">
         <v>46236.0</v>
       </c>
       <c r="M245">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N245">
         <v>100.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>1.4852</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.511</v>
+      </c>
+      <c r="V245">
+        <v>2.435</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45642.417037037</v>
+        <v>45736.469247685</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>29</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>3.9</v>
       </c>
       <c r="K246" s="2">
         <v>45140.0</v>
       </c>
       <c r="L246" s="2">
         <v>46236.0</v>
       </c>
       <c r="M246">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N246">
         <v>100.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>1.4745</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.5003</v>
       </c>
       <c r="V246">
-        <v>2.5</v>
+        <v>2.45</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45639.41724537</v>
+        <v>45735.416956019</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>29</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>3.9</v>
       </c>
       <c r="K247" s="2">
         <v>45140.0</v>
       </c>
       <c r="L247" s="2">
         <v>46236.0</v>
       </c>
       <c r="M247">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N247">
         <v>100.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>1.4638</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.4682</v>
       </c>
       <c r="V247">
-        <v>2.5</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45638.417233796</v>
+        <v>45734.417106481</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>29</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>3.9</v>
       </c>
       <c r="K248" s="2">
         <v>45140.0</v>
       </c>
       <c r="L248" s="2">
         <v>46236.0</v>
       </c>
       <c r="M248">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N248">
         <v>100.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>1.4532</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.4575</v>
       </c>
       <c r="V248">
-        <v>2.5</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45637.417094907</v>
+        <v>45733.493784722</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>29</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
         <v>3.9</v>
       </c>
       <c r="K249" s="2">
         <v>45140.0</v>
       </c>
       <c r="L249" s="2">
         <v>46236.0</v>
       </c>
       <c r="M249">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N249">
         <v>100.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
       <c r="P249">
-        <v>1.4211</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.4468</v>
       </c>
       <c r="V249">
-        <v>2.5</v>
+        <v>2.46</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45636.64375</v>
+        <v>45730.417083333</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>29</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
         <v>3.9</v>
       </c>
       <c r="K250" s="2">
         <v>45140.0</v>
       </c>
       <c r="L250" s="2">
         <v>46236.0</v>
       </c>
       <c r="M250">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N250">
         <v>100.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>1.4104</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.4362</v>
       </c>
       <c r="V250">
-        <v>2.5</v>
+        <v>2.48</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45635.417141204</v>
+        <v>45729.527777778</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>29</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
         <v>3.9</v>
       </c>
       <c r="K251" s="2">
         <v>45140.0</v>
       </c>
       <c r="L251" s="2">
         <v>46236.0</v>
       </c>
       <c r="M251">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N251">
         <v>100.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>1.3997</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.4255</v>
       </c>
       <c r="V251">
-        <v>2.5</v>
+        <v>2.48</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45632.417094907</v>
+        <v>45728.417118056</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>29</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
         <v>3.9</v>
       </c>
       <c r="K252" s="2">
         <v>45140.0</v>
       </c>
       <c r="L252" s="2">
         <v>46236.0</v>
       </c>
       <c r="M252">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N252">
         <v>100.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>1.389</v>
-[...2 lines deleted...]
-        <v>2.65</v>
+        <v>2.3934</v>
       </c>
       <c r="V252">
-        <v>2.5</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45631.507905093</v>
+        <v>45727.355196759</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>29</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
         <v>3.9</v>
       </c>
       <c r="K253" s="2">
         <v>45140.0</v>
       </c>
       <c r="L253" s="2">
         <v>46236.0</v>
       </c>
       <c r="M253">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N253">
         <v>100.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>1.3784</v>
-[...5 lines deleted...]
-        <v>2.5</v>
+        <v>2.3827</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45630.416956019</v>
+        <v>45726.417048611</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>29</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
         <v>3.9</v>
       </c>
       <c r="K254" s="2">
         <v>45140.0</v>
       </c>
       <c r="L254" s="2">
         <v>46236.0</v>
       </c>
       <c r="M254">
-        <v>10650000</v>
+        <v>11150000</v>
       </c>
       <c r="N254">
         <v>100.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
       <c r="P254">
-        <v>1.3463</v>
+        <v>2.3721</v>
       </c>
       <c r="V254">
-        <v>2.525</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45629.417291667</v>
+        <v>45723.520601852</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>29</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
         <v>3.9</v>
       </c>
       <c r="K255" s="2">
         <v>45140.0</v>
       </c>
       <c r="L255" s="2">
         <v>46236.0</v>
       </c>
       <c r="M255">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N255">
         <v>100.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>1.3356</v>
+        <v>2.3614</v>
       </c>
       <c r="V255">
-        <v>2.525</v>
+        <v>2.51</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45628.587928241</v>
+        <v>45722.417094907</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>29</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
         <v>3.9</v>
       </c>
       <c r="K256" s="2">
         <v>45140.0</v>
       </c>
       <c r="L256" s="2">
         <v>46236.0</v>
       </c>
       <c r="M256">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N256">
         <v>100.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>1.3249</v>
+        <v>2.3507</v>
       </c>
       <c r="V256">
-        <v>2.525</v>
+        <v>2.39</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45625.355671296</v>
+        <v>45721.417060185</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>29</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
         <v>3.9</v>
       </c>
       <c r="K257" s="2">
         <v>45140.0</v>
       </c>
       <c r="L257" s="2">
         <v>46236.0</v>
       </c>
       <c r="M257">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N257">
         <v>100.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>1.3142</v>
+        <v>2.3186</v>
+      </c>
+      <c r="V257">
+        <v>2.39</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45624.355601852</v>
+        <v>45720.488240741</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>29</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
         <v>3.9</v>
       </c>
       <c r="K258" s="2">
         <v>45140.0</v>
       </c>
       <c r="L258" s="2">
         <v>46236.0</v>
       </c>
       <c r="M258">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N258">
         <v>100.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>1.3036</v>
+        <v>2.3079</v>
+      </c>
+      <c r="V258">
+        <v>2.4</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45623.35556713</v>
+        <v>45719.425590278</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>29</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
         <v>3.9</v>
       </c>
       <c r="K259" s="2">
         <v>45140.0</v>
       </c>
       <c r="L259" s="2">
         <v>46236.0</v>
       </c>
       <c r="M259">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N259">
         <v>100.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>1.2715</v>
+        <v>2.2973</v>
+      </c>
+      <c r="V259">
+        <v>2.39</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45622.356342593</v>
+        <v>45716.425694444</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>29</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
         <v>3.9</v>
       </c>
       <c r="K260" s="2">
         <v>45140.0</v>
       </c>
       <c r="L260" s="2">
         <v>46236.0</v>
       </c>
       <c r="M260">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N260">
         <v>100.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>1.2608</v>
+        <v>2.2866</v>
+      </c>
+      <c r="V260">
+        <v>2.385</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45621.356828704</v>
+        <v>45715.417094907</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>29</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
         <v>3.9</v>
       </c>
       <c r="K261" s="2">
         <v>45140.0</v>
       </c>
       <c r="L261" s="2">
         <v>46236.0</v>
       </c>
       <c r="M261">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N261">
         <v>100.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>1.2501</v>
+        <v>2.2759</v>
+      </c>
+      <c r="V261">
+        <v>2.45</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45618.355949074</v>
+        <v>45714.417025463</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>29</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
         <v>3.9</v>
       </c>
       <c r="K262" s="2">
         <v>45140.0</v>
       </c>
       <c r="L262" s="2">
         <v>46236.0</v>
       </c>
       <c r="M262">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N262">
         <v>100.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>1.2395</v>
+        <v>2.2438</v>
+      </c>
+      <c r="V262">
+        <v>2.45</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45617.355601852</v>
+        <v>45713.58462963</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>29</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
         <v>3.9</v>
       </c>
       <c r="K263" s="2">
         <v>45140.0</v>
       </c>
       <c r="L263" s="2">
         <v>46236.0</v>
       </c>
       <c r="M263">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N263">
         <v>100.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>1.2288</v>
+        <v>2.2332</v>
+      </c>
+      <c r="V263">
+        <v>2.45</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45616.355648148</v>
+        <v>45712.417037037</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>29</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
         <v>3.9</v>
       </c>
       <c r="K264" s="2">
         <v>45140.0</v>
       </c>
       <c r="L264" s="2">
         <v>46236.0</v>
       </c>
       <c r="M264">
-        <v>10150000</v>
+        <v>11150000</v>
       </c>
       <c r="N264">
         <v>100.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>1.1967</v>
+        <v>2.2225</v>
+      </c>
+      <c r="V264">
+        <v>2.45</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45615.35556713</v>
+        <v>45709.617592593</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>29</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
         <v>3.9</v>
       </c>
       <c r="K265" s="2">
         <v>45140.0</v>
       </c>
       <c r="L265" s="2">
         <v>46236.0</v>
       </c>
       <c r="M265">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N265">
         <v>100.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>1.186</v>
+        <v>2.2118</v>
+      </c>
+      <c r="V265">
+        <v>2.45</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45614.356678241</v>
+        <v>45708.355127315</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>29</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
         <v>3.9</v>
       </c>
       <c r="K266" s="2">
         <v>45140.0</v>
       </c>
       <c r="L266" s="2">
         <v>46236.0</v>
       </c>
       <c r="M266">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N266">
         <v>100.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>1.1753</v>
+        <v>2.2011</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45611.355532407</v>
+        <v>45707.355185185</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>29</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
         <v>3.9</v>
       </c>
       <c r="K267" s="2">
         <v>45140.0</v>
       </c>
       <c r="L267" s="2">
         <v>46236.0</v>
       </c>
       <c r="M267">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N267">
         <v>100.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>1.1647</v>
+        <v>2.169</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45610.355520833</v>
+        <v>45706.355231481</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>29</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
         <v>3.9</v>
       </c>
       <c r="K268" s="2">
         <v>45140.0</v>
       </c>
       <c r="L268" s="2">
         <v>46236.0</v>
       </c>
       <c r="M268">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N268">
         <v>100.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>1.154</v>
+        <v>2.1584</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45609.355578704</v>
+        <v>45705.3559375</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>29</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
         <v>3.9</v>
       </c>
       <c r="K269" s="2">
         <v>45140.0</v>
       </c>
       <c r="L269" s="2">
         <v>46236.0</v>
       </c>
       <c r="M269">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N269">
         <v>100.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
       <c r="P269">
-        <v>1.1219</v>
+        <v>2.1477</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45608.355520833</v>
+        <v>45702.355162037</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>29</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
         <v>3.9</v>
       </c>
       <c r="K270" s="2">
         <v>45140.0</v>
       </c>
       <c r="L270" s="2">
         <v>46236.0</v>
       </c>
       <c r="M270">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N270">
         <v>100.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>1.1112</v>
+        <v>2.137</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45607.355532407</v>
+        <v>45701.355219907</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>29</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
         <v>3.9</v>
       </c>
       <c r="K271" s="2">
         <v>45140.0</v>
       </c>
       <c r="L271" s="2">
         <v>46236.0</v>
       </c>
       <c r="M271">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N271">
         <v>100.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
       <c r="P271">
-        <v>1.1005</v>
+        <v>2.1263</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45604.355601852</v>
+        <v>45700.355196759</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>29</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
         <v>3.9</v>
       </c>
       <c r="K272" s="2">
         <v>45140.0</v>
       </c>
       <c r="L272" s="2">
         <v>46236.0</v>
       </c>
       <c r="M272">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N272">
         <v>100.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>1.0899</v>
+        <v>2.0942</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45603.355486111</v>
+        <v>45699.355208333</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>29</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
         <v>3.9</v>
       </c>
       <c r="K273" s="2">
         <v>45140.0</v>
       </c>
       <c r="L273" s="2">
         <v>46236.0</v>
       </c>
       <c r="M273">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N273">
         <v>100.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>1.0792</v>
+        <v>2.0836</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45602.355590278</v>
+        <v>45698.355219907</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>29</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
         <v>3.9</v>
       </c>
       <c r="K274" s="2">
         <v>45140.0</v>
       </c>
       <c r="L274" s="2">
         <v>46236.0</v>
       </c>
       <c r="M274">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N274">
         <v>100.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>1.0471</v>
+        <v>2.0729</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45601.355578704</v>
+        <v>45695.355196759</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>29</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
         <v>3.9</v>
       </c>
       <c r="K275" s="2">
         <v>45140.0</v>
       </c>
       <c r="L275" s="2">
         <v>46236.0</v>
       </c>
       <c r="M275">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N275">
         <v>100.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>1.0364</v>
+        <v>2.0622</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45600.355636574</v>
+        <v>45694.476643519</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>29</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
         <v>3.9</v>
       </c>
       <c r="K276" s="2">
         <v>45140.0</v>
       </c>
       <c r="L276" s="2">
         <v>46236.0</v>
       </c>
       <c r="M276">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N276">
         <v>100.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
       <c r="P276">
-        <v>1.0258</v>
+        <v>2.0515</v>
+      </c>
+      <c r="V276">
+        <v>2.4</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45597.355520833</v>
+        <v>45693.461886574</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>29</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
         <v>3.9</v>
       </c>
       <c r="K277" s="2">
         <v>45140.0</v>
       </c>
       <c r="L277" s="2">
         <v>46236.0</v>
       </c>
       <c r="M277">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N277">
         <v>100.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>1.0151</v>
+        <v>2.0195</v>
+      </c>
+      <c r="V277">
+        <v>2.4</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45596.355590278</v>
+        <v>45692.355196759</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>29</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
         <v>3.9</v>
       </c>
       <c r="K278" s="2">
         <v>45140.0</v>
       </c>
       <c r="L278" s="2">
         <v>46236.0</v>
       </c>
       <c r="M278">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N278">
         <v>100.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>1.0044</v>
+        <v>2.0088</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45595.355532407</v>
+        <v>45691.355706019</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>29</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
       <c r="I279" t="s">
         <v>28</v>
       </c>
       <c r="J279">
         <v>3.9</v>
       </c>
       <c r="K279" s="2">
         <v>45140.0</v>
       </c>
       <c r="L279" s="2">
         <v>46236.0</v>
       </c>
       <c r="M279">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N279">
         <v>100.0</v>
       </c>
       <c r="O279" t="s">
         <v>28</v>
       </c>
       <c r="P279">
-        <v>0.9723</v>
+        <v>1.9981</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45594.355636574</v>
+        <v>45688.355185185</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>29</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
       <c r="I280" t="s">
         <v>28</v>
       </c>
       <c r="J280">
         <v>3.9</v>
       </c>
       <c r="K280" s="2">
         <v>45140.0</v>
       </c>
       <c r="L280" s="2">
         <v>46236.0</v>
       </c>
       <c r="M280">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N280">
         <v>100.0</v>
       </c>
       <c r="O280" t="s">
         <v>28</v>
       </c>
       <c r="P280">
-        <v>0.9616</v>
+        <v>1.9874</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45593.356608796</v>
+        <v>45687.355196759</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>29</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
       <c r="I281" t="s">
         <v>28</v>
       </c>
       <c r="J281">
         <v>3.9</v>
       </c>
       <c r="K281" s="2">
         <v>45140.0</v>
       </c>
       <c r="L281" s="2">
         <v>46236.0</v>
       </c>
       <c r="M281">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N281">
         <v>100.0</v>
       </c>
       <c r="O281" t="s">
         <v>28</v>
       </c>
       <c r="P281">
-        <v>0.951</v>
+        <v>1.9767</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45590.355625</v>
+        <v>45686.355231481</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>29</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
         <v>3.9</v>
       </c>
       <c r="K282" s="2">
         <v>45140.0</v>
       </c>
       <c r="L282" s="2">
         <v>46236.0</v>
       </c>
       <c r="M282">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N282">
         <v>100.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>0.9403</v>
+        <v>1.9447</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45589.356342593</v>
+        <v>45685.355208333</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>29</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
         <v>3.9</v>
       </c>
       <c r="K283" s="2">
         <v>45140.0</v>
       </c>
       <c r="L283" s="2">
         <v>46236.0</v>
       </c>
       <c r="M283">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N283">
         <v>100.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>0.9296</v>
+        <v>1.934</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45588.356331019</v>
+        <v>45684.355219907</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>29</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
         <v>3.9</v>
       </c>
       <c r="K284" s="2">
         <v>45140.0</v>
       </c>
       <c r="L284" s="2">
         <v>46236.0</v>
       </c>
       <c r="M284">
-        <v>9500000</v>
+        <v>11150000</v>
       </c>
       <c r="N284">
         <v>100.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>0.8975</v>
+        <v>1.9233</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45587.356296296</v>
+        <v>45681.46125</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>29</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
         <v>3.9</v>
       </c>
       <c r="K285" s="2">
         <v>45140.0</v>
       </c>
       <c r="L285" s="2">
         <v>46236.0</v>
       </c>
       <c r="M285">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N285">
         <v>100.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>0.8868</v>
+        <v>1.9126</v>
+      </c>
+      <c r="V285">
+        <v>2.53</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
-        <v>45586.356412037</v>
+        <v>45680.417013889</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>29</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="I286" t="s">
         <v>28</v>
       </c>
       <c r="J286">
         <v>3.9</v>
       </c>
       <c r="K286" s="2">
         <v>45140.0</v>
       </c>
       <c r="L286" s="2">
         <v>46236.0</v>
       </c>
       <c r="M286">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N286">
         <v>100.0</v>
       </c>
       <c r="O286" t="s">
         <v>28</v>
       </c>
       <c r="P286">
-        <v>0.8762</v>
+        <v>1.9019</v>
+      </c>
+      <c r="V286">
+        <v>2.5</v>
       </c>
     </row>
     <row r="287" spans="1:24">
       <c r="A287" s="2">
-        <v>45583.355648148</v>
+        <v>45679.416921296</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>29</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
       <c r="J287">
         <v>3.9</v>
       </c>
       <c r="K287" s="2">
         <v>45140.0</v>
       </c>
       <c r="L287" s="2">
         <v>46236.0</v>
       </c>
       <c r="M287">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N287">
         <v>100.0</v>
       </c>
       <c r="O287" t="s">
         <v>28</v>
       </c>
       <c r="P287">
-        <v>0.8655</v>
+        <v>1.8699</v>
+      </c>
+      <c r="V287">
+        <v>2.5</v>
       </c>
     </row>
     <row r="288" spans="1:24">
       <c r="A288" s="2">
-        <v>45582.356423611</v>
+        <v>45678.507083333</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>29</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
       <c r="I288" t="s">
         <v>28</v>
       </c>
       <c r="J288">
         <v>3.9</v>
       </c>
       <c r="K288" s="2">
         <v>45140.0</v>
       </c>
       <c r="L288" s="2">
         <v>46236.0</v>
       </c>
       <c r="M288">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N288">
         <v>100.0</v>
       </c>
       <c r="O288" t="s">
         <v>28</v>
       </c>
       <c r="P288">
-        <v>0.8548</v>
+        <v>1.8592</v>
+      </c>
+      <c r="V288">
+        <v>2.5</v>
       </c>
     </row>
     <row r="289" spans="1:24">
       <c r="A289" s="2">
-        <v>45581.356400463</v>
+        <v>45677.454479167</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>29</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
       <c r="I289" t="s">
         <v>28</v>
       </c>
       <c r="J289">
         <v>3.9</v>
       </c>
       <c r="K289" s="2">
         <v>45140.0</v>
       </c>
       <c r="L289" s="2">
         <v>46236.0</v>
       </c>
       <c r="M289">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N289">
         <v>100.0</v>
       </c>
       <c r="O289" t="s">
         <v>28</v>
       </c>
       <c r="P289">
-        <v>0.8227</v>
+        <v>1.8485</v>
+      </c>
+      <c r="V289">
+        <v>2.51</v>
       </c>
     </row>
     <row r="290" spans="1:24">
       <c r="A290" s="2">
-        <v>45580.355601852</v>
+        <v>45674.587118056</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>29</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
       <c r="I290" t="s">
         <v>28</v>
       </c>
       <c r="J290">
         <v>3.9</v>
       </c>
       <c r="K290" s="2">
         <v>45140.0</v>
       </c>
       <c r="L290" s="2">
         <v>46236.0</v>
       </c>
       <c r="M290">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N290">
         <v>100.0</v>
       </c>
       <c r="O290" t="s">
         <v>28</v>
       </c>
       <c r="P290">
-        <v>0.8121</v>
+        <v>1.8378</v>
+      </c>
+      <c r="U290">
+        <v>2.7</v>
+      </c>
+      <c r="V290">
+        <v>2.52</v>
       </c>
     </row>
     <row r="291" spans="1:24">
       <c r="A291" s="2">
-        <v>45579.355590278</v>
+        <v>45673.417106481</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>29</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
       <c r="I291" t="s">
         <v>28</v>
       </c>
       <c r="J291">
         <v>3.9</v>
       </c>
       <c r="K291" s="2">
         <v>45140.0</v>
       </c>
       <c r="L291" s="2">
         <v>46236.0</v>
       </c>
       <c r="M291">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N291">
         <v>100.0</v>
       </c>
       <c r="O291" t="s">
         <v>28</v>
       </c>
       <c r="P291">
-        <v>0.8014</v>
+        <v>1.8271</v>
+      </c>
+      <c r="U291">
+        <v>2.7</v>
+      </c>
+      <c r="V291">
+        <v>2.55</v>
       </c>
     </row>
     <row r="292" spans="1:24">
       <c r="A292" s="2">
-        <v>45576.355613426</v>
+        <v>45672.417037037</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>29</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
       <c r="I292" t="s">
         <v>28</v>
       </c>
       <c r="J292">
         <v>3.9</v>
       </c>
       <c r="K292" s="2">
         <v>45140.0</v>
       </c>
       <c r="L292" s="2">
         <v>46236.0</v>
       </c>
       <c r="M292">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N292">
         <v>100.0</v>
       </c>
       <c r="O292" t="s">
         <v>28</v>
       </c>
       <c r="P292">
-        <v>0.7907</v>
+        <v>1.7951</v>
+      </c>
+      <c r="U292">
+        <v>2.7</v>
+      </c>
+      <c r="V292">
+        <v>2.55</v>
       </c>
     </row>
     <row r="293" spans="1:24">
       <c r="A293" s="2">
-        <v>45575.355706019</v>
+        <v>45671.417083333</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>29</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
       <c r="I293" t="s">
         <v>28</v>
       </c>
       <c r="J293">
         <v>3.9</v>
       </c>
       <c r="K293" s="2">
         <v>45140.0</v>
       </c>
       <c r="L293" s="2">
         <v>46236.0</v>
       </c>
       <c r="M293">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N293">
         <v>100.0</v>
       </c>
       <c r="O293" t="s">
         <v>28</v>
       </c>
       <c r="P293">
-        <v>0.78</v>
+        <v>1.7844</v>
+      </c>
+      <c r="U293">
+        <v>2.7</v>
+      </c>
+      <c r="V293">
+        <v>2.55</v>
       </c>
     </row>
     <row r="294" spans="1:24">
       <c r="A294" s="2">
-        <v>45574.35568287</v>
+        <v>45670.597268519</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>29</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
       <c r="I294" t="s">
         <v>28</v>
       </c>
       <c r="J294">
         <v>3.9</v>
       </c>
       <c r="K294" s="2">
         <v>45140.0</v>
       </c>
       <c r="L294" s="2">
         <v>46236.0</v>
       </c>
       <c r="M294">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N294">
         <v>100.0</v>
       </c>
       <c r="O294" t="s">
         <v>28</v>
       </c>
       <c r="P294">
-        <v>0.7479</v>
+        <v>1.7737</v>
+      </c>
+      <c r="U294">
+        <v>2.7</v>
+      </c>
+      <c r="V294">
+        <v>2.55</v>
       </c>
     </row>
     <row r="295" spans="1:24">
       <c r="A295" s="2">
-        <v>45573.355613426</v>
+        <v>45667.416967593</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>29</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
       <c r="I295" t="s">
         <v>28</v>
       </c>
       <c r="J295">
         <v>3.9</v>
       </c>
       <c r="K295" s="2">
         <v>45140.0</v>
       </c>
       <c r="L295" s="2">
         <v>46236.0</v>
       </c>
       <c r="M295">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N295">
         <v>100.0</v>
       </c>
       <c r="O295" t="s">
         <v>28</v>
       </c>
       <c r="P295">
-        <v>0.7373</v>
+        <v>1.763</v>
+      </c>
+      <c r="U295">
+        <v>2.675</v>
+      </c>
+      <c r="V295">
+        <v>2.5</v>
       </c>
     </row>
     <row r="296" spans="1:24">
       <c r="A296" s="2">
-        <v>45572.355555556</v>
+        <v>45666.586736111</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>29</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="I296" t="s">
         <v>28</v>
       </c>
       <c r="J296">
         <v>3.9</v>
       </c>
       <c r="K296" s="2">
         <v>45140.0</v>
       </c>
       <c r="L296" s="2">
         <v>46236.0</v>
       </c>
       <c r="M296">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N296">
         <v>100.0</v>
       </c>
       <c r="O296" t="s">
         <v>28</v>
       </c>
       <c r="P296">
-        <v>0.7266</v>
+        <v>1.7523</v>
+      </c>
+      <c r="U296">
+        <v>2.675</v>
+      </c>
+      <c r="V296">
+        <v>2.5</v>
       </c>
     </row>
     <row r="297" spans="1:24">
       <c r="A297" s="2">
-        <v>45569.416736111</v>
+        <v>45665.357708333</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>29</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
       <c r="I297" t="s">
         <v>28</v>
       </c>
       <c r="J297">
         <v>3.9</v>
       </c>
       <c r="K297" s="2">
         <v>45140.0</v>
       </c>
       <c r="L297" s="2">
         <v>46236.0</v>
       </c>
       <c r="M297">
-        <v>8950000</v>
+        <v>11150000</v>
       </c>
       <c r="N297">
         <v>100.0</v>
       </c>
       <c r="O297" t="s">
         <v>28</v>
       </c>
       <c r="P297">
-        <v>0.7159</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.7203</v>
       </c>
     </row>
     <row r="298" spans="1:24">
       <c r="A298" s="2">
-        <v>45568.416793981</v>
+        <v>45664.3565625</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>29</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
       <c r="I298" t="s">
         <v>28</v>
       </c>
       <c r="J298">
         <v>3.9</v>
       </c>
       <c r="K298" s="2">
         <v>45140.0</v>
       </c>
       <c r="L298" s="2">
         <v>46236.0</v>
       </c>
       <c r="M298">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N298">
         <v>100.0</v>
       </c>
       <c r="O298" t="s">
         <v>28</v>
       </c>
       <c r="P298">
-        <v>0.7052</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.7096</v>
       </c>
     </row>
     <row r="299" spans="1:24">
       <c r="A299" s="2">
-        <v>45567.416793981</v>
+        <v>45663.357175926</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>29</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
       <c r="I299" t="s">
         <v>28</v>
       </c>
       <c r="J299">
         <v>3.9</v>
       </c>
       <c r="K299" s="2">
         <v>45140.0</v>
       </c>
       <c r="L299" s="2">
         <v>46236.0</v>
       </c>
       <c r="M299">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N299">
         <v>100.0</v>
       </c>
       <c r="O299" t="s">
         <v>28</v>
       </c>
       <c r="P299">
-        <v>0.6732</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.6989</v>
       </c>
     </row>
     <row r="300" spans="1:24">
       <c r="A300" s="2">
-        <v>45566.416805556</v>
+        <v>45660.357800926</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>29</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="I300" t="s">
         <v>28</v>
       </c>
       <c r="J300">
         <v>3.9</v>
       </c>
       <c r="K300" s="2">
         <v>45140.0</v>
       </c>
       <c r="L300" s="2">
         <v>46236.0</v>
       </c>
       <c r="M300">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N300">
         <v>100.0</v>
       </c>
       <c r="O300" t="s">
         <v>28</v>
       </c>
       <c r="P300">
-        <v>0.6625</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.6882</v>
       </c>
     </row>
     <row r="301" spans="1:24">
       <c r="A301" s="2">
-        <v>45565.416886574</v>
+        <v>45659.357766204</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>29</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
       </c>
       <c r="J301">
         <v>3.9</v>
       </c>
       <c r="K301" s="2">
         <v>45140.0</v>
       </c>
       <c r="L301" s="2">
         <v>46236.0</v>
       </c>
       <c r="M301">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N301">
         <v>100.0</v>
       </c>
       <c r="O301" t="s">
         <v>28</v>
       </c>
       <c r="P301">
-        <v>0.6518</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.6775</v>
       </c>
     </row>
     <row r="302" spans="1:24">
       <c r="A302" s="2">
-        <v>45562.416782407</v>
+        <v>45656.355625</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>29</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
       <c r="I302" t="s">
         <v>28</v>
       </c>
       <c r="J302">
         <v>3.9</v>
       </c>
       <c r="K302" s="2">
         <v>45140.0</v>
       </c>
       <c r="L302" s="2">
         <v>46236.0</v>
       </c>
       <c r="M302">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N302">
         <v>100.0</v>
       </c>
       <c r="O302" t="s">
         <v>28</v>
       </c>
       <c r="P302">
-        <v>0.6411</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.6348</v>
       </c>
     </row>
     <row r="303" spans="1:24">
       <c r="A303" s="2">
-        <v>45561.416863426</v>
+        <v>45653.35662037</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>29</v>
       </c>
       <c r="D303" t="s">
         <v>26</v>
       </c>
       <c r="E303" t="s">
         <v>27</v>
       </c>
       <c r="I303" t="s">
         <v>28</v>
       </c>
       <c r="J303">
         <v>3.9</v>
       </c>
       <c r="K303" s="2">
         <v>45140.0</v>
       </c>
       <c r="L303" s="2">
         <v>46236.0</v>
       </c>
       <c r="M303">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N303">
         <v>100.0</v>
       </c>
       <c r="O303" t="s">
         <v>28</v>
       </c>
       <c r="P303">
-        <v>0.6304</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.6134</v>
       </c>
     </row>
     <row r="304" spans="1:24">
       <c r="A304" s="2">
-        <v>45560.416863426</v>
+        <v>45649.356331019</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>29</v>
       </c>
       <c r="D304" t="s">
         <v>26</v>
       </c>
       <c r="E304" t="s">
         <v>27</v>
       </c>
       <c r="I304" t="s">
         <v>28</v>
       </c>
       <c r="J304">
         <v>3.9</v>
       </c>
       <c r="K304" s="2">
         <v>45140.0</v>
       </c>
       <c r="L304" s="2">
         <v>46236.0</v>
       </c>
       <c r="M304">
-        <v>8950000</v>
+        <v>10650000</v>
       </c>
       <c r="N304">
         <v>100.0</v>
       </c>
       <c r="O304" t="s">
         <v>28</v>
       </c>
       <c r="P304">
-        <v>0.5984</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.5707</v>
       </c>
     </row>
     <row r="305" spans="1:24">
       <c r="A305" s="2">
-        <v>45559.417037037</v>
+        <v>45646.356331019</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>29</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
       <c r="I305" t="s">
         <v>28</v>
       </c>
       <c r="J305">
         <v>3.9</v>
       </c>
       <c r="K305" s="2">
         <v>45140.0</v>
       </c>
       <c r="L305" s="2">
         <v>46236.0</v>
       </c>
       <c r="M305">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N305">
         <v>100.0</v>
       </c>
       <c r="O305" t="s">
         <v>28</v>
       </c>
       <c r="P305">
-        <v>0.5877</v>
-[...2 lines deleted...]
-        <v>2.9</v>
+        <v>1.5386</v>
       </c>
     </row>
     <row r="306" spans="1:24">
       <c r="A306" s="2">
-        <v>45558.57494213</v>
+        <v>45645.462939815</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>29</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
       <c r="I306" t="s">
         <v>28</v>
       </c>
       <c r="J306">
         <v>3.9</v>
       </c>
       <c r="K306" s="2">
         <v>45140.0</v>
       </c>
       <c r="L306" s="2">
         <v>46236.0</v>
       </c>
       <c r="M306">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N306">
         <v>100.0</v>
       </c>
       <c r="O306" t="s">
         <v>28</v>
       </c>
       <c r="P306">
-        <v>0.577</v>
+        <v>1.5279</v>
       </c>
       <c r="U306">
-        <v>2.9</v>
+        <v>2.68</v>
       </c>
     </row>
     <row r="307" spans="1:24">
       <c r="A307" s="2">
-        <v>45555.641574074</v>
+        <v>45644.41724537</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>29</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
       <c r="I307" t="s">
         <v>28</v>
       </c>
       <c r="J307">
         <v>3.9</v>
       </c>
       <c r="K307" s="2">
         <v>45140.0</v>
       </c>
       <c r="L307" s="2">
         <v>46236.0</v>
       </c>
       <c r="M307">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N307">
         <v>100.0</v>
       </c>
       <c r="O307" t="s">
         <v>28</v>
       </c>
       <c r="P307">
-        <v>0.5663</v>
+        <v>1.4959</v>
       </c>
       <c r="U307">
-        <v>3.1</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="308" spans="1:24">
       <c r="A308" s="2">
-        <v>45554.498449074</v>
+        <v>45643.602789352</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>29</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="I308" t="s">
         <v>28</v>
       </c>
       <c r="J308">
         <v>3.9</v>
       </c>
       <c r="K308" s="2">
         <v>45140.0</v>
       </c>
       <c r="L308" s="2">
         <v>46236.0</v>
       </c>
       <c r="M308">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N308">
         <v>100.0</v>
       </c>
       <c r="O308" t="s">
         <v>28</v>
       </c>
       <c r="P308">
-        <v>0.5556</v>
+        <v>1.4852</v>
       </c>
       <c r="U308">
-        <v>3.1</v>
-[...2 lines deleted...]
-        <v>3.0</v>
+        <v>2.65</v>
       </c>
     </row>
     <row r="309" spans="1:24">
       <c r="A309" s="2">
-        <v>45553.355405093</v>
+        <v>45642.417037037</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>29</v>
       </c>
       <c r="D309" t="s">
         <v>26</v>
       </c>
       <c r="E309" t="s">
         <v>27</v>
       </c>
       <c r="I309" t="s">
         <v>28</v>
       </c>
       <c r="J309">
         <v>3.9</v>
       </c>
       <c r="K309" s="2">
         <v>45140.0</v>
       </c>
       <c r="L309" s="2">
         <v>46236.0</v>
       </c>
       <c r="M309">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N309">
         <v>100.0</v>
       </c>
       <c r="O309" t="s">
         <v>28</v>
       </c>
       <c r="P309">
-        <v>0.5236</v>
+        <v>1.4745</v>
+      </c>
+      <c r="U309">
+        <v>2.65</v>
+      </c>
+      <c r="V309">
+        <v>2.5</v>
       </c>
     </row>
     <row r="310" spans="1:24">
       <c r="A310" s="2">
-        <v>45552.355486111</v>
+        <v>45639.41724537</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>29</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
       <c r="I310" t="s">
         <v>28</v>
       </c>
       <c r="J310">
         <v>3.9</v>
       </c>
       <c r="K310" s="2">
         <v>45140.0</v>
       </c>
       <c r="L310" s="2">
         <v>46236.0</v>
       </c>
       <c r="M310">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N310">
         <v>100.0</v>
       </c>
       <c r="O310" t="s">
         <v>28</v>
       </c>
       <c r="P310">
-        <v>0.5129</v>
+        <v>1.4638</v>
+      </c>
+      <c r="U310">
+        <v>2.65</v>
+      </c>
+      <c r="V310">
+        <v>2.5</v>
       </c>
     </row>
     <row r="311" spans="1:24">
       <c r="A311" s="2">
-        <v>45551.355439815</v>
+        <v>45638.417233796</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>29</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
       <c r="I311" t="s">
         <v>28</v>
       </c>
       <c r="J311">
         <v>3.9</v>
       </c>
       <c r="K311" s="2">
         <v>45140.0</v>
       </c>
       <c r="L311" s="2">
         <v>46236.0</v>
       </c>
       <c r="M311">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N311">
         <v>100.0</v>
       </c>
       <c r="O311" t="s">
         <v>28</v>
       </c>
       <c r="P311">
-        <v>0.5022</v>
+        <v>1.4532</v>
+      </c>
+      <c r="U311">
+        <v>2.65</v>
+      </c>
+      <c r="V311">
+        <v>2.5</v>
       </c>
     </row>
     <row r="312" spans="1:24">
       <c r="A312" s="2">
-        <v>45548.355428241</v>
+        <v>45637.417094907</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>29</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="I312" t="s">
         <v>28</v>
       </c>
       <c r="J312">
         <v>3.9</v>
       </c>
       <c r="K312" s="2">
         <v>45140.0</v>
       </c>
       <c r="L312" s="2">
         <v>46236.0</v>
       </c>
       <c r="M312">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N312">
         <v>100.0</v>
       </c>
       <c r="O312" t="s">
         <v>28</v>
       </c>
       <c r="P312">
-        <v>0.4915</v>
+        <v>1.4211</v>
+      </c>
+      <c r="U312">
+        <v>2.65</v>
+      </c>
+      <c r="V312">
+        <v>2.5</v>
       </c>
     </row>
     <row r="313" spans="1:24">
       <c r="A313" s="2">
-        <v>45547.355393519</v>
+        <v>45636.64375</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>29</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="I313" t="s">
         <v>28</v>
       </c>
       <c r="J313">
         <v>3.9</v>
       </c>
       <c r="K313" s="2">
         <v>45140.0</v>
       </c>
       <c r="L313" s="2">
         <v>46236.0</v>
       </c>
       <c r="M313">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N313">
         <v>100.0</v>
       </c>
       <c r="O313" t="s">
         <v>28</v>
       </c>
       <c r="P313">
-        <v>0.4808</v>
+        <v>1.4104</v>
+      </c>
+      <c r="U313">
+        <v>2.65</v>
+      </c>
+      <c r="V313">
+        <v>2.5</v>
       </c>
     </row>
     <row r="314" spans="1:24">
       <c r="A314" s="2">
-        <v>45546.355590278</v>
+        <v>45635.417141204</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>29</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
       <c r="I314" t="s">
         <v>28</v>
       </c>
       <c r="J314">
         <v>3.9</v>
       </c>
       <c r="K314" s="2">
         <v>45140.0</v>
       </c>
       <c r="L314" s="2">
         <v>46236.0</v>
       </c>
       <c r="M314">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N314">
         <v>100.0</v>
       </c>
       <c r="O314" t="s">
         <v>28</v>
       </c>
       <c r="P314">
-        <v>0.4488</v>
+        <v>1.3997</v>
+      </c>
+      <c r="U314">
+        <v>2.65</v>
+      </c>
+      <c r="V314">
+        <v>2.5</v>
       </c>
     </row>
     <row r="315" spans="1:24">
       <c r="A315" s="2">
-        <v>45545.355462963</v>
+        <v>45632.417094907</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>29</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
       <c r="I315" t="s">
         <v>28</v>
       </c>
       <c r="J315">
         <v>3.9</v>
       </c>
       <c r="K315" s="2">
         <v>45140.0</v>
       </c>
       <c r="L315" s="2">
         <v>46236.0</v>
       </c>
       <c r="M315">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N315">
         <v>100.0</v>
       </c>
       <c r="O315" t="s">
         <v>28</v>
       </c>
       <c r="P315">
-        <v>0.4381</v>
+        <v>1.389</v>
+      </c>
+      <c r="U315">
+        <v>2.65</v>
+      </c>
+      <c r="V315">
+        <v>2.5</v>
       </c>
     </row>
     <row r="316" spans="1:24">
       <c r="A316" s="2">
-        <v>45544.355486111</v>
+        <v>45631.507905093</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>29</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="I316" t="s">
         <v>28</v>
       </c>
       <c r="J316">
         <v>3.9</v>
       </c>
       <c r="K316" s="2">
         <v>45140.0</v>
       </c>
       <c r="L316" s="2">
         <v>46236.0</v>
       </c>
       <c r="M316">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N316">
         <v>100.0</v>
       </c>
       <c r="O316" t="s">
         <v>28</v>
       </c>
       <c r="P316">
-        <v>0.4274</v>
+        <v>1.3784</v>
+      </c>
+      <c r="U316">
+        <v>2.65</v>
+      </c>
+      <c r="V316">
+        <v>2.5</v>
       </c>
     </row>
     <row r="317" spans="1:24">
       <c r="A317" s="2">
-        <v>45541.355509259</v>
+        <v>45630.416956019</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>29</v>
       </c>
       <c r="D317" t="s">
         <v>26</v>
       </c>
       <c r="E317" t="s">
         <v>27</v>
       </c>
       <c r="I317" t="s">
         <v>28</v>
       </c>
       <c r="J317">
         <v>3.9</v>
       </c>
       <c r="K317" s="2">
         <v>45140.0</v>
       </c>
       <c r="L317" s="2">
         <v>46236.0</v>
       </c>
       <c r="M317">
-        <v>8350000</v>
+        <v>10650000</v>
       </c>
       <c r="N317">
         <v>100.0</v>
       </c>
       <c r="O317" t="s">
         <v>28</v>
       </c>
       <c r="P317">
-        <v>0.4167</v>
+        <v>1.3463</v>
+      </c>
+      <c r="V317">
+        <v>2.525</v>
       </c>
     </row>
     <row r="318" spans="1:24">
       <c r="A318" s="2">
-        <v>45540.355347222</v>
+        <v>45629.417291667</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>29</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
       <c r="I318" t="s">
         <v>28</v>
       </c>
       <c r="J318">
         <v>3.9</v>
       </c>
       <c r="K318" s="2">
         <v>45140.0</v>
       </c>
       <c r="L318" s="2">
         <v>46236.0</v>
       </c>
       <c r="M318">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N318">
         <v>100.0</v>
       </c>
       <c r="O318" t="s">
         <v>28</v>
       </c>
       <c r="P318">
-        <v>0.406</v>
+        <v>1.3356</v>
+      </c>
+      <c r="V318">
+        <v>2.525</v>
       </c>
     </row>
     <row r="319" spans="1:24">
       <c r="A319" s="2">
-        <v>45539.355486111</v>
+        <v>45628.587928241</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>29</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="I319" t="s">
         <v>28</v>
       </c>
       <c r="J319">
         <v>3.9</v>
       </c>
       <c r="K319" s="2">
         <v>45140.0</v>
       </c>
       <c r="L319" s="2">
         <v>46236.0</v>
       </c>
       <c r="M319">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N319">
         <v>100.0</v>
       </c>
       <c r="O319" t="s">
         <v>28</v>
       </c>
       <c r="P319">
-        <v>0.374</v>
+        <v>1.3249</v>
+      </c>
+      <c r="V319">
+        <v>2.525</v>
       </c>
     </row>
     <row r="320" spans="1:24">
       <c r="A320" s="2">
-        <v>45538.355451389</v>
+        <v>45625.355671296</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>29</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
       <c r="I320" t="s">
         <v>28</v>
       </c>
       <c r="J320">
         <v>3.9</v>
       </c>
       <c r="K320" s="2">
         <v>45140.0</v>
       </c>
       <c r="L320" s="2">
         <v>46236.0</v>
       </c>
       <c r="M320">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N320">
         <v>100.0</v>
       </c>
       <c r="O320" t="s">
         <v>28</v>
       </c>
       <c r="P320">
-        <v>0.3633</v>
+        <v>1.3142</v>
       </c>
     </row>
     <row r="321" spans="1:24">
       <c r="A321" s="2">
-        <v>45537.355532407</v>
+        <v>45624.355601852</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>29</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="I321" t="s">
         <v>28</v>
       </c>
       <c r="J321">
         <v>3.9</v>
       </c>
       <c r="K321" s="2">
         <v>45140.0</v>
       </c>
       <c r="L321" s="2">
         <v>46236.0</v>
       </c>
       <c r="M321">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N321">
         <v>100.0</v>
       </c>
       <c r="O321" t="s">
         <v>28</v>
       </c>
       <c r="P321">
-        <v>0.3526</v>
+        <v>1.3036</v>
       </c>
     </row>
     <row r="322" spans="1:24">
       <c r="A322" s="2">
-        <v>45534.355474537</v>
+        <v>45623.35556713</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>29</v>
       </c>
       <c r="D322" t="s">
         <v>26</v>
       </c>
       <c r="E322" t="s">
         <v>27</v>
       </c>
       <c r="I322" t="s">
         <v>28</v>
       </c>
       <c r="J322">
         <v>3.9</v>
       </c>
       <c r="K322" s="2">
         <v>45140.0</v>
       </c>
       <c r="L322" s="2">
         <v>46236.0</v>
       </c>
       <c r="M322">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N322">
         <v>100.0</v>
       </c>
       <c r="O322" t="s">
         <v>28</v>
       </c>
       <c r="P322">
-        <v>0.3419</v>
+        <v>1.2715</v>
       </c>
     </row>
     <row r="323" spans="1:24">
       <c r="A323" s="2">
-        <v>45533.355381944</v>
+        <v>45622.356342593</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>29</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
         <v>27</v>
       </c>
       <c r="I323" t="s">
         <v>28</v>
       </c>
       <c r="J323">
         <v>3.9</v>
       </c>
       <c r="K323" s="2">
         <v>45140.0</v>
       </c>
       <c r="L323" s="2">
         <v>46236.0</v>
       </c>
       <c r="M323">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N323">
         <v>100.0</v>
       </c>
       <c r="O323" t="s">
         <v>28</v>
       </c>
       <c r="P323">
-        <v>0.3312</v>
+        <v>1.2608</v>
       </c>
     </row>
     <row r="324" spans="1:24">
       <c r="A324" s="2">
-        <v>45532.355474537</v>
+        <v>45621.356828704</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>29</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="I324" t="s">
         <v>28</v>
       </c>
       <c r="J324">
         <v>3.9</v>
       </c>
       <c r="K324" s="2">
         <v>45140.0</v>
       </c>
       <c r="L324" s="2">
         <v>46236.0</v>
       </c>
       <c r="M324">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N324">
         <v>100.0</v>
       </c>
       <c r="O324" t="s">
         <v>28</v>
       </c>
       <c r="P324">
-        <v>0.2992</v>
+        <v>1.2501</v>
       </c>
     </row>
     <row r="325" spans="1:24">
       <c r="A325" s="2">
-        <v>45531.355439815</v>
+        <v>45618.355949074</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>29</v>
       </c>
       <c r="D325" t="s">
         <v>26</v>
       </c>
       <c r="E325" t="s">
         <v>27</v>
       </c>
       <c r="I325" t="s">
         <v>28</v>
       </c>
       <c r="J325">
         <v>3.9</v>
       </c>
       <c r="K325" s="2">
         <v>45140.0</v>
       </c>
       <c r="L325" s="2">
         <v>46236.0</v>
       </c>
       <c r="M325">
-        <v>8350000</v>
+        <v>10150000</v>
       </c>
       <c r="N325">
         <v>100.0</v>
       </c>
       <c r="O325" t="s">
         <v>28</v>
       </c>
       <c r="P325">
-        <v>0.2885</v>
+        <v>1.2395</v>
       </c>
     </row>
     <row r="326" spans="1:24">
       <c r="A326" s="2">
-        <v>45530.355497685</v>
+        <v>45617.355601852</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>29</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
       <c r="I326" t="s">
         <v>28</v>
       </c>
       <c r="J326">
         <v>3.9</v>
       </c>
       <c r="K326" s="2">
         <v>45140.0</v>
       </c>
       <c r="L326" s="2">
         <v>46236.0</v>
       </c>
       <c r="M326">
-        <v>7750000</v>
+        <v>10150000</v>
       </c>
       <c r="N326">
         <v>100.0</v>
       </c>
       <c r="O326" t="s">
         <v>28</v>
       </c>
       <c r="P326">
-        <v>0.2778</v>
+        <v>1.2288</v>
       </c>
     </row>
     <row r="327" spans="1:24">
       <c r="A327" s="2">
-        <v>45527.355451389</v>
+        <v>45616.355648148</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>29</v>
       </c>
       <c r="D327" t="s">
         <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>27</v>
       </c>
       <c r="I327" t="s">
         <v>28</v>
       </c>
       <c r="J327">
         <v>3.9</v>
       </c>
       <c r="K327" s="2">
         <v>45140.0</v>
       </c>
       <c r="L327" s="2">
         <v>46236.0</v>
       </c>
       <c r="M327">
-        <v>7750000</v>
+        <v>10150000</v>
       </c>
       <c r="N327">
         <v>100.0</v>
       </c>
       <c r="O327" t="s">
         <v>28</v>
       </c>
       <c r="P327">
-        <v>0.2671</v>
+        <v>1.1967</v>
       </c>
     </row>
     <row r="328" spans="1:24">
       <c r="A328" s="2">
-        <v>45526.355451389</v>
+        <v>45615.35556713</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>29</v>
       </c>
       <c r="D328" t="s">
         <v>26</v>
       </c>
       <c r="E328" t="s">
         <v>27</v>
       </c>
       <c r="I328" t="s">
         <v>28</v>
       </c>
       <c r="J328">
         <v>3.9</v>
       </c>
       <c r="K328" s="2">
         <v>45140.0</v>
       </c>
       <c r="L328" s="2">
         <v>46236.0</v>
       </c>
       <c r="M328">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N328">
         <v>100.0</v>
       </c>
       <c r="O328" t="s">
         <v>28</v>
       </c>
       <c r="P328">
-        <v>0.2564</v>
+        <v>1.186</v>
       </c>
     </row>
     <row r="329" spans="1:24">
       <c r="A329" s="2">
-        <v>45525.355439815</v>
+        <v>45614.356678241</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>29</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="I329" t="s">
         <v>28</v>
       </c>
       <c r="J329">
         <v>3.9</v>
       </c>
       <c r="K329" s="2">
         <v>45140.0</v>
       </c>
       <c r="L329" s="2">
         <v>46236.0</v>
       </c>
       <c r="M329">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N329">
         <v>100.0</v>
       </c>
       <c r="O329" t="s">
         <v>28</v>
       </c>
       <c r="P329">
-        <v>0.2244</v>
+        <v>1.1753</v>
       </c>
     </row>
     <row r="330" spans="1:24">
       <c r="A330" s="2">
-        <v>45524.355902778</v>
+        <v>45611.355532407</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>29</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="I330" t="s">
         <v>28</v>
       </c>
       <c r="J330">
         <v>3.9</v>
       </c>
       <c r="K330" s="2">
         <v>45140.0</v>
       </c>
       <c r="L330" s="2">
         <v>46236.0</v>
       </c>
       <c r="M330">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N330">
         <v>100.0</v>
       </c>
       <c r="O330" t="s">
         <v>28</v>
       </c>
       <c r="P330">
-        <v>0.2137</v>
+        <v>1.1647</v>
       </c>
     </row>
     <row r="331" spans="1:24">
       <c r="A331" s="2">
-        <v>45523.355486111</v>
+        <v>45610.355520833</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>29</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="I331" t="s">
         <v>28</v>
       </c>
       <c r="J331">
         <v>3.9</v>
       </c>
       <c r="K331" s="2">
         <v>45140.0</v>
       </c>
       <c r="L331" s="2">
         <v>46236.0</v>
       </c>
       <c r="M331">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N331">
         <v>100.0</v>
       </c>
       <c r="O331" t="s">
         <v>28</v>
       </c>
       <c r="P331">
-        <v>0.203</v>
+        <v>1.154</v>
       </c>
     </row>
     <row r="332" spans="1:24">
       <c r="A332" s="2">
-        <v>45520.355381944</v>
+        <v>45609.355578704</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>29</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="I332" t="s">
         <v>28</v>
       </c>
       <c r="J332">
         <v>3.9</v>
       </c>
       <c r="K332" s="2">
         <v>45140.0</v>
       </c>
       <c r="L332" s="2">
         <v>46236.0</v>
       </c>
       <c r="M332">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N332">
         <v>100.0</v>
       </c>
       <c r="O332" t="s">
         <v>28</v>
       </c>
       <c r="P332">
-        <v>0.1923</v>
+        <v>1.1219</v>
       </c>
     </row>
     <row r="333" spans="1:24">
       <c r="A333" s="2">
-        <v>45519.355428241</v>
+        <v>45608.355520833</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>29</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
       <c r="J333">
         <v>3.9</v>
       </c>
       <c r="K333" s="2">
         <v>45140.0</v>
       </c>
       <c r="L333" s="2">
         <v>46236.0</v>
       </c>
       <c r="M333">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N333">
         <v>100.0</v>
       </c>
       <c r="O333" t="s">
         <v>28</v>
       </c>
       <c r="P333">
-        <v>0.1816</v>
+        <v>1.1112</v>
       </c>
     </row>
     <row r="334" spans="1:24">
       <c r="A334" s="2">
-        <v>45518.355416667</v>
+        <v>45607.355532407</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>29</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="I334" t="s">
         <v>28</v>
       </c>
       <c r="J334">
         <v>3.9</v>
       </c>
       <c r="K334" s="2">
         <v>45140.0</v>
       </c>
       <c r="L334" s="2">
         <v>46236.0</v>
       </c>
       <c r="M334">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N334">
         <v>100.0</v>
       </c>
       <c r="O334" t="s">
         <v>28</v>
       </c>
       <c r="P334">
-        <v>0.1496</v>
+        <v>1.1005</v>
       </c>
     </row>
     <row r="335" spans="1:24">
       <c r="A335" s="2">
-        <v>45517.355358796</v>
+        <v>45604.355601852</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>29</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
       <c r="I335" t="s">
         <v>28</v>
       </c>
       <c r="J335">
         <v>3.9</v>
       </c>
       <c r="K335" s="2">
         <v>45140.0</v>
       </c>
       <c r="L335" s="2">
         <v>46236.0</v>
       </c>
       <c r="M335">
-        <v>7750000</v>
+        <v>9500000</v>
       </c>
       <c r="N335">
         <v>100.0</v>
       </c>
       <c r="O335" t="s">
         <v>28</v>
       </c>
       <c r="P335">
-        <v>0.1389</v>
+        <v>1.0899</v>
       </c>
     </row>
     <row r="336" spans="1:24">
       <c r="A336" s="2">
-        <v>45516.355451389</v>
+        <v>45603.355486111</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>29</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
       <c r="I336" t="s">
         <v>28</v>
       </c>
       <c r="J336">
         <v>3.9</v>
       </c>
       <c r="K336" s="2">
         <v>45140.0</v>
       </c>
       <c r="L336" s="2">
         <v>46236.0</v>
       </c>
       <c r="M336">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N336">
         <v>100.0</v>
       </c>
       <c r="O336" t="s">
         <v>28</v>
       </c>
       <c r="P336">
-        <v>0.1282</v>
+        <v>1.0792</v>
       </c>
     </row>
     <row r="337" spans="1:24">
       <c r="A337" s="2">
-        <v>45513.355486111</v>
+        <v>45602.355590278</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>29</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
       <c r="I337" t="s">
         <v>28</v>
       </c>
       <c r="J337">
         <v>3.9</v>
       </c>
       <c r="K337" s="2">
         <v>45140.0</v>
       </c>
       <c r="L337" s="2">
         <v>46236.0</v>
       </c>
       <c r="M337">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N337">
         <v>100.0</v>
       </c>
       <c r="O337" t="s">
         <v>28</v>
       </c>
       <c r="P337">
-        <v>0.1175</v>
+        <v>1.0471</v>
       </c>
     </row>
     <row r="338" spans="1:24">
       <c r="A338" s="2">
-        <v>45512.355347222</v>
+        <v>45601.355578704</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>29</v>
       </c>
       <c r="D338" t="s">
         <v>26</v>
       </c>
       <c r="E338" t="s">
         <v>27</v>
       </c>
       <c r="I338" t="s">
         <v>28</v>
       </c>
       <c r="J338">
         <v>3.9</v>
       </c>
       <c r="K338" s="2">
         <v>45140.0</v>
       </c>
       <c r="L338" s="2">
         <v>46236.0</v>
       </c>
       <c r="M338">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N338">
         <v>100.0</v>
       </c>
       <c r="O338" t="s">
         <v>28</v>
       </c>
       <c r="P338">
-        <v>0.1068</v>
+        <v>1.0364</v>
       </c>
     </row>
     <row r="339" spans="1:24">
       <c r="A339" s="2">
-        <v>45511.356273148</v>
+        <v>45600.355636574</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>29</v>
       </c>
       <c r="D339" t="s">
         <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>27</v>
       </c>
       <c r="I339" t="s">
         <v>28</v>
       </c>
       <c r="J339">
         <v>3.9</v>
       </c>
       <c r="K339" s="2">
         <v>45140.0</v>
       </c>
       <c r="L339" s="2">
         <v>46236.0</v>
       </c>
       <c r="M339">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N339">
         <v>100.0</v>
       </c>
       <c r="O339" t="s">
         <v>28</v>
       </c>
       <c r="P339">
-        <v>0.0748</v>
+        <v>1.0258</v>
       </c>
     </row>
     <row r="340" spans="1:24">
       <c r="A340" s="2">
-        <v>45510.355486111</v>
+        <v>45597.355520833</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>29</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
       <c r="I340" t="s">
         <v>28</v>
       </c>
       <c r="J340">
         <v>3.9</v>
       </c>
       <c r="K340" s="2">
         <v>45140.0</v>
       </c>
       <c r="L340" s="2">
         <v>46236.0</v>
       </c>
       <c r="M340">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N340">
         <v>100.0</v>
       </c>
       <c r="O340" t="s">
         <v>28</v>
       </c>
       <c r="P340">
-        <v>0.0641</v>
+        <v>1.0151</v>
       </c>
     </row>
     <row r="341" spans="1:24">
       <c r="A341" s="2">
-        <v>45509.355983796</v>
+        <v>45596.355590278</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>29</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
       <c r="I341" t="s">
         <v>28</v>
       </c>
       <c r="J341">
         <v>3.9</v>
       </c>
       <c r="K341" s="2">
         <v>45140.0</v>
       </c>
       <c r="L341" s="2">
         <v>46236.0</v>
       </c>
       <c r="M341">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N341">
         <v>100.0</v>
       </c>
       <c r="O341" t="s">
         <v>28</v>
       </c>
       <c r="P341">
-        <v>0.0534</v>
+        <v>1.0044</v>
       </c>
     </row>
     <row r="342" spans="1:24">
       <c r="A342" s="2">
-        <v>45506.355393519</v>
+        <v>45595.355532407</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>29</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="I342" t="s">
         <v>28</v>
       </c>
       <c r="J342">
         <v>3.9</v>
       </c>
       <c r="K342" s="2">
         <v>45140.0</v>
       </c>
       <c r="L342" s="2">
         <v>46236.0</v>
       </c>
       <c r="M342">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N342">
         <v>100.0</v>
       </c>
       <c r="O342" t="s">
         <v>28</v>
       </c>
       <c r="P342">
-        <v>0.0427</v>
+        <v>0.9723</v>
       </c>
     </row>
     <row r="343" spans="1:24">
       <c r="A343" s="2">
-        <v>45505.355416667</v>
+        <v>45594.355636574</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>29</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="I343" t="s">
         <v>28</v>
       </c>
       <c r="J343">
         <v>3.9</v>
       </c>
       <c r="K343" s="2">
         <v>45140.0</v>
       </c>
       <c r="L343" s="2">
         <v>46236.0</v>
       </c>
       <c r="M343">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N343">
         <v>100.0</v>
       </c>
       <c r="O343" t="s">
         <v>28</v>
       </c>
       <c r="P343">
-        <v>0.0321</v>
+        <v>0.9616</v>
       </c>
     </row>
     <row r="344" spans="1:24">
       <c r="A344" s="2">
-        <v>45504.355393519</v>
+        <v>45593.356608796</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>29</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
       <c r="I344" t="s">
         <v>28</v>
       </c>
       <c r="J344">
         <v>3.9</v>
       </c>
       <c r="K344" s="2">
         <v>45140.0</v>
       </c>
       <c r="L344" s="2">
         <v>46236.0</v>
       </c>
       <c r="M344">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N344">
         <v>100.0</v>
       </c>
       <c r="O344" t="s">
         <v>28</v>
+      </c>
+      <c r="P344">
+        <v>0.951</v>
       </c>
     </row>
     <row r="345" spans="1:24">
       <c r="A345" s="2">
-        <v>45503.355358796</v>
+        <v>45590.355625</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>29</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
       <c r="I345" t="s">
         <v>28</v>
       </c>
       <c r="J345">
         <v>3.9</v>
       </c>
       <c r="K345" s="2">
         <v>45140.0</v>
       </c>
       <c r="L345" s="2">
         <v>46236.0</v>
       </c>
       <c r="M345">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N345">
         <v>100.0</v>
       </c>
       <c r="O345" t="s">
         <v>28</v>
       </c>
       <c r="P345">
-        <v>3.8893</v>
+        <v>0.9403</v>
       </c>
     </row>
     <row r="346" spans="1:24">
       <c r="A346" s="2">
-        <v>45502.35662037</v>
+        <v>45589.356342593</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>29</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
       <c r="I346" t="s">
         <v>28</v>
       </c>
       <c r="J346">
         <v>3.9</v>
       </c>
       <c r="K346" s="2">
         <v>45140.0</v>
       </c>
       <c r="L346" s="2">
         <v>46236.0</v>
       </c>
       <c r="M346">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N346">
         <v>100.0</v>
       </c>
       <c r="O346" t="s">
         <v>28</v>
       </c>
       <c r="P346">
-        <v>3.8787</v>
+        <v>0.9296</v>
       </c>
     </row>
     <row r="347" spans="1:24">
       <c r="A347" s="2">
-        <v>45499.355497685</v>
+        <v>45588.356331019</v>
       </c>
       <c r="B347" t="s">
         <v>24</v>
       </c>
       <c r="C347" t="s">
         <v>29</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
       </c>
       <c r="J347">
         <v>3.9</v>
       </c>
       <c r="K347" s="2">
         <v>45140.0</v>
       </c>
       <c r="L347" s="2">
         <v>46236.0</v>
       </c>
       <c r="M347">
-        <v>7250000</v>
+        <v>9500000</v>
       </c>
       <c r="N347">
         <v>100.0</v>
       </c>
       <c r="O347" t="s">
         <v>28</v>
       </c>
       <c r="P347">
-        <v>3.868</v>
+        <v>0.8975</v>
       </c>
     </row>
     <row r="348" spans="1:24">
       <c r="A348" s="2">
-        <v>45498.35587963</v>
+        <v>45587.356296296</v>
       </c>
       <c r="B348" t="s">
         <v>24</v>
       </c>
       <c r="C348" t="s">
         <v>29</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
       <c r="I348" t="s">
         <v>28</v>
       </c>
       <c r="J348">
         <v>3.9</v>
       </c>
       <c r="K348" s="2">
         <v>45140.0</v>
       </c>
       <c r="L348" s="2">
         <v>46236.0</v>
       </c>
       <c r="M348">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N348">
         <v>100.0</v>
       </c>
       <c r="O348" t="s">
         <v>28</v>
       </c>
       <c r="P348">
-        <v>3.8574</v>
+        <v>0.8868</v>
       </c>
     </row>
     <row r="349" spans="1:24">
       <c r="A349" s="2">
-        <v>45497.355451389</v>
+        <v>45586.356412037</v>
       </c>
       <c r="B349" t="s">
         <v>24</v>
       </c>
       <c r="C349" t="s">
         <v>29</v>
       </c>
       <c r="D349" t="s">
         <v>26</v>
       </c>
       <c r="E349" t="s">
         <v>27</v>
       </c>
       <c r="I349" t="s">
         <v>28</v>
       </c>
       <c r="J349">
         <v>3.9</v>
       </c>
       <c r="K349" s="2">
         <v>45140.0</v>
       </c>
       <c r="L349" s="2">
         <v>46236.0</v>
       </c>
       <c r="M349">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N349">
         <v>100.0</v>
       </c>
       <c r="O349" t="s">
         <v>28</v>
       </c>
       <c r="P349">
-        <v>3.8254</v>
+        <v>0.8762</v>
       </c>
     </row>
     <row r="350" spans="1:24">
       <c r="A350" s="2">
-        <v>45496.355439815</v>
+        <v>45583.355648148</v>
       </c>
       <c r="B350" t="s">
         <v>24</v>
       </c>
       <c r="C350" t="s">
         <v>29</v>
       </c>
       <c r="D350" t="s">
         <v>26</v>
       </c>
       <c r="E350" t="s">
         <v>27</v>
       </c>
       <c r="I350" t="s">
         <v>28</v>
       </c>
       <c r="J350">
         <v>3.9</v>
       </c>
       <c r="K350" s="2">
         <v>45140.0</v>
       </c>
       <c r="L350" s="2">
         <v>46236.0</v>
       </c>
       <c r="M350">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N350">
         <v>100.0</v>
       </c>
       <c r="O350" t="s">
         <v>28</v>
       </c>
       <c r="P350">
-        <v>3.8148</v>
+        <v>0.8655</v>
       </c>
     </row>
     <row r="351" spans="1:24">
       <c r="A351" s="2">
-        <v>45495.355428241</v>
+        <v>45582.356423611</v>
       </c>
       <c r="B351" t="s">
         <v>24</v>
       </c>
       <c r="C351" t="s">
         <v>29</v>
       </c>
       <c r="D351" t="s">
         <v>26</v>
       </c>
       <c r="E351" t="s">
         <v>27</v>
       </c>
       <c r="I351" t="s">
         <v>28</v>
       </c>
       <c r="J351">
         <v>3.9</v>
       </c>
       <c r="K351" s="2">
         <v>45140.0</v>
       </c>
       <c r="L351" s="2">
         <v>46236.0</v>
       </c>
       <c r="M351">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N351">
         <v>100.0</v>
       </c>
       <c r="O351" t="s">
         <v>28</v>
       </c>
       <c r="P351">
-        <v>3.8041</v>
+        <v>0.8548</v>
       </c>
     </row>
     <row r="352" spans="1:24">
       <c r="A352" s="2">
-        <v>45492.355439815</v>
+        <v>45581.356400463</v>
       </c>
       <c r="B352" t="s">
         <v>24</v>
       </c>
       <c r="C352" t="s">
         <v>29</v>
       </c>
       <c r="D352" t="s">
         <v>26</v>
       </c>
       <c r="E352" t="s">
         <v>27</v>
       </c>
       <c r="I352" t="s">
         <v>28</v>
       </c>
       <c r="J352">
         <v>3.9</v>
       </c>
       <c r="K352" s="2">
         <v>45140.0</v>
       </c>
       <c r="L352" s="2">
         <v>46236.0</v>
       </c>
       <c r="M352">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N352">
         <v>100.0</v>
       </c>
       <c r="O352" t="s">
         <v>28</v>
       </c>
       <c r="P352">
-        <v>3.7934</v>
+        <v>0.8227</v>
       </c>
     </row>
     <row r="353" spans="1:24">
       <c r="A353" s="2">
-        <v>45491.355462963</v>
+        <v>45580.355601852</v>
       </c>
       <c r="B353" t="s">
         <v>24</v>
       </c>
       <c r="C353" t="s">
         <v>29</v>
       </c>
       <c r="D353" t="s">
         <v>26</v>
       </c>
       <c r="E353" t="s">
         <v>27</v>
       </c>
       <c r="I353" t="s">
         <v>28</v>
       </c>
       <c r="J353">
         <v>3.9</v>
       </c>
       <c r="K353" s="2">
         <v>45140.0</v>
       </c>
       <c r="L353" s="2">
         <v>46236.0</v>
       </c>
       <c r="M353">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N353">
         <v>100.0</v>
       </c>
       <c r="O353" t="s">
         <v>28</v>
       </c>
       <c r="P353">
-        <v>3.7828</v>
+        <v>0.8121</v>
       </c>
     </row>
     <row r="354" spans="1:24">
       <c r="A354" s="2">
-        <v>45490.355439815</v>
+        <v>45579.355590278</v>
       </c>
       <c r="B354" t="s">
         <v>24</v>
       </c>
       <c r="C354" t="s">
         <v>29</v>
       </c>
       <c r="D354" t="s">
         <v>26</v>
       </c>
       <c r="E354" t="s">
         <v>27</v>
       </c>
       <c r="I354" t="s">
         <v>28</v>
       </c>
       <c r="J354">
         <v>3.9</v>
       </c>
       <c r="K354" s="2">
         <v>45140.0</v>
       </c>
       <c r="L354" s="2">
         <v>46236.0</v>
       </c>
       <c r="M354">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N354">
         <v>100.0</v>
       </c>
       <c r="O354" t="s">
         <v>28</v>
       </c>
       <c r="P354">
-        <v>3.7508</v>
+        <v>0.8014</v>
       </c>
     </row>
     <row r="355" spans="1:24">
       <c r="A355" s="2">
-        <v>45489.355462963</v>
+        <v>45576.355613426</v>
       </c>
       <c r="B355" t="s">
         <v>24</v>
       </c>
       <c r="C355" t="s">
         <v>29</v>
       </c>
       <c r="D355" t="s">
         <v>26</v>
       </c>
       <c r="E355" t="s">
         <v>27</v>
       </c>
       <c r="I355" t="s">
         <v>28</v>
       </c>
       <c r="J355">
         <v>3.9</v>
       </c>
       <c r="K355" s="2">
         <v>45140.0</v>
       </c>
       <c r="L355" s="2">
         <v>46236.0</v>
       </c>
       <c r="M355">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N355">
         <v>100.0</v>
       </c>
       <c r="O355" t="s">
         <v>28</v>
       </c>
       <c r="P355">
-        <v>3.7402</v>
+        <v>0.7907</v>
       </c>
     </row>
     <row r="356" spans="1:24">
       <c r="A356" s="2">
-        <v>45488.356527778</v>
+        <v>45575.355706019</v>
       </c>
       <c r="B356" t="s">
         <v>24</v>
       </c>
       <c r="C356" t="s">
         <v>29</v>
       </c>
       <c r="D356" t="s">
         <v>26</v>
       </c>
       <c r="E356" t="s">
         <v>27</v>
       </c>
       <c r="I356" t="s">
         <v>28</v>
       </c>
       <c r="J356">
         <v>3.9</v>
       </c>
       <c r="K356" s="2">
         <v>45140.0</v>
       </c>
       <c r="L356" s="2">
         <v>46236.0</v>
       </c>
       <c r="M356">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N356">
         <v>100.0</v>
       </c>
       <c r="O356" t="s">
         <v>28</v>
       </c>
       <c r="P356">
-        <v>3.7295</v>
+        <v>0.78</v>
       </c>
     </row>
     <row r="357" spans="1:24">
       <c r="A357" s="2">
-        <v>45485.355416667</v>
+        <v>45574.35568287</v>
       </c>
       <c r="B357" t="s">
         <v>24</v>
       </c>
       <c r="C357" t="s">
         <v>29</v>
       </c>
       <c r="D357" t="s">
         <v>26</v>
       </c>
       <c r="E357" t="s">
         <v>27</v>
       </c>
       <c r="I357" t="s">
         <v>28</v>
       </c>
       <c r="J357">
         <v>3.9</v>
       </c>
       <c r="K357" s="2">
         <v>45140.0</v>
       </c>
       <c r="L357" s="2">
         <v>46236.0</v>
       </c>
       <c r="M357">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N357">
         <v>100.0</v>
       </c>
       <c r="O357" t="s">
         <v>28</v>
       </c>
       <c r="P357">
-        <v>3.7189</v>
+        <v>0.7479</v>
       </c>
     </row>
     <row r="358" spans="1:24">
       <c r="A358" s="2">
-        <v>45484.355462963</v>
+        <v>45573.355613426</v>
       </c>
       <c r="B358" t="s">
         <v>24</v>
       </c>
       <c r="C358" t="s">
         <v>29</v>
       </c>
       <c r="D358" t="s">
         <v>26</v>
       </c>
       <c r="E358" t="s">
         <v>27</v>
       </c>
       <c r="I358" t="s">
         <v>28</v>
       </c>
       <c r="J358">
         <v>3.9</v>
       </c>
       <c r="K358" s="2">
         <v>45140.0</v>
       </c>
       <c r="L358" s="2">
         <v>46236.0</v>
       </c>
       <c r="M358">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N358">
         <v>100.0</v>
       </c>
       <c r="O358" t="s">
         <v>28</v>
       </c>
       <c r="P358">
-        <v>3.7082</v>
+        <v>0.7373</v>
       </c>
     </row>
     <row r="359" spans="1:24">
       <c r="A359" s="2">
-        <v>45483.355381944</v>
+        <v>45572.355555556</v>
       </c>
       <c r="B359" t="s">
         <v>24</v>
       </c>
       <c r="C359" t="s">
         <v>29</v>
       </c>
       <c r="D359" t="s">
         <v>26</v>
       </c>
       <c r="E359" t="s">
         <v>27</v>
       </c>
       <c r="I359" t="s">
         <v>28</v>
       </c>
       <c r="J359">
         <v>3.9</v>
       </c>
       <c r="K359" s="2">
         <v>45140.0</v>
       </c>
       <c r="L359" s="2">
         <v>46236.0</v>
       </c>
       <c r="M359">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N359">
         <v>100.0</v>
       </c>
       <c r="O359" t="s">
         <v>28</v>
       </c>
       <c r="P359">
-        <v>3.6762</v>
+        <v>0.7266</v>
       </c>
     </row>
     <row r="360" spans="1:24">
       <c r="A360" s="2">
-        <v>45482.355381944</v>
+        <v>45569.416736111</v>
       </c>
       <c r="B360" t="s">
         <v>24</v>
       </c>
       <c r="C360" t="s">
         <v>29</v>
       </c>
       <c r="D360" t="s">
         <v>26</v>
       </c>
       <c r="E360" t="s">
         <v>27</v>
       </c>
       <c r="I360" t="s">
         <v>28</v>
       </c>
       <c r="J360">
         <v>3.9</v>
       </c>
       <c r="K360" s="2">
         <v>45140.0</v>
       </c>
       <c r="L360" s="2">
         <v>46236.0</v>
       </c>
       <c r="M360">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N360">
         <v>100.0</v>
       </c>
       <c r="O360" t="s">
         <v>28</v>
       </c>
       <c r="P360">
-        <v>3.6656</v>
+        <v>0.7159</v>
+      </c>
+      <c r="U360">
+        <v>2.9</v>
       </c>
     </row>
     <row r="361" spans="1:24">
       <c r="A361" s="2">
-        <v>45481.355474537</v>
+        <v>45568.416793981</v>
       </c>
       <c r="B361" t="s">
         <v>24</v>
       </c>
       <c r="C361" t="s">
         <v>29</v>
       </c>
       <c r="D361" t="s">
         <v>26</v>
       </c>
       <c r="E361" t="s">
         <v>27</v>
       </c>
       <c r="I361" t="s">
         <v>28</v>
       </c>
       <c r="J361">
         <v>3.9</v>
       </c>
       <c r="K361" s="2">
         <v>45140.0</v>
       </c>
       <c r="L361" s="2">
         <v>46236.0</v>
       </c>
       <c r="M361">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N361">
         <v>100.0</v>
       </c>
       <c r="O361" t="s">
         <v>28</v>
       </c>
       <c r="P361">
-        <v>3.6549</v>
+        <v>0.7052</v>
+      </c>
+      <c r="U361">
+        <v>2.9</v>
       </c>
     </row>
     <row r="362" spans="1:24">
       <c r="A362" s="2">
-        <v>45478.355462963</v>
+        <v>45567.416793981</v>
       </c>
       <c r="B362" t="s">
         <v>24</v>
       </c>
       <c r="C362" t="s">
         <v>29</v>
       </c>
       <c r="D362" t="s">
         <v>26</v>
       </c>
       <c r="E362" t="s">
         <v>27</v>
       </c>
       <c r="I362" t="s">
         <v>28</v>
       </c>
       <c r="J362">
         <v>3.9</v>
       </c>
       <c r="K362" s="2">
         <v>45140.0</v>
       </c>
       <c r="L362" s="2">
         <v>46236.0</v>
       </c>
       <c r="M362">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N362">
         <v>100.0</v>
       </c>
       <c r="O362" t="s">
         <v>28</v>
       </c>
       <c r="P362">
-        <v>3.6443</v>
+        <v>0.6732</v>
+      </c>
+      <c r="U362">
+        <v>2.9</v>
       </c>
     </row>
     <row r="363" spans="1:24">
       <c r="A363" s="2">
-        <v>45477.355428241</v>
+        <v>45566.416805556</v>
       </c>
       <c r="B363" t="s">
         <v>24</v>
       </c>
       <c r="C363" t="s">
         <v>29</v>
       </c>
       <c r="D363" t="s">
         <v>26</v>
       </c>
       <c r="E363" t="s">
         <v>27</v>
       </c>
       <c r="I363" t="s">
         <v>28</v>
       </c>
       <c r="J363">
         <v>3.9</v>
       </c>
       <c r="K363" s="2">
         <v>45140.0</v>
       </c>
       <c r="L363" s="2">
         <v>46236.0</v>
       </c>
       <c r="M363">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N363">
         <v>100.0</v>
       </c>
       <c r="O363" t="s">
         <v>28</v>
       </c>
       <c r="P363">
-        <v>3.6336</v>
+        <v>0.6625</v>
+      </c>
+      <c r="U363">
+        <v>2.9</v>
       </c>
     </row>
     <row r="364" spans="1:24">
       <c r="A364" s="2">
-        <v>45476.355486111</v>
+        <v>45565.416886574</v>
       </c>
       <c r="B364" t="s">
         <v>24</v>
       </c>
       <c r="C364" t="s">
         <v>29</v>
       </c>
       <c r="D364" t="s">
         <v>26</v>
       </c>
       <c r="E364" t="s">
         <v>27</v>
       </c>
       <c r="I364" t="s">
         <v>28</v>
       </c>
       <c r="J364">
         <v>3.9</v>
       </c>
       <c r="K364" s="2">
         <v>45140.0</v>
       </c>
       <c r="L364" s="2">
         <v>46236.0</v>
       </c>
       <c r="M364">
-        <v>7250000</v>
+        <v>8950000</v>
       </c>
       <c r="N364">
         <v>100.0</v>
       </c>
       <c r="O364" t="s">
         <v>28</v>
       </c>
       <c r="P364">
-        <v>3.6016</v>
+        <v>0.6518</v>
+      </c>
+      <c r="U364">
+        <v>2.9</v>
       </c>
     </row>
     <row r="365" spans="1:24">
       <c r="A365" s="2">
-        <v>45475.355416667</v>
+        <v>45562.416782407</v>
       </c>
       <c r="B365" t="s">
         <v>24</v>
       </c>
       <c r="C365" t="s">
         <v>29</v>
       </c>
       <c r="D365" t="s">
         <v>26</v>
       </c>
       <c r="E365" t="s">
         <v>27</v>
       </c>
       <c r="I365" t="s">
         <v>28</v>
       </c>
       <c r="J365">
         <v>3.9</v>
       </c>
       <c r="K365" s="2">
         <v>45140.0</v>
       </c>
       <c r="L365" s="2">
         <v>46236.0</v>
       </c>
       <c r="M365">
-        <v>7050000</v>
+        <v>8950000</v>
       </c>
       <c r="N365">
         <v>100.0</v>
       </c>
       <c r="O365" t="s">
         <v>28</v>
       </c>
       <c r="P365">
-        <v>3.591</v>
+        <v>0.6411</v>
+      </c>
+      <c r="U365">
+        <v>2.9</v>
       </c>
     </row>
     <row r="366" spans="1:24">
       <c r="A366" s="2">
-        <v>45474.355486111</v>
+        <v>45561.416863426</v>
       </c>
       <c r="B366" t="s">
         <v>24</v>
       </c>
       <c r="C366" t="s">
         <v>29</v>
       </c>
       <c r="D366" t="s">
         <v>26</v>
       </c>
       <c r="E366" t="s">
         <v>27</v>
       </c>
       <c r="I366" t="s">
         <v>28</v>
       </c>
       <c r="J366">
         <v>3.9</v>
       </c>
       <c r="K366" s="2">
         <v>45140.0</v>
       </c>
       <c r="L366" s="2">
         <v>46236.0</v>
       </c>
       <c r="M366">
-        <v>7050000</v>
+        <v>8950000</v>
       </c>
       <c r="N366">
         <v>100.0</v>
       </c>
       <c r="O366" t="s">
         <v>28</v>
       </c>
       <c r="P366">
-        <v>3.5803</v>
+        <v>0.6304</v>
+      </c>
+      <c r="U366">
+        <v>2.9</v>
       </c>
     </row>
     <row r="367" spans="1:24">
       <c r="A367" s="2">
-        <v>45471.356145833</v>
+        <v>45560.416863426</v>
       </c>
       <c r="B367" t="s">
         <v>24</v>
       </c>
       <c r="C367" t="s">
         <v>29</v>
       </c>
       <c r="D367" t="s">
         <v>26</v>
       </c>
       <c r="E367" t="s">
         <v>27</v>
       </c>
       <c r="I367" t="s">
         <v>28</v>
       </c>
       <c r="J367">
         <v>3.9</v>
       </c>
       <c r="K367" s="2">
         <v>45140.0</v>
       </c>
       <c r="L367" s="2">
         <v>46236.0</v>
       </c>
       <c r="M367">
-        <v>7050000</v>
+        <v>8950000</v>
       </c>
       <c r="N367">
         <v>100.0</v>
       </c>
       <c r="O367" t="s">
         <v>28</v>
       </c>
       <c r="P367">
-        <v>3.5697</v>
+        <v>0.5984</v>
+      </c>
+      <c r="U367">
+        <v>2.9</v>
       </c>
     </row>
     <row r="368" spans="1:24">
       <c r="A368" s="2">
-        <v>45470.35619213</v>
+        <v>45559.417037037</v>
       </c>
       <c r="B368" t="s">
         <v>24</v>
       </c>
       <c r="C368" t="s">
         <v>29</v>
       </c>
       <c r="D368" t="s">
         <v>26</v>
       </c>
       <c r="E368" t="s">
         <v>27</v>
       </c>
       <c r="I368" t="s">
         <v>28</v>
       </c>
       <c r="J368">
         <v>3.9</v>
       </c>
       <c r="K368" s="2">
         <v>45140.0</v>
       </c>
       <c r="L368" s="2">
         <v>46236.0</v>
       </c>
       <c r="M368">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N368">
         <v>100.0</v>
       </c>
       <c r="O368" t="s">
         <v>28</v>
       </c>
       <c r="P368">
-        <v>3.559</v>
+        <v>0.5877</v>
+      </c>
+      <c r="U368">
+        <v>2.9</v>
       </c>
     </row>
     <row r="369" spans="1:24">
       <c r="A369" s="2">
-        <v>45469.356111111</v>
+        <v>45558.57494213</v>
       </c>
       <c r="B369" t="s">
         <v>24</v>
       </c>
       <c r="C369" t="s">
         <v>29</v>
       </c>
       <c r="D369" t="s">
         <v>26</v>
       </c>
       <c r="E369" t="s">
         <v>27</v>
       </c>
       <c r="I369" t="s">
         <v>28</v>
       </c>
       <c r="J369">
         <v>3.9</v>
       </c>
       <c r="K369" s="2">
         <v>45140.0</v>
       </c>
       <c r="L369" s="2">
         <v>46236.0</v>
       </c>
       <c r="M369">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N369">
         <v>100.0</v>
       </c>
       <c r="O369" t="s">
         <v>28</v>
       </c>
       <c r="P369">
-        <v>3.527</v>
+        <v>0.577</v>
+      </c>
+      <c r="U369">
+        <v>2.9</v>
       </c>
     </row>
     <row r="370" spans="1:24">
       <c r="A370" s="2">
-        <v>45468.35619213</v>
+        <v>45555.641574074</v>
       </c>
       <c r="B370" t="s">
         <v>24</v>
       </c>
       <c r="C370" t="s">
         <v>29</v>
       </c>
       <c r="D370" t="s">
         <v>26</v>
       </c>
       <c r="E370" t="s">
         <v>27</v>
       </c>
       <c r="I370" t="s">
         <v>28</v>
       </c>
       <c r="J370">
         <v>3.9</v>
       </c>
       <c r="K370" s="2">
         <v>45140.0</v>
       </c>
       <c r="L370" s="2">
         <v>46236.0</v>
       </c>
       <c r="M370">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N370">
         <v>100.0</v>
       </c>
       <c r="O370" t="s">
         <v>28</v>
       </c>
       <c r="P370">
-        <v>3.5164</v>
+        <v>0.5663</v>
+      </c>
+      <c r="U370">
+        <v>3.1</v>
       </c>
     </row>
     <row r="371" spans="1:24">
       <c r="A371" s="2">
-        <v>45464.356111111</v>
+        <v>45554.498449074</v>
       </c>
       <c r="B371" t="s">
         <v>24</v>
       </c>
       <c r="C371" t="s">
         <v>29</v>
       </c>
       <c r="D371" t="s">
         <v>26</v>
       </c>
       <c r="E371" t="s">
         <v>27</v>
       </c>
       <c r="I371" t="s">
         <v>28</v>
       </c>
       <c r="J371">
         <v>3.9</v>
       </c>
       <c r="K371" s="2">
         <v>45140.0</v>
       </c>
       <c r="L371" s="2">
         <v>46236.0</v>
       </c>
       <c r="M371">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N371">
         <v>100.0</v>
       </c>
       <c r="O371" t="s">
         <v>28</v>
       </c>
       <c r="P371">
-        <v>3.4951</v>
+        <v>0.5556</v>
+      </c>
+      <c r="U371">
+        <v>3.1</v>
+      </c>
+      <c r="V371">
+        <v>3.0</v>
       </c>
     </row>
     <row r="372" spans="1:24">
       <c r="A372" s="2">
-        <v>45463.356064815</v>
+        <v>45553.355405093</v>
       </c>
       <c r="B372" t="s">
         <v>24</v>
       </c>
       <c r="C372" t="s">
         <v>29</v>
       </c>
       <c r="D372" t="s">
         <v>26</v>
       </c>
       <c r="E372" t="s">
         <v>27</v>
       </c>
       <c r="I372" t="s">
         <v>28</v>
       </c>
       <c r="J372">
         <v>3.9</v>
       </c>
       <c r="K372" s="2">
         <v>45140.0</v>
       </c>
       <c r="L372" s="2">
         <v>46236.0</v>
       </c>
       <c r="M372">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N372">
         <v>100.0</v>
       </c>
       <c r="O372" t="s">
         <v>28</v>
       </c>
       <c r="P372">
-        <v>3.4844</v>
+        <v>0.5236</v>
       </c>
     </row>
     <row r="373" spans="1:24">
       <c r="A373" s="2">
-        <v>45462.35625</v>
+        <v>45552.355486111</v>
       </c>
       <c r="B373" t="s">
         <v>24</v>
       </c>
       <c r="C373" t="s">
         <v>29</v>
       </c>
       <c r="D373" t="s">
         <v>26</v>
       </c>
       <c r="E373" t="s">
         <v>27</v>
       </c>
       <c r="I373" t="s">
         <v>28</v>
       </c>
       <c r="J373">
         <v>3.9</v>
       </c>
       <c r="K373" s="2">
         <v>45140.0</v>
       </c>
       <c r="L373" s="2">
         <v>46236.0</v>
       </c>
       <c r="M373">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N373">
         <v>100.0</v>
       </c>
       <c r="O373" t="s">
         <v>28</v>
       </c>
       <c r="P373">
-        <v>3.4525</v>
+        <v>0.5129</v>
       </c>
     </row>
     <row r="374" spans="1:24">
       <c r="A374" s="2">
-        <v>45461.356168981</v>
+        <v>45551.355439815</v>
       </c>
       <c r="B374" t="s">
         <v>24</v>
       </c>
       <c r="C374" t="s">
         <v>29</v>
       </c>
       <c r="D374" t="s">
         <v>26</v>
       </c>
       <c r="E374" t="s">
         <v>27</v>
       </c>
       <c r="I374" t="s">
         <v>28</v>
       </c>
       <c r="J374">
         <v>3.9</v>
       </c>
       <c r="K374" s="2">
         <v>45140.0</v>
       </c>
       <c r="L374" s="2">
         <v>46236.0</v>
       </c>
       <c r="M374">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N374">
         <v>100.0</v>
       </c>
       <c r="O374" t="s">
         <v>28</v>
       </c>
       <c r="P374">
-        <v>3.4418</v>
+        <v>0.5022</v>
       </c>
     </row>
     <row r="375" spans="1:24">
       <c r="A375" s="2">
-        <v>45460.356076389</v>
+        <v>45548.355428241</v>
       </c>
       <c r="B375" t="s">
         <v>24</v>
       </c>
       <c r="C375" t="s">
         <v>29</v>
       </c>
       <c r="D375" t="s">
         <v>26</v>
       </c>
       <c r="E375" t="s">
         <v>27</v>
       </c>
       <c r="I375" t="s">
         <v>28</v>
       </c>
       <c r="J375">
         <v>3.9</v>
       </c>
       <c r="K375" s="2">
         <v>45140.0</v>
       </c>
       <c r="L375" s="2">
         <v>46236.0</v>
       </c>
       <c r="M375">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N375">
         <v>100.0</v>
       </c>
       <c r="O375" t="s">
         <v>28</v>
       </c>
       <c r="P375">
-        <v>3.4311</v>
+        <v>0.4915</v>
       </c>
     </row>
     <row r="376" spans="1:24">
       <c r="A376" s="2">
-        <v>45457.356041667</v>
+        <v>45547.355393519</v>
       </c>
       <c r="B376" t="s">
         <v>24</v>
       </c>
       <c r="C376" t="s">
         <v>29</v>
       </c>
       <c r="D376" t="s">
         <v>26</v>
       </c>
       <c r="E376" t="s">
         <v>27</v>
       </c>
       <c r="I376" t="s">
         <v>28</v>
       </c>
       <c r="J376">
         <v>3.9</v>
       </c>
       <c r="K376" s="2">
         <v>45140.0</v>
       </c>
       <c r="L376" s="2">
         <v>46236.0</v>
       </c>
       <c r="M376">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N376">
         <v>100.0</v>
       </c>
       <c r="O376" t="s">
         <v>28</v>
       </c>
       <c r="P376">
-        <v>3.4205</v>
+        <v>0.4808</v>
       </c>
     </row>
     <row r="377" spans="1:24">
       <c r="A377" s="2">
-        <v>45456.356122685</v>
+        <v>45546.355590278</v>
       </c>
       <c r="B377" t="s">
         <v>24</v>
       </c>
       <c r="C377" t="s">
         <v>29</v>
       </c>
       <c r="D377" t="s">
         <v>26</v>
       </c>
       <c r="E377" t="s">
         <v>27</v>
       </c>
       <c r="I377" t="s">
         <v>28</v>
       </c>
       <c r="J377">
         <v>3.9</v>
       </c>
       <c r="K377" s="2">
         <v>45140.0</v>
       </c>
       <c r="L377" s="2">
         <v>46236.0</v>
       </c>
       <c r="M377">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N377">
         <v>100.0</v>
       </c>
       <c r="O377" t="s">
         <v>28</v>
       </c>
       <c r="P377">
-        <v>3.4098</v>
+        <v>0.4488</v>
       </c>
     </row>
     <row r="378" spans="1:24">
       <c r="A378" s="2">
-        <v>45455.356041667</v>
+        <v>45545.355462963</v>
       </c>
       <c r="B378" t="s">
         <v>24</v>
       </c>
       <c r="C378" t="s">
         <v>29</v>
       </c>
       <c r="D378" t="s">
         <v>26</v>
       </c>
       <c r="E378" t="s">
         <v>27</v>
       </c>
       <c r="I378" t="s">
         <v>28</v>
       </c>
       <c r="J378">
         <v>3.9</v>
       </c>
       <c r="K378" s="2">
         <v>45140.0</v>
       </c>
       <c r="L378" s="2">
         <v>46236.0</v>
       </c>
       <c r="M378">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N378">
         <v>100.0</v>
       </c>
       <c r="O378" t="s">
         <v>28</v>
       </c>
       <c r="P378">
-        <v>3.3779</v>
+        <v>0.4381</v>
       </c>
     </row>
     <row r="379" spans="1:24">
       <c r="A379" s="2">
-        <v>45454.355300926</v>
+        <v>45544.355486111</v>
       </c>
       <c r="B379" t="s">
         <v>24</v>
       </c>
       <c r="C379" t="s">
         <v>29</v>
       </c>
       <c r="D379" t="s">
         <v>26</v>
       </c>
       <c r="E379" t="s">
         <v>27</v>
       </c>
       <c r="I379" t="s">
         <v>28</v>
       </c>
       <c r="J379">
         <v>3.9</v>
       </c>
       <c r="K379" s="2">
         <v>45140.0</v>
       </c>
       <c r="L379" s="2">
         <v>46236.0</v>
       </c>
       <c r="M379">
-        <v>7050000</v>
+        <v>8350000</v>
       </c>
       <c r="N379">
         <v>100.0</v>
       </c>
       <c r="O379" t="s">
         <v>28</v>
       </c>
       <c r="P379">
-        <v>3.3672</v>
+        <v>0.4274</v>
       </c>
     </row>
     <row r="380" spans="1:24">
       <c r="A380" s="2">
-        <v>45453.35556713</v>
+        <v>45541.355509259</v>
       </c>
       <c r="B380" t="s">
         <v>24</v>
       </c>
       <c r="C380" t="s">
         <v>29</v>
       </c>
       <c r="D380" t="s">
         <v>26</v>
       </c>
       <c r="E380" t="s">
         <v>27</v>
       </c>
       <c r="I380" t="s">
         <v>28</v>
       </c>
       <c r="J380">
         <v>3.9</v>
       </c>
       <c r="K380" s="2">
         <v>45140.0</v>
       </c>
       <c r="L380" s="2">
         <v>46236.0</v>
       </c>
       <c r="M380">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N380">
         <v>100.0</v>
       </c>
       <c r="O380" t="s">
         <v>28</v>
       </c>
       <c r="P380">
-        <v>3.3566</v>
+        <v>0.4167</v>
       </c>
     </row>
     <row r="381" spans="1:24">
       <c r="A381" s="2">
-        <v>45450.355405093</v>
+        <v>45540.355347222</v>
       </c>
       <c r="B381" t="s">
         <v>24</v>
       </c>
       <c r="C381" t="s">
         <v>29</v>
       </c>
       <c r="D381" t="s">
         <v>26</v>
       </c>
       <c r="E381" t="s">
         <v>27</v>
       </c>
       <c r="I381" t="s">
         <v>28</v>
       </c>
       <c r="J381">
         <v>3.9</v>
       </c>
       <c r="K381" s="2">
         <v>45140.0</v>
       </c>
       <c r="L381" s="2">
         <v>46236.0</v>
       </c>
       <c r="M381">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N381">
         <v>100.0</v>
       </c>
       <c r="O381" t="s">
         <v>28</v>
       </c>
       <c r="P381">
-        <v>3.3459</v>
+        <v>0.406</v>
       </c>
     </row>
     <row r="382" spans="1:24">
       <c r="A382" s="2">
-        <v>45449.355439815</v>
+        <v>45539.355486111</v>
       </c>
       <c r="B382" t="s">
         <v>24</v>
       </c>
       <c r="C382" t="s">
         <v>29</v>
       </c>
       <c r="D382" t="s">
         <v>26</v>
       </c>
       <c r="E382" t="s">
         <v>27</v>
       </c>
       <c r="I382" t="s">
         <v>28</v>
       </c>
       <c r="J382">
         <v>3.9</v>
       </c>
       <c r="K382" s="2">
         <v>45140.0</v>
       </c>
       <c r="L382" s="2">
         <v>46236.0</v>
       </c>
       <c r="M382">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N382">
         <v>100.0</v>
       </c>
       <c r="O382" t="s">
         <v>28</v>
       </c>
       <c r="P382">
-        <v>3.3352</v>
+        <v>0.374</v>
       </c>
     </row>
     <row r="383" spans="1:24">
       <c r="A383" s="2">
-        <v>45448.355451389</v>
+        <v>45538.355451389</v>
       </c>
       <c r="B383" t="s">
         <v>24</v>
       </c>
       <c r="C383" t="s">
         <v>29</v>
       </c>
       <c r="D383" t="s">
         <v>26</v>
       </c>
       <c r="E383" t="s">
         <v>27</v>
       </c>
       <c r="I383" t="s">
         <v>28</v>
       </c>
       <c r="J383">
         <v>3.9</v>
       </c>
       <c r="K383" s="2">
         <v>45140.0</v>
       </c>
       <c r="L383" s="2">
         <v>46236.0</v>
       </c>
       <c r="M383">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N383">
         <v>100.0</v>
       </c>
       <c r="O383" t="s">
         <v>28</v>
       </c>
       <c r="P383">
-        <v>3.3033</v>
+        <v>0.3633</v>
       </c>
     </row>
     <row r="384" spans="1:24">
       <c r="A384" s="2">
-        <v>45447.356030093</v>
+        <v>45537.355532407</v>
       </c>
       <c r="B384" t="s">
         <v>24</v>
       </c>
       <c r="C384" t="s">
         <v>29</v>
       </c>
       <c r="D384" t="s">
         <v>26</v>
       </c>
       <c r="E384" t="s">
         <v>27</v>
       </c>
       <c r="I384" t="s">
         <v>28</v>
       </c>
       <c r="J384">
         <v>3.9</v>
       </c>
       <c r="K384" s="2">
         <v>45140.0</v>
       </c>
       <c r="L384" s="2">
         <v>46236.0</v>
       </c>
       <c r="M384">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N384">
         <v>100.0</v>
       </c>
       <c r="O384" t="s">
         <v>28</v>
       </c>
       <c r="P384">
-        <v>3.2926</v>
+        <v>0.3526</v>
       </c>
     </row>
     <row r="385" spans="1:24">
       <c r="A385" s="2">
-        <v>45446.3590625</v>
+        <v>45534.355474537</v>
       </c>
       <c r="B385" t="s">
         <v>24</v>
       </c>
       <c r="C385" t="s">
         <v>29</v>
       </c>
       <c r="D385" t="s">
         <v>26</v>
       </c>
       <c r="E385" t="s">
         <v>27</v>
       </c>
       <c r="I385" t="s">
         <v>28</v>
       </c>
       <c r="J385">
         <v>3.9</v>
       </c>
       <c r="K385" s="2">
         <v>45140.0</v>
       </c>
       <c r="L385" s="2">
         <v>46236.0</v>
       </c>
       <c r="M385">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N385">
         <v>100.0</v>
       </c>
       <c r="O385" t="s">
         <v>28</v>
       </c>
       <c r="P385">
-        <v>3.282</v>
+        <v>0.3419</v>
       </c>
     </row>
     <row r="386" spans="1:24">
       <c r="A386" s="2">
-        <v>45443.35537037</v>
+        <v>45533.355381944</v>
       </c>
       <c r="B386" t="s">
         <v>24</v>
       </c>
       <c r="C386" t="s">
         <v>29</v>
       </c>
       <c r="D386" t="s">
         <v>26</v>
       </c>
       <c r="E386" t="s">
         <v>27</v>
       </c>
       <c r="I386" t="s">
         <v>28</v>
       </c>
       <c r="J386">
         <v>3.9</v>
       </c>
       <c r="K386" s="2">
         <v>45140.0</v>
       </c>
       <c r="L386" s="2">
         <v>46236.0</v>
       </c>
       <c r="M386">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N386">
         <v>100.0</v>
       </c>
       <c r="O386" t="s">
         <v>28</v>
       </c>
       <c r="P386">
-        <v>3.2713</v>
+        <v>0.3312</v>
       </c>
     </row>
     <row r="387" spans="1:24">
       <c r="A387" s="2">
-        <v>45442.362361111</v>
+        <v>45532.355474537</v>
       </c>
       <c r="B387" t="s">
         <v>24</v>
       </c>
       <c r="C387" t="s">
         <v>29</v>
       </c>
       <c r="D387" t="s">
         <v>26</v>
       </c>
       <c r="E387" t="s">
         <v>27</v>
       </c>
       <c r="I387" t="s">
         <v>28</v>
       </c>
       <c r="J387">
         <v>3.9</v>
       </c>
       <c r="K387" s="2">
         <v>45140.0</v>
       </c>
       <c r="L387" s="2">
         <v>46236.0</v>
       </c>
       <c r="M387">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N387">
         <v>100.0</v>
       </c>
       <c r="O387" t="s">
         <v>28</v>
       </c>
       <c r="P387">
-        <v>3.2607</v>
+        <v>0.2992</v>
       </c>
     </row>
     <row r="388" spans="1:24">
       <c r="A388" s="2">
-        <v>45441.355474537</v>
+        <v>45531.355439815</v>
       </c>
       <c r="B388" t="s">
         <v>24</v>
       </c>
       <c r="C388" t="s">
         <v>29</v>
       </c>
       <c r="D388" t="s">
         <v>26</v>
       </c>
       <c r="E388" t="s">
         <v>27</v>
       </c>
       <c r="I388" t="s">
         <v>28</v>
       </c>
       <c r="J388">
         <v>3.9</v>
       </c>
       <c r="K388" s="2">
         <v>45140.0</v>
       </c>
       <c r="L388" s="2">
         <v>46236.0</v>
       </c>
       <c r="M388">
-        <v>6450000</v>
+        <v>8350000</v>
       </c>
       <c r="N388">
         <v>100.0</v>
       </c>
       <c r="O388" t="s">
         <v>28</v>
       </c>
       <c r="P388">
-        <v>3.2287</v>
+        <v>0.2885</v>
       </c>
     </row>
     <row r="389" spans="1:24">
       <c r="A389" s="2">
-        <v>45440.355590278</v>
+        <v>45530.355497685</v>
       </c>
       <c r="B389" t="s">
         <v>24</v>
       </c>
       <c r="C389" t="s">
         <v>29</v>
       </c>
       <c r="D389" t="s">
         <v>26</v>
       </c>
       <c r="E389" t="s">
         <v>27</v>
       </c>
       <c r="I389" t="s">
         <v>28</v>
       </c>
       <c r="J389">
         <v>3.9</v>
       </c>
       <c r="K389" s="2">
         <v>45140.0</v>
       </c>
       <c r="L389" s="2">
         <v>46236.0</v>
       </c>
       <c r="M389">
-        <v>6450000</v>
+        <v>7750000</v>
       </c>
       <c r="N389">
         <v>100.0</v>
       </c>
       <c r="O389" t="s">
         <v>28</v>
       </c>
       <c r="P389">
-        <v>3.218</v>
+        <v>0.2778</v>
       </c>
     </row>
     <row r="390" spans="1:24">
       <c r="A390" s="2">
-        <v>45439.355520833</v>
+        <v>45527.355451389</v>
       </c>
       <c r="B390" t="s">
         <v>24</v>
       </c>
       <c r="C390" t="s">
         <v>29</v>
       </c>
       <c r="D390" t="s">
         <v>26</v>
       </c>
       <c r="E390" t="s">
         <v>27</v>
       </c>
       <c r="I390" t="s">
         <v>28</v>
       </c>
       <c r="J390">
         <v>3.9</v>
       </c>
       <c r="K390" s="2">
         <v>45140.0</v>
       </c>
       <c r="L390" s="2">
         <v>46236.0</v>
       </c>
       <c r="M390">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N390">
         <v>100.0</v>
       </c>
       <c r="O390" t="s">
         <v>28</v>
       </c>
       <c r="P390">
-        <v>3.2074</v>
+        <v>0.2671</v>
       </c>
     </row>
     <row r="391" spans="1:24">
       <c r="A391" s="2">
-        <v>45436.36150463</v>
+        <v>45526.355451389</v>
       </c>
       <c r="B391" t="s">
         <v>24</v>
       </c>
       <c r="C391" t="s">
         <v>29</v>
       </c>
       <c r="D391" t="s">
         <v>26</v>
       </c>
       <c r="E391" t="s">
         <v>27</v>
       </c>
       <c r="I391" t="s">
         <v>28</v>
       </c>
       <c r="J391">
         <v>3.9</v>
       </c>
       <c r="K391" s="2">
         <v>45140.0</v>
       </c>
       <c r="L391" s="2">
         <v>46236.0</v>
       </c>
       <c r="M391">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N391">
         <v>100.0</v>
       </c>
       <c r="O391" t="s">
         <v>28</v>
       </c>
       <c r="P391">
-        <v>3.1967</v>
+        <v>0.2564</v>
       </c>
     </row>
     <row r="392" spans="1:24">
       <c r="A392" s="2">
-        <v>45435.355636574</v>
+        <v>45525.355439815</v>
       </c>
       <c r="B392" t="s">
         <v>24</v>
       </c>
       <c r="C392" t="s">
         <v>29</v>
       </c>
       <c r="D392" t="s">
         <v>26</v>
       </c>
       <c r="E392" t="s">
         <v>27</v>
       </c>
       <c r="I392" t="s">
         <v>28</v>
       </c>
       <c r="J392">
         <v>3.9</v>
       </c>
       <c r="K392" s="2">
         <v>45140.0</v>
       </c>
       <c r="L392" s="2">
         <v>46236.0</v>
       </c>
       <c r="M392">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N392">
         <v>100.0</v>
       </c>
       <c r="O392" t="s">
         <v>28</v>
       </c>
       <c r="P392">
-        <v>3.1861</v>
+        <v>0.2244</v>
       </c>
     </row>
     <row r="393" spans="1:24">
       <c r="A393" s="2">
-        <v>45434.356134259</v>
+        <v>45524.355902778</v>
       </c>
       <c r="B393" t="s">
         <v>24</v>
       </c>
       <c r="C393" t="s">
         <v>29</v>
       </c>
       <c r="D393" t="s">
         <v>26</v>
       </c>
       <c r="E393" t="s">
         <v>27</v>
       </c>
       <c r="I393" t="s">
         <v>28</v>
       </c>
       <c r="J393">
         <v>3.9</v>
       </c>
       <c r="K393" s="2">
         <v>45140.0</v>
       </c>
       <c r="L393" s="2">
         <v>46236.0</v>
       </c>
       <c r="M393">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N393">
         <v>100.0</v>
       </c>
       <c r="O393" t="s">
         <v>28</v>
       </c>
       <c r="P393">
-        <v>3.1541</v>
+        <v>0.2137</v>
       </c>
     </row>
     <row r="394" spans="1:24">
       <c r="A394" s="2">
-        <v>45433.356296296</v>
+        <v>45523.355486111</v>
       </c>
       <c r="B394" t="s">
         <v>24</v>
       </c>
       <c r="C394" t="s">
         <v>29</v>
       </c>
       <c r="D394" t="s">
         <v>26</v>
       </c>
       <c r="E394" t="s">
         <v>27</v>
       </c>
       <c r="I394" t="s">
         <v>28</v>
       </c>
       <c r="J394">
         <v>3.9</v>
       </c>
       <c r="K394" s="2">
         <v>45140.0</v>
       </c>
       <c r="L394" s="2">
         <v>46236.0</v>
       </c>
       <c r="M394">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N394">
         <v>100.0</v>
       </c>
       <c r="O394" t="s">
         <v>28</v>
       </c>
       <c r="P394">
-        <v>3.1434</v>
+        <v>0.203</v>
       </c>
     </row>
     <row r="395" spans="1:24">
       <c r="A395" s="2">
-        <v>45432.356678241</v>
+        <v>45520.355381944</v>
       </c>
       <c r="B395" t="s">
         <v>24</v>
       </c>
       <c r="C395" t="s">
         <v>29</v>
       </c>
       <c r="D395" t="s">
         <v>26</v>
       </c>
       <c r="E395" t="s">
         <v>27</v>
       </c>
       <c r="I395" t="s">
         <v>28</v>
       </c>
       <c r="J395">
         <v>3.9</v>
       </c>
       <c r="K395" s="2">
         <v>45140.0</v>
       </c>
       <c r="L395" s="2">
         <v>46236.0</v>
       </c>
       <c r="M395">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N395">
         <v>100.0</v>
       </c>
       <c r="O395" t="s">
         <v>28</v>
       </c>
       <c r="P395">
-        <v>3.1328</v>
+        <v>0.1923</v>
       </c>
     </row>
     <row r="396" spans="1:24">
       <c r="A396" s="2">
-        <v>45429.356574074</v>
+        <v>45519.355428241</v>
       </c>
       <c r="B396" t="s">
         <v>24</v>
       </c>
       <c r="C396" t="s">
         <v>29</v>
       </c>
       <c r="D396" t="s">
         <v>26</v>
       </c>
       <c r="E396" t="s">
         <v>27</v>
       </c>
       <c r="I396" t="s">
         <v>28</v>
       </c>
       <c r="J396">
         <v>3.9</v>
       </c>
       <c r="K396" s="2">
         <v>45140.0</v>
       </c>
       <c r="L396" s="2">
         <v>46236.0</v>
       </c>
       <c r="M396">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N396">
         <v>100.0</v>
       </c>
       <c r="O396" t="s">
         <v>28</v>
       </c>
       <c r="P396">
-        <v>3.1221</v>
+        <v>0.1816</v>
       </c>
     </row>
     <row r="397" spans="1:24">
       <c r="A397" s="2">
-        <v>45428.35974537</v>
+        <v>45518.355416667</v>
       </c>
       <c r="B397" t="s">
         <v>24</v>
       </c>
       <c r="C397" t="s">
         <v>29</v>
       </c>
       <c r="D397" t="s">
         <v>26</v>
       </c>
       <c r="E397" t="s">
         <v>27</v>
       </c>
       <c r="I397" t="s">
         <v>28</v>
       </c>
       <c r="J397">
         <v>3.9</v>
       </c>
       <c r="K397" s="2">
         <v>45140.0</v>
       </c>
       <c r="L397" s="2">
         <v>46236.0</v>
       </c>
       <c r="M397">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N397">
         <v>100.0</v>
       </c>
       <c r="O397" t="s">
         <v>28</v>
       </c>
       <c r="P397">
-        <v>3.1115</v>
+        <v>0.1496</v>
       </c>
     </row>
     <row r="398" spans="1:24">
       <c r="A398" s="2">
-        <v>45427.373113426</v>
+        <v>45517.355358796</v>
       </c>
       <c r="B398" t="s">
         <v>24</v>
       </c>
       <c r="C398" t="s">
         <v>29</v>
       </c>
       <c r="D398" t="s">
         <v>26</v>
       </c>
       <c r="E398" t="s">
         <v>27</v>
       </c>
       <c r="I398" t="s">
         <v>28</v>
       </c>
       <c r="J398">
         <v>3.9</v>
       </c>
       <c r="K398" s="2">
         <v>45140.0</v>
       </c>
       <c r="L398" s="2">
         <v>46236.0</v>
       </c>
       <c r="M398">
-        <v>5950000</v>
+        <v>7750000</v>
       </c>
       <c r="N398">
         <v>100.0</v>
       </c>
       <c r="O398" t="s">
         <v>28</v>
       </c>
       <c r="P398">
-        <v>3.0795</v>
+        <v>0.1389</v>
       </c>
     </row>
     <row r="399" spans="1:24">
       <c r="A399" s="2">
-        <v>45426.368449074</v>
+        <v>45516.355451389</v>
       </c>
       <c r="B399" t="s">
         <v>24</v>
       </c>
       <c r="C399" t="s">
         <v>29</v>
       </c>
       <c r="D399" t="s">
         <v>26</v>
       </c>
       <c r="E399" t="s">
         <v>27</v>
       </c>
       <c r="I399" t="s">
         <v>28</v>
       </c>
       <c r="J399">
         <v>3.9</v>
       </c>
       <c r="K399" s="2">
         <v>45140.0</v>
       </c>
       <c r="L399" s="2">
         <v>46236.0</v>
       </c>
       <c r="M399">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N399">
         <v>100.0</v>
       </c>
       <c r="O399" t="s">
         <v>28</v>
       </c>
       <c r="P399">
-        <v>3.0689</v>
+        <v>0.1282</v>
       </c>
     </row>
     <row r="400" spans="1:24">
       <c r="A400" s="2">
-        <v>45425.355590278</v>
+        <v>45513.355486111</v>
       </c>
       <c r="B400" t="s">
         <v>24</v>
       </c>
       <c r="C400" t="s">
         <v>29</v>
       </c>
       <c r="D400" t="s">
         <v>26</v>
       </c>
       <c r="E400" t="s">
         <v>27</v>
       </c>
       <c r="I400" t="s">
         <v>28</v>
       </c>
       <c r="J400">
         <v>3.9</v>
       </c>
       <c r="K400" s="2">
         <v>45140.0</v>
       </c>
       <c r="L400" s="2">
         <v>46236.0</v>
       </c>
       <c r="M400">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N400">
         <v>100.0</v>
       </c>
       <c r="O400" t="s">
         <v>28</v>
       </c>
       <c r="P400">
-        <v>3.0582</v>
+        <v>0.1175</v>
       </c>
     </row>
     <row r="401" spans="1:24">
       <c r="A401" s="2">
-        <v>45422.355532407</v>
+        <v>45512.355347222</v>
       </c>
       <c r="B401" t="s">
         <v>24</v>
       </c>
       <c r="C401" t="s">
         <v>29</v>
       </c>
       <c r="D401" t="s">
         <v>26</v>
       </c>
       <c r="E401" t="s">
         <v>27</v>
       </c>
       <c r="I401" t="s">
         <v>28</v>
       </c>
       <c r="J401">
         <v>3.9</v>
       </c>
       <c r="K401" s="2">
         <v>45140.0</v>
       </c>
       <c r="L401" s="2">
         <v>46236.0</v>
       </c>
       <c r="M401">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N401">
         <v>100.0</v>
       </c>
       <c r="O401" t="s">
         <v>28</v>
       </c>
       <c r="P401">
-        <v>3.0475</v>
+        <v>0.1068</v>
       </c>
     </row>
     <row r="402" spans="1:24">
       <c r="A402" s="2">
-        <v>45420.355555556</v>
+        <v>45511.356273148</v>
       </c>
       <c r="B402" t="s">
         <v>24</v>
       </c>
       <c r="C402" t="s">
         <v>29</v>
       </c>
       <c r="D402" t="s">
         <v>26</v>
       </c>
       <c r="E402" t="s">
         <v>27</v>
       </c>
       <c r="I402" t="s">
         <v>28</v>
       </c>
       <c r="J402">
         <v>3.9</v>
       </c>
       <c r="K402" s="2">
         <v>45140.0</v>
       </c>
       <c r="L402" s="2">
         <v>46236.0</v>
       </c>
       <c r="M402">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N402">
         <v>100.0</v>
       </c>
       <c r="O402" t="s">
         <v>28</v>
       </c>
       <c r="P402">
-        <v>3.0049</v>
+        <v>0.0748</v>
       </c>
     </row>
     <row r="403" spans="1:24">
       <c r="A403" s="2">
-        <v>45419.3571875</v>
+        <v>45510.355486111</v>
       </c>
       <c r="B403" t="s">
         <v>24</v>
       </c>
       <c r="C403" t="s">
         <v>29</v>
       </c>
       <c r="D403" t="s">
         <v>26</v>
       </c>
       <c r="E403" t="s">
         <v>27</v>
       </c>
       <c r="I403" t="s">
         <v>28</v>
       </c>
       <c r="J403">
         <v>3.9</v>
       </c>
       <c r="K403" s="2">
         <v>45140.0</v>
       </c>
       <c r="L403" s="2">
         <v>46236.0</v>
       </c>
       <c r="M403">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N403">
         <v>100.0</v>
       </c>
       <c r="O403" t="s">
         <v>28</v>
       </c>
       <c r="P403">
-        <v>2.9943</v>
+        <v>0.0641</v>
       </c>
     </row>
     <row r="404" spans="1:24">
       <c r="A404" s="2">
-        <v>45418.355613426</v>
+        <v>45509.355983796</v>
       </c>
       <c r="B404" t="s">
         <v>24</v>
       </c>
       <c r="C404" t="s">
         <v>29</v>
       </c>
       <c r="D404" t="s">
         <v>26</v>
       </c>
       <c r="E404" t="s">
         <v>27</v>
       </c>
       <c r="I404" t="s">
         <v>28</v>
       </c>
       <c r="J404">
         <v>3.9</v>
       </c>
       <c r="K404" s="2">
         <v>45140.0</v>
       </c>
       <c r="L404" s="2">
         <v>46236.0</v>
       </c>
       <c r="M404">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N404">
         <v>100.0</v>
       </c>
       <c r="O404" t="s">
         <v>28</v>
       </c>
       <c r="P404">
-        <v>2.9836</v>
+        <v>0.0534</v>
       </c>
     </row>
     <row r="405" spans="1:24">
       <c r="A405" s="2">
-        <v>45415.355601852</v>
+        <v>45506.355393519</v>
       </c>
       <c r="B405" t="s">
         <v>24</v>
       </c>
       <c r="C405" t="s">
         <v>29</v>
       </c>
       <c r="D405" t="s">
         <v>26</v>
       </c>
       <c r="E405" t="s">
         <v>27</v>
       </c>
       <c r="I405" t="s">
         <v>28</v>
       </c>
       <c r="J405">
         <v>3.9</v>
       </c>
       <c r="K405" s="2">
         <v>45140.0</v>
       </c>
       <c r="L405" s="2">
         <v>46236.0</v>
       </c>
       <c r="M405">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N405">
         <v>100.0</v>
       </c>
       <c r="O405" t="s">
         <v>28</v>
       </c>
       <c r="P405">
-        <v>2.973</v>
+        <v>0.0427</v>
       </c>
     </row>
     <row r="406" spans="1:24">
       <c r="A406" s="2">
-        <v>45414.355636574</v>
+        <v>45505.355416667</v>
       </c>
       <c r="B406" t="s">
         <v>24</v>
       </c>
       <c r="C406" t="s">
         <v>29</v>
       </c>
       <c r="D406" t="s">
         <v>26</v>
       </c>
       <c r="E406" t="s">
         <v>27</v>
       </c>
       <c r="I406" t="s">
         <v>28</v>
       </c>
       <c r="J406">
         <v>3.9</v>
       </c>
       <c r="K406" s="2">
         <v>45140.0</v>
       </c>
       <c r="L406" s="2">
         <v>46236.0</v>
       </c>
       <c r="M406">
-        <v>5950000</v>
+        <v>7250000</v>
       </c>
       <c r="N406">
         <v>100.0</v>
       </c>
       <c r="O406" t="s">
         <v>28</v>
       </c>
       <c r="P406">
-        <v>2.9623</v>
+        <v>0.0321</v>
       </c>
     </row>
     <row r="407" spans="1:24">
       <c r="A407" s="2">
-        <v>45412.355601852</v>
+        <v>45504.355393519</v>
       </c>
       <c r="B407" t="s">
         <v>24</v>
       </c>
       <c r="C407" t="s">
         <v>29</v>
       </c>
       <c r="D407" t="s">
         <v>26</v>
       </c>
       <c r="E407" t="s">
         <v>27</v>
       </c>
       <c r="I407" t="s">
         <v>28</v>
       </c>
       <c r="J407">
         <v>3.9</v>
       </c>
       <c r="K407" s="2">
         <v>45140.0</v>
       </c>
       <c r="L407" s="2">
         <v>46236.0</v>
       </c>
       <c r="M407">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N407">
         <v>100.0</v>
       </c>
       <c r="O407" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>2.9303</v>
       </c>
     </row>
     <row r="408" spans="1:24">
       <c r="A408" s="2">
-        <v>45411.356782407</v>
+        <v>45503.355358796</v>
       </c>
       <c r="B408" t="s">
         <v>24</v>
       </c>
       <c r="C408" t="s">
         <v>29</v>
       </c>
       <c r="D408" t="s">
         <v>26</v>
       </c>
       <c r="E408" t="s">
         <v>27</v>
       </c>
       <c r="I408" t="s">
         <v>28</v>
       </c>
       <c r="J408">
         <v>3.9</v>
       </c>
       <c r="K408" s="2">
         <v>45140.0</v>
       </c>
       <c r="L408" s="2">
         <v>46236.0</v>
       </c>
       <c r="M408">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N408">
         <v>100.0</v>
       </c>
       <c r="O408" t="s">
         <v>28</v>
       </c>
       <c r="P408">
-        <v>2.9197</v>
+        <v>3.8893</v>
       </c>
     </row>
     <row r="409" spans="1:24">
       <c r="A409" s="2">
-        <v>45408.35568287</v>
+        <v>45502.35662037</v>
       </c>
       <c r="B409" t="s">
         <v>24</v>
       </c>
       <c r="C409" t="s">
         <v>29</v>
       </c>
       <c r="D409" t="s">
         <v>26</v>
       </c>
       <c r="E409" t="s">
         <v>27</v>
       </c>
       <c r="I409" t="s">
         <v>28</v>
       </c>
       <c r="J409">
         <v>3.9</v>
       </c>
       <c r="K409" s="2">
         <v>45140.0</v>
       </c>
       <c r="L409" s="2">
         <v>46236.0</v>
       </c>
       <c r="M409">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N409">
         <v>100.0</v>
       </c>
       <c r="O409" t="s">
         <v>28</v>
       </c>
       <c r="P409">
-        <v>2.8984</v>
+        <v>3.8787</v>
       </c>
     </row>
     <row r="410" spans="1:24">
       <c r="A410" s="2">
-        <v>45407.365127315</v>
+        <v>45499.355497685</v>
       </c>
       <c r="B410" t="s">
         <v>24</v>
       </c>
       <c r="C410" t="s">
         <v>29</v>
       </c>
       <c r="D410" t="s">
         <v>26</v>
       </c>
       <c r="E410" t="s">
         <v>27</v>
       </c>
       <c r="I410" t="s">
         <v>28</v>
       </c>
       <c r="J410">
         <v>3.9</v>
       </c>
       <c r="K410" s="2">
         <v>45140.0</v>
       </c>
       <c r="L410" s="2">
         <v>46236.0</v>
       </c>
       <c r="M410">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N410">
         <v>100.0</v>
       </c>
       <c r="O410" t="s">
         <v>28</v>
       </c>
       <c r="P410">
-        <v>2.8877</v>
+        <v>3.868</v>
       </c>
     </row>
     <row r="411" spans="1:24">
       <c r="A411" s="2">
-        <v>45406.355671296</v>
+        <v>45498.35587963</v>
       </c>
       <c r="B411" t="s">
         <v>24</v>
       </c>
       <c r="C411" t="s">
         <v>29</v>
       </c>
       <c r="D411" t="s">
         <v>26</v>
       </c>
       <c r="E411" t="s">
         <v>27</v>
       </c>
       <c r="I411" t="s">
         <v>28</v>
       </c>
       <c r="J411">
         <v>3.9</v>
       </c>
       <c r="K411" s="2">
         <v>45140.0</v>
       </c>
       <c r="L411" s="2">
         <v>46236.0</v>
       </c>
       <c r="M411">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N411">
         <v>100.0</v>
       </c>
       <c r="O411" t="s">
         <v>28</v>
       </c>
       <c r="P411">
-        <v>2.8557</v>
+        <v>3.8574</v>
       </c>
     </row>
     <row r="412" spans="1:24">
       <c r="A412" s="2">
-        <v>45405.356956019</v>
+        <v>45497.355451389</v>
       </c>
       <c r="B412" t="s">
         <v>24</v>
       </c>
       <c r="C412" t="s">
         <v>29</v>
       </c>
       <c r="D412" t="s">
         <v>26</v>
       </c>
       <c r="E412" t="s">
         <v>27</v>
       </c>
       <c r="I412" t="s">
         <v>28</v>
       </c>
       <c r="J412">
         <v>3.9</v>
       </c>
       <c r="K412" s="2">
         <v>45140.0</v>
       </c>
       <c r="L412" s="2">
         <v>46236.0</v>
       </c>
       <c r="M412">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N412">
         <v>100.0</v>
       </c>
       <c r="O412" t="s">
         <v>28</v>
       </c>
       <c r="P412">
-        <v>2.8451</v>
+        <v>3.8254</v>
       </c>
     </row>
     <row r="413" spans="1:24">
       <c r="A413" s="2">
-        <v>45404.355694444</v>
+        <v>45496.355439815</v>
       </c>
       <c r="B413" t="s">
         <v>24</v>
       </c>
       <c r="C413" t="s">
         <v>29</v>
       </c>
       <c r="D413" t="s">
         <v>26</v>
       </c>
       <c r="E413" t="s">
         <v>27</v>
       </c>
       <c r="I413" t="s">
         <v>28</v>
       </c>
       <c r="J413">
         <v>3.9</v>
       </c>
       <c r="K413" s="2">
         <v>45140.0</v>
       </c>
       <c r="L413" s="2">
         <v>46236.0</v>
       </c>
       <c r="M413">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N413">
         <v>100.0</v>
       </c>
       <c r="O413" t="s">
         <v>28</v>
       </c>
       <c r="P413">
-        <v>2.8344</v>
+        <v>3.8148</v>
       </c>
     </row>
     <row r="414" spans="1:24">
       <c r="A414" s="2">
-        <v>45401.355706019</v>
+        <v>45495.355428241</v>
       </c>
       <c r="B414" t="s">
         <v>24</v>
       </c>
       <c r="C414" t="s">
         <v>29</v>
       </c>
       <c r="D414" t="s">
         <v>26</v>
       </c>
       <c r="E414" t="s">
         <v>27</v>
       </c>
       <c r="I414" t="s">
         <v>28</v>
       </c>
       <c r="J414">
         <v>3.9</v>
       </c>
       <c r="K414" s="2">
         <v>45140.0</v>
       </c>
       <c r="L414" s="2">
         <v>46236.0</v>
       </c>
       <c r="M414">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N414">
         <v>100.0</v>
       </c>
       <c r="O414" t="s">
         <v>28</v>
       </c>
       <c r="P414">
-        <v>2.8238</v>
+        <v>3.8041</v>
       </c>
     </row>
     <row r="415" spans="1:24">
       <c r="A415" s="2">
-        <v>45400.356319444</v>
+        <v>45492.355439815</v>
       </c>
       <c r="B415" t="s">
         <v>24</v>
       </c>
       <c r="C415" t="s">
         <v>29</v>
       </c>
       <c r="D415" t="s">
         <v>26</v>
       </c>
       <c r="E415" t="s">
         <v>27</v>
       </c>
       <c r="I415" t="s">
         <v>28</v>
       </c>
       <c r="J415">
         <v>3.9</v>
       </c>
       <c r="K415" s="2">
         <v>45140.0</v>
       </c>
       <c r="L415" s="2">
         <v>46236.0</v>
       </c>
       <c r="M415">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N415">
         <v>100.0</v>
       </c>
       <c r="O415" t="s">
         <v>28</v>
       </c>
       <c r="P415">
-        <v>2.8131</v>
+        <v>3.7934</v>
       </c>
     </row>
     <row r="416" spans="1:24">
       <c r="A416" s="2">
-        <v>45399.356180556</v>
+        <v>45491.355462963</v>
       </c>
       <c r="B416" t="s">
         <v>24</v>
       </c>
       <c r="C416" t="s">
         <v>29</v>
       </c>
       <c r="D416" t="s">
         <v>26</v>
       </c>
       <c r="E416" t="s">
         <v>27</v>
       </c>
       <c r="I416" t="s">
         <v>28</v>
       </c>
       <c r="J416">
         <v>3.9</v>
       </c>
       <c r="K416" s="2">
         <v>45140.0</v>
       </c>
       <c r="L416" s="2">
         <v>46236.0</v>
       </c>
       <c r="M416">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N416">
         <v>100.0</v>
       </c>
       <c r="O416" t="s">
         <v>28</v>
       </c>
       <c r="P416">
-        <v>2.7811</v>
+        <v>3.7828</v>
       </c>
     </row>
     <row r="417" spans="1:24">
       <c r="A417" s="2">
-        <v>45398.356215278</v>
+        <v>45490.355439815</v>
       </c>
       <c r="B417" t="s">
         <v>24</v>
       </c>
       <c r="C417" t="s">
         <v>29</v>
       </c>
       <c r="D417" t="s">
         <v>26</v>
       </c>
       <c r="E417" t="s">
         <v>27</v>
       </c>
       <c r="I417" t="s">
         <v>28</v>
       </c>
       <c r="J417">
         <v>3.9</v>
       </c>
       <c r="K417" s="2">
         <v>45140.0</v>
       </c>
       <c r="L417" s="2">
         <v>46236.0</v>
       </c>
       <c r="M417">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N417">
         <v>100.0</v>
       </c>
       <c r="O417" t="s">
         <v>28</v>
       </c>
       <c r="P417">
-        <v>2.7705</v>
+        <v>3.7508</v>
       </c>
     </row>
     <row r="418" spans="1:24">
       <c r="A418" s="2">
-        <v>45397.356284722</v>
+        <v>45489.355462963</v>
       </c>
       <c r="B418" t="s">
         <v>24</v>
       </c>
       <c r="C418" t="s">
         <v>29</v>
       </c>
       <c r="D418" t="s">
         <v>26</v>
       </c>
       <c r="E418" t="s">
         <v>27</v>
       </c>
       <c r="I418" t="s">
         <v>28</v>
       </c>
       <c r="J418">
         <v>3.9</v>
       </c>
       <c r="K418" s="2">
         <v>45140.0</v>
       </c>
       <c r="L418" s="2">
         <v>46236.0</v>
       </c>
       <c r="M418">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N418">
         <v>100.0</v>
       </c>
       <c r="O418" t="s">
         <v>28</v>
       </c>
       <c r="P418">
-        <v>2.7598</v>
+        <v>3.7402</v>
       </c>
     </row>
     <row r="419" spans="1:24">
       <c r="A419" s="2">
-        <v>45394.361412037</v>
+        <v>45488.356527778</v>
       </c>
       <c r="B419" t="s">
         <v>24</v>
       </c>
       <c r="C419" t="s">
         <v>29</v>
       </c>
       <c r="D419" t="s">
         <v>26</v>
       </c>
       <c r="E419" t="s">
         <v>27</v>
       </c>
       <c r="I419" t="s">
         <v>28</v>
       </c>
       <c r="J419">
         <v>3.9</v>
       </c>
       <c r="K419" s="2">
         <v>45140.0</v>
       </c>
       <c r="L419" s="2">
         <v>46236.0</v>
       </c>
       <c r="M419">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N419">
         <v>100.0</v>
       </c>
       <c r="O419" t="s">
         <v>28</v>
       </c>
       <c r="P419">
-        <v>2.7492</v>
+        <v>3.7295</v>
       </c>
     </row>
     <row r="420" spans="1:24">
       <c r="A420" s="2">
-        <v>45393.355625</v>
+        <v>45485.355416667</v>
       </c>
       <c r="B420" t="s">
         <v>24</v>
       </c>
       <c r="C420" t="s">
         <v>29</v>
       </c>
       <c r="D420" t="s">
         <v>26</v>
       </c>
       <c r="E420" t="s">
         <v>27</v>
       </c>
       <c r="I420" t="s">
         <v>28</v>
       </c>
       <c r="J420">
         <v>3.9</v>
       </c>
       <c r="K420" s="2">
         <v>45140.0</v>
       </c>
       <c r="L420" s="2">
         <v>46236.0</v>
       </c>
       <c r="M420">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N420">
         <v>100.0</v>
       </c>
       <c r="O420" t="s">
         <v>28</v>
       </c>
       <c r="P420">
-        <v>2.7385</v>
+        <v>3.7189</v>
       </c>
     </row>
     <row r="421" spans="1:24">
       <c r="A421" s="2">
-        <v>45392.355555556</v>
+        <v>45484.355462963</v>
       </c>
       <c r="B421" t="s">
         <v>24</v>
       </c>
       <c r="C421" t="s">
         <v>29</v>
       </c>
       <c r="D421" t="s">
         <v>26</v>
       </c>
       <c r="E421" t="s">
         <v>27</v>
       </c>
       <c r="I421" t="s">
         <v>28</v>
       </c>
       <c r="J421">
         <v>3.9</v>
       </c>
       <c r="K421" s="2">
         <v>45140.0</v>
       </c>
       <c r="L421" s="2">
         <v>46236.0</v>
       </c>
       <c r="M421">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N421">
         <v>100.0</v>
       </c>
       <c r="O421" t="s">
         <v>28</v>
       </c>
       <c r="P421">
-        <v>2.7066</v>
+        <v>3.7082</v>
       </c>
     </row>
     <row r="422" spans="1:24">
       <c r="A422" s="2">
-        <v>45391.36025463</v>
+        <v>45483.355381944</v>
       </c>
       <c r="B422" t="s">
         <v>24</v>
       </c>
       <c r="C422" t="s">
         <v>29</v>
       </c>
       <c r="D422" t="s">
         <v>26</v>
       </c>
       <c r="E422" t="s">
         <v>27</v>
       </c>
       <c r="I422" t="s">
         <v>28</v>
       </c>
       <c r="J422">
         <v>3.9</v>
       </c>
       <c r="K422" s="2">
         <v>45140.0</v>
       </c>
       <c r="L422" s="2">
         <v>46236.0</v>
       </c>
       <c r="M422">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N422">
         <v>100.0</v>
       </c>
       <c r="O422" t="s">
         <v>28</v>
       </c>
       <c r="P422">
-        <v>2.6959</v>
+        <v>3.6762</v>
       </c>
     </row>
     <row r="423" spans="1:24">
       <c r="A423" s="2">
-        <v>45390.356238426</v>
+        <v>45482.355381944</v>
       </c>
       <c r="B423" t="s">
         <v>24</v>
       </c>
       <c r="C423" t="s">
         <v>29</v>
       </c>
       <c r="D423" t="s">
         <v>26</v>
       </c>
       <c r="E423" t="s">
         <v>27</v>
       </c>
       <c r="I423" t="s">
         <v>28</v>
       </c>
       <c r="J423">
         <v>3.9</v>
       </c>
       <c r="K423" s="2">
         <v>45140.0</v>
       </c>
       <c r="L423" s="2">
         <v>46236.0</v>
       </c>
       <c r="M423">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N423">
         <v>100.0</v>
       </c>
       <c r="O423" t="s">
         <v>28</v>
       </c>
       <c r="P423">
-        <v>2.6852</v>
+        <v>3.6656</v>
       </c>
     </row>
     <row r="424" spans="1:24">
       <c r="A424" s="2">
-        <v>45387.355532407</v>
+        <v>45481.355474537</v>
       </c>
       <c r="B424" t="s">
         <v>24</v>
       </c>
       <c r="C424" t="s">
         <v>29</v>
       </c>
       <c r="D424" t="s">
         <v>26</v>
       </c>
       <c r="E424" t="s">
         <v>27</v>
       </c>
       <c r="I424" t="s">
         <v>28</v>
       </c>
       <c r="J424">
         <v>3.9</v>
       </c>
       <c r="K424" s="2">
         <v>45140.0</v>
       </c>
       <c r="L424" s="2">
         <v>46236.0</v>
       </c>
       <c r="M424">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N424">
         <v>100.0</v>
       </c>
       <c r="O424" t="s">
         <v>28</v>
       </c>
       <c r="P424">
-        <v>2.6746</v>
+        <v>3.6549</v>
       </c>
     </row>
     <row r="425" spans="1:24">
       <c r="A425" s="2">
-        <v>45386.359618056</v>
+        <v>45478.355462963</v>
       </c>
       <c r="B425" t="s">
         <v>24</v>
       </c>
       <c r="C425" t="s">
         <v>29</v>
       </c>
       <c r="D425" t="s">
         <v>26</v>
       </c>
       <c r="E425" t="s">
         <v>27</v>
       </c>
       <c r="I425" t="s">
         <v>28</v>
       </c>
       <c r="J425">
         <v>3.9</v>
       </c>
       <c r="K425" s="2">
         <v>45140.0</v>
       </c>
       <c r="L425" s="2">
         <v>46236.0</v>
       </c>
       <c r="M425">
-        <v>5500000</v>
+        <v>7250000</v>
       </c>
       <c r="N425">
         <v>100.0</v>
       </c>
       <c r="O425" t="s">
         <v>28</v>
       </c>
       <c r="P425">
-        <v>2.6639</v>
+        <v>3.6443</v>
       </c>
     </row>
     <row r="426" spans="1:24">
       <c r="A426" s="2">
-        <v>45385.355497685</v>
+        <v>45477.355428241</v>
       </c>
       <c r="B426" t="s">
         <v>24</v>
       </c>
       <c r="C426" t="s">
         <v>29</v>
       </c>
       <c r="D426" t="s">
         <v>26</v>
       </c>
       <c r="E426" t="s">
         <v>27</v>
       </c>
       <c r="I426" t="s">
         <v>28</v>
       </c>
       <c r="J426">
         <v>3.9</v>
       </c>
       <c r="K426" s="2">
         <v>45140.0</v>
       </c>
       <c r="L426" s="2">
         <v>46236.0</v>
       </c>
       <c r="M426">
-        <v>4950000</v>
+        <v>7250000</v>
       </c>
       <c r="N426">
         <v>100.0</v>
       </c>
       <c r="O426" t="s">
         <v>28</v>
       </c>
       <c r="P426">
-        <v>2.632</v>
+        <v>3.6336</v>
       </c>
     </row>
     <row r="427" spans="1:24">
       <c r="A427" s="2">
-        <v>45384.366238426</v>
+        <v>45476.355486111</v>
       </c>
       <c r="B427" t="s">
         <v>24</v>
       </c>
       <c r="C427" t="s">
         <v>29</v>
       </c>
       <c r="D427" t="s">
         <v>26</v>
       </c>
       <c r="E427" t="s">
         <v>27</v>
       </c>
       <c r="I427" t="s">
         <v>28</v>
       </c>
       <c r="J427">
         <v>3.9</v>
       </c>
       <c r="K427" s="2">
         <v>45140.0</v>
       </c>
       <c r="L427" s="2">
         <v>46236.0</v>
       </c>
       <c r="M427">
-        <v>4950000</v>
+        <v>7250000</v>
       </c>
       <c r="N427">
         <v>100.0</v>
       </c>
       <c r="O427" t="s">
         <v>28</v>
       </c>
       <c r="P427">
-        <v>2.6213</v>
+        <v>3.6016</v>
       </c>
     </row>
     <row r="428" spans="1:24">
       <c r="A428" s="2">
-        <v>45379.361898148</v>
+        <v>45475.355416667</v>
       </c>
       <c r="B428" t="s">
         <v>24</v>
       </c>
       <c r="C428" t="s">
         <v>29</v>
       </c>
       <c r="D428" t="s">
         <v>26</v>
       </c>
       <c r="E428" t="s">
         <v>27</v>
       </c>
       <c r="I428" t="s">
         <v>28</v>
       </c>
       <c r="J428">
         <v>3.9</v>
       </c>
       <c r="K428" s="2">
         <v>45140.0</v>
       </c>
       <c r="L428" s="2">
         <v>46236.0</v>
       </c>
       <c r="M428">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N428">
         <v>100.0</v>
       </c>
       <c r="O428" t="s">
         <v>28</v>
       </c>
       <c r="P428">
-        <v>2.6107</v>
+        <v>3.591</v>
       </c>
     </row>
     <row r="429" spans="1:24">
       <c r="A429" s="2">
-        <v>45378.356365741</v>
+        <v>45474.355486111</v>
       </c>
       <c r="B429" t="s">
         <v>24</v>
       </c>
       <c r="C429" t="s">
         <v>29</v>
       </c>
       <c r="D429" t="s">
         <v>26</v>
       </c>
       <c r="E429" t="s">
         <v>27</v>
       </c>
       <c r="I429" t="s">
         <v>28</v>
       </c>
       <c r="J429">
         <v>3.9</v>
       </c>
       <c r="K429" s="2">
         <v>45140.0</v>
       </c>
       <c r="L429" s="2">
         <v>46236.0</v>
       </c>
       <c r="M429">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N429">
         <v>100.0</v>
       </c>
       <c r="O429" t="s">
         <v>28</v>
       </c>
       <c r="P429">
-        <v>2.6</v>
+        <v>3.5803</v>
       </c>
     </row>
     <row r="430" spans="1:24">
       <c r="A430" s="2">
-        <v>45377.356331019</v>
+        <v>45471.356145833</v>
       </c>
       <c r="B430" t="s">
         <v>24</v>
       </c>
       <c r="C430" t="s">
         <v>29</v>
       </c>
       <c r="D430" t="s">
         <v>26</v>
       </c>
       <c r="E430" t="s">
         <v>27</v>
       </c>
       <c r="I430" t="s">
         <v>28</v>
       </c>
       <c r="J430">
         <v>3.9</v>
       </c>
       <c r="K430" s="2">
         <v>45140.0</v>
       </c>
       <c r="L430" s="2">
         <v>46236.0</v>
       </c>
       <c r="M430">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N430">
         <v>100.0</v>
       </c>
       <c r="O430" t="s">
         <v>28</v>
       </c>
       <c r="P430">
-        <v>2.5467</v>
+        <v>3.5697</v>
       </c>
     </row>
     <row r="431" spans="1:24">
       <c r="A431" s="2">
-        <v>45376.355625</v>
+        <v>45470.35619213</v>
       </c>
       <c r="B431" t="s">
         <v>24</v>
       </c>
       <c r="C431" t="s">
         <v>29</v>
       </c>
       <c r="D431" t="s">
         <v>26</v>
       </c>
       <c r="E431" t="s">
         <v>27</v>
       </c>
       <c r="I431" t="s">
         <v>28</v>
       </c>
       <c r="J431">
         <v>3.9</v>
       </c>
       <c r="K431" s="2">
         <v>45140.0</v>
       </c>
       <c r="L431" s="2">
         <v>46236.0</v>
       </c>
       <c r="M431">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N431">
         <v>100.0</v>
       </c>
       <c r="O431" t="s">
         <v>28</v>
       </c>
       <c r="P431">
-        <v>2.5361</v>
+        <v>3.559</v>
       </c>
     </row>
     <row r="432" spans="1:24">
       <c r="A432" s="2">
-        <v>45373.359976852</v>
+        <v>45469.356111111</v>
       </c>
       <c r="B432" t="s">
         <v>24</v>
       </c>
       <c r="C432" t="s">
         <v>29</v>
       </c>
       <c r="D432" t="s">
         <v>26</v>
       </c>
       <c r="E432" t="s">
         <v>27</v>
       </c>
       <c r="I432" t="s">
         <v>28</v>
       </c>
       <c r="J432">
         <v>3.9</v>
       </c>
       <c r="K432" s="2">
         <v>45140.0</v>
       </c>
       <c r="L432" s="2">
         <v>46236.0</v>
       </c>
       <c r="M432">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N432">
         <v>100.0</v>
       </c>
       <c r="O432" t="s">
         <v>28</v>
       </c>
       <c r="P432">
-        <v>2.5254</v>
+        <v>3.527</v>
       </c>
     </row>
     <row r="433" spans="1:24">
       <c r="A433" s="2">
-        <v>45372.355601852</v>
+        <v>45468.35619213</v>
       </c>
       <c r="B433" t="s">
         <v>24</v>
       </c>
       <c r="C433" t="s">
         <v>29</v>
       </c>
       <c r="D433" t="s">
         <v>26</v>
       </c>
       <c r="E433" t="s">
         <v>27</v>
       </c>
       <c r="I433" t="s">
         <v>28</v>
       </c>
       <c r="J433">
         <v>3.9</v>
       </c>
       <c r="K433" s="2">
         <v>45140.0</v>
       </c>
       <c r="L433" s="2">
         <v>46236.0</v>
       </c>
       <c r="M433">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N433">
         <v>100.0</v>
       </c>
       <c r="O433" t="s">
         <v>28</v>
       </c>
       <c r="P433">
-        <v>2.5148</v>
+        <v>3.5164</v>
       </c>
     </row>
     <row r="434" spans="1:24">
       <c r="A434" s="2">
-        <v>45371.355659722</v>
+        <v>45464.356111111</v>
       </c>
       <c r="B434" t="s">
         <v>24</v>
       </c>
       <c r="C434" t="s">
         <v>29</v>
       </c>
       <c r="D434" t="s">
         <v>26</v>
       </c>
       <c r="E434" t="s">
         <v>27</v>
       </c>
       <c r="I434" t="s">
         <v>28</v>
       </c>
       <c r="J434">
         <v>3.9</v>
       </c>
       <c r="K434" s="2">
         <v>45140.0</v>
       </c>
       <c r="L434" s="2">
         <v>46236.0</v>
       </c>
       <c r="M434">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N434">
         <v>100.0</v>
       </c>
       <c r="O434" t="s">
         <v>28</v>
       </c>
       <c r="P434">
-        <v>2.4828</v>
+        <v>3.4951</v>
       </c>
     </row>
     <row r="435" spans="1:24">
       <c r="A435" s="2">
-        <v>45370.366435185</v>
+        <v>45463.356064815</v>
       </c>
       <c r="B435" t="s">
         <v>24</v>
       </c>
       <c r="C435" t="s">
         <v>29</v>
       </c>
       <c r="D435" t="s">
         <v>26</v>
       </c>
       <c r="E435" t="s">
         <v>27</v>
       </c>
       <c r="I435" t="s">
         <v>28</v>
       </c>
       <c r="J435">
         <v>3.9</v>
       </c>
       <c r="K435" s="2">
         <v>45140.0</v>
       </c>
       <c r="L435" s="2">
         <v>46236.0</v>
       </c>
       <c r="M435">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N435">
         <v>100.0</v>
       </c>
       <c r="O435" t="s">
         <v>28</v>
       </c>
       <c r="P435">
-        <v>2.4721</v>
+        <v>3.4844</v>
       </c>
     </row>
     <row r="436" spans="1:24">
       <c r="A436" s="2">
-        <v>45369.355671296</v>
+        <v>45462.35625</v>
       </c>
       <c r="B436" t="s">
         <v>24</v>
       </c>
       <c r="C436" t="s">
         <v>29</v>
       </c>
       <c r="D436" t="s">
         <v>26</v>
       </c>
       <c r="E436" t="s">
         <v>27</v>
       </c>
       <c r="I436" t="s">
         <v>28</v>
       </c>
       <c r="J436">
         <v>3.9</v>
       </c>
       <c r="K436" s="2">
         <v>45140.0</v>
       </c>
       <c r="L436" s="2">
         <v>46236.0</v>
       </c>
       <c r="M436">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N436">
         <v>100.0</v>
       </c>
       <c r="O436" t="s">
         <v>28</v>
       </c>
       <c r="P436">
-        <v>2.4615</v>
+        <v>3.4525</v>
       </c>
     </row>
     <row r="437" spans="1:24">
       <c r="A437" s="2">
-        <v>45366.355671296</v>
+        <v>45461.356168981</v>
       </c>
       <c r="B437" t="s">
         <v>24</v>
       </c>
       <c r="C437" t="s">
         <v>29</v>
       </c>
       <c r="D437" t="s">
         <v>26</v>
       </c>
       <c r="E437" t="s">
         <v>27</v>
       </c>
       <c r="I437" t="s">
         <v>28</v>
       </c>
       <c r="J437">
         <v>3.9</v>
       </c>
       <c r="K437" s="2">
         <v>45140.0</v>
       </c>
       <c r="L437" s="2">
         <v>46236.0</v>
       </c>
       <c r="M437">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N437">
         <v>100.0</v>
       </c>
       <c r="O437" t="s">
         <v>28</v>
       </c>
       <c r="P437">
-        <v>2.4508</v>
+        <v>3.4418</v>
       </c>
     </row>
     <row r="438" spans="1:24">
       <c r="A438" s="2">
-        <v>45365.355578704</v>
+        <v>45460.356076389</v>
       </c>
       <c r="B438" t="s">
         <v>24</v>
       </c>
       <c r="C438" t="s">
         <v>29</v>
       </c>
       <c r="D438" t="s">
         <v>26</v>
       </c>
       <c r="E438" t="s">
         <v>27</v>
       </c>
       <c r="I438" t="s">
         <v>28</v>
       </c>
       <c r="J438">
         <v>3.9</v>
       </c>
       <c r="K438" s="2">
         <v>45140.0</v>
       </c>
       <c r="L438" s="2">
         <v>46236.0</v>
       </c>
       <c r="M438">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N438">
         <v>100.0</v>
       </c>
       <c r="O438" t="s">
         <v>28</v>
       </c>
       <c r="P438">
-        <v>2.4402</v>
+        <v>3.4311</v>
       </c>
     </row>
     <row r="439" spans="1:24">
       <c r="A439" s="2">
-        <v>45364.357337963</v>
+        <v>45457.356041667</v>
       </c>
       <c r="B439" t="s">
         <v>24</v>
       </c>
       <c r="C439" t="s">
         <v>29</v>
       </c>
       <c r="D439" t="s">
         <v>26</v>
       </c>
       <c r="E439" t="s">
         <v>27</v>
       </c>
       <c r="I439" t="s">
         <v>28</v>
       </c>
       <c r="J439">
         <v>3.9</v>
       </c>
       <c r="K439" s="2">
         <v>45140.0</v>
       </c>
       <c r="L439" s="2">
         <v>46236.0</v>
       </c>
       <c r="M439">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N439">
         <v>100.0</v>
       </c>
       <c r="O439" t="s">
         <v>28</v>
       </c>
       <c r="P439">
-        <v>2.4082</v>
+        <v>3.4205</v>
       </c>
     </row>
     <row r="440" spans="1:24">
       <c r="A440" s="2">
-        <v>45363.355659722</v>
+        <v>45456.356122685</v>
       </c>
       <c r="B440" t="s">
         <v>24</v>
       </c>
       <c r="C440" t="s">
         <v>29</v>
       </c>
       <c r="D440" t="s">
         <v>26</v>
       </c>
       <c r="E440" t="s">
         <v>27</v>
       </c>
       <c r="I440" t="s">
         <v>28</v>
       </c>
       <c r="J440">
         <v>3.9</v>
       </c>
       <c r="K440" s="2">
         <v>45140.0</v>
       </c>
       <c r="L440" s="2">
         <v>46236.0</v>
       </c>
       <c r="M440">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N440">
         <v>100.0</v>
       </c>
       <c r="O440" t="s">
         <v>28</v>
       </c>
       <c r="P440">
-        <v>2.3975</v>
+        <v>3.4098</v>
       </c>
     </row>
     <row r="441" spans="1:24">
       <c r="A441" s="2">
-        <v>45362.363287037</v>
+        <v>45455.356041667</v>
       </c>
       <c r="B441" t="s">
         <v>24</v>
       </c>
       <c r="C441" t="s">
         <v>29</v>
       </c>
       <c r="D441" t="s">
         <v>26</v>
       </c>
       <c r="E441" t="s">
         <v>27</v>
       </c>
       <c r="I441" t="s">
         <v>28</v>
       </c>
       <c r="J441">
         <v>3.9</v>
       </c>
       <c r="K441" s="2">
         <v>45140.0</v>
       </c>
       <c r="L441" s="2">
         <v>46236.0</v>
       </c>
       <c r="M441">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N441">
         <v>100.0</v>
       </c>
       <c r="O441" t="s">
         <v>28</v>
       </c>
       <c r="P441">
-        <v>2.3869</v>
+        <v>3.3779</v>
       </c>
     </row>
     <row r="442" spans="1:24">
       <c r="A442" s="2">
-        <v>45359.355590278</v>
+        <v>45454.355300926</v>
       </c>
       <c r="B442" t="s">
         <v>24</v>
       </c>
       <c r="C442" t="s">
         <v>29</v>
       </c>
       <c r="D442" t="s">
         <v>26</v>
       </c>
       <c r="E442" t="s">
         <v>27</v>
       </c>
       <c r="I442" t="s">
         <v>28</v>
       </c>
       <c r="J442">
         <v>3.9</v>
       </c>
       <c r="K442" s="2">
         <v>45140.0</v>
       </c>
       <c r="L442" s="2">
         <v>46236.0</v>
       </c>
       <c r="M442">
-        <v>4950000</v>
+        <v>7050000</v>
       </c>
       <c r="N442">
         <v>100.0</v>
       </c>
       <c r="O442" t="s">
         <v>28</v>
       </c>
       <c r="P442">
-        <v>2.3762</v>
+        <v>3.3672</v>
       </c>
     </row>
     <row r="443" spans="1:24">
       <c r="A443" s="2">
-        <v>45358.362847222</v>
+        <v>45453.35556713</v>
       </c>
       <c r="B443" t="s">
         <v>24</v>
       </c>
       <c r="C443" t="s">
         <v>29</v>
       </c>
       <c r="D443" t="s">
         <v>26</v>
       </c>
       <c r="E443" t="s">
         <v>27</v>
       </c>
       <c r="I443" t="s">
         <v>28</v>
       </c>
       <c r="J443">
         <v>3.9</v>
       </c>
       <c r="K443" s="2">
         <v>45140.0</v>
       </c>
       <c r="L443" s="2">
         <v>46236.0</v>
       </c>
       <c r="M443">
-        <v>4950000</v>
+        <v>6450000</v>
       </c>
       <c r="N443">
         <v>100.0</v>
       </c>
       <c r="O443" t="s">
         <v>28</v>
       </c>
       <c r="P443">
-        <v>2.3656</v>
+        <v>3.3566</v>
       </c>
     </row>
     <row r="444" spans="1:24">
       <c r="A444" s="2">
-        <v>45357.362060185</v>
+        <v>45450.355405093</v>
       </c>
       <c r="B444" t="s">
         <v>24</v>
       </c>
       <c r="C444" t="s">
         <v>29</v>
       </c>
       <c r="D444" t="s">
         <v>26</v>
       </c>
       <c r="E444" t="s">
         <v>27</v>
       </c>
       <c r="I444" t="s">
         <v>28</v>
       </c>
       <c r="J444">
         <v>3.9</v>
       </c>
       <c r="K444" s="2">
         <v>45140.0</v>
       </c>
       <c r="L444" s="2">
         <v>46236.0</v>
       </c>
       <c r="M444">
-        <v>4950000</v>
+        <v>6450000</v>
       </c>
       <c r="N444">
         <v>100.0</v>
       </c>
       <c r="O444" t="s">
         <v>28</v>
       </c>
       <c r="P444">
-        <v>2.3336</v>
+        <v>3.3459</v>
       </c>
     </row>
     <row r="445" spans="1:24">
       <c r="A445" s="2">
-        <v>45356.35568287</v>
+        <v>45449.355439815</v>
       </c>
       <c r="B445" t="s">
         <v>24</v>
       </c>
       <c r="C445" t="s">
         <v>29</v>
       </c>
       <c r="D445" t="s">
         <v>26</v>
       </c>
       <c r="E445" t="s">
         <v>27</v>
       </c>
       <c r="I445" t="s">
         <v>28</v>
       </c>
       <c r="J445">
         <v>3.9</v>
       </c>
       <c r="K445" s="2">
         <v>45140.0</v>
       </c>
       <c r="L445" s="2">
         <v>46236.0</v>
       </c>
       <c r="M445">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N445">
         <v>100.0</v>
       </c>
       <c r="O445" t="s">
         <v>28</v>
       </c>
       <c r="P445">
-        <v>2.323</v>
+        <v>3.3352</v>
       </c>
     </row>
     <row r="446" spans="1:24">
       <c r="A446" s="2">
-        <v>45355.355648148</v>
+        <v>45448.355451389</v>
       </c>
       <c r="B446" t="s">
         <v>24</v>
       </c>
       <c r="C446" t="s">
         <v>29</v>
       </c>
       <c r="D446" t="s">
         <v>26</v>
       </c>
       <c r="E446" t="s">
         <v>27</v>
       </c>
       <c r="I446" t="s">
         <v>28</v>
       </c>
       <c r="J446">
         <v>3.9</v>
       </c>
       <c r="K446" s="2">
         <v>45140.0</v>
       </c>
       <c r="L446" s="2">
         <v>46236.0</v>
       </c>
       <c r="M446">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N446">
         <v>100.0</v>
       </c>
       <c r="O446" t="s">
         <v>28</v>
       </c>
       <c r="P446">
-        <v>2.3123</v>
+        <v>3.3033</v>
       </c>
     </row>
     <row r="447" spans="1:24">
       <c r="A447" s="2">
-        <v>45352.355636574</v>
+        <v>45447.356030093</v>
       </c>
       <c r="B447" t="s">
         <v>24</v>
       </c>
       <c r="C447" t="s">
         <v>29</v>
       </c>
       <c r="D447" t="s">
         <v>26</v>
       </c>
       <c r="E447" t="s">
         <v>27</v>
       </c>
       <c r="I447" t="s">
         <v>28</v>
       </c>
       <c r="J447">
         <v>3.9</v>
       </c>
       <c r="K447" s="2">
         <v>45140.0</v>
       </c>
       <c r="L447" s="2">
         <v>46236.0</v>
       </c>
       <c r="M447">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N447">
         <v>100.0</v>
       </c>
       <c r="O447" t="s">
         <v>28</v>
       </c>
       <c r="P447">
-        <v>2.3016</v>
+        <v>3.2926</v>
       </c>
     </row>
     <row r="448" spans="1:24">
       <c r="A448" s="2">
-        <v>45351.355636574</v>
+        <v>45446.3590625</v>
       </c>
       <c r="B448" t="s">
         <v>24</v>
       </c>
       <c r="C448" t="s">
         <v>29</v>
       </c>
       <c r="D448" t="s">
         <v>26</v>
       </c>
       <c r="E448" t="s">
         <v>27</v>
       </c>
       <c r="I448" t="s">
         <v>28</v>
       </c>
       <c r="J448">
         <v>3.9</v>
       </c>
       <c r="K448" s="2">
         <v>45140.0</v>
       </c>
       <c r="L448" s="2">
         <v>46236.0</v>
       </c>
       <c r="M448">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N448">
         <v>100.0</v>
       </c>
       <c r="O448" t="s">
         <v>28</v>
       </c>
       <c r="P448">
-        <v>2.291</v>
+        <v>3.282</v>
       </c>
     </row>
     <row r="449" spans="1:24">
       <c r="A449" s="2">
-        <v>45350.355636574</v>
+        <v>45443.35537037</v>
       </c>
       <c r="B449" t="s">
         <v>24</v>
       </c>
       <c r="C449" t="s">
         <v>29</v>
       </c>
       <c r="D449" t="s">
         <v>26</v>
       </c>
       <c r="E449" t="s">
         <v>27</v>
       </c>
       <c r="I449" t="s">
         <v>28</v>
       </c>
       <c r="J449">
         <v>3.9</v>
       </c>
       <c r="K449" s="2">
         <v>45140.0</v>
       </c>
       <c r="L449" s="2">
         <v>46236.0</v>
       </c>
       <c r="M449">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N449">
         <v>100.0</v>
       </c>
       <c r="O449" t="s">
         <v>28</v>
       </c>
       <c r="P449">
-        <v>2.259</v>
+        <v>3.2713</v>
       </c>
     </row>
     <row r="450" spans="1:24">
       <c r="A450" s="2">
-        <v>45349.355625</v>
+        <v>45442.362361111</v>
       </c>
       <c r="B450" t="s">
         <v>24</v>
       </c>
       <c r="C450" t="s">
         <v>29</v>
       </c>
       <c r="D450" t="s">
         <v>26</v>
       </c>
       <c r="E450" t="s">
         <v>27</v>
       </c>
       <c r="I450" t="s">
         <v>28</v>
       </c>
       <c r="J450">
         <v>3.9</v>
       </c>
       <c r="K450" s="2">
         <v>45140.0</v>
       </c>
       <c r="L450" s="2">
         <v>46236.0</v>
       </c>
       <c r="M450">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N450">
         <v>100.0</v>
       </c>
       <c r="O450" t="s">
         <v>28</v>
       </c>
       <c r="P450">
-        <v>2.2484</v>
+        <v>3.2607</v>
       </c>
     </row>
     <row r="451" spans="1:24">
       <c r="A451" s="2">
-        <v>45348.355752315</v>
+        <v>45441.355474537</v>
       </c>
       <c r="B451" t="s">
         <v>24</v>
       </c>
       <c r="C451" t="s">
         <v>29</v>
       </c>
       <c r="D451" t="s">
         <v>26</v>
       </c>
       <c r="E451" t="s">
         <v>27</v>
       </c>
       <c r="I451" t="s">
         <v>28</v>
       </c>
       <c r="J451">
         <v>3.9</v>
       </c>
       <c r="K451" s="2">
         <v>45140.0</v>
       </c>
       <c r="L451" s="2">
         <v>46236.0</v>
       </c>
       <c r="M451">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N451">
         <v>100.0</v>
       </c>
       <c r="O451" t="s">
         <v>28</v>
       </c>
       <c r="P451">
-        <v>2.2377</v>
+        <v>3.2287</v>
       </c>
     </row>
     <row r="452" spans="1:24">
       <c r="A452" s="2">
-        <v>45345.359351852</v>
+        <v>45440.355590278</v>
       </c>
       <c r="B452" t="s">
         <v>24</v>
       </c>
       <c r="C452" t="s">
         <v>29</v>
       </c>
       <c r="D452" t="s">
         <v>26</v>
       </c>
       <c r="E452" t="s">
         <v>27</v>
       </c>
       <c r="I452" t="s">
         <v>28</v>
       </c>
       <c r="J452">
         <v>3.9</v>
       </c>
       <c r="K452" s="2">
         <v>45140.0</v>
       </c>
       <c r="L452" s="2">
         <v>46236.0</v>
       </c>
       <c r="M452">
-        <v>4400000</v>
+        <v>6450000</v>
       </c>
       <c r="N452">
         <v>100.0</v>
       </c>
       <c r="O452" t="s">
         <v>28</v>
       </c>
       <c r="P452">
-        <v>2.227</v>
+        <v>3.218</v>
       </c>
     </row>
     <row r="453" spans="1:24">
       <c r="A453" s="2">
-        <v>45344.355601852</v>
+        <v>45439.355520833</v>
       </c>
       <c r="B453" t="s">
         <v>24</v>
       </c>
       <c r="C453" t="s">
         <v>29</v>
       </c>
       <c r="D453" t="s">
         <v>26</v>
       </c>
       <c r="E453" t="s">
         <v>27</v>
       </c>
       <c r="I453" t="s">
         <v>28</v>
       </c>
       <c r="J453">
         <v>3.9</v>
       </c>
       <c r="K453" s="2">
         <v>45140.0</v>
       </c>
       <c r="L453" s="2">
         <v>46236.0</v>
       </c>
       <c r="M453">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N453">
         <v>100.0</v>
       </c>
       <c r="O453" t="s">
         <v>28</v>
       </c>
       <c r="P453">
-        <v>2.2164</v>
+        <v>3.2074</v>
       </c>
     </row>
     <row r="454" spans="1:24">
       <c r="A454" s="2">
-        <v>45343.359074074</v>
+        <v>45436.36150463</v>
       </c>
       <c r="B454" t="s">
         <v>24</v>
       </c>
       <c r="C454" t="s">
         <v>29</v>
       </c>
       <c r="D454" t="s">
         <v>26</v>
       </c>
       <c r="E454" t="s">
         <v>27</v>
       </c>
       <c r="I454" t="s">
         <v>28</v>
       </c>
       <c r="J454">
         <v>3.9</v>
       </c>
       <c r="K454" s="2">
         <v>45140.0</v>
       </c>
       <c r="L454" s="2">
         <v>46236.0</v>
       </c>
       <c r="M454">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N454">
         <v>100.0</v>
       </c>
       <c r="O454" t="s">
         <v>28</v>
       </c>
       <c r="P454">
-        <v>2.1844</v>
+        <v>3.1967</v>
       </c>
     </row>
     <row r="455" spans="1:24">
       <c r="A455" s="2">
-        <v>45342.35556713</v>
+        <v>45435.355636574</v>
       </c>
       <c r="B455" t="s">
         <v>24</v>
       </c>
       <c r="C455" t="s">
         <v>29</v>
       </c>
       <c r="D455" t="s">
         <v>26</v>
       </c>
       <c r="E455" t="s">
         <v>27</v>
       </c>
       <c r="I455" t="s">
         <v>28</v>
       </c>
       <c r="J455">
         <v>3.9</v>
       </c>
       <c r="K455" s="2">
         <v>45140.0</v>
       </c>
       <c r="L455" s="2">
         <v>46236.0</v>
       </c>
       <c r="M455">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N455">
         <v>100.0</v>
       </c>
       <c r="O455" t="s">
         <v>28</v>
       </c>
       <c r="P455">
-        <v>2.1738</v>
+        <v>3.1861</v>
       </c>
     </row>
     <row r="456" spans="1:24">
       <c r="A456" s="2">
-        <v>45341.355625</v>
+        <v>45434.356134259</v>
       </c>
       <c r="B456" t="s">
         <v>24</v>
       </c>
       <c r="C456" t="s">
         <v>29</v>
       </c>
       <c r="D456" t="s">
         <v>26</v>
       </c>
       <c r="E456" t="s">
         <v>27</v>
       </c>
       <c r="I456" t="s">
         <v>28</v>
       </c>
       <c r="J456">
         <v>3.9</v>
       </c>
       <c r="K456" s="2">
         <v>45140.0</v>
       </c>
       <c r="L456" s="2">
         <v>46236.0</v>
       </c>
       <c r="M456">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N456">
         <v>100.0</v>
       </c>
       <c r="O456" t="s">
         <v>28</v>
       </c>
       <c r="P456">
-        <v>2.1631</v>
+        <v>3.1541</v>
       </c>
     </row>
     <row r="457" spans="1:24">
       <c r="A457" s="2">
-        <v>45338.355543981</v>
+        <v>45433.356296296</v>
       </c>
       <c r="B457" t="s">
         <v>24</v>
       </c>
       <c r="C457" t="s">
         <v>29</v>
       </c>
       <c r="D457" t="s">
         <v>26</v>
       </c>
       <c r="E457" t="s">
         <v>27</v>
       </c>
       <c r="I457" t="s">
         <v>28</v>
       </c>
       <c r="J457">
         <v>3.9</v>
       </c>
       <c r="K457" s="2">
         <v>45140.0</v>
       </c>
       <c r="L457" s="2">
         <v>46236.0</v>
       </c>
       <c r="M457">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N457">
         <v>100.0</v>
       </c>
       <c r="O457" t="s">
         <v>28</v>
       </c>
       <c r="P457">
-        <v>2.1525</v>
+        <v>3.1434</v>
       </c>
     </row>
     <row r="458" spans="1:24">
       <c r="A458" s="2">
-        <v>45337.355636574</v>
+        <v>45432.356678241</v>
       </c>
       <c r="B458" t="s">
         <v>24</v>
       </c>
       <c r="C458" t="s">
         <v>29</v>
       </c>
       <c r="D458" t="s">
         <v>26</v>
       </c>
       <c r="E458" t="s">
         <v>27</v>
       </c>
       <c r="I458" t="s">
         <v>28</v>
       </c>
       <c r="J458">
         <v>3.9</v>
       </c>
       <c r="K458" s="2">
         <v>45140.0</v>
       </c>
       <c r="L458" s="2">
         <v>46236.0</v>
       </c>
       <c r="M458">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N458">
         <v>100.0</v>
       </c>
       <c r="O458" t="s">
         <v>28</v>
       </c>
       <c r="P458">
-        <v>2.1418</v>
+        <v>3.1328</v>
       </c>
     </row>
     <row r="459" spans="1:24">
       <c r="A459" s="2">
-        <v>45336.355648148</v>
+        <v>45429.356574074</v>
       </c>
       <c r="B459" t="s">
         <v>24</v>
       </c>
       <c r="C459" t="s">
         <v>29</v>
       </c>
       <c r="D459" t="s">
         <v>26</v>
       </c>
       <c r="E459" t="s">
         <v>27</v>
       </c>
       <c r="I459" t="s">
         <v>28</v>
       </c>
       <c r="J459">
         <v>3.9</v>
       </c>
       <c r="K459" s="2">
         <v>45140.0</v>
       </c>
       <c r="L459" s="2">
         <v>46236.0</v>
       </c>
       <c r="M459">
-        <v>4400000</v>
+        <v>5950000</v>
       </c>
       <c r="N459">
         <v>100.0</v>
       </c>
       <c r="O459" t="s">
         <v>28</v>
       </c>
       <c r="P459">
-        <v>2.1098</v>
+        <v>3.1221</v>
       </c>
     </row>
     <row r="460" spans="1:24">
       <c r="A460" s="2">
-        <v>45335.355625</v>
+        <v>45428.35974537</v>
       </c>
       <c r="B460" t="s">
         <v>24</v>
       </c>
       <c r="C460" t="s">
         <v>29</v>
       </c>
       <c r="D460" t="s">
         <v>26</v>
       </c>
       <c r="E460" t="s">
         <v>27</v>
       </c>
       <c r="I460" t="s">
         <v>28</v>
       </c>
       <c r="J460">
         <v>3.9</v>
       </c>
       <c r="K460" s="2">
         <v>45140.0</v>
       </c>
       <c r="L460" s="2">
         <v>46236.0</v>
       </c>
       <c r="M460">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N460">
         <v>100.0</v>
       </c>
       <c r="O460" t="s">
         <v>28</v>
       </c>
       <c r="P460">
-        <v>2.0992</v>
+        <v>3.1115</v>
       </c>
     </row>
     <row r="461" spans="1:24">
       <c r="A461" s="2">
-        <v>45334.355601852</v>
+        <v>45427.373113426</v>
       </c>
       <c r="B461" t="s">
         <v>24</v>
       </c>
       <c r="C461" t="s">
         <v>29</v>
       </c>
       <c r="D461" t="s">
         <v>26</v>
       </c>
       <c r="E461" t="s">
         <v>27</v>
       </c>
       <c r="I461" t="s">
         <v>28</v>
       </c>
       <c r="J461">
         <v>3.9</v>
       </c>
       <c r="K461" s="2">
         <v>45140.0</v>
       </c>
       <c r="L461" s="2">
         <v>46236.0</v>
       </c>
       <c r="M461">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N461">
         <v>100.0</v>
       </c>
       <c r="O461" t="s">
         <v>28</v>
       </c>
       <c r="P461">
-        <v>2.0885</v>
+        <v>3.0795</v>
       </c>
     </row>
     <row r="462" spans="1:24">
       <c r="A462" s="2">
-        <v>45331.355740741</v>
+        <v>45426.368449074</v>
       </c>
       <c r="B462" t="s">
         <v>24</v>
       </c>
       <c r="C462" t="s">
         <v>29</v>
       </c>
       <c r="D462" t="s">
         <v>26</v>
       </c>
       <c r="E462" t="s">
         <v>27</v>
       </c>
       <c r="I462" t="s">
         <v>28</v>
       </c>
       <c r="J462">
         <v>3.9</v>
       </c>
       <c r="K462" s="2">
         <v>45140.0</v>
       </c>
       <c r="L462" s="2">
         <v>46236.0</v>
       </c>
       <c r="M462">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N462">
         <v>100.0</v>
       </c>
       <c r="O462" t="s">
         <v>28</v>
       </c>
       <c r="P462">
-        <v>2.0779</v>
+        <v>3.0689</v>
       </c>
     </row>
     <row r="463" spans="1:24">
       <c r="A463" s="2">
-        <v>45330.355740741</v>
+        <v>45425.355590278</v>
       </c>
       <c r="B463" t="s">
         <v>24</v>
       </c>
       <c r="C463" t="s">
         <v>29</v>
       </c>
       <c r="D463" t="s">
         <v>26</v>
       </c>
       <c r="E463" t="s">
         <v>27</v>
       </c>
       <c r="I463" t="s">
         <v>28</v>
       </c>
       <c r="J463">
         <v>3.9</v>
       </c>
       <c r="K463" s="2">
         <v>45140.0</v>
       </c>
       <c r="L463" s="2">
         <v>46236.0</v>
       </c>
       <c r="M463">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N463">
         <v>100.0</v>
       </c>
       <c r="O463" t="s">
         <v>28</v>
       </c>
       <c r="P463">
-        <v>2.0672</v>
+        <v>3.0582</v>
       </c>
     </row>
     <row r="464" spans="1:24">
       <c r="A464" s="2">
-        <v>45329.355613426</v>
+        <v>45422.355532407</v>
       </c>
       <c r="B464" t="s">
         <v>24</v>
       </c>
       <c r="C464" t="s">
         <v>29</v>
       </c>
       <c r="D464" t="s">
         <v>26</v>
       </c>
       <c r="E464" t="s">
         <v>27</v>
       </c>
       <c r="I464" t="s">
         <v>28</v>
       </c>
       <c r="J464">
         <v>3.9</v>
       </c>
       <c r="K464" s="2">
         <v>45140.0</v>
       </c>
       <c r="L464" s="2">
         <v>46236.0</v>
       </c>
       <c r="M464">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N464">
         <v>100.0</v>
       </c>
       <c r="O464" t="s">
         <v>28</v>
       </c>
       <c r="P464">
-        <v>2.0352</v>
+        <v>3.0475</v>
       </c>
     </row>
     <row r="465" spans="1:24">
       <c r="A465" s="2">
-        <v>45328.35568287</v>
+        <v>45420.355555556</v>
       </c>
       <c r="B465" t="s">
         <v>24</v>
       </c>
       <c r="C465" t="s">
         <v>29</v>
       </c>
       <c r="D465" t="s">
         <v>26</v>
       </c>
       <c r="E465" t="s">
         <v>27</v>
       </c>
       <c r="I465" t="s">
         <v>28</v>
       </c>
       <c r="J465">
         <v>3.9</v>
       </c>
       <c r="K465" s="2">
         <v>45140.0</v>
       </c>
       <c r="L465" s="2">
         <v>46236.0</v>
       </c>
       <c r="M465">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N465">
         <v>100.0</v>
       </c>
       <c r="O465" t="s">
         <v>28</v>
       </c>
       <c r="P465">
-        <v>2.0246</v>
+        <v>3.0049</v>
       </c>
     </row>
     <row r="466" spans="1:24">
       <c r="A466" s="2">
-        <v>45327.355659722</v>
+        <v>45419.3571875</v>
       </c>
       <c r="B466" t="s">
         <v>24</v>
       </c>
       <c r="C466" t="s">
         <v>29</v>
       </c>
       <c r="D466" t="s">
         <v>26</v>
       </c>
       <c r="E466" t="s">
         <v>27</v>
       </c>
       <c r="I466" t="s">
         <v>28</v>
       </c>
       <c r="J466">
         <v>3.9</v>
       </c>
       <c r="K466" s="2">
         <v>45140.0</v>
       </c>
       <c r="L466" s="2">
         <v>46236.0</v>
       </c>
       <c r="M466">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N466">
         <v>100.0</v>
       </c>
       <c r="O466" t="s">
         <v>28</v>
       </c>
       <c r="P466">
-        <v>2.0139</v>
+        <v>2.9943</v>
       </c>
     </row>
     <row r="467" spans="1:24">
       <c r="A467" s="2">
-        <v>45324.359236111</v>
+        <v>45418.355613426</v>
       </c>
       <c r="B467" t="s">
         <v>24</v>
       </c>
       <c r="C467" t="s">
         <v>29</v>
       </c>
       <c r="D467" t="s">
         <v>26</v>
       </c>
       <c r="E467" t="s">
         <v>27</v>
       </c>
       <c r="I467" t="s">
         <v>28</v>
       </c>
       <c r="J467">
         <v>3.9</v>
       </c>
       <c r="K467" s="2">
         <v>45140.0</v>
       </c>
       <c r="L467" s="2">
         <v>46236.0</v>
       </c>
       <c r="M467">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N467">
         <v>100.0</v>
       </c>
       <c r="O467" t="s">
         <v>28</v>
       </c>
       <c r="P467">
-        <v>2.0033</v>
+        <v>2.9836</v>
       </c>
     </row>
     <row r="468" spans="1:24">
       <c r="A468" s="2">
-        <v>45323.355625</v>
+        <v>45415.355601852</v>
       </c>
       <c r="B468" t="s">
         <v>24</v>
       </c>
       <c r="C468" t="s">
         <v>29</v>
       </c>
       <c r="D468" t="s">
         <v>26</v>
       </c>
       <c r="E468" t="s">
         <v>27</v>
       </c>
       <c r="I468" t="s">
         <v>28</v>
       </c>
       <c r="J468">
         <v>3.9</v>
       </c>
       <c r="K468" s="2">
         <v>45140.0</v>
       </c>
       <c r="L468" s="2">
         <v>46236.0</v>
       </c>
       <c r="M468">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N468">
         <v>100.0</v>
       </c>
       <c r="O468" t="s">
         <v>28</v>
       </c>
       <c r="P468">
-        <v>1.9926</v>
+        <v>2.973</v>
       </c>
     </row>
     <row r="469" spans="1:24">
       <c r="A469" s="2">
-        <v>45322.355648148</v>
+        <v>45414.355636574</v>
       </c>
       <c r="B469" t="s">
         <v>24</v>
       </c>
       <c r="C469" t="s">
         <v>29</v>
       </c>
       <c r="D469" t="s">
         <v>26</v>
       </c>
       <c r="E469" t="s">
         <v>27</v>
       </c>
       <c r="I469" t="s">
         <v>28</v>
       </c>
       <c r="J469">
         <v>3.9</v>
       </c>
       <c r="K469" s="2">
         <v>45140.0</v>
       </c>
       <c r="L469" s="2">
         <v>46236.0</v>
       </c>
       <c r="M469">
-        <v>3900000</v>
+        <v>5950000</v>
       </c>
       <c r="N469">
         <v>100.0</v>
       </c>
       <c r="O469" t="s">
         <v>28</v>
       </c>
       <c r="P469">
-        <v>1.9607</v>
+        <v>2.9623</v>
       </c>
     </row>
     <row r="470" spans="1:24">
       <c r="A470" s="2">
-        <v>45321.355694444</v>
+        <v>45412.355601852</v>
       </c>
       <c r="B470" t="s">
         <v>24</v>
       </c>
       <c r="C470" t="s">
         <v>29</v>
       </c>
       <c r="D470" t="s">
         <v>26</v>
       </c>
       <c r="E470" t="s">
         <v>27</v>
       </c>
       <c r="I470" t="s">
         <v>28</v>
       </c>
       <c r="J470">
         <v>3.9</v>
       </c>
       <c r="K470" s="2">
         <v>45140.0</v>
       </c>
       <c r="L470" s="2">
         <v>46236.0</v>
       </c>
       <c r="M470">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N470">
         <v>100.0</v>
       </c>
       <c r="O470" t="s">
         <v>28</v>
       </c>
       <c r="P470">
-        <v>1.95</v>
+        <v>2.9303</v>
       </c>
     </row>
     <row r="471" spans="1:24">
       <c r="A471" s="2">
-        <v>45320.355706019</v>
+        <v>45411.356782407</v>
       </c>
       <c r="B471" t="s">
         <v>24</v>
       </c>
       <c r="C471" t="s">
         <v>29</v>
       </c>
       <c r="D471" t="s">
         <v>26</v>
       </c>
       <c r="E471" t="s">
         <v>27</v>
       </c>
       <c r="I471" t="s">
         <v>28</v>
       </c>
       <c r="J471">
         <v>3.9</v>
       </c>
       <c r="K471" s="2">
         <v>45140.0</v>
       </c>
       <c r="L471" s="2">
         <v>46236.0</v>
       </c>
       <c r="M471">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N471">
         <v>100.0</v>
       </c>
       <c r="O471" t="s">
         <v>28</v>
       </c>
       <c r="P471">
-        <v>1.9393</v>
+        <v>2.9197</v>
       </c>
     </row>
     <row r="472" spans="1:24">
       <c r="A472" s="2">
-        <v>45317.355648148</v>
+        <v>45408.35568287</v>
       </c>
       <c r="B472" t="s">
         <v>24</v>
       </c>
       <c r="C472" t="s">
         <v>29</v>
       </c>
       <c r="D472" t="s">
         <v>26</v>
       </c>
       <c r="E472" t="s">
         <v>27</v>
       </c>
       <c r="I472" t="s">
         <v>28</v>
       </c>
       <c r="J472">
         <v>3.9</v>
       </c>
       <c r="K472" s="2">
         <v>45140.0</v>
       </c>
       <c r="L472" s="2">
         <v>46236.0</v>
       </c>
       <c r="M472">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N472">
         <v>100.0</v>
       </c>
       <c r="O472" t="s">
         <v>28</v>
       </c>
       <c r="P472">
-        <v>1.9287</v>
+        <v>2.8984</v>
       </c>
     </row>
     <row r="473" spans="1:24">
       <c r="A473" s="2">
-        <v>45316.355636574</v>
+        <v>45407.365127315</v>
       </c>
       <c r="B473" t="s">
         <v>24</v>
       </c>
       <c r="C473" t="s">
         <v>29</v>
       </c>
       <c r="D473" t="s">
         <v>26</v>
       </c>
       <c r="E473" t="s">
         <v>27</v>
       </c>
       <c r="I473" t="s">
         <v>28</v>
       </c>
       <c r="J473">
         <v>3.9</v>
       </c>
       <c r="K473" s="2">
         <v>45140.0</v>
       </c>
       <c r="L473" s="2">
         <v>46236.0</v>
       </c>
       <c r="M473">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N473">
         <v>100.0</v>
       </c>
       <c r="O473" t="s">
         <v>28</v>
       </c>
       <c r="P473">
-        <v>1.918</v>
+        <v>2.8877</v>
       </c>
     </row>
     <row r="474" spans="1:24">
       <c r="A474" s="2">
-        <v>45315.355590278</v>
+        <v>45406.355671296</v>
       </c>
       <c r="B474" t="s">
         <v>24</v>
       </c>
       <c r="C474" t="s">
         <v>29</v>
       </c>
       <c r="D474" t="s">
         <v>26</v>
       </c>
       <c r="E474" t="s">
         <v>27</v>
       </c>
       <c r="I474" t="s">
         <v>28</v>
       </c>
       <c r="J474">
         <v>3.9</v>
       </c>
       <c r="K474" s="2">
         <v>45140.0</v>
       </c>
       <c r="L474" s="2">
         <v>46236.0</v>
       </c>
       <c r="M474">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N474">
         <v>100.0</v>
       </c>
       <c r="O474" t="s">
         <v>28</v>
       </c>
       <c r="P474">
-        <v>1.8861</v>
+        <v>2.8557</v>
       </c>
     </row>
     <row r="475" spans="1:24">
       <c r="A475" s="2">
-        <v>45314.355625</v>
+        <v>45405.356956019</v>
       </c>
       <c r="B475" t="s">
         <v>24</v>
       </c>
       <c r="C475" t="s">
         <v>29</v>
       </c>
       <c r="D475" t="s">
         <v>26</v>
       </c>
       <c r="E475" t="s">
         <v>27</v>
       </c>
       <c r="I475" t="s">
         <v>28</v>
       </c>
       <c r="J475">
         <v>3.9</v>
       </c>
       <c r="K475" s="2">
         <v>45140.0</v>
       </c>
       <c r="L475" s="2">
         <v>46236.0</v>
       </c>
       <c r="M475">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N475">
         <v>100.0</v>
       </c>
       <c r="O475" t="s">
         <v>28</v>
       </c>
       <c r="P475">
-        <v>1.8754</v>
+        <v>2.8451</v>
       </c>
     </row>
     <row r="476" spans="1:24">
       <c r="A476" s="2">
-        <v>45313.355636574</v>
+        <v>45404.355694444</v>
       </c>
       <c r="B476" t="s">
         <v>24</v>
       </c>
       <c r="C476" t="s">
         <v>29</v>
       </c>
       <c r="D476" t="s">
         <v>26</v>
       </c>
       <c r="E476" t="s">
         <v>27</v>
       </c>
       <c r="I476" t="s">
         <v>28</v>
       </c>
       <c r="J476">
         <v>3.9</v>
       </c>
       <c r="K476" s="2">
         <v>45140.0</v>
       </c>
       <c r="L476" s="2">
         <v>46236.0</v>
       </c>
       <c r="M476">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N476">
         <v>100.0</v>
       </c>
       <c r="O476" t="s">
         <v>28</v>
       </c>
       <c r="P476">
-        <v>1.8648</v>
+        <v>2.8344</v>
       </c>
     </row>
     <row r="477" spans="1:24">
       <c r="A477" s="2">
-        <v>45310.359837963</v>
+        <v>45401.355706019</v>
       </c>
       <c r="B477" t="s">
         <v>24</v>
       </c>
       <c r="C477" t="s">
         <v>29</v>
       </c>
       <c r="D477" t="s">
         <v>26</v>
       </c>
       <c r="E477" t="s">
         <v>27</v>
       </c>
       <c r="I477" t="s">
         <v>28</v>
       </c>
       <c r="J477">
         <v>3.9</v>
       </c>
       <c r="K477" s="2">
         <v>45140.0</v>
       </c>
       <c r="L477" s="2">
         <v>46236.0</v>
       </c>
       <c r="M477">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N477">
         <v>100.0</v>
       </c>
       <c r="O477" t="s">
         <v>28</v>
       </c>
       <c r="P477">
-        <v>1.8541</v>
+        <v>2.8238</v>
       </c>
     </row>
     <row r="478" spans="1:24">
       <c r="A478" s="2">
-        <v>45309.360833333</v>
+        <v>45400.356319444</v>
       </c>
       <c r="B478" t="s">
         <v>24</v>
       </c>
       <c r="C478" t="s">
         <v>29</v>
       </c>
       <c r="D478" t="s">
         <v>26</v>
       </c>
       <c r="E478" t="s">
         <v>27</v>
       </c>
       <c r="I478" t="s">
         <v>28</v>
       </c>
       <c r="J478">
         <v>3.9</v>
       </c>
       <c r="K478" s="2">
         <v>45140.0</v>
       </c>
       <c r="L478" s="2">
         <v>46236.0</v>
       </c>
       <c r="M478">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N478">
         <v>100.0</v>
       </c>
       <c r="O478" t="s">
         <v>28</v>
       </c>
       <c r="P478">
-        <v>1.8434</v>
+        <v>2.8131</v>
       </c>
     </row>
     <row r="479" spans="1:24">
       <c r="A479" s="2">
-        <v>45308.356134259</v>
+        <v>45399.356180556</v>
       </c>
       <c r="B479" t="s">
         <v>24</v>
       </c>
       <c r="C479" t="s">
         <v>29</v>
       </c>
       <c r="D479" t="s">
         <v>26</v>
       </c>
       <c r="E479" t="s">
         <v>27</v>
       </c>
       <c r="I479" t="s">
         <v>28</v>
       </c>
       <c r="J479">
         <v>3.9</v>
       </c>
       <c r="K479" s="2">
         <v>45140.0</v>
       </c>
       <c r="L479" s="2">
         <v>46236.0</v>
       </c>
       <c r="M479">
-        <v>3900000</v>
+        <v>5500000</v>
       </c>
       <c r="N479">
         <v>100.0</v>
       </c>
       <c r="O479" t="s">
         <v>28</v>
       </c>
       <c r="P479">
-        <v>1.8115</v>
+        <v>2.7811</v>
       </c>
     </row>
     <row r="480" spans="1:24">
       <c r="A480" s="2">
-        <v>45307.355717593</v>
+        <v>45398.356215278</v>
       </c>
       <c r="B480" t="s">
         <v>24</v>
       </c>
       <c r="C480" t="s">
         <v>29</v>
       </c>
       <c r="D480" t="s">
         <v>26</v>
       </c>
       <c r="E480" t="s">
         <v>27</v>
       </c>
       <c r="I480" t="s">
         <v>28</v>
       </c>
       <c r="J480">
         <v>3.9</v>
       </c>
       <c r="K480" s="2">
         <v>45140.0</v>
       </c>
       <c r="L480" s="2">
         <v>46236.0</v>
       </c>
       <c r="M480">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N480">
         <v>100.0</v>
       </c>
       <c r="O480" t="s">
         <v>28</v>
       </c>
       <c r="P480">
-        <v>1.8008</v>
+        <v>2.7705</v>
       </c>
     </row>
     <row r="481" spans="1:24">
       <c r="A481" s="2">
-        <v>45306.355659722</v>
+        <v>45397.356284722</v>
       </c>
       <c r="B481" t="s">
         <v>24</v>
       </c>
       <c r="C481" t="s">
         <v>29</v>
       </c>
       <c r="D481" t="s">
         <v>26</v>
       </c>
       <c r="E481" t="s">
         <v>27</v>
       </c>
       <c r="I481" t="s">
         <v>28</v>
       </c>
       <c r="J481">
         <v>3.9</v>
       </c>
       <c r="K481" s="2">
         <v>45140.0</v>
       </c>
       <c r="L481" s="2">
         <v>46236.0</v>
       </c>
       <c r="M481">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N481">
         <v>100.0</v>
       </c>
       <c r="O481" t="s">
         <v>28</v>
       </c>
       <c r="P481">
-        <v>1.7902</v>
+        <v>2.7598</v>
       </c>
     </row>
     <row r="482" spans="1:24">
       <c r="A482" s="2">
-        <v>45303.366076389</v>
+        <v>45394.361412037</v>
       </c>
       <c r="B482" t="s">
         <v>24</v>
       </c>
       <c r="C482" t="s">
         <v>29</v>
       </c>
       <c r="D482" t="s">
         <v>26</v>
       </c>
       <c r="E482" t="s">
         <v>27</v>
       </c>
       <c r="I482" t="s">
         <v>28</v>
       </c>
       <c r="J482">
         <v>3.9</v>
       </c>
       <c r="K482" s="2">
         <v>45140.0</v>
       </c>
       <c r="L482" s="2">
         <v>46236.0</v>
       </c>
       <c r="M482">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N482">
         <v>100.0</v>
       </c>
       <c r="O482" t="s">
         <v>28</v>
       </c>
       <c r="P482">
-        <v>1.7795</v>
+        <v>2.7492</v>
       </c>
     </row>
     <row r="483" spans="1:24">
       <c r="A483" s="2">
-        <v>45302.355659722</v>
+        <v>45393.355625</v>
       </c>
       <c r="B483" t="s">
         <v>24</v>
       </c>
       <c r="C483" t="s">
         <v>29</v>
       </c>
       <c r="D483" t="s">
         <v>26</v>
       </c>
       <c r="E483" t="s">
         <v>27</v>
       </c>
       <c r="I483" t="s">
         <v>28</v>
       </c>
       <c r="J483">
         <v>3.9</v>
       </c>
       <c r="K483" s="2">
         <v>45140.0</v>
       </c>
       <c r="L483" s="2">
         <v>46236.0</v>
       </c>
       <c r="M483">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N483">
         <v>100.0</v>
       </c>
       <c r="O483" t="s">
         <v>28</v>
       </c>
       <c r="P483">
-        <v>1.7689</v>
+        <v>2.7385</v>
       </c>
     </row>
     <row r="484" spans="1:24">
       <c r="A484" s="2">
-        <v>45301.355555556</v>
+        <v>45392.355555556</v>
       </c>
       <c r="B484" t="s">
         <v>24</v>
       </c>
       <c r="C484" t="s">
         <v>29</v>
       </c>
       <c r="D484" t="s">
         <v>26</v>
       </c>
       <c r="E484" t="s">
         <v>27</v>
       </c>
       <c r="I484" t="s">
         <v>28</v>
       </c>
       <c r="J484">
         <v>3.9</v>
       </c>
       <c r="K484" s="2">
         <v>45140.0</v>
       </c>
       <c r="L484" s="2">
         <v>46236.0</v>
       </c>
       <c r="M484">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N484">
         <v>100.0</v>
       </c>
       <c r="O484" t="s">
         <v>28</v>
       </c>
       <c r="P484">
-        <v>1.7369</v>
+        <v>2.7066</v>
       </c>
     </row>
     <row r="485" spans="1:24">
       <c r="A485" s="2">
-        <v>45300.355659722</v>
+        <v>45391.36025463</v>
       </c>
       <c r="B485" t="s">
         <v>24</v>
       </c>
       <c r="C485" t="s">
         <v>29</v>
       </c>
       <c r="D485" t="s">
         <v>26</v>
       </c>
       <c r="E485" t="s">
         <v>27</v>
       </c>
       <c r="I485" t="s">
         <v>28</v>
       </c>
       <c r="J485">
         <v>3.9</v>
       </c>
       <c r="K485" s="2">
         <v>45140.0</v>
       </c>
       <c r="L485" s="2">
         <v>46236.0</v>
       </c>
       <c r="M485">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N485">
         <v>100.0</v>
       </c>
       <c r="O485" t="s">
         <v>28</v>
       </c>
       <c r="P485">
-        <v>1.7262</v>
+        <v>2.6959</v>
       </c>
     </row>
     <row r="486" spans="1:24">
       <c r="A486" s="2">
-        <v>45299.356377315</v>
+        <v>45390.356238426</v>
       </c>
       <c r="B486" t="s">
         <v>24</v>
       </c>
       <c r="C486" t="s">
         <v>29</v>
       </c>
       <c r="D486" t="s">
         <v>26</v>
       </c>
       <c r="E486" t="s">
         <v>27</v>
       </c>
       <c r="I486" t="s">
         <v>28</v>
       </c>
       <c r="J486">
         <v>3.9</v>
       </c>
       <c r="K486" s="2">
         <v>45140.0</v>
       </c>
       <c r="L486" s="2">
         <v>46236.0</v>
       </c>
       <c r="M486">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N486">
         <v>100.0</v>
       </c>
       <c r="O486" t="s">
         <v>28</v>
       </c>
       <c r="P486">
-        <v>1.7156</v>
+        <v>2.6852</v>
       </c>
     </row>
     <row r="487" spans="1:24">
       <c r="A487" s="2">
-        <v>45296.35625</v>
+        <v>45387.355532407</v>
       </c>
       <c r="B487" t="s">
         <v>24</v>
       </c>
       <c r="C487" t="s">
         <v>29</v>
       </c>
       <c r="D487" t="s">
         <v>26</v>
       </c>
       <c r="E487" t="s">
         <v>27</v>
       </c>
       <c r="I487" t="s">
         <v>28</v>
       </c>
       <c r="J487">
         <v>3.9</v>
       </c>
       <c r="K487" s="2">
         <v>45140.0</v>
       </c>
       <c r="L487" s="2">
         <v>46236.0</v>
       </c>
       <c r="M487">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N487">
         <v>100.0</v>
       </c>
       <c r="O487" t="s">
         <v>28</v>
       </c>
       <c r="P487">
-        <v>1.7049</v>
+        <v>2.6746</v>
       </c>
     </row>
     <row r="488" spans="1:24">
       <c r="A488" s="2">
-        <v>45295.36525463</v>
+        <v>45386.359618056</v>
       </c>
       <c r="B488" t="s">
         <v>24</v>
       </c>
       <c r="C488" t="s">
         <v>29</v>
       </c>
       <c r="D488" t="s">
         <v>26</v>
       </c>
       <c r="E488" t="s">
         <v>27</v>
       </c>
       <c r="I488" t="s">
         <v>28</v>
       </c>
       <c r="J488">
         <v>3.9</v>
       </c>
       <c r="K488" s="2">
         <v>45140.0</v>
       </c>
       <c r="L488" s="2">
         <v>46236.0</v>
       </c>
       <c r="M488">
-        <v>3300000</v>
+        <v>5500000</v>
       </c>
       <c r="N488">
         <v>100.0</v>
       </c>
       <c r="O488" t="s">
         <v>28</v>
       </c>
       <c r="P488">
-        <v>1.6943</v>
+        <v>2.6639</v>
       </c>
     </row>
     <row r="489" spans="1:24">
       <c r="A489" s="2">
-        <v>45294.355659722</v>
+        <v>45385.355497685</v>
       </c>
       <c r="B489" t="s">
         <v>24</v>
       </c>
       <c r="C489" t="s">
         <v>29</v>
       </c>
       <c r="D489" t="s">
         <v>26</v>
       </c>
       <c r="E489" t="s">
         <v>27</v>
       </c>
       <c r="I489" t="s">
         <v>28</v>
       </c>
       <c r="J489">
         <v>3.9</v>
       </c>
       <c r="K489" s="2">
         <v>45140.0</v>
       </c>
       <c r="L489" s="2">
         <v>46236.0</v>
       </c>
       <c r="M489">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N489">
         <v>100.0</v>
       </c>
       <c r="O489" t="s">
         <v>28</v>
       </c>
       <c r="P489">
-        <v>1.6623</v>
+        <v>2.632</v>
       </c>
     </row>
     <row r="490" spans="1:24">
       <c r="A490" s="2">
-        <v>45293.356180556</v>
+        <v>45384.366238426</v>
       </c>
       <c r="B490" t="s">
         <v>24</v>
       </c>
       <c r="C490" t="s">
         <v>29</v>
       </c>
       <c r="D490" t="s">
         <v>26</v>
       </c>
       <c r="E490" t="s">
         <v>27</v>
       </c>
       <c r="I490" t="s">
         <v>28</v>
       </c>
       <c r="J490">
         <v>3.9</v>
       </c>
       <c r="K490" s="2">
         <v>45140.0</v>
       </c>
       <c r="L490" s="2">
         <v>46236.0</v>
       </c>
       <c r="M490">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N490">
         <v>100.0</v>
       </c>
       <c r="O490" t="s">
         <v>28</v>
       </c>
       <c r="P490">
-        <v>1.6516</v>
+        <v>2.6213</v>
       </c>
     </row>
     <row r="491" spans="1:24">
       <c r="A491" s="2">
-        <v>45289.400104167</v>
+        <v>45379.361898148</v>
       </c>
       <c r="B491" t="s">
         <v>24</v>
       </c>
       <c r="C491" t="s">
         <v>29</v>
       </c>
       <c r="D491" t="s">
         <v>26</v>
       </c>
       <c r="E491" t="s">
         <v>27</v>
       </c>
       <c r="I491" t="s">
         <v>28</v>
       </c>
       <c r="J491">
         <v>3.9</v>
       </c>
       <c r="K491" s="2">
         <v>45140.0</v>
       </c>
       <c r="L491" s="2">
         <v>46236.0</v>
       </c>
       <c r="M491">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N491">
         <v>100.0</v>
       </c>
       <c r="O491" t="s">
         <v>28</v>
       </c>
       <c r="P491">
-        <v>1.641</v>
+        <v>2.6107</v>
       </c>
     </row>
     <row r="492" spans="1:24">
       <c r="A492" s="2">
-        <v>45288.355694444</v>
+        <v>45378.356365741</v>
       </c>
       <c r="B492" t="s">
         <v>24</v>
       </c>
       <c r="C492" t="s">
         <v>29</v>
       </c>
       <c r="D492" t="s">
         <v>26</v>
       </c>
       <c r="E492" t="s">
         <v>27</v>
       </c>
       <c r="I492" t="s">
         <v>28</v>
       </c>
       <c r="J492">
         <v>3.9</v>
       </c>
       <c r="K492" s="2">
         <v>45140.0</v>
       </c>
       <c r="L492" s="2">
         <v>46236.0</v>
       </c>
       <c r="M492">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N492">
         <v>100.0</v>
       </c>
       <c r="O492" t="s">
         <v>28</v>
       </c>
       <c r="P492">
-        <v>1.6303</v>
+        <v>2.6</v>
       </c>
     </row>
     <row r="493" spans="1:24">
       <c r="A493" s="2">
-        <v>45287.356365741</v>
+        <v>45377.356331019</v>
       </c>
       <c r="B493" t="s">
         <v>24</v>
       </c>
       <c r="C493" t="s">
         <v>29</v>
       </c>
       <c r="D493" t="s">
         <v>26</v>
       </c>
       <c r="E493" t="s">
         <v>27</v>
       </c>
       <c r="I493" t="s">
         <v>28</v>
       </c>
       <c r="J493">
         <v>3.9</v>
       </c>
       <c r="K493" s="2">
         <v>45140.0</v>
       </c>
       <c r="L493" s="2">
         <v>46236.0</v>
       </c>
       <c r="M493">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N493">
         <v>100.0</v>
       </c>
       <c r="O493" t="s">
         <v>28</v>
       </c>
       <c r="P493">
-        <v>1.5877</v>
+        <v>2.5467</v>
       </c>
     </row>
     <row r="494" spans="1:24">
       <c r="A494" s="2">
-        <v>45282.357465278</v>
+        <v>45376.355625</v>
       </c>
       <c r="B494" t="s">
         <v>24</v>
       </c>
       <c r="C494" t="s">
         <v>29</v>
       </c>
       <c r="D494" t="s">
         <v>26</v>
       </c>
       <c r="E494" t="s">
         <v>27</v>
       </c>
       <c r="I494" t="s">
         <v>28</v>
       </c>
       <c r="J494">
         <v>3.9</v>
       </c>
       <c r="K494" s="2">
         <v>45140.0</v>
       </c>
       <c r="L494" s="2">
         <v>46236.0</v>
       </c>
       <c r="M494">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N494">
         <v>100.0</v>
       </c>
       <c r="O494" t="s">
         <v>28</v>
       </c>
       <c r="P494">
-        <v>1.577</v>
+        <v>2.5361</v>
       </c>
     </row>
     <row r="495" spans="1:24">
       <c r="A495" s="2">
-        <v>45281.356215278</v>
+        <v>45373.359976852</v>
       </c>
       <c r="B495" t="s">
         <v>24</v>
       </c>
       <c r="C495" t="s">
         <v>29</v>
       </c>
       <c r="D495" t="s">
         <v>26</v>
       </c>
       <c r="E495" t="s">
         <v>27</v>
       </c>
       <c r="I495" t="s">
         <v>28</v>
       </c>
       <c r="J495">
         <v>3.9</v>
       </c>
       <c r="K495" s="2">
         <v>45140.0</v>
       </c>
       <c r="L495" s="2">
         <v>46236.0</v>
       </c>
       <c r="M495">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N495">
         <v>100.0</v>
       </c>
       <c r="O495" t="s">
         <v>28</v>
       </c>
       <c r="P495">
-        <v>1.5664</v>
+        <v>2.5254</v>
       </c>
     </row>
     <row r="496" spans="1:24">
       <c r="A496" s="2">
-        <v>45280.460717593</v>
+        <v>45372.355601852</v>
       </c>
       <c r="B496" t="s">
         <v>24</v>
       </c>
       <c r="C496" t="s">
         <v>29</v>
       </c>
       <c r="D496" t="s">
         <v>26</v>
       </c>
       <c r="E496" t="s">
         <v>27</v>
       </c>
       <c r="I496" t="s">
         <v>28</v>
       </c>
       <c r="J496">
         <v>3.9</v>
       </c>
       <c r="K496" s="2">
         <v>45140.0</v>
       </c>
       <c r="L496" s="2">
         <v>46236.0</v>
       </c>
       <c r="M496">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N496">
         <v>100.0</v>
       </c>
       <c r="O496" t="s">
         <v>28</v>
       </c>
       <c r="P496">
-        <v>1.5131</v>
+        <v>2.5148</v>
       </c>
     </row>
     <row r="497" spans="1:24">
       <c r="A497" s="2">
-        <v>45279.35650463</v>
+        <v>45371.355659722</v>
       </c>
       <c r="B497" t="s">
         <v>24</v>
       </c>
       <c r="C497" t="s">
         <v>29</v>
       </c>
       <c r="D497" t="s">
         <v>26</v>
       </c>
       <c r="E497" t="s">
         <v>27</v>
       </c>
       <c r="I497" t="s">
         <v>28</v>
       </c>
       <c r="J497">
         <v>3.9</v>
       </c>
       <c r="K497" s="2">
         <v>45140.0</v>
       </c>
       <c r="L497" s="2">
         <v>46236.0</v>
       </c>
       <c r="M497">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N497">
         <v>100.0</v>
       </c>
       <c r="O497" t="s">
         <v>28</v>
       </c>
       <c r="P497">
-        <v>1.5025</v>
+        <v>2.4828</v>
       </c>
     </row>
     <row r="498" spans="1:24">
       <c r="A498" s="2">
-        <v>45278.355706019</v>
+        <v>45370.366435185</v>
       </c>
       <c r="B498" t="s">
         <v>24</v>
       </c>
       <c r="C498" t="s">
         <v>29</v>
       </c>
       <c r="D498" t="s">
         <v>26</v>
       </c>
       <c r="E498" t="s">
         <v>27</v>
       </c>
       <c r="I498" t="s">
         <v>28</v>
       </c>
       <c r="J498">
         <v>3.9</v>
       </c>
       <c r="K498" s="2">
         <v>45140.0</v>
       </c>
       <c r="L498" s="2">
         <v>46236.0</v>
       </c>
       <c r="M498">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N498">
         <v>100.0</v>
       </c>
       <c r="O498" t="s">
         <v>28</v>
       </c>
       <c r="P498">
-        <v>1.4918</v>
+        <v>2.4721</v>
       </c>
     </row>
     <row r="499" spans="1:24">
       <c r="A499" s="2">
-        <v>45275.355694444</v>
+        <v>45369.355671296</v>
       </c>
       <c r="B499" t="s">
         <v>24</v>
       </c>
       <c r="C499" t="s">
         <v>29</v>
       </c>
       <c r="D499" t="s">
         <v>26</v>
       </c>
       <c r="E499" t="s">
         <v>27</v>
       </c>
       <c r="I499" t="s">
         <v>28</v>
       </c>
       <c r="J499">
         <v>3.9</v>
       </c>
       <c r="K499" s="2">
         <v>45140.0</v>
       </c>
       <c r="L499" s="2">
         <v>46236.0</v>
       </c>
       <c r="M499">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N499">
         <v>100.0</v>
       </c>
       <c r="O499" t="s">
         <v>28</v>
       </c>
       <c r="P499">
-        <v>1.4811</v>
+        <v>2.4615</v>
       </c>
     </row>
     <row r="500" spans="1:24">
       <c r="A500" s="2">
-        <v>45274.356354167</v>
+        <v>45366.355671296</v>
       </c>
       <c r="B500" t="s">
         <v>24</v>
       </c>
       <c r="C500" t="s">
         <v>29</v>
       </c>
       <c r="D500" t="s">
         <v>26</v>
       </c>
       <c r="E500" t="s">
         <v>27</v>
       </c>
       <c r="I500" t="s">
         <v>28</v>
       </c>
       <c r="J500">
         <v>3.9</v>
       </c>
       <c r="K500" s="2">
         <v>45140.0</v>
       </c>
       <c r="L500" s="2">
         <v>46236.0</v>
       </c>
       <c r="M500">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N500">
         <v>100.0</v>
       </c>
       <c r="O500" t="s">
         <v>28</v>
       </c>
       <c r="P500">
-        <v>1.4705</v>
+        <v>2.4508</v>
       </c>
     </row>
     <row r="501" spans="1:24">
       <c r="A501" s="2">
-        <v>45273.355636574</v>
+        <v>45365.355578704</v>
       </c>
       <c r="B501" t="s">
         <v>24</v>
       </c>
       <c r="C501" t="s">
         <v>29</v>
       </c>
       <c r="D501" t="s">
         <v>26</v>
       </c>
       <c r="E501" t="s">
         <v>27</v>
       </c>
       <c r="I501" t="s">
         <v>28</v>
       </c>
       <c r="J501">
         <v>3.9</v>
       </c>
       <c r="K501" s="2">
         <v>45140.0</v>
       </c>
       <c r="L501" s="2">
         <v>46236.0</v>
       </c>
       <c r="M501">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N501">
         <v>100.0</v>
       </c>
       <c r="O501" t="s">
         <v>28</v>
       </c>
       <c r="P501">
-        <v>1.4385</v>
+        <v>2.4402</v>
       </c>
     </row>
     <row r="502" spans="1:24">
       <c r="A502" s="2">
-        <v>45272.355659722</v>
+        <v>45364.357337963</v>
       </c>
       <c r="B502" t="s">
         <v>24</v>
       </c>
       <c r="C502" t="s">
         <v>29</v>
       </c>
       <c r="D502" t="s">
         <v>26</v>
       </c>
       <c r="E502" t="s">
         <v>27</v>
       </c>
       <c r="I502" t="s">
         <v>28</v>
       </c>
       <c r="J502">
         <v>3.9</v>
       </c>
       <c r="K502" s="2">
         <v>45140.0</v>
       </c>
       <c r="L502" s="2">
         <v>46236.0</v>
       </c>
       <c r="M502">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N502">
         <v>100.0</v>
       </c>
       <c r="O502" t="s">
         <v>28</v>
       </c>
       <c r="P502">
-        <v>1.4279</v>
+        <v>2.4082</v>
       </c>
     </row>
     <row r="503" spans="1:24">
       <c r="A503" s="2">
-        <v>45271.356597222</v>
+        <v>45363.355659722</v>
       </c>
       <c r="B503" t="s">
         <v>24</v>
       </c>
       <c r="C503" t="s">
         <v>29</v>
       </c>
       <c r="D503" t="s">
         <v>26</v>
       </c>
       <c r="E503" t="s">
         <v>27</v>
       </c>
       <c r="I503" t="s">
         <v>28</v>
       </c>
       <c r="J503">
         <v>3.9</v>
       </c>
       <c r="K503" s="2">
         <v>45140.0</v>
       </c>
       <c r="L503" s="2">
         <v>46236.0</v>
       </c>
       <c r="M503">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N503">
         <v>100.0</v>
       </c>
       <c r="O503" t="s">
         <v>28</v>
       </c>
       <c r="P503">
-        <v>1.4172</v>
+        <v>2.3975</v>
       </c>
     </row>
     <row r="504" spans="1:24">
       <c r="A504" s="2">
-        <v>45268.356342593</v>
+        <v>45362.363287037</v>
       </c>
       <c r="B504" t="s">
         <v>24</v>
       </c>
       <c r="C504" t="s">
         <v>29</v>
       </c>
       <c r="D504" t="s">
         <v>26</v>
       </c>
       <c r="E504" t="s">
         <v>27</v>
       </c>
       <c r="I504" t="s">
         <v>28</v>
       </c>
       <c r="J504">
         <v>3.9</v>
       </c>
       <c r="K504" s="2">
         <v>45140.0</v>
       </c>
       <c r="L504" s="2">
         <v>46236.0</v>
       </c>
       <c r="M504">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N504">
         <v>100.0</v>
       </c>
       <c r="O504" t="s">
         <v>28</v>
       </c>
       <c r="P504">
-        <v>1.4066</v>
+        <v>2.3869</v>
       </c>
     </row>
     <row r="505" spans="1:24">
       <c r="A505" s="2">
-        <v>45267.356203704</v>
+        <v>45359.355590278</v>
       </c>
       <c r="B505" t="s">
         <v>24</v>
       </c>
       <c r="C505" t="s">
         <v>29</v>
       </c>
       <c r="D505" t="s">
         <v>26</v>
       </c>
       <c r="E505" t="s">
         <v>27</v>
       </c>
       <c r="I505" t="s">
         <v>28</v>
       </c>
       <c r="J505">
         <v>3.9</v>
       </c>
       <c r="K505" s="2">
         <v>45140.0</v>
       </c>
       <c r="L505" s="2">
         <v>46236.0</v>
       </c>
       <c r="M505">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N505">
         <v>100.0</v>
       </c>
       <c r="O505" t="s">
         <v>28</v>
       </c>
       <c r="P505">
-        <v>1.3959</v>
+        <v>2.3762</v>
       </c>
     </row>
     <row r="506" spans="1:24">
       <c r="A506" s="2">
-        <v>45266.356261574</v>
+        <v>45358.362847222</v>
       </c>
       <c r="B506" t="s">
         <v>24</v>
       </c>
       <c r="C506" t="s">
         <v>29</v>
       </c>
       <c r="D506" t="s">
         <v>26</v>
       </c>
       <c r="E506" t="s">
         <v>27</v>
       </c>
       <c r="I506" t="s">
         <v>28</v>
       </c>
       <c r="J506">
         <v>3.9</v>
       </c>
       <c r="K506" s="2">
         <v>45140.0</v>
       </c>
       <c r="L506" s="2">
         <v>46236.0</v>
       </c>
       <c r="M506">
-        <v>3300000</v>
+        <v>4950000</v>
       </c>
       <c r="N506">
         <v>100.0</v>
       </c>
       <c r="O506" t="s">
         <v>28</v>
       </c>
       <c r="P506">
-        <v>1.3639</v>
+        <v>2.3656</v>
       </c>
     </row>
     <row r="507" spans="1:24">
       <c r="A507" s="2">
-        <v>45265.355659722</v>
+        <v>45357.362060185</v>
       </c>
       <c r="B507" t="s">
         <v>24</v>
       </c>
       <c r="C507" t="s">
         <v>29</v>
       </c>
       <c r="D507" t="s">
         <v>26</v>
       </c>
       <c r="E507" t="s">
         <v>27</v>
       </c>
       <c r="I507" t="s">
         <v>28</v>
       </c>
       <c r="J507">
         <v>3.9</v>
       </c>
       <c r="K507" s="2">
         <v>45140.0</v>
       </c>
       <c r="L507" s="2">
         <v>46236.0</v>
       </c>
       <c r="M507">
-        <v>2850000</v>
+        <v>4950000</v>
       </c>
       <c r="N507">
         <v>100.0</v>
       </c>
       <c r="O507" t="s">
         <v>28</v>
       </c>
       <c r="P507">
-        <v>1.3533</v>
+        <v>2.3336</v>
       </c>
     </row>
     <row r="508" spans="1:24">
       <c r="A508" s="2">
-        <v>45264.355717593</v>
+        <v>45356.35568287</v>
       </c>
       <c r="B508" t="s">
         <v>24</v>
       </c>
       <c r="C508" t="s">
         <v>29</v>
       </c>
       <c r="D508" t="s">
         <v>26</v>
       </c>
       <c r="E508" t="s">
         <v>27</v>
       </c>
       <c r="I508" t="s">
         <v>28</v>
       </c>
       <c r="J508">
         <v>3.9</v>
       </c>
       <c r="K508" s="2">
         <v>45140.0</v>
       </c>
       <c r="L508" s="2">
         <v>46236.0</v>
       </c>
       <c r="M508">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N508">
         <v>100.0</v>
       </c>
       <c r="O508" t="s">
         <v>28</v>
       </c>
       <c r="P508">
-        <v>1.3426</v>
+        <v>2.323</v>
       </c>
     </row>
     <row r="509" spans="1:24">
       <c r="A509" s="2">
-        <v>45261.355543981</v>
+        <v>45355.355648148</v>
       </c>
       <c r="B509" t="s">
         <v>24</v>
       </c>
       <c r="C509" t="s">
         <v>29</v>
       </c>
       <c r="D509" t="s">
         <v>26</v>
       </c>
       <c r="E509" t="s">
         <v>27</v>
       </c>
       <c r="I509" t="s">
         <v>28</v>
       </c>
       <c r="J509">
         <v>3.9</v>
       </c>
       <c r="K509" s="2">
         <v>45140.0</v>
       </c>
       <c r="L509" s="2">
         <v>46236.0</v>
       </c>
       <c r="M509">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N509">
         <v>100.0</v>
       </c>
       <c r="O509" t="s">
         <v>28</v>
       </c>
       <c r="P509">
-        <v>1.332</v>
+        <v>2.3123</v>
       </c>
     </row>
     <row r="510" spans="1:24">
       <c r="A510" s="2">
-        <v>45260.355601852</v>
+        <v>45352.355636574</v>
       </c>
       <c r="B510" t="s">
         <v>24</v>
       </c>
       <c r="C510" t="s">
         <v>29</v>
       </c>
       <c r="D510" t="s">
         <v>26</v>
       </c>
       <c r="E510" t="s">
         <v>27</v>
       </c>
       <c r="I510" t="s">
         <v>28</v>
       </c>
       <c r="J510">
         <v>3.9</v>
       </c>
       <c r="K510" s="2">
         <v>45140.0</v>
       </c>
       <c r="L510" s="2">
         <v>46236.0</v>
       </c>
       <c r="M510">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N510">
         <v>100.0</v>
       </c>
       <c r="O510" t="s">
         <v>28</v>
       </c>
       <c r="P510">
-        <v>1.3213</v>
+        <v>2.3016</v>
       </c>
     </row>
     <row r="511" spans="1:24">
       <c r="A511" s="2">
-        <v>45259.355671296</v>
+        <v>45351.355636574</v>
       </c>
       <c r="B511" t="s">
         <v>24</v>
       </c>
       <c r="C511" t="s">
         <v>29</v>
       </c>
       <c r="D511" t="s">
         <v>26</v>
       </c>
       <c r="E511" t="s">
         <v>27</v>
       </c>
       <c r="I511" t="s">
         <v>28</v>
       </c>
       <c r="J511">
         <v>3.9</v>
       </c>
       <c r="K511" s="2">
         <v>45140.0</v>
       </c>
       <c r="L511" s="2">
         <v>46236.0</v>
       </c>
       <c r="M511">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N511">
         <v>100.0</v>
       </c>
       <c r="O511" t="s">
         <v>28</v>
       </c>
       <c r="P511">
-        <v>1.2893</v>
+        <v>2.291</v>
       </c>
     </row>
     <row r="512" spans="1:24">
       <c r="A512" s="2">
-        <v>45258.355671296</v>
+        <v>45350.355636574</v>
       </c>
       <c r="B512" t="s">
         <v>24</v>
       </c>
       <c r="C512" t="s">
         <v>29</v>
       </c>
       <c r="D512" t="s">
         <v>26</v>
       </c>
       <c r="E512" t="s">
         <v>27</v>
       </c>
       <c r="I512" t="s">
         <v>28</v>
       </c>
       <c r="J512">
         <v>3.9</v>
       </c>
       <c r="K512" s="2">
         <v>45140.0</v>
       </c>
       <c r="L512" s="2">
         <v>46236.0</v>
       </c>
       <c r="M512">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N512">
         <v>100.0</v>
       </c>
       <c r="O512" t="s">
         <v>28</v>
       </c>
       <c r="P512">
-        <v>1.2787</v>
+        <v>2.259</v>
       </c>
     </row>
     <row r="513" spans="1:24">
       <c r="A513" s="2">
-        <v>45257.355763889</v>
+        <v>45349.355625</v>
       </c>
       <c r="B513" t="s">
         <v>24</v>
       </c>
       <c r="C513" t="s">
         <v>29</v>
       </c>
       <c r="D513" t="s">
         <v>26</v>
       </c>
       <c r="E513" t="s">
         <v>27</v>
       </c>
       <c r="I513" t="s">
         <v>28</v>
       </c>
       <c r="J513">
         <v>3.9</v>
       </c>
       <c r="K513" s="2">
         <v>45140.0</v>
       </c>
       <c r="L513" s="2">
         <v>46236.0</v>
       </c>
       <c r="M513">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N513">
         <v>100.0</v>
       </c>
       <c r="O513" t="s">
         <v>28</v>
       </c>
       <c r="P513">
-        <v>1.268</v>
+        <v>2.2484</v>
       </c>
     </row>
     <row r="514" spans="1:24">
       <c r="A514" s="2">
-        <v>45254.35568287</v>
+        <v>45348.355752315</v>
       </c>
       <c r="B514" t="s">
         <v>24</v>
       </c>
       <c r="C514" t="s">
         <v>29</v>
       </c>
       <c r="D514" t="s">
         <v>26</v>
       </c>
       <c r="E514" t="s">
         <v>27</v>
       </c>
       <c r="I514" t="s">
         <v>28</v>
       </c>
       <c r="J514">
         <v>3.9</v>
       </c>
       <c r="K514" s="2">
         <v>45140.0</v>
       </c>
       <c r="L514" s="2">
         <v>46236.0</v>
       </c>
       <c r="M514">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N514">
         <v>100.0</v>
       </c>
       <c r="O514" t="s">
         <v>28</v>
       </c>
       <c r="P514">
-        <v>1.2574</v>
+        <v>2.2377</v>
       </c>
     </row>
     <row r="515" spans="1:24">
       <c r="A515" s="2">
-        <v>45253.35568287</v>
+        <v>45345.359351852</v>
       </c>
       <c r="B515" t="s">
         <v>24</v>
       </c>
       <c r="C515" t="s">
         <v>29</v>
       </c>
       <c r="D515" t="s">
         <v>26</v>
       </c>
       <c r="E515" t="s">
         <v>27</v>
       </c>
       <c r="I515" t="s">
         <v>28</v>
       </c>
       <c r="J515">
         <v>3.9</v>
       </c>
       <c r="K515" s="2">
         <v>45140.0</v>
       </c>
       <c r="L515" s="2">
         <v>46236.0</v>
       </c>
       <c r="M515">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N515">
         <v>100.0</v>
       </c>
       <c r="O515" t="s">
         <v>28</v>
       </c>
       <c r="P515">
-        <v>1.2467</v>
+        <v>2.227</v>
       </c>
     </row>
     <row r="516" spans="1:24">
       <c r="A516" s="2">
-        <v>45252.355729167</v>
+        <v>45344.355601852</v>
       </c>
       <c r="B516" t="s">
         <v>24</v>
       </c>
       <c r="C516" t="s">
         <v>29</v>
       </c>
       <c r="D516" t="s">
         <v>26</v>
       </c>
       <c r="E516" t="s">
         <v>27</v>
       </c>
       <c r="I516" t="s">
         <v>28</v>
       </c>
       <c r="J516">
         <v>3.9</v>
       </c>
       <c r="K516" s="2">
         <v>45140.0</v>
       </c>
       <c r="L516" s="2">
         <v>46236.0</v>
       </c>
       <c r="M516">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N516">
         <v>100.0</v>
       </c>
       <c r="O516" t="s">
         <v>28</v>
       </c>
       <c r="P516">
-        <v>1.2148</v>
+        <v>2.2164</v>
       </c>
     </row>
     <row r="517" spans="1:24">
       <c r="A517" s="2">
-        <v>45251.355902778</v>
+        <v>45343.359074074</v>
       </c>
       <c r="B517" t="s">
         <v>24</v>
       </c>
       <c r="C517" t="s">
         <v>29</v>
       </c>
       <c r="D517" t="s">
         <v>26</v>
       </c>
       <c r="E517" t="s">
         <v>27</v>
       </c>
       <c r="I517" t="s">
         <v>28</v>
       </c>
       <c r="J517">
         <v>3.9</v>
       </c>
       <c r="K517" s="2">
         <v>45140.0</v>
       </c>
       <c r="L517" s="2">
         <v>46236.0</v>
       </c>
       <c r="M517">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N517">
         <v>100.0</v>
       </c>
       <c r="O517" t="s">
         <v>28</v>
       </c>
       <c r="P517">
-        <v>1.2041</v>
+        <v>2.1844</v>
       </c>
     </row>
     <row r="518" spans="1:24">
       <c r="A518" s="2">
-        <v>45250.355613426</v>
+        <v>45342.35556713</v>
       </c>
       <c r="B518" t="s">
         <v>24</v>
       </c>
       <c r="C518" t="s">
         <v>29</v>
       </c>
       <c r="D518" t="s">
         <v>26</v>
       </c>
       <c r="E518" t="s">
         <v>27</v>
       </c>
       <c r="I518" t="s">
         <v>28</v>
       </c>
       <c r="J518">
         <v>3.9</v>
       </c>
       <c r="K518" s="2">
         <v>45140.0</v>
       </c>
       <c r="L518" s="2">
         <v>46236.0</v>
       </c>
       <c r="M518">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N518">
         <v>100.0</v>
       </c>
       <c r="O518" t="s">
         <v>28</v>
       </c>
       <c r="P518">
-        <v>1.1934</v>
+        <v>2.1738</v>
       </c>
     </row>
     <row r="519" spans="1:24">
       <c r="A519" s="2">
-        <v>45247.356238426</v>
+        <v>45341.355625</v>
       </c>
       <c r="B519" t="s">
         <v>24</v>
       </c>
       <c r="C519" t="s">
         <v>29</v>
       </c>
       <c r="D519" t="s">
         <v>26</v>
       </c>
       <c r="E519" t="s">
         <v>27</v>
       </c>
       <c r="I519" t="s">
         <v>28</v>
       </c>
       <c r="J519">
         <v>3.9</v>
       </c>
       <c r="K519" s="2">
         <v>45140.0</v>
       </c>
       <c r="L519" s="2">
         <v>46236.0</v>
       </c>
       <c r="M519">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N519">
         <v>100.0</v>
       </c>
       <c r="O519" t="s">
         <v>28</v>
       </c>
       <c r="P519">
-        <v>1.1828</v>
+        <v>2.1631</v>
       </c>
     </row>
     <row r="520" spans="1:24">
       <c r="A520" s="2">
-        <v>45246.355729167</v>
+        <v>45338.355543981</v>
       </c>
       <c r="B520" t="s">
         <v>24</v>
       </c>
       <c r="C520" t="s">
         <v>29</v>
       </c>
       <c r="D520" t="s">
         <v>26</v>
       </c>
       <c r="E520" t="s">
         <v>27</v>
       </c>
       <c r="I520" t="s">
         <v>28</v>
       </c>
       <c r="J520">
         <v>3.9</v>
       </c>
       <c r="K520" s="2">
         <v>45140.0</v>
       </c>
       <c r="L520" s="2">
         <v>46236.0</v>
       </c>
       <c r="M520">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N520">
         <v>100.0</v>
       </c>
       <c r="O520" t="s">
         <v>28</v>
       </c>
       <c r="P520">
-        <v>1.1721</v>
+        <v>2.1525</v>
       </c>
     </row>
     <row r="521" spans="1:24">
       <c r="A521" s="2">
-        <v>45245.355694444</v>
+        <v>45337.355636574</v>
       </c>
       <c r="B521" t="s">
         <v>24</v>
       </c>
       <c r="C521" t="s">
         <v>29</v>
       </c>
       <c r="D521" t="s">
         <v>26</v>
       </c>
       <c r="E521" t="s">
         <v>27</v>
       </c>
       <c r="I521" t="s">
         <v>28</v>
       </c>
       <c r="J521">
         <v>3.9</v>
       </c>
       <c r="K521" s="2">
         <v>45140.0</v>
       </c>
       <c r="L521" s="2">
         <v>46236.0</v>
       </c>
       <c r="M521">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N521">
         <v>100.0</v>
       </c>
       <c r="O521" t="s">
         <v>28</v>
       </c>
       <c r="P521">
-        <v>1.1402</v>
+        <v>2.1418</v>
       </c>
     </row>
     <row r="522" spans="1:24">
       <c r="A522" s="2">
-        <v>45244.355775463</v>
+        <v>45336.355648148</v>
       </c>
       <c r="B522" t="s">
         <v>24</v>
       </c>
       <c r="C522" t="s">
         <v>29</v>
       </c>
       <c r="D522" t="s">
         <v>26</v>
       </c>
       <c r="E522" t="s">
         <v>27</v>
       </c>
       <c r="I522" t="s">
         <v>28</v>
       </c>
       <c r="J522">
         <v>3.9</v>
       </c>
       <c r="K522" s="2">
         <v>45140.0</v>
       </c>
       <c r="L522" s="2">
         <v>46236.0</v>
       </c>
       <c r="M522">
-        <v>2850000</v>
+        <v>4400000</v>
       </c>
       <c r="N522">
         <v>100.0</v>
       </c>
       <c r="O522" t="s">
         <v>28</v>
       </c>
       <c r="P522">
-        <v>1.1295</v>
+        <v>2.1098</v>
       </c>
     </row>
     <row r="523" spans="1:24">
       <c r="A523" s="2">
-        <v>45243.355659722</v>
+        <v>45335.355625</v>
       </c>
       <c r="B523" t="s">
         <v>24</v>
       </c>
       <c r="C523" t="s">
         <v>29</v>
       </c>
       <c r="D523" t="s">
         <v>26</v>
       </c>
       <c r="E523" t="s">
         <v>27</v>
       </c>
       <c r="I523" t="s">
         <v>28</v>
       </c>
       <c r="J523">
         <v>3.9</v>
       </c>
       <c r="K523" s="2">
         <v>45140.0</v>
       </c>
       <c r="L523" s="2">
         <v>46236.0</v>
       </c>
       <c r="M523">
-        <v>2850000</v>
+        <v>3900000</v>
       </c>
       <c r="N523">
         <v>100.0</v>
       </c>
       <c r="O523" t="s">
         <v>28</v>
       </c>
       <c r="P523">
-        <v>1.1189</v>
+        <v>2.0992</v>
       </c>
     </row>
     <row r="524" spans="1:24">
       <c r="A524" s="2">
-        <v>45240.355659722</v>
+        <v>45334.355601852</v>
       </c>
       <c r="B524" t="s">
         <v>24</v>
       </c>
       <c r="C524" t="s">
         <v>29</v>
       </c>
       <c r="D524" t="s">
         <v>26</v>
       </c>
       <c r="E524" t="s">
         <v>27</v>
       </c>
       <c r="I524" t="s">
         <v>28</v>
       </c>
       <c r="J524">
         <v>3.9</v>
       </c>
       <c r="K524" s="2">
         <v>45140.0</v>
       </c>
       <c r="L524" s="2">
         <v>46236.0</v>
       </c>
       <c r="M524">
-        <v>2850000</v>
+        <v>3900000</v>
       </c>
       <c r="N524">
         <v>100.0</v>
       </c>
       <c r="O524" t="s">
         <v>28</v>
       </c>
       <c r="P524">
-        <v>1.1082</v>
+        <v>2.0885</v>
       </c>
     </row>
     <row r="525" spans="1:24">
       <c r="A525" s="2">
-        <v>45239.35568287</v>
+        <v>45331.355740741</v>
       </c>
       <c r="B525" t="s">
         <v>24</v>
       </c>
       <c r="C525" t="s">
         <v>29</v>
       </c>
       <c r="D525" t="s">
         <v>26</v>
       </c>
       <c r="E525" t="s">
         <v>27</v>
       </c>
       <c r="I525" t="s">
         <v>28</v>
       </c>
       <c r="J525">
         <v>3.9</v>
       </c>
       <c r="K525" s="2">
         <v>45140.0</v>
       </c>
       <c r="L525" s="2">
         <v>46236.0</v>
       </c>
       <c r="M525">
-        <v>2850000</v>
+        <v>3900000</v>
       </c>
       <c r="N525">
         <v>100.0</v>
       </c>
       <c r="O525" t="s">
         <v>28</v>
       </c>
       <c r="P525">
-        <v>1.0975</v>
+        <v>2.0779</v>
       </c>
     </row>
     <row r="526" spans="1:24">
       <c r="A526" s="2">
-        <v>45238.355613426</v>
+        <v>45330.355740741</v>
       </c>
       <c r="B526" t="s">
         <v>24</v>
       </c>
       <c r="C526" t="s">
         <v>29</v>
       </c>
       <c r="D526" t="s">
         <v>26</v>
       </c>
       <c r="E526" t="s">
         <v>27</v>
       </c>
       <c r="I526" t="s">
         <v>28</v>
       </c>
       <c r="J526">
         <v>3.9</v>
       </c>
       <c r="K526" s="2">
         <v>45140.0</v>
       </c>
       <c r="L526" s="2">
         <v>46236.0</v>
       </c>
       <c r="M526">
-        <v>2850000</v>
+        <v>3900000</v>
       </c>
       <c r="N526">
         <v>100.0</v>
       </c>
       <c r="O526" t="s">
         <v>28</v>
       </c>
       <c r="P526">
-        <v>1.0656</v>
+        <v>2.0672</v>
       </c>
     </row>
     <row r="527" spans="1:24">
       <c r="A527" s="2">
-        <v>45237.355648148</v>
+        <v>45329.355613426</v>
       </c>
       <c r="B527" t="s">
         <v>24</v>
       </c>
       <c r="C527" t="s">
         <v>29</v>
       </c>
       <c r="D527" t="s">
         <v>26</v>
       </c>
       <c r="E527" t="s">
         <v>27</v>
       </c>
       <c r="I527" t="s">
         <v>28</v>
       </c>
       <c r="J527">
         <v>3.9</v>
       </c>
       <c r="K527" s="2">
         <v>45140.0</v>
       </c>
       <c r="L527" s="2">
         <v>46236.0</v>
       </c>
       <c r="M527">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N527">
         <v>100.0</v>
       </c>
       <c r="O527" t="s">
         <v>28</v>
       </c>
       <c r="P527">
-        <v>1.0549</v>
+        <v>2.0352</v>
       </c>
     </row>
     <row r="528" spans="1:24">
       <c r="A528" s="2">
-        <v>45236.355636574</v>
+        <v>45328.35568287</v>
       </c>
       <c r="B528" t="s">
         <v>24</v>
       </c>
       <c r="C528" t="s">
         <v>29</v>
       </c>
       <c r="D528" t="s">
         <v>26</v>
       </c>
       <c r="E528" t="s">
         <v>27</v>
       </c>
       <c r="I528" t="s">
         <v>28</v>
       </c>
       <c r="J528">
         <v>3.9</v>
       </c>
       <c r="K528" s="2">
         <v>45140.0</v>
       </c>
       <c r="L528" s="2">
         <v>46236.0</v>
       </c>
       <c r="M528">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N528">
         <v>100.0</v>
       </c>
       <c r="O528" t="s">
         <v>28</v>
       </c>
       <c r="P528">
-        <v>1.0443</v>
+        <v>2.0246</v>
       </c>
     </row>
     <row r="529" spans="1:24">
       <c r="A529" s="2">
-        <v>45233.355648148</v>
+        <v>45327.355659722</v>
       </c>
       <c r="B529" t="s">
         <v>24</v>
       </c>
       <c r="C529" t="s">
         <v>29</v>
       </c>
       <c r="D529" t="s">
         <v>26</v>
       </c>
       <c r="E529" t="s">
         <v>27</v>
       </c>
       <c r="I529" t="s">
         <v>28</v>
       </c>
       <c r="J529">
         <v>3.9</v>
       </c>
       <c r="K529" s="2">
         <v>45140.0</v>
       </c>
       <c r="L529" s="2">
         <v>46236.0</v>
       </c>
       <c r="M529">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N529">
         <v>100.0</v>
       </c>
       <c r="O529" t="s">
         <v>28</v>
       </c>
       <c r="P529">
-        <v>1.0336</v>
+        <v>2.0139</v>
       </c>
     </row>
     <row r="530" spans="1:24">
       <c r="A530" s="2">
-        <v>45232.355671296</v>
+        <v>45324.359236111</v>
       </c>
       <c r="B530" t="s">
         <v>24</v>
       </c>
       <c r="C530" t="s">
         <v>29</v>
       </c>
       <c r="D530" t="s">
         <v>26</v>
       </c>
       <c r="E530" t="s">
         <v>27</v>
       </c>
       <c r="I530" t="s">
         <v>28</v>
       </c>
       <c r="J530">
         <v>3.9</v>
       </c>
       <c r="K530" s="2">
         <v>45140.0</v>
       </c>
       <c r="L530" s="2">
         <v>46236.0</v>
       </c>
       <c r="M530">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N530">
         <v>100.0</v>
       </c>
       <c r="O530" t="s">
         <v>28</v>
       </c>
       <c r="P530">
-        <v>1.023</v>
+        <v>2.0033</v>
       </c>
     </row>
     <row r="531" spans="1:24">
       <c r="A531" s="2">
-        <v>45231.355706019</v>
+        <v>45323.355625</v>
       </c>
       <c r="B531" t="s">
         <v>24</v>
       </c>
       <c r="C531" t="s">
         <v>29</v>
       </c>
       <c r="D531" t="s">
         <v>26</v>
       </c>
       <c r="E531" t="s">
         <v>27</v>
       </c>
       <c r="I531" t="s">
         <v>28</v>
       </c>
       <c r="J531">
         <v>3.9</v>
       </c>
       <c r="K531" s="2">
         <v>45140.0</v>
       </c>
       <c r="L531" s="2">
         <v>46236.0</v>
       </c>
       <c r="M531">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N531">
         <v>100.0</v>
       </c>
       <c r="O531" t="s">
         <v>28</v>
       </c>
       <c r="P531">
-        <v>0.991</v>
+        <v>1.9926</v>
       </c>
     </row>
     <row r="532" spans="1:24">
       <c r="A532" s="2">
-        <v>45230.355752315</v>
+        <v>45322.355648148</v>
       </c>
       <c r="B532" t="s">
         <v>24</v>
       </c>
       <c r="C532" t="s">
         <v>29</v>
       </c>
       <c r="D532" t="s">
         <v>26</v>
       </c>
       <c r="E532" t="s">
         <v>27</v>
       </c>
       <c r="I532" t="s">
         <v>28</v>
       </c>
       <c r="J532">
         <v>3.9</v>
       </c>
       <c r="K532" s="2">
         <v>45140.0</v>
       </c>
       <c r="L532" s="2">
         <v>46236.0</v>
       </c>
       <c r="M532">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N532">
         <v>100.0</v>
       </c>
       <c r="O532" t="s">
         <v>28</v>
       </c>
       <c r="P532">
-        <v>0.9803</v>
+        <v>1.9607</v>
       </c>
     </row>
     <row r="533" spans="1:24">
       <c r="A533" s="2">
-        <v>45229.355763889</v>
+        <v>45321.355694444</v>
       </c>
       <c r="B533" t="s">
         <v>24</v>
       </c>
       <c r="C533" t="s">
         <v>29</v>
       </c>
       <c r="D533" t="s">
         <v>26</v>
       </c>
       <c r="E533" t="s">
         <v>27</v>
       </c>
       <c r="I533" t="s">
         <v>28</v>
       </c>
       <c r="J533">
         <v>3.9</v>
       </c>
       <c r="K533" s="2">
         <v>45140.0</v>
       </c>
       <c r="L533" s="2">
         <v>46236.0</v>
       </c>
       <c r="M533">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N533">
         <v>100.0</v>
       </c>
       <c r="O533" t="s">
         <v>28</v>
       </c>
       <c r="P533">
-        <v>0.9697</v>
+        <v>1.95</v>
       </c>
     </row>
     <row r="534" spans="1:24">
       <c r="A534" s="2">
-        <v>45226.355706019</v>
+        <v>45320.355706019</v>
       </c>
       <c r="B534" t="s">
         <v>24</v>
       </c>
       <c r="C534" t="s">
         <v>29</v>
       </c>
       <c r="D534" t="s">
         <v>26</v>
       </c>
       <c r="E534" t="s">
         <v>27</v>
       </c>
       <c r="I534" t="s">
         <v>28</v>
       </c>
       <c r="J534">
         <v>3.9</v>
       </c>
       <c r="K534" s="2">
         <v>45140.0</v>
       </c>
       <c r="L534" s="2">
         <v>46236.0</v>
       </c>
       <c r="M534">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N534">
         <v>100.0</v>
       </c>
       <c r="O534" t="s">
         <v>28</v>
       </c>
       <c r="P534">
-        <v>0.959</v>
+        <v>1.9393</v>
       </c>
     </row>
     <row r="535" spans="1:24">
       <c r="A535" s="2">
-        <v>45225.359756944</v>
+        <v>45317.355648148</v>
       </c>
       <c r="B535" t="s">
         <v>24</v>
       </c>
       <c r="C535" t="s">
         <v>29</v>
       </c>
       <c r="D535" t="s">
         <v>26</v>
       </c>
       <c r="E535" t="s">
         <v>27</v>
       </c>
       <c r="I535" t="s">
         <v>28</v>
       </c>
       <c r="J535">
         <v>3.9</v>
       </c>
       <c r="K535" s="2">
         <v>45140.0</v>
       </c>
       <c r="L535" s="2">
         <v>46236.0</v>
       </c>
       <c r="M535">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N535">
         <v>100.0</v>
       </c>
       <c r="O535" t="s">
         <v>28</v>
       </c>
       <c r="P535">
-        <v>0.9484</v>
+        <v>1.9287</v>
       </c>
     </row>
     <row r="536" spans="1:24">
       <c r="A536" s="2">
-        <v>45224.356296296</v>
+        <v>45316.355636574</v>
       </c>
       <c r="B536" t="s">
         <v>24</v>
       </c>
       <c r="C536" t="s">
         <v>29</v>
       </c>
       <c r="D536" t="s">
         <v>26</v>
       </c>
       <c r="E536" t="s">
         <v>27</v>
       </c>
       <c r="I536" t="s">
         <v>28</v>
       </c>
       <c r="J536">
         <v>3.9</v>
       </c>
       <c r="K536" s="2">
         <v>45140.0</v>
       </c>
       <c r="L536" s="2">
         <v>46236.0</v>
       </c>
       <c r="M536">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N536">
         <v>100.0</v>
       </c>
       <c r="O536" t="s">
         <v>28</v>
       </c>
       <c r="P536">
-        <v>0.9164</v>
+        <v>1.918</v>
       </c>
     </row>
     <row r="537" spans="1:24">
       <c r="A537" s="2">
-        <v>45223.355763889</v>
+        <v>45315.355590278</v>
       </c>
       <c r="B537" t="s">
         <v>24</v>
       </c>
       <c r="C537" t="s">
         <v>29</v>
       </c>
       <c r="D537" t="s">
         <v>26</v>
       </c>
       <c r="E537" t="s">
         <v>27</v>
       </c>
       <c r="I537" t="s">
         <v>28</v>
       </c>
       <c r="J537">
         <v>3.9</v>
       </c>
       <c r="K537" s="2">
         <v>45140.0</v>
       </c>
       <c r="L537" s="2">
         <v>46236.0</v>
       </c>
       <c r="M537">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N537">
         <v>100.0</v>
       </c>
       <c r="O537" t="s">
         <v>28</v>
       </c>
       <c r="P537">
-        <v>0.9057</v>
+        <v>1.8861</v>
       </c>
     </row>
     <row r="538" spans="1:24">
       <c r="A538" s="2">
-        <v>45222.355729167</v>
+        <v>45314.355625</v>
       </c>
       <c r="B538" t="s">
         <v>24</v>
       </c>
       <c r="C538" t="s">
         <v>29</v>
       </c>
       <c r="D538" t="s">
         <v>26</v>
       </c>
       <c r="E538" t="s">
         <v>27</v>
       </c>
       <c r="I538" t="s">
         <v>28</v>
       </c>
       <c r="J538">
         <v>3.9</v>
       </c>
       <c r="K538" s="2">
         <v>45140.0</v>
       </c>
       <c r="L538" s="2">
         <v>46236.0</v>
       </c>
       <c r="M538">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N538">
         <v>100.0</v>
       </c>
       <c r="O538" t="s">
         <v>28</v>
       </c>
       <c r="P538">
-        <v>0.8951</v>
+        <v>1.8754</v>
       </c>
     </row>
     <row r="539" spans="1:24">
       <c r="A539" s="2">
-        <v>45219.355613426</v>
+        <v>45313.355636574</v>
       </c>
       <c r="B539" t="s">
         <v>24</v>
       </c>
       <c r="C539" t="s">
         <v>29</v>
       </c>
       <c r="D539" t="s">
         <v>26</v>
       </c>
       <c r="E539" t="s">
         <v>27</v>
       </c>
       <c r="I539" t="s">
         <v>28</v>
       </c>
       <c r="J539">
         <v>3.9</v>
       </c>
       <c r="K539" s="2">
         <v>45140.0</v>
       </c>
       <c r="L539" s="2">
         <v>46236.0</v>
       </c>
       <c r="M539">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N539">
         <v>100.0</v>
       </c>
       <c r="O539" t="s">
         <v>28</v>
       </c>
       <c r="P539">
-        <v>0.8844</v>
+        <v>1.8648</v>
       </c>
     </row>
     <row r="540" spans="1:24">
       <c r="A540" s="2">
-        <v>45218.355636574</v>
+        <v>45310.359837963</v>
       </c>
       <c r="B540" t="s">
         <v>24</v>
       </c>
       <c r="C540" t="s">
         <v>29</v>
       </c>
       <c r="D540" t="s">
         <v>26</v>
       </c>
       <c r="E540" t="s">
         <v>27</v>
       </c>
       <c r="I540" t="s">
         <v>28</v>
       </c>
       <c r="J540">
         <v>3.9</v>
       </c>
       <c r="K540" s="2">
         <v>45140.0</v>
       </c>
       <c r="L540" s="2">
         <v>46236.0</v>
       </c>
       <c r="M540">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N540">
         <v>100.0</v>
       </c>
       <c r="O540" t="s">
         <v>28</v>
       </c>
       <c r="P540">
-        <v>0.8738</v>
+        <v>1.8541</v>
       </c>
     </row>
     <row r="541" spans="1:24">
       <c r="A541" s="2">
-        <v>45217.355706019</v>
+        <v>45309.360833333</v>
       </c>
       <c r="B541" t="s">
         <v>24</v>
       </c>
       <c r="C541" t="s">
         <v>29</v>
       </c>
       <c r="D541" t="s">
         <v>26</v>
       </c>
       <c r="E541" t="s">
         <v>27</v>
       </c>
       <c r="I541" t="s">
         <v>28</v>
       </c>
       <c r="J541">
         <v>3.9</v>
       </c>
       <c r="K541" s="2">
         <v>45140.0</v>
       </c>
       <c r="L541" s="2">
         <v>46236.0</v>
       </c>
       <c r="M541">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N541">
         <v>100.0</v>
       </c>
       <c r="O541" t="s">
         <v>28</v>
       </c>
       <c r="P541">
-        <v>0.8418</v>
+        <v>1.8434</v>
       </c>
     </row>
     <row r="542" spans="1:24">
       <c r="A542" s="2">
-        <v>45216.355740741</v>
+        <v>45308.356134259</v>
       </c>
       <c r="B542" t="s">
         <v>24</v>
       </c>
       <c r="C542" t="s">
         <v>29</v>
       </c>
       <c r="D542" t="s">
         <v>26</v>
       </c>
       <c r="E542" t="s">
         <v>27</v>
       </c>
       <c r="I542" t="s">
         <v>28</v>
       </c>
       <c r="J542">
         <v>3.9</v>
       </c>
       <c r="K542" s="2">
         <v>45140.0</v>
       </c>
       <c r="L542" s="2">
         <v>46236.0</v>
       </c>
       <c r="M542">
-        <v>2250000</v>
+        <v>3900000</v>
       </c>
       <c r="N542">
         <v>100.0</v>
       </c>
       <c r="O542" t="s">
         <v>28</v>
       </c>
       <c r="P542">
-        <v>0.8311</v>
+        <v>1.8115</v>
       </c>
     </row>
     <row r="543" spans="1:24">
       <c r="A543" s="2">
-        <v>45215.355590278</v>
+        <v>45307.355717593</v>
       </c>
       <c r="B543" t="s">
         <v>24</v>
       </c>
       <c r="C543" t="s">
         <v>29</v>
       </c>
       <c r="D543" t="s">
         <v>26</v>
       </c>
       <c r="E543" t="s">
         <v>27</v>
       </c>
       <c r="I543" t="s">
         <v>28</v>
       </c>
       <c r="J543">
         <v>3.9</v>
       </c>
       <c r="K543" s="2">
         <v>45140.0</v>
       </c>
       <c r="L543" s="2">
         <v>46236.0</v>
       </c>
       <c r="M543">
-        <v>2250000</v>
+        <v>3300000</v>
       </c>
       <c r="N543">
         <v>100.0</v>
       </c>
       <c r="O543" t="s">
         <v>28</v>
       </c>
       <c r="P543">
-        <v>0.8205</v>
+        <v>1.8008</v>
       </c>
     </row>
     <row r="544" spans="1:24">
       <c r="A544" s="2">
-        <v>45212.355914352</v>
+        <v>45306.355659722</v>
       </c>
       <c r="B544" t="s">
         <v>24</v>
       </c>
       <c r="C544" t="s">
         <v>29</v>
       </c>
       <c r="D544" t="s">
         <v>26</v>
       </c>
       <c r="E544" t="s">
         <v>27</v>
       </c>
       <c r="I544" t="s">
         <v>28</v>
       </c>
       <c r="J544">
         <v>3.9</v>
       </c>
       <c r="K544" s="2">
         <v>45140.0</v>
       </c>
       <c r="L544" s="2">
         <v>46236.0</v>
       </c>
       <c r="M544">
-        <v>2250000</v>
+        <v>3300000</v>
       </c>
       <c r="N544">
         <v>100.0</v>
       </c>
       <c r="O544" t="s">
         <v>28</v>
       </c>
       <c r="P544">
-        <v>0.8098</v>
+        <v>1.7902</v>
       </c>
     </row>
     <row r="545" spans="1:24">
       <c r="A545" s="2">
-        <v>45211.355694444</v>
+        <v>45303.366076389</v>
       </c>
       <c r="B545" t="s">
         <v>24</v>
       </c>
       <c r="C545" t="s">
         <v>29</v>
       </c>
       <c r="D545" t="s">
         <v>26</v>
       </c>
       <c r="E545" t="s">
         <v>27</v>
       </c>
       <c r="I545" t="s">
         <v>28</v>
       </c>
       <c r="J545">
         <v>3.9</v>
       </c>
       <c r="K545" s="2">
         <v>45140.0</v>
       </c>
       <c r="L545" s="2">
         <v>46236.0</v>
       </c>
       <c r="M545">
-        <v>2250000</v>
+        <v>3300000</v>
       </c>
       <c r="N545">
         <v>100.0</v>
       </c>
       <c r="O545" t="s">
         <v>28</v>
       </c>
       <c r="P545">
-        <v>0.7992</v>
+        <v>1.7795</v>
       </c>
     </row>
     <row r="546" spans="1:24">
       <c r="A546" s="2">
-        <v>45210.373912037</v>
+        <v>45302.355659722</v>
       </c>
       <c r="B546" t="s">
         <v>24</v>
       </c>
       <c r="C546" t="s">
         <v>29</v>
       </c>
       <c r="D546" t="s">
         <v>26</v>
       </c>
       <c r="E546" t="s">
         <v>27</v>
       </c>
       <c r="I546" t="s">
         <v>28</v>
       </c>
       <c r="J546">
         <v>3.9</v>
       </c>
       <c r="K546" s="2">
         <v>45140.0</v>
       </c>
       <c r="L546" s="2">
         <v>46236.0</v>
       </c>
       <c r="M546">
-        <v>2250000</v>
+        <v>3300000</v>
       </c>
       <c r="N546">
         <v>100.0</v>
       </c>
       <c r="O546" t="s">
         <v>28</v>
       </c>
       <c r="P546">
-        <v>0.7672</v>
+        <v>1.7689</v>
       </c>
     </row>
     <row r="547" spans="1:24">
       <c r="A547" s="2">
-        <v>45209.355648148</v>
+        <v>45301.355555556</v>
       </c>
       <c r="B547" t="s">
         <v>24</v>
       </c>
       <c r="C547" t="s">
         <v>29</v>
       </c>
       <c r="D547" t="s">
         <v>26</v>
       </c>
       <c r="E547" t="s">
         <v>27</v>
       </c>
       <c r="I547" t="s">
         <v>28</v>
       </c>
       <c r="J547">
         <v>3.9</v>
       </c>
       <c r="K547" s="2">
         <v>45140.0</v>
       </c>
       <c r="L547" s="2">
         <v>46236.0</v>
       </c>
       <c r="M547">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N547">
         <v>100.0</v>
       </c>
       <c r="O547" t="s">
         <v>28</v>
       </c>
       <c r="P547">
-        <v>0.7566</v>
+        <v>1.7369</v>
       </c>
     </row>
     <row r="548" spans="1:24">
       <c r="A548" s="2">
-        <v>45208.355601852</v>
+        <v>45300.355659722</v>
       </c>
       <c r="B548" t="s">
         <v>24</v>
       </c>
       <c r="C548" t="s">
         <v>29</v>
       </c>
       <c r="D548" t="s">
         <v>26</v>
       </c>
       <c r="E548" t="s">
         <v>27</v>
       </c>
       <c r="I548" t="s">
         <v>28</v>
       </c>
       <c r="J548">
         <v>3.9</v>
       </c>
       <c r="K548" s="2">
         <v>45140.0</v>
       </c>
       <c r="L548" s="2">
         <v>46236.0</v>
       </c>
       <c r="M548">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N548">
         <v>100.0</v>
       </c>
       <c r="O548" t="s">
         <v>28</v>
       </c>
       <c r="P548">
-        <v>0.7459</v>
+        <v>1.7262</v>
       </c>
     </row>
     <row r="549" spans="1:24">
       <c r="A549" s="2">
-        <v>45205.37099537</v>
+        <v>45299.356377315</v>
       </c>
       <c r="B549" t="s">
         <v>24</v>
       </c>
       <c r="C549" t="s">
         <v>29</v>
       </c>
       <c r="D549" t="s">
         <v>26</v>
       </c>
       <c r="E549" t="s">
         <v>27</v>
       </c>
       <c r="I549" t="s">
         <v>28</v>
       </c>
       <c r="J549">
         <v>3.9</v>
       </c>
       <c r="K549" s="2">
         <v>45140.0</v>
       </c>
       <c r="L549" s="2">
         <v>46236.0</v>
       </c>
       <c r="M549">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N549">
         <v>100.0</v>
       </c>
       <c r="O549" t="s">
         <v>28</v>
       </c>
       <c r="P549">
-        <v>0.7352</v>
+        <v>1.7156</v>
       </c>
     </row>
     <row r="550" spans="1:24">
       <c r="A550" s="2">
-        <v>45204.356238426</v>
+        <v>45296.35625</v>
       </c>
       <c r="B550" t="s">
         <v>24</v>
       </c>
       <c r="C550" t="s">
         <v>29</v>
       </c>
       <c r="D550" t="s">
         <v>26</v>
       </c>
       <c r="E550" t="s">
         <v>27</v>
       </c>
       <c r="I550" t="s">
         <v>28</v>
       </c>
       <c r="J550">
         <v>3.9</v>
       </c>
       <c r="K550" s="2">
         <v>45140.0</v>
       </c>
       <c r="L550" s="2">
         <v>46236.0</v>
       </c>
       <c r="M550">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N550">
         <v>100.0</v>
       </c>
       <c r="O550" t="s">
         <v>28</v>
       </c>
       <c r="P550">
-        <v>0.7246</v>
+        <v>1.7049</v>
       </c>
     </row>
     <row r="551" spans="1:24">
       <c r="A551" s="2">
-        <v>45203.35619213</v>
+        <v>45295.36525463</v>
       </c>
       <c r="B551" t="s">
         <v>24</v>
       </c>
       <c r="C551" t="s">
         <v>29</v>
       </c>
       <c r="D551" t="s">
         <v>26</v>
       </c>
       <c r="E551" t="s">
         <v>27</v>
       </c>
       <c r="I551" t="s">
         <v>28</v>
       </c>
       <c r="J551">
         <v>3.9</v>
       </c>
       <c r="K551" s="2">
         <v>45140.0</v>
       </c>
       <c r="L551" s="2">
         <v>46236.0</v>
       </c>
       <c r="M551">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N551">
         <v>100.0</v>
       </c>
       <c r="O551" t="s">
         <v>28</v>
       </c>
       <c r="P551">
-        <v>0.6926</v>
+        <v>1.6943</v>
       </c>
     </row>
     <row r="552" spans="1:24">
       <c r="A552" s="2">
-        <v>45202.356331019</v>
+        <v>45294.355659722</v>
       </c>
       <c r="B552" t="s">
         <v>24</v>
       </c>
       <c r="C552" t="s">
         <v>29</v>
       </c>
       <c r="D552" t="s">
         <v>26</v>
       </c>
       <c r="E552" t="s">
         <v>27</v>
       </c>
       <c r="I552" t="s">
         <v>28</v>
       </c>
       <c r="J552">
         <v>3.9</v>
       </c>
       <c r="K552" s="2">
         <v>45140.0</v>
       </c>
       <c r="L552" s="2">
         <v>46236.0</v>
       </c>
       <c r="M552">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N552">
         <v>100.0</v>
       </c>
       <c r="O552" t="s">
         <v>28</v>
       </c>
       <c r="P552">
-        <v>0.682</v>
+        <v>1.6623</v>
       </c>
     </row>
     <row r="553" spans="1:24">
       <c r="A553" s="2">
-        <v>45201.356145833</v>
+        <v>45293.356180556</v>
       </c>
       <c r="B553" t="s">
         <v>24</v>
       </c>
       <c r="C553" t="s">
         <v>29</v>
       </c>
       <c r="D553" t="s">
         <v>26</v>
       </c>
       <c r="E553" t="s">
         <v>27</v>
       </c>
       <c r="I553" t="s">
         <v>28</v>
       </c>
       <c r="J553">
         <v>3.9</v>
       </c>
       <c r="K553" s="2">
         <v>45140.0</v>
       </c>
       <c r="L553" s="2">
         <v>46236.0</v>
       </c>
       <c r="M553">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N553">
         <v>100.0</v>
       </c>
       <c r="O553" t="s">
         <v>28</v>
       </c>
       <c r="P553">
-        <v>0.6713</v>
+        <v>1.6516</v>
       </c>
     </row>
     <row r="554" spans="1:24">
       <c r="A554" s="2">
-        <v>45198.355532407</v>
+        <v>45289.400104167</v>
       </c>
       <c r="B554" t="s">
         <v>24</v>
       </c>
       <c r="C554" t="s">
         <v>29</v>
       </c>
       <c r="D554" t="s">
         <v>26</v>
       </c>
       <c r="E554" t="s">
         <v>27</v>
       </c>
       <c r="I554" t="s">
         <v>28</v>
       </c>
       <c r="J554">
         <v>3.9</v>
       </c>
       <c r="K554" s="2">
         <v>45140.0</v>
       </c>
       <c r="L554" s="2">
         <v>46236.0</v>
       </c>
       <c r="M554">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N554">
         <v>100.0</v>
       </c>
       <c r="O554" t="s">
         <v>28</v>
       </c>
       <c r="P554">
-        <v>0.6607</v>
+        <v>1.641</v>
       </c>
     </row>
     <row r="555" spans="1:24">
       <c r="A555" s="2">
-        <v>45197.355625</v>
+        <v>45288.355694444</v>
       </c>
       <c r="B555" t="s">
         <v>24</v>
       </c>
       <c r="C555" t="s">
         <v>29</v>
       </c>
       <c r="D555" t="s">
         <v>26</v>
       </c>
       <c r="E555" t="s">
         <v>27</v>
       </c>
       <c r="I555" t="s">
         <v>28</v>
       </c>
       <c r="J555">
         <v>3.9</v>
       </c>
       <c r="K555" s="2">
         <v>45140.0</v>
       </c>
       <c r="L555" s="2">
         <v>46236.0</v>
       </c>
       <c r="M555">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N555">
         <v>100.0</v>
       </c>
       <c r="O555" t="s">
         <v>28</v>
       </c>
       <c r="P555">
-        <v>0.65</v>
+        <v>1.6303</v>
       </c>
     </row>
     <row r="556" spans="1:24">
       <c r="A556" s="2">
-        <v>45196.355671296</v>
+        <v>45287.356365741</v>
       </c>
       <c r="B556" t="s">
         <v>24</v>
       </c>
       <c r="C556" t="s">
         <v>29</v>
       </c>
       <c r="D556" t="s">
         <v>26</v>
       </c>
       <c r="E556" t="s">
         <v>27</v>
       </c>
       <c r="I556" t="s">
         <v>28</v>
       </c>
       <c r="J556">
         <v>3.9</v>
       </c>
       <c r="K556" s="2">
         <v>45140.0</v>
       </c>
       <c r="L556" s="2">
         <v>46236.0</v>
       </c>
       <c r="M556">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N556">
         <v>100.0</v>
       </c>
       <c r="O556" t="s">
         <v>28</v>
       </c>
       <c r="P556">
-        <v>0.618</v>
+        <v>1.5877</v>
       </c>
     </row>
     <row r="557" spans="1:24">
       <c r="A557" s="2">
-        <v>45195.355520833</v>
+        <v>45282.357465278</v>
       </c>
       <c r="B557" t="s">
         <v>24</v>
       </c>
       <c r="C557" t="s">
         <v>29</v>
       </c>
       <c r="D557" t="s">
         <v>26</v>
       </c>
       <c r="E557" t="s">
         <v>27</v>
       </c>
       <c r="I557" t="s">
         <v>28</v>
       </c>
       <c r="J557">
         <v>3.9</v>
       </c>
       <c r="K557" s="2">
         <v>45140.0</v>
       </c>
       <c r="L557" s="2">
         <v>46236.0</v>
       </c>
       <c r="M557">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N557">
         <v>100.0</v>
       </c>
       <c r="O557" t="s">
         <v>28</v>
       </c>
       <c r="P557">
-        <v>0.6074</v>
+        <v>1.577</v>
       </c>
     </row>
     <row r="558" spans="1:24">
       <c r="A558" s="2">
-        <v>45194.355601852</v>
+        <v>45281.356215278</v>
       </c>
       <c r="B558" t="s">
         <v>24</v>
       </c>
       <c r="C558" t="s">
         <v>29</v>
       </c>
       <c r="D558" t="s">
         <v>26</v>
       </c>
       <c r="E558" t="s">
         <v>27</v>
       </c>
       <c r="I558" t="s">
         <v>28</v>
       </c>
       <c r="J558">
         <v>3.9</v>
       </c>
       <c r="K558" s="2">
         <v>45140.0</v>
       </c>
       <c r="L558" s="2">
         <v>46236.0</v>
       </c>
       <c r="M558">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N558">
         <v>100.0</v>
       </c>
       <c r="O558" t="s">
         <v>28</v>
       </c>
       <c r="P558">
-        <v>0.5967</v>
+        <v>1.5664</v>
       </c>
     </row>
     <row r="559" spans="1:24">
       <c r="A559" s="2">
-        <v>45191.355613426</v>
+        <v>45280.460717593</v>
       </c>
       <c r="B559" t="s">
         <v>24</v>
       </c>
       <c r="C559" t="s">
         <v>29</v>
       </c>
       <c r="D559" t="s">
         <v>26</v>
       </c>
       <c r="E559" t="s">
         <v>27</v>
       </c>
       <c r="I559" t="s">
         <v>28</v>
       </c>
       <c r="J559">
         <v>3.9</v>
       </c>
       <c r="K559" s="2">
         <v>45140.0</v>
       </c>
       <c r="L559" s="2">
         <v>46236.0</v>
       </c>
       <c r="M559">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N559">
         <v>100.0</v>
       </c>
       <c r="O559" t="s">
         <v>28</v>
       </c>
       <c r="P559">
-        <v>0.5861</v>
+        <v>1.5131</v>
       </c>
     </row>
     <row r="560" spans="1:24">
       <c r="A560" s="2">
-        <v>45190.355462963</v>
+        <v>45279.35650463</v>
       </c>
       <c r="B560" t="s">
         <v>24</v>
       </c>
       <c r="C560" t="s">
         <v>29</v>
       </c>
       <c r="D560" t="s">
         <v>26</v>
       </c>
       <c r="E560" t="s">
         <v>27</v>
       </c>
       <c r="I560" t="s">
         <v>28</v>
       </c>
       <c r="J560">
         <v>3.9</v>
       </c>
       <c r="K560" s="2">
         <v>45140.0</v>
       </c>
       <c r="L560" s="2">
         <v>46236.0</v>
       </c>
       <c r="M560">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N560">
         <v>100.0</v>
       </c>
       <c r="O560" t="s">
         <v>28</v>
       </c>
       <c r="P560">
-        <v>0.5754</v>
+        <v>1.5025</v>
       </c>
     </row>
     <row r="561" spans="1:24">
       <c r="A561" s="2">
-        <v>45189.355520833</v>
+        <v>45278.355706019</v>
       </c>
       <c r="B561" t="s">
         <v>24</v>
       </c>
       <c r="C561" t="s">
         <v>29</v>
       </c>
       <c r="D561" t="s">
         <v>26</v>
       </c>
       <c r="E561" t="s">
         <v>27</v>
       </c>
       <c r="I561" t="s">
         <v>28</v>
       </c>
       <c r="J561">
         <v>3.9</v>
       </c>
       <c r="K561" s="2">
         <v>45140.0</v>
       </c>
       <c r="L561" s="2">
         <v>46236.0</v>
       </c>
       <c r="M561">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N561">
         <v>100.0</v>
       </c>
       <c r="O561" t="s">
         <v>28</v>
       </c>
       <c r="P561">
-        <v>0.5434</v>
+        <v>1.4918</v>
       </c>
     </row>
     <row r="562" spans="1:24">
       <c r="A562" s="2">
-        <v>45188.355706019</v>
+        <v>45275.355694444</v>
       </c>
       <c r="B562" t="s">
         <v>24</v>
       </c>
       <c r="C562" t="s">
         <v>29</v>
       </c>
       <c r="D562" t="s">
         <v>26</v>
       </c>
       <c r="E562" t="s">
         <v>27</v>
       </c>
       <c r="I562" t="s">
         <v>28</v>
       </c>
       <c r="J562">
         <v>3.9</v>
       </c>
       <c r="K562" s="2">
         <v>45140.0</v>
       </c>
       <c r="L562" s="2">
         <v>46236.0</v>
       </c>
       <c r="M562">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N562">
         <v>100.0</v>
       </c>
       <c r="O562" t="s">
         <v>28</v>
       </c>
       <c r="P562">
-        <v>0.5328</v>
+        <v>1.4811</v>
       </c>
     </row>
     <row r="563" spans="1:24">
       <c r="A563" s="2">
-        <v>45187.355671296</v>
+        <v>45274.356354167</v>
       </c>
       <c r="B563" t="s">
         <v>24</v>
       </c>
       <c r="C563" t="s">
         <v>29</v>
       </c>
       <c r="D563" t="s">
         <v>26</v>
       </c>
       <c r="E563" t="s">
         <v>27</v>
       </c>
       <c r="I563" t="s">
         <v>28</v>
       </c>
       <c r="J563">
         <v>3.9</v>
       </c>
       <c r="K563" s="2">
         <v>45140.0</v>
       </c>
       <c r="L563" s="2">
         <v>46236.0</v>
       </c>
       <c r="M563">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N563">
         <v>100.0</v>
       </c>
       <c r="O563" t="s">
         <v>28</v>
       </c>
       <c r="P563">
-        <v>0.5221</v>
+        <v>1.4705</v>
       </c>
     </row>
     <row r="564" spans="1:24">
       <c r="A564" s="2">
-        <v>45184.355659722</v>
+        <v>45273.355636574</v>
       </c>
       <c r="B564" t="s">
         <v>24</v>
       </c>
       <c r="C564" t="s">
         <v>29</v>
       </c>
       <c r="D564" t="s">
         <v>26</v>
       </c>
       <c r="E564" t="s">
         <v>27</v>
       </c>
       <c r="I564" t="s">
         <v>28</v>
       </c>
       <c r="J564">
         <v>3.9</v>
       </c>
       <c r="K564" s="2">
         <v>45140.0</v>
       </c>
       <c r="L564" s="2">
         <v>46236.0</v>
       </c>
       <c r="M564">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N564">
         <v>100.0</v>
       </c>
       <c r="O564" t="s">
         <v>28</v>
       </c>
       <c r="P564">
-        <v>0.5115</v>
+        <v>1.4385</v>
       </c>
     </row>
     <row r="565" spans="1:24">
       <c r="A565" s="2">
-        <v>45183.35568287</v>
+        <v>45272.355659722</v>
       </c>
       <c r="B565" t="s">
         <v>24</v>
       </c>
       <c r="C565" t="s">
         <v>29</v>
       </c>
       <c r="D565" t="s">
         <v>26</v>
       </c>
       <c r="E565" t="s">
         <v>27</v>
       </c>
       <c r="I565" t="s">
         <v>28</v>
       </c>
       <c r="J565">
         <v>3.9</v>
       </c>
       <c r="K565" s="2">
         <v>45140.0</v>
       </c>
       <c r="L565" s="2">
         <v>46236.0</v>
       </c>
       <c r="M565">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N565">
         <v>100.0</v>
       </c>
       <c r="O565" t="s">
         <v>28</v>
       </c>
       <c r="P565">
-        <v>0.5008</v>
+        <v>1.4279</v>
       </c>
     </row>
     <row r="566" spans="1:24">
       <c r="A566" s="2">
-        <v>45182.355671296</v>
+        <v>45271.356597222</v>
       </c>
       <c r="B566" t="s">
         <v>24</v>
       </c>
       <c r="C566" t="s">
         <v>29</v>
       </c>
       <c r="D566" t="s">
         <v>26</v>
       </c>
       <c r="E566" t="s">
         <v>27</v>
       </c>
       <c r="I566" t="s">
         <v>28</v>
       </c>
       <c r="J566">
         <v>3.9</v>
       </c>
       <c r="K566" s="2">
         <v>45140.0</v>
       </c>
       <c r="L566" s="2">
         <v>46236.0</v>
       </c>
       <c r="M566">
-        <v>1850000</v>
+        <v>3300000</v>
       </c>
       <c r="N566">
         <v>100.0</v>
       </c>
       <c r="O566" t="s">
         <v>28</v>
       </c>
       <c r="P566">
-        <v>0.4689</v>
+        <v>1.4172</v>
       </c>
     </row>
     <row r="567" spans="1:24">
       <c r="A567" s="2">
-        <v>45181.355671296</v>
+        <v>45268.356342593</v>
       </c>
       <c r="B567" t="s">
         <v>24</v>
       </c>
       <c r="C567" t="s">
         <v>29</v>
       </c>
       <c r="D567" t="s">
         <v>26</v>
       </c>
       <c r="E567" t="s">
         <v>27</v>
       </c>
       <c r="I567" t="s">
         <v>28</v>
       </c>
       <c r="J567">
         <v>3.9</v>
       </c>
       <c r="K567" s="2">
         <v>45140.0</v>
       </c>
       <c r="L567" s="2">
         <v>46236.0</v>
       </c>
       <c r="M567">
-        <v>1350000</v>
+        <v>3300000</v>
       </c>
       <c r="N567">
         <v>100.0</v>
       </c>
       <c r="O567" t="s">
         <v>28</v>
       </c>
       <c r="P567">
-        <v>0.4582</v>
+        <v>1.4066</v>
       </c>
     </row>
     <row r="568" spans="1:24">
       <c r="A568" s="2">
-        <v>45180.355659722</v>
+        <v>45267.356203704</v>
       </c>
       <c r="B568" t="s">
         <v>24</v>
       </c>
       <c r="C568" t="s">
         <v>29</v>
       </c>
       <c r="D568" t="s">
         <v>26</v>
       </c>
       <c r="E568" t="s">
         <v>27</v>
       </c>
       <c r="I568" t="s">
         <v>28</v>
       </c>
       <c r="J568">
         <v>3.9</v>
       </c>
       <c r="K568" s="2">
         <v>45140.0</v>
       </c>
       <c r="L568" s="2">
         <v>46236.0</v>
       </c>
       <c r="M568">
-        <v>1350000</v>
+        <v>3300000</v>
       </c>
       <c r="N568">
         <v>100.0</v>
       </c>
       <c r="O568" t="s">
         <v>28</v>
       </c>
       <c r="P568">
-        <v>0.4475</v>
+        <v>1.3959</v>
       </c>
     </row>
     <row r="569" spans="1:24">
       <c r="A569" s="2">
-        <v>45177.355543981</v>
+        <v>45266.356261574</v>
       </c>
       <c r="B569" t="s">
         <v>24</v>
       </c>
       <c r="C569" t="s">
         <v>29</v>
       </c>
       <c r="D569" t="s">
         <v>26</v>
       </c>
       <c r="E569" t="s">
         <v>27</v>
       </c>
       <c r="I569" t="s">
         <v>28</v>
       </c>
       <c r="J569">
         <v>3.9</v>
       </c>
       <c r="K569" s="2">
         <v>45140.0</v>
       </c>
       <c r="L569" s="2">
         <v>46236.0</v>
       </c>
       <c r="M569">
-        <v>1350000</v>
+        <v>3300000</v>
       </c>
       <c r="N569">
         <v>100.0</v>
       </c>
       <c r="O569" t="s">
         <v>28</v>
       </c>
       <c r="P569">
-        <v>0.4369</v>
+        <v>1.3639</v>
       </c>
     </row>
     <row r="570" spans="1:24">
       <c r="A570" s="2">
-        <v>45176.355706019</v>
+        <v>45265.355659722</v>
       </c>
       <c r="B570" t="s">
         <v>24</v>
       </c>
       <c r="C570" t="s">
         <v>29</v>
       </c>
       <c r="D570" t="s">
         <v>26</v>
       </c>
       <c r="E570" t="s">
         <v>27</v>
       </c>
       <c r="I570" t="s">
         <v>28</v>
       </c>
       <c r="J570">
         <v>3.9</v>
       </c>
       <c r="K570" s="2">
         <v>45140.0</v>
       </c>
       <c r="L570" s="2">
         <v>46236.0</v>
       </c>
       <c r="M570">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N570">
         <v>100.0</v>
       </c>
       <c r="O570" t="s">
         <v>28</v>
       </c>
       <c r="P570">
-        <v>0.4262</v>
+        <v>1.3533</v>
       </c>
     </row>
     <row r="571" spans="1:24">
       <c r="A571" s="2">
-        <v>45175.355648148</v>
+        <v>45264.355717593</v>
       </c>
       <c r="B571" t="s">
         <v>24</v>
       </c>
       <c r="C571" t="s">
         <v>29</v>
       </c>
       <c r="D571" t="s">
         <v>26</v>
       </c>
       <c r="E571" t="s">
         <v>27</v>
       </c>
       <c r="I571" t="s">
         <v>28</v>
       </c>
       <c r="J571">
         <v>3.9</v>
       </c>
       <c r="K571" s="2">
         <v>45140.0</v>
       </c>
       <c r="L571" s="2">
         <v>46236.0</v>
       </c>
       <c r="M571">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N571">
         <v>100.0</v>
       </c>
       <c r="O571" t="s">
         <v>28</v>
       </c>
       <c r="P571">
-        <v>0.3943</v>
+        <v>1.3426</v>
       </c>
     </row>
     <row r="572" spans="1:24">
       <c r="A572" s="2">
-        <v>45174.355659722</v>
+        <v>45261.355543981</v>
       </c>
       <c r="B572" t="s">
         <v>24</v>
       </c>
       <c r="C572" t="s">
         <v>29</v>
       </c>
       <c r="D572" t="s">
         <v>26</v>
       </c>
       <c r="E572" t="s">
         <v>27</v>
       </c>
       <c r="I572" t="s">
         <v>28</v>
       </c>
       <c r="J572">
         <v>3.9</v>
       </c>
       <c r="K572" s="2">
         <v>45140.0</v>
       </c>
       <c r="L572" s="2">
         <v>46236.0</v>
       </c>
       <c r="M572">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N572">
         <v>100.0</v>
       </c>
       <c r="O572" t="s">
         <v>28</v>
       </c>
       <c r="P572">
-        <v>0.3836</v>
+        <v>1.332</v>
       </c>
     </row>
     <row r="573" spans="1:24">
       <c r="A573" s="2">
-        <v>45173.355648148</v>
+        <v>45260.355601852</v>
       </c>
       <c r="B573" t="s">
         <v>24</v>
       </c>
       <c r="C573" t="s">
         <v>29</v>
       </c>
       <c r="D573" t="s">
         <v>26</v>
       </c>
       <c r="E573" t="s">
         <v>27</v>
       </c>
       <c r="I573" t="s">
         <v>28</v>
       </c>
       <c r="J573">
         <v>3.9</v>
       </c>
       <c r="K573" s="2">
         <v>45140.0</v>
       </c>
       <c r="L573" s="2">
         <v>46236.0</v>
       </c>
       <c r="M573">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N573">
         <v>100.0</v>
       </c>
       <c r="O573" t="s">
         <v>28</v>
       </c>
       <c r="P573">
-        <v>0.373</v>
+        <v>1.3213</v>
       </c>
     </row>
     <row r="574" spans="1:24">
       <c r="A574" s="2">
-        <v>45170.355659722</v>
+        <v>45259.355671296</v>
       </c>
       <c r="B574" t="s">
         <v>24</v>
       </c>
       <c r="C574" t="s">
         <v>29</v>
       </c>
       <c r="D574" t="s">
         <v>26</v>
       </c>
       <c r="E574" t="s">
         <v>27</v>
       </c>
       <c r="I574" t="s">
         <v>28</v>
       </c>
       <c r="J574">
         <v>3.9</v>
       </c>
       <c r="K574" s="2">
         <v>45140.0</v>
       </c>
       <c r="L574" s="2">
         <v>46236.0</v>
       </c>
       <c r="M574">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N574">
         <v>100.0</v>
       </c>
       <c r="O574" t="s">
         <v>28</v>
       </c>
       <c r="P574">
-        <v>0.3623</v>
+        <v>1.2893</v>
       </c>
     </row>
     <row r="575" spans="1:24">
       <c r="A575" s="2">
-        <v>45169.355648148</v>
+        <v>45258.355671296</v>
       </c>
       <c r="B575" t="s">
         <v>24</v>
       </c>
       <c r="C575" t="s">
         <v>29</v>
       </c>
       <c r="D575" t="s">
         <v>26</v>
       </c>
       <c r="E575" t="s">
         <v>27</v>
       </c>
       <c r="I575" t="s">
         <v>28</v>
       </c>
       <c r="J575">
         <v>3.9</v>
       </c>
       <c r="K575" s="2">
         <v>45140.0</v>
       </c>
       <c r="L575" s="2">
         <v>46236.0</v>
       </c>
       <c r="M575">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N575">
         <v>100.0</v>
       </c>
       <c r="O575" t="s">
         <v>28</v>
       </c>
       <c r="P575">
-        <v>0.3516</v>
+        <v>1.2787</v>
       </c>
     </row>
     <row r="576" spans="1:24">
       <c r="A576" s="2">
-        <v>45168.355555556</v>
+        <v>45257.355763889</v>
       </c>
       <c r="B576" t="s">
         <v>24</v>
       </c>
       <c r="C576" t="s">
         <v>29</v>
       </c>
       <c r="D576" t="s">
         <v>26</v>
       </c>
       <c r="E576" t="s">
         <v>27</v>
       </c>
       <c r="I576" t="s">
         <v>28</v>
       </c>
       <c r="J576">
         <v>3.9</v>
       </c>
       <c r="K576" s="2">
         <v>45140.0</v>
       </c>
       <c r="L576" s="2">
         <v>46236.0</v>
       </c>
       <c r="M576">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N576">
         <v>100.0</v>
       </c>
       <c r="O576" t="s">
         <v>28</v>
       </c>
       <c r="P576">
-        <v>0.3197</v>
+        <v>1.268</v>
       </c>
     </row>
     <row r="577" spans="1:24">
       <c r="A577" s="2">
-        <v>45167.355648148</v>
+        <v>45254.35568287</v>
       </c>
       <c r="B577" t="s">
         <v>24</v>
       </c>
       <c r="C577" t="s">
         <v>29</v>
       </c>
       <c r="D577" t="s">
         <v>26</v>
       </c>
       <c r="E577" t="s">
         <v>27</v>
       </c>
       <c r="I577" t="s">
         <v>28</v>
       </c>
       <c r="J577">
         <v>3.9</v>
       </c>
       <c r="K577" s="2">
         <v>45140.0</v>
       </c>
       <c r="L577" s="2">
         <v>46236.0</v>
       </c>
       <c r="M577">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N577">
         <v>100.0</v>
       </c>
       <c r="O577" t="s">
         <v>28</v>
       </c>
       <c r="P577">
-        <v>0.309</v>
+        <v>1.2574</v>
       </c>
     </row>
     <row r="578" spans="1:24">
       <c r="A578" s="2">
-        <v>45166.355590278</v>
+        <v>45253.35568287</v>
       </c>
       <c r="B578" t="s">
         <v>24</v>
       </c>
       <c r="C578" t="s">
         <v>29</v>
       </c>
       <c r="D578" t="s">
         <v>26</v>
       </c>
       <c r="E578" t="s">
         <v>27</v>
       </c>
       <c r="I578" t="s">
         <v>28</v>
       </c>
       <c r="J578">
         <v>3.9</v>
       </c>
       <c r="K578" s="2">
         <v>45140.0</v>
       </c>
       <c r="L578" s="2">
         <v>46236.0</v>
       </c>
       <c r="M578">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N578">
         <v>100.0</v>
       </c>
       <c r="O578" t="s">
         <v>28</v>
       </c>
       <c r="P578">
-        <v>0.2984</v>
+        <v>1.2467</v>
       </c>
     </row>
     <row r="579" spans="1:24">
       <c r="A579" s="2">
-        <v>45163.355833333</v>
+        <v>45252.355729167</v>
       </c>
       <c r="B579" t="s">
         <v>24</v>
       </c>
       <c r="C579" t="s">
         <v>29</v>
       </c>
       <c r="D579" t="s">
         <v>26</v>
       </c>
       <c r="E579" t="s">
         <v>27</v>
       </c>
       <c r="I579" t="s">
         <v>28</v>
       </c>
       <c r="J579">
         <v>3.9</v>
       </c>
       <c r="K579" s="2">
         <v>45140.0</v>
       </c>
       <c r="L579" s="2">
         <v>46236.0</v>
       </c>
       <c r="M579">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N579">
         <v>100.0</v>
       </c>
       <c r="O579" t="s">
         <v>28</v>
       </c>
       <c r="P579">
-        <v>0.2877</v>
+        <v>1.2148</v>
       </c>
     </row>
     <row r="580" spans="1:24">
       <c r="A580" s="2">
-        <v>45162.355613426</v>
+        <v>45251.355902778</v>
       </c>
       <c r="B580" t="s">
         <v>24</v>
       </c>
       <c r="C580" t="s">
         <v>29</v>
       </c>
       <c r="D580" t="s">
         <v>26</v>
       </c>
       <c r="E580" t="s">
         <v>27</v>
       </c>
       <c r="I580" t="s">
         <v>28</v>
       </c>
       <c r="J580">
         <v>3.9</v>
       </c>
       <c r="K580" s="2">
         <v>45140.0</v>
       </c>
       <c r="L580" s="2">
         <v>46236.0</v>
       </c>
       <c r="M580">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N580">
         <v>100.0</v>
       </c>
       <c r="O580" t="s">
         <v>28</v>
       </c>
       <c r="P580">
-        <v>0.277</v>
+        <v>1.2041</v>
       </c>
     </row>
     <row r="581" spans="1:24">
       <c r="A581" s="2">
-        <v>45161.355659722</v>
+        <v>45250.355613426</v>
       </c>
       <c r="B581" t="s">
         <v>24</v>
       </c>
       <c r="C581" t="s">
         <v>29</v>
       </c>
       <c r="D581" t="s">
         <v>26</v>
       </c>
       <c r="E581" t="s">
         <v>27</v>
       </c>
       <c r="I581" t="s">
         <v>28</v>
       </c>
       <c r="J581">
         <v>3.9</v>
       </c>
       <c r="K581" s="2">
         <v>45140.0</v>
       </c>
       <c r="L581" s="2">
         <v>46236.0</v>
       </c>
       <c r="M581">
-        <v>1350000</v>
+        <v>2850000</v>
       </c>
       <c r="N581">
         <v>100.0</v>
       </c>
       <c r="O581" t="s">
         <v>28</v>
       </c>
       <c r="P581">
-        <v>0.2451</v>
+        <v>1.1934</v>
       </c>
     </row>
     <row r="582" spans="1:24">
       <c r="A582" s="2">
-        <v>45160.355717593</v>
+        <v>45247.356238426</v>
       </c>
       <c r="B582" t="s">
         <v>24</v>
       </c>
       <c r="C582" t="s">
         <v>29</v>
       </c>
       <c r="D582" t="s">
         <v>26</v>
       </c>
       <c r="E582" t="s">
         <v>27</v>
       </c>
       <c r="I582" t="s">
         <v>28</v>
       </c>
       <c r="J582">
         <v>3.9</v>
       </c>
       <c r="K582" s="2">
         <v>45140.0</v>
       </c>
       <c r="L582" s="2">
         <v>46236.0</v>
       </c>
       <c r="M582">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N582">
         <v>100.0</v>
       </c>
       <c r="O582" t="s">
         <v>28</v>
       </c>
       <c r="P582">
-        <v>0.2344</v>
+        <v>1.1828</v>
       </c>
     </row>
     <row r="583" spans="1:24">
       <c r="A583" s="2">
-        <v>45159.355416667</v>
+        <v>45246.355729167</v>
       </c>
       <c r="B583" t="s">
         <v>24</v>
       </c>
       <c r="C583" t="s">
         <v>29</v>
       </c>
       <c r="D583" t="s">
         <v>26</v>
       </c>
       <c r="E583" t="s">
         <v>27</v>
       </c>
       <c r="I583" t="s">
         <v>28</v>
       </c>
       <c r="J583">
         <v>3.9</v>
       </c>
       <c r="K583" s="2">
         <v>45140.0</v>
       </c>
       <c r="L583" s="2">
         <v>46236.0</v>
       </c>
       <c r="M583">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N583">
         <v>100.0</v>
       </c>
       <c r="O583" t="s">
         <v>28</v>
       </c>
       <c r="P583">
-        <v>0.2238</v>
+        <v>1.1721</v>
       </c>
     </row>
     <row r="584" spans="1:24">
       <c r="A584" s="2">
-        <v>45156.355509259</v>
+        <v>45245.355694444</v>
       </c>
       <c r="B584" t="s">
         <v>24</v>
       </c>
       <c r="C584" t="s">
         <v>29</v>
       </c>
       <c r="D584" t="s">
         <v>26</v>
       </c>
       <c r="E584" t="s">
         <v>27</v>
       </c>
       <c r="I584" t="s">
         <v>28</v>
       </c>
       <c r="J584">
         <v>3.9</v>
       </c>
       <c r="K584" s="2">
         <v>45140.0</v>
       </c>
       <c r="L584" s="2">
         <v>46236.0</v>
       </c>
       <c r="M584">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N584">
         <v>100.0</v>
       </c>
       <c r="O584" t="s">
         <v>28</v>
       </c>
       <c r="P584">
-        <v>0.2131</v>
+        <v>1.1402</v>
       </c>
     </row>
     <row r="585" spans="1:24">
       <c r="A585" s="2">
-        <v>45155.356469907</v>
+        <v>45244.355775463</v>
       </c>
       <c r="B585" t="s">
         <v>24</v>
       </c>
       <c r="C585" t="s">
         <v>29</v>
       </c>
       <c r="D585" t="s">
         <v>26</v>
       </c>
       <c r="E585" t="s">
         <v>27</v>
       </c>
       <c r="I585" t="s">
         <v>28</v>
       </c>
       <c r="J585">
         <v>3.9</v>
       </c>
       <c r="K585" s="2">
         <v>45140.0</v>
       </c>
       <c r="L585" s="2">
         <v>46236.0</v>
       </c>
       <c r="M585">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N585">
         <v>100.0</v>
       </c>
       <c r="O585" t="s">
         <v>28</v>
       </c>
       <c r="P585">
-        <v>0.2025</v>
+        <v>1.1295</v>
       </c>
     </row>
     <row r="586" spans="1:24">
       <c r="A586" s="2">
-        <v>45154.355520833</v>
+        <v>45243.355659722</v>
       </c>
       <c r="B586" t="s">
         <v>24</v>
       </c>
       <c r="C586" t="s">
         <v>29</v>
       </c>
       <c r="D586" t="s">
         <v>26</v>
       </c>
       <c r="E586" t="s">
         <v>27</v>
       </c>
       <c r="I586" t="s">
         <v>28</v>
       </c>
       <c r="J586">
         <v>3.9</v>
       </c>
       <c r="K586" s="2">
         <v>45140.0</v>
       </c>
       <c r="L586" s="2">
         <v>46236.0</v>
       </c>
       <c r="M586">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N586">
         <v>100.0</v>
       </c>
       <c r="O586" t="s">
         <v>28</v>
       </c>
       <c r="P586">
-        <v>0.1705</v>
+        <v>1.1189</v>
       </c>
     </row>
     <row r="587" spans="1:24">
       <c r="A587" s="2">
-        <v>45153.355532407</v>
+        <v>45240.355659722</v>
       </c>
       <c r="B587" t="s">
         <v>24</v>
       </c>
       <c r="C587" t="s">
         <v>29</v>
       </c>
       <c r="D587" t="s">
         <v>26</v>
       </c>
       <c r="E587" t="s">
         <v>27</v>
       </c>
       <c r="I587" t="s">
         <v>28</v>
       </c>
       <c r="J587">
         <v>3.9</v>
       </c>
       <c r="K587" s="2">
         <v>45140.0</v>
       </c>
       <c r="L587" s="2">
         <v>46236.0</v>
       </c>
       <c r="M587">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N587">
         <v>100.0</v>
       </c>
       <c r="O587" t="s">
         <v>28</v>
       </c>
       <c r="P587">
-        <v>0.1598</v>
+        <v>1.1082</v>
       </c>
     </row>
     <row r="588" spans="1:24">
       <c r="A588" s="2">
-        <v>45152.355462963</v>
+        <v>45239.35568287</v>
       </c>
       <c r="B588" t="s">
         <v>24</v>
       </c>
       <c r="C588" t="s">
         <v>29</v>
       </c>
       <c r="D588" t="s">
         <v>26</v>
       </c>
       <c r="E588" t="s">
         <v>27</v>
       </c>
       <c r="I588" t="s">
         <v>28</v>
       </c>
       <c r="J588">
         <v>3.9</v>
       </c>
       <c r="K588" s="2">
         <v>45140.0</v>
       </c>
       <c r="L588" s="2">
         <v>46236.0</v>
       </c>
       <c r="M588">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N588">
         <v>100.0</v>
       </c>
       <c r="O588" t="s">
         <v>28</v>
       </c>
       <c r="P588">
-        <v>0.1492</v>
+        <v>1.0975</v>
       </c>
     </row>
     <row r="589" spans="1:24">
       <c r="A589" s="2">
-        <v>45149.355474537</v>
+        <v>45238.355613426</v>
       </c>
       <c r="B589" t="s">
         <v>24</v>
       </c>
       <c r="C589" t="s">
         <v>29</v>
       </c>
       <c r="D589" t="s">
         <v>26</v>
       </c>
       <c r="E589" t="s">
         <v>27</v>
       </c>
       <c r="I589" t="s">
         <v>28</v>
       </c>
       <c r="J589">
         <v>3.9</v>
       </c>
       <c r="K589" s="2">
         <v>45140.0</v>
       </c>
       <c r="L589" s="2">
         <v>46236.0</v>
       </c>
       <c r="M589">
-        <v>700000</v>
+        <v>2850000</v>
       </c>
       <c r="N589">
         <v>100.0</v>
       </c>
       <c r="O589" t="s">
         <v>28</v>
       </c>
       <c r="P589">
-        <v>0.1385</v>
+        <v>1.0656</v>
       </c>
     </row>
     <row r="590" spans="1:24">
       <c r="A590" s="2">
-        <v>45148.355590278</v>
+        <v>45237.355648148</v>
       </c>
       <c r="B590" t="s">
         <v>24</v>
       </c>
       <c r="C590" t="s">
         <v>29</v>
       </c>
       <c r="D590" t="s">
         <v>26</v>
       </c>
       <c r="E590" t="s">
         <v>27</v>
       </c>
       <c r="I590" t="s">
         <v>28</v>
       </c>
       <c r="J590">
         <v>3.9</v>
       </c>
       <c r="K590" s="2">
         <v>45140.0</v>
       </c>
       <c r="L590" s="2">
         <v>46236.0</v>
       </c>
       <c r="M590">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N590">
         <v>100.0</v>
       </c>
       <c r="O590" t="s">
         <v>28</v>
       </c>
       <c r="P590">
-        <v>0.1279</v>
+        <v>1.0549</v>
       </c>
     </row>
     <row r="591" spans="1:24">
       <c r="A591" s="2">
-        <v>45147.355509259</v>
+        <v>45236.355636574</v>
       </c>
       <c r="B591" t="s">
         <v>24</v>
       </c>
       <c r="C591" t="s">
         <v>29</v>
       </c>
       <c r="D591" t="s">
         <v>26</v>
       </c>
       <c r="E591" t="s">
         <v>27</v>
       </c>
       <c r="I591" t="s">
         <v>28</v>
       </c>
       <c r="J591">
         <v>3.9</v>
       </c>
       <c r="K591" s="2">
         <v>45140.0</v>
       </c>
       <c r="L591" s="2">
         <v>46236.0</v>
       </c>
       <c r="M591">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N591">
         <v>100.0</v>
       </c>
       <c r="O591" t="s">
         <v>28</v>
       </c>
       <c r="P591">
-        <v>0.0959</v>
+        <v>1.0443</v>
       </c>
     </row>
     <row r="592" spans="1:24">
       <c r="A592" s="2">
-        <v>45146.355451389</v>
+        <v>45233.355648148</v>
       </c>
       <c r="B592" t="s">
         <v>24</v>
       </c>
       <c r="C592" t="s">
         <v>29</v>
       </c>
       <c r="D592" t="s">
         <v>26</v>
       </c>
       <c r="E592" t="s">
         <v>27</v>
       </c>
       <c r="I592" t="s">
         <v>28</v>
       </c>
       <c r="J592">
         <v>3.9</v>
       </c>
       <c r="K592" s="2">
         <v>45140.0</v>
       </c>
       <c r="L592" s="2">
         <v>46236.0</v>
       </c>
       <c r="M592">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N592">
         <v>100.0</v>
       </c>
       <c r="O592" t="s">
         <v>28</v>
       </c>
       <c r="P592">
-        <v>0.0852</v>
+        <v>1.0336</v>
       </c>
     </row>
     <row r="593" spans="1:24">
       <c r="A593" s="2">
-        <v>45145.356377315</v>
+        <v>45232.355671296</v>
       </c>
       <c r="B593" t="s">
         <v>24</v>
       </c>
       <c r="C593" t="s">
         <v>29</v>
       </c>
       <c r="D593" t="s">
         <v>26</v>
       </c>
       <c r="E593" t="s">
         <v>27</v>
       </c>
       <c r="I593" t="s">
         <v>28</v>
       </c>
       <c r="J593">
         <v>3.9</v>
       </c>
       <c r="K593" s="2">
         <v>45140.0</v>
       </c>
       <c r="L593" s="2">
         <v>46236.0</v>
       </c>
       <c r="M593">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N593">
         <v>100.0</v>
       </c>
       <c r="O593" t="s">
         <v>28</v>
       </c>
       <c r="P593">
-        <v>0.0746</v>
+        <v>1.023</v>
       </c>
     </row>
     <row r="594" spans="1:24">
       <c r="A594" s="2">
-        <v>45142.355428241</v>
+        <v>45231.355706019</v>
       </c>
       <c r="B594" t="s">
         <v>24</v>
       </c>
       <c r="C594" t="s">
         <v>29</v>
       </c>
       <c r="D594" t="s">
         <v>26</v>
       </c>
       <c r="E594" t="s">
         <v>27</v>
       </c>
       <c r="I594" t="s">
         <v>28</v>
       </c>
       <c r="J594">
         <v>3.9</v>
       </c>
       <c r="K594" s="2">
         <v>45140.0</v>
       </c>
       <c r="L594" s="2">
         <v>46236.0</v>
       </c>
       <c r="M594">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N594">
         <v>100.0</v>
       </c>
       <c r="O594" t="s">
         <v>28</v>
       </c>
       <c r="P594">
-        <v>0.0639</v>
+        <v>0.991</v>
       </c>
     </row>
     <row r="595" spans="1:24">
       <c r="A595" s="2">
-        <v>45141.355914352</v>
+        <v>45230.355752315</v>
       </c>
       <c r="B595" t="s">
         <v>24</v>
       </c>
       <c r="C595" t="s">
         <v>29</v>
       </c>
       <c r="D595" t="s">
         <v>26</v>
       </c>
       <c r="E595" t="s">
         <v>27</v>
       </c>
       <c r="I595" t="s">
         <v>28</v>
       </c>
       <c r="J595">
         <v>3.9</v>
       </c>
       <c r="K595" s="2">
         <v>45140.0</v>
       </c>
       <c r="L595" s="2">
         <v>46236.0</v>
       </c>
       <c r="M595">
-        <v>700000</v>
+        <v>2250000</v>
       </c>
       <c r="N595">
         <v>100.0</v>
       </c>
       <c r="O595" t="s">
         <v>28</v>
       </c>
       <c r="P595">
-        <v>0.0533</v>
+        <v>0.9803</v>
       </c>
     </row>
     <row r="596" spans="1:24">
       <c r="A596" s="2">
+        <v>45229.355763889</v>
+      </c>
+      <c r="B596" t="s">
+        <v>24</v>
+      </c>
+      <c r="C596" t="s">
+        <v>29</v>
+      </c>
+      <c r="D596" t="s">
+        <v>26</v>
+      </c>
+      <c r="E596" t="s">
+        <v>27</v>
+      </c>
+      <c r="I596" t="s">
+        <v>28</v>
+      </c>
+      <c r="J596">
+        <v>3.9</v>
+      </c>
+      <c r="K596" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L596" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M596">
+        <v>2250000</v>
+      </c>
+      <c r="N596">
+        <v>100.0</v>
+      </c>
+      <c r="O596" t="s">
+        <v>28</v>
+      </c>
+      <c r="P596">
+        <v>0.9697</v>
+      </c>
+    </row>
+    <row r="597" spans="1:24">
+      <c r="A597" s="2">
+        <v>45226.355706019</v>
+      </c>
+      <c r="B597" t="s">
+        <v>24</v>
+      </c>
+      <c r="C597" t="s">
+        <v>29</v>
+      </c>
+      <c r="D597" t="s">
+        <v>26</v>
+      </c>
+      <c r="E597" t="s">
+        <v>27</v>
+      </c>
+      <c r="I597" t="s">
+        <v>28</v>
+      </c>
+      <c r="J597">
+        <v>3.9</v>
+      </c>
+      <c r="K597" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L597" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M597">
+        <v>2250000</v>
+      </c>
+      <c r="N597">
+        <v>100.0</v>
+      </c>
+      <c r="O597" t="s">
+        <v>28</v>
+      </c>
+      <c r="P597">
+        <v>0.959</v>
+      </c>
+    </row>
+    <row r="598" spans="1:24">
+      <c r="A598" s="2">
+        <v>45225.359756944</v>
+      </c>
+      <c r="B598" t="s">
+        <v>24</v>
+      </c>
+      <c r="C598" t="s">
+        <v>29</v>
+      </c>
+      <c r="D598" t="s">
+        <v>26</v>
+      </c>
+      <c r="E598" t="s">
+        <v>27</v>
+      </c>
+      <c r="I598" t="s">
+        <v>28</v>
+      </c>
+      <c r="J598">
+        <v>3.9</v>
+      </c>
+      <c r="K598" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L598" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M598">
+        <v>2250000</v>
+      </c>
+      <c r="N598">
+        <v>100.0</v>
+      </c>
+      <c r="O598" t="s">
+        <v>28</v>
+      </c>
+      <c r="P598">
+        <v>0.9484</v>
+      </c>
+    </row>
+    <row r="599" spans="1:24">
+      <c r="A599" s="2">
+        <v>45224.356296296</v>
+      </c>
+      <c r="B599" t="s">
+        <v>24</v>
+      </c>
+      <c r="C599" t="s">
+        <v>29</v>
+      </c>
+      <c r="D599" t="s">
+        <v>26</v>
+      </c>
+      <c r="E599" t="s">
+        <v>27</v>
+      </c>
+      <c r="I599" t="s">
+        <v>28</v>
+      </c>
+      <c r="J599">
+        <v>3.9</v>
+      </c>
+      <c r="K599" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L599" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M599">
+        <v>2250000</v>
+      </c>
+      <c r="N599">
+        <v>100.0</v>
+      </c>
+      <c r="O599" t="s">
+        <v>28</v>
+      </c>
+      <c r="P599">
+        <v>0.9164</v>
+      </c>
+    </row>
+    <row r="600" spans="1:24">
+      <c r="A600" s="2">
+        <v>45223.355763889</v>
+      </c>
+      <c r="B600" t="s">
+        <v>24</v>
+      </c>
+      <c r="C600" t="s">
+        <v>29</v>
+      </c>
+      <c r="D600" t="s">
+        <v>26</v>
+      </c>
+      <c r="E600" t="s">
+        <v>27</v>
+      </c>
+      <c r="I600" t="s">
+        <v>28</v>
+      </c>
+      <c r="J600">
+        <v>3.9</v>
+      </c>
+      <c r="K600" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L600" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M600">
+        <v>2250000</v>
+      </c>
+      <c r="N600">
+        <v>100.0</v>
+      </c>
+      <c r="O600" t="s">
+        <v>28</v>
+      </c>
+      <c r="P600">
+        <v>0.9057</v>
+      </c>
+    </row>
+    <row r="601" spans="1:24">
+      <c r="A601" s="2">
+        <v>45222.355729167</v>
+      </c>
+      <c r="B601" t="s">
+        <v>24</v>
+      </c>
+      <c r="C601" t="s">
+        <v>29</v>
+      </c>
+      <c r="D601" t="s">
+        <v>26</v>
+      </c>
+      <c r="E601" t="s">
+        <v>27</v>
+      </c>
+      <c r="I601" t="s">
+        <v>28</v>
+      </c>
+      <c r="J601">
+        <v>3.9</v>
+      </c>
+      <c r="K601" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L601" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M601">
+        <v>2250000</v>
+      </c>
+      <c r="N601">
+        <v>100.0</v>
+      </c>
+      <c r="O601" t="s">
+        <v>28</v>
+      </c>
+      <c r="P601">
+        <v>0.8951</v>
+      </c>
+    </row>
+    <row r="602" spans="1:24">
+      <c r="A602" s="2">
+        <v>45219.355613426</v>
+      </c>
+      <c r="B602" t="s">
+        <v>24</v>
+      </c>
+      <c r="C602" t="s">
+        <v>29</v>
+      </c>
+      <c r="D602" t="s">
+        <v>26</v>
+      </c>
+      <c r="E602" t="s">
+        <v>27</v>
+      </c>
+      <c r="I602" t="s">
+        <v>28</v>
+      </c>
+      <c r="J602">
+        <v>3.9</v>
+      </c>
+      <c r="K602" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L602" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M602">
+        <v>2250000</v>
+      </c>
+      <c r="N602">
+        <v>100.0</v>
+      </c>
+      <c r="O602" t="s">
+        <v>28</v>
+      </c>
+      <c r="P602">
+        <v>0.8844</v>
+      </c>
+    </row>
+    <row r="603" spans="1:24">
+      <c r="A603" s="2">
+        <v>45218.355636574</v>
+      </c>
+      <c r="B603" t="s">
+        <v>24</v>
+      </c>
+      <c r="C603" t="s">
+        <v>29</v>
+      </c>
+      <c r="D603" t="s">
+        <v>26</v>
+      </c>
+      <c r="E603" t="s">
+        <v>27</v>
+      </c>
+      <c r="I603" t="s">
+        <v>28</v>
+      </c>
+      <c r="J603">
+        <v>3.9</v>
+      </c>
+      <c r="K603" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L603" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M603">
+        <v>2250000</v>
+      </c>
+      <c r="N603">
+        <v>100.0</v>
+      </c>
+      <c r="O603" t="s">
+        <v>28</v>
+      </c>
+      <c r="P603">
+        <v>0.8738</v>
+      </c>
+    </row>
+    <row r="604" spans="1:24">
+      <c r="A604" s="2">
+        <v>45217.355706019</v>
+      </c>
+      <c r="B604" t="s">
+        <v>24</v>
+      </c>
+      <c r="C604" t="s">
+        <v>29</v>
+      </c>
+      <c r="D604" t="s">
+        <v>26</v>
+      </c>
+      <c r="E604" t="s">
+        <v>27</v>
+      </c>
+      <c r="I604" t="s">
+        <v>28</v>
+      </c>
+      <c r="J604">
+        <v>3.9</v>
+      </c>
+      <c r="K604" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L604" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M604">
+        <v>2250000</v>
+      </c>
+      <c r="N604">
+        <v>100.0</v>
+      </c>
+      <c r="O604" t="s">
+        <v>28</v>
+      </c>
+      <c r="P604">
+        <v>0.8418</v>
+      </c>
+    </row>
+    <row r="605" spans="1:24">
+      <c r="A605" s="2">
+        <v>45216.355740741</v>
+      </c>
+      <c r="B605" t="s">
+        <v>24</v>
+      </c>
+      <c r="C605" t="s">
+        <v>29</v>
+      </c>
+      <c r="D605" t="s">
+        <v>26</v>
+      </c>
+      <c r="E605" t="s">
+        <v>27</v>
+      </c>
+      <c r="I605" t="s">
+        <v>28</v>
+      </c>
+      <c r="J605">
+        <v>3.9</v>
+      </c>
+      <c r="K605" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L605" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M605">
+        <v>2250000</v>
+      </c>
+      <c r="N605">
+        <v>100.0</v>
+      </c>
+      <c r="O605" t="s">
+        <v>28</v>
+      </c>
+      <c r="P605">
+        <v>0.8311</v>
+      </c>
+    </row>
+    <row r="606" spans="1:24">
+      <c r="A606" s="2">
+        <v>45215.355590278</v>
+      </c>
+      <c r="B606" t="s">
+        <v>24</v>
+      </c>
+      <c r="C606" t="s">
+        <v>29</v>
+      </c>
+      <c r="D606" t="s">
+        <v>26</v>
+      </c>
+      <c r="E606" t="s">
+        <v>27</v>
+      </c>
+      <c r="I606" t="s">
+        <v>28</v>
+      </c>
+      <c r="J606">
+        <v>3.9</v>
+      </c>
+      <c r="K606" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L606" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M606">
+        <v>2250000</v>
+      </c>
+      <c r="N606">
+        <v>100.0</v>
+      </c>
+      <c r="O606" t="s">
+        <v>28</v>
+      </c>
+      <c r="P606">
+        <v>0.8205</v>
+      </c>
+    </row>
+    <row r="607" spans="1:24">
+      <c r="A607" s="2">
+        <v>45212.355914352</v>
+      </c>
+      <c r="B607" t="s">
+        <v>24</v>
+      </c>
+      <c r="C607" t="s">
+        <v>29</v>
+      </c>
+      <c r="D607" t="s">
+        <v>26</v>
+      </c>
+      <c r="E607" t="s">
+        <v>27</v>
+      </c>
+      <c r="I607" t="s">
+        <v>28</v>
+      </c>
+      <c r="J607">
+        <v>3.9</v>
+      </c>
+      <c r="K607" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L607" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M607">
+        <v>2250000</v>
+      </c>
+      <c r="N607">
+        <v>100.0</v>
+      </c>
+      <c r="O607" t="s">
+        <v>28</v>
+      </c>
+      <c r="P607">
+        <v>0.8098</v>
+      </c>
+    </row>
+    <row r="608" spans="1:24">
+      <c r="A608" s="2">
+        <v>45211.355694444</v>
+      </c>
+      <c r="B608" t="s">
+        <v>24</v>
+      </c>
+      <c r="C608" t="s">
+        <v>29</v>
+      </c>
+      <c r="D608" t="s">
+        <v>26</v>
+      </c>
+      <c r="E608" t="s">
+        <v>27</v>
+      </c>
+      <c r="I608" t="s">
+        <v>28</v>
+      </c>
+      <c r="J608">
+        <v>3.9</v>
+      </c>
+      <c r="K608" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L608" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M608">
+        <v>2250000</v>
+      </c>
+      <c r="N608">
+        <v>100.0</v>
+      </c>
+      <c r="O608" t="s">
+        <v>28</v>
+      </c>
+      <c r="P608">
+        <v>0.7992</v>
+      </c>
+    </row>
+    <row r="609" spans="1:24">
+      <c r="A609" s="2">
+        <v>45210.373912037</v>
+      </c>
+      <c r="B609" t="s">
+        <v>24</v>
+      </c>
+      <c r="C609" t="s">
+        <v>29</v>
+      </c>
+      <c r="D609" t="s">
+        <v>26</v>
+      </c>
+      <c r="E609" t="s">
+        <v>27</v>
+      </c>
+      <c r="I609" t="s">
+        <v>28</v>
+      </c>
+      <c r="J609">
+        <v>3.9</v>
+      </c>
+      <c r="K609" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L609" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M609">
+        <v>2250000</v>
+      </c>
+      <c r="N609">
+        <v>100.0</v>
+      </c>
+      <c r="O609" t="s">
+        <v>28</v>
+      </c>
+      <c r="P609">
+        <v>0.7672</v>
+      </c>
+    </row>
+    <row r="610" spans="1:24">
+      <c r="A610" s="2">
+        <v>45209.355648148</v>
+      </c>
+      <c r="B610" t="s">
+        <v>24</v>
+      </c>
+      <c r="C610" t="s">
+        <v>29</v>
+      </c>
+      <c r="D610" t="s">
+        <v>26</v>
+      </c>
+      <c r="E610" t="s">
+        <v>27</v>
+      </c>
+      <c r="I610" t="s">
+        <v>28</v>
+      </c>
+      <c r="J610">
+        <v>3.9</v>
+      </c>
+      <c r="K610" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L610" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M610">
+        <v>1850000</v>
+      </c>
+      <c r="N610">
+        <v>100.0</v>
+      </c>
+      <c r="O610" t="s">
+        <v>28</v>
+      </c>
+      <c r="P610">
+        <v>0.7566</v>
+      </c>
+    </row>
+    <row r="611" spans="1:24">
+      <c r="A611" s="2">
+        <v>45208.355601852</v>
+      </c>
+      <c r="B611" t="s">
+        <v>24</v>
+      </c>
+      <c r="C611" t="s">
+        <v>29</v>
+      </c>
+      <c r="D611" t="s">
+        <v>26</v>
+      </c>
+      <c r="E611" t="s">
+        <v>27</v>
+      </c>
+      <c r="I611" t="s">
+        <v>28</v>
+      </c>
+      <c r="J611">
+        <v>3.9</v>
+      </c>
+      <c r="K611" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L611" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M611">
+        <v>1850000</v>
+      </c>
+      <c r="N611">
+        <v>100.0</v>
+      </c>
+      <c r="O611" t="s">
+        <v>28</v>
+      </c>
+      <c r="P611">
+        <v>0.7459</v>
+      </c>
+    </row>
+    <row r="612" spans="1:24">
+      <c r="A612" s="2">
+        <v>45205.37099537</v>
+      </c>
+      <c r="B612" t="s">
+        <v>24</v>
+      </c>
+      <c r="C612" t="s">
+        <v>29</v>
+      </c>
+      <c r="D612" t="s">
+        <v>26</v>
+      </c>
+      <c r="E612" t="s">
+        <v>27</v>
+      </c>
+      <c r="I612" t="s">
+        <v>28</v>
+      </c>
+      <c r="J612">
+        <v>3.9</v>
+      </c>
+      <c r="K612" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L612" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M612">
+        <v>1850000</v>
+      </c>
+      <c r="N612">
+        <v>100.0</v>
+      </c>
+      <c r="O612" t="s">
+        <v>28</v>
+      </c>
+      <c r="P612">
+        <v>0.7352</v>
+      </c>
+    </row>
+    <row r="613" spans="1:24">
+      <c r="A613" s="2">
+        <v>45204.356238426</v>
+      </c>
+      <c r="B613" t="s">
+        <v>24</v>
+      </c>
+      <c r="C613" t="s">
+        <v>29</v>
+      </c>
+      <c r="D613" t="s">
+        <v>26</v>
+      </c>
+      <c r="E613" t="s">
+        <v>27</v>
+      </c>
+      <c r="I613" t="s">
+        <v>28</v>
+      </c>
+      <c r="J613">
+        <v>3.9</v>
+      </c>
+      <c r="K613" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L613" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M613">
+        <v>1850000</v>
+      </c>
+      <c r="N613">
+        <v>100.0</v>
+      </c>
+      <c r="O613" t="s">
+        <v>28</v>
+      </c>
+      <c r="P613">
+        <v>0.7246</v>
+      </c>
+    </row>
+    <row r="614" spans="1:24">
+      <c r="A614" s="2">
+        <v>45203.35619213</v>
+      </c>
+      <c r="B614" t="s">
+        <v>24</v>
+      </c>
+      <c r="C614" t="s">
+        <v>29</v>
+      </c>
+      <c r="D614" t="s">
+        <v>26</v>
+      </c>
+      <c r="E614" t="s">
+        <v>27</v>
+      </c>
+      <c r="I614" t="s">
+        <v>28</v>
+      </c>
+      <c r="J614">
+        <v>3.9</v>
+      </c>
+      <c r="K614" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L614" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M614">
+        <v>1850000</v>
+      </c>
+      <c r="N614">
+        <v>100.0</v>
+      </c>
+      <c r="O614" t="s">
+        <v>28</v>
+      </c>
+      <c r="P614">
+        <v>0.6926</v>
+      </c>
+    </row>
+    <row r="615" spans="1:24">
+      <c r="A615" s="2">
+        <v>45202.356331019</v>
+      </c>
+      <c r="B615" t="s">
+        <v>24</v>
+      </c>
+      <c r="C615" t="s">
+        <v>29</v>
+      </c>
+      <c r="D615" t="s">
+        <v>26</v>
+      </c>
+      <c r="E615" t="s">
+        <v>27</v>
+      </c>
+      <c r="I615" t="s">
+        <v>28</v>
+      </c>
+      <c r="J615">
+        <v>3.9</v>
+      </c>
+      <c r="K615" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L615" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M615">
+        <v>1850000</v>
+      </c>
+      <c r="N615">
+        <v>100.0</v>
+      </c>
+      <c r="O615" t="s">
+        <v>28</v>
+      </c>
+      <c r="P615">
+        <v>0.682</v>
+      </c>
+    </row>
+    <row r="616" spans="1:24">
+      <c r="A616" s="2">
+        <v>45201.356145833</v>
+      </c>
+      <c r="B616" t="s">
+        <v>24</v>
+      </c>
+      <c r="C616" t="s">
+        <v>29</v>
+      </c>
+      <c r="D616" t="s">
+        <v>26</v>
+      </c>
+      <c r="E616" t="s">
+        <v>27</v>
+      </c>
+      <c r="I616" t="s">
+        <v>28</v>
+      </c>
+      <c r="J616">
+        <v>3.9</v>
+      </c>
+      <c r="K616" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L616" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M616">
+        <v>1850000</v>
+      </c>
+      <c r="N616">
+        <v>100.0</v>
+      </c>
+      <c r="O616" t="s">
+        <v>28</v>
+      </c>
+      <c r="P616">
+        <v>0.6713</v>
+      </c>
+    </row>
+    <row r="617" spans="1:24">
+      <c r="A617" s="2">
+        <v>45198.355532407</v>
+      </c>
+      <c r="B617" t="s">
+        <v>24</v>
+      </c>
+      <c r="C617" t="s">
+        <v>29</v>
+      </c>
+      <c r="D617" t="s">
+        <v>26</v>
+      </c>
+      <c r="E617" t="s">
+        <v>27</v>
+      </c>
+      <c r="I617" t="s">
+        <v>28</v>
+      </c>
+      <c r="J617">
+        <v>3.9</v>
+      </c>
+      <c r="K617" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L617" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M617">
+        <v>1850000</v>
+      </c>
+      <c r="N617">
+        <v>100.0</v>
+      </c>
+      <c r="O617" t="s">
+        <v>28</v>
+      </c>
+      <c r="P617">
+        <v>0.6607</v>
+      </c>
+    </row>
+    <row r="618" spans="1:24">
+      <c r="A618" s="2">
+        <v>45197.355625</v>
+      </c>
+      <c r="B618" t="s">
+        <v>24</v>
+      </c>
+      <c r="C618" t="s">
+        <v>29</v>
+      </c>
+      <c r="D618" t="s">
+        <v>26</v>
+      </c>
+      <c r="E618" t="s">
+        <v>27</v>
+      </c>
+      <c r="I618" t="s">
+        <v>28</v>
+      </c>
+      <c r="J618">
+        <v>3.9</v>
+      </c>
+      <c r="K618" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L618" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M618">
+        <v>1850000</v>
+      </c>
+      <c r="N618">
+        <v>100.0</v>
+      </c>
+      <c r="O618" t="s">
+        <v>28</v>
+      </c>
+      <c r="P618">
+        <v>0.65</v>
+      </c>
+    </row>
+    <row r="619" spans="1:24">
+      <c r="A619" s="2">
+        <v>45196.355671296</v>
+      </c>
+      <c r="B619" t="s">
+        <v>24</v>
+      </c>
+      <c r="C619" t="s">
+        <v>29</v>
+      </c>
+      <c r="D619" t="s">
+        <v>26</v>
+      </c>
+      <c r="E619" t="s">
+        <v>27</v>
+      </c>
+      <c r="I619" t="s">
+        <v>28</v>
+      </c>
+      <c r="J619">
+        <v>3.9</v>
+      </c>
+      <c r="K619" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L619" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M619">
+        <v>1850000</v>
+      </c>
+      <c r="N619">
+        <v>100.0</v>
+      </c>
+      <c r="O619" t="s">
+        <v>28</v>
+      </c>
+      <c r="P619">
+        <v>0.618</v>
+      </c>
+    </row>
+    <row r="620" spans="1:24">
+      <c r="A620" s="2">
+        <v>45195.355520833</v>
+      </c>
+      <c r="B620" t="s">
+        <v>24</v>
+      </c>
+      <c r="C620" t="s">
+        <v>29</v>
+      </c>
+      <c r="D620" t="s">
+        <v>26</v>
+      </c>
+      <c r="E620" t="s">
+        <v>27</v>
+      </c>
+      <c r="I620" t="s">
+        <v>28</v>
+      </c>
+      <c r="J620">
+        <v>3.9</v>
+      </c>
+      <c r="K620" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L620" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M620">
+        <v>1850000</v>
+      </c>
+      <c r="N620">
+        <v>100.0</v>
+      </c>
+      <c r="O620" t="s">
+        <v>28</v>
+      </c>
+      <c r="P620">
+        <v>0.6074</v>
+      </c>
+    </row>
+    <row r="621" spans="1:24">
+      <c r="A621" s="2">
+        <v>45194.355601852</v>
+      </c>
+      <c r="B621" t="s">
+        <v>24</v>
+      </c>
+      <c r="C621" t="s">
+        <v>29</v>
+      </c>
+      <c r="D621" t="s">
+        <v>26</v>
+      </c>
+      <c r="E621" t="s">
+        <v>27</v>
+      </c>
+      <c r="I621" t="s">
+        <v>28</v>
+      </c>
+      <c r="J621">
+        <v>3.9</v>
+      </c>
+      <c r="K621" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L621" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M621">
+        <v>1850000</v>
+      </c>
+      <c r="N621">
+        <v>100.0</v>
+      </c>
+      <c r="O621" t="s">
+        <v>28</v>
+      </c>
+      <c r="P621">
+        <v>0.5967</v>
+      </c>
+    </row>
+    <row r="622" spans="1:24">
+      <c r="A622" s="2">
+        <v>45191.355613426</v>
+      </c>
+      <c r="B622" t="s">
+        <v>24</v>
+      </c>
+      <c r="C622" t="s">
+        <v>29</v>
+      </c>
+      <c r="D622" t="s">
+        <v>26</v>
+      </c>
+      <c r="E622" t="s">
+        <v>27</v>
+      </c>
+      <c r="I622" t="s">
+        <v>28</v>
+      </c>
+      <c r="J622">
+        <v>3.9</v>
+      </c>
+      <c r="K622" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L622" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M622">
+        <v>1850000</v>
+      </c>
+      <c r="N622">
+        <v>100.0</v>
+      </c>
+      <c r="O622" t="s">
+        <v>28</v>
+      </c>
+      <c r="P622">
+        <v>0.5861</v>
+      </c>
+    </row>
+    <row r="623" spans="1:24">
+      <c r="A623" s="2">
+        <v>45190.355462963</v>
+      </c>
+      <c r="B623" t="s">
+        <v>24</v>
+      </c>
+      <c r="C623" t="s">
+        <v>29</v>
+      </c>
+      <c r="D623" t="s">
+        <v>26</v>
+      </c>
+      <c r="E623" t="s">
+        <v>27</v>
+      </c>
+      <c r="I623" t="s">
+        <v>28</v>
+      </c>
+      <c r="J623">
+        <v>3.9</v>
+      </c>
+      <c r="K623" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L623" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M623">
+        <v>1850000</v>
+      </c>
+      <c r="N623">
+        <v>100.0</v>
+      </c>
+      <c r="O623" t="s">
+        <v>28</v>
+      </c>
+      <c r="P623">
+        <v>0.5754</v>
+      </c>
+    </row>
+    <row r="624" spans="1:24">
+      <c r="A624" s="2">
+        <v>45189.355520833</v>
+      </c>
+      <c r="B624" t="s">
+        <v>24</v>
+      </c>
+      <c r="C624" t="s">
+        <v>29</v>
+      </c>
+      <c r="D624" t="s">
+        <v>26</v>
+      </c>
+      <c r="E624" t="s">
+        <v>27</v>
+      </c>
+      <c r="I624" t="s">
+        <v>28</v>
+      </c>
+      <c r="J624">
+        <v>3.9</v>
+      </c>
+      <c r="K624" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L624" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M624">
+        <v>1850000</v>
+      </c>
+      <c r="N624">
+        <v>100.0</v>
+      </c>
+      <c r="O624" t="s">
+        <v>28</v>
+      </c>
+      <c r="P624">
+        <v>0.5434</v>
+      </c>
+    </row>
+    <row r="625" spans="1:24">
+      <c r="A625" s="2">
+        <v>45188.355706019</v>
+      </c>
+      <c r="B625" t="s">
+        <v>24</v>
+      </c>
+      <c r="C625" t="s">
+        <v>29</v>
+      </c>
+      <c r="D625" t="s">
+        <v>26</v>
+      </c>
+      <c r="E625" t="s">
+        <v>27</v>
+      </c>
+      <c r="I625" t="s">
+        <v>28</v>
+      </c>
+      <c r="J625">
+        <v>3.9</v>
+      </c>
+      <c r="K625" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L625" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M625">
+        <v>1850000</v>
+      </c>
+      <c r="N625">
+        <v>100.0</v>
+      </c>
+      <c r="O625" t="s">
+        <v>28</v>
+      </c>
+      <c r="P625">
+        <v>0.5328</v>
+      </c>
+    </row>
+    <row r="626" spans="1:24">
+      <c r="A626" s="2">
+        <v>45187.355671296</v>
+      </c>
+      <c r="B626" t="s">
+        <v>24</v>
+      </c>
+      <c r="C626" t="s">
+        <v>29</v>
+      </c>
+      <c r="D626" t="s">
+        <v>26</v>
+      </c>
+      <c r="E626" t="s">
+        <v>27</v>
+      </c>
+      <c r="I626" t="s">
+        <v>28</v>
+      </c>
+      <c r="J626">
+        <v>3.9</v>
+      </c>
+      <c r="K626" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L626" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M626">
+        <v>1850000</v>
+      </c>
+      <c r="N626">
+        <v>100.0</v>
+      </c>
+      <c r="O626" t="s">
+        <v>28</v>
+      </c>
+      <c r="P626">
+        <v>0.5221</v>
+      </c>
+    </row>
+    <row r="627" spans="1:24">
+      <c r="A627" s="2">
+        <v>45184.355659722</v>
+      </c>
+      <c r="B627" t="s">
+        <v>24</v>
+      </c>
+      <c r="C627" t="s">
+        <v>29</v>
+      </c>
+      <c r="D627" t="s">
+        <v>26</v>
+      </c>
+      <c r="E627" t="s">
+        <v>27</v>
+      </c>
+      <c r="I627" t="s">
+        <v>28</v>
+      </c>
+      <c r="J627">
+        <v>3.9</v>
+      </c>
+      <c r="K627" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L627" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M627">
+        <v>1850000</v>
+      </c>
+      <c r="N627">
+        <v>100.0</v>
+      </c>
+      <c r="O627" t="s">
+        <v>28</v>
+      </c>
+      <c r="P627">
+        <v>0.5115</v>
+      </c>
+    </row>
+    <row r="628" spans="1:24">
+      <c r="A628" s="2">
+        <v>45183.35568287</v>
+      </c>
+      <c r="B628" t="s">
+        <v>24</v>
+      </c>
+      <c r="C628" t="s">
+        <v>29</v>
+      </c>
+      <c r="D628" t="s">
+        <v>26</v>
+      </c>
+      <c r="E628" t="s">
+        <v>27</v>
+      </c>
+      <c r="I628" t="s">
+        <v>28</v>
+      </c>
+      <c r="J628">
+        <v>3.9</v>
+      </c>
+      <c r="K628" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L628" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M628">
+        <v>1850000</v>
+      </c>
+      <c r="N628">
+        <v>100.0</v>
+      </c>
+      <c r="O628" t="s">
+        <v>28</v>
+      </c>
+      <c r="P628">
+        <v>0.5008</v>
+      </c>
+    </row>
+    <row r="629" spans="1:24">
+      <c r="A629" s="2">
+        <v>45182.355671296</v>
+      </c>
+      <c r="B629" t="s">
+        <v>24</v>
+      </c>
+      <c r="C629" t="s">
+        <v>29</v>
+      </c>
+      <c r="D629" t="s">
+        <v>26</v>
+      </c>
+      <c r="E629" t="s">
+        <v>27</v>
+      </c>
+      <c r="I629" t="s">
+        <v>28</v>
+      </c>
+      <c r="J629">
+        <v>3.9</v>
+      </c>
+      <c r="K629" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L629" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M629">
+        <v>1850000</v>
+      </c>
+      <c r="N629">
+        <v>100.0</v>
+      </c>
+      <c r="O629" t="s">
+        <v>28</v>
+      </c>
+      <c r="P629">
+        <v>0.4689</v>
+      </c>
+    </row>
+    <row r="630" spans="1:24">
+      <c r="A630" s="2">
+        <v>45181.355671296</v>
+      </c>
+      <c r="B630" t="s">
+        <v>24</v>
+      </c>
+      <c r="C630" t="s">
+        <v>29</v>
+      </c>
+      <c r="D630" t="s">
+        <v>26</v>
+      </c>
+      <c r="E630" t="s">
+        <v>27</v>
+      </c>
+      <c r="I630" t="s">
+        <v>28</v>
+      </c>
+      <c r="J630">
+        <v>3.9</v>
+      </c>
+      <c r="K630" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L630" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M630">
+        <v>1350000</v>
+      </c>
+      <c r="N630">
+        <v>100.0</v>
+      </c>
+      <c r="O630" t="s">
+        <v>28</v>
+      </c>
+      <c r="P630">
+        <v>0.4582</v>
+      </c>
+    </row>
+    <row r="631" spans="1:24">
+      <c r="A631" s="2">
+        <v>45180.355659722</v>
+      </c>
+      <c r="B631" t="s">
+        <v>24</v>
+      </c>
+      <c r="C631" t="s">
+        <v>29</v>
+      </c>
+      <c r="D631" t="s">
+        <v>26</v>
+      </c>
+      <c r="E631" t="s">
+        <v>27</v>
+      </c>
+      <c r="I631" t="s">
+        <v>28</v>
+      </c>
+      <c r="J631">
+        <v>3.9</v>
+      </c>
+      <c r="K631" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L631" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M631">
+        <v>1350000</v>
+      </c>
+      <c r="N631">
+        <v>100.0</v>
+      </c>
+      <c r="O631" t="s">
+        <v>28</v>
+      </c>
+      <c r="P631">
+        <v>0.4475</v>
+      </c>
+    </row>
+    <row r="632" spans="1:24">
+      <c r="A632" s="2">
+        <v>45177.355543981</v>
+      </c>
+      <c r="B632" t="s">
+        <v>24</v>
+      </c>
+      <c r="C632" t="s">
+        <v>29</v>
+      </c>
+      <c r="D632" t="s">
+        <v>26</v>
+      </c>
+      <c r="E632" t="s">
+        <v>27</v>
+      </c>
+      <c r="I632" t="s">
+        <v>28</v>
+      </c>
+      <c r="J632">
+        <v>3.9</v>
+      </c>
+      <c r="K632" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L632" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M632">
+        <v>1350000</v>
+      </c>
+      <c r="N632">
+        <v>100.0</v>
+      </c>
+      <c r="O632" t="s">
+        <v>28</v>
+      </c>
+      <c r="P632">
+        <v>0.4369</v>
+      </c>
+    </row>
+    <row r="633" spans="1:24">
+      <c r="A633" s="2">
+        <v>45176.355706019</v>
+      </c>
+      <c r="B633" t="s">
+        <v>24</v>
+      </c>
+      <c r="C633" t="s">
+        <v>29</v>
+      </c>
+      <c r="D633" t="s">
+        <v>26</v>
+      </c>
+      <c r="E633" t="s">
+        <v>27</v>
+      </c>
+      <c r="I633" t="s">
+        <v>28</v>
+      </c>
+      <c r="J633">
+        <v>3.9</v>
+      </c>
+      <c r="K633" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L633" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M633">
+        <v>1350000</v>
+      </c>
+      <c r="N633">
+        <v>100.0</v>
+      </c>
+      <c r="O633" t="s">
+        <v>28</v>
+      </c>
+      <c r="P633">
+        <v>0.4262</v>
+      </c>
+    </row>
+    <row r="634" spans="1:24">
+      <c r="A634" s="2">
+        <v>45175.355648148</v>
+      </c>
+      <c r="B634" t="s">
+        <v>24</v>
+      </c>
+      <c r="C634" t="s">
+        <v>29</v>
+      </c>
+      <c r="D634" t="s">
+        <v>26</v>
+      </c>
+      <c r="E634" t="s">
+        <v>27</v>
+      </c>
+      <c r="I634" t="s">
+        <v>28</v>
+      </c>
+      <c r="J634">
+        <v>3.9</v>
+      </c>
+      <c r="K634" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L634" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M634">
+        <v>1350000</v>
+      </c>
+      <c r="N634">
+        <v>100.0</v>
+      </c>
+      <c r="O634" t="s">
+        <v>28</v>
+      </c>
+      <c r="P634">
+        <v>0.3943</v>
+      </c>
+    </row>
+    <row r="635" spans="1:24">
+      <c r="A635" s="2">
+        <v>45174.355659722</v>
+      </c>
+      <c r="B635" t="s">
+        <v>24</v>
+      </c>
+      <c r="C635" t="s">
+        <v>29</v>
+      </c>
+      <c r="D635" t="s">
+        <v>26</v>
+      </c>
+      <c r="E635" t="s">
+        <v>27</v>
+      </c>
+      <c r="I635" t="s">
+        <v>28</v>
+      </c>
+      <c r="J635">
+        <v>3.9</v>
+      </c>
+      <c r="K635" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L635" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M635">
+        <v>1350000</v>
+      </c>
+      <c r="N635">
+        <v>100.0</v>
+      </c>
+      <c r="O635" t="s">
+        <v>28</v>
+      </c>
+      <c r="P635">
+        <v>0.3836</v>
+      </c>
+    </row>
+    <row r="636" spans="1:24">
+      <c r="A636" s="2">
+        <v>45173.355648148</v>
+      </c>
+      <c r="B636" t="s">
+        <v>24</v>
+      </c>
+      <c r="C636" t="s">
+        <v>29</v>
+      </c>
+      <c r="D636" t="s">
+        <v>26</v>
+      </c>
+      <c r="E636" t="s">
+        <v>27</v>
+      </c>
+      <c r="I636" t="s">
+        <v>28</v>
+      </c>
+      <c r="J636">
+        <v>3.9</v>
+      </c>
+      <c r="K636" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L636" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M636">
+        <v>1350000</v>
+      </c>
+      <c r="N636">
+        <v>100.0</v>
+      </c>
+      <c r="O636" t="s">
+        <v>28</v>
+      </c>
+      <c r="P636">
+        <v>0.373</v>
+      </c>
+    </row>
+    <row r="637" spans="1:24">
+      <c r="A637" s="2">
+        <v>45170.355659722</v>
+      </c>
+      <c r="B637" t="s">
+        <v>24</v>
+      </c>
+      <c r="C637" t="s">
+        <v>29</v>
+      </c>
+      <c r="D637" t="s">
+        <v>26</v>
+      </c>
+      <c r="E637" t="s">
+        <v>27</v>
+      </c>
+      <c r="I637" t="s">
+        <v>28</v>
+      </c>
+      <c r="J637">
+        <v>3.9</v>
+      </c>
+      <c r="K637" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L637" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M637">
+        <v>1350000</v>
+      </c>
+      <c r="N637">
+        <v>100.0</v>
+      </c>
+      <c r="O637" t="s">
+        <v>28</v>
+      </c>
+      <c r="P637">
+        <v>0.3623</v>
+      </c>
+    </row>
+    <row r="638" spans="1:24">
+      <c r="A638" s="2">
+        <v>45169.355648148</v>
+      </c>
+      <c r="B638" t="s">
+        <v>24</v>
+      </c>
+      <c r="C638" t="s">
+        <v>29</v>
+      </c>
+      <c r="D638" t="s">
+        <v>26</v>
+      </c>
+      <c r="E638" t="s">
+        <v>27</v>
+      </c>
+      <c r="I638" t="s">
+        <v>28</v>
+      </c>
+      <c r="J638">
+        <v>3.9</v>
+      </c>
+      <c r="K638" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L638" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M638">
+        <v>1350000</v>
+      </c>
+      <c r="N638">
+        <v>100.0</v>
+      </c>
+      <c r="O638" t="s">
+        <v>28</v>
+      </c>
+      <c r="P638">
+        <v>0.3516</v>
+      </c>
+    </row>
+    <row r="639" spans="1:24">
+      <c r="A639" s="2">
+        <v>45168.355555556</v>
+      </c>
+      <c r="B639" t="s">
+        <v>24</v>
+      </c>
+      <c r="C639" t="s">
+        <v>29</v>
+      </c>
+      <c r="D639" t="s">
+        <v>26</v>
+      </c>
+      <c r="E639" t="s">
+        <v>27</v>
+      </c>
+      <c r="I639" t="s">
+        <v>28</v>
+      </c>
+      <c r="J639">
+        <v>3.9</v>
+      </c>
+      <c r="K639" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L639" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M639">
+        <v>1350000</v>
+      </c>
+      <c r="N639">
+        <v>100.0</v>
+      </c>
+      <c r="O639" t="s">
+        <v>28</v>
+      </c>
+      <c r="P639">
+        <v>0.3197</v>
+      </c>
+    </row>
+    <row r="640" spans="1:24">
+      <c r="A640" s="2">
+        <v>45167.355648148</v>
+      </c>
+      <c r="B640" t="s">
+        <v>24</v>
+      </c>
+      <c r="C640" t="s">
+        <v>29</v>
+      </c>
+      <c r="D640" t="s">
+        <v>26</v>
+      </c>
+      <c r="E640" t="s">
+        <v>27</v>
+      </c>
+      <c r="I640" t="s">
+        <v>28</v>
+      </c>
+      <c r="J640">
+        <v>3.9</v>
+      </c>
+      <c r="K640" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L640" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M640">
+        <v>1350000</v>
+      </c>
+      <c r="N640">
+        <v>100.0</v>
+      </c>
+      <c r="O640" t="s">
+        <v>28</v>
+      </c>
+      <c r="P640">
+        <v>0.309</v>
+      </c>
+    </row>
+    <row r="641" spans="1:24">
+      <c r="A641" s="2">
+        <v>45166.355590278</v>
+      </c>
+      <c r="B641" t="s">
+        <v>24</v>
+      </c>
+      <c r="C641" t="s">
+        <v>29</v>
+      </c>
+      <c r="D641" t="s">
+        <v>26</v>
+      </c>
+      <c r="E641" t="s">
+        <v>27</v>
+      </c>
+      <c r="I641" t="s">
+        <v>28</v>
+      </c>
+      <c r="J641">
+        <v>3.9</v>
+      </c>
+      <c r="K641" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L641" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M641">
+        <v>1350000</v>
+      </c>
+      <c r="N641">
+        <v>100.0</v>
+      </c>
+      <c r="O641" t="s">
+        <v>28</v>
+      </c>
+      <c r="P641">
+        <v>0.2984</v>
+      </c>
+    </row>
+    <row r="642" spans="1:24">
+      <c r="A642" s="2">
+        <v>45163.355833333</v>
+      </c>
+      <c r="B642" t="s">
+        <v>24</v>
+      </c>
+      <c r="C642" t="s">
+        <v>29</v>
+      </c>
+      <c r="D642" t="s">
+        <v>26</v>
+      </c>
+      <c r="E642" t="s">
+        <v>27</v>
+      </c>
+      <c r="I642" t="s">
+        <v>28</v>
+      </c>
+      <c r="J642">
+        <v>3.9</v>
+      </c>
+      <c r="K642" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L642" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M642">
+        <v>1350000</v>
+      </c>
+      <c r="N642">
+        <v>100.0</v>
+      </c>
+      <c r="O642" t="s">
+        <v>28</v>
+      </c>
+      <c r="P642">
+        <v>0.2877</v>
+      </c>
+    </row>
+    <row r="643" spans="1:24">
+      <c r="A643" s="2">
+        <v>45162.355613426</v>
+      </c>
+      <c r="B643" t="s">
+        <v>24</v>
+      </c>
+      <c r="C643" t="s">
+        <v>29</v>
+      </c>
+      <c r="D643" t="s">
+        <v>26</v>
+      </c>
+      <c r="E643" t="s">
+        <v>27</v>
+      </c>
+      <c r="I643" t="s">
+        <v>28</v>
+      </c>
+      <c r="J643">
+        <v>3.9</v>
+      </c>
+      <c r="K643" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L643" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M643">
+        <v>1350000</v>
+      </c>
+      <c r="N643">
+        <v>100.0</v>
+      </c>
+      <c r="O643" t="s">
+        <v>28</v>
+      </c>
+      <c r="P643">
+        <v>0.277</v>
+      </c>
+    </row>
+    <row r="644" spans="1:24">
+      <c r="A644" s="2">
+        <v>45161.355659722</v>
+      </c>
+      <c r="B644" t="s">
+        <v>24</v>
+      </c>
+      <c r="C644" t="s">
+        <v>29</v>
+      </c>
+      <c r="D644" t="s">
+        <v>26</v>
+      </c>
+      <c r="E644" t="s">
+        <v>27</v>
+      </c>
+      <c r="I644" t="s">
+        <v>28</v>
+      </c>
+      <c r="J644">
+        <v>3.9</v>
+      </c>
+      <c r="K644" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L644" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M644">
+        <v>1350000</v>
+      </c>
+      <c r="N644">
+        <v>100.0</v>
+      </c>
+      <c r="O644" t="s">
+        <v>28</v>
+      </c>
+      <c r="P644">
+        <v>0.2451</v>
+      </c>
+    </row>
+    <row r="645" spans="1:24">
+      <c r="A645" s="2">
+        <v>45160.355717593</v>
+      </c>
+      <c r="B645" t="s">
+        <v>24</v>
+      </c>
+      <c r="C645" t="s">
+        <v>29</v>
+      </c>
+      <c r="D645" t="s">
+        <v>26</v>
+      </c>
+      <c r="E645" t="s">
+        <v>27</v>
+      </c>
+      <c r="I645" t="s">
+        <v>28</v>
+      </c>
+      <c r="J645">
+        <v>3.9</v>
+      </c>
+      <c r="K645" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L645" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M645">
+        <v>700000</v>
+      </c>
+      <c r="N645">
+        <v>100.0</v>
+      </c>
+      <c r="O645" t="s">
+        <v>28</v>
+      </c>
+      <c r="P645">
+        <v>0.2344</v>
+      </c>
+    </row>
+    <row r="646" spans="1:24">
+      <c r="A646" s="2">
+        <v>45159.355416667</v>
+      </c>
+      <c r="B646" t="s">
+        <v>24</v>
+      </c>
+      <c r="C646" t="s">
+        <v>29</v>
+      </c>
+      <c r="D646" t="s">
+        <v>26</v>
+      </c>
+      <c r="E646" t="s">
+        <v>27</v>
+      </c>
+      <c r="I646" t="s">
+        <v>28</v>
+      </c>
+      <c r="J646">
+        <v>3.9</v>
+      </c>
+      <c r="K646" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L646" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M646">
+        <v>700000</v>
+      </c>
+      <c r="N646">
+        <v>100.0</v>
+      </c>
+      <c r="O646" t="s">
+        <v>28</v>
+      </c>
+      <c r="P646">
+        <v>0.2238</v>
+      </c>
+    </row>
+    <row r="647" spans="1:24">
+      <c r="A647" s="2">
+        <v>45156.355509259</v>
+      </c>
+      <c r="B647" t="s">
+        <v>24</v>
+      </c>
+      <c r="C647" t="s">
+        <v>29</v>
+      </c>
+      <c r="D647" t="s">
+        <v>26</v>
+      </c>
+      <c r="E647" t="s">
+        <v>27</v>
+      </c>
+      <c r="I647" t="s">
+        <v>28</v>
+      </c>
+      <c r="J647">
+        <v>3.9</v>
+      </c>
+      <c r="K647" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L647" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M647">
+        <v>700000</v>
+      </c>
+      <c r="N647">
+        <v>100.0</v>
+      </c>
+      <c r="O647" t="s">
+        <v>28</v>
+      </c>
+      <c r="P647">
+        <v>0.2131</v>
+      </c>
+    </row>
+    <row r="648" spans="1:24">
+      <c r="A648" s="2">
+        <v>45155.356469907</v>
+      </c>
+      <c r="B648" t="s">
+        <v>24</v>
+      </c>
+      <c r="C648" t="s">
+        <v>29</v>
+      </c>
+      <c r="D648" t="s">
+        <v>26</v>
+      </c>
+      <c r="E648" t="s">
+        <v>27</v>
+      </c>
+      <c r="I648" t="s">
+        <v>28</v>
+      </c>
+      <c r="J648">
+        <v>3.9</v>
+      </c>
+      <c r="K648" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L648" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M648">
+        <v>700000</v>
+      </c>
+      <c r="N648">
+        <v>100.0</v>
+      </c>
+      <c r="O648" t="s">
+        <v>28</v>
+      </c>
+      <c r="P648">
+        <v>0.2025</v>
+      </c>
+    </row>
+    <row r="649" spans="1:24">
+      <c r="A649" s="2">
+        <v>45154.355520833</v>
+      </c>
+      <c r="B649" t="s">
+        <v>24</v>
+      </c>
+      <c r="C649" t="s">
+        <v>29</v>
+      </c>
+      <c r="D649" t="s">
+        <v>26</v>
+      </c>
+      <c r="E649" t="s">
+        <v>27</v>
+      </c>
+      <c r="I649" t="s">
+        <v>28</v>
+      </c>
+      <c r="J649">
+        <v>3.9</v>
+      </c>
+      <c r="K649" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L649" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M649">
+        <v>700000</v>
+      </c>
+      <c r="N649">
+        <v>100.0</v>
+      </c>
+      <c r="O649" t="s">
+        <v>28</v>
+      </c>
+      <c r="P649">
+        <v>0.1705</v>
+      </c>
+    </row>
+    <row r="650" spans="1:24">
+      <c r="A650" s="2">
+        <v>45153.355532407</v>
+      </c>
+      <c r="B650" t="s">
+        <v>24</v>
+      </c>
+      <c r="C650" t="s">
+        <v>29</v>
+      </c>
+      <c r="D650" t="s">
+        <v>26</v>
+      </c>
+      <c r="E650" t="s">
+        <v>27</v>
+      </c>
+      <c r="I650" t="s">
+        <v>28</v>
+      </c>
+      <c r="J650">
+        <v>3.9</v>
+      </c>
+      <c r="K650" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L650" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M650">
+        <v>700000</v>
+      </c>
+      <c r="N650">
+        <v>100.0</v>
+      </c>
+      <c r="O650" t="s">
+        <v>28</v>
+      </c>
+      <c r="P650">
+        <v>0.1598</v>
+      </c>
+    </row>
+    <row r="651" spans="1:24">
+      <c r="A651" s="2">
+        <v>45152.355462963</v>
+      </c>
+      <c r="B651" t="s">
+        <v>24</v>
+      </c>
+      <c r="C651" t="s">
+        <v>29</v>
+      </c>
+      <c r="D651" t="s">
+        <v>26</v>
+      </c>
+      <c r="E651" t="s">
+        <v>27</v>
+      </c>
+      <c r="I651" t="s">
+        <v>28</v>
+      </c>
+      <c r="J651">
+        <v>3.9</v>
+      </c>
+      <c r="K651" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L651" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M651">
+        <v>700000</v>
+      </c>
+      <c r="N651">
+        <v>100.0</v>
+      </c>
+      <c r="O651" t="s">
+        <v>28</v>
+      </c>
+      <c r="P651">
+        <v>0.1492</v>
+      </c>
+    </row>
+    <row r="652" spans="1:24">
+      <c r="A652" s="2">
+        <v>45149.355474537</v>
+      </c>
+      <c r="B652" t="s">
+        <v>24</v>
+      </c>
+      <c r="C652" t="s">
+        <v>29</v>
+      </c>
+      <c r="D652" t="s">
+        <v>26</v>
+      </c>
+      <c r="E652" t="s">
+        <v>27</v>
+      </c>
+      <c r="I652" t="s">
+        <v>28</v>
+      </c>
+      <c r="J652">
+        <v>3.9</v>
+      </c>
+      <c r="K652" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L652" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M652">
+        <v>700000</v>
+      </c>
+      <c r="N652">
+        <v>100.0</v>
+      </c>
+      <c r="O652" t="s">
+        <v>28</v>
+      </c>
+      <c r="P652">
+        <v>0.1385</v>
+      </c>
+    </row>
+    <row r="653" spans="1:24">
+      <c r="A653" s="2">
+        <v>45148.355590278</v>
+      </c>
+      <c r="B653" t="s">
+        <v>24</v>
+      </c>
+      <c r="C653" t="s">
+        <v>29</v>
+      </c>
+      <c r="D653" t="s">
+        <v>26</v>
+      </c>
+      <c r="E653" t="s">
+        <v>27</v>
+      </c>
+      <c r="I653" t="s">
+        <v>28</v>
+      </c>
+      <c r="J653">
+        <v>3.9</v>
+      </c>
+      <c r="K653" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L653" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M653">
+        <v>700000</v>
+      </c>
+      <c r="N653">
+        <v>100.0</v>
+      </c>
+      <c r="O653" t="s">
+        <v>28</v>
+      </c>
+      <c r="P653">
+        <v>0.1279</v>
+      </c>
+    </row>
+    <row r="654" spans="1:24">
+      <c r="A654" s="2">
+        <v>45147.355509259</v>
+      </c>
+      <c r="B654" t="s">
+        <v>24</v>
+      </c>
+      <c r="C654" t="s">
+        <v>29</v>
+      </c>
+      <c r="D654" t="s">
+        <v>26</v>
+      </c>
+      <c r="E654" t="s">
+        <v>27</v>
+      </c>
+      <c r="I654" t="s">
+        <v>28</v>
+      </c>
+      <c r="J654">
+        <v>3.9</v>
+      </c>
+      <c r="K654" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L654" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M654">
+        <v>700000</v>
+      </c>
+      <c r="N654">
+        <v>100.0</v>
+      </c>
+      <c r="O654" t="s">
+        <v>28</v>
+      </c>
+      <c r="P654">
+        <v>0.0959</v>
+      </c>
+    </row>
+    <row r="655" spans="1:24">
+      <c r="A655" s="2">
+        <v>45146.355451389</v>
+      </c>
+      <c r="B655" t="s">
+        <v>24</v>
+      </c>
+      <c r="C655" t="s">
+        <v>29</v>
+      </c>
+      <c r="D655" t="s">
+        <v>26</v>
+      </c>
+      <c r="E655" t="s">
+        <v>27</v>
+      </c>
+      <c r="I655" t="s">
+        <v>28</v>
+      </c>
+      <c r="J655">
+        <v>3.9</v>
+      </c>
+      <c r="K655" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L655" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M655">
+        <v>700000</v>
+      </c>
+      <c r="N655">
+        <v>100.0</v>
+      </c>
+      <c r="O655" t="s">
+        <v>28</v>
+      </c>
+      <c r="P655">
+        <v>0.0852</v>
+      </c>
+    </row>
+    <row r="656" spans="1:24">
+      <c r="A656" s="2">
+        <v>45145.356377315</v>
+      </c>
+      <c r="B656" t="s">
+        <v>24</v>
+      </c>
+      <c r="C656" t="s">
+        <v>29</v>
+      </c>
+      <c r="D656" t="s">
+        <v>26</v>
+      </c>
+      <c r="E656" t="s">
+        <v>27</v>
+      </c>
+      <c r="I656" t="s">
+        <v>28</v>
+      </c>
+      <c r="J656">
+        <v>3.9</v>
+      </c>
+      <c r="K656" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L656" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M656">
+        <v>700000</v>
+      </c>
+      <c r="N656">
+        <v>100.0</v>
+      </c>
+      <c r="O656" t="s">
+        <v>28</v>
+      </c>
+      <c r="P656">
+        <v>0.0746</v>
+      </c>
+    </row>
+    <row r="657" spans="1:24">
+      <c r="A657" s="2">
+        <v>45142.355428241</v>
+      </c>
+      <c r="B657" t="s">
+        <v>24</v>
+      </c>
+      <c r="C657" t="s">
+        <v>29</v>
+      </c>
+      <c r="D657" t="s">
+        <v>26</v>
+      </c>
+      <c r="E657" t="s">
+        <v>27</v>
+      </c>
+      <c r="I657" t="s">
+        <v>28</v>
+      </c>
+      <c r="J657">
+        <v>3.9</v>
+      </c>
+      <c r="K657" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L657" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M657">
+        <v>700000</v>
+      </c>
+      <c r="N657">
+        <v>100.0</v>
+      </c>
+      <c r="O657" t="s">
+        <v>28</v>
+      </c>
+      <c r="P657">
+        <v>0.0639</v>
+      </c>
+    </row>
+    <row r="658" spans="1:24">
+      <c r="A658" s="2">
+        <v>45141.355914352</v>
+      </c>
+      <c r="B658" t="s">
+        <v>24</v>
+      </c>
+      <c r="C658" t="s">
+        <v>29</v>
+      </c>
+      <c r="D658" t="s">
+        <v>26</v>
+      </c>
+      <c r="E658" t="s">
+        <v>27</v>
+      </c>
+      <c r="I658" t="s">
+        <v>28</v>
+      </c>
+      <c r="J658">
+        <v>3.9</v>
+      </c>
+      <c r="K658" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L658" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M658">
+        <v>700000</v>
+      </c>
+      <c r="N658">
+        <v>100.0</v>
+      </c>
+      <c r="O658" t="s">
+        <v>28</v>
+      </c>
+      <c r="P658">
+        <v>0.0533</v>
+      </c>
+    </row>
+    <row r="659" spans="1:24">
+      <c r="A659" s="2">
         <v>45140.355613426</v>
       </c>
-      <c r="B596" t="s">
-[...23 lines deleted...]
-      <c r="M596">
+      <c r="B659" t="s">
+        <v>24</v>
+      </c>
+      <c r="C659" t="s">
+        <v>29</v>
+      </c>
+      <c r="D659" t="s">
+        <v>26</v>
+      </c>
+      <c r="E659" t="s">
+        <v>27</v>
+      </c>
+      <c r="I659" t="s">
+        <v>28</v>
+      </c>
+      <c r="J659">
+        <v>3.9</v>
+      </c>
+      <c r="K659" s="2">
+        <v>45140.0</v>
+      </c>
+      <c r="L659" s="2">
+        <v>46236.0</v>
+      </c>
+      <c r="M659">
         <v>700000</v>
       </c>
-      <c r="N596">
-[...5 lines deleted...]
-      <c r="P596">
+      <c r="N659">
+        <v>100.0</v>
+      </c>
+      <c r="O659" t="s">
+        <v>28</v>
+      </c>
+      <c r="P659">
         <v>0.0213</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>