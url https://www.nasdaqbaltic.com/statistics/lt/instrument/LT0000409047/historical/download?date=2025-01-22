--- v0 (2025-12-19)
+++ v1 (2026-03-12)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X349"/>
+  <dimension ref="A1:X403"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L349" sqref="L349"/>
+      <selection activeCell="L403" sqref="L403"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,19953 +546,23337 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46010.355717593</v>
+        <v>46093.576747685</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>103.945652</v>
+        <v>103.174157</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>12.0</v>
       </c>
       <c r="K2" s="2">
         <v>45432.0</v>
       </c>
       <c r="L2" s="2">
         <v>46527.0</v>
       </c>
       <c r="M2">
         <v>5000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.076087</v>
-[...2 lines deleted...]
-        <v>104.076087</v>
+        <v>0.808989</v>
       </c>
       <c r="R2">
-        <v>104.576087</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
       <c r="T2">
-        <v>103.5</v>
-[...2 lines deleted...]
-        <v>9.692179</v>
+        <v>104.191011</v>
       </c>
       <c r="V2">
-        <v>9.316869</v>
+        <v>8.238874</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46009.355891204</v>
+        <v>46092.354837963</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>103.945652</v>
+        <v>103.174157</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>12.0</v>
       </c>
       <c r="K3" s="2">
         <v>45432.0</v>
       </c>
       <c r="L3" s="2">
         <v>46527.0</v>
       </c>
       <c r="M3">
         <v>5000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.043478</v>
-[...17 lines deleted...]
-        <v>9.32168</v>
+        <v>0.707865</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46008.538483796</v>
+        <v>46091.636018519</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="F4">
-        <v>0.09</v>
+        <v>0.03</v>
       </c>
       <c r="G4">
-        <v>103.945652</v>
+        <v>103.174157</v>
       </c>
       <c r="H4">
-        <v>13571.93476</v>
+        <v>5158.70785</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>12.0</v>
       </c>
       <c r="K4" s="2">
         <v>45432.0</v>
       </c>
       <c r="L4" s="2">
         <v>46527.0</v>
       </c>
       <c r="M4">
         <v>5000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>0.945652</v>
-[...2 lines deleted...]
-        <v>103.945652</v>
+        <v>0.674157</v>
       </c>
       <c r="R4">
-        <v>104.445652</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>105.574157</v>
       </c>
       <c r="T4">
-        <v>103.5</v>
-[...2 lines deleted...]
-        <v>9.70874</v>
+        <v>104.9</v>
       </c>
       <c r="V4">
-        <v>9.336039</v>
+        <v>7.661429</v>
       </c>
       <c r="X4">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46007.417349537</v>
+        <v>46090.65443287</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
+      <c r="F5">
+        <v>-0.54</v>
+      </c>
       <c r="G5">
-        <v>103.847826</v>
+        <v>103.140449</v>
+      </c>
+      <c r="H5">
+        <v>2062.80898</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>12.0</v>
       </c>
       <c r="K5" s="2">
         <v>45432.0</v>
       </c>
       <c r="L5" s="2">
         <v>46527.0</v>
       </c>
       <c r="M5">
         <v>5000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>0.913043</v>
+        <v>0.640449</v>
       </c>
       <c r="Q5">
-        <v>103.913043</v>
+        <v>103.140449</v>
       </c>
       <c r="R5">
-        <v>104.363043</v>
+        <v>104.640449</v>
       </c>
       <c r="S5">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
       <c r="T5">
-        <v>103.45</v>
+        <v>104.0</v>
       </c>
       <c r="U5">
-        <v>9.712857</v>
+        <v>9.755711</v>
       </c>
       <c r="V5">
-        <v>9.377907</v>
+        <v>8.44572</v>
+      </c>
+      <c r="X5">
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46006.355335648</v>
+        <v>46087.423171296</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>103.847826</v>
+        <v>103.704955</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>12.0</v>
       </c>
       <c r="K6" s="2">
         <v>45432.0</v>
       </c>
       <c r="L6" s="2">
         <v>46527.0</v>
       </c>
       <c r="M6">
         <v>5000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>0.880435</v>
+        <v>0.606742</v>
       </c>
       <c r="Q6">
-        <v>103.880435</v>
+        <v>103.106742</v>
       </c>
       <c r="R6">
-        <v>104.380435</v>
+        <v>103.9</v>
       </c>
       <c r="S6">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
       <c r="T6">
-        <v>103.5</v>
+        <v>103.293258</v>
       </c>
       <c r="U6">
-        <v>9.716965</v>
+        <v>9.760799</v>
       </c>
       <c r="V6">
-        <v>9.34555</v>
+        <v>9.066551</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>46003.643831019</v>
+        <v>46086.49025463</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
-      <c r="F7">
-[...1 lines deleted...]
-      </c>
       <c r="G7">
-        <v>103.847826</v>
-[...2 lines deleted...]
-        <v>1038.47826</v>
+        <v>103.704955</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>12.0</v>
       </c>
       <c r="K7" s="2">
         <v>45432.0</v>
       </c>
       <c r="L7" s="2">
         <v>46527.0</v>
       </c>
       <c r="M7">
         <v>5000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>0.847826</v>
+        <v>0.573034</v>
       </c>
       <c r="Q7">
-        <v>103.847826</v>
+        <v>103.073034</v>
       </c>
       <c r="R7">
-        <v>104.347826</v>
+        <v>104.0</v>
       </c>
       <c r="S7">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
       <c r="T7">
-        <v>103.5</v>
+        <v>103.426966</v>
       </c>
       <c r="U7">
-        <v>9.721063</v>
+        <v>9.765872</v>
       </c>
       <c r="V7">
-        <v>9.350289</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.956995</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>46002.598020833</v>
+        <v>46085.35505787</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
-      <c r="F8">
-[...1 lines deleted...]
-      </c>
       <c r="G8">
-        <v>103.815217</v>
-[...2 lines deleted...]
-        <v>2071.30434</v>
+        <v>103.704955</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>12.0</v>
       </c>
       <c r="K8" s="2">
         <v>45432.0</v>
       </c>
       <c r="L8" s="2">
         <v>46527.0</v>
       </c>
       <c r="M8">
         <v>5000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.815217</v>
+        <v>0.47191</v>
       </c>
       <c r="Q8">
-        <v>103.815217</v>
+        <v>103.94091</v>
       </c>
       <c r="R8">
-        <v>104.315217</v>
+        <v>104.22191</v>
       </c>
       <c r="S8">
-        <v>103.0</v>
+        <v>103.469</v>
       </c>
       <c r="T8">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
       <c r="U8">
-        <v>9.725153</v>
+        <v>8.941038</v>
       </c>
       <c r="V8">
-        <v>9.355016</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.699295</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>46001.355497685</v>
+        <v>46084.354965278</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>103.852174</v>
+        <v>103.704955</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>12.0</v>
       </c>
       <c r="K9" s="2">
         <v>45432.0</v>
       </c>
       <c r="L9" s="2">
         <v>46527.0</v>
       </c>
       <c r="M9">
         <v>5000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>0.717391</v>
+        <v>0.438202</v>
       </c>
       <c r="Q9">
-        <v>103.217391</v>
+        <v>103.907202</v>
       </c>
       <c r="R9">
-        <v>104.217391</v>
+        <v>104.188202</v>
       </c>
       <c r="S9">
-        <v>102.5</v>
+        <v>103.469</v>
       </c>
       <c r="T9">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
       <c r="U9">
-        <v>10.107806</v>
+        <v>8.947826</v>
       </c>
       <c r="V9">
-        <v>9.369125</v>
+        <v>8.706593</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>46000.355428241</v>
+        <v>46083.452407407</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>103.852174</v>
+        <v>103.704955</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>12.0</v>
       </c>
       <c r="K10" s="2">
         <v>45432.0</v>
       </c>
       <c r="L10" s="2">
         <v>46527.0</v>
       </c>
       <c r="M10">
         <v>5000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>0.684783</v>
+        <v>0.404494</v>
       </c>
       <c r="Q10">
-        <v>103.184783</v>
+        <v>103.873494</v>
       </c>
       <c r="R10">
-        <v>104.184783</v>
+        <v>104.154494</v>
       </c>
       <c r="S10">
-        <v>102.5</v>
+        <v>103.469</v>
       </c>
       <c r="T10">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
       <c r="U10">
-        <v>10.111229</v>
+        <v>8.95459</v>
       </c>
       <c r="V10">
-        <v>9.373805</v>
+        <v>8.713865</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45999.6334375</v>
+        <v>46080.355092593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
-      <c r="F11">
-[...1 lines deleted...]
-      </c>
       <c r="G11">
-        <v>103.852174</v>
-[...2 lines deleted...]
-        <v>5192.6087</v>
+        <v>103.704955</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>12.0</v>
       </c>
       <c r="K11" s="2">
         <v>45432.0</v>
       </c>
       <c r="L11" s="2">
         <v>46527.0</v>
       </c>
       <c r="M11">
         <v>5000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>0.652174</v>
+        <v>0.370787</v>
       </c>
       <c r="Q11">
-        <v>103.152174</v>
+        <v>103.839787</v>
       </c>
       <c r="R11">
-        <v>104.152174</v>
+        <v>104.120787</v>
       </c>
       <c r="S11">
-        <v>102.5</v>
+        <v>103.469</v>
       </c>
       <c r="T11">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
       <c r="U11">
-        <v>10.114646</v>
+        <v>8.961329</v>
       </c>
       <c r="V11">
-        <v>9.378474</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.72111</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45996.355231481</v>
+        <v>46079.355150463</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>102.48913</v>
+        <v>103.704955</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>12.0</v>
       </c>
       <c r="K12" s="2">
         <v>45432.0</v>
       </c>
       <c r="L12" s="2">
         <v>46527.0</v>
       </c>
       <c r="M12">
         <v>5000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>0.619565</v>
+        <v>0.337079</v>
       </c>
       <c r="Q12">
-        <v>102.619565</v>
+        <v>103.806079</v>
       </c>
       <c r="R12">
-        <v>103.819565</v>
+        <v>104.087079</v>
       </c>
       <c r="S12">
-        <v>102.0</v>
+        <v>103.469</v>
       </c>
       <c r="T12">
-        <v>103.2</v>
+        <v>103.75</v>
       </c>
       <c r="U12">
-        <v>10.488822</v>
+        <v>8.968046</v>
       </c>
       <c r="V12">
-        <v>9.602692</v>
+        <v>8.72833</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45995.41755787</v>
+        <v>46078.5646875</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
+      <c r="F13">
+        <v>-2.51</v>
+      </c>
       <c r="G13">
-        <v>102.48913</v>
+        <v>103.704955</v>
+      </c>
+      <c r="H13">
+        <v>10370.4955</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>12.0</v>
       </c>
       <c r="K13" s="2">
         <v>45432.0</v>
       </c>
       <c r="L13" s="2">
         <v>46527.0</v>
       </c>
       <c r="M13">
         <v>5000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>0.586957</v>
+        <v>0.235955</v>
       </c>
       <c r="Q13">
-        <v>102.586957</v>
+        <v>103.704955</v>
       </c>
       <c r="R13">
-        <v>103.786957</v>
+        <v>103.985955</v>
       </c>
       <c r="S13">
-        <v>102.0</v>
+        <v>103.469</v>
       </c>
       <c r="T13">
-        <v>103.2</v>
+        <v>103.75</v>
       </c>
       <c r="U13">
-        <v>10.491599</v>
+        <v>8.988059</v>
       </c>
       <c r="V13">
-        <v>9.606967</v>
+        <v>8.749837</v>
+      </c>
+      <c r="X13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45994.441412037</v>
+        <v>46077.354953704</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
-      <c r="F14">
-[...1 lines deleted...]
-      </c>
       <c r="G14">
-        <v>102.48913</v>
-[...2 lines deleted...]
-        <v>2049.7826</v>
+        <v>106.369565</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>12.0</v>
       </c>
       <c r="K14" s="2">
         <v>45432.0</v>
       </c>
       <c r="L14" s="2">
         <v>46527.0</v>
       </c>
       <c r="M14">
         <v>5000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>0.48913</v>
+        <v>0.202247</v>
       </c>
       <c r="Q14">
-        <v>102.48913</v>
+        <v>103.671247</v>
       </c>
       <c r="R14">
-        <v>103.98913</v>
+        <v>103.952247</v>
       </c>
       <c r="S14">
-        <v>102.0</v>
+        <v>103.469</v>
       </c>
       <c r="T14">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
       <c r="U14">
-        <v>10.499911</v>
+        <v>8.994684</v>
       </c>
       <c r="V14">
-        <v>9.401649</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.756955</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45993.613136574</v>
+        <v>46076.417916667</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
-      <c r="F15">
-[...1 lines deleted...]
-      </c>
       <c r="G15">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>2060.0</v>
+        <v>106.369565</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>12.0</v>
       </c>
       <c r="K15" s="2">
         <v>45432.0</v>
       </c>
       <c r="L15" s="2">
         <v>46527.0</v>
       </c>
       <c r="M15">
         <v>5000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.456522</v>
+        <v>0.168539</v>
       </c>
       <c r="Q15">
-        <v>102.456522</v>
+        <v>103.637539</v>
       </c>
       <c r="R15">
-        <v>103.0</v>
+        <v>103.918539</v>
       </c>
       <c r="S15">
-        <v>102.0</v>
+        <v>103.469</v>
       </c>
       <c r="T15">
-        <v>102.543478</v>
+        <v>103.75</v>
       </c>
       <c r="U15">
-        <v>10.502674</v>
+        <v>9.001287</v>
       </c>
       <c r="V15">
-        <v>10.103151</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.764049</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45992.558032407</v>
+        <v>46073.355104167</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>12.0</v>
       </c>
       <c r="K16" s="2">
         <v>45432.0</v>
       </c>
       <c r="L16" s="2">
         <v>46527.0</v>
       </c>
       <c r="M16">
         <v>5000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.423913</v>
+        <v>0.134831</v>
       </c>
       <c r="Q16">
-        <v>102.5</v>
+        <v>101.934831</v>
       </c>
       <c r="R16">
-        <v>103.0</v>
+        <v>103.884831</v>
       </c>
       <c r="S16">
-        <v>102.076087</v>
+        <v>101.8</v>
       </c>
       <c r="T16">
-        <v>102.576087</v>
+        <v>103.75</v>
       </c>
       <c r="U16">
-        <v>10.449438</v>
+        <v>10.430764</v>
       </c>
       <c r="V16">
-        <v>10.08273</v>
+        <v>8.771117</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45989.424664352</v>
+        <v>46072.355104167</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>12.0</v>
       </c>
       <c r="K17" s="2">
         <v>45432.0</v>
       </c>
       <c r="L17" s="2">
         <v>46527.0</v>
       </c>
       <c r="M17">
         <v>5000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.391304</v>
+        <v>0.101124</v>
       </c>
       <c r="Q17">
-        <v>102.391304</v>
+        <v>101.901124</v>
       </c>
       <c r="R17">
-        <v>103.0</v>
+        <v>103.851124</v>
       </c>
       <c r="S17">
-        <v>102.0</v>
+        <v>101.8</v>
       </c>
       <c r="T17">
-        <v>102.608696</v>
+        <v>103.75</v>
       </c>
       <c r="U17">
-        <v>10.508192</v>
+        <v>10.434398</v>
       </c>
       <c r="V17">
-        <v>10.062391</v>
+        <v>8.778161</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45988.355729167</v>
+        <v>46071.57900463</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>12.0</v>
       </c>
       <c r="K18" s="2">
         <v>45432.0</v>
       </c>
       <c r="L18" s="2">
         <v>46527.0</v>
       </c>
       <c r="M18">
         <v>5000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
-      <c r="P18">
-[...1 lines deleted...]
-      </c>
       <c r="Q18">
-        <v>102.358696</v>
+        <v>101.8</v>
       </c>
       <c r="R18">
-        <v>104.108696</v>
-[...4 lines deleted...]
-      <c r="T18">
         <v>103.75</v>
       </c>
       <c r="U18">
-        <v>10.510945</v>
+        <v>10.445253</v>
       </c>
       <c r="V18">
-        <v>9.240046</v>
+        <v>8.799148</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45987.355509259</v>
+        <v>46070.502175926</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>12.0</v>
       </c>
       <c r="K19" s="2">
         <v>45432.0</v>
       </c>
       <c r="L19" s="2">
         <v>46527.0</v>
       </c>
       <c r="M19">
         <v>5000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.26087</v>
+        <v>-0.032609</v>
       </c>
       <c r="Q19">
-        <v>102.26087</v>
+        <v>101.777</v>
       </c>
       <c r="R19">
-        <v>104.01087</v>
+        <v>104.867391</v>
       </c>
       <c r="S19">
-        <v>102.0</v>
+        <v>101.809609</v>
       </c>
       <c r="T19">
-        <v>103.75</v>
+        <v>104.9</v>
       </c>
       <c r="U19">
-        <v>10.519186</v>
+        <v>10.440547</v>
       </c>
       <c r="V19">
-        <v>9.254581</v>
+        <v>7.854922</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45986.355486111</v>
+        <v>46069.354780093</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>12.0</v>
       </c>
       <c r="K20" s="2">
         <v>45432.0</v>
       </c>
       <c r="L20" s="2">
         <v>46527.0</v>
       </c>
       <c r="M20">
         <v>5000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>0.228261</v>
-[...17 lines deleted...]
-        <v>9.259402</v>
+        <v>-0.065217</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45985.355381944</v>
+        <v>46066.453541667</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>12.0</v>
       </c>
       <c r="K21" s="2">
         <v>45432.0</v>
       </c>
       <c r="L21" s="2">
         <v>46527.0</v>
       </c>
       <c r="M21">
         <v>5000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>0.195652</v>
+        <v>2.902174</v>
       </c>
       <c r="Q21">
-        <v>103.195652</v>
+        <v>104.702174</v>
       </c>
       <c r="R21">
-        <v>103.945652</v>
+        <v>107.0</v>
       </c>
       <c r="S21">
-        <v>103.0</v>
+        <v>101.8</v>
       </c>
       <c r="T21">
-        <v>103.75</v>
+        <v>104.097826</v>
       </c>
       <c r="U21">
-        <v>9.801197</v>
+        <v>10.453547</v>
       </c>
       <c r="V21">
-        <v>9.264212</v>
+        <v>8.52967</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45982.514525463</v>
+        <v>46065.616828704</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22">
-        <v>-0.69</v>
+        <v>0.18</v>
       </c>
       <c r="G22">
-        <v>103.163043</v>
+        <v>106.369565</v>
       </c>
       <c r="H22">
-        <v>3094.89129</v>
+        <v>21273.913</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>12.0</v>
       </c>
       <c r="K22" s="2">
         <v>45432.0</v>
       </c>
       <c r="L22" s="2">
         <v>46527.0</v>
       </c>
       <c r="M22">
         <v>5000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>0.163043</v>
+        <v>2.869565</v>
       </c>
       <c r="Q22">
-        <v>103.163043</v>
+        <v>104.669565</v>
       </c>
       <c r="R22">
-        <v>103.913043</v>
+        <v>107.769565</v>
       </c>
       <c r="S22">
-        <v>103.0</v>
+        <v>101.8</v>
       </c>
       <c r="T22">
-        <v>103.75</v>
+        <v>104.9</v>
       </c>
       <c r="U22">
-        <v>9.805116</v>
+        <v>10.456303</v>
       </c>
       <c r="V22">
-        <v>9.26901</v>
+        <v>7.878434</v>
       </c>
       <c r="X22">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45981.479340278</v>
+        <v>46064.355127315</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
-      <c r="F23">
-[...1 lines deleted...]
-      </c>
       <c r="G23">
-        <v>103.880435</v>
-[...2 lines deleted...]
-        <v>2077.1087</v>
+        <v>106.173913</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>12.0</v>
       </c>
       <c r="K23" s="2">
         <v>45432.0</v>
       </c>
       <c r="L23" s="2">
         <v>46527.0</v>
       </c>
       <c r="M23">
         <v>5000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>0.130435</v>
-[...2 lines deleted...]
-        <v>103.130435</v>
+        <v>2.771739</v>
       </c>
       <c r="R23">
-        <v>103.880435</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.271739</v>
       </c>
       <c r="T23">
-        <v>103.75</v>
-[...2 lines deleted...]
-        <v>9.809027</v>
+        <v>103.5</v>
       </c>
       <c r="V23">
-        <v>9.273796</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9.047572</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45980.355532407</v>
+        <v>46063.46837963</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>102.934783</v>
+        <v>106.173913</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>12.0</v>
       </c>
       <c r="K24" s="2">
         <v>45432.0</v>
       </c>
       <c r="L24" s="2">
         <v>46527.0</v>
       </c>
       <c r="M24">
         <v>5000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>0.032609</v>
-[...2 lines deleted...]
-        <v>103.032609</v>
+        <v>2.73913</v>
       </c>
       <c r="R24">
-        <v>103.732609</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.23913</v>
       </c>
       <c r="T24">
-        <v>103.7</v>
-[...2 lines deleted...]
-        <v>9.820714</v>
+        <v>103.5</v>
       </c>
       <c r="V24">
-        <v>9.32345</v>
+        <v>9.05315</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45979.355821759</v>
+        <v>46062.418043981</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>102.934783</v>
+        <v>106.173913</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>12.0</v>
       </c>
       <c r="K25" s="2">
         <v>45432.0</v>
       </c>
       <c r="L25" s="2">
         <v>46527.0</v>
       </c>
       <c r="M25">
         <v>5000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
+      <c r="P25">
+        <v>2.706522</v>
+      </c>
       <c r="Q25">
-        <v>103.0</v>
+        <v>103.707522</v>
       </c>
       <c r="R25">
-        <v>103.7</v>
+        <v>106.206522</v>
+      </c>
+      <c r="S25">
+        <v>101.001</v>
+      </c>
+      <c r="T25">
+        <v>103.5</v>
       </c>
       <c r="U25">
-        <v>9.824594</v>
+        <v>11.143489</v>
       </c>
       <c r="V25">
-        <v>9.328134</v>
+        <v>9.05871</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45978.356261574</v>
+        <v>46059.560358796</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
+      <c r="F26">
+        <v>2.54</v>
+      </c>
       <c r="G26">
-        <v>102.934783</v>
+        <v>106.173913</v>
+      </c>
+      <c r="H26">
+        <v>1061.73913</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>12.0</v>
       </c>
       <c r="K26" s="2">
         <v>45432.0</v>
       </c>
       <c r="L26" s="2">
         <v>46527.0</v>
       </c>
       <c r="M26">
         <v>5000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>-0.032609</v>
+        <v>2.673913</v>
       </c>
       <c r="Q26">
-        <v>102.967391</v>
+        <v>103.674913</v>
       </c>
       <c r="R26">
-        <v>103.667391</v>
+        <v>106.173913</v>
       </c>
       <c r="S26">
-        <v>103.0</v>
+        <v>101.001</v>
       </c>
       <c r="T26">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U26">
-        <v>9.828467</v>
+        <v>11.144874</v>
       </c>
       <c r="V26">
-        <v>9.332808</v>
+        <v>9.064253</v>
+      </c>
+      <c r="X26">
+        <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45975.494328704</v>
+        <v>46058.355219907</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
-      <c r="F27">
-[...1 lines deleted...]
-      </c>
       <c r="G27">
-        <v>102.934783</v>
-[...2 lines deleted...]
-        <v>2058.69566</v>
+        <v>103.543478</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>12.0</v>
       </c>
       <c r="K27" s="2">
         <v>45432.0</v>
       </c>
       <c r="L27" s="2">
         <v>46527.0</v>
       </c>
       <c r="M27">
         <v>5000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>-0.065217</v>
+        <v>2.641304</v>
       </c>
       <c r="Q27">
-        <v>102.934783</v>
+        <v>103.641304</v>
       </c>
       <c r="R27">
-        <v>103.634783</v>
+        <v>106.141304</v>
       </c>
       <c r="S27">
-        <v>103.0</v>
+        <v>101.0</v>
       </c>
       <c r="T27">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U27">
-        <v>9.832331</v>
+        <v>11.147106</v>
       </c>
       <c r="V27">
-        <v>9.33747</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9.069779</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45974.355833333</v>
+        <v>46057.615949074</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
+      <c r="F28">
+        <v>-2.27</v>
+      </c>
       <c r="G28">
-        <v>104.673913</v>
+        <v>103.543478</v>
+      </c>
+      <c r="H28">
+        <v>2070.86956</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>12.0</v>
       </c>
       <c r="K28" s="2">
         <v>45432.0</v>
       </c>
       <c r="L28" s="2">
         <v>46527.0</v>
       </c>
       <c r="M28">
         <v>5000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>2.902174</v>
+        <v>2.543478</v>
       </c>
       <c r="Q28">
-        <v>105.902174</v>
+        <v>103.543478</v>
       </c>
       <c r="R28">
-        <v>106.602174</v>
+        <v>106.043478</v>
       </c>
       <c r="S28">
-        <v>103.0</v>
+        <v>101.0</v>
       </c>
       <c r="T28">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U28">
-        <v>9.834505</v>
+        <v>11.151277</v>
       </c>
       <c r="V28">
-        <v>9.340536</v>
+        <v>9.086254</v>
+      </c>
+      <c r="X28">
+        <v>1</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45973.356076389</v>
+        <v>46056.62494213</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>104.673913</v>
+        <v>105.945652</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>12.0</v>
       </c>
       <c r="K29" s="2">
         <v>45432.0</v>
       </c>
       <c r="L29" s="2">
         <v>46527.0</v>
       </c>
       <c r="M29">
         <v>5000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>2.804348</v>
+        <v>2.51087</v>
       </c>
       <c r="Q29">
-        <v>105.804348</v>
+        <v>103.51087</v>
       </c>
       <c r="R29">
-        <v>106.504348</v>
+        <v>106.01087</v>
       </c>
       <c r="S29">
-        <v>103.0</v>
+        <v>101.0</v>
       </c>
       <c r="T29">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U29">
-        <v>9.844362</v>
+        <v>11.152672</v>
       </c>
       <c r="V29">
-        <v>9.352853</v>
+        <v>9.091711</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45972.599155093</v>
+        <v>46055.496585648</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>104.673913</v>
+        <v>105.945652</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>12.0</v>
       </c>
       <c r="K30" s="2">
         <v>45432.0</v>
       </c>
       <c r="L30" s="2">
         <v>46527.0</v>
       </c>
       <c r="M30">
         <v>5000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>2.771739</v>
+        <v>2.478261</v>
       </c>
       <c r="Q30">
-        <v>105.771739</v>
+        <v>105.97</v>
       </c>
       <c r="R30">
-        <v>106.471739</v>
+        <v>105.978261</v>
       </c>
       <c r="S30">
-        <v>103.0</v>
+        <v>103.491739</v>
       </c>
       <c r="T30">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U30">
-        <v>9.847636</v>
+        <v>9.103848</v>
       </c>
       <c r="V30">
-        <v>9.35694</v>
+        <v>9.097153</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45971.418310185</v>
+        <v>46052.490231481</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
+      <c r="F31">
+        <v>0.03</v>
+      </c>
       <c r="G31">
-        <v>104.673913</v>
+        <v>105.945652</v>
+      </c>
+      <c r="H31">
+        <v>10594.5652</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>12.0</v>
       </c>
       <c r="K31" s="2">
         <v>45432.0</v>
       </c>
       <c r="L31" s="2">
         <v>46527.0</v>
       </c>
       <c r="M31">
         <v>5000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>2.73913</v>
+        <v>2.445652</v>
       </c>
       <c r="Q31">
-        <v>104.78913</v>
+        <v>103.033652</v>
       </c>
       <c r="R31">
-        <v>106.43913</v>
+        <v>105.945652</v>
       </c>
       <c r="S31">
-        <v>102.05</v>
+        <v>100.588</v>
       </c>
       <c r="T31">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U31">
-        <v>10.522288</v>
+        <v>11.499832</v>
       </c>
       <c r="V31">
-        <v>9.361019</v>
+        <v>9.102577</v>
+      </c>
+      <c r="X31">
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45968.47125</v>
+        <v>46051.622534722</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
+      <c r="F32">
+        <v>0.57</v>
+      </c>
       <c r="G32">
-        <v>104.673913</v>
+        <v>105.913043</v>
+      </c>
+      <c r="H32">
+        <v>26478.26075</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>12.0</v>
       </c>
       <c r="K32" s="2">
         <v>45432.0</v>
       </c>
       <c r="L32" s="2">
         <v>46527.0</v>
       </c>
       <c r="M32">
         <v>5000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>2.706522</v>
+        <v>2.413043</v>
       </c>
       <c r="Q32">
-        <v>104.806522</v>
+        <v>103.001043</v>
       </c>
       <c r="R32">
-        <v>106.406522</v>
+        <v>105.913043</v>
       </c>
       <c r="S32">
-        <v>102.1</v>
+        <v>100.588</v>
       </c>
       <c r="T32">
-        <v>103.7</v>
+        <v>103.5</v>
       </c>
       <c r="U32">
-        <v>10.488976</v>
+        <v>11.50056</v>
       </c>
       <c r="V32">
-        <v>9.365088</v>
+        <v>9.107986</v>
+      </c>
+      <c r="X32">
+        <v>1</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45967.587604167</v>
+        <v>46050.545925926</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="F33">
-        <v>-0.59</v>
+        <v>-0.41</v>
       </c>
       <c r="G33">
-        <v>104.673913</v>
+        <v>105.315217</v>
       </c>
       <c r="H33">
-        <v>2093.47826</v>
+        <v>18956.73906</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>12.0</v>
       </c>
       <c r="K33" s="2">
         <v>45432.0</v>
       </c>
       <c r="L33" s="2">
         <v>46527.0</v>
       </c>
       <c r="M33">
         <v>5000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>2.673913</v>
+        <v>2.315217</v>
       </c>
       <c r="Q33">
-        <v>104.673913</v>
+        <v>103.0</v>
       </c>
       <c r="R33">
-        <v>106.373913</v>
+        <v>105.315217</v>
       </c>
       <c r="S33">
-        <v>102.0</v>
+        <v>100.684783</v>
       </c>
       <c r="T33">
-        <v>103.7</v>
+        <v>103.0</v>
       </c>
       <c r="U33">
-        <v>10.562027</v>
+        <v>11.422354</v>
       </c>
       <c r="V33">
-        <v>9.369148</v>
+        <v>9.5266</v>
       </c>
       <c r="X33">
         <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45966.355729167</v>
+        <v>46049.355474537</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
-        <v>105.29004</v>
+        <v>105.75</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>12.0</v>
       </c>
       <c r="K34" s="2">
         <v>45432.0</v>
       </c>
       <c r="L34" s="2">
         <v>46527.0</v>
       </c>
       <c r="M34">
         <v>5000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>2.576087</v>
+        <v>2.282609</v>
       </c>
       <c r="Q34">
-        <v>104.576087</v>
+        <v>105.282609</v>
       </c>
       <c r="R34">
-        <v>106.326087</v>
+        <v>105.782609</v>
       </c>
       <c r="S34">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T34">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U34">
-        <v>10.568308</v>
+        <v>9.531167</v>
       </c>
       <c r="V34">
-        <v>9.346723</v>
+        <v>9.129455</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45965.417939815</v>
+        <v>46048.418171296</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
+      <c r="F35">
+        <v>0.51</v>
+      </c>
       <c r="G35">
-        <v>105.29004</v>
+        <v>105.75</v>
+      </c>
+      <c r="H35">
+        <v>8460.0</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>12.0</v>
       </c>
       <c r="K35" s="2">
         <v>45432.0</v>
       </c>
       <c r="L35" s="2">
         <v>46527.0</v>
       </c>
       <c r="M35">
         <v>5000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>2.543478</v>
+        <v>2.25</v>
       </c>
       <c r="Q35">
-        <v>106.0</v>
+        <v>105.25</v>
       </c>
       <c r="R35">
-        <v>106.293478</v>
+        <v>105.75</v>
       </c>
       <c r="S35">
-        <v>103.456522</v>
+        <v>103.0</v>
       </c>
       <c r="T35">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U35">
-        <v>9.553575</v>
+        <v>9.535722</v>
       </c>
       <c r="V35">
-        <v>9.350804</v>
+        <v>9.134783</v>
+      </c>
+      <c r="X35">
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45964.418321759</v>
+        <v>46045.438645833</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
+      <c r="F36">
+        <v>0.08</v>
+      </c>
       <c r="G36">
-        <v>105.29004</v>
+        <v>105.217391</v>
+      </c>
+      <c r="H36">
+        <v>3156.52173</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>12.0</v>
       </c>
       <c r="K36" s="2">
         <v>45432.0</v>
       </c>
       <c r="L36" s="2">
         <v>46527.0</v>
       </c>
       <c r="M36">
         <v>5000</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>2.51087</v>
+        <v>2.217391</v>
       </c>
       <c r="Q36">
-        <v>106.0</v>
+        <v>105.217391</v>
       </c>
       <c r="R36">
-        <v>106.26087</v>
+        <v>105.717391</v>
       </c>
       <c r="S36">
-        <v>103.48913</v>
+        <v>103.0</v>
       </c>
       <c r="T36">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U36">
-        <v>9.53479</v>
+        <v>9.540266</v>
       </c>
       <c r="V36">
-        <v>9.354876</v>
+        <v>9.140095</v>
+      </c>
+      <c r="X36">
+        <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45961.508645833</v>
+        <v>46044.356064815</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>105.29004</v>
+        <v>105.130435</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>12.0</v>
       </c>
       <c r="K37" s="2">
         <v>45432.0</v>
       </c>
       <c r="L37" s="2">
         <v>46527.0</v>
       </c>
       <c r="M37">
         <v>5000</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>2.478261</v>
+        <v>2.184783</v>
       </c>
       <c r="Q37">
-        <v>106.0</v>
+        <v>105.184783</v>
       </c>
       <c r="R37">
-        <v>106.228261</v>
+        <v>105.684783</v>
       </c>
       <c r="S37">
-        <v>103.521739</v>
+        <v>103.0</v>
       </c>
       <c r="T37">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U37">
-        <v>9.516079</v>
+        <v>9.544796</v>
       </c>
       <c r="V37">
-        <v>9.35894</v>
+        <v>9.14539</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45960.35556713</v>
+        <v>46043.355208333</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
-        <v>105.29004</v>
+        <v>105.130435</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>12.0</v>
       </c>
       <c r="K38" s="2">
         <v>45432.0</v>
       </c>
       <c r="L38" s="2">
         <v>46527.0</v>
       </c>
       <c r="M38">
         <v>5000</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>2.445652</v>
+        <v>2.086957</v>
       </c>
       <c r="Q38">
-        <v>104.445652</v>
+        <v>105.086957</v>
       </c>
       <c r="R38">
-        <v>106.195652</v>
+        <v>105.586957</v>
       </c>
       <c r="S38">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T38">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U38">
-        <v>10.576669</v>
+        <v>9.558316</v>
       </c>
       <c r="V38">
-        <v>9.362995</v>
+        <v>9.161186</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45959.355405093</v>
+        <v>46042.355486111</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="G39">
-        <v>105.29004</v>
+        <v>105.130435</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>12.0</v>
       </c>
       <c r="K39" s="2">
         <v>45432.0</v>
       </c>
       <c r="L39" s="2">
         <v>46527.0</v>
       </c>
       <c r="M39">
         <v>5000</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>2.347826</v>
+        <v>2.054348</v>
       </c>
       <c r="Q39">
-        <v>105.347826</v>
+        <v>105.054348</v>
       </c>
       <c r="R39">
-        <v>106.097826</v>
+        <v>105.554348</v>
       </c>
       <c r="S39">
         <v>103.0</v>
       </c>
       <c r="T39">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U39">
-        <v>9.889684</v>
+        <v>9.562799</v>
       </c>
       <c r="V39">
-        <v>9.375106</v>
+        <v>9.166421</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45958.355717593</v>
+        <v>46041.355358796</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="G40">
-        <v>105.29004</v>
+        <v>105.130435</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>12.0</v>
       </c>
       <c r="K40" s="2">
         <v>45432.0</v>
       </c>
       <c r="L40" s="2">
         <v>46527.0</v>
       </c>
       <c r="M40">
         <v>5000</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>2.315217</v>
+        <v>2.021739</v>
       </c>
       <c r="Q40">
-        <v>105.315217</v>
+        <v>105.021739</v>
       </c>
       <c r="R40">
-        <v>106.065217</v>
+        <v>105.521739</v>
       </c>
       <c r="S40">
         <v>103.0</v>
       </c>
       <c r="T40">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U40">
-        <v>9.89288</v>
+        <v>9.567271</v>
       </c>
       <c r="V40">
-        <v>9.379126</v>
+        <v>9.17164</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45957.572592593</v>
+        <v>46038.355717593</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
       <c r="G41">
-        <v>105.29004</v>
-[...2 lines deleted...]
-        <v>1052.9004</v>
+        <v>105.130435</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>12.0</v>
       </c>
       <c r="K41" s="2">
         <v>45432.0</v>
       </c>
       <c r="L41" s="2">
         <v>46527.0</v>
       </c>
       <c r="M41">
         <v>5000</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>2.282609</v>
+        <v>1.98913</v>
       </c>
       <c r="Q41">
-        <v>105.282609</v>
+        <v>104.98913</v>
       </c>
       <c r="R41">
-        <v>106.032609</v>
+        <v>105.48913</v>
       </c>
       <c r="S41">
         <v>103.0</v>
       </c>
       <c r="T41">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U41">
-        <v>9.89607</v>
+        <v>9.57173</v>
       </c>
       <c r="V41">
-        <v>9.383137</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>9.176845</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45954.35587963</v>
+        <v>46037.356018519</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="G42">
-        <v>105.869565</v>
+        <v>105.130435</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>12.0</v>
       </c>
       <c r="K42" s="2">
         <v>45432.0</v>
       </c>
       <c r="L42" s="2">
         <v>46527.0</v>
       </c>
       <c r="M42">
         <v>5000</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>2.25</v>
+        <v>1.956522</v>
       </c>
       <c r="Q42">
-        <v>105.25</v>
+        <v>104.956522</v>
       </c>
       <c r="R42">
-        <v>106.0</v>
+        <v>105.456522</v>
       </c>
       <c r="S42">
         <v>103.0</v>
       </c>
       <c r="T42">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U42">
-        <v>9.899256</v>
+        <v>9.576178</v>
       </c>
       <c r="V42">
-        <v>9.38714</v>
+        <v>9.182034</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45953.525104167</v>
+        <v>46036.355486111</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>105.869565</v>
+        <v>105.130435</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>12.0</v>
       </c>
       <c r="K43" s="2">
         <v>45432.0</v>
       </c>
       <c r="L43" s="2">
         <v>46527.0</v>
       </c>
       <c r="M43">
         <v>5000</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>2.217391</v>
+        <v>1.858696</v>
       </c>
       <c r="Q43">
-        <v>105.217391</v>
+        <v>104.858696</v>
       </c>
       <c r="R43">
-        <v>105.967391</v>
+        <v>105.358696</v>
       </c>
       <c r="S43">
         <v>103.0</v>
       </c>
       <c r="T43">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U43">
-        <v>9.902437</v>
+        <v>9.589453</v>
       </c>
       <c r="V43">
-        <v>9.391135</v>
+        <v>9.197514</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45952.591111111</v>
+        <v>46035.355300926</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
-      <c r="F44">
-[...1 lines deleted...]
-      </c>
       <c r="G44">
-        <v>105.869565</v>
-[...2 lines deleted...]
-        <v>35995.6521</v>
+        <v>105.130435</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>12.0</v>
       </c>
       <c r="K44" s="2">
         <v>45432.0</v>
       </c>
       <c r="L44" s="2">
         <v>46527.0</v>
       </c>
       <c r="M44">
         <v>5000</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>2.119565</v>
+        <v>1.826087</v>
       </c>
       <c r="Q44">
-        <v>104.119565</v>
+        <v>104.826087</v>
       </c>
       <c r="R44">
-        <v>107.019565</v>
+        <v>105.326087</v>
       </c>
       <c r="S44">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T44">
-        <v>104.9</v>
+        <v>103.5</v>
       </c>
       <c r="U44">
-        <v>10.597507</v>
+        <v>9.593856</v>
       </c>
       <c r="V44">
-        <v>8.631414</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>9.202645</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45951.355393519</v>
+        <v>46034.355474537</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
-        <v>105.73913</v>
+        <v>105.130435</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>12.0</v>
       </c>
       <c r="K45" s="2">
         <v>45432.0</v>
       </c>
       <c r="L45" s="2">
         <v>46527.0</v>
       </c>
       <c r="M45">
         <v>5000</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>2.086957</v>
+        <v>1.793478</v>
       </c>
       <c r="Q45">
-        <v>104.086957</v>
+        <v>104.793478</v>
       </c>
       <c r="R45">
-        <v>105.836957</v>
+        <v>105.293478</v>
       </c>
       <c r="S45">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T45">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U45">
-        <v>10.599585</v>
+        <v>9.598248</v>
       </c>
       <c r="V45">
-        <v>9.407029</v>
+        <v>9.207762</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45950.35525463</v>
+        <v>46031.355578704</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="G46">
-        <v>105.73913</v>
+        <v>105.130435</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>12.0</v>
       </c>
       <c r="K46" s="2">
         <v>45432.0</v>
       </c>
       <c r="L46" s="2">
         <v>46527.0</v>
       </c>
       <c r="M46">
         <v>5000</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>2.054348</v>
+        <v>1.76087</v>
       </c>
       <c r="Q46">
-        <v>104.054348</v>
+        <v>104.76087</v>
       </c>
       <c r="R46">
-        <v>105.804348</v>
+        <v>105.26087</v>
       </c>
       <c r="S46">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T46">
-        <v>103.75</v>
+        <v>103.5</v>
       </c>
       <c r="U46">
-        <v>10.601663</v>
+        <v>9.602627</v>
       </c>
       <c r="V46">
-        <v>9.410983</v>
+        <v>9.212863</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45947.666666667</v>
+        <v>46030.35556713</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="G47">
-        <v>105.73913</v>
+        <v>105.130435</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>12.0</v>
       </c>
       <c r="K47" s="2">
         <v>45432.0</v>
       </c>
       <c r="L47" s="2">
         <v>46527.0</v>
       </c>
       <c r="M47">
         <v>5000</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>2.021739</v>
+        <v>1.728261</v>
+      </c>
+      <c r="Q47">
+        <v>104.728261</v>
+      </c>
+      <c r="R47">
+        <v>105.228261</v>
+      </c>
+      <c r="S47">
+        <v>103.0</v>
+      </c>
+      <c r="T47">
+        <v>103.5</v>
+      </c>
+      <c r="U47">
+        <v>9.606997</v>
+      </c>
+      <c r="V47">
+        <v>9.217951</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45946.666666667</v>
+        <v>46029.586446759</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
-        <v>0.12</v>
+        <v>0.76</v>
       </c>
       <c r="G48">
-        <v>105.73913</v>
+        <v>105.130435</v>
       </c>
       <c r="H48">
-        <v>3172.1739</v>
+        <v>2102.6087</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>12.0</v>
       </c>
       <c r="K48" s="2">
         <v>45432.0</v>
       </c>
       <c r="L48" s="2">
         <v>46527.0</v>
       </c>
       <c r="M48">
         <v>5000</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>1.98913</v>
+        <v>1.630435</v>
+      </c>
+      <c r="Q48">
+        <v>104.630435</v>
+      </c>
+      <c r="R48">
+        <v>105.130435</v>
+      </c>
+      <c r="S48">
+        <v>103.0</v>
+      </c>
+      <c r="T48">
+        <v>103.5</v>
+      </c>
+      <c r="U48">
+        <v>9.620039</v>
+      </c>
+      <c r="V48">
+        <v>9.233131</v>
       </c>
       <c r="X48">
         <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45945.666666667</v>
+        <v>46028.355648148</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>105.608696</v>
+        <v>104.336957</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>12.0</v>
       </c>
       <c r="K49" s="2">
         <v>45432.0</v>
       </c>
       <c r="L49" s="2">
         <v>46527.0</v>
       </c>
       <c r="M49">
         <v>5000</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>1.891304</v>
+        <v>1.597826</v>
+      </c>
+      <c r="Q49">
+        <v>104.597826</v>
+      </c>
+      <c r="R49">
+        <v>106.497826</v>
+      </c>
+      <c r="S49">
+        <v>103.0</v>
+      </c>
+      <c r="T49">
+        <v>104.9</v>
+      </c>
+      <c r="U49">
+        <v>9.624365</v>
+      </c>
+      <c r="V49">
+        <v>8.168908</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45944.666666667</v>
+        <v>46027.355381944</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
-      <c r="F50">
-[...1 lines deleted...]
-      </c>
       <c r="G50">
-        <v>105.608696</v>
-[...2 lines deleted...]
-        <v>6336.52176</v>
+        <v>104.336957</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>12.0</v>
       </c>
       <c r="K50" s="2">
         <v>45432.0</v>
       </c>
       <c r="L50" s="2">
         <v>46527.0</v>
       </c>
       <c r="M50">
         <v>5000</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>1.858696</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>1.565217</v>
+      </c>
+      <c r="Q50">
+        <v>104.565217</v>
+      </c>
+      <c r="R50">
+        <v>106.465217</v>
+      </c>
+      <c r="S50">
+        <v>103.0</v>
+      </c>
+      <c r="T50">
+        <v>104.9</v>
+      </c>
+      <c r="U50">
+        <v>9.62868</v>
+      </c>
+      <c r="V50">
+        <v>8.175871</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45943.666666667</v>
+        <v>46024.35556713</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>105.380435</v>
+        <v>104.336957</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>12.0</v>
       </c>
       <c r="K51" s="2">
         <v>45432.0</v>
       </c>
       <c r="L51" s="2">
         <v>46527.0</v>
       </c>
       <c r="M51">
         <v>5000</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
+      </c>
+      <c r="P51">
+        <v>1.532609</v>
+      </c>
+      <c r="Q51">
+        <v>104.532609</v>
+      </c>
+      <c r="R51">
+        <v>106.432609</v>
+      </c>
+      <c r="S51">
+        <v>103.0</v>
+      </c>
+      <c r="T51">
+        <v>104.9</v>
+      </c>
+      <c r="U51">
+        <v>9.632985</v>
+      </c>
+      <c r="V51">
+        <v>8.18281</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45940.416689815</v>
+        <v>46021.355729167</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="G52">
-        <v>105.380435</v>
+        <v>104.336957</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>12.0</v>
       </c>
       <c r="K52" s="2">
         <v>45432.0</v>
       </c>
       <c r="L52" s="2">
         <v>46527.0</v>
       </c>
       <c r="M52">
         <v>5000</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>1.793478</v>
+        <v>1.402174</v>
       </c>
       <c r="Q52">
-        <v>104.293478</v>
+        <v>104.402174</v>
       </c>
       <c r="R52">
-        <v>105.543478</v>
+        <v>104.902174</v>
       </c>
       <c r="S52">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="T52">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U52">
+        <v>9.650099</v>
+      </c>
+      <c r="V52">
+        <v>9.26807</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45939.416678241</v>
+        <v>46020.562581019</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
+      <c r="F53">
+        <v>0.38</v>
+      </c>
       <c r="G53">
-        <v>105.380435</v>
+        <v>104.336957</v>
+      </c>
+      <c r="H53">
+        <v>6260.21742</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>12.0</v>
       </c>
       <c r="K53" s="2">
         <v>45432.0</v>
       </c>
       <c r="L53" s="2">
         <v>46527.0</v>
       </c>
       <c r="M53">
         <v>5000</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>1.76087</v>
+        <v>1.336957</v>
       </c>
       <c r="Q53">
-        <v>104.26087</v>
+        <v>104.336957</v>
       </c>
       <c r="R53">
-        <v>105.51087</v>
+        <v>104.836957</v>
       </c>
       <c r="S53">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="T53">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U53">
+        <v>9.658594</v>
+      </c>
+      <c r="V53">
+        <v>9.277932</v>
+      </c>
+      <c r="X53">
+        <v>2</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45938.416712963</v>
+        <v>46014.355497685</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="G54">
-        <v>105.380435</v>
+        <v>103.945652</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>12.0</v>
       </c>
       <c r="K54" s="2">
         <v>45432.0</v>
       </c>
       <c r="L54" s="2">
         <v>46527.0</v>
       </c>
       <c r="M54">
         <v>5000</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>1.663043</v>
+        <v>1.271739</v>
       </c>
       <c r="Q54">
-        <v>104.163043</v>
+        <v>104.271739</v>
       </c>
       <c r="R54">
-        <v>105.413043</v>
+        <v>104.771739</v>
       </c>
       <c r="S54">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="T54">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U54">
+        <v>9.66705</v>
+      </c>
+      <c r="V54">
+        <v>9.287743</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45937.594490741</v>
+        <v>46013.355451389</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
-      <c r="F55">
-[...1 lines deleted...]
-      </c>
       <c r="G55">
-        <v>105.380435</v>
-[...2 lines deleted...]
-        <v>10538.0435</v>
+        <v>103.945652</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>12.0</v>
       </c>
       <c r="K55" s="2">
         <v>45432.0</v>
       </c>
       <c r="L55" s="2">
         <v>46527.0</v>
       </c>
       <c r="M55">
         <v>5000</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>1.630435</v>
+        <v>1.108696</v>
       </c>
       <c r="Q55">
-        <v>105.282609</v>
+        <v>104.108696</v>
       </c>
       <c r="R55">
-        <v>105.380435</v>
+        <v>104.608696</v>
       </c>
       <c r="S55">
-        <v>103.652174</v>
+        <v>103.0</v>
       </c>
       <c r="T55">
-        <v>103.75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.5</v>
+      </c>
+      <c r="U55">
+        <v>9.688015</v>
+      </c>
+      <c r="V55">
+        <v>9.312046</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45936.418321759</v>
+        <v>46010.355717593</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="G56">
-        <v>105.315217</v>
+        <v>103.945652</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>12.0</v>
       </c>
       <c r="K56" s="2">
         <v>45432.0</v>
       </c>
       <c r="L56" s="2">
         <v>46527.0</v>
       </c>
       <c r="M56">
         <v>5000</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>1.597826</v>
+        <v>1.076087</v>
       </c>
       <c r="Q56">
-        <v>105.282609</v>
+        <v>104.076087</v>
       </c>
       <c r="R56">
-        <v>105.347826</v>
+        <v>104.576087</v>
       </c>
       <c r="S56">
-        <v>103.684783</v>
+        <v>103.0</v>
       </c>
       <c r="T56">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U56">
+        <v>9.692179</v>
+      </c>
+      <c r="V56">
+        <v>9.316869</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45933.449826389</v>
+        <v>46009.355891204</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
-      <c r="F57">
-[...1 lines deleted...]
-      </c>
       <c r="G57">
-        <v>105.315217</v>
-[...2 lines deleted...]
-        <v>2106.30434</v>
+        <v>103.945652</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>12.0</v>
       </c>
       <c r="K57" s="2">
         <v>45432.0</v>
       </c>
       <c r="L57" s="2">
         <v>46527.0</v>
       </c>
       <c r="M57">
         <v>5000</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>1.565217</v>
+        <v>1.043478</v>
       </c>
       <c r="Q57">
-        <v>105.282609</v>
+        <v>104.043478</v>
       </c>
       <c r="R57">
-        <v>105.315217</v>
+        <v>104.543478</v>
       </c>
       <c r="S57">
-        <v>103.717392</v>
+        <v>103.0</v>
       </c>
       <c r="T57">
-        <v>103.75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.5</v>
+      </c>
+      <c r="U57">
+        <v>9.696334</v>
+      </c>
+      <c r="V57">
+        <v>9.32168</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45932.493171296</v>
+        <v>46008.538483796</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
+      <c r="F58">
+        <v>0.09</v>
+      </c>
       <c r="G58">
-        <v>105.119565</v>
+        <v>103.945652</v>
+      </c>
+      <c r="H58">
+        <v>13571.93476</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>12.0</v>
       </c>
       <c r="K58" s="2">
         <v>45432.0</v>
       </c>
       <c r="L58" s="2">
         <v>46527.0</v>
       </c>
       <c r="M58">
         <v>5000</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>1.532609</v>
+        <v>0.945652</v>
       </c>
       <c r="Q58">
-        <v>104.032609</v>
+        <v>103.945652</v>
       </c>
       <c r="R58">
-        <v>105.282609</v>
+        <v>104.445652</v>
       </c>
       <c r="S58">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="T58">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U58">
+        <v>9.70874</v>
+      </c>
+      <c r="V58">
+        <v>9.336039</v>
+      </c>
+      <c r="X58">
+        <v>3</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45931.4178125</v>
+        <v>46007.417349537</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>105.119565</v>
+        <v>103.847826</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>12.0</v>
       </c>
       <c r="K59" s="2">
         <v>45432.0</v>
       </c>
       <c r="L59" s="2">
         <v>46527.0</v>
       </c>
       <c r="M59">
         <v>5000</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>1.434783</v>
+        <v>0.913043</v>
       </c>
       <c r="Q59">
-        <v>103.934783</v>
+        <v>103.913043</v>
       </c>
       <c r="R59">
-        <v>106.034783</v>
+        <v>104.363043</v>
       </c>
       <c r="S59">
-        <v>102.5</v>
+        <v>103.0</v>
       </c>
       <c r="T59">
-        <v>104.6</v>
+        <v>103.45</v>
+      </c>
+      <c r="U59">
+        <v>9.712857</v>
+      </c>
+      <c r="V59">
+        <v>9.377907</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45930.416678241</v>
+        <v>46006.355335648</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="G60">
-        <v>105.119565</v>
+        <v>103.847826</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>12.0</v>
       </c>
       <c r="K60" s="2">
         <v>45432.0</v>
       </c>
       <c r="L60" s="2">
         <v>46527.0</v>
       </c>
       <c r="M60">
         <v>5000</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>1.402174</v>
+        <v>0.880435</v>
       </c>
       <c r="Q60">
-        <v>103.402174</v>
+        <v>103.880435</v>
       </c>
       <c r="R60">
-        <v>105.152174</v>
+        <v>104.380435</v>
       </c>
       <c r="S60">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
       <c r="T60">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U60">
+        <v>9.716965</v>
+      </c>
+      <c r="V60">
+        <v>9.34555</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45929.499201389</v>
+        <v>46003.643831019</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="F61">
-        <v>0.66</v>
+        <v>0.03</v>
       </c>
       <c r="G61">
-        <v>105.119565</v>
+        <v>103.847826</v>
       </c>
       <c r="H61">
-        <v>3153.58695</v>
+        <v>1038.47826</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>12.0</v>
       </c>
       <c r="K61" s="2">
         <v>45432.0</v>
       </c>
       <c r="L61" s="2">
         <v>46527.0</v>
       </c>
       <c r="M61">
         <v>5000</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>1.369565</v>
+        <v>0.847826</v>
       </c>
       <c r="Q61">
-        <v>104.0</v>
+        <v>103.847826</v>
       </c>
       <c r="R61">
-        <v>105.119565</v>
+        <v>104.347826</v>
       </c>
       <c r="S61">
-        <v>102.630435</v>
+        <v>103.0</v>
       </c>
       <c r="T61">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U61">
+        <v>9.721063</v>
+      </c>
+      <c r="V61">
+        <v>9.350289</v>
       </c>
       <c r="X61">
         <v>1</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45926.417650463</v>
+        <v>46002.598020833</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
+      <c r="F62">
+        <v>-0.04</v>
+      </c>
       <c r="G62">
-        <v>104.434783</v>
+        <v>103.815217</v>
+      </c>
+      <c r="H62">
+        <v>2071.30434</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>12.0</v>
       </c>
       <c r="K62" s="2">
         <v>45432.0</v>
       </c>
       <c r="L62" s="2">
         <v>46527.0</v>
       </c>
       <c r="M62">
         <v>5000</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>1.336957</v>
+        <v>0.815217</v>
       </c>
       <c r="Q62">
-        <v>104.0</v>
+        <v>103.815217</v>
       </c>
       <c r="R62">
-        <v>105.086957</v>
+        <v>104.315217</v>
       </c>
       <c r="S62">
-        <v>102.663043</v>
+        <v>103.0</v>
       </c>
       <c r="T62">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U62">
+        <v>9.725153</v>
+      </c>
+      <c r="V62">
+        <v>9.355016</v>
+      </c>
+      <c r="X62">
+        <v>2</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45925.4178125</v>
+        <v>46001.355497685</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>104.434783</v>
+        <v>103.852174</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>12.0</v>
       </c>
       <c r="K63" s="2">
         <v>45432.0</v>
       </c>
       <c r="L63" s="2">
         <v>46527.0</v>
       </c>
       <c r="M63">
         <v>5000</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>1.304348</v>
+        <v>0.717391</v>
       </c>
       <c r="Q63">
-        <v>104.0</v>
+        <v>103.217391</v>
       </c>
       <c r="R63">
-        <v>105.054348</v>
+        <v>104.217391</v>
       </c>
       <c r="S63">
-        <v>102.695652</v>
+        <v>102.5</v>
       </c>
       <c r="T63">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U63">
+        <v>10.107806</v>
+      </c>
+      <c r="V63">
+        <v>9.369125</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45924.417777778</v>
+        <v>46000.355428241</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="G64">
-        <v>104.434783</v>
+        <v>103.852174</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>12.0</v>
       </c>
       <c r="K64" s="2">
         <v>45432.0</v>
       </c>
       <c r="L64" s="2">
         <v>46527.0</v>
       </c>
       <c r="M64">
         <v>5000</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>1.206522</v>
+        <v>0.684783</v>
       </c>
       <c r="Q64">
-        <v>104.0</v>
+        <v>103.184783</v>
       </c>
       <c r="R64">
-        <v>104.956522</v>
+        <v>104.184783</v>
       </c>
       <c r="S64">
-        <v>102.793478</v>
+        <v>102.5</v>
       </c>
       <c r="T64">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U64">
+        <v>10.111229</v>
+      </c>
+      <c r="V64">
+        <v>9.373805</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45923.457905093</v>
+        <v>45999.6334375</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
+      <c r="F65">
+        <v>1.33</v>
+      </c>
       <c r="G65">
-        <v>104.434783</v>
+        <v>103.852174</v>
+      </c>
+      <c r="H65">
+        <v>5192.6087</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>12.0</v>
       </c>
       <c r="K65" s="2">
         <v>45432.0</v>
       </c>
       <c r="L65" s="2">
         <v>46527.0</v>
       </c>
       <c r="M65">
         <v>5000</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>1.173913</v>
+        <v>0.652174</v>
       </c>
       <c r="Q65">
-        <v>103.4</v>
+        <v>103.152174</v>
       </c>
       <c r="R65">
-        <v>104.923913</v>
+        <v>104.152174</v>
       </c>
       <c r="S65">
-        <v>102.226087</v>
+        <v>102.5</v>
       </c>
       <c r="T65">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U65">
+        <v>10.114646</v>
+      </c>
+      <c r="V65">
+        <v>9.378474</v>
+      </c>
+      <c r="X65">
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45922.417881944</v>
+        <v>45996.355231481</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="G66">
-        <v>104.434783</v>
+        <v>102.48913</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>12.0</v>
       </c>
       <c r="K66" s="2">
         <v>45432.0</v>
       </c>
       <c r="L66" s="2">
         <v>46527.0</v>
       </c>
       <c r="M66">
         <v>5000</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>1.141304</v>
+        <v>0.619565</v>
       </c>
       <c r="Q66">
+        <v>102.619565</v>
+      </c>
+      <c r="R66">
+        <v>103.819565</v>
+      </c>
+      <c r="S66">
+        <v>102.0</v>
+      </c>
+      <c r="T66">
         <v>103.2</v>
       </c>
-      <c r="R66">
-[...6 lines deleted...]
-        <v>103.75</v>
+      <c r="U66">
+        <v>10.488822</v>
+      </c>
+      <c r="V66">
+        <v>9.602692</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45919.417974537</v>
+        <v>45995.41755787</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="G67">
-        <v>104.434783</v>
+        <v>102.48913</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>12.0</v>
       </c>
       <c r="K67" s="2">
         <v>45432.0</v>
       </c>
       <c r="L67" s="2">
         <v>46527.0</v>
       </c>
       <c r="M67">
         <v>5000</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>1.108696</v>
+        <v>0.586957</v>
       </c>
       <c r="Q67">
+        <v>102.586957</v>
+      </c>
+      <c r="R67">
+        <v>103.786957</v>
+      </c>
+      <c r="S67">
+        <v>102.0</v>
+      </c>
+      <c r="T67">
         <v>103.2</v>
       </c>
-      <c r="R67">
-[...6 lines deleted...]
-        <v>103.75</v>
+      <c r="U67">
+        <v>10.491599</v>
+      </c>
+      <c r="V67">
+        <v>9.606967</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45918.460300926</v>
+        <v>45994.441412037</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
+      <c r="F68">
+        <v>-0.5</v>
+      </c>
       <c r="G68">
-        <v>104.434783</v>
+        <v>102.48913</v>
+      </c>
+      <c r="H68">
+        <v>2049.7826</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>12.0</v>
       </c>
       <c r="K68" s="2">
         <v>45432.0</v>
       </c>
       <c r="L68" s="2">
         <v>46527.0</v>
       </c>
       <c r="M68">
         <v>5000</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>1.076087</v>
+        <v>0.48913</v>
       </c>
       <c r="Q68">
-        <v>103.2</v>
+        <v>102.48913</v>
       </c>
       <c r="R68">
-        <v>104.826087</v>
+        <v>103.98913</v>
       </c>
       <c r="S68">
-        <v>102.123913</v>
+        <v>102.0</v>
       </c>
       <c r="T68">
-        <v>103.75</v>
+        <v>103.5</v>
+      </c>
+      <c r="U68">
+        <v>10.499911</v>
+      </c>
+      <c r="V68">
+        <v>9.401649</v>
+      </c>
+      <c r="X68">
+        <v>1</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45917.471157407</v>
+        <v>45993.613136574</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
+      <c r="F69">
+        <v>-0.16</v>
+      </c>
       <c r="G69">
-        <v>104.434783</v>
+        <v>103.0</v>
+      </c>
+      <c r="H69">
+        <v>2060.0</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>12.0</v>
       </c>
       <c r="K69" s="2">
         <v>45432.0</v>
       </c>
       <c r="L69" s="2">
         <v>46527.0</v>
       </c>
       <c r="M69">
         <v>5000</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>0.978261</v>
+        <v>0.456522</v>
       </c>
       <c r="Q69">
-        <v>102.978261</v>
+        <v>102.456522</v>
       </c>
       <c r="R69">
-        <v>104.728261</v>
+        <v>103.0</v>
       </c>
       <c r="S69">
         <v>102.0</v>
       </c>
       <c r="T69">
-        <v>103.75</v>
+        <v>102.543478</v>
+      </c>
+      <c r="U69">
+        <v>10.502674</v>
+      </c>
+      <c r="V69">
+        <v>10.103151</v>
+      </c>
+      <c r="X69">
+        <v>1</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45916.429583333</v>
+        <v>45992.558032407</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>12.0</v>
       </c>
       <c r="K70" s="2">
         <v>45432.0</v>
       </c>
       <c r="L70" s="2">
         <v>46527.0</v>
       </c>
       <c r="M70">
         <v>5000</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>0.945652</v>
+        <v>0.423913</v>
       </c>
       <c r="Q70">
-        <v>101.000652</v>
+        <v>102.5</v>
       </c>
       <c r="R70">
-        <v>104.695652</v>
+        <v>103.0</v>
       </c>
       <c r="S70">
-        <v>100.055</v>
+        <v>102.076087</v>
       </c>
       <c r="T70">
-        <v>103.75</v>
+        <v>102.576087</v>
+      </c>
+      <c r="U70">
+        <v>10.449438</v>
+      </c>
+      <c r="V70">
+        <v>10.08273</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45915.421770833</v>
+        <v>45989.424664352</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="G71">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>12.0</v>
       </c>
       <c r="K71" s="2">
         <v>45432.0</v>
       </c>
       <c r="L71" s="2">
         <v>46527.0</v>
       </c>
       <c r="M71">
         <v>5000</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>0.913043</v>
+        <v>0.391304</v>
       </c>
       <c r="Q71">
-        <v>100.913043</v>
+        <v>102.391304</v>
       </c>
       <c r="R71">
-        <v>104.663043</v>
+        <v>103.0</v>
       </c>
       <c r="S71">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T71">
-        <v>103.75</v>
+        <v>102.608696</v>
+      </c>
+      <c r="U71">
+        <v>10.508192</v>
+      </c>
+      <c r="V71">
+        <v>10.062391</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45912.417800926</v>
+        <v>45988.355729167</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="G72">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>12.0</v>
       </c>
       <c r="K72" s="2">
         <v>45432.0</v>
       </c>
       <c r="L72" s="2">
         <v>46527.0</v>
       </c>
       <c r="M72">
         <v>5000</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>0.880435</v>
+        <v>0.358696</v>
       </c>
       <c r="Q72">
-        <v>103.0</v>
+        <v>102.358696</v>
       </c>
       <c r="R72">
-        <v>104.630435</v>
+        <v>104.108696</v>
       </c>
       <c r="S72">
-        <v>102.119565</v>
+        <v>102.0</v>
       </c>
       <c r="T72">
         <v>103.75</v>
       </c>
+      <c r="U72">
+        <v>10.510945</v>
+      </c>
+      <c r="V72">
+        <v>9.240046</v>
+      </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45911.417800926</v>
+        <v>45987.355509259</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="G73">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>12.0</v>
       </c>
       <c r="K73" s="2">
         <v>45432.0</v>
       </c>
       <c r="L73" s="2">
         <v>46527.0</v>
       </c>
       <c r="M73">
         <v>5000</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>0.847826</v>
+        <v>0.26087</v>
       </c>
       <c r="Q73">
-        <v>103.0</v>
+        <v>102.26087</v>
       </c>
       <c r="R73">
-        <v>104.597826</v>
+        <v>104.01087</v>
       </c>
       <c r="S73">
-        <v>102.152174</v>
+        <v>102.0</v>
       </c>
       <c r="T73">
         <v>103.75</v>
       </c>
+      <c r="U73">
+        <v>10.519186</v>
+      </c>
+      <c r="V73">
+        <v>9.254581</v>
+      </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45910.584756944</v>
+        <v>45986.355486111</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>12.0</v>
       </c>
       <c r="K74" s="2">
         <v>45432.0</v>
       </c>
       <c r="L74" s="2">
         <v>46527.0</v>
       </c>
       <c r="M74">
         <v>5000</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>0.75</v>
+        <v>0.228261</v>
       </c>
       <c r="Q74">
-        <v>104.0</v>
+        <v>103.228261</v>
       </c>
       <c r="R74">
-        <v>104.5</v>
+        <v>103.978261</v>
       </c>
       <c r="S74">
-        <v>103.25</v>
+        <v>103.0</v>
       </c>
       <c r="T74">
         <v>103.75</v>
       </c>
+      <c r="U74">
+        <v>9.79727</v>
+      </c>
+      <c r="V74">
+        <v>9.259402</v>
+      </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45909.417905093</v>
+        <v>45985.355381944</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="G75">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>12.0</v>
       </c>
       <c r="K75" s="2">
         <v>45432.0</v>
       </c>
       <c r="L75" s="2">
         <v>46527.0</v>
       </c>
       <c r="M75">
         <v>5000</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>0.717391</v>
+        <v>0.195652</v>
       </c>
       <c r="Q75">
+        <v>103.195652</v>
+      </c>
+      <c r="R75">
+        <v>103.945652</v>
+      </c>
+      <c r="S75">
         <v>103.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>102.282609</v>
       </c>
       <c r="T75">
         <v>103.75</v>
       </c>
+      <c r="U75">
+        <v>9.801197</v>
+      </c>
+      <c r="V75">
+        <v>9.264212</v>
+      </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45908.628206019</v>
+        <v>45982.514525463</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
-        <v>-0.91</v>
+        <v>-0.69</v>
       </c>
       <c r="G76">
-        <v>104.434783</v>
+        <v>103.163043</v>
       </c>
       <c r="H76">
-        <v>4177.39132</v>
+        <v>3094.89129</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>12.0</v>
       </c>
       <c r="K76" s="2">
         <v>45432.0</v>
       </c>
       <c r="L76" s="2">
         <v>46527.0</v>
       </c>
       <c r="M76">
         <v>5000</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>0.684783</v>
+        <v>0.163043</v>
       </c>
       <c r="Q76">
+        <v>103.163043</v>
+      </c>
+      <c r="R76">
+        <v>103.913043</v>
+      </c>
+      <c r="S76">
         <v>103.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>102.315217</v>
       </c>
       <c r="T76">
         <v>103.75</v>
       </c>
+      <c r="U76">
+        <v>9.805116</v>
+      </c>
+      <c r="V76">
+        <v>9.26901</v>
+      </c>
       <c r="X76">
         <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45905.630347222</v>
+        <v>45981.479340278</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
+      <c r="F77">
+        <v>0.92</v>
+      </c>
       <c r="G77">
-        <v>105.38913</v>
+        <v>103.880435</v>
+      </c>
+      <c r="H77">
+        <v>2077.1087</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>12.0</v>
       </c>
       <c r="K77" s="2">
         <v>45432.0</v>
       </c>
       <c r="L77" s="2">
         <v>46527.0</v>
       </c>
       <c r="M77">
         <v>5000</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>0.652174</v>
+        <v>0.130435</v>
       </c>
       <c r="Q77">
-        <v>101.802174</v>
+        <v>103.130435</v>
       </c>
       <c r="R77">
-        <v>104.402174</v>
+        <v>103.880435</v>
       </c>
       <c r="S77">
-        <v>101.15</v>
+        <v>103.0</v>
       </c>
       <c r="T77">
         <v>103.75</v>
       </c>
+      <c r="U77">
+        <v>9.809027</v>
+      </c>
+      <c r="V77">
+        <v>9.273796</v>
+      </c>
+      <c r="X77">
+        <v>2</v>
+      </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45904.417997685</v>
+        <v>45980.355532407</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
-        <v>105.38913</v>
+        <v>102.934783</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>12.0</v>
       </c>
       <c r="K78" s="2">
         <v>45432.0</v>
       </c>
       <c r="L78" s="2">
         <v>46527.0</v>
       </c>
       <c r="M78">
         <v>5000</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>0.619565</v>
+        <v>0.032609</v>
       </c>
       <c r="Q78">
-        <v>101.8</v>
+        <v>103.032609</v>
       </c>
       <c r="R78">
-        <v>105.519565</v>
+        <v>103.732609</v>
       </c>
       <c r="S78">
-        <v>101.180435</v>
+        <v>103.0</v>
       </c>
       <c r="T78">
-        <v>104.9</v>
+        <v>103.7</v>
+      </c>
+      <c r="U78">
+        <v>9.820714</v>
+      </c>
+      <c r="V78">
+        <v>9.32345</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45903.418078704</v>
+        <v>45979.355821759</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="G79">
-        <v>105.38913</v>
+        <v>102.934783</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>12.0</v>
       </c>
       <c r="K79" s="2">
         <v>45432.0</v>
       </c>
       <c r="L79" s="2">
         <v>46527.0</v>
       </c>
       <c r="M79">
         <v>5000</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
-      <c r="P79">
-[...1 lines deleted...]
-      </c>
       <c r="Q79">
-        <v>101.8</v>
+        <v>103.0</v>
       </c>
       <c r="R79">
-        <v>105.421739</v>
-[...5 lines deleted...]
-        <v>104.9</v>
+        <v>103.7</v>
+      </c>
+      <c r="U79">
+        <v>9.824594</v>
+      </c>
+      <c r="V79">
+        <v>9.328134</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45902.570740741</v>
+        <v>45978.356261574</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
-      <c r="F80">
-[...1 lines deleted...]
-      </c>
       <c r="G80">
-        <v>105.38913</v>
-[...2 lines deleted...]
-        <v>10538.913</v>
+        <v>102.934783</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>12.0</v>
       </c>
       <c r="K80" s="2">
         <v>45432.0</v>
       </c>
       <c r="L80" s="2">
         <v>46527.0</v>
       </c>
       <c r="M80">
         <v>5000</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>0.48913</v>
+        <v>-0.032609</v>
       </c>
       <c r="Q80">
-        <v>101.8</v>
+        <v>102.967391</v>
       </c>
       <c r="R80">
-        <v>105.38913</v>
+        <v>103.667391</v>
       </c>
       <c r="S80">
-        <v>101.31087</v>
+        <v>103.0</v>
       </c>
       <c r="T80">
-        <v>104.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.7</v>
+      </c>
+      <c r="U80">
+        <v>9.828467</v>
+      </c>
+      <c r="V80">
+        <v>9.332808</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45901.418194444</v>
+        <v>45975.494328704</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
+      <c r="F81">
+        <v>-1.66</v>
+      </c>
       <c r="G81">
-        <v>102.25</v>
+        <v>102.934783</v>
+      </c>
+      <c r="H81">
+        <v>2058.69566</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>12.0</v>
       </c>
       <c r="K81" s="2">
         <v>45432.0</v>
       </c>
       <c r="L81" s="2">
         <v>46527.0</v>
       </c>
       <c r="M81">
         <v>5000</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>0.456522</v>
+        <v>-0.065217</v>
       </c>
       <c r="Q81">
-        <v>102.2</v>
+        <v>102.934783</v>
       </c>
       <c r="R81">
-        <v>105.356522</v>
+        <v>103.634783</v>
       </c>
       <c r="S81">
-        <v>101.743478</v>
+        <v>103.0</v>
       </c>
       <c r="T81">
-        <v>104.9</v>
+        <v>103.7</v>
+      </c>
+      <c r="U81">
+        <v>9.832331</v>
+      </c>
+      <c r="V81">
+        <v>9.33747</v>
+      </c>
+      <c r="X81">
+        <v>1</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45898.417696759</v>
+        <v>45974.355833333</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="G82">
-        <v>102.25</v>
+        <v>104.673913</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>12.0</v>
       </c>
       <c r="K82" s="2">
         <v>45432.0</v>
       </c>
       <c r="L82" s="2">
         <v>46527.0</v>
       </c>
       <c r="M82">
         <v>5000</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>0.423913</v>
+        <v>2.902174</v>
       </c>
       <c r="Q82">
-        <v>102.2</v>
+        <v>105.902174</v>
       </c>
       <c r="R82">
-        <v>104.173913</v>
+        <v>106.602174</v>
       </c>
       <c r="S82">
-        <v>101.776087</v>
+        <v>103.0</v>
       </c>
       <c r="T82">
-        <v>103.75</v>
+        <v>103.7</v>
+      </c>
+      <c r="U82">
+        <v>9.834505</v>
+      </c>
+      <c r="V82">
+        <v>9.340536</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45897.57275463</v>
+        <v>45973.356076389</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
-      <c r="F83">
-[...1 lines deleted...]
-      </c>
       <c r="G83">
-        <v>102.25</v>
-[...2 lines deleted...]
-        <v>6135.0</v>
+        <v>104.673913</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>12.0</v>
       </c>
       <c r="K83" s="2">
         <v>45432.0</v>
       </c>
       <c r="L83" s="2">
         <v>46527.0</v>
       </c>
       <c r="M83">
         <v>5000</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>0.391304</v>
+        <v>2.804348</v>
       </c>
       <c r="Q83">
-        <v>102.2</v>
+        <v>105.804348</v>
       </c>
       <c r="R83">
-        <v>104.141304</v>
+        <v>106.504348</v>
       </c>
       <c r="S83">
-        <v>101.808696</v>
+        <v>103.0</v>
       </c>
       <c r="T83">
-        <v>103.75</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.7</v>
+      </c>
+      <c r="U83">
+        <v>9.844362</v>
+      </c>
+      <c r="V83">
+        <v>9.352853</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45896.602476852</v>
+        <v>45972.599155093</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="G84">
-        <v>101.163043</v>
+        <v>104.673913</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>12.0</v>
       </c>
       <c r="K84" s="2">
         <v>45432.0</v>
       </c>
       <c r="L84" s="2">
         <v>46527.0</v>
       </c>
       <c r="M84">
         <v>5000</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.293478</v>
+        <v>2.771739</v>
       </c>
       <c r="Q84">
-        <v>101.5</v>
+        <v>105.771739</v>
       </c>
       <c r="R84">
-        <v>102.25</v>
+        <v>106.471739</v>
       </c>
       <c r="S84">
-        <v>101.206522</v>
+        <v>103.0</v>
       </c>
       <c r="T84">
-        <v>101.956522</v>
+        <v>103.7</v>
+      </c>
+      <c r="U84">
+        <v>9.847636</v>
+      </c>
+      <c r="V84">
+        <v>9.35694</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45895.417708333</v>
+        <v>45971.418310185</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="G85">
-        <v>101.163043</v>
+        <v>104.673913</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>12.0</v>
       </c>
       <c r="K85" s="2">
         <v>45432.0</v>
       </c>
       <c r="L85" s="2">
         <v>46527.0</v>
       </c>
       <c r="M85">
         <v>5000</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>0.26087</v>
+        <v>2.73913</v>
       </c>
       <c r="Q85">
-        <v>101.5</v>
+        <v>104.78913</v>
       </c>
       <c r="R85">
-        <v>104.01087</v>
+        <v>106.43913</v>
       </c>
       <c r="S85">
-        <v>101.23913</v>
+        <v>102.05</v>
       </c>
       <c r="T85">
-        <v>103.75</v>
+        <v>103.7</v>
+      </c>
+      <c r="U85">
+        <v>10.522288</v>
+      </c>
+      <c r="V85">
+        <v>9.361019</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45894.511076389</v>
+        <v>45968.47125</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="G86">
-        <v>101.163043</v>
+        <v>104.673913</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>12.0</v>
       </c>
       <c r="K86" s="2">
         <v>45432.0</v>
       </c>
       <c r="L86" s="2">
         <v>46527.0</v>
       </c>
       <c r="M86">
         <v>5000</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>0.228261</v>
+        <v>2.706522</v>
       </c>
       <c r="Q86">
-        <v>101.5</v>
+        <v>104.806522</v>
       </c>
       <c r="R86">
-        <v>103.978261</v>
+        <v>106.406522</v>
       </c>
       <c r="S86">
-        <v>101.271739</v>
+        <v>102.1</v>
       </c>
       <c r="T86">
-        <v>103.75</v>
+        <v>103.7</v>
+      </c>
+      <c r="U86">
+        <v>10.488976</v>
+      </c>
+      <c r="V86">
+        <v>9.365088</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45891.416701389</v>
+        <v>45967.587604167</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
+      <c r="F87">
+        <v>-0.59</v>
+      </c>
       <c r="G87">
-        <v>101.163043</v>
+        <v>104.673913</v>
+      </c>
+      <c r="H87">
+        <v>2093.47826</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>12.0</v>
       </c>
       <c r="K87" s="2">
         <v>45432.0</v>
       </c>
       <c r="L87" s="2">
         <v>46527.0</v>
       </c>
       <c r="M87">
         <v>5000</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>0.195652</v>
+        <v>2.673913</v>
       </c>
       <c r="Q87">
-        <v>101.195652</v>
+        <v>104.673913</v>
       </c>
       <c r="R87">
-        <v>103.945652</v>
+        <v>106.373913</v>
       </c>
       <c r="S87">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T87">
-        <v>103.75</v>
+        <v>103.7</v>
+      </c>
+      <c r="U87">
+        <v>10.562027</v>
+      </c>
+      <c r="V87">
+        <v>9.369148</v>
+      </c>
+      <c r="X87">
+        <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45890.578958333</v>
+        <v>45966.355729167</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
-      <c r="F88">
-[...1 lines deleted...]
-      </c>
       <c r="G88">
-        <v>101.163043</v>
-[...2 lines deleted...]
-        <v>1011.63043</v>
+        <v>105.29004</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>12.0</v>
       </c>
       <c r="K88" s="2">
         <v>45432.0</v>
       </c>
       <c r="L88" s="2">
         <v>46527.0</v>
       </c>
       <c r="M88">
         <v>5000</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>0.163043</v>
+        <v>2.576087</v>
       </c>
       <c r="Q88">
-        <v>101.163043</v>
+        <v>104.576087</v>
       </c>
       <c r="R88">
-        <v>103.913043</v>
+        <v>106.326087</v>
       </c>
       <c r="S88">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T88">
         <v>103.75</v>
       </c>
-      <c r="X88">
-        <v>1</v>
+      <c r="U88">
+        <v>10.568308</v>
+      </c>
+      <c r="V88">
+        <v>9.346723</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45889.416701389</v>
+        <v>45965.417939815</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="G89">
-        <v>101.934783</v>
+        <v>105.29004</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>12.0</v>
       </c>
       <c r="K89" s="2">
         <v>45432.0</v>
       </c>
       <c r="L89" s="2">
         <v>46527.0</v>
       </c>
       <c r="M89">
         <v>5000</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>0.065217</v>
+        <v>2.543478</v>
       </c>
       <c r="Q89">
-        <v>101.065217</v>
+        <v>106.0</v>
       </c>
       <c r="R89">
-        <v>103.815217</v>
+        <v>106.293478</v>
       </c>
       <c r="S89">
-        <v>101.0</v>
+        <v>103.456522</v>
       </c>
       <c r="T89">
         <v>103.75</v>
       </c>
+      <c r="U89">
+        <v>9.553575</v>
+      </c>
+      <c r="V89">
+        <v>9.350804</v>
+      </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45888.416678241</v>
+        <v>45964.418321759</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="G90">
-        <v>101.934783</v>
+        <v>105.29004</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>12.0</v>
       </c>
       <c r="K90" s="2">
         <v>45432.0</v>
       </c>
       <c r="L90" s="2">
         <v>46527.0</v>
       </c>
       <c r="M90">
         <v>5000</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>0.032609</v>
+        <v>2.51087</v>
       </c>
       <c r="Q90">
-        <v>101.032609</v>
+        <v>106.0</v>
       </c>
       <c r="R90">
-        <v>103.782609</v>
+        <v>106.26087</v>
       </c>
       <c r="S90">
-        <v>101.0</v>
+        <v>103.48913</v>
       </c>
       <c r="T90">
         <v>103.75</v>
       </c>
+      <c r="U90">
+        <v>9.53479</v>
+      </c>
+      <c r="V90">
+        <v>9.354876</v>
+      </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45887.431631944</v>
+        <v>45961.508645833</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="G91">
-        <v>101.934783</v>
+        <v>105.29004</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>12.0</v>
       </c>
       <c r="K91" s="2">
         <v>45432.0</v>
       </c>
       <c r="L91" s="2">
         <v>46527.0</v>
       </c>
       <c r="M91">
         <v>5000</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
+      <c r="P91">
+        <v>2.478261</v>
+      </c>
       <c r="Q91">
-        <v>101.0</v>
+        <v>106.0</v>
       </c>
       <c r="R91">
-        <v>101.75</v>
+        <v>106.228261</v>
+      </c>
+      <c r="S91">
+        <v>103.521739</v>
+      </c>
+      <c r="T91">
+        <v>103.75</v>
+      </c>
+      <c r="U91">
+        <v>9.516079</v>
+      </c>
+      <c r="V91">
+        <v>9.35894</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45884.354756944</v>
+        <v>45960.35556713</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="G92">
-        <v>101.934783</v>
+        <v>105.29004</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>12.0</v>
       </c>
       <c r="K92" s="2">
         <v>45432.0</v>
       </c>
       <c r="L92" s="2">
         <v>46527.0</v>
       </c>
       <c r="M92">
         <v>5000</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>-0.032609</v>
+        <v>2.445652</v>
+      </c>
+      <c r="Q92">
+        <v>104.445652</v>
+      </c>
+      <c r="R92">
+        <v>106.195652</v>
+      </c>
+      <c r="S92">
+        <v>102.0</v>
+      </c>
+      <c r="T92">
+        <v>103.75</v>
+      </c>
+      <c r="U92">
+        <v>10.576669</v>
+      </c>
+      <c r="V92">
+        <v>9.362995</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45883.620798611</v>
+        <v>45959.355405093</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
-      <c r="F93">
-[...1 lines deleted...]
-      </c>
       <c r="G93">
-        <v>101.934783</v>
-[...2 lines deleted...]
-        <v>4077.38132</v>
+        <v>105.29004</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>12.0</v>
       </c>
       <c r="K93" s="2">
         <v>45432.0</v>
       </c>
       <c r="L93" s="2">
         <v>46527.0</v>
       </c>
       <c r="M93">
         <v>5000</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>-0.065217</v>
+        <v>2.347826</v>
       </c>
       <c r="Q93">
-        <v>100.934783</v>
+        <v>105.347826</v>
       </c>
       <c r="R93">
-        <v>101.75</v>
+        <v>106.097826</v>
       </c>
       <c r="S93">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T93">
-        <v>101.815217</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>103.75</v>
+      </c>
+      <c r="U93">
+        <v>9.889684</v>
+      </c>
+      <c r="V93">
+        <v>9.375106</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45882.433287037</v>
+        <v>45958.355717593</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="G94">
-        <v>104.380435</v>
+        <v>105.29004</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>12.0</v>
       </c>
       <c r="K94" s="2">
         <v>45432.0</v>
       </c>
       <c r="L94" s="2">
         <v>46527.0</v>
       </c>
       <c r="M94">
         <v>5000</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>2.836957</v>
+        <v>2.315217</v>
       </c>
       <c r="Q94">
-        <v>103.836957</v>
+        <v>105.315217</v>
       </c>
       <c r="R94">
-        <v>104.835957</v>
+        <v>106.065217</v>
       </c>
       <c r="S94">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T94">
-        <v>101.999</v>
+        <v>103.75</v>
+      </c>
+      <c r="U94">
+        <v>9.89288</v>
+      </c>
+      <c r="V94">
+        <v>9.379126</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45881.423923611</v>
+        <v>45957.572592593</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
+      <c r="F95">
+        <v>-0.55</v>
+      </c>
       <c r="G95">
-        <v>104.380435</v>
+        <v>105.29004</v>
+      </c>
+      <c r="H95">
+        <v>1052.9004</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>12.0</v>
       </c>
       <c r="K95" s="2">
         <v>45432.0</v>
       </c>
       <c r="L95" s="2">
         <v>46527.0</v>
       </c>
       <c r="M95">
         <v>5000</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>2.804348</v>
+        <v>2.282609</v>
       </c>
       <c r="Q95">
-        <v>103.804348</v>
+        <v>105.282609</v>
       </c>
       <c r="R95">
-        <v>104.803348</v>
+        <v>106.032609</v>
       </c>
       <c r="S95">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T95">
-        <v>101.999</v>
+        <v>103.75</v>
+      </c>
+      <c r="U95">
+        <v>9.89607</v>
+      </c>
+      <c r="V95">
+        <v>9.383137</v>
+      </c>
+      <c r="X95">
+        <v>1</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45880.420902778</v>
+        <v>45954.35587963</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="G96">
-        <v>104.380435</v>
+        <v>105.869565</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>12.0</v>
       </c>
       <c r="K96" s="2">
         <v>45432.0</v>
       </c>
       <c r="L96" s="2">
         <v>46527.0</v>
       </c>
       <c r="M96">
         <v>5000</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>2.771739</v>
+        <v>2.25</v>
       </c>
       <c r="Q96">
-        <v>103.771739</v>
+        <v>105.25</v>
       </c>
       <c r="R96">
-        <v>104.770739</v>
+        <v>106.0</v>
       </c>
       <c r="S96">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T96">
-        <v>101.999</v>
+        <v>103.75</v>
+      </c>
+      <c r="U96">
+        <v>9.899256</v>
+      </c>
+      <c r="V96">
+        <v>9.38714</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45877.419780093</v>
+        <v>45953.525104167</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="G97">
-        <v>104.380435</v>
+        <v>105.869565</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>12.0</v>
       </c>
       <c r="K97" s="2">
         <v>45432.0</v>
       </c>
       <c r="L97" s="2">
         <v>46527.0</v>
       </c>
       <c r="M97">
         <v>5000</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>2.73913</v>
+        <v>2.217391</v>
       </c>
       <c r="Q97">
-        <v>103.73913</v>
+        <v>105.217391</v>
       </c>
       <c r="R97">
-        <v>104.73813</v>
+        <v>105.967391</v>
       </c>
       <c r="S97">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="T97">
-        <v>101.999</v>
+        <v>103.75</v>
+      </c>
+      <c r="U97">
+        <v>9.902437</v>
+      </c>
+      <c r="V97">
+        <v>9.391135</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45876.536099537</v>
+        <v>45952.591111111</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
+      <c r="F98">
+        <v>0.12</v>
+      </c>
       <c r="G98">
-        <v>104.380435</v>
+        <v>105.869565</v>
+      </c>
+      <c r="H98">
+        <v>35995.6521</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>12.0</v>
       </c>
       <c r="K98" s="2">
         <v>45432.0</v>
       </c>
       <c r="L98" s="2">
         <v>46527.0</v>
       </c>
       <c r="M98">
         <v>5000</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>2.706522</v>
+        <v>2.119565</v>
       </c>
       <c r="Q98">
-        <v>103.706522</v>
+        <v>104.119565</v>
       </c>
       <c r="R98">
-        <v>104.705522</v>
+        <v>107.019565</v>
       </c>
       <c r="S98">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T98">
-        <v>101.999</v>
+        <v>104.9</v>
+      </c>
+      <c r="U98">
+        <v>10.597507</v>
+      </c>
+      <c r="V98">
+        <v>8.631414</v>
+      </c>
+      <c r="X98">
+        <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45875.416689815</v>
+        <v>45951.355393519</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>104.380435</v>
+        <v>105.73913</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>12.0</v>
       </c>
       <c r="K99" s="2">
         <v>45432.0</v>
       </c>
       <c r="L99" s="2">
         <v>46527.0</v>
       </c>
       <c r="M99">
         <v>5000</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>2.608696</v>
+        <v>2.086957</v>
       </c>
       <c r="Q99">
-        <v>103.608696</v>
+        <v>104.086957</v>
       </c>
       <c r="R99">
-        <v>104.608696</v>
+        <v>105.836957</v>
       </c>
       <c r="S99">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T99">
-        <v>102.0</v>
+        <v>103.75</v>
+      </c>
+      <c r="U99">
+        <v>10.599585</v>
+      </c>
+      <c r="V99">
+        <v>9.407029</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45874.416689815</v>
+        <v>45950.35525463</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="G100">
-        <v>104.380435</v>
+        <v>105.73913</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>12.0</v>
       </c>
       <c r="K100" s="2">
         <v>45432.0</v>
       </c>
       <c r="L100" s="2">
         <v>46527.0</v>
       </c>
       <c r="M100">
         <v>5000</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>2.576087</v>
+        <v>2.054348</v>
       </c>
       <c r="Q100">
-        <v>103.576087</v>
+        <v>104.054348</v>
       </c>
       <c r="R100">
-        <v>104.576087</v>
+        <v>105.804348</v>
       </c>
       <c r="S100">
-        <v>101.0</v>
+        <v>102.0</v>
       </c>
       <c r="T100">
-        <v>102.0</v>
+        <v>103.75</v>
+      </c>
+      <c r="U100">
+        <v>10.601663</v>
+      </c>
+      <c r="V100">
+        <v>9.410983</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45873.416701389</v>
+        <v>45947.666666667</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="G101">
-        <v>104.380435</v>
+        <v>105.73913</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>12.0</v>
       </c>
       <c r="K101" s="2">
         <v>45432.0</v>
       </c>
       <c r="L101" s="2">
         <v>46527.0</v>
       </c>
       <c r="M101">
         <v>5000</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>2.543478</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>2.021739</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45870.416678241</v>
+        <v>45946.666666667</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
+      <c r="F102">
+        <v>0.12</v>
+      </c>
       <c r="G102">
-        <v>104.380435</v>
+        <v>105.73913</v>
+      </c>
+      <c r="H102">
+        <v>3172.1739</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>12.0</v>
       </c>
       <c r="K102" s="2">
         <v>45432.0</v>
       </c>
       <c r="L102" s="2">
         <v>46527.0</v>
       </c>
       <c r="M102">
         <v>5000</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>2.51087</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>1.98913</v>
+      </c>
+      <c r="X102">
+        <v>1</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45869.416678241</v>
+        <v>45945.666666667</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="G103">
-        <v>104.380435</v>
+        <v>105.608696</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>12.0</v>
       </c>
       <c r="K103" s="2">
         <v>45432.0</v>
       </c>
       <c r="L103" s="2">
         <v>46527.0</v>
       </c>
       <c r="M103">
         <v>5000</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>2.478261</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>1.891304</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45868.529988426</v>
+        <v>45944.666666667</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="F104">
-        <v>0.56</v>
+        <v>0.22</v>
       </c>
       <c r="G104">
-        <v>104.380435</v>
+        <v>105.608696</v>
       </c>
       <c r="H104">
-        <v>2087.60869</v>
+        <v>6336.52176</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>12.0</v>
       </c>
       <c r="K104" s="2">
         <v>45432.0</v>
       </c>
       <c r="L104" s="2">
         <v>46527.0</v>
       </c>
       <c r="M104">
         <v>5000</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>2.380435</v>
-[...11 lines deleted...]
-        <v>102.0</v>
+        <v>1.858696</v>
       </c>
       <c r="X104">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45867.635810185</v>
+        <v>45943.666666667</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="G105">
-        <v>103.8</v>
+        <v>105.380435</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>12.0</v>
       </c>
       <c r="K105" s="2">
         <v>45432.0</v>
       </c>
       <c r="L105" s="2">
         <v>46527.0</v>
       </c>
       <c r="M105">
         <v>5000</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
-      </c>
-[...13 lines deleted...]
-        <v>102.0</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45866.41818287</v>
+        <v>45940.416689815</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="G106">
-        <v>103.8</v>
+        <v>105.380435</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>12.0</v>
       </c>
       <c r="K106" s="2">
         <v>45432.0</v>
       </c>
       <c r="L106" s="2">
         <v>46527.0</v>
       </c>
       <c r="M106">
         <v>5000</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>2.315217</v>
+        <v>1.793478</v>
       </c>
       <c r="Q106">
-        <v>102.316217</v>
+        <v>104.293478</v>
       </c>
       <c r="R106">
-        <v>105.315217</v>
+        <v>105.543478</v>
       </c>
       <c r="S106">
-        <v>100.001</v>
+        <v>102.5</v>
       </c>
       <c r="T106">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45863.587997685</v>
+        <v>45939.416678241</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="G107">
-        <v>103.8</v>
+        <v>105.380435</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>12.0</v>
       </c>
       <c r="K107" s="2">
         <v>45432.0</v>
       </c>
       <c r="L107" s="2">
         <v>46527.0</v>
       </c>
       <c r="M107">
         <v>5000</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>2.282609</v>
+        <v>1.76087</v>
       </c>
       <c r="Q107">
-        <v>102.283609</v>
+        <v>104.26087</v>
       </c>
       <c r="R107">
-        <v>105.282609</v>
+        <v>105.51087</v>
       </c>
       <c r="S107">
-        <v>100.001</v>
+        <v>102.5</v>
       </c>
       <c r="T107">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45862.430821759</v>
+        <v>45938.416712963</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="G108">
-        <v>103.8</v>
+        <v>105.380435</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>12.0</v>
       </c>
       <c r="K108" s="2">
         <v>45432.0</v>
       </c>
       <c r="L108" s="2">
         <v>46527.0</v>
       </c>
       <c r="M108">
         <v>5000</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>2.25</v>
+        <v>1.663043</v>
       </c>
       <c r="Q108">
-        <v>102.251</v>
+        <v>104.163043</v>
       </c>
       <c r="R108">
-        <v>105.15</v>
+        <v>105.413043</v>
       </c>
       <c r="S108">
-        <v>100.001</v>
+        <v>102.5</v>
       </c>
       <c r="T108">
-        <v>102.9</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45861.426956019</v>
+        <v>45937.594490741</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
+      <c r="F109">
+        <v>0.06</v>
+      </c>
       <c r="G109">
-        <v>103.8</v>
+        <v>105.380435</v>
+      </c>
+      <c r="H109">
+        <v>10538.0435</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>12.0</v>
       </c>
       <c r="K109" s="2">
         <v>45432.0</v>
       </c>
       <c r="L109" s="2">
         <v>46527.0</v>
       </c>
       <c r="M109">
         <v>5000</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>2.152174</v>
+        <v>1.630435</v>
       </c>
       <c r="Q109">
-        <v>102.153174</v>
+        <v>105.282609</v>
       </c>
       <c r="R109">
-        <v>105.052174</v>
+        <v>105.380435</v>
       </c>
       <c r="S109">
-        <v>100.001</v>
+        <v>103.652174</v>
       </c>
       <c r="T109">
-        <v>102.9</v>
+        <v>103.75</v>
+      </c>
+      <c r="X109">
+        <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45860.426087963</v>
+        <v>45936.418321759</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="G110">
-        <v>103.8</v>
+        <v>105.315217</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>12.0</v>
       </c>
       <c r="K110" s="2">
         <v>45432.0</v>
       </c>
       <c r="L110" s="2">
         <v>46527.0</v>
       </c>
       <c r="M110">
         <v>5000</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>2.119565</v>
+        <v>1.597826</v>
       </c>
       <c r="Q110">
-        <v>102.120565</v>
+        <v>105.282609</v>
       </c>
       <c r="R110">
-        <v>105.119565</v>
+        <v>105.347826</v>
       </c>
       <c r="S110">
-        <v>100.001</v>
+        <v>103.684783</v>
       </c>
       <c r="T110">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45859.440231481</v>
+        <v>45933.449826389</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
+      <c r="F111">
+        <v>0.19</v>
+      </c>
       <c r="G111">
-        <v>103.8</v>
+        <v>105.315217</v>
+      </c>
+      <c r="H111">
+        <v>2106.30434</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>12.0</v>
       </c>
       <c r="K111" s="2">
         <v>45432.0</v>
       </c>
       <c r="L111" s="2">
         <v>46527.0</v>
       </c>
       <c r="M111">
         <v>5000</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>2.086957</v>
+        <v>1.565217</v>
       </c>
       <c r="Q111">
-        <v>102.087957</v>
+        <v>105.282609</v>
       </c>
       <c r="R111">
-        <v>105.086957</v>
+        <v>105.315217</v>
       </c>
       <c r="S111">
-        <v>100.001</v>
+        <v>103.717392</v>
       </c>
       <c r="T111">
-        <v>103.0</v>
+        <v>103.75</v>
+      </c>
+      <c r="X111">
+        <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45856.43005787</v>
+        <v>45932.493171296</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="G112">
-        <v>103.8</v>
+        <v>105.119565</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>12.0</v>
       </c>
       <c r="K112" s="2">
         <v>45432.0</v>
       </c>
       <c r="L112" s="2">
         <v>46527.0</v>
       </c>
       <c r="M112">
         <v>5000</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>2.054348</v>
+        <v>1.532609</v>
       </c>
       <c r="Q112">
-        <v>102.054348</v>
+        <v>104.032609</v>
       </c>
       <c r="R112">
-        <v>105.054348</v>
+        <v>105.282609</v>
       </c>
       <c r="S112">
-        <v>100.0</v>
+        <v>102.5</v>
       </c>
       <c r="T112">
-        <v>103.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45855.560717593</v>
+        <v>45931.4178125</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="G113">
-        <v>103.8</v>
+        <v>105.119565</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>12.0</v>
       </c>
       <c r="K113" s="2">
         <v>45432.0</v>
       </c>
       <c r="L113" s="2">
         <v>46527.0</v>
       </c>
       <c r="M113">
         <v>5000</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>2.021739</v>
+        <v>1.434783</v>
       </c>
       <c r="Q113">
-        <v>102.021739</v>
+        <v>103.934783</v>
       </c>
       <c r="R113">
-        <v>105.021739</v>
+        <v>106.034783</v>
       </c>
       <c r="S113">
-        <v>100.0</v>
+        <v>102.5</v>
       </c>
       <c r="T113">
-        <v>103.0</v>
+        <v>104.6</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45854.600428241</v>
+        <v>45930.416678241</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="G114">
-        <v>103.8</v>
+        <v>105.119565</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>12.0</v>
       </c>
       <c r="K114" s="2">
         <v>45432.0</v>
       </c>
       <c r="L114" s="2">
         <v>46527.0</v>
       </c>
       <c r="M114">
         <v>5000</v>
       </c>
       <c r="N114">
         <v>1000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>1.923913</v>
+        <v>1.402174</v>
       </c>
       <c r="Q114">
-        <v>101.923913</v>
+        <v>103.402174</v>
       </c>
       <c r="R114">
-        <v>105.423913</v>
+        <v>105.152174</v>
       </c>
       <c r="S114">
-        <v>100.0</v>
+        <v>102.0</v>
       </c>
       <c r="T114">
-        <v>103.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45853.609131944</v>
+        <v>45929.499201389</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="F115">
-        <v>0.02</v>
+        <v>0.66</v>
       </c>
       <c r="G115">
-        <v>103.8</v>
+        <v>105.119565</v>
       </c>
       <c r="H115">
-        <v>10380.0</v>
+        <v>3153.58695</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>12.0</v>
       </c>
       <c r="K115" s="2">
         <v>45432.0</v>
       </c>
       <c r="L115" s="2">
         <v>46527.0</v>
       </c>
       <c r="M115">
         <v>5000</v>
       </c>
       <c r="N115">
         <v>1000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>1.891304</v>
+        <v>1.369565</v>
       </c>
       <c r="Q115">
-        <v>105.076</v>
+        <v>104.0</v>
       </c>
       <c r="R115">
-        <v>105.890304</v>
+        <v>105.119565</v>
       </c>
       <c r="S115">
-        <v>103.184696</v>
+        <v>102.630435</v>
       </c>
       <c r="T115">
-        <v>103.999</v>
+        <v>103.75</v>
       </c>
       <c r="X115">
         <v>1</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45852.418738426</v>
+        <v>45926.417650463</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="G116">
-        <v>103.779478</v>
+        <v>104.434783</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>12.0</v>
       </c>
       <c r="K116" s="2">
         <v>45432.0</v>
       </c>
       <c r="L116" s="2">
         <v>46527.0</v>
       </c>
       <c r="M116">
         <v>5000</v>
       </c>
       <c r="N116">
         <v>1000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>1.858696</v>
+        <v>1.336957</v>
       </c>
       <c r="Q116">
-        <v>103.8</v>
+        <v>104.0</v>
       </c>
       <c r="R116">
-        <v>103.858696</v>
+        <v>105.086957</v>
       </c>
       <c r="S116">
-        <v>101.941304</v>
+        <v>102.663043</v>
       </c>
       <c r="T116">
-        <v>102.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45849.62712963</v>
+        <v>45925.4178125</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="G117">
-        <v>103.779478</v>
+        <v>104.434783</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>12.0</v>
       </c>
       <c r="K117" s="2">
         <v>45432.0</v>
       </c>
       <c r="L117" s="2">
         <v>46527.0</v>
       </c>
       <c r="M117">
         <v>5000</v>
       </c>
       <c r="N117">
         <v>1000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>1.826087</v>
+        <v>1.304348</v>
       </c>
       <c r="Q117">
-        <v>100.0</v>
+        <v>104.0</v>
       </c>
       <c r="R117">
-        <v>103.826087</v>
+        <v>105.054348</v>
       </c>
       <c r="S117">
-        <v>98.173913</v>
+        <v>102.695652</v>
       </c>
       <c r="T117">
-        <v>102.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45848.589224537</v>
+        <v>45924.417777778</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
-      <c r="F118">
-[...1 lines deleted...]
-      </c>
       <c r="G118">
-        <v>103.779478</v>
-[...2 lines deleted...]
-        <v>8303.05824</v>
+        <v>104.434783</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>12.0</v>
       </c>
       <c r="K118" s="2">
         <v>45432.0</v>
       </c>
       <c r="L118" s="2">
         <v>46527.0</v>
       </c>
       <c r="M118">
         <v>5000</v>
       </c>
       <c r="N118">
         <v>1000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>1.793478</v>
+        <v>1.206522</v>
       </c>
       <c r="Q118">
-        <v>102.593478</v>
+        <v>104.0</v>
       </c>
       <c r="R118">
-        <v>103.793478</v>
+        <v>104.956522</v>
       </c>
       <c r="S118">
-        <v>100.8</v>
+        <v>102.793478</v>
       </c>
       <c r="T118">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45847.506365741</v>
+        <v>45923.457905093</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="G119">
-        <v>102.163043</v>
+        <v>104.434783</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>12.0</v>
       </c>
       <c r="K119" s="2">
         <v>45432.0</v>
       </c>
       <c r="L119" s="2">
         <v>46527.0</v>
       </c>
       <c r="M119">
         <v>5000</v>
       </c>
       <c r="N119">
         <v>1000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>1.695652</v>
+        <v>1.173913</v>
       </c>
       <c r="Q119">
-        <v>102.695652</v>
+        <v>103.4</v>
       </c>
       <c r="R119">
-        <v>103.695652</v>
+        <v>104.923913</v>
       </c>
       <c r="S119">
-        <v>101.0</v>
+        <v>102.226087</v>
       </c>
       <c r="T119">
-        <v>102.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45846.589224537</v>
+        <v>45922.417881944</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
-      <c r="F120">
-[...1 lines deleted...]
-      </c>
       <c r="G120">
-        <v>102.163043</v>
-[...2 lines deleted...]
-        <v>2048.26086</v>
+        <v>104.434783</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>12.0</v>
       </c>
       <c r="K120" s="2">
         <v>45432.0</v>
       </c>
       <c r="L120" s="2">
         <v>46527.0</v>
       </c>
       <c r="M120">
         <v>5000</v>
       </c>
       <c r="N120">
         <v>1000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>1.663043</v>
+        <v>1.141304</v>
       </c>
       <c r="Q120">
-        <v>101.663043</v>
+        <v>103.2</v>
       </c>
       <c r="R120">
-        <v>103.663043</v>
+        <v>104.891304</v>
       </c>
       <c r="S120">
-        <v>100.0</v>
+        <v>102.058696</v>
       </c>
       <c r="T120">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45845.633101852</v>
+        <v>45919.417974537</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="G121">
-        <v>103.467391</v>
+        <v>104.434783</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>12.0</v>
       </c>
       <c r="K121" s="2">
         <v>45432.0</v>
       </c>
       <c r="L121" s="2">
         <v>46527.0</v>
       </c>
       <c r="M121">
         <v>5000</v>
       </c>
       <c r="N121">
         <v>1000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>1.630435</v>
+        <v>1.108696</v>
       </c>
       <c r="Q121">
-        <v>102.630435</v>
+        <v>103.2</v>
       </c>
       <c r="R121">
-        <v>106.130435</v>
+        <v>104.858696</v>
       </c>
       <c r="S121">
-        <v>101.0</v>
+        <v>102.091304</v>
       </c>
       <c r="T121">
-        <v>104.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45842.584490741</v>
+        <v>45918.460300926</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="G122">
-        <v>103.467391</v>
+        <v>104.434783</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>12.0</v>
       </c>
       <c r="K122" s="2">
         <v>45432.0</v>
       </c>
       <c r="L122" s="2">
         <v>46527.0</v>
       </c>
       <c r="M122">
         <v>5000</v>
       </c>
       <c r="N122">
         <v>1000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>1.597826</v>
+        <v>1.076087</v>
       </c>
       <c r="Q122">
-        <v>102.597826</v>
+        <v>103.2</v>
       </c>
       <c r="R122">
-        <v>103.565217</v>
+        <v>104.826087</v>
       </c>
       <c r="S122">
-        <v>101.0</v>
+        <v>102.123913</v>
       </c>
       <c r="T122">
-        <v>101.967391</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45841.641909722</v>
+        <v>45917.471157407</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="G123">
-        <v>103.467391</v>
+        <v>104.434783</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>12.0</v>
       </c>
       <c r="K123" s="2">
         <v>45432.0</v>
       </c>
       <c r="L123" s="2">
         <v>46527.0</v>
       </c>
       <c r="M123">
         <v>5000</v>
       </c>
       <c r="N123">
         <v>1000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>1.565217</v>
+        <v>0.978261</v>
       </c>
       <c r="Q123">
-        <v>102.56</v>
+        <v>102.978261</v>
       </c>
       <c r="R123">
-        <v>104.065217</v>
+        <v>104.728261</v>
       </c>
       <c r="S123">
-        <v>100.994783</v>
+        <v>102.0</v>
       </c>
       <c r="T123">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45840.516909722</v>
+        <v>45916.429583333</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
-      <c r="F124">
-[...1 lines deleted...]
-      </c>
       <c r="G124">
-        <v>103.467391</v>
-[...2 lines deleted...]
-        <v>2069.34782</v>
+        <v>104.434783</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>12.0</v>
       </c>
       <c r="K124" s="2">
         <v>45432.0</v>
       </c>
       <c r="L124" s="2">
         <v>46527.0</v>
       </c>
       <c r="M124">
         <v>5000</v>
       </c>
       <c r="N124">
         <v>1000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>1.467391</v>
+        <v>0.945652</v>
       </c>
       <c r="Q124">
-        <v>101.467391</v>
+        <v>101.000652</v>
       </c>
       <c r="R124">
-        <v>104.467391</v>
+        <v>104.695652</v>
       </c>
       <c r="S124">
-        <v>100.0</v>
+        <v>100.055</v>
       </c>
       <c r="T124">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45839.624930556</v>
+        <v>45915.421770833</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
-      <c r="F125">
-[...1 lines deleted...]
-      </c>
       <c r="G125">
-        <v>102.434783</v>
-[...2 lines deleted...]
-        <v>3073.04349</v>
+        <v>104.434783</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>12.0</v>
       </c>
       <c r="K125" s="2">
         <v>45432.0</v>
       </c>
       <c r="L125" s="2">
         <v>46527.0</v>
       </c>
       <c r="M125">
         <v>5000</v>
       </c>
       <c r="N125">
         <v>1000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>1.434783</v>
+        <v>0.913043</v>
       </c>
       <c r="Q125">
-        <v>101.434783</v>
+        <v>100.913043</v>
       </c>
       <c r="R125">
-        <v>105.334783</v>
+        <v>104.663043</v>
       </c>
       <c r="S125">
         <v>100.0</v>
       </c>
       <c r="T125">
-        <v>103.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45838.438530093</v>
+        <v>45912.417800926</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="G126">
-        <v>102.141304</v>
+        <v>104.434783</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>12.0</v>
       </c>
       <c r="K126" s="2">
         <v>45432.0</v>
       </c>
       <c r="L126" s="2">
         <v>46527.0</v>
       </c>
       <c r="M126">
         <v>5000</v>
       </c>
       <c r="N126">
         <v>1000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>1.402174</v>
+        <v>0.880435</v>
       </c>
       <c r="Q126">
-        <v>102.402174</v>
+        <v>103.0</v>
       </c>
       <c r="R126">
-        <v>106.402174</v>
+        <v>104.630435</v>
       </c>
       <c r="S126">
-        <v>101.0</v>
+        <v>102.119565</v>
       </c>
       <c r="T126">
-        <v>105.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45835.502303241</v>
+        <v>45911.417800926</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="G127">
-        <v>102.141304</v>
+        <v>104.434783</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>12.0</v>
       </c>
       <c r="K127" s="2">
         <v>45432.0</v>
       </c>
       <c r="L127" s="2">
         <v>46527.0</v>
       </c>
       <c r="M127">
         <v>5000</v>
       </c>
       <c r="N127">
         <v>1000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>1.369565</v>
+        <v>0.847826</v>
       </c>
       <c r="Q127">
-        <v>102.369565</v>
+        <v>103.0</v>
       </c>
       <c r="R127">
-        <v>106.369565</v>
+        <v>104.597826</v>
       </c>
       <c r="S127">
-        <v>101.0</v>
+        <v>102.152174</v>
       </c>
       <c r="T127">
-        <v>105.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45834.656446759</v>
+        <v>45910.584756944</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="G128">
-        <v>102.141304</v>
+        <v>104.434783</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>12.0</v>
       </c>
       <c r="K128" s="2">
         <v>45432.0</v>
       </c>
       <c r="L128" s="2">
         <v>46527.0</v>
       </c>
       <c r="M128">
         <v>5000</v>
       </c>
       <c r="N128">
         <v>1000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>1.336957</v>
+        <v>0.75</v>
       </c>
       <c r="Q128">
-        <v>103.336957</v>
+        <v>104.0</v>
       </c>
       <c r="R128">
-        <v>106.336957</v>
+        <v>104.5</v>
       </c>
       <c r="S128">
-        <v>102.0</v>
+        <v>103.25</v>
       </c>
       <c r="T128">
-        <v>105.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45833.491087963</v>
+        <v>45909.417905093</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="G129">
-        <v>102.141304</v>
+        <v>104.434783</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>12.0</v>
       </c>
       <c r="K129" s="2">
         <v>45432.0</v>
       </c>
       <c r="L129" s="2">
         <v>46527.0</v>
       </c>
       <c r="M129">
         <v>5000</v>
       </c>
       <c r="N129">
         <v>1000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>1.23913</v>
+        <v>0.717391</v>
       </c>
       <c r="Q129">
-        <v>102.23913</v>
+        <v>103.0</v>
       </c>
       <c r="R129">
-        <v>106.23913</v>
+        <v>104.467391</v>
       </c>
       <c r="S129">
-        <v>101.0</v>
+        <v>102.282609</v>
       </c>
       <c r="T129">
-        <v>105.0</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45831.515138889</v>
+        <v>45908.628206019</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
+      <c r="F130">
+        <v>-0.91</v>
+      </c>
       <c r="G130">
-        <v>102.141304</v>
+        <v>104.434783</v>
+      </c>
+      <c r="H130">
+        <v>4177.39132</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>12.0</v>
       </c>
       <c r="K130" s="2">
         <v>45432.0</v>
       </c>
       <c r="L130" s="2">
         <v>46527.0</v>
       </c>
       <c r="M130">
         <v>5000</v>
       </c>
       <c r="N130">
         <v>1000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>1.173913</v>
+        <v>0.684783</v>
+      </c>
+      <c r="Q130">
+        <v>103.0</v>
       </c>
       <c r="R130">
-        <v>107.053913</v>
+        <v>104.434783</v>
+      </c>
+      <c r="S130">
+        <v>102.315217</v>
       </c>
       <c r="T130">
-        <v>105.88</v>
+        <v>103.75</v>
+      </c>
+      <c r="X130">
+        <v>1</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45828.625844907</v>
+        <v>45905.630347222</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
-      <c r="F131">
-[...1 lines deleted...]
-      </c>
       <c r="G131">
-        <v>102.141304</v>
-[...2 lines deleted...]
-        <v>1021.41304</v>
+        <v>105.38913</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>12.0</v>
       </c>
       <c r="K131" s="2">
         <v>45432.0</v>
       </c>
       <c r="L131" s="2">
         <v>46527.0</v>
       </c>
       <c r="M131">
         <v>5000</v>
       </c>
       <c r="N131">
         <v>1000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>1.141304</v>
+        <v>0.652174</v>
       </c>
       <c r="Q131">
-        <v>102.141304</v>
+        <v>101.802174</v>
       </c>
       <c r="R131">
-        <v>106.141304</v>
+        <v>104.402174</v>
       </c>
       <c r="S131">
-        <v>101.0</v>
+        <v>101.15</v>
       </c>
       <c r="T131">
-        <v>105.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45827.658958333</v>
+        <v>45904.417997685</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="G132">
-        <v>104.413043</v>
+        <v>105.38913</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>12.0</v>
       </c>
       <c r="K132" s="2">
         <v>45432.0</v>
       </c>
       <c r="L132" s="2">
         <v>46527.0</v>
       </c>
       <c r="M132">
         <v>5000</v>
       </c>
       <c r="N132">
         <v>1000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>1.108696</v>
+        <v>0.619565</v>
       </c>
       <c r="Q132">
-        <v>103.108696</v>
+        <v>101.8</v>
       </c>
       <c r="R132">
-        <v>106.988696</v>
+        <v>105.519565</v>
       </c>
       <c r="S132">
-        <v>102.0</v>
+        <v>101.180435</v>
       </c>
       <c r="T132">
-        <v>105.88</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45826.619803241</v>
+        <v>45903.418078704</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="G133">
-        <v>104.413043</v>
+        <v>105.38913</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>12.0</v>
       </c>
       <c r="K133" s="2">
         <v>45432.0</v>
       </c>
       <c r="L133" s="2">
         <v>46527.0</v>
       </c>
       <c r="M133">
         <v>5000</v>
       </c>
       <c r="N133">
         <v>1000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>1.01087</v>
+        <v>0.521739</v>
       </c>
       <c r="Q133">
-        <v>103.01087</v>
+        <v>101.8</v>
       </c>
       <c r="R133">
-        <v>106.89087</v>
+        <v>105.421739</v>
       </c>
       <c r="S133">
-        <v>102.0</v>
+        <v>101.278261</v>
       </c>
       <c r="T133">
-        <v>105.88</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45825.66125</v>
+        <v>45902.570740741</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
+      <c r="F134">
+        <v>3.07</v>
+      </c>
       <c r="G134">
-        <v>104.413043</v>
+        <v>105.38913</v>
+      </c>
+      <c r="H134">
+        <v>10538.913</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>12.0</v>
       </c>
       <c r="K134" s="2">
         <v>45432.0</v>
       </c>
       <c r="L134" s="2">
         <v>46527.0</v>
       </c>
       <c r="M134">
         <v>5000</v>
       </c>
       <c r="N134">
         <v>1000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>0.978261</v>
+        <v>0.48913</v>
       </c>
       <c r="Q134">
-        <v>102.839</v>
+        <v>101.8</v>
       </c>
       <c r="R134">
-        <v>106.858261</v>
+        <v>105.38913</v>
       </c>
       <c r="S134">
-        <v>101.860739</v>
+        <v>101.31087</v>
       </c>
       <c r="T134">
-        <v>105.88</v>
+        <v>104.9</v>
+      </c>
+      <c r="X134">
+        <v>1</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45824.418171296</v>
+        <v>45901.418194444</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="G135">
-        <v>104.413043</v>
+        <v>102.25</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>12.0</v>
       </c>
       <c r="K135" s="2">
         <v>45432.0</v>
       </c>
       <c r="L135" s="2">
         <v>46527.0</v>
       </c>
       <c r="M135">
         <v>5000</v>
       </c>
       <c r="N135">
         <v>1000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>0.945652</v>
+        <v>0.456522</v>
       </c>
       <c r="Q135">
-        <v>102.0</v>
+        <v>102.2</v>
       </c>
       <c r="R135">
-        <v>106.825652</v>
+        <v>105.356522</v>
       </c>
       <c r="S135">
-        <v>101.054348</v>
+        <v>101.743478</v>
       </c>
       <c r="T135">
-        <v>105.88</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45821.644444444</v>
+        <v>45898.417696759</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
-      <c r="F136">
-[...1 lines deleted...]
-      </c>
       <c r="G136">
-        <v>104.413043</v>
-[...2 lines deleted...]
-        <v>5203.37172</v>
+        <v>102.25</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>12.0</v>
       </c>
       <c r="K136" s="2">
         <v>45432.0</v>
       </c>
       <c r="L136" s="2">
         <v>46527.0</v>
       </c>
       <c r="M136">
         <v>5000</v>
       </c>
       <c r="N136">
         <v>1000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>0.913043</v>
+        <v>0.423913</v>
       </c>
       <c r="Q136">
-        <v>100.913043</v>
+        <v>102.2</v>
       </c>
       <c r="R136">
-        <v>106.793043</v>
+        <v>104.173913</v>
       </c>
       <c r="S136">
-        <v>100.0</v>
+        <v>101.776087</v>
       </c>
       <c r="T136">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45820.445451389</v>
+        <v>45897.57275463</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
+      <c r="F137">
+        <v>1.07</v>
+      </c>
       <c r="G137">
-        <v>103.282609</v>
+        <v>102.25</v>
+      </c>
+      <c r="H137">
+        <v>6135.0</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>12.0</v>
       </c>
       <c r="K137" s="2">
         <v>45432.0</v>
       </c>
       <c r="L137" s="2">
         <v>46527.0</v>
       </c>
       <c r="M137">
         <v>5000</v>
       </c>
       <c r="N137">
         <v>1000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>0.880435</v>
+        <v>0.391304</v>
       </c>
       <c r="Q137">
-        <v>100.880435</v>
+        <v>102.2</v>
       </c>
       <c r="R137">
-        <v>103.5</v>
+        <v>104.141304</v>
       </c>
       <c r="S137">
-        <v>100.0</v>
+        <v>101.808696</v>
       </c>
       <c r="T137">
-        <v>102.619565</v>
+        <v>103.75</v>
+      </c>
+      <c r="X137">
+        <v>1</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45819.465011574</v>
+        <v>45896.602476852</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
-      <c r="F138">
-[...1 lines deleted...]
-      </c>
       <c r="G138">
-        <v>103.282609</v>
-[...2 lines deleted...]
-        <v>5164.13045</v>
+        <v>101.163043</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>12.0</v>
       </c>
       <c r="K138" s="2">
         <v>45432.0</v>
       </c>
       <c r="L138" s="2">
         <v>46527.0</v>
       </c>
       <c r="M138">
         <v>5000</v>
       </c>
       <c r="N138">
         <v>1000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>0.782609</v>
+        <v>0.293478</v>
+      </c>
+      <c r="Q138">
+        <v>101.5</v>
       </c>
       <c r="R138">
-        <v>103.282609</v>
+        <v>102.25</v>
+      </c>
+      <c r="S138">
+        <v>101.206522</v>
       </c>
       <c r="T138">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.956522</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45818.416782407</v>
+        <v>45895.417708333</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="G139">
-        <v>103.152174</v>
+        <v>101.163043</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>12.0</v>
       </c>
       <c r="K139" s="2">
         <v>45432.0</v>
       </c>
       <c r="L139" s="2">
         <v>46527.0</v>
       </c>
       <c r="M139">
         <v>5000</v>
       </c>
       <c r="N139">
         <v>1000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>0.75</v>
+        <v>0.26087</v>
       </c>
       <c r="Q139">
-        <v>102.75</v>
+        <v>101.5</v>
       </c>
       <c r="R139">
-        <v>103.25</v>
+        <v>104.01087</v>
       </c>
       <c r="S139">
-        <v>102.0</v>
+        <v>101.23913</v>
       </c>
       <c r="T139">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45817.526481481</v>
+        <v>45894.511076389</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="G140">
-        <v>103.152174</v>
+        <v>101.163043</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>12.0</v>
       </c>
       <c r="K140" s="2">
         <v>45432.0</v>
       </c>
       <c r="L140" s="2">
         <v>46527.0</v>
       </c>
       <c r="M140">
         <v>5000</v>
       </c>
       <c r="N140">
         <v>1000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>0.717391</v>
+        <v>0.228261</v>
       </c>
       <c r="Q140">
-        <v>102.717391</v>
+        <v>101.5</v>
       </c>
       <c r="R140">
-        <v>103.217391</v>
+        <v>103.978261</v>
       </c>
       <c r="S140">
-        <v>102.0</v>
+        <v>101.271739</v>
       </c>
       <c r="T140">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45814.417847222</v>
+        <v>45891.416701389</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="G141">
-        <v>103.152174</v>
+        <v>101.163043</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>12.0</v>
       </c>
       <c r="K141" s="2">
         <v>45432.0</v>
       </c>
       <c r="L141" s="2">
         <v>46527.0</v>
       </c>
       <c r="M141">
         <v>5000</v>
       </c>
       <c r="N141">
         <v>1000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>0.684783</v>
+        <v>0.195652</v>
       </c>
       <c r="Q141">
-        <v>102.1</v>
+        <v>101.195652</v>
       </c>
       <c r="R141">
-        <v>103.184783</v>
+        <v>103.945652</v>
       </c>
       <c r="S141">
-        <v>101.415217</v>
+        <v>101.0</v>
       </c>
       <c r="T141">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45813.567476852</v>
+        <v>45890.578958333</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="F142">
-        <v>0.68</v>
+        <v>-0.76</v>
       </c>
       <c r="G142">
-        <v>103.152174</v>
+        <v>101.163043</v>
       </c>
       <c r="H142">
-        <v>5157.6087</v>
+        <v>1011.63043</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>12.0</v>
       </c>
       <c r="K142" s="2">
         <v>45432.0</v>
       </c>
       <c r="L142" s="2">
         <v>46527.0</v>
       </c>
       <c r="M142">
         <v>5000</v>
       </c>
       <c r="N142">
         <v>1000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>0.652174</v>
+        <v>0.163043</v>
       </c>
       <c r="Q142">
-        <v>102.1</v>
+        <v>101.163043</v>
       </c>
       <c r="R142">
-        <v>103.152174</v>
+        <v>103.913043</v>
       </c>
       <c r="S142">
-        <v>101.447826</v>
+        <v>101.0</v>
       </c>
       <c r="T142">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
       <c r="X142">
         <v>1</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45812.648344907</v>
+        <v>45889.416701389</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="G143">
-        <v>102.456522</v>
+        <v>101.934783</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>12.0</v>
       </c>
       <c r="K143" s="2">
         <v>45432.0</v>
       </c>
       <c r="L143" s="2">
         <v>46527.0</v>
       </c>
       <c r="M143">
         <v>5000</v>
       </c>
       <c r="N143">
         <v>1000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>0.554348</v>
+        <v>0.065217</v>
       </c>
       <c r="Q143">
-        <v>102.1</v>
+        <v>101.065217</v>
       </c>
       <c r="R143">
-        <v>103.054348</v>
+        <v>103.815217</v>
       </c>
       <c r="S143">
-        <v>101.545652</v>
+        <v>101.0</v>
       </c>
       <c r="T143">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45811.422604167</v>
+        <v>45888.416678241</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="G144">
-        <v>102.456522</v>
+        <v>101.934783</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>12.0</v>
       </c>
       <c r="K144" s="2">
         <v>45432.0</v>
       </c>
       <c r="L144" s="2">
         <v>46527.0</v>
       </c>
       <c r="M144">
         <v>5000</v>
       </c>
       <c r="N144">
         <v>1000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>0.521739</v>
+        <v>0.032609</v>
       </c>
       <c r="Q144">
-        <v>100.521739</v>
+        <v>101.032609</v>
       </c>
       <c r="R144">
-        <v>103.021739</v>
+        <v>103.782609</v>
       </c>
       <c r="S144">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T144">
-        <v>102.5</v>
+        <v>103.75</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45810.653553241</v>
+        <v>45887.431631944</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="G145">
-        <v>102.456522</v>
+        <v>101.934783</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>12.0</v>
       </c>
       <c r="K145" s="2">
         <v>45432.0</v>
       </c>
       <c r="L145" s="2">
         <v>46527.0</v>
       </c>
       <c r="M145">
         <v>5000</v>
       </c>
       <c r="N145">
         <v>1000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
-      <c r="P145">
-[...1 lines deleted...]
-      </c>
       <c r="Q145">
-        <v>100.48913</v>
+        <v>101.0</v>
       </c>
       <c r="R145">
-        <v>103.48913</v>
-[...5 lines deleted...]
-        <v>103.0</v>
+        <v>101.75</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45807.435555556</v>
+        <v>45884.354756944</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
-      <c r="F146">
-[...1 lines deleted...]
-      </c>
       <c r="G146">
-        <v>102.456522</v>
-[...2 lines deleted...]
-        <v>8196.51176</v>
+        <v>101.934783</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>12.0</v>
       </c>
       <c r="K146" s="2">
         <v>45432.0</v>
       </c>
       <c r="L146" s="2">
         <v>46527.0</v>
       </c>
       <c r="M146">
         <v>5000</v>
       </c>
       <c r="N146">
         <v>1000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>0.456522</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>-0.032609</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45805.447395833</v>
+        <v>45883.620798611</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
+      <c r="F147">
+        <v>-2.34</v>
+      </c>
       <c r="G147">
-        <v>101.865169</v>
+        <v>101.934783</v>
+      </c>
+      <c r="H147">
+        <v>4077.38132</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>12.0</v>
       </c>
       <c r="K147" s="2">
         <v>45432.0</v>
       </c>
       <c r="L147" s="2">
         <v>46527.0</v>
       </c>
       <c r="M147">
         <v>5000</v>
       </c>
       <c r="N147">
         <v>1000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>0.326087</v>
+        <v>-0.065217</v>
+      </c>
+      <c r="Q147">
+        <v>100.934783</v>
       </c>
       <c r="R147">
-        <v>102.325087</v>
+        <v>101.75</v>
+      </c>
+      <c r="S147">
+        <v>101.0</v>
       </c>
       <c r="T147">
-        <v>101.999</v>
+        <v>101.815217</v>
+      </c>
+      <c r="X147">
+        <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45804.51681713</v>
+        <v>45882.433287037</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="G148">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>12.0</v>
       </c>
       <c r="K148" s="2">
         <v>45432.0</v>
       </c>
       <c r="L148" s="2">
         <v>46527.0</v>
       </c>
       <c r="M148">
         <v>5000</v>
       </c>
       <c r="N148">
         <v>1000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>0.293478</v>
+        <v>2.836957</v>
       </c>
       <c r="Q148">
-        <v>100.5</v>
+        <v>103.836957</v>
       </c>
       <c r="R148">
-        <v>102.292478</v>
+        <v>104.835957</v>
       </c>
       <c r="S148">
-        <v>100.206522</v>
+        <v>101.0</v>
       </c>
       <c r="T148">
         <v>101.999</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45803.570092593</v>
+        <v>45881.423923611</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="G149">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>12.0</v>
       </c>
       <c r="K149" s="2">
         <v>45432.0</v>
       </c>
       <c r="L149" s="2">
         <v>46527.0</v>
       </c>
       <c r="M149">
         <v>5000</v>
       </c>
       <c r="N149">
         <v>1000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>0.26087</v>
+        <v>2.804348</v>
       </c>
       <c r="Q149">
-        <v>97.76087</v>
+        <v>103.804348</v>
       </c>
       <c r="R149">
-        <v>101.76087</v>
+        <v>104.803348</v>
       </c>
       <c r="S149">
-        <v>97.5</v>
+        <v>101.0</v>
       </c>
       <c r="T149">
-        <v>101.5</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45800.480694444</v>
+        <v>45880.420902778</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="G150">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>12.0</v>
       </c>
       <c r="K150" s="2">
         <v>45432.0</v>
       </c>
       <c r="L150" s="2">
         <v>46527.0</v>
       </c>
       <c r="M150">
         <v>5000</v>
       </c>
       <c r="N150">
         <v>1000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>0.228261</v>
+        <v>2.771739</v>
+      </c>
+      <c r="Q150">
+        <v>103.771739</v>
       </c>
       <c r="R150">
-        <v>102.228261</v>
+        <v>104.770739</v>
+      </c>
+      <c r="S150">
+        <v>101.0</v>
       </c>
       <c r="T150">
-        <v>102.0</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45799.416712963</v>
+        <v>45877.419780093</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="G151">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>12.0</v>
       </c>
       <c r="K151" s="2">
         <v>45432.0</v>
       </c>
       <c r="L151" s="2">
         <v>46527.0</v>
       </c>
       <c r="M151">
         <v>5000</v>
       </c>
       <c r="N151">
         <v>1000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>0.195652</v>
+        <v>2.73913</v>
+      </c>
+      <c r="Q151">
+        <v>103.73913</v>
       </c>
       <c r="R151">
-        <v>102.195652</v>
+        <v>104.73813</v>
+      </c>
+      <c r="S151">
+        <v>101.0</v>
       </c>
       <c r="T151">
-        <v>102.0</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45798.416678241</v>
+        <v>45876.536099537</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="G152">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>12.0</v>
       </c>
       <c r="K152" s="2">
         <v>45432.0</v>
       </c>
       <c r="L152" s="2">
         <v>46527.0</v>
       </c>
       <c r="M152">
         <v>5000</v>
       </c>
       <c r="N152">
         <v>1000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>0.097826</v>
+        <v>2.706522</v>
+      </c>
+      <c r="Q152">
+        <v>103.706522</v>
       </c>
       <c r="R152">
-        <v>102.097826</v>
+        <v>104.705522</v>
+      </c>
+      <c r="S152">
+        <v>101.0</v>
       </c>
       <c r="T152">
-        <v>102.0</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45797.416689815</v>
+        <v>45875.416689815</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="G153">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>12.0</v>
       </c>
       <c r="K153" s="2">
         <v>45432.0</v>
       </c>
       <c r="L153" s="2">
         <v>46527.0</v>
       </c>
       <c r="M153">
         <v>5000</v>
       </c>
       <c r="N153">
         <v>1000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>0.065217</v>
+        <v>2.608696</v>
+      </c>
+      <c r="Q153">
+        <v>103.608696</v>
       </c>
       <c r="R153">
-        <v>102.065217</v>
+        <v>104.608696</v>
+      </c>
+      <c r="S153">
+        <v>101.0</v>
       </c>
       <c r="T153">
         <v>102.0</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45796.416782407</v>
+        <v>45874.416689815</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="G154">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>12.0</v>
       </c>
       <c r="K154" s="2">
         <v>45432.0</v>
       </c>
       <c r="L154" s="2">
         <v>46527.0</v>
       </c>
       <c r="M154">
         <v>5000</v>
       </c>
       <c r="N154">
         <v>1000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>0.032609</v>
+        <v>2.576087</v>
+      </c>
+      <c r="Q154">
+        <v>103.576087</v>
       </c>
       <c r="R154">
-        <v>102.032609</v>
+        <v>104.576087</v>
+      </c>
+      <c r="S154">
+        <v>101.0</v>
       </c>
       <c r="T154">
         <v>102.0</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45793.516863426</v>
+        <v>45873.416701389</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="G155">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>12.0</v>
       </c>
       <c r="K155" s="2">
         <v>45432.0</v>
       </c>
       <c r="L155" s="2">
         <v>46527.0</v>
       </c>
       <c r="M155">
         <v>5000</v>
       </c>
       <c r="N155">
         <v>1000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
+      <c r="P155">
+        <v>2.543478</v>
+      </c>
+      <c r="Q155">
+        <v>103.543478</v>
+      </c>
       <c r="R155">
+        <v>104.543478</v>
+      </c>
+      <c r="S155">
+        <v>101.0</v>
+      </c>
+      <c r="T155">
         <v>102.0</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
-        <v>45792.481053241</v>
+        <v>45870.416678241</v>
       </c>
       <c r="B156" t="s">
         <v>24</v>
       </c>
       <c r="C156" t="s">
         <v>25</v>
       </c>
       <c r="D156" t="s">
         <v>26</v>
       </c>
       <c r="E156" t="s">
         <v>27</v>
       </c>
       <c r="G156">
-        <v>101.865169</v>
+        <v>104.380435</v>
       </c>
       <c r="I156" t="s">
         <v>28</v>
       </c>
       <c r="J156">
         <v>12.0</v>
       </c>
       <c r="K156" s="2">
         <v>45432.0</v>
       </c>
       <c r="L156" s="2">
         <v>46527.0</v>
       </c>
       <c r="M156">
         <v>5000</v>
       </c>
       <c r="N156">
         <v>1000.0</v>
       </c>
       <c r="O156" t="s">
         <v>28</v>
       </c>
       <c r="P156">
-        <v>-0.033708</v>
+        <v>2.51087</v>
       </c>
       <c r="Q156">
-        <v>98.966292</v>
+        <v>103.51087</v>
       </c>
       <c r="R156">
-        <v>101.966292</v>
+        <v>104.51087</v>
       </c>
       <c r="S156">
-        <v>99.0</v>
+        <v>101.0</v>
       </c>
       <c r="T156">
         <v>102.0</v>
       </c>
     </row>
     <row r="157" spans="1:24">
       <c r="A157" s="2">
-        <v>45791.613703704</v>
+        <v>45869.416678241</v>
       </c>
       <c r="B157" t="s">
         <v>24</v>
       </c>
       <c r="C157" t="s">
         <v>25</v>
       </c>
       <c r="D157" t="s">
         <v>26</v>
       </c>
       <c r="E157" t="s">
         <v>27</v>
       </c>
-      <c r="F157">
-[...1 lines deleted...]
-      </c>
       <c r="G157">
-        <v>101.865169</v>
-[...2 lines deleted...]
-        <v>10186.5169</v>
+        <v>104.380435</v>
       </c>
       <c r="I157" t="s">
         <v>28</v>
       </c>
       <c r="J157">
         <v>12.0</v>
       </c>
       <c r="K157" s="2">
         <v>45432.0</v>
       </c>
       <c r="L157" s="2">
         <v>46527.0</v>
       </c>
       <c r="M157">
         <v>5000</v>
       </c>
       <c r="N157">
         <v>1000.0</v>
       </c>
       <c r="O157" t="s">
         <v>28</v>
       </c>
       <c r="P157">
-        <v>-0.134831</v>
+        <v>2.478261</v>
       </c>
       <c r="Q157">
-        <v>98.865169</v>
+        <v>103.478261</v>
       </c>
       <c r="R157">
-        <v>101.865169</v>
+        <v>104.478261</v>
       </c>
       <c r="S157">
-        <v>99.0</v>
+        <v>101.0</v>
       </c>
       <c r="T157">
         <v>102.0</v>
       </c>
-      <c r="X157">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="158" spans="1:24">
       <c r="A158" s="2">
-        <v>45790.596469907</v>
+        <v>45868.529988426</v>
       </c>
       <c r="B158" t="s">
         <v>24</v>
       </c>
       <c r="C158" t="s">
         <v>25</v>
       </c>
       <c r="D158" t="s">
         <v>26</v>
       </c>
       <c r="E158" t="s">
         <v>27</v>
       </c>
       <c r="F158">
-        <v>0.03</v>
+        <v>0.56</v>
       </c>
       <c r="G158">
-        <v>104.831461</v>
+        <v>104.380435</v>
       </c>
       <c r="H158">
-        <v>15724.71915</v>
+        <v>2087.60869</v>
       </c>
       <c r="I158" t="s">
         <v>28</v>
       </c>
       <c r="J158">
         <v>12.0</v>
       </c>
       <c r="K158" s="2">
         <v>45432.0</v>
       </c>
       <c r="L158" s="2">
         <v>46527.0</v>
       </c>
       <c r="M158">
         <v>5000</v>
       </c>
       <c r="N158">
         <v>1000.0</v>
       </c>
       <c r="O158" t="s">
         <v>28</v>
       </c>
       <c r="P158">
-        <v>2.831461</v>
+        <v>2.380435</v>
+      </c>
+      <c r="Q158">
+        <v>103.380435</v>
       </c>
       <c r="R158">
-        <v>104.831461</v>
+        <v>104.380435</v>
+      </c>
+      <c r="S158">
+        <v>101.0</v>
       </c>
       <c r="T158">
         <v>102.0</v>
       </c>
       <c r="X158">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:24">
       <c r="A159" s="2">
-        <v>45789.485555556</v>
+        <v>45867.635810185</v>
       </c>
       <c r="B159" t="s">
         <v>24</v>
       </c>
       <c r="C159" t="s">
         <v>25</v>
       </c>
       <c r="D159" t="s">
         <v>26</v>
       </c>
       <c r="E159" t="s">
         <v>27</v>
       </c>
-      <c r="F159">
-[...1 lines deleted...]
-      </c>
       <c r="G159">
-        <v>104.797753</v>
-[...2 lines deleted...]
-        <v>15677.70789</v>
+        <v>103.8</v>
       </c>
       <c r="I159" t="s">
         <v>28</v>
       </c>
       <c r="J159">
         <v>12.0</v>
       </c>
       <c r="K159" s="2">
         <v>45432.0</v>
       </c>
       <c r="L159" s="2">
         <v>46527.0</v>
       </c>
       <c r="M159">
         <v>5000</v>
       </c>
       <c r="N159">
         <v>1000.0</v>
       </c>
       <c r="O159" t="s">
         <v>28</v>
       </c>
       <c r="P159">
-        <v>2.797753</v>
+        <v>2.347826</v>
+      </c>
+      <c r="Q159">
+        <v>102.347826</v>
       </c>
       <c r="R159">
-        <v>104.797753</v>
+        <v>104.347826</v>
+      </c>
+      <c r="S159">
+        <v>100.0</v>
       </c>
       <c r="T159">
         <v>102.0</v>
       </c>
-      <c r="X159">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="160" spans="1:24">
       <c r="A160" s="2">
-        <v>45786.416678241</v>
+        <v>45866.41818287</v>
       </c>
       <c r="B160" t="s">
         <v>24</v>
       </c>
       <c r="C160" t="s">
         <v>25</v>
       </c>
       <c r="D160" t="s">
         <v>26</v>
       </c>
       <c r="E160" t="s">
         <v>27</v>
       </c>
       <c r="G160">
-        <v>104.629213</v>
+        <v>103.8</v>
       </c>
       <c r="I160" t="s">
         <v>28</v>
       </c>
       <c r="J160">
         <v>12.0</v>
       </c>
       <c r="K160" s="2">
         <v>45432.0</v>
       </c>
       <c r="L160" s="2">
         <v>46527.0</v>
       </c>
       <c r="M160">
         <v>5000</v>
       </c>
       <c r="N160">
         <v>1000.0</v>
       </c>
       <c r="O160" t="s">
         <v>28</v>
       </c>
       <c r="P160">
-        <v>2.764045</v>
+        <v>2.315217</v>
       </c>
       <c r="Q160">
-        <v>102.764045</v>
+        <v>102.316217</v>
       </c>
       <c r="R160">
-        <v>104.764045</v>
+        <v>105.315217</v>
       </c>
       <c r="S160">
-        <v>100.0</v>
+        <v>100.001</v>
       </c>
       <c r="T160">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="161" spans="1:24">
       <c r="A161" s="2">
-        <v>45785.416793981</v>
+        <v>45863.587997685</v>
       </c>
       <c r="B161" t="s">
         <v>24</v>
       </c>
       <c r="C161" t="s">
         <v>25</v>
       </c>
       <c r="D161" t="s">
         <v>26</v>
       </c>
       <c r="E161" t="s">
         <v>27</v>
       </c>
       <c r="G161">
-        <v>104.629213</v>
+        <v>103.8</v>
       </c>
       <c r="I161" t="s">
         <v>28</v>
       </c>
       <c r="J161">
         <v>12.0</v>
       </c>
       <c r="K161" s="2">
         <v>45432.0</v>
       </c>
       <c r="L161" s="2">
         <v>46527.0</v>
       </c>
       <c r="M161">
         <v>5000</v>
       </c>
       <c r="N161">
         <v>1000.0</v>
       </c>
       <c r="O161" t="s">
         <v>28</v>
       </c>
       <c r="P161">
-        <v>2.730337</v>
+        <v>2.282609</v>
       </c>
       <c r="Q161">
-        <v>102.730337</v>
+        <v>102.283609</v>
       </c>
       <c r="R161">
-        <v>104.730337</v>
+        <v>105.282609</v>
       </c>
       <c r="S161">
-        <v>100.0</v>
+        <v>100.001</v>
       </c>
       <c r="T161">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="162" spans="1:24">
       <c r="A162" s="2">
-        <v>45784.641840278</v>
+        <v>45862.430821759</v>
       </c>
       <c r="B162" t="s">
         <v>24</v>
       </c>
       <c r="C162" t="s">
         <v>25</v>
       </c>
       <c r="D162" t="s">
         <v>26</v>
       </c>
       <c r="E162" t="s">
         <v>27</v>
       </c>
-      <c r="F162">
-[...1 lines deleted...]
-      </c>
       <c r="G162">
-        <v>104.629213</v>
-[...2 lines deleted...]
-        <v>1046.29213</v>
+        <v>103.8</v>
       </c>
       <c r="I162" t="s">
         <v>28</v>
       </c>
       <c r="J162">
         <v>12.0</v>
       </c>
       <c r="K162" s="2">
         <v>45432.0</v>
       </c>
       <c r="L162" s="2">
         <v>46527.0</v>
       </c>
       <c r="M162">
         <v>5000</v>
       </c>
       <c r="N162">
         <v>1000.0</v>
       </c>
       <c r="O162" t="s">
         <v>28</v>
       </c>
       <c r="P162">
-        <v>2.629213</v>
+        <v>2.25</v>
       </c>
       <c r="Q162">
-        <v>102.629213</v>
+        <v>102.251</v>
       </c>
       <c r="R162">
-        <v>104.629213</v>
+        <v>105.15</v>
       </c>
       <c r="S162">
-        <v>100.0</v>
+        <v>100.001</v>
       </c>
       <c r="T162">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.9</v>
       </c>
     </row>
     <row r="163" spans="1:24">
       <c r="A163" s="2">
-        <v>45783.57630787</v>
+        <v>45861.426956019</v>
       </c>
       <c r="B163" t="s">
         <v>24</v>
       </c>
       <c r="C163" t="s">
         <v>25</v>
       </c>
       <c r="D163" t="s">
         <v>26</v>
       </c>
       <c r="E163" t="s">
         <v>27</v>
       </c>
-      <c r="F163">
-[...1 lines deleted...]
-      </c>
       <c r="G163">
-        <v>104.595506</v>
-[...2 lines deleted...]
-        <v>1045.95506</v>
+        <v>103.8</v>
       </c>
       <c r="I163" t="s">
         <v>28</v>
       </c>
       <c r="J163">
         <v>12.0</v>
       </c>
       <c r="K163" s="2">
         <v>45432.0</v>
       </c>
       <c r="L163" s="2">
         <v>46527.0</v>
       </c>
       <c r="M163">
         <v>5000</v>
       </c>
       <c r="N163">
         <v>1000.0</v>
       </c>
       <c r="O163" t="s">
         <v>28</v>
       </c>
       <c r="P163">
-        <v>2.595506</v>
+        <v>2.152174</v>
       </c>
       <c r="Q163">
-        <v>100.595506</v>
+        <v>102.153174</v>
       </c>
       <c r="R163">
-        <v>104.595506</v>
+        <v>105.052174</v>
       </c>
       <c r="S163">
-        <v>98.0</v>
+        <v>100.001</v>
       </c>
       <c r="T163">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.9</v>
       </c>
     </row>
     <row r="164" spans="1:24">
       <c r="A164" s="2">
-        <v>45782.451793981</v>
+        <v>45860.426087963</v>
       </c>
       <c r="B164" t="s">
         <v>24</v>
       </c>
       <c r="C164" t="s">
         <v>25</v>
       </c>
       <c r="D164" t="s">
         <v>26</v>
       </c>
       <c r="E164" t="s">
         <v>27</v>
       </c>
-      <c r="F164">
-[...1 lines deleted...]
-      </c>
       <c r="G164">
-        <v>104.561798</v>
-[...2 lines deleted...]
-        <v>4182.47192</v>
+        <v>103.8</v>
       </c>
       <c r="I164" t="s">
         <v>28</v>
       </c>
       <c r="J164">
         <v>12.0</v>
       </c>
       <c r="K164" s="2">
         <v>45432.0</v>
       </c>
       <c r="L164" s="2">
         <v>46527.0</v>
       </c>
       <c r="M164">
         <v>5000</v>
       </c>
       <c r="N164">
         <v>1000.0</v>
       </c>
       <c r="O164" t="s">
         <v>28</v>
       </c>
       <c r="P164">
-        <v>2.561798</v>
+        <v>2.119565</v>
       </c>
       <c r="Q164">
-        <v>102.0</v>
+        <v>102.120565</v>
       </c>
       <c r="R164">
-        <v>104.561798</v>
+        <v>105.119565</v>
       </c>
       <c r="S164">
-        <v>99.438202</v>
+        <v>100.001</v>
       </c>
       <c r="T164">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="165" spans="1:24">
       <c r="A165" s="2">
-        <v>45779.460694444</v>
+        <v>45859.440231481</v>
       </c>
       <c r="B165" t="s">
         <v>24</v>
       </c>
       <c r="C165" t="s">
         <v>25</v>
       </c>
       <c r="D165" t="s">
         <v>26</v>
       </c>
       <c r="E165" t="s">
         <v>27</v>
       </c>
       <c r="G165">
-        <v>102.089888</v>
+        <v>103.8</v>
       </c>
       <c r="I165" t="s">
         <v>28</v>
       </c>
       <c r="J165">
         <v>12.0</v>
       </c>
       <c r="K165" s="2">
         <v>45432.0</v>
       </c>
       <c r="L165" s="2">
         <v>46527.0</v>
       </c>
       <c r="M165">
         <v>5000</v>
       </c>
       <c r="N165">
         <v>1000.0</v>
       </c>
       <c r="O165" t="s">
         <v>28</v>
       </c>
       <c r="P165">
-        <v>2.52809</v>
+        <v>2.086957</v>
       </c>
       <c r="Q165">
-        <v>97.52809</v>
+        <v>102.087957</v>
       </c>
       <c r="R165">
-        <v>104.52809</v>
+        <v>105.086957</v>
       </c>
       <c r="S165">
-        <v>95.0</v>
+        <v>100.001</v>
       </c>
       <c r="T165">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="166" spans="1:24">
       <c r="A166" s="2">
-        <v>45777.416898148</v>
+        <v>45856.43005787</v>
       </c>
       <c r="B166" t="s">
         <v>24</v>
       </c>
       <c r="C166" t="s">
         <v>25</v>
       </c>
       <c r="D166" t="s">
         <v>26</v>
       </c>
       <c r="E166" t="s">
         <v>27</v>
       </c>
       <c r="G166">
-        <v>102.089888</v>
+        <v>103.8</v>
       </c>
       <c r="I166" t="s">
         <v>28</v>
       </c>
       <c r="J166">
         <v>12.0</v>
       </c>
       <c r="K166" s="2">
         <v>45432.0</v>
       </c>
       <c r="L166" s="2">
         <v>46527.0</v>
       </c>
       <c r="M166">
         <v>5000</v>
       </c>
       <c r="N166">
         <v>1000.0</v>
       </c>
       <c r="O166" t="s">
         <v>28</v>
       </c>
       <c r="P166">
-        <v>2.494382</v>
+        <v>2.054348</v>
+      </c>
+      <c r="Q166">
+        <v>102.054348</v>
       </c>
       <c r="R166">
-        <v>104.494382</v>
+        <v>105.054348</v>
+      </c>
+      <c r="S166">
+        <v>100.0</v>
       </c>
       <c r="T166">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="167" spans="1:24">
       <c r="A167" s="2">
-        <v>45776.428287037</v>
+        <v>45855.560717593</v>
       </c>
       <c r="B167" t="s">
         <v>24</v>
       </c>
       <c r="C167" t="s">
         <v>25</v>
       </c>
       <c r="D167" t="s">
         <v>26</v>
       </c>
       <c r="E167" t="s">
         <v>27</v>
       </c>
       <c r="G167">
-        <v>102.089888</v>
+        <v>103.8</v>
       </c>
       <c r="I167" t="s">
         <v>28</v>
       </c>
       <c r="J167">
         <v>12.0</v>
       </c>
       <c r="K167" s="2">
         <v>45432.0</v>
       </c>
       <c r="L167" s="2">
         <v>46527.0</v>
       </c>
       <c r="M167">
         <v>5000</v>
       </c>
       <c r="N167">
         <v>1000.0</v>
       </c>
       <c r="O167" t="s">
         <v>28</v>
       </c>
       <c r="P167">
-        <v>2.393258</v>
+        <v>2.021739</v>
       </c>
       <c r="Q167">
-        <v>101.393258</v>
+        <v>102.021739</v>
       </c>
       <c r="R167">
-        <v>104.393258</v>
+        <v>105.021739</v>
       </c>
       <c r="S167">
-        <v>99.0</v>
+        <v>100.0</v>
       </c>
       <c r="T167">
-        <v>102.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="168" spans="1:24">
       <c r="A168" s="2">
-        <v>45775.493912037</v>
+        <v>45854.600428241</v>
       </c>
       <c r="B168" t="s">
         <v>24</v>
       </c>
       <c r="C168" t="s">
         <v>25</v>
       </c>
       <c r="D168" t="s">
         <v>26</v>
       </c>
       <c r="E168" t="s">
         <v>27</v>
       </c>
       <c r="G168">
-        <v>102.089888</v>
+        <v>103.8</v>
       </c>
       <c r="I168" t="s">
         <v>28</v>
       </c>
       <c r="J168">
         <v>12.0</v>
       </c>
       <c r="K168" s="2">
         <v>45432.0</v>
       </c>
       <c r="L168" s="2">
         <v>46527.0</v>
       </c>
       <c r="M168">
         <v>5000</v>
       </c>
       <c r="N168">
         <v>1000.0</v>
       </c>
       <c r="O168" t="s">
         <v>28</v>
       </c>
       <c r="P168">
-        <v>2.325843</v>
+        <v>1.923913</v>
       </c>
       <c r="Q168">
-        <v>101.425843</v>
+        <v>101.923913</v>
       </c>
       <c r="R168">
-        <v>104.325843</v>
+        <v>105.423913</v>
       </c>
       <c r="S168">
-        <v>99.1</v>
+        <v>100.0</v>
       </c>
       <c r="T168">
-        <v>102.0</v>
+        <v>103.5</v>
       </c>
     </row>
     <row r="169" spans="1:24">
       <c r="A169" s="2">
-        <v>45772.502986111</v>
+        <v>45853.609131944</v>
       </c>
       <c r="B169" t="s">
         <v>24</v>
       </c>
       <c r="C169" t="s">
         <v>25</v>
       </c>
       <c r="D169" t="s">
         <v>26</v>
       </c>
       <c r="E169" t="s">
         <v>27</v>
       </c>
+      <c r="F169">
+        <v>0.02</v>
+      </c>
       <c r="G169">
-        <v>102.089888</v>
+        <v>103.8</v>
+      </c>
+      <c r="H169">
+        <v>10380.0</v>
       </c>
       <c r="I169" t="s">
         <v>28</v>
       </c>
       <c r="J169">
         <v>12.0</v>
       </c>
       <c r="K169" s="2">
         <v>45432.0</v>
       </c>
       <c r="L169" s="2">
         <v>46527.0</v>
       </c>
       <c r="M169">
         <v>5000</v>
       </c>
       <c r="N169">
         <v>1000.0</v>
       </c>
       <c r="O169" t="s">
         <v>28</v>
       </c>
       <c r="P169">
-        <v>2.292135</v>
+        <v>1.891304</v>
       </c>
       <c r="Q169">
-        <v>102.292135</v>
+        <v>105.076</v>
       </c>
       <c r="R169">
-        <v>104.292135</v>
+        <v>105.890304</v>
       </c>
       <c r="S169">
-        <v>100.0</v>
+        <v>103.184696</v>
       </c>
       <c r="T169">
-        <v>102.0</v>
+        <v>103.999</v>
+      </c>
+      <c r="X169">
+        <v>1</v>
       </c>
     </row>
     <row r="170" spans="1:24">
       <c r="A170" s="2">
-        <v>45771.483414352</v>
+        <v>45852.418738426</v>
       </c>
       <c r="B170" t="s">
         <v>24</v>
       </c>
       <c r="C170" t="s">
         <v>25</v>
       </c>
       <c r="D170" t="s">
         <v>26</v>
       </c>
       <c r="E170" t="s">
         <v>27</v>
       </c>
       <c r="G170">
-        <v>102.089888</v>
+        <v>103.779478</v>
       </c>
       <c r="I170" t="s">
         <v>28</v>
       </c>
       <c r="J170">
         <v>12.0</v>
       </c>
       <c r="K170" s="2">
         <v>45432.0</v>
       </c>
       <c r="L170" s="2">
         <v>46527.0</v>
       </c>
       <c r="M170">
         <v>5000</v>
       </c>
       <c r="N170">
         <v>1000.0</v>
       </c>
       <c r="O170" t="s">
         <v>28</v>
       </c>
       <c r="P170">
-        <v>2.258427</v>
+        <v>1.858696</v>
       </c>
       <c r="Q170">
-        <v>102.258427</v>
+        <v>103.8</v>
       </c>
       <c r="R170">
-        <v>104.758427</v>
+        <v>103.858696</v>
       </c>
       <c r="S170">
-        <v>100.0</v>
+        <v>101.941304</v>
       </c>
       <c r="T170">
-        <v>102.5</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="171" spans="1:24">
       <c r="A171" s="2">
-        <v>45770.54568287</v>
+        <v>45849.62712963</v>
       </c>
       <c r="B171" t="s">
         <v>24</v>
       </c>
       <c r="C171" t="s">
         <v>25</v>
       </c>
       <c r="D171" t="s">
         <v>26</v>
       </c>
       <c r="E171" t="s">
         <v>27</v>
       </c>
       <c r="G171">
-        <v>102.089888</v>
+        <v>103.779478</v>
       </c>
       <c r="I171" t="s">
         <v>28</v>
       </c>
       <c r="J171">
         <v>12.0</v>
       </c>
       <c r="K171" s="2">
         <v>45432.0</v>
       </c>
       <c r="L171" s="2">
         <v>46527.0</v>
       </c>
       <c r="M171">
         <v>5000</v>
       </c>
       <c r="N171">
         <v>1000.0</v>
       </c>
       <c r="O171" t="s">
         <v>28</v>
       </c>
       <c r="P171">
-        <v>2.157303</v>
+        <v>1.826087</v>
       </c>
       <c r="Q171">
-        <v>101.157303</v>
+        <v>100.0</v>
       </c>
       <c r="R171">
-        <v>104.657303</v>
+        <v>103.826087</v>
       </c>
       <c r="S171">
-        <v>99.0</v>
+        <v>98.173913</v>
       </c>
       <c r="T171">
-        <v>102.5</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="172" spans="1:24">
       <c r="A172" s="2">
-        <v>45769.508391204</v>
+        <v>45848.589224537</v>
       </c>
       <c r="B172" t="s">
         <v>24</v>
       </c>
       <c r="C172" t="s">
         <v>25</v>
       </c>
       <c r="D172" t="s">
         <v>26</v>
       </c>
       <c r="E172" t="s">
         <v>27</v>
       </c>
+      <c r="F172">
+        <v>1.58</v>
+      </c>
       <c r="G172">
-        <v>102.089888</v>
+        <v>103.779478</v>
+      </c>
+      <c r="H172">
+        <v>8303.05824</v>
       </c>
       <c r="I172" t="s">
         <v>28</v>
       </c>
       <c r="J172">
         <v>12.0</v>
       </c>
       <c r="K172" s="2">
         <v>45432.0</v>
       </c>
       <c r="L172" s="2">
         <v>46527.0</v>
       </c>
       <c r="M172">
         <v>5000</v>
       </c>
       <c r="N172">
         <v>1000.0</v>
       </c>
       <c r="O172" t="s">
         <v>28</v>
       </c>
       <c r="P172">
-        <v>2.123596</v>
+        <v>1.793478</v>
       </c>
       <c r="Q172">
-        <v>101.123596</v>
+        <v>102.593478</v>
       </c>
       <c r="R172">
-        <v>104.623596</v>
+        <v>103.793478</v>
       </c>
       <c r="S172">
-        <v>99.0</v>
+        <v>100.8</v>
       </c>
       <c r="T172">
-        <v>102.5</v>
+        <v>102.0</v>
+      </c>
+      <c r="X172">
+        <v>2</v>
       </c>
     </row>
     <row r="173" spans="1:24">
       <c r="A173" s="2">
-        <v>45764.530243056</v>
+        <v>45847.506365741</v>
       </c>
       <c r="B173" t="s">
         <v>24</v>
       </c>
       <c r="C173" t="s">
         <v>25</v>
       </c>
       <c r="D173" t="s">
         <v>26</v>
       </c>
       <c r="E173" t="s">
         <v>27</v>
       </c>
-      <c r="F173">
-[...1 lines deleted...]
-      </c>
       <c r="G173">
-        <v>102.089888</v>
-[...2 lines deleted...]
-        <v>1020.89888</v>
+        <v>102.163043</v>
       </c>
       <c r="I173" t="s">
         <v>28</v>
       </c>
       <c r="J173">
         <v>12.0</v>
       </c>
       <c r="K173" s="2">
         <v>45432.0</v>
       </c>
       <c r="L173" s="2">
         <v>46527.0</v>
       </c>
       <c r="M173">
         <v>5000</v>
       </c>
       <c r="N173">
         <v>1000.0</v>
       </c>
       <c r="O173" t="s">
         <v>28</v>
       </c>
       <c r="P173">
-        <v>2.089888</v>
+        <v>1.695652</v>
       </c>
       <c r="Q173">
-        <v>102.089888</v>
+        <v>102.695652</v>
       </c>
       <c r="R173">
-        <v>104.589888</v>
+        <v>103.695652</v>
       </c>
       <c r="S173">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T173">
-        <v>102.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="174" spans="1:24">
       <c r="A174" s="2">
-        <v>45763.4709375</v>
+        <v>45846.589224537</v>
       </c>
       <c r="B174" t="s">
         <v>24</v>
       </c>
       <c r="C174" t="s">
         <v>25</v>
       </c>
       <c r="D174" t="s">
         <v>26</v>
       </c>
       <c r="E174" t="s">
         <v>27</v>
       </c>
+      <c r="F174">
+        <v>-1.26</v>
+      </c>
       <c r="G174">
-        <v>104.685393</v>
+        <v>102.163043</v>
+      </c>
+      <c r="H174">
+        <v>2048.26086</v>
       </c>
       <c r="I174" t="s">
         <v>28</v>
       </c>
       <c r="J174">
         <v>12.0</v>
       </c>
       <c r="K174" s="2">
         <v>45432.0</v>
       </c>
       <c r="L174" s="2">
         <v>46527.0</v>
       </c>
       <c r="M174">
         <v>5000</v>
       </c>
       <c r="N174">
         <v>1000.0</v>
       </c>
       <c r="O174" t="s">
         <v>28</v>
       </c>
       <c r="P174">
-        <v>2.05618</v>
+        <v>1.663043</v>
       </c>
       <c r="Q174">
-        <v>102.05618</v>
+        <v>101.663043</v>
       </c>
       <c r="R174">
-        <v>104.55618</v>
+        <v>103.663043</v>
       </c>
       <c r="S174">
         <v>100.0</v>
       </c>
       <c r="T174">
-        <v>102.5</v>
+        <v>102.0</v>
+      </c>
+      <c r="X174">
+        <v>2</v>
       </c>
     </row>
     <row r="175" spans="1:24">
       <c r="A175" s="2">
-        <v>45762.488981481</v>
+        <v>45845.633101852</v>
       </c>
       <c r="B175" t="s">
         <v>24</v>
       </c>
       <c r="C175" t="s">
         <v>25</v>
       </c>
       <c r="D175" t="s">
         <v>26</v>
       </c>
       <c r="E175" t="s">
         <v>27</v>
       </c>
       <c r="G175">
-        <v>104.685393</v>
+        <v>103.467391</v>
       </c>
       <c r="I175" t="s">
         <v>28</v>
       </c>
       <c r="J175">
         <v>12.0</v>
       </c>
       <c r="K175" s="2">
         <v>45432.0</v>
       </c>
       <c r="L175" s="2">
         <v>46527.0</v>
       </c>
       <c r="M175">
         <v>5000</v>
       </c>
       <c r="N175">
         <v>1000.0</v>
       </c>
       <c r="O175" t="s">
         <v>28</v>
       </c>
       <c r="P175">
-        <v>1.88764</v>
+        <v>1.630435</v>
       </c>
       <c r="Q175">
-        <v>101.88764</v>
+        <v>102.630435</v>
       </c>
       <c r="R175">
-        <v>104.88764</v>
+        <v>106.130435</v>
       </c>
       <c r="S175">
-        <v>100.0</v>
+        <v>101.0</v>
       </c>
       <c r="T175">
-        <v>103.0</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="176" spans="1:24">
       <c r="A176" s="2">
-        <v>45761.530636574</v>
+        <v>45842.584490741</v>
       </c>
       <c r="B176" t="s">
         <v>24</v>
       </c>
       <c r="C176" t="s">
         <v>25</v>
       </c>
       <c r="D176" t="s">
         <v>26</v>
       </c>
       <c r="E176" t="s">
         <v>27</v>
       </c>
       <c r="G176">
-        <v>104.685393</v>
+        <v>103.467391</v>
       </c>
       <c r="I176" t="s">
         <v>28</v>
       </c>
       <c r="J176">
         <v>12.0</v>
       </c>
       <c r="K176" s="2">
         <v>45432.0</v>
       </c>
       <c r="L176" s="2">
         <v>46527.0</v>
       </c>
       <c r="M176">
         <v>5000</v>
       </c>
       <c r="N176">
         <v>1000.0</v>
       </c>
       <c r="O176" t="s">
         <v>28</v>
       </c>
       <c r="P176">
-        <v>1.853933</v>
+        <v>1.597826</v>
       </c>
       <c r="Q176">
-        <v>104.0</v>
+        <v>102.597826</v>
       </c>
       <c r="R176">
-        <v>104.853933</v>
+        <v>103.565217</v>
       </c>
       <c r="S176">
-        <v>102.146067</v>
+        <v>101.0</v>
       </c>
       <c r="T176">
-        <v>103.0</v>
+        <v>101.967391</v>
       </c>
     </row>
     <row r="177" spans="1:24">
       <c r="A177" s="2">
-        <v>45758.602592593</v>
+        <v>45841.641909722</v>
       </c>
       <c r="B177" t="s">
         <v>24</v>
       </c>
       <c r="C177" t="s">
         <v>25</v>
       </c>
       <c r="D177" t="s">
         <v>26</v>
       </c>
       <c r="E177" t="s">
         <v>27</v>
       </c>
       <c r="G177">
-        <v>104.685393</v>
+        <v>103.467391</v>
       </c>
       <c r="I177" t="s">
         <v>28</v>
       </c>
       <c r="J177">
         <v>12.0</v>
       </c>
       <c r="K177" s="2">
         <v>45432.0</v>
       </c>
       <c r="L177" s="2">
         <v>46527.0</v>
       </c>
       <c r="M177">
         <v>5000</v>
       </c>
       <c r="N177">
         <v>1000.0</v>
       </c>
       <c r="O177" t="s">
         <v>28</v>
       </c>
       <c r="P177">
-        <v>1.820225</v>
+        <v>1.565217</v>
       </c>
       <c r="Q177">
-        <v>101.820225</v>
+        <v>102.56</v>
       </c>
       <c r="R177">
-        <v>104.820225</v>
+        <v>104.065217</v>
       </c>
       <c r="S177">
-        <v>100.0</v>
+        <v>100.994783</v>
       </c>
       <c r="T177">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="178" spans="1:24">
       <c r="A178" s="2">
-        <v>45757.550613426</v>
+        <v>45840.516909722</v>
       </c>
       <c r="B178" t="s">
         <v>24</v>
       </c>
       <c r="C178" t="s">
         <v>25</v>
       </c>
       <c r="D178" t="s">
         <v>26</v>
       </c>
       <c r="E178" t="s">
         <v>27</v>
       </c>
+      <c r="F178">
+        <v>1.01</v>
+      </c>
       <c r="G178">
-        <v>104.685393</v>
+        <v>103.467391</v>
+      </c>
+      <c r="H178">
+        <v>2069.34782</v>
       </c>
       <c r="I178" t="s">
         <v>28</v>
       </c>
       <c r="J178">
         <v>12.0</v>
       </c>
       <c r="K178" s="2">
         <v>45432.0</v>
       </c>
       <c r="L178" s="2">
         <v>46527.0</v>
       </c>
       <c r="M178">
         <v>5000</v>
       </c>
       <c r="N178">
         <v>1000.0</v>
       </c>
       <c r="O178" t="s">
         <v>28</v>
       </c>
       <c r="P178">
-        <v>1.786517</v>
+        <v>1.467391</v>
       </c>
       <c r="Q178">
-        <v>101.0</v>
+        <v>101.467391</v>
       </c>
       <c r="R178">
-        <v>104.786517</v>
+        <v>104.467391</v>
       </c>
       <c r="S178">
-        <v>99.213483</v>
+        <v>100.0</v>
       </c>
       <c r="T178">
         <v>103.0</v>
       </c>
+      <c r="X178">
+        <v>1</v>
+      </c>
     </row>
     <row r="179" spans="1:24">
       <c r="A179" s="2">
-        <v>45756.53650463</v>
+        <v>45839.624930556</v>
       </c>
       <c r="B179" t="s">
         <v>24</v>
       </c>
       <c r="C179" t="s">
         <v>25</v>
       </c>
       <c r="D179" t="s">
         <v>26</v>
       </c>
       <c r="E179" t="s">
         <v>27</v>
       </c>
       <c r="F179">
-        <v>1.81</v>
+        <v>0.29</v>
       </c>
       <c r="G179">
-        <v>104.685393</v>
+        <v>102.434783</v>
       </c>
       <c r="H179">
-        <v>2083.70786</v>
+        <v>3073.04349</v>
       </c>
       <c r="I179" t="s">
         <v>28</v>
       </c>
       <c r="J179">
         <v>12.0</v>
       </c>
       <c r="K179" s="2">
         <v>45432.0</v>
       </c>
       <c r="L179" s="2">
         <v>46527.0</v>
       </c>
       <c r="M179">
         <v>5000</v>
       </c>
       <c r="N179">
         <v>1000.0</v>
       </c>
       <c r="O179" t="s">
         <v>28</v>
       </c>
       <c r="P179">
-        <v>1.685393</v>
+        <v>1.434783</v>
+      </c>
+      <c r="Q179">
+        <v>101.434783</v>
       </c>
       <c r="R179">
-        <v>104.685393</v>
+        <v>105.334783</v>
+      </c>
+      <c r="S179">
+        <v>100.0</v>
       </c>
       <c r="T179">
-        <v>103.0</v>
+        <v>103.9</v>
       </c>
       <c r="X179">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="180" spans="1:24">
       <c r="A180" s="2">
-        <v>45755.417037037</v>
+        <v>45838.438530093</v>
       </c>
       <c r="B180" t="s">
         <v>24</v>
       </c>
       <c r="C180" t="s">
         <v>25</v>
       </c>
       <c r="D180" t="s">
         <v>26</v>
       </c>
       <c r="E180" t="s">
         <v>27</v>
       </c>
       <c r="G180">
-        <v>102.819438</v>
+        <v>102.141304</v>
       </c>
       <c r="I180" t="s">
         <v>28</v>
       </c>
       <c r="J180">
         <v>12.0</v>
       </c>
       <c r="K180" s="2">
         <v>45432.0</v>
       </c>
       <c r="L180" s="2">
         <v>46527.0</v>
       </c>
       <c r="M180">
         <v>5000</v>
       </c>
       <c r="N180">
         <v>1000.0</v>
       </c>
       <c r="O180" t="s">
         <v>28</v>
       </c>
       <c r="P180">
-        <v>1.651685</v>
+        <v>1.402174</v>
+      </c>
+      <c r="Q180">
+        <v>102.402174</v>
       </c>
       <c r="R180">
-        <v>103.651685</v>
+        <v>106.402174</v>
+      </c>
+      <c r="S180">
+        <v>101.0</v>
       </c>
       <c r="T180">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="181" spans="1:24">
       <c r="A181" s="2">
-        <v>45754.447476852</v>
+        <v>45835.502303241</v>
       </c>
       <c r="B181" t="s">
         <v>24</v>
       </c>
       <c r="C181" t="s">
         <v>25</v>
       </c>
       <c r="D181" t="s">
         <v>26</v>
       </c>
       <c r="E181" t="s">
         <v>27</v>
       </c>
       <c r="G181">
-        <v>102.819438</v>
+        <v>102.141304</v>
       </c>
       <c r="I181" t="s">
         <v>28</v>
       </c>
       <c r="J181">
         <v>12.0</v>
       </c>
       <c r="K181" s="2">
         <v>45432.0</v>
       </c>
       <c r="L181" s="2">
         <v>46527.0</v>
       </c>
       <c r="M181">
         <v>5000</v>
       </c>
       <c r="N181">
         <v>1000.0</v>
       </c>
       <c r="O181" t="s">
         <v>28</v>
       </c>
       <c r="P181">
-        <v>1.617978</v>
+        <v>1.369565</v>
+      </c>
+      <c r="Q181">
+        <v>102.369565</v>
       </c>
       <c r="R181">
-        <v>103.617978</v>
+        <v>106.369565</v>
+      </c>
+      <c r="S181">
+        <v>101.0</v>
       </c>
       <c r="T181">
-        <v>102.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="182" spans="1:24">
       <c r="A182" s="2">
-        <v>45751.41681713</v>
+        <v>45834.656446759</v>
       </c>
       <c r="B182" t="s">
         <v>24</v>
       </c>
       <c r="C182" t="s">
         <v>25</v>
       </c>
       <c r="D182" t="s">
         <v>26</v>
       </c>
       <c r="E182" t="s">
         <v>27</v>
       </c>
       <c r="G182">
-        <v>102.819438</v>
+        <v>102.141304</v>
       </c>
       <c r="I182" t="s">
         <v>28</v>
       </c>
       <c r="J182">
         <v>12.0</v>
       </c>
       <c r="K182" s="2">
         <v>45432.0</v>
       </c>
       <c r="L182" s="2">
         <v>46527.0</v>
       </c>
       <c r="M182">
         <v>5000</v>
       </c>
       <c r="N182">
         <v>1000.0</v>
       </c>
       <c r="O182" t="s">
         <v>28</v>
       </c>
       <c r="P182">
-        <v>1.58427</v>
+        <v>1.336957</v>
+      </c>
+      <c r="Q182">
+        <v>103.336957</v>
       </c>
       <c r="R182">
-        <v>104.58427</v>
+        <v>106.336957</v>
+      </c>
+      <c r="S182">
+        <v>102.0</v>
       </c>
       <c r="T182">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="183" spans="1:24">
       <c r="A183" s="2">
-        <v>45750.416770833</v>
+        <v>45833.491087963</v>
       </c>
       <c r="B183" t="s">
         <v>24</v>
       </c>
       <c r="C183" t="s">
         <v>25</v>
       </c>
       <c r="D183" t="s">
         <v>26</v>
       </c>
       <c r="E183" t="s">
         <v>27</v>
       </c>
       <c r="G183">
-        <v>102.819438</v>
+        <v>102.141304</v>
       </c>
       <c r="I183" t="s">
         <v>28</v>
       </c>
       <c r="J183">
         <v>12.0</v>
       </c>
       <c r="K183" s="2">
         <v>45432.0</v>
       </c>
       <c r="L183" s="2">
         <v>46527.0</v>
       </c>
       <c r="M183">
         <v>5000</v>
       </c>
       <c r="N183">
         <v>1000.0</v>
       </c>
       <c r="O183" t="s">
         <v>28</v>
       </c>
       <c r="P183">
-        <v>1.58427</v>
+        <v>1.23913</v>
+      </c>
+      <c r="Q183">
+        <v>102.23913</v>
       </c>
       <c r="R183">
-        <v>104.550562</v>
+        <v>106.23913</v>
+      </c>
+      <c r="S183">
+        <v>101.0</v>
       </c>
       <c r="T183">
-        <v>102.966292</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="184" spans="1:24">
       <c r="A184" s="2">
-        <v>45749.483171296</v>
+        <v>45831.515138889</v>
       </c>
       <c r="B184" t="s">
         <v>24</v>
       </c>
       <c r="C184" t="s">
         <v>25</v>
       </c>
       <c r="D184" t="s">
         <v>26</v>
       </c>
       <c r="E184" t="s">
         <v>27</v>
       </c>
-      <c r="F184">
-[...1 lines deleted...]
-      </c>
       <c r="G184">
-        <v>102.819438</v>
-[...2 lines deleted...]
-        <v>1028.19438</v>
+        <v>102.141304</v>
       </c>
       <c r="I184" t="s">
         <v>28</v>
       </c>
       <c r="J184">
         <v>12.0</v>
       </c>
       <c r="K184" s="2">
         <v>45432.0</v>
       </c>
       <c r="L184" s="2">
         <v>46527.0</v>
       </c>
       <c r="M184">
         <v>5000</v>
       </c>
       <c r="N184">
         <v>1000.0</v>
       </c>
       <c r="O184" t="s">
         <v>28</v>
       </c>
       <c r="P184">
-        <v>1.449438</v>
+        <v>1.173913</v>
       </c>
       <c r="R184">
-        <v>104.349438</v>
+        <v>107.053913</v>
       </c>
       <c r="T184">
-        <v>102.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="185" spans="1:24">
       <c r="A185" s="2">
-        <v>45748.597951389</v>
+        <v>45828.625844907</v>
       </c>
       <c r="B185" t="s">
         <v>24</v>
       </c>
       <c r="C185" t="s">
         <v>25</v>
       </c>
       <c r="D185" t="s">
         <v>26</v>
       </c>
       <c r="E185" t="s">
         <v>27</v>
       </c>
+      <c r="F185">
+        <v>-2.18</v>
+      </c>
       <c r="G185">
-        <v>102.76</v>
+        <v>102.141304</v>
+      </c>
+      <c r="H185">
+        <v>1021.41304</v>
       </c>
       <c r="I185" t="s">
         <v>28</v>
       </c>
       <c r="J185">
         <v>12.0</v>
       </c>
       <c r="K185" s="2">
         <v>45432.0</v>
       </c>
       <c r="L185" s="2">
         <v>46527.0</v>
       </c>
       <c r="M185">
         <v>5000</v>
       </c>
       <c r="N185">
         <v>1000.0</v>
       </c>
       <c r="O185" t="s">
         <v>28</v>
       </c>
       <c r="P185">
-        <v>1.41573</v>
+        <v>1.141304</v>
       </c>
       <c r="Q185">
-        <v>94.0</v>
+        <v>102.141304</v>
       </c>
       <c r="R185">
-        <v>102.78573</v>
+        <v>106.141304</v>
       </c>
       <c r="S185">
-        <v>92.58427</v>
+        <v>101.0</v>
       </c>
       <c r="T185">
-        <v>101.37</v>
+        <v>105.0</v>
+      </c>
+      <c r="X185">
+        <v>1</v>
       </c>
     </row>
     <row r="186" spans="1:24">
       <c r="A186" s="2">
-        <v>45747.644837963</v>
+        <v>45827.658958333</v>
       </c>
       <c r="B186" t="s">
         <v>24</v>
       </c>
       <c r="C186" t="s">
         <v>25</v>
       </c>
       <c r="D186" t="s">
         <v>26</v>
       </c>
       <c r="E186" t="s">
         <v>27</v>
       </c>
-      <c r="F186">
-[...1 lines deleted...]
-      </c>
       <c r="G186">
-        <v>102.76</v>
-[...2 lines deleted...]
-        <v>1027.6</v>
+        <v>104.413043</v>
       </c>
       <c r="I186" t="s">
         <v>28</v>
       </c>
       <c r="J186">
         <v>12.0</v>
       </c>
       <c r="K186" s="2">
         <v>45432.0</v>
       </c>
       <c r="L186" s="2">
         <v>46527.0</v>
       </c>
       <c r="M186">
         <v>5000</v>
       </c>
       <c r="N186">
         <v>1000.0</v>
       </c>
       <c r="O186" t="s">
         <v>28</v>
       </c>
       <c r="P186">
-        <v>1.382022</v>
+        <v>1.108696</v>
       </c>
       <c r="Q186">
-        <v>101.082022</v>
+        <v>103.108696</v>
       </c>
       <c r="R186">
-        <v>102.752022</v>
+        <v>106.988696</v>
       </c>
       <c r="S186">
-        <v>99.7</v>
+        <v>102.0</v>
       </c>
       <c r="T186">
-        <v>101.37</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="187" spans="1:24">
       <c r="A187" s="2">
-        <v>45744.421875</v>
+        <v>45826.619803241</v>
       </c>
       <c r="B187" t="s">
         <v>24</v>
       </c>
       <c r="C187" t="s">
         <v>25</v>
       </c>
       <c r="D187" t="s">
         <v>26</v>
       </c>
       <c r="E187" t="s">
         <v>27</v>
       </c>
       <c r="G187">
-        <v>100.0</v>
+        <v>104.413043</v>
       </c>
       <c r="I187" t="s">
         <v>28</v>
       </c>
       <c r="J187">
         <v>12.0</v>
       </c>
       <c r="K187" s="2">
         <v>45432.0</v>
       </c>
       <c r="L187" s="2">
         <v>46527.0</v>
       </c>
       <c r="M187">
         <v>5000</v>
       </c>
       <c r="N187">
         <v>1000.0</v>
       </c>
       <c r="O187" t="s">
         <v>28</v>
       </c>
       <c r="P187">
-        <v>1.348315</v>
+        <v>1.01087</v>
       </c>
       <c r="Q187">
-        <v>102.76</v>
+        <v>103.01087</v>
       </c>
       <c r="R187">
-        <v>105.848315</v>
+        <v>106.89087</v>
       </c>
       <c r="S187">
-        <v>101.411685</v>
+        <v>102.0</v>
       </c>
       <c r="T187">
-        <v>104.5</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="188" spans="1:24">
       <c r="A188" s="2">
-        <v>45743.419027778</v>
+        <v>45825.66125</v>
       </c>
       <c r="B188" t="s">
         <v>24</v>
       </c>
       <c r="C188" t="s">
         <v>25</v>
       </c>
       <c r="D188" t="s">
         <v>26</v>
       </c>
       <c r="E188" t="s">
         <v>27</v>
       </c>
       <c r="G188">
-        <v>100.0</v>
+        <v>104.413043</v>
       </c>
       <c r="I188" t="s">
         <v>28</v>
       </c>
       <c r="J188">
         <v>12.0</v>
       </c>
       <c r="K188" s="2">
         <v>45432.0</v>
       </c>
       <c r="L188" s="2">
         <v>46527.0</v>
       </c>
       <c r="M188">
         <v>5000</v>
       </c>
       <c r="N188">
         <v>1000.0</v>
       </c>
       <c r="O188" t="s">
         <v>28</v>
       </c>
       <c r="P188">
-        <v>1.314607</v>
+        <v>0.978261</v>
       </c>
       <c r="Q188">
-        <v>102.76</v>
+        <v>102.839</v>
       </c>
       <c r="R188">
-        <v>105.814607</v>
+        <v>106.858261</v>
       </c>
       <c r="S188">
-        <v>101.445393</v>
+        <v>101.860739</v>
       </c>
       <c r="T188">
-        <v>104.5</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="189" spans="1:24">
       <c r="A189" s="2">
-        <v>45742.420428241</v>
+        <v>45824.418171296</v>
       </c>
       <c r="B189" t="s">
         <v>24</v>
       </c>
       <c r="C189" t="s">
         <v>25</v>
       </c>
       <c r="D189" t="s">
         <v>26</v>
       </c>
       <c r="E189" t="s">
         <v>27</v>
       </c>
       <c r="G189">
-        <v>100.0</v>
+        <v>104.413043</v>
       </c>
       <c r="I189" t="s">
         <v>28</v>
       </c>
       <c r="J189">
         <v>12.0</v>
       </c>
       <c r="K189" s="2">
         <v>45432.0</v>
       </c>
       <c r="L189" s="2">
         <v>46527.0</v>
       </c>
       <c r="M189">
         <v>5000</v>
       </c>
       <c r="N189">
         <v>1000.0</v>
       </c>
       <c r="O189" t="s">
         <v>28</v>
       </c>
       <c r="P189">
-        <v>1.213483</v>
+        <v>0.945652</v>
       </c>
       <c r="Q189">
-        <v>102.76</v>
+        <v>102.0</v>
       </c>
       <c r="R189">
-        <v>105.713483</v>
+        <v>106.825652</v>
       </c>
       <c r="S189">
-        <v>101.546517</v>
+        <v>101.054348</v>
       </c>
       <c r="T189">
-        <v>104.5</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="190" spans="1:24">
       <c r="A190" s="2">
-        <v>45741.613877315</v>
+        <v>45821.644444444</v>
       </c>
       <c r="B190" t="s">
         <v>24</v>
       </c>
       <c r="C190" t="s">
         <v>25</v>
       </c>
       <c r="D190" t="s">
         <v>26</v>
       </c>
       <c r="E190" t="s">
         <v>27</v>
       </c>
+      <c r="F190">
+        <v>1.09</v>
+      </c>
       <c r="G190">
+        <v>104.413043</v>
+      </c>
+      <c r="H190">
+        <v>5203.37172</v>
+      </c>
+      <c r="I190" t="s">
+        <v>28</v>
+      </c>
+      <c r="J190">
+        <v>12.0</v>
+      </c>
+      <c r="K190" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L190" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M190">
+        <v>5000</v>
+      </c>
+      <c r="N190">
+        <v>1000.0</v>
+      </c>
+      <c r="O190" t="s">
+        <v>28</v>
+      </c>
+      <c r="P190">
+        <v>0.913043</v>
+      </c>
+      <c r="Q190">
+        <v>100.913043</v>
+      </c>
+      <c r="R190">
+        <v>106.793043</v>
+      </c>
+      <c r="S190">
         <v>100.0</v>
       </c>
-      <c r="I190" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T190">
-        <v>104.5</v>
+        <v>105.88</v>
+      </c>
+      <c r="X190">
+        <v>4</v>
       </c>
     </row>
     <row r="191" spans="1:24">
       <c r="A191" s="2">
-        <v>45740.422858796</v>
+        <v>45820.445451389</v>
       </c>
       <c r="B191" t="s">
         <v>24</v>
       </c>
       <c r="C191" t="s">
         <v>25</v>
       </c>
       <c r="D191" t="s">
         <v>26</v>
       </c>
       <c r="E191" t="s">
         <v>27</v>
       </c>
       <c r="G191">
+        <v>103.282609</v>
+      </c>
+      <c r="I191" t="s">
+        <v>28</v>
+      </c>
+      <c r="J191">
+        <v>12.0</v>
+      </c>
+      <c r="K191" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L191" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M191">
+        <v>5000</v>
+      </c>
+      <c r="N191">
+        <v>1000.0</v>
+      </c>
+      <c r="O191" t="s">
+        <v>28</v>
+      </c>
+      <c r="P191">
+        <v>0.880435</v>
+      </c>
+      <c r="Q191">
+        <v>100.880435</v>
+      </c>
+      <c r="R191">
+        <v>103.5</v>
+      </c>
+      <c r="S191">
         <v>100.0</v>
       </c>
-      <c r="I191" t="s">
-[...31 lines deleted...]
-      </c>
       <c r="T191">
-        <v>104.7</v>
+        <v>102.619565</v>
       </c>
     </row>
     <row r="192" spans="1:24">
       <c r="A192" s="2">
-        <v>45737.571435185</v>
+        <v>45819.465011574</v>
       </c>
       <c r="B192" t="s">
         <v>24</v>
       </c>
       <c r="C192" t="s">
         <v>25</v>
       </c>
       <c r="D192" t="s">
         <v>26</v>
       </c>
       <c r="E192" t="s">
         <v>27</v>
       </c>
+      <c r="F192">
+        <v>0.13</v>
+      </c>
       <c r="G192">
-        <v>100.0</v>
+        <v>103.282609</v>
+      </c>
+      <c r="H192">
+        <v>5164.13045</v>
       </c>
       <c r="I192" t="s">
         <v>28</v>
       </c>
       <c r="J192">
         <v>12.0</v>
       </c>
       <c r="K192" s="2">
         <v>45432.0</v>
       </c>
       <c r="L192" s="2">
         <v>46527.0</v>
       </c>
       <c r="M192">
         <v>5000</v>
       </c>
       <c r="N192">
         <v>1000.0</v>
       </c>
       <c r="O192" t="s">
         <v>28</v>
       </c>
       <c r="P192">
-        <v>1.11236</v>
-[...2 lines deleted...]
-        <v>103.2</v>
+        <v>0.782609</v>
       </c>
       <c r="R192">
-        <v>105.81236</v>
-[...2 lines deleted...]
-        <v>102.08764</v>
+        <v>103.282609</v>
       </c>
       <c r="T192">
-        <v>104.7</v>
+        <v>102.5</v>
+      </c>
+      <c r="X192">
+        <v>1</v>
       </c>
     </row>
     <row r="193" spans="1:24">
       <c r="A193" s="2">
-        <v>45736.420983796</v>
+        <v>45818.416782407</v>
       </c>
       <c r="B193" t="s">
         <v>24</v>
       </c>
       <c r="C193" t="s">
         <v>25</v>
       </c>
       <c r="D193" t="s">
         <v>26</v>
       </c>
       <c r="E193" t="s">
         <v>27</v>
       </c>
       <c r="G193">
-        <v>100.0</v>
+        <v>103.152174</v>
       </c>
       <c r="I193" t="s">
         <v>28</v>
       </c>
       <c r="J193">
         <v>12.0</v>
       </c>
       <c r="K193" s="2">
         <v>45432.0</v>
       </c>
       <c r="L193" s="2">
         <v>46527.0</v>
       </c>
       <c r="M193">
         <v>5000</v>
       </c>
       <c r="N193">
         <v>1000.0</v>
       </c>
       <c r="O193" t="s">
         <v>28</v>
       </c>
       <c r="P193">
-        <v>1.078652</v>
+        <v>0.75</v>
       </c>
       <c r="Q193">
-        <v>102.1</v>
+        <v>102.75</v>
       </c>
       <c r="R193">
-        <v>106.958652</v>
+        <v>103.25</v>
       </c>
       <c r="S193">
-        <v>101.021348</v>
+        <v>102.0</v>
       </c>
       <c r="T193">
-        <v>105.88</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="194" spans="1:24">
       <c r="A194" s="2">
-        <v>45735.419618056</v>
+        <v>45817.526481481</v>
       </c>
       <c r="B194" t="s">
         <v>24</v>
       </c>
       <c r="C194" t="s">
         <v>25</v>
       </c>
       <c r="D194" t="s">
         <v>26</v>
       </c>
       <c r="E194" t="s">
         <v>27</v>
       </c>
       <c r="G194">
-        <v>100.0</v>
+        <v>103.152174</v>
       </c>
       <c r="I194" t="s">
         <v>28</v>
       </c>
       <c r="J194">
         <v>12.0</v>
       </c>
       <c r="K194" s="2">
         <v>45432.0</v>
       </c>
       <c r="L194" s="2">
         <v>46527.0</v>
       </c>
       <c r="M194">
         <v>5000</v>
       </c>
       <c r="N194">
         <v>1000.0</v>
       </c>
       <c r="O194" t="s">
         <v>28</v>
       </c>
       <c r="P194">
-        <v>0.977528</v>
+        <v>0.717391</v>
       </c>
       <c r="Q194">
-        <v>102.1</v>
+        <v>102.717391</v>
       </c>
       <c r="R194">
-        <v>106.857528</v>
+        <v>103.217391</v>
       </c>
       <c r="S194">
-        <v>101.122472</v>
+        <v>102.0</v>
       </c>
       <c r="T194">
-        <v>105.88</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="195" spans="1:24">
       <c r="A195" s="2">
-        <v>45734.418993056</v>
+        <v>45814.417847222</v>
       </c>
       <c r="B195" t="s">
         <v>24</v>
       </c>
       <c r="C195" t="s">
         <v>25</v>
       </c>
       <c r="D195" t="s">
         <v>26</v>
       </c>
       <c r="E195" t="s">
         <v>27</v>
       </c>
       <c r="G195">
-        <v>100.0</v>
+        <v>103.152174</v>
       </c>
       <c r="I195" t="s">
         <v>28</v>
       </c>
       <c r="J195">
         <v>12.0</v>
       </c>
       <c r="K195" s="2">
         <v>45432.0</v>
       </c>
       <c r="L195" s="2">
         <v>46527.0</v>
       </c>
       <c r="M195">
         <v>5000</v>
       </c>
       <c r="N195">
         <v>1000.0</v>
       </c>
       <c r="O195" t="s">
         <v>28</v>
       </c>
       <c r="P195">
-        <v>0.94382</v>
+        <v>0.684783</v>
       </c>
       <c r="Q195">
         <v>102.1</v>
       </c>
       <c r="R195">
-        <v>106.82382</v>
+        <v>103.184783</v>
       </c>
       <c r="S195">
-        <v>101.15618</v>
+        <v>101.415217</v>
       </c>
       <c r="T195">
-        <v>105.88</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="196" spans="1:24">
       <c r="A196" s="2">
-        <v>45733.427094907</v>
+        <v>45813.567476852</v>
       </c>
       <c r="B196" t="s">
         <v>24</v>
       </c>
       <c r="C196" t="s">
         <v>25</v>
       </c>
       <c r="D196" t="s">
         <v>26</v>
       </c>
       <c r="E196" t="s">
         <v>27</v>
       </c>
+      <c r="F196">
+        <v>0.68</v>
+      </c>
       <c r="G196">
-        <v>100.0</v>
+        <v>103.152174</v>
+      </c>
+      <c r="H196">
+        <v>5157.6087</v>
       </c>
       <c r="I196" t="s">
         <v>28</v>
       </c>
       <c r="J196">
         <v>12.0</v>
       </c>
       <c r="K196" s="2">
         <v>45432.0</v>
       </c>
       <c r="L196" s="2">
         <v>46527.0</v>
       </c>
       <c r="M196">
         <v>5000</v>
       </c>
       <c r="N196">
         <v>1000.0</v>
       </c>
       <c r="O196" t="s">
         <v>28</v>
       </c>
       <c r="P196">
-        <v>0.910112</v>
+        <v>0.652174</v>
       </c>
       <c r="Q196">
         <v>102.1</v>
       </c>
       <c r="R196">
-        <v>106.790112</v>
+        <v>103.152174</v>
       </c>
       <c r="S196">
-        <v>101.189888</v>
+        <v>101.447826</v>
       </c>
       <c r="T196">
-        <v>105.88</v>
+        <v>102.5</v>
+      </c>
+      <c r="X196">
+        <v>1</v>
       </c>
     </row>
     <row r="197" spans="1:24">
       <c r="A197" s="2">
-        <v>45730.640115741</v>
+        <v>45812.648344907</v>
       </c>
       <c r="B197" t="s">
         <v>24</v>
       </c>
       <c r="C197" t="s">
         <v>25</v>
       </c>
       <c r="D197" t="s">
         <v>26</v>
       </c>
       <c r="E197" t="s">
         <v>27</v>
       </c>
-      <c r="F197">
-[...1 lines deleted...]
-      </c>
       <c r="G197">
-        <v>100.0</v>
-[...2 lines deleted...]
-        <v>1000.0</v>
+        <v>102.456522</v>
       </c>
       <c r="I197" t="s">
         <v>28</v>
       </c>
       <c r="J197">
         <v>12.0</v>
       </c>
       <c r="K197" s="2">
         <v>45432.0</v>
       </c>
       <c r="L197" s="2">
         <v>46527.0</v>
       </c>
       <c r="M197">
         <v>5000</v>
       </c>
       <c r="N197">
         <v>1000.0</v>
       </c>
       <c r="O197" t="s">
         <v>28</v>
       </c>
       <c r="P197">
-        <v>0.876404</v>
+        <v>0.554348</v>
+      </c>
+      <c r="Q197">
+        <v>102.1</v>
       </c>
       <c r="R197">
-        <v>106.756404</v>
+        <v>103.054348</v>
+      </c>
+      <c r="S197">
+        <v>101.545652</v>
       </c>
       <c r="T197">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="198" spans="1:24">
       <c r="A198" s="2">
-        <v>45729.631990741</v>
+        <v>45811.422604167</v>
       </c>
       <c r="B198" t="s">
         <v>24</v>
       </c>
       <c r="C198" t="s">
         <v>25</v>
       </c>
       <c r="D198" t="s">
         <v>26</v>
       </c>
       <c r="E198" t="s">
         <v>27</v>
       </c>
-      <c r="F198">
-[...1 lines deleted...]
-      </c>
       <c r="G198">
-        <v>102.842697</v>
-[...2 lines deleted...]
-        <v>2054.85394</v>
+        <v>102.456522</v>
       </c>
       <c r="I198" t="s">
         <v>28</v>
       </c>
       <c r="J198">
         <v>12.0</v>
       </c>
       <c r="K198" s="2">
         <v>45432.0</v>
       </c>
       <c r="L198" s="2">
         <v>46527.0</v>
       </c>
       <c r="M198">
         <v>5000</v>
       </c>
       <c r="N198">
         <v>1000.0</v>
       </c>
       <c r="O198" t="s">
         <v>28</v>
       </c>
       <c r="P198">
-        <v>0.842697</v>
+        <v>0.521739</v>
+      </c>
+      <c r="Q198">
+        <v>100.521739</v>
       </c>
       <c r="R198">
-        <v>106.722697</v>
+        <v>103.021739</v>
+      </c>
+      <c r="S198">
+        <v>100.0</v>
       </c>
       <c r="T198">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="199" spans="1:24">
       <c r="A199" s="2">
-        <v>45728.417083333</v>
+        <v>45810.653553241</v>
       </c>
       <c r="B199" t="s">
         <v>24</v>
       </c>
       <c r="C199" t="s">
         <v>25</v>
       </c>
       <c r="D199" t="s">
         <v>26</v>
       </c>
       <c r="E199" t="s">
         <v>27</v>
       </c>
       <c r="G199">
-        <v>105.004494</v>
+        <v>102.456522</v>
       </c>
       <c r="I199" t="s">
         <v>28</v>
       </c>
       <c r="J199">
         <v>12.0</v>
       </c>
       <c r="K199" s="2">
         <v>45432.0</v>
       </c>
       <c r="L199" s="2">
         <v>46527.0</v>
       </c>
       <c r="M199">
         <v>5000</v>
       </c>
       <c r="N199">
         <v>1000.0</v>
       </c>
       <c r="O199" t="s">
         <v>28</v>
       </c>
       <c r="P199">
-        <v>0.741573</v>
+        <v>0.48913</v>
+      </c>
+      <c r="Q199">
+        <v>100.48913</v>
       </c>
       <c r="R199">
-        <v>106.621573</v>
+        <v>103.48913</v>
+      </c>
+      <c r="S199">
+        <v>100.0</v>
       </c>
       <c r="T199">
-        <v>105.88</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="200" spans="1:24">
       <c r="A200" s="2">
-        <v>45727.355219907</v>
+        <v>45807.435555556</v>
       </c>
       <c r="B200" t="s">
         <v>24</v>
       </c>
       <c r="C200" t="s">
         <v>25</v>
       </c>
       <c r="D200" t="s">
         <v>26</v>
       </c>
       <c r="E200" t="s">
         <v>27</v>
       </c>
+      <c r="F200">
+        <v>0.58</v>
+      </c>
       <c r="G200">
-        <v>105.004494</v>
+        <v>102.456522</v>
+      </c>
+      <c r="H200">
+        <v>8196.51176</v>
       </c>
       <c r="I200" t="s">
         <v>28</v>
       </c>
       <c r="J200">
         <v>12.0</v>
       </c>
       <c r="K200" s="2">
         <v>45432.0</v>
       </c>
       <c r="L200" s="2">
         <v>46527.0</v>
       </c>
       <c r="M200">
         <v>5000</v>
       </c>
       <c r="N200">
         <v>1000.0</v>
       </c>
       <c r="O200" t="s">
         <v>28</v>
       </c>
       <c r="P200">
-        <v>0.707865</v>
+        <v>0.456522</v>
+      </c>
+      <c r="R200">
+        <v>102.456522</v>
+      </c>
+      <c r="T200">
+        <v>102.0</v>
+      </c>
+      <c r="X200">
+        <v>3</v>
       </c>
     </row>
     <row r="201" spans="1:24">
       <c r="A201" s="2">
-        <v>45726.417025463</v>
+        <v>45805.447395833</v>
       </c>
       <c r="B201" t="s">
         <v>24</v>
       </c>
       <c r="C201" t="s">
         <v>25</v>
       </c>
       <c r="D201" t="s">
         <v>26</v>
       </c>
       <c r="E201" t="s">
         <v>27</v>
       </c>
       <c r="G201">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I201" t="s">
         <v>28</v>
       </c>
       <c r="J201">
         <v>12.0</v>
       </c>
       <c r="K201" s="2">
         <v>45432.0</v>
       </c>
       <c r="L201" s="2">
         <v>46527.0</v>
       </c>
       <c r="M201">
         <v>5000</v>
       </c>
       <c r="N201">
         <v>1000.0</v>
       </c>
       <c r="O201" t="s">
         <v>28</v>
       </c>
       <c r="P201">
-        <v>0.674157</v>
+        <v>0.326087</v>
       </c>
       <c r="R201">
-        <v>106.554157</v>
+        <v>102.325087</v>
       </c>
       <c r="T201">
-        <v>105.88</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="202" spans="1:24">
       <c r="A202" s="2">
-        <v>45723.417083333</v>
+        <v>45804.51681713</v>
       </c>
       <c r="B202" t="s">
         <v>24</v>
       </c>
       <c r="C202" t="s">
         <v>25</v>
       </c>
       <c r="D202" t="s">
         <v>26</v>
       </c>
       <c r="E202" t="s">
         <v>27</v>
       </c>
       <c r="G202">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I202" t="s">
         <v>28</v>
       </c>
       <c r="J202">
         <v>12.0</v>
       </c>
       <c r="K202" s="2">
         <v>45432.0</v>
       </c>
       <c r="L202" s="2">
         <v>46527.0</v>
       </c>
       <c r="M202">
         <v>5000</v>
       </c>
       <c r="N202">
         <v>1000.0</v>
       </c>
       <c r="O202" t="s">
         <v>28</v>
       </c>
       <c r="P202">
-        <v>0.640449</v>
+        <v>0.293478</v>
+      </c>
+      <c r="Q202">
+        <v>100.5</v>
       </c>
       <c r="R202">
-        <v>106.520449</v>
+        <v>102.292478</v>
+      </c>
+      <c r="S202">
+        <v>100.206522</v>
       </c>
       <c r="T202">
-        <v>105.88</v>
+        <v>101.999</v>
       </c>
     </row>
     <row r="203" spans="1:24">
       <c r="A203" s="2">
-        <v>45722.417048611</v>
+        <v>45803.570092593</v>
       </c>
       <c r="B203" t="s">
         <v>24</v>
       </c>
       <c r="C203" t="s">
         <v>25</v>
       </c>
       <c r="D203" t="s">
         <v>26</v>
       </c>
       <c r="E203" t="s">
         <v>27</v>
       </c>
       <c r="G203">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I203" t="s">
         <v>28</v>
       </c>
       <c r="J203">
         <v>12.0</v>
       </c>
       <c r="K203" s="2">
         <v>45432.0</v>
       </c>
       <c r="L203" s="2">
         <v>46527.0</v>
       </c>
       <c r="M203">
         <v>5000</v>
       </c>
       <c r="N203">
         <v>1000.0</v>
       </c>
       <c r="O203" t="s">
         <v>28</v>
       </c>
       <c r="P203">
-        <v>0.606742</v>
+        <v>0.26087</v>
+      </c>
+      <c r="Q203">
+        <v>97.76087</v>
       </c>
       <c r="R203">
-        <v>106.486742</v>
+        <v>101.76087</v>
+      </c>
+      <c r="S203">
+        <v>97.5</v>
       </c>
       <c r="T203">
-        <v>105.88</v>
+        <v>101.5</v>
       </c>
     </row>
     <row r="204" spans="1:24">
       <c r="A204" s="2">
-        <v>45721.416956019</v>
+        <v>45800.480694444</v>
       </c>
       <c r="B204" t="s">
         <v>24</v>
       </c>
       <c r="C204" t="s">
         <v>25</v>
       </c>
       <c r="D204" t="s">
         <v>26</v>
       </c>
       <c r="E204" t="s">
         <v>27</v>
       </c>
       <c r="G204">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I204" t="s">
         <v>28</v>
       </c>
       <c r="J204">
         <v>12.0</v>
       </c>
       <c r="K204" s="2">
         <v>45432.0</v>
       </c>
       <c r="L204" s="2">
         <v>46527.0</v>
       </c>
       <c r="M204">
         <v>5000</v>
       </c>
       <c r="N204">
         <v>1000.0</v>
       </c>
       <c r="O204" t="s">
         <v>28</v>
       </c>
       <c r="P204">
-        <v>0.505618</v>
+        <v>0.228261</v>
       </c>
       <c r="R204">
-        <v>106.385618</v>
+        <v>102.228261</v>
       </c>
       <c r="T204">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="205" spans="1:24">
       <c r="A205" s="2">
-        <v>45720.416979167</v>
+        <v>45799.416712963</v>
       </c>
       <c r="B205" t="s">
         <v>24</v>
       </c>
       <c r="C205" t="s">
         <v>25</v>
       </c>
       <c r="D205" t="s">
         <v>26</v>
       </c>
       <c r="E205" t="s">
         <v>27</v>
       </c>
       <c r="G205">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I205" t="s">
         <v>28</v>
       </c>
       <c r="J205">
         <v>12.0</v>
       </c>
       <c r="K205" s="2">
         <v>45432.0</v>
       </c>
       <c r="L205" s="2">
         <v>46527.0</v>
       </c>
       <c r="M205">
         <v>5000</v>
       </c>
       <c r="N205">
         <v>1000.0</v>
       </c>
       <c r="O205" t="s">
         <v>28</v>
       </c>
       <c r="P205">
-        <v>0.47191</v>
+        <v>0.195652</v>
       </c>
       <c r="R205">
-        <v>106.35191</v>
+        <v>102.195652</v>
       </c>
       <c r="T205">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="206" spans="1:24">
       <c r="A206" s="2">
-        <v>45719.416921296</v>
+        <v>45798.416678241</v>
       </c>
       <c r="B206" t="s">
         <v>24</v>
       </c>
       <c r="C206" t="s">
         <v>25</v>
       </c>
       <c r="D206" t="s">
         <v>26</v>
       </c>
       <c r="E206" t="s">
         <v>27</v>
       </c>
       <c r="G206">
-        <v>105.004494</v>
+        <v>101.865169</v>
       </c>
       <c r="I206" t="s">
         <v>28</v>
       </c>
       <c r="J206">
         <v>12.0</v>
       </c>
       <c r="K206" s="2">
         <v>45432.0</v>
       </c>
       <c r="L206" s="2">
         <v>46527.0</v>
       </c>
       <c r="M206">
         <v>5000</v>
       </c>
       <c r="N206">
         <v>1000.0</v>
       </c>
       <c r="O206" t="s">
         <v>28</v>
       </c>
       <c r="P206">
-        <v>0.438202</v>
+        <v>0.097826</v>
       </c>
       <c r="R206">
-        <v>106.318202</v>
+        <v>102.097826</v>
       </c>
       <c r="T206">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="207" spans="1:24">
       <c r="A207" s="2">
-        <v>45716.504305556</v>
+        <v>45797.416689815</v>
       </c>
       <c r="B207" t="s">
         <v>24</v>
       </c>
       <c r="C207" t="s">
         <v>25</v>
       </c>
       <c r="D207" t="s">
         <v>26</v>
       </c>
       <c r="E207" t="s">
         <v>27</v>
       </c>
-      <c r="F207">
-[...1 lines deleted...]
-      </c>
       <c r="G207">
-        <v>105.004494</v>
-[...2 lines deleted...]
-        <v>5244.2247</v>
+        <v>101.865169</v>
       </c>
       <c r="I207" t="s">
         <v>28</v>
       </c>
       <c r="J207">
         <v>12.0</v>
       </c>
       <c r="K207" s="2">
         <v>45432.0</v>
       </c>
       <c r="L207" s="2">
         <v>46527.0</v>
       </c>
       <c r="M207">
         <v>5000</v>
       </c>
       <c r="N207">
         <v>1000.0</v>
       </c>
       <c r="O207" t="s">
         <v>28</v>
       </c>
       <c r="P207">
-        <v>0.404494</v>
-[...2 lines deleted...]
-        <v>103.404494</v>
+        <v>0.065217</v>
       </c>
       <c r="R207">
-        <v>105.004494</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>102.065217</v>
       </c>
       <c r="T207">
-        <v>104.6</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="208" spans="1:24">
       <c r="A208" s="2">
-        <v>45715.641724537</v>
+        <v>45796.416782407</v>
       </c>
       <c r="B208" t="s">
         <v>24</v>
       </c>
       <c r="C208" t="s">
         <v>25</v>
       </c>
       <c r="D208" t="s">
         <v>26</v>
       </c>
       <c r="E208" t="s">
         <v>27</v>
       </c>
-      <c r="F208">
-[...1 lines deleted...]
-      </c>
       <c r="G208">
-        <v>103.370787</v>
-[...2 lines deleted...]
-        <v>1033.70787</v>
+        <v>101.865169</v>
       </c>
       <c r="I208" t="s">
         <v>28</v>
       </c>
       <c r="J208">
         <v>12.0</v>
       </c>
       <c r="K208" s="2">
         <v>45432.0</v>
       </c>
       <c r="L208" s="2">
         <v>46527.0</v>
       </c>
       <c r="M208">
         <v>5000</v>
       </c>
       <c r="N208">
         <v>1000.0</v>
       </c>
       <c r="O208" t="s">
         <v>28</v>
       </c>
       <c r="P208">
-        <v>0.370787</v>
-[...2 lines deleted...]
-        <v>104.370787</v>
+        <v>0.032609</v>
       </c>
       <c r="R208">
-        <v>104.970787</v>
-[...2 lines deleted...]
-        <v>104.0</v>
+        <v>102.032609</v>
       </c>
       <c r="T208">
-        <v>104.6</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="209" spans="1:24">
       <c r="A209" s="2">
-        <v>45714.624594907</v>
+        <v>45793.516863426</v>
       </c>
       <c r="B209" t="s">
         <v>24</v>
       </c>
       <c r="C209" t="s">
         <v>25</v>
       </c>
       <c r="D209" t="s">
         <v>26</v>
       </c>
       <c r="E209" t="s">
         <v>27</v>
       </c>
-      <c r="F209">
-[...1 lines deleted...]
-      </c>
       <c r="G209">
-        <v>103.269663</v>
-[...2 lines deleted...]
-        <v>2065.39326</v>
+        <v>101.865169</v>
       </c>
       <c r="I209" t="s">
         <v>28</v>
       </c>
       <c r="J209">
         <v>12.0</v>
       </c>
       <c r="K209" s="2">
         <v>45432.0</v>
       </c>
       <c r="L209" s="2">
         <v>46527.0</v>
       </c>
       <c r="M209">
         <v>5000</v>
       </c>
       <c r="N209">
         <v>1000.0</v>
       </c>
       <c r="O209" t="s">
         <v>28</v>
       </c>
-      <c r="P209">
-[...4 lines deleted...]
-      </c>
       <c r="R209">
-        <v>104.269663</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="210" spans="1:24">
       <c r="A210" s="2">
-        <v>45713.42119213</v>
+        <v>45792.481053241</v>
       </c>
       <c r="B210" t="s">
         <v>24</v>
       </c>
       <c r="C210" t="s">
         <v>25</v>
       </c>
       <c r="D210" t="s">
         <v>26</v>
       </c>
       <c r="E210" t="s">
         <v>27</v>
       </c>
       <c r="G210">
-        <v>103.168539</v>
+        <v>101.865169</v>
       </c>
       <c r="I210" t="s">
         <v>28</v>
       </c>
       <c r="J210">
         <v>12.0</v>
       </c>
       <c r="K210" s="2">
         <v>45432.0</v>
       </c>
       <c r="L210" s="2">
         <v>46527.0</v>
       </c>
       <c r="M210">
         <v>5000</v>
       </c>
       <c r="N210">
         <v>1000.0</v>
       </c>
       <c r="O210" t="s">
         <v>28</v>
       </c>
       <c r="P210">
-        <v>0.235955</v>
+        <v>-0.033708</v>
       </c>
       <c r="Q210">
-        <v>103.235955</v>
+        <v>98.966292</v>
       </c>
       <c r="R210">
-        <v>104.235955</v>
+        <v>101.966292</v>
       </c>
       <c r="S210">
-        <v>103.0</v>
+        <v>99.0</v>
       </c>
       <c r="T210">
-        <v>104.0</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="211" spans="1:24">
       <c r="A211" s="2">
-        <v>45712.417025463</v>
+        <v>45791.613703704</v>
       </c>
       <c r="B211" t="s">
         <v>24</v>
       </c>
       <c r="C211" t="s">
         <v>25</v>
       </c>
       <c r="D211" t="s">
         <v>26</v>
       </c>
       <c r="E211" t="s">
         <v>27</v>
       </c>
+      <c r="F211">
+        <v>-2.83</v>
+      </c>
       <c r="G211">
-        <v>103.168539</v>
+        <v>101.865169</v>
+      </c>
+      <c r="H211">
+        <v>10186.5169</v>
       </c>
       <c r="I211" t="s">
         <v>28</v>
       </c>
       <c r="J211">
         <v>12.0</v>
       </c>
       <c r="K211" s="2">
         <v>45432.0</v>
       </c>
       <c r="L211" s="2">
         <v>46527.0</v>
       </c>
       <c r="M211">
         <v>5000</v>
       </c>
       <c r="N211">
         <v>1000.0</v>
       </c>
       <c r="O211" t="s">
         <v>28</v>
       </c>
       <c r="P211">
-        <v>0.202247</v>
+        <v>-0.134831</v>
       </c>
       <c r="Q211">
-        <v>103.202247</v>
+        <v>98.865169</v>
       </c>
       <c r="R211">
-        <v>104.802247</v>
+        <v>101.865169</v>
       </c>
       <c r="S211">
-        <v>103.0</v>
+        <v>99.0</v>
       </c>
       <c r="T211">
-        <v>104.6</v>
+        <v>102.0</v>
+      </c>
+      <c r="X211">
+        <v>1</v>
       </c>
     </row>
     <row r="212" spans="1:24">
       <c r="A212" s="2">
-        <v>45709.454837963</v>
+        <v>45790.596469907</v>
       </c>
       <c r="B212" t="s">
         <v>24</v>
       </c>
       <c r="C212" t="s">
         <v>25</v>
       </c>
       <c r="D212" t="s">
         <v>26</v>
       </c>
       <c r="E212" t="s">
         <v>27</v>
       </c>
       <c r="F212">
-        <v>-2.25</v>
+        <v>0.03</v>
       </c>
       <c r="G212">
-        <v>103.168539</v>
+        <v>104.831461</v>
       </c>
       <c r="H212">
-        <v>5168.42695</v>
+        <v>15724.71915</v>
       </c>
       <c r="I212" t="s">
         <v>28</v>
       </c>
       <c r="J212">
         <v>12.0</v>
       </c>
       <c r="K212" s="2">
         <v>45432.0</v>
       </c>
       <c r="L212" s="2">
         <v>46527.0</v>
       </c>
       <c r="M212">
         <v>5000</v>
       </c>
       <c r="N212">
         <v>1000.0</v>
       </c>
       <c r="O212" t="s">
         <v>28</v>
       </c>
       <c r="P212">
-        <v>0.168539</v>
-[...2 lines deleted...]
-        <v>103.168539</v>
+        <v>2.831461</v>
       </c>
       <c r="R212">
-        <v>104.768539</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>104.831461</v>
       </c>
       <c r="T212">
-        <v>104.6</v>
+        <v>102.0</v>
       </c>
       <c r="X212">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="213" spans="1:24">
       <c r="A213" s="2">
-        <v>45708.458680556</v>
+        <v>45789.485555556</v>
       </c>
       <c r="B213" t="s">
         <v>24</v>
       </c>
       <c r="C213" t="s">
         <v>25</v>
       </c>
       <c r="D213" t="s">
         <v>26</v>
       </c>
       <c r="E213" t="s">
         <v>27</v>
       </c>
+      <c r="F213">
+        <v>0.16</v>
+      </c>
       <c r="G213">
-        <v>105.543478</v>
+        <v>104.797753</v>
+      </c>
+      <c r="H213">
+        <v>15677.70789</v>
       </c>
       <c r="I213" t="s">
         <v>28</v>
       </c>
       <c r="J213">
         <v>12.0</v>
       </c>
       <c r="K213" s="2">
         <v>45432.0</v>
       </c>
       <c r="L213" s="2">
         <v>46527.0</v>
       </c>
       <c r="M213">
         <v>5000</v>
       </c>
       <c r="N213">
         <v>1000.0</v>
       </c>
       <c r="O213" t="s">
         <v>28</v>
       </c>
       <c r="P213">
-        <v>0.134831</v>
-[...2 lines deleted...]
-        <v>103.234831</v>
+        <v>2.797753</v>
       </c>
       <c r="R213">
-        <v>104.734831</v>
-[...2 lines deleted...]
-        <v>103.1</v>
+        <v>104.797753</v>
       </c>
       <c r="T213">
-        <v>104.6</v>
+        <v>102.0</v>
+      </c>
+      <c r="X213">
+        <v>2</v>
       </c>
     </row>
     <row r="214" spans="1:24">
       <c r="A214" s="2">
-        <v>45707.420324074</v>
+        <v>45786.416678241</v>
       </c>
       <c r="B214" t="s">
         <v>24</v>
       </c>
       <c r="C214" t="s">
         <v>25</v>
       </c>
       <c r="D214" t="s">
         <v>26</v>
       </c>
       <c r="E214" t="s">
         <v>27</v>
       </c>
       <c r="G214">
-        <v>105.543478</v>
+        <v>104.629213</v>
       </c>
       <c r="I214" t="s">
         <v>28</v>
       </c>
       <c r="J214">
         <v>12.0</v>
       </c>
       <c r="K214" s="2">
         <v>45432.0</v>
       </c>
       <c r="L214" s="2">
         <v>46527.0</v>
       </c>
       <c r="M214">
         <v>5000</v>
       </c>
       <c r="N214">
         <v>1000.0</v>
       </c>
       <c r="O214" t="s">
         <v>28</v>
       </c>
       <c r="P214">
-        <v>0.033708</v>
+        <v>2.764045</v>
       </c>
       <c r="Q214">
-        <v>103.133708</v>
+        <v>102.764045</v>
       </c>
       <c r="R214">
-        <v>105.913708</v>
+        <v>104.764045</v>
       </c>
       <c r="S214">
-        <v>103.1</v>
+        <v>100.0</v>
       </c>
       <c r="T214">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="215" spans="1:24">
       <c r="A215" s="2">
-        <v>45706.450532407</v>
+        <v>45785.416793981</v>
       </c>
       <c r="B215" t="s">
         <v>24</v>
       </c>
       <c r="C215" t="s">
         <v>25</v>
       </c>
       <c r="D215" t="s">
         <v>26</v>
       </c>
       <c r="E215" t="s">
         <v>27</v>
       </c>
       <c r="G215">
-        <v>105.543478</v>
+        <v>104.629213</v>
       </c>
       <c r="I215" t="s">
         <v>28</v>
       </c>
       <c r="J215">
         <v>12.0</v>
       </c>
       <c r="K215" s="2">
         <v>45432.0</v>
       </c>
       <c r="L215" s="2">
         <v>46527.0</v>
       </c>
       <c r="M215">
         <v>5000</v>
       </c>
       <c r="N215">
         <v>1000.0</v>
       </c>
       <c r="O215" t="s">
         <v>28</v>
       </c>
+      <c r="P215">
+        <v>2.730337</v>
+      </c>
       <c r="Q215">
-        <v>103.04</v>
+        <v>102.730337</v>
       </c>
       <c r="R215">
-        <v>105.88</v>
+        <v>104.730337</v>
+      </c>
+      <c r="S215">
+        <v>100.0</v>
+      </c>
+      <c r="T215">
+        <v>102.0</v>
       </c>
     </row>
     <row r="216" spans="1:24">
       <c r="A216" s="2">
-        <v>45705.44443287</v>
+        <v>45784.641840278</v>
       </c>
       <c r="B216" t="s">
         <v>24</v>
       </c>
       <c r="C216" t="s">
         <v>25</v>
       </c>
       <c r="D216" t="s">
         <v>26</v>
       </c>
       <c r="E216" t="s">
         <v>27</v>
       </c>
+      <c r="F216">
+        <v>0.03</v>
+      </c>
       <c r="G216">
-        <v>105.543478</v>
+        <v>104.629213</v>
+      </c>
+      <c r="H216">
+        <v>1046.29213</v>
       </c>
       <c r="I216" t="s">
         <v>28</v>
       </c>
       <c r="J216">
         <v>12.0</v>
       </c>
       <c r="K216" s="2">
         <v>45432.0</v>
       </c>
       <c r="L216" s="2">
         <v>46527.0</v>
       </c>
       <c r="M216">
         <v>5000</v>
       </c>
       <c r="N216">
         <v>1000.0</v>
       </c>
       <c r="O216" t="s">
         <v>28</v>
       </c>
       <c r="P216">
-        <v>-0.032609</v>
+        <v>2.629213</v>
       </c>
       <c r="Q216">
-        <v>103.0</v>
+        <v>102.629213</v>
       </c>
       <c r="R216">
-        <v>105.847391</v>
+        <v>104.629213</v>
       </c>
       <c r="S216">
-        <v>103.032609</v>
+        <v>100.0</v>
       </c>
       <c r="T216">
-        <v>105.88</v>
+        <v>102.0</v>
+      </c>
+      <c r="X216">
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:24">
       <c r="A217" s="2">
-        <v>45702.417025463</v>
+        <v>45783.57630787</v>
       </c>
       <c r="B217" t="s">
         <v>24</v>
       </c>
       <c r="C217" t="s">
         <v>25</v>
       </c>
       <c r="D217" t="s">
         <v>26</v>
       </c>
       <c r="E217" t="s">
         <v>27</v>
       </c>
+      <c r="F217">
+        <v>0.03</v>
+      </c>
       <c r="G217">
-        <v>105.543478</v>
+        <v>104.595506</v>
+      </c>
+      <c r="H217">
+        <v>1045.95506</v>
       </c>
       <c r="I217" t="s">
         <v>28</v>
       </c>
       <c r="J217">
         <v>12.0</v>
       </c>
       <c r="K217" s="2">
         <v>45432.0</v>
       </c>
       <c r="L217" s="2">
         <v>46527.0</v>
       </c>
       <c r="M217">
         <v>5000</v>
       </c>
       <c r="N217">
         <v>1000.0</v>
       </c>
       <c r="O217" t="s">
         <v>28</v>
       </c>
       <c r="P217">
-        <v>-0.065217</v>
+        <v>2.595506</v>
       </c>
       <c r="Q217">
-        <v>102.934783</v>
+        <v>100.595506</v>
       </c>
       <c r="R217">
-        <v>105.814783</v>
+        <v>104.595506</v>
       </c>
       <c r="S217">
-        <v>103.0</v>
+        <v>98.0</v>
       </c>
       <c r="T217">
-        <v>105.88</v>
+        <v>102.0</v>
+      </c>
+      <c r="X217">
+        <v>1</v>
       </c>
     </row>
     <row r="218" spans="1:24">
       <c r="A218" s="2">
-        <v>45701.416921296</v>
+        <v>45782.451793981</v>
       </c>
       <c r="B218" t="s">
         <v>24</v>
       </c>
       <c r="C218" t="s">
         <v>25</v>
       </c>
       <c r="D218" t="s">
         <v>26</v>
       </c>
       <c r="E218" t="s">
         <v>27</v>
       </c>
+      <c r="F218">
+        <v>2.42</v>
+      </c>
       <c r="G218">
-        <v>105.543478</v>
+        <v>104.561798</v>
+      </c>
+      <c r="H218">
+        <v>4182.47192</v>
       </c>
       <c r="I218" t="s">
         <v>28</v>
       </c>
       <c r="J218">
         <v>12.0</v>
       </c>
       <c r="K218" s="2">
         <v>45432.0</v>
       </c>
       <c r="L218" s="2">
         <v>46527.0</v>
       </c>
       <c r="M218">
         <v>5000</v>
       </c>
       <c r="N218">
         <v>1000.0</v>
       </c>
       <c r="O218" t="s">
         <v>28</v>
       </c>
       <c r="P218">
-        <v>2.902174</v>
+        <v>2.561798</v>
       </c>
       <c r="Q218">
-        <v>105.902174</v>
+        <v>102.0</v>
       </c>
       <c r="R218">
-        <v>108.782174</v>
+        <v>104.561798</v>
       </c>
       <c r="S218">
-        <v>103.0</v>
+        <v>99.438202</v>
       </c>
       <c r="T218">
-        <v>105.88</v>
+        <v>102.0</v>
+      </c>
+      <c r="X218">
+        <v>1</v>
       </c>
     </row>
     <row r="219" spans="1:24">
       <c r="A219" s="2">
-        <v>45700.517673611</v>
+        <v>45779.460694444</v>
       </c>
       <c r="B219" t="s">
         <v>24</v>
       </c>
       <c r="C219" t="s">
         <v>25</v>
       </c>
       <c r="D219" t="s">
         <v>26</v>
       </c>
       <c r="E219" t="s">
         <v>27</v>
       </c>
       <c r="G219">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I219" t="s">
         <v>28</v>
       </c>
       <c r="J219">
         <v>12.0</v>
       </c>
       <c r="K219" s="2">
         <v>45432.0</v>
       </c>
       <c r="L219" s="2">
         <v>46527.0</v>
       </c>
       <c r="M219">
         <v>5000</v>
       </c>
       <c r="N219">
         <v>1000.0</v>
       </c>
       <c r="O219" t="s">
         <v>28</v>
       </c>
       <c r="P219">
-        <v>2.804348</v>
+        <v>2.52809</v>
       </c>
       <c r="Q219">
-        <v>106.304348</v>
+        <v>97.52809</v>
       </c>
       <c r="R219">
-        <v>108.684348</v>
+        <v>104.52809</v>
       </c>
       <c r="S219">
-        <v>103.5</v>
+        <v>95.0</v>
       </c>
       <c r="T219">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="220" spans="1:24">
       <c r="A220" s="2">
-        <v>45699.420798611</v>
+        <v>45777.416898148</v>
       </c>
       <c r="B220" t="s">
         <v>24</v>
       </c>
       <c r="C220" t="s">
         <v>25</v>
       </c>
       <c r="D220" t="s">
         <v>26</v>
       </c>
       <c r="E220" t="s">
         <v>27</v>
       </c>
       <c r="G220">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I220" t="s">
         <v>28</v>
       </c>
       <c r="J220">
         <v>12.0</v>
       </c>
       <c r="K220" s="2">
         <v>45432.0</v>
       </c>
       <c r="L220" s="2">
         <v>46527.0</v>
       </c>
       <c r="M220">
         <v>5000</v>
       </c>
       <c r="N220">
         <v>1000.0</v>
       </c>
       <c r="O220" t="s">
         <v>28</v>
       </c>
       <c r="P220">
-        <v>2.771739</v>
-[...2 lines deleted...]
-        <v>106.70652</v>
+        <v>2.494382</v>
       </c>
       <c r="R220">
-        <v>108.651739</v>
-[...2 lines deleted...]
-        <v>103.934781</v>
+        <v>104.494382</v>
       </c>
       <c r="T220">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="221" spans="1:24">
       <c r="A221" s="2">
-        <v>45698.422210648</v>
+        <v>45776.428287037</v>
       </c>
       <c r="B221" t="s">
         <v>24</v>
       </c>
       <c r="C221" t="s">
         <v>25</v>
       </c>
       <c r="D221" t="s">
         <v>26</v>
       </c>
       <c r="E221" t="s">
         <v>27</v>
       </c>
       <c r="G221">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I221" t="s">
         <v>28</v>
       </c>
       <c r="J221">
         <v>12.0</v>
       </c>
       <c r="K221" s="2">
         <v>45432.0</v>
       </c>
       <c r="L221" s="2">
         <v>46527.0</v>
       </c>
       <c r="M221">
         <v>5000</v>
       </c>
       <c r="N221">
         <v>1000.0</v>
       </c>
       <c r="O221" t="s">
         <v>28</v>
       </c>
       <c r="P221">
-        <v>2.73913</v>
+        <v>2.393258</v>
       </c>
       <c r="Q221">
-        <v>106.706522</v>
+        <v>101.393258</v>
       </c>
       <c r="R221">
-        <v>108.61913</v>
+        <v>104.393258</v>
       </c>
       <c r="S221">
-        <v>103.967392</v>
+        <v>99.0</v>
       </c>
       <c r="T221">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="222" spans="1:24">
       <c r="A222" s="2">
-        <v>45695.420439815</v>
+        <v>45775.493912037</v>
       </c>
       <c r="B222" t="s">
         <v>24</v>
       </c>
       <c r="C222" t="s">
         <v>25</v>
       </c>
       <c r="D222" t="s">
         <v>26</v>
       </c>
       <c r="E222" t="s">
         <v>27</v>
       </c>
       <c r="G222">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I222" t="s">
         <v>28</v>
       </c>
       <c r="J222">
         <v>12.0</v>
       </c>
       <c r="K222" s="2">
         <v>45432.0</v>
       </c>
       <c r="L222" s="2">
         <v>46527.0</v>
       </c>
       <c r="M222">
         <v>5000</v>
       </c>
       <c r="N222">
         <v>1000.0</v>
       </c>
       <c r="O222" t="s">
         <v>28</v>
       </c>
       <c r="P222">
-        <v>2.706522</v>
+        <v>2.325843</v>
       </c>
       <c r="Q222">
-        <v>106.706522</v>
+        <v>101.425843</v>
       </c>
       <c r="R222">
-        <v>108.586522</v>
+        <v>104.325843</v>
       </c>
       <c r="S222">
-        <v>104.0</v>
+        <v>99.1</v>
       </c>
       <c r="T222">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="223" spans="1:24">
       <c r="A223" s="2">
-        <v>45694.492592593</v>
+        <v>45772.502986111</v>
       </c>
       <c r="B223" t="s">
         <v>24</v>
       </c>
       <c r="C223" t="s">
         <v>25</v>
       </c>
       <c r="D223" t="s">
         <v>26</v>
       </c>
       <c r="E223" t="s">
         <v>27</v>
       </c>
       <c r="G223">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I223" t="s">
         <v>28</v>
       </c>
       <c r="J223">
         <v>12.0</v>
       </c>
       <c r="K223" s="2">
         <v>45432.0</v>
       </c>
       <c r="L223" s="2">
         <v>46527.0</v>
       </c>
       <c r="M223">
         <v>5000</v>
       </c>
       <c r="N223">
         <v>1000.0</v>
       </c>
       <c r="O223" t="s">
         <v>28</v>
       </c>
       <c r="P223">
-        <v>2.673913</v>
+        <v>2.292135</v>
       </c>
       <c r="Q223">
-        <v>106.673913</v>
+        <v>102.292135</v>
       </c>
       <c r="R223">
-        <v>108.553913</v>
+        <v>104.292135</v>
       </c>
       <c r="S223">
-        <v>104.0</v>
+        <v>100.0</v>
       </c>
       <c r="T223">
-        <v>105.88</v>
+        <v>102.0</v>
       </c>
     </row>
     <row r="224" spans="1:24">
       <c r="A224" s="2">
-        <v>45693.526226852</v>
+        <v>45771.483414352</v>
       </c>
       <c r="B224" t="s">
         <v>24</v>
       </c>
       <c r="C224" t="s">
         <v>25</v>
       </c>
       <c r="D224" t="s">
         <v>26</v>
       </c>
       <c r="E224" t="s">
         <v>27</v>
       </c>
       <c r="G224">
-        <v>105.543478</v>
+        <v>102.089888</v>
       </c>
       <c r="I224" t="s">
         <v>28</v>
       </c>
       <c r="J224">
         <v>12.0</v>
       </c>
       <c r="K224" s="2">
         <v>45432.0</v>
       </c>
       <c r="L224" s="2">
         <v>46527.0</v>
       </c>
       <c r="M224">
         <v>5000</v>
       </c>
       <c r="N224">
         <v>1000.0</v>
       </c>
       <c r="O224" t="s">
         <v>28</v>
       </c>
       <c r="P224">
-        <v>2.576087</v>
+        <v>2.258427</v>
       </c>
       <c r="Q224">
-        <v>106.076087</v>
+        <v>102.258427</v>
       </c>
       <c r="R224">
-        <v>108.456087</v>
+        <v>104.758427</v>
       </c>
       <c r="S224">
-        <v>103.5</v>
+        <v>100.0</v>
       </c>
       <c r="T224">
-        <v>105.88</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="225" spans="1:24">
       <c r="A225" s="2">
-        <v>45692.462627315</v>
+        <v>45770.54568287</v>
       </c>
       <c r="B225" t="s">
         <v>24</v>
       </c>
       <c r="C225" t="s">
         <v>25</v>
       </c>
       <c r="D225" t="s">
         <v>26</v>
       </c>
       <c r="E225" t="s">
         <v>27</v>
       </c>
-      <c r="F225">
-[...1 lines deleted...]
-      </c>
       <c r="G225">
-        <v>105.543478</v>
-[...2 lines deleted...]
-        <v>2110.86956</v>
+        <v>102.089888</v>
       </c>
       <c r="I225" t="s">
         <v>28</v>
       </c>
       <c r="J225">
         <v>12.0</v>
       </c>
       <c r="K225" s="2">
         <v>45432.0</v>
       </c>
       <c r="L225" s="2">
         <v>46527.0</v>
       </c>
       <c r="M225">
         <v>5000</v>
       </c>
       <c r="N225">
         <v>1000.0</v>
       </c>
       <c r="O225" t="s">
         <v>28</v>
       </c>
       <c r="P225">
-        <v>2.543478</v>
+        <v>2.157303</v>
       </c>
       <c r="Q225">
-        <v>105.543478</v>
+        <v>101.157303</v>
       </c>
       <c r="R225">
-        <v>108.423478</v>
+        <v>104.657303</v>
       </c>
       <c r="S225">
-        <v>103.0</v>
+        <v>99.0</v>
       </c>
       <c r="T225">
-        <v>105.88</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="226" spans="1:24">
       <c r="A226" s="2">
-        <v>45691.436527778</v>
+        <v>45769.508391204</v>
       </c>
       <c r="B226" t="s">
         <v>24</v>
       </c>
       <c r="C226" t="s">
         <v>25</v>
       </c>
       <c r="D226" t="s">
         <v>26</v>
       </c>
       <c r="E226" t="s">
         <v>27</v>
       </c>
       <c r="G226">
-        <v>106.945652</v>
+        <v>102.089888</v>
       </c>
       <c r="I226" t="s">
         <v>28</v>
       </c>
       <c r="J226">
         <v>12.0</v>
       </c>
       <c r="K226" s="2">
         <v>45432.0</v>
       </c>
       <c r="L226" s="2">
         <v>46527.0</v>
       </c>
       <c r="M226">
         <v>5000</v>
       </c>
       <c r="N226">
         <v>1000.0</v>
       </c>
       <c r="O226" t="s">
         <v>28</v>
       </c>
       <c r="P226">
-        <v>2.51087</v>
+        <v>2.123596</v>
       </c>
       <c r="Q226">
-        <v>102.51087</v>
+        <v>101.123596</v>
       </c>
       <c r="R226">
-        <v>105.51087</v>
+        <v>104.623596</v>
       </c>
       <c r="S226">
-        <v>100.0</v>
+        <v>99.0</v>
       </c>
       <c r="T226">
-        <v>103.0</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="227" spans="1:24">
       <c r="A227" s="2">
-        <v>45688.540543981</v>
+        <v>45764.530243056</v>
       </c>
       <c r="B227" t="s">
         <v>24</v>
       </c>
       <c r="C227" t="s">
         <v>25</v>
       </c>
       <c r="D227" t="s">
         <v>26</v>
       </c>
       <c r="E227" t="s">
         <v>27</v>
       </c>
+      <c r="F227">
+        <v>-2.48</v>
+      </c>
       <c r="G227">
-        <v>106.945652</v>
+        <v>102.089888</v>
+      </c>
+      <c r="H227">
+        <v>1020.89888</v>
       </c>
       <c r="I227" t="s">
         <v>28</v>
       </c>
       <c r="J227">
         <v>12.0</v>
       </c>
       <c r="K227" s="2">
         <v>45432.0</v>
       </c>
       <c r="L227" s="2">
         <v>46527.0</v>
       </c>
       <c r="M227">
         <v>5000</v>
       </c>
       <c r="N227">
         <v>1000.0</v>
       </c>
       <c r="O227" t="s">
         <v>28</v>
       </c>
       <c r="P227">
-        <v>2.478261</v>
+        <v>2.089888</v>
+      </c>
+      <c r="Q227">
+        <v>102.089888</v>
       </c>
       <c r="R227">
-        <v>105.478261</v>
+        <v>104.589888</v>
+      </c>
+      <c r="S227">
+        <v>100.0</v>
       </c>
       <c r="T227">
-        <v>103.0</v>
+        <v>102.5</v>
+      </c>
+      <c r="X227">
+        <v>1</v>
       </c>
     </row>
     <row r="228" spans="1:24">
       <c r="A228" s="2">
-        <v>45687.468796296</v>
+        <v>45763.4709375</v>
       </c>
       <c r="B228" t="s">
         <v>24</v>
       </c>
       <c r="C228" t="s">
         <v>25</v>
       </c>
       <c r="D228" t="s">
         <v>26</v>
       </c>
       <c r="E228" t="s">
         <v>27</v>
       </c>
-      <c r="F228">
-[...1 lines deleted...]
-      </c>
       <c r="G228">
-        <v>106.945652</v>
-[...2 lines deleted...]
-        <v>6416.73912</v>
+        <v>104.685393</v>
       </c>
       <c r="I228" t="s">
         <v>28</v>
       </c>
       <c r="J228">
         <v>12.0</v>
       </c>
       <c r="K228" s="2">
         <v>45432.0</v>
       </c>
       <c r="L228" s="2">
         <v>46527.0</v>
       </c>
       <c r="M228">
         <v>5000</v>
       </c>
       <c r="N228">
         <v>1000.0</v>
       </c>
       <c r="O228" t="s">
         <v>28</v>
       </c>
       <c r="P228">
-        <v>2.445652</v>
+        <v>2.05618</v>
       </c>
       <c r="Q228">
-        <v>104.445652</v>
+        <v>102.05618</v>
       </c>
       <c r="R228">
-        <v>106.945652</v>
+        <v>104.55618</v>
       </c>
       <c r="S228">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T228">
-        <v>104.5</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="229" spans="1:24">
       <c r="A229" s="2">
-        <v>45686.495787037</v>
+        <v>45762.488981481</v>
       </c>
       <c r="B229" t="s">
         <v>24</v>
       </c>
       <c r="C229" t="s">
         <v>25</v>
       </c>
       <c r="D229" t="s">
         <v>26</v>
       </c>
       <c r="E229" t="s">
         <v>27</v>
       </c>
       <c r="G229">
-        <v>104.086957</v>
+        <v>104.685393</v>
       </c>
       <c r="I229" t="s">
         <v>28</v>
       </c>
       <c r="J229">
         <v>12.0</v>
       </c>
       <c r="K229" s="2">
         <v>45432.0</v>
       </c>
       <c r="L229" s="2">
         <v>46527.0</v>
       </c>
       <c r="M229">
         <v>5000</v>
       </c>
       <c r="N229">
         <v>1000.0</v>
       </c>
       <c r="O229" t="s">
         <v>28</v>
       </c>
       <c r="P229">
-        <v>2.347826</v>
+        <v>1.88764</v>
       </c>
       <c r="Q229">
-        <v>106.847826</v>
+        <v>101.88764</v>
       </c>
       <c r="R229">
-        <v>107.247826</v>
+        <v>104.88764</v>
       </c>
       <c r="S229">
-        <v>104.5</v>
+        <v>100.0</v>
       </c>
       <c r="T229">
-        <v>104.9</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="230" spans="1:24">
       <c r="A230" s="2">
-        <v>45685.416979167</v>
+        <v>45761.530636574</v>
       </c>
       <c r="B230" t="s">
         <v>24</v>
       </c>
       <c r="C230" t="s">
         <v>25</v>
       </c>
       <c r="D230" t="s">
         <v>26</v>
       </c>
       <c r="E230" t="s">
         <v>27</v>
       </c>
       <c r="G230">
-        <v>104.086957</v>
+        <v>104.685393</v>
       </c>
       <c r="I230" t="s">
         <v>28</v>
       </c>
       <c r="J230">
         <v>12.0</v>
       </c>
       <c r="K230" s="2">
         <v>45432.0</v>
       </c>
       <c r="L230" s="2">
         <v>46527.0</v>
       </c>
       <c r="M230">
         <v>5000</v>
       </c>
       <c r="N230">
         <v>1000.0</v>
       </c>
       <c r="O230" t="s">
         <v>28</v>
       </c>
       <c r="P230">
-        <v>2.315217</v>
+        <v>1.853933</v>
       </c>
       <c r="Q230">
-        <v>104.315217</v>
+        <v>104.0</v>
       </c>
       <c r="R230">
-        <v>107.215217</v>
+        <v>104.853933</v>
       </c>
       <c r="S230">
-        <v>102.0</v>
+        <v>102.146067</v>
       </c>
       <c r="T230">
-        <v>104.9</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="231" spans="1:24">
       <c r="A231" s="2">
-        <v>45684.572372685</v>
+        <v>45758.602592593</v>
       </c>
       <c r="B231" t="s">
         <v>24</v>
       </c>
       <c r="C231" t="s">
         <v>25</v>
       </c>
       <c r="D231" t="s">
         <v>26</v>
       </c>
       <c r="E231" t="s">
         <v>27</v>
       </c>
       <c r="G231">
-        <v>104.086957</v>
+        <v>104.685393</v>
       </c>
       <c r="I231" t="s">
         <v>28</v>
       </c>
       <c r="J231">
         <v>12.0</v>
       </c>
       <c r="K231" s="2">
         <v>45432.0</v>
       </c>
       <c r="L231" s="2">
         <v>46527.0</v>
       </c>
       <c r="M231">
         <v>5000</v>
       </c>
       <c r="N231">
         <v>1000.0</v>
       </c>
       <c r="O231" t="s">
         <v>28</v>
       </c>
       <c r="P231">
-        <v>2.282609</v>
+        <v>1.820225</v>
       </c>
       <c r="Q231">
-        <v>104.282609</v>
+        <v>101.820225</v>
       </c>
       <c r="R231">
-        <v>107.182609</v>
+        <v>104.820225</v>
       </c>
       <c r="S231">
-        <v>102.0</v>
+        <v>100.0</v>
       </c>
       <c r="T231">
-        <v>104.9</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="232" spans="1:24">
       <c r="A232" s="2">
-        <v>45681.417025463</v>
+        <v>45757.550613426</v>
       </c>
       <c r="B232" t="s">
         <v>24</v>
       </c>
       <c r="C232" t="s">
         <v>25</v>
       </c>
       <c r="D232" t="s">
         <v>26</v>
       </c>
       <c r="E232" t="s">
         <v>27</v>
       </c>
       <c r="G232">
-        <v>104.086957</v>
+        <v>104.685393</v>
       </c>
       <c r="I232" t="s">
         <v>28</v>
       </c>
       <c r="J232">
         <v>12.0</v>
       </c>
       <c r="K232" s="2">
         <v>45432.0</v>
       </c>
       <c r="L232" s="2">
         <v>46527.0</v>
       </c>
       <c r="M232">
         <v>5000</v>
       </c>
       <c r="N232">
         <v>1000.0</v>
       </c>
       <c r="O232" t="s">
         <v>28</v>
       </c>
       <c r="P232">
-        <v>2.25</v>
+        <v>1.786517</v>
       </c>
       <c r="Q232">
-        <v>104.25</v>
+        <v>101.0</v>
       </c>
       <c r="R232">
-        <v>108.13</v>
+        <v>104.786517</v>
       </c>
       <c r="S232">
-        <v>102.0</v>
+        <v>99.213483</v>
       </c>
       <c r="T232">
-        <v>105.88</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="233" spans="1:24">
       <c r="A233" s="2">
-        <v>45680.416990741</v>
+        <v>45756.53650463</v>
       </c>
       <c r="B233" t="s">
         <v>24</v>
       </c>
       <c r="C233" t="s">
         <v>25</v>
       </c>
       <c r="D233" t="s">
         <v>26</v>
       </c>
       <c r="E233" t="s">
         <v>27</v>
       </c>
+      <c r="F233">
+        <v>1.81</v>
+      </c>
       <c r="G233">
-        <v>104.086957</v>
+        <v>104.685393</v>
+      </c>
+      <c r="H233">
+        <v>2083.70786</v>
       </c>
       <c r="I233" t="s">
         <v>28</v>
       </c>
       <c r="J233">
         <v>12.0</v>
       </c>
       <c r="K233" s="2">
         <v>45432.0</v>
       </c>
       <c r="L233" s="2">
         <v>46527.0</v>
       </c>
       <c r="M233">
         <v>5000</v>
       </c>
       <c r="N233">
         <v>1000.0</v>
       </c>
       <c r="O233" t="s">
         <v>28</v>
       </c>
       <c r="P233">
-        <v>2.217391</v>
-[...2 lines deleted...]
-        <v>104.217391</v>
+        <v>1.685393</v>
       </c>
       <c r="R233">
-        <v>108.097391</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>104.685393</v>
       </c>
       <c r="T233">
-        <v>105.88</v>
+        <v>103.0</v>
+      </c>
+      <c r="X233">
+        <v>2</v>
       </c>
     </row>
     <row r="234" spans="1:24">
       <c r="A234" s="2">
-        <v>45679.416886574</v>
+        <v>45755.417037037</v>
       </c>
       <c r="B234" t="s">
         <v>24</v>
       </c>
       <c r="C234" t="s">
         <v>25</v>
       </c>
       <c r="D234" t="s">
         <v>26</v>
       </c>
       <c r="E234" t="s">
         <v>27</v>
       </c>
       <c r="G234">
-        <v>104.086957</v>
+        <v>102.819438</v>
       </c>
       <c r="I234" t="s">
         <v>28</v>
       </c>
       <c r="J234">
         <v>12.0</v>
       </c>
       <c r="K234" s="2">
         <v>45432.0</v>
       </c>
       <c r="L234" s="2">
         <v>46527.0</v>
       </c>
       <c r="M234">
         <v>5000</v>
       </c>
       <c r="N234">
         <v>1000.0</v>
       </c>
       <c r="O234" t="s">
         <v>28</v>
       </c>
       <c r="P234">
-        <v>2.119565</v>
-[...2 lines deleted...]
-        <v>104.119565</v>
+        <v>1.651685</v>
       </c>
       <c r="R234">
-        <v>107.999565</v>
-[...1 lines deleted...]
-      <c r="S234">
+        <v>103.651685</v>
+      </c>
+      <c r="T234">
         <v>102.0</v>
-      </c>
-[...1 lines deleted...]
-        <v>105.88</v>
       </c>
     </row>
     <row r="235" spans="1:24">
       <c r="A235" s="2">
-        <v>45678.471053241</v>
+        <v>45754.447476852</v>
       </c>
       <c r="B235" t="s">
         <v>24</v>
       </c>
       <c r="C235" t="s">
         <v>25</v>
       </c>
       <c r="D235" t="s">
         <v>26</v>
       </c>
       <c r="E235" t="s">
         <v>27</v>
       </c>
-      <c r="F235">
-[...1 lines deleted...]
-      </c>
       <c r="G235">
-        <v>104.086957</v>
-[...2 lines deleted...]
-        <v>1040.86957</v>
+        <v>102.819438</v>
       </c>
       <c r="I235" t="s">
         <v>28</v>
       </c>
       <c r="J235">
         <v>12.0</v>
       </c>
       <c r="K235" s="2">
         <v>45432.0</v>
       </c>
       <c r="L235" s="2">
         <v>46527.0</v>
       </c>
       <c r="M235">
         <v>5000</v>
       </c>
       <c r="N235">
         <v>1000.0</v>
       </c>
       <c r="O235" t="s">
         <v>28</v>
       </c>
       <c r="P235">
-        <v>2.086957</v>
-[...2 lines deleted...]
-        <v>104.086957</v>
+        <v>1.617978</v>
       </c>
       <c r="R235">
-        <v>107.966957</v>
-[...1 lines deleted...]
-      <c r="S235">
+        <v>103.617978</v>
+      </c>
+      <c r="T235">
         <v>102.0</v>
-      </c>
-[...4 lines deleted...]
-        <v>1</v>
       </c>
     </row>
     <row r="236" spans="1:24">
       <c r="A236" s="2">
-        <v>45677.475347222</v>
+        <v>45751.41681713</v>
       </c>
       <c r="B236" t="s">
         <v>24</v>
       </c>
       <c r="C236" t="s">
         <v>25</v>
       </c>
       <c r="D236" t="s">
         <v>26</v>
       </c>
       <c r="E236" t="s">
         <v>27</v>
       </c>
       <c r="G236">
-        <v>106.265217</v>
+        <v>102.819438</v>
       </c>
       <c r="I236" t="s">
         <v>28</v>
       </c>
       <c r="J236">
         <v>12.0</v>
       </c>
       <c r="K236" s="2">
         <v>45432.0</v>
       </c>
       <c r="L236" s="2">
         <v>46527.0</v>
       </c>
       <c r="M236">
         <v>5000</v>
       </c>
       <c r="N236">
         <v>1000.0</v>
       </c>
       <c r="O236" t="s">
         <v>28</v>
       </c>
       <c r="P236">
-        <v>2.054348</v>
-[...2 lines deleted...]
-        <v>104.054348</v>
+        <v>1.58427</v>
       </c>
       <c r="R236">
-        <v>106.054348</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>104.58427</v>
       </c>
       <c r="T236">
-        <v>104.0</v>
+        <v>103.0</v>
       </c>
     </row>
     <row r="237" spans="1:24">
       <c r="A237" s="2">
-        <v>45674.417013889</v>
+        <v>45750.416770833</v>
       </c>
       <c r="B237" t="s">
         <v>24</v>
       </c>
       <c r="C237" t="s">
         <v>25</v>
       </c>
       <c r="D237" t="s">
         <v>26</v>
       </c>
       <c r="E237" t="s">
         <v>27</v>
       </c>
       <c r="G237">
-        <v>106.265217</v>
+        <v>102.819438</v>
       </c>
       <c r="I237" t="s">
         <v>28</v>
       </c>
       <c r="J237">
         <v>12.0</v>
       </c>
       <c r="K237" s="2">
         <v>45432.0</v>
       </c>
       <c r="L237" s="2">
         <v>46527.0</v>
       </c>
       <c r="M237">
         <v>5000</v>
       </c>
       <c r="N237">
         <v>1000.0</v>
       </c>
       <c r="O237" t="s">
         <v>28</v>
       </c>
       <c r="P237">
-        <v>2.021739</v>
-[...2 lines deleted...]
-        <v>104.021739</v>
+        <v>1.58427</v>
       </c>
       <c r="R237">
-        <v>107.901739</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>104.550562</v>
       </c>
       <c r="T237">
-        <v>105.88</v>
+        <v>102.966292</v>
       </c>
     </row>
     <row r="238" spans="1:24">
       <c r="A238" s="2">
-        <v>45673.417060185</v>
+        <v>45749.483171296</v>
       </c>
       <c r="B238" t="s">
         <v>24</v>
       </c>
       <c r="C238" t="s">
         <v>25</v>
       </c>
       <c r="D238" t="s">
         <v>26</v>
       </c>
       <c r="E238" t="s">
         <v>27</v>
       </c>
+      <c r="F238">
+        <v>0.06</v>
+      </c>
       <c r="G238">
-        <v>106.265217</v>
+        <v>102.819438</v>
+      </c>
+      <c r="H238">
+        <v>1028.19438</v>
       </c>
       <c r="I238" t="s">
         <v>28</v>
       </c>
       <c r="J238">
         <v>12.0</v>
       </c>
       <c r="K238" s="2">
         <v>45432.0</v>
       </c>
       <c r="L238" s="2">
         <v>46527.0</v>
       </c>
       <c r="M238">
         <v>5000</v>
       </c>
       <c r="N238">
         <v>1000.0</v>
       </c>
       <c r="O238" t="s">
         <v>28</v>
       </c>
       <c r="P238">
-        <v>1.98913</v>
-[...2 lines deleted...]
-        <v>103.98913</v>
+        <v>1.449438</v>
       </c>
       <c r="R238">
-        <v>107.86913</v>
-[...2 lines deleted...]
-        <v>102.0</v>
+        <v>104.349438</v>
       </c>
       <c r="T238">
-        <v>105.88</v>
+        <v>102.9</v>
+      </c>
+      <c r="X238">
+        <v>1</v>
       </c>
     </row>
     <row r="239" spans="1:24">
       <c r="A239" s="2">
-        <v>45672.441215278</v>
+        <v>45748.597951389</v>
       </c>
       <c r="B239" t="s">
         <v>24</v>
       </c>
       <c r="C239" t="s">
         <v>25</v>
       </c>
       <c r="D239" t="s">
         <v>26</v>
       </c>
       <c r="E239" t="s">
         <v>27</v>
       </c>
       <c r="G239">
-        <v>106.265217</v>
+        <v>102.76</v>
       </c>
       <c r="I239" t="s">
         <v>28</v>
       </c>
       <c r="J239">
         <v>12.0</v>
       </c>
       <c r="K239" s="2">
         <v>45432.0</v>
       </c>
       <c r="L239" s="2">
         <v>46527.0</v>
       </c>
       <c r="M239">
         <v>5000</v>
       </c>
       <c r="N239">
         <v>1000.0</v>
       </c>
       <c r="O239" t="s">
         <v>28</v>
       </c>
       <c r="P239">
-        <v>1.891304</v>
+        <v>1.41573</v>
       </c>
       <c r="Q239">
-        <v>103.891304</v>
+        <v>94.0</v>
       </c>
       <c r="R239">
-        <v>106.891304</v>
+        <v>102.78573</v>
       </c>
       <c r="S239">
-        <v>102.0</v>
+        <v>92.58427</v>
       </c>
       <c r="T239">
-        <v>105.0</v>
+        <v>101.37</v>
       </c>
     </row>
     <row r="240" spans="1:24">
       <c r="A240" s="2">
-        <v>45671.417013889</v>
+        <v>45747.644837963</v>
       </c>
       <c r="B240" t="s">
         <v>24</v>
       </c>
       <c r="C240" t="s">
         <v>25</v>
       </c>
       <c r="D240" t="s">
         <v>26</v>
       </c>
       <c r="E240" t="s">
         <v>27</v>
       </c>
+      <c r="F240">
+        <v>2.76</v>
+      </c>
       <c r="G240">
-        <v>106.265217</v>
+        <v>102.76</v>
+      </c>
+      <c r="H240">
+        <v>1027.6</v>
       </c>
       <c r="I240" t="s">
         <v>28</v>
       </c>
       <c r="J240">
         <v>12.0</v>
       </c>
       <c r="K240" s="2">
         <v>45432.0</v>
       </c>
       <c r="L240" s="2">
         <v>46527.0</v>
       </c>
       <c r="M240">
         <v>5000</v>
       </c>
       <c r="N240">
         <v>1000.0</v>
       </c>
       <c r="O240" t="s">
         <v>28</v>
       </c>
       <c r="P240">
-        <v>1.858696</v>
+        <v>1.382022</v>
       </c>
       <c r="Q240">
-        <v>103.858696</v>
+        <v>101.082022</v>
       </c>
       <c r="R240">
-        <v>107.738696</v>
+        <v>102.752022</v>
       </c>
       <c r="S240">
-        <v>102.0</v>
+        <v>99.7</v>
       </c>
       <c r="T240">
-        <v>105.88</v>
+        <v>101.37</v>
+      </c>
+      <c r="X240">
+        <v>1</v>
       </c>
     </row>
     <row r="241" spans="1:24">
       <c r="A241" s="2">
-        <v>45670.417314815</v>
+        <v>45744.421875</v>
       </c>
       <c r="B241" t="s">
         <v>24</v>
       </c>
       <c r="C241" t="s">
         <v>25</v>
       </c>
       <c r="D241" t="s">
         <v>26</v>
       </c>
       <c r="E241" t="s">
         <v>27</v>
       </c>
       <c r="G241">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I241" t="s">
         <v>28</v>
       </c>
       <c r="J241">
         <v>12.0</v>
       </c>
       <c r="K241" s="2">
         <v>45432.0</v>
       </c>
       <c r="L241" s="2">
         <v>46527.0</v>
       </c>
       <c r="M241">
         <v>5000</v>
       </c>
       <c r="N241">
         <v>1000.0</v>
       </c>
       <c r="O241" t="s">
         <v>28</v>
       </c>
       <c r="P241">
-        <v>1.826087</v>
+        <v>1.348315</v>
       </c>
       <c r="Q241">
-        <v>103.826087</v>
+        <v>102.76</v>
       </c>
       <c r="R241">
-        <v>107.706087</v>
+        <v>105.848315</v>
       </c>
       <c r="S241">
-        <v>102.0</v>
+        <v>101.411685</v>
       </c>
       <c r="T241">
-        <v>105.88</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="242" spans="1:24">
       <c r="A242" s="2">
-        <v>45667.41693287</v>
+        <v>45743.419027778</v>
       </c>
       <c r="B242" t="s">
         <v>24</v>
       </c>
       <c r="C242" t="s">
         <v>25</v>
       </c>
       <c r="D242" t="s">
         <v>26</v>
       </c>
       <c r="E242" t="s">
         <v>27</v>
       </c>
       <c r="G242">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I242" t="s">
         <v>28</v>
       </c>
       <c r="J242">
         <v>12.0</v>
       </c>
       <c r="K242" s="2">
         <v>45432.0</v>
       </c>
       <c r="L242" s="2">
         <v>46527.0</v>
       </c>
       <c r="M242">
         <v>5000</v>
       </c>
       <c r="N242">
         <v>1000.0</v>
       </c>
       <c r="O242" t="s">
         <v>28</v>
       </c>
       <c r="P242">
-        <v>1.793478</v>
+        <v>1.314607</v>
       </c>
       <c r="Q242">
-        <v>103.793478</v>
+        <v>102.76</v>
       </c>
       <c r="R242">
-        <v>107.673478</v>
+        <v>105.814607</v>
       </c>
       <c r="S242">
-        <v>102.0</v>
+        <v>101.445393</v>
       </c>
       <c r="T242">
-        <v>105.88</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="243" spans="1:24">
       <c r="A243" s="2">
-        <v>45666.474131944</v>
+        <v>45742.420428241</v>
       </c>
       <c r="B243" t="s">
         <v>24</v>
       </c>
       <c r="C243" t="s">
         <v>25</v>
       </c>
       <c r="D243" t="s">
         <v>26</v>
       </c>
       <c r="E243" t="s">
         <v>27</v>
       </c>
       <c r="G243">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I243" t="s">
         <v>28</v>
       </c>
       <c r="J243">
         <v>12.0</v>
       </c>
       <c r="K243" s="2">
         <v>45432.0</v>
       </c>
       <c r="L243" s="2">
         <v>46527.0</v>
       </c>
       <c r="M243">
         <v>5000</v>
       </c>
       <c r="N243">
         <v>1000.0</v>
       </c>
       <c r="O243" t="s">
         <v>28</v>
       </c>
       <c r="P243">
-        <v>1.76087</v>
+        <v>1.213483</v>
       </c>
       <c r="Q243">
-        <v>103.76087</v>
+        <v>102.76</v>
       </c>
       <c r="R243">
-        <v>107.64087</v>
+        <v>105.713483</v>
       </c>
       <c r="S243">
-        <v>102.0</v>
+        <v>101.546517</v>
       </c>
       <c r="T243">
-        <v>105.88</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="244" spans="1:24">
       <c r="A244" s="2">
-        <v>45665.422118056</v>
+        <v>45741.613877315</v>
       </c>
       <c r="B244" t="s">
         <v>24</v>
       </c>
       <c r="C244" t="s">
         <v>25</v>
       </c>
       <c r="D244" t="s">
         <v>26</v>
       </c>
       <c r="E244" t="s">
         <v>27</v>
       </c>
       <c r="G244">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I244" t="s">
         <v>28</v>
       </c>
       <c r="J244">
         <v>12.0</v>
       </c>
       <c r="K244" s="2">
         <v>45432.0</v>
       </c>
       <c r="L244" s="2">
         <v>46527.0</v>
       </c>
       <c r="M244">
         <v>5000</v>
       </c>
       <c r="N244">
         <v>1000.0</v>
       </c>
       <c r="O244" t="s">
         <v>28</v>
       </c>
       <c r="P244">
-        <v>1.663043</v>
+        <v>1.179775</v>
       </c>
       <c r="Q244">
-        <v>102.0</v>
+        <v>103.2</v>
       </c>
       <c r="R244">
-        <v>105.663043</v>
+        <v>105.679775</v>
       </c>
       <c r="S244">
-        <v>100.336957</v>
+        <v>102.020225</v>
       </c>
       <c r="T244">
-        <v>104.0</v>
+        <v>104.5</v>
       </c>
     </row>
     <row r="245" spans="1:24">
       <c r="A245" s="2">
-        <v>45664.421273148</v>
+        <v>45740.422858796</v>
       </c>
       <c r="B245" t="s">
         <v>24</v>
       </c>
       <c r="C245" t="s">
         <v>25</v>
       </c>
       <c r="D245" t="s">
         <v>26</v>
       </c>
       <c r="E245" t="s">
         <v>27</v>
       </c>
       <c r="G245">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I245" t="s">
         <v>28</v>
       </c>
       <c r="J245">
         <v>12.0</v>
       </c>
       <c r="K245" s="2">
         <v>45432.0</v>
       </c>
       <c r="L245" s="2">
         <v>46527.0</v>
       </c>
       <c r="M245">
         <v>5000</v>
       </c>
       <c r="N245">
         <v>1000.0</v>
       </c>
       <c r="O245" t="s">
         <v>28</v>
       </c>
       <c r="P245">
-        <v>1.630435</v>
+        <v>1.146067</v>
       </c>
       <c r="Q245">
-        <v>102.0</v>
+        <v>103.2</v>
       </c>
       <c r="R245">
-        <v>105.630435</v>
+        <v>105.846067</v>
       </c>
       <c r="S245">
-        <v>100.369565</v>
+        <v>102.053933</v>
       </c>
       <c r="T245">
-        <v>104.0</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="246" spans="1:24">
       <c r="A246" s="2">
-        <v>45663.453657407</v>
+        <v>45737.571435185</v>
       </c>
       <c r="B246" t="s">
         <v>24</v>
       </c>
       <c r="C246" t="s">
         <v>25</v>
       </c>
       <c r="D246" t="s">
         <v>26</v>
       </c>
       <c r="E246" t="s">
         <v>27</v>
       </c>
       <c r="G246">
-        <v>106.265217</v>
+        <v>100.0</v>
       </c>
       <c r="I246" t="s">
         <v>28</v>
       </c>
       <c r="J246">
         <v>12.0</v>
       </c>
       <c r="K246" s="2">
         <v>45432.0</v>
       </c>
       <c r="L246" s="2">
         <v>46527.0</v>
       </c>
       <c r="M246">
         <v>5000</v>
       </c>
       <c r="N246">
         <v>1000.0</v>
       </c>
       <c r="O246" t="s">
         <v>28</v>
       </c>
       <c r="P246">
-        <v>1.597826</v>
+        <v>1.11236</v>
       </c>
       <c r="Q246">
-        <v>102.0</v>
+        <v>103.2</v>
       </c>
       <c r="R246">
-        <v>105.597826</v>
+        <v>105.81236</v>
       </c>
       <c r="S246">
-        <v>100.402174</v>
+        <v>102.08764</v>
       </c>
       <c r="T246">
-        <v>104.0</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="247" spans="1:24">
       <c r="A247" s="2">
-        <v>45660.565706019</v>
+        <v>45736.420983796</v>
       </c>
       <c r="B247" t="s">
         <v>24</v>
       </c>
       <c r="C247" t="s">
         <v>25</v>
       </c>
       <c r="D247" t="s">
         <v>26</v>
       </c>
       <c r="E247" t="s">
         <v>27</v>
       </c>
-      <c r="F247">
-[...1 lines deleted...]
-      </c>
       <c r="G247">
-        <v>106.265217</v>
-[...2 lines deleted...]
-        <v>10626.5217</v>
+        <v>100.0</v>
       </c>
       <c r="I247" t="s">
         <v>28</v>
       </c>
       <c r="J247">
         <v>12.0</v>
       </c>
       <c r="K247" s="2">
         <v>45432.0</v>
       </c>
       <c r="L247" s="2">
         <v>46527.0</v>
       </c>
       <c r="M247">
         <v>5000</v>
       </c>
       <c r="N247">
         <v>1000.0</v>
       </c>
       <c r="O247" t="s">
         <v>28</v>
       </c>
       <c r="P247">
-        <v>1.565217</v>
+        <v>1.078652</v>
       </c>
       <c r="Q247">
-        <v>106.3</v>
+        <v>102.1</v>
       </c>
       <c r="R247">
-        <v>107.445217</v>
+        <v>106.958652</v>
       </c>
       <c r="S247">
-        <v>104.734783</v>
+        <v>101.021348</v>
       </c>
       <c r="T247">
         <v>105.88</v>
       </c>
-      <c r="X247">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="248" spans="1:24">
       <c r="A248" s="2">
-        <v>45659.551990741</v>
+        <v>45735.419618056</v>
       </c>
       <c r="B248" t="s">
         <v>24</v>
       </c>
       <c r="C248" t="s">
         <v>25</v>
       </c>
       <c r="D248" t="s">
         <v>26</v>
       </c>
       <c r="E248" t="s">
         <v>27</v>
       </c>
       <c r="G248">
-        <v>103.945652</v>
+        <v>100.0</v>
       </c>
       <c r="I248" t="s">
         <v>28</v>
       </c>
       <c r="J248">
         <v>12.0</v>
       </c>
       <c r="K248" s="2">
         <v>45432.0</v>
       </c>
       <c r="L248" s="2">
         <v>46527.0</v>
       </c>
       <c r="M248">
         <v>5000</v>
       </c>
       <c r="N248">
         <v>1000.0</v>
       </c>
       <c r="O248" t="s">
         <v>28</v>
       </c>
       <c r="P248">
-        <v>1.532609</v>
+        <v>0.977528</v>
       </c>
       <c r="Q248">
-        <v>103.0</v>
+        <v>102.1</v>
       </c>
       <c r="R248">
-        <v>106.232609</v>
+        <v>106.857528</v>
       </c>
       <c r="S248">
-        <v>101.467391</v>
+        <v>101.122472</v>
       </c>
       <c r="T248">
-        <v>104.7</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="249" spans="1:24">
       <c r="A249" s="2">
-        <v>45656.427152778</v>
+        <v>45734.418993056</v>
       </c>
       <c r="B249" t="s">
         <v>24</v>
       </c>
       <c r="C249" t="s">
         <v>25</v>
       </c>
       <c r="D249" t="s">
         <v>26</v>
       </c>
       <c r="E249" t="s">
         <v>27</v>
       </c>
       <c r="G249">
-        <v>103.945652</v>
+        <v>100.0</v>
       </c>
       <c r="I249" t="s">
         <v>28</v>
       </c>
       <c r="J249">
         <v>12.0</v>
       </c>
       <c r="K249" s="2">
         <v>45432.0</v>
       </c>
       <c r="L249" s="2">
         <v>46527.0</v>
       </c>
       <c r="M249">
         <v>5000</v>
       </c>
       <c r="N249">
         <v>1000.0</v>
       </c>
       <c r="O249" t="s">
         <v>28</v>
       </c>
       <c r="P249">
-        <v>1.402174</v>
+        <v>0.94382</v>
       </c>
       <c r="Q249">
-        <v>101.402174</v>
+        <v>102.1</v>
       </c>
       <c r="R249">
-        <v>106.102174</v>
+        <v>106.82382</v>
       </c>
       <c r="S249">
-        <v>100.0</v>
+        <v>101.15618</v>
       </c>
       <c r="T249">
-        <v>104.7</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="250" spans="1:24">
       <c r="A250" s="2">
-        <v>45653.417175926</v>
+        <v>45733.427094907</v>
       </c>
       <c r="B250" t="s">
         <v>24</v>
       </c>
       <c r="C250" t="s">
         <v>25</v>
       </c>
       <c r="D250" t="s">
         <v>26</v>
       </c>
       <c r="E250" t="s">
         <v>27</v>
       </c>
       <c r="G250">
-        <v>103.945652</v>
+        <v>100.0</v>
       </c>
       <c r="I250" t="s">
         <v>28</v>
       </c>
       <c r="J250">
         <v>12.0</v>
       </c>
       <c r="K250" s="2">
         <v>45432.0</v>
       </c>
       <c r="L250" s="2">
         <v>46527.0</v>
       </c>
       <c r="M250">
         <v>5000</v>
       </c>
       <c r="N250">
         <v>1000.0</v>
       </c>
       <c r="O250" t="s">
         <v>28</v>
       </c>
       <c r="P250">
-        <v>1.336957</v>
+        <v>0.910112</v>
       </c>
       <c r="Q250">
-        <v>101.336957</v>
+        <v>102.1</v>
       </c>
       <c r="R250">
-        <v>107.236957</v>
+        <v>106.790112</v>
       </c>
       <c r="S250">
-        <v>100.0</v>
+        <v>101.189888</v>
       </c>
       <c r="T250">
-        <v>105.9</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="251" spans="1:24">
       <c r="A251" s="2">
-        <v>45649.417013889</v>
+        <v>45730.640115741</v>
       </c>
       <c r="B251" t="s">
         <v>24</v>
       </c>
       <c r="C251" t="s">
         <v>25</v>
       </c>
       <c r="D251" t="s">
         <v>26</v>
       </c>
       <c r="E251" t="s">
         <v>27</v>
       </c>
+      <c r="F251">
+        <v>-2.76</v>
+      </c>
       <c r="G251">
-        <v>103.945652</v>
+        <v>100.0</v>
+      </c>
+      <c r="H251">
+        <v>1000.0</v>
       </c>
       <c r="I251" t="s">
         <v>28</v>
       </c>
       <c r="J251">
         <v>12.0</v>
       </c>
       <c r="K251" s="2">
         <v>45432.0</v>
       </c>
       <c r="L251" s="2">
         <v>46527.0</v>
       </c>
       <c r="M251">
         <v>5000</v>
       </c>
       <c r="N251">
         <v>1000.0</v>
       </c>
       <c r="O251" t="s">
         <v>28</v>
       </c>
       <c r="P251">
-        <v>1.206522</v>
-[...2 lines deleted...]
-        <v>101.206522</v>
+        <v>0.876404</v>
       </c>
       <c r="R251">
-        <v>107.106522</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>106.756404</v>
       </c>
       <c r="T251">
-        <v>105.9</v>
+        <v>105.88</v>
+      </c>
+      <c r="X251">
+        <v>1</v>
       </c>
     </row>
     <row r="252" spans="1:24">
       <c r="A252" s="2">
-        <v>45646.417083333</v>
+        <v>45729.631990741</v>
       </c>
       <c r="B252" t="s">
         <v>24</v>
       </c>
       <c r="C252" t="s">
         <v>25</v>
       </c>
       <c r="D252" t="s">
         <v>26</v>
       </c>
       <c r="E252" t="s">
         <v>27</v>
       </c>
+      <c r="F252">
+        <v>-2.06</v>
+      </c>
       <c r="G252">
-        <v>103.945652</v>
+        <v>102.842697</v>
+      </c>
+      <c r="H252">
+        <v>2054.85394</v>
       </c>
       <c r="I252" t="s">
         <v>28</v>
       </c>
       <c r="J252">
         <v>12.0</v>
       </c>
       <c r="K252" s="2">
         <v>45432.0</v>
       </c>
       <c r="L252" s="2">
         <v>46527.0</v>
       </c>
       <c r="M252">
         <v>5000</v>
       </c>
       <c r="N252">
         <v>1000.0</v>
       </c>
       <c r="O252" t="s">
         <v>28</v>
       </c>
       <c r="P252">
-        <v>1.108696</v>
-[...2 lines deleted...]
-        <v>101.108696</v>
+        <v>0.842697</v>
       </c>
       <c r="R252">
-        <v>107.008696</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>106.722697</v>
       </c>
       <c r="T252">
-        <v>105.9</v>
+        <v>105.88</v>
+      </c>
+      <c r="X252">
+        <v>2</v>
       </c>
     </row>
     <row r="253" spans="1:24">
       <c r="A253" s="2">
-        <v>45645.417175926</v>
+        <v>45728.417083333</v>
       </c>
       <c r="B253" t="s">
         <v>24</v>
       </c>
       <c r="C253" t="s">
         <v>25</v>
       </c>
       <c r="D253" t="s">
         <v>26</v>
       </c>
       <c r="E253" t="s">
         <v>27</v>
       </c>
       <c r="G253">
-        <v>103.945652</v>
+        <v>105.004494</v>
       </c>
       <c r="I253" t="s">
         <v>28</v>
       </c>
       <c r="J253">
         <v>12.0</v>
       </c>
       <c r="K253" s="2">
         <v>45432.0</v>
       </c>
       <c r="L253" s="2">
         <v>46527.0</v>
       </c>
       <c r="M253">
         <v>5000</v>
       </c>
       <c r="N253">
         <v>1000.0</v>
       </c>
       <c r="O253" t="s">
         <v>28</v>
       </c>
       <c r="P253">
-        <v>1.076087</v>
-[...2 lines deleted...]
-        <v>101.076087</v>
+        <v>0.741573</v>
       </c>
       <c r="R253">
-        <v>106.976087</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>106.621573</v>
       </c>
       <c r="T253">
-        <v>105.9</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="254" spans="1:24">
       <c r="A254" s="2">
-        <v>45644.417094907</v>
+        <v>45727.355219907</v>
       </c>
       <c r="B254" t="s">
         <v>24</v>
       </c>
       <c r="C254" t="s">
         <v>25</v>
       </c>
       <c r="D254" t="s">
         <v>26</v>
       </c>
       <c r="E254" t="s">
         <v>27</v>
       </c>
       <c r="G254">
-        <v>103.945652</v>
+        <v>105.004494</v>
       </c>
       <c r="I254" t="s">
         <v>28</v>
       </c>
       <c r="J254">
         <v>12.0</v>
       </c>
       <c r="K254" s="2">
         <v>45432.0</v>
       </c>
       <c r="L254" s="2">
         <v>46527.0</v>
       </c>
       <c r="M254">
         <v>5000</v>
       </c>
       <c r="N254">
         <v>1000.0</v>
       </c>
       <c r="O254" t="s">
         <v>28</v>
       </c>
       <c r="P254">
-        <v>0.978261</v>
-[...11 lines deleted...]
-        <v>105.9</v>
+        <v>0.707865</v>
       </c>
     </row>
     <row r="255" spans="1:24">
       <c r="A255" s="2">
-        <v>45643.65130787</v>
+        <v>45726.417025463</v>
       </c>
       <c r="B255" t="s">
         <v>24</v>
       </c>
       <c r="C255" t="s">
         <v>25</v>
       </c>
       <c r="D255" t="s">
         <v>26</v>
       </c>
       <c r="E255" t="s">
         <v>27</v>
       </c>
-      <c r="F255">
-[...1 lines deleted...]
-      </c>
       <c r="G255">
-        <v>103.945652</v>
-[...2 lines deleted...]
-        <v>4177.82608</v>
+        <v>105.004494</v>
       </c>
       <c r="I255" t="s">
         <v>28</v>
       </c>
       <c r="J255">
         <v>12.0</v>
       </c>
       <c r="K255" s="2">
         <v>45432.0</v>
       </c>
       <c r="L255" s="2">
         <v>46527.0</v>
       </c>
       <c r="M255">
         <v>5000</v>
       </c>
       <c r="N255">
         <v>1000.0</v>
       </c>
       <c r="O255" t="s">
         <v>28</v>
       </c>
       <c r="P255">
-        <v>0.945652</v>
-[...2 lines deleted...]
-        <v>103.945652</v>
+        <v>0.674157</v>
       </c>
       <c r="R255">
-        <v>106.845652</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.554157</v>
       </c>
       <c r="T255">
-        <v>105.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="256" spans="1:24">
       <c r="A256" s="2">
-        <v>45642.488391204</v>
+        <v>45723.417083333</v>
       </c>
       <c r="B256" t="s">
         <v>24</v>
       </c>
       <c r="C256" t="s">
         <v>25</v>
       </c>
       <c r="D256" t="s">
         <v>26</v>
       </c>
       <c r="E256" t="s">
         <v>27</v>
       </c>
-      <c r="F256">
-[...1 lines deleted...]
-      </c>
       <c r="G256">
-        <v>105.9</v>
-[...2 lines deleted...]
-        <v>1059.0</v>
+        <v>105.004494</v>
       </c>
       <c r="I256" t="s">
         <v>28</v>
       </c>
       <c r="J256">
         <v>12.0</v>
       </c>
       <c r="K256" s="2">
         <v>45432.0</v>
       </c>
       <c r="L256" s="2">
         <v>46527.0</v>
       </c>
       <c r="M256">
         <v>5000</v>
       </c>
       <c r="N256">
         <v>1000.0</v>
       </c>
       <c r="O256" t="s">
         <v>28</v>
       </c>
       <c r="P256">
-        <v>0.913043</v>
-[...2 lines deleted...]
-        <v>103.913043</v>
+        <v>0.640449</v>
       </c>
       <c r="R256">
-        <v>106.813043</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.520449</v>
       </c>
       <c r="T256">
-        <v>105.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="257" spans="1:24">
       <c r="A257" s="2">
-        <v>45639.41712963</v>
+        <v>45722.417048611</v>
       </c>
       <c r="B257" t="s">
         <v>24</v>
       </c>
       <c r="C257" t="s">
         <v>25</v>
       </c>
       <c r="D257" t="s">
         <v>26</v>
       </c>
       <c r="E257" t="s">
         <v>27</v>
       </c>
       <c r="G257">
-        <v>104.946522</v>
+        <v>105.004494</v>
       </c>
       <c r="I257" t="s">
         <v>28</v>
       </c>
       <c r="J257">
         <v>12.0</v>
       </c>
       <c r="K257" s="2">
         <v>45432.0</v>
       </c>
       <c r="L257" s="2">
         <v>46527.0</v>
       </c>
       <c r="M257">
         <v>5000</v>
       </c>
       <c r="N257">
         <v>1000.0</v>
       </c>
       <c r="O257" t="s">
         <v>28</v>
       </c>
       <c r="P257">
-        <v>0.880435</v>
-[...2 lines deleted...]
-        <v>103.880435</v>
+        <v>0.606742</v>
       </c>
       <c r="R257">
-        <v>105.880435</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.486742</v>
       </c>
       <c r="T257">
-        <v>105.0</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="258" spans="1:24">
       <c r="A258" s="2">
-        <v>45638.4171875</v>
+        <v>45721.416956019</v>
       </c>
       <c r="B258" t="s">
         <v>24</v>
       </c>
       <c r="C258" t="s">
         <v>25</v>
       </c>
       <c r="D258" t="s">
         <v>26</v>
       </c>
       <c r="E258" t="s">
         <v>27</v>
       </c>
       <c r="G258">
-        <v>104.946522</v>
+        <v>105.004494</v>
       </c>
       <c r="I258" t="s">
         <v>28</v>
       </c>
       <c r="J258">
         <v>12.0</v>
       </c>
       <c r="K258" s="2">
         <v>45432.0</v>
       </c>
       <c r="L258" s="2">
         <v>46527.0</v>
       </c>
       <c r="M258">
         <v>5000</v>
       </c>
       <c r="N258">
         <v>1000.0</v>
       </c>
       <c r="O258" t="s">
         <v>28</v>
       </c>
       <c r="P258">
-        <v>0.847826</v>
-[...2 lines deleted...]
-        <v>103.847826</v>
+        <v>0.505618</v>
       </c>
       <c r="R258">
-        <v>105.847826</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.385618</v>
       </c>
       <c r="T258">
-        <v>105.0</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="259" spans="1:24">
       <c r="A259" s="2">
-        <v>45637.417048611</v>
+        <v>45720.416979167</v>
       </c>
       <c r="B259" t="s">
         <v>24</v>
       </c>
       <c r="C259" t="s">
         <v>25</v>
       </c>
       <c r="D259" t="s">
         <v>26</v>
       </c>
       <c r="E259" t="s">
         <v>27</v>
       </c>
       <c r="G259">
-        <v>104.946522</v>
+        <v>105.004494</v>
       </c>
       <c r="I259" t="s">
         <v>28</v>
       </c>
       <c r="J259">
         <v>12.0</v>
       </c>
       <c r="K259" s="2">
         <v>45432.0</v>
       </c>
       <c r="L259" s="2">
         <v>46527.0</v>
       </c>
       <c r="M259">
         <v>5000</v>
       </c>
       <c r="N259">
         <v>1000.0</v>
       </c>
       <c r="O259" t="s">
         <v>28</v>
       </c>
       <c r="P259">
-        <v>0.75</v>
-[...2 lines deleted...]
-        <v>103.75</v>
+        <v>0.47191</v>
       </c>
       <c r="R259">
-        <v>105.75</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.35191</v>
       </c>
       <c r="T259">
-        <v>105.0</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="260" spans="1:24">
       <c r="A260" s="2">
-        <v>45636.416967593</v>
+        <v>45719.416921296</v>
       </c>
       <c r="B260" t="s">
         <v>24</v>
       </c>
       <c r="C260" t="s">
         <v>25</v>
       </c>
       <c r="D260" t="s">
         <v>26</v>
       </c>
       <c r="E260" t="s">
         <v>27</v>
       </c>
       <c r="G260">
-        <v>104.946522</v>
+        <v>105.004494</v>
       </c>
       <c r="I260" t="s">
         <v>28</v>
       </c>
       <c r="J260">
         <v>12.0</v>
       </c>
       <c r="K260" s="2">
         <v>45432.0</v>
       </c>
       <c r="L260" s="2">
         <v>46527.0</v>
       </c>
       <c r="M260">
         <v>5000</v>
       </c>
       <c r="N260">
         <v>1000.0</v>
       </c>
       <c r="O260" t="s">
         <v>28</v>
       </c>
       <c r="P260">
-        <v>0.717391</v>
-[...2 lines deleted...]
-        <v>103.717391</v>
+        <v>0.438202</v>
       </c>
       <c r="R260">
-        <v>105.717391</v>
-[...2 lines deleted...]
-        <v>103.0</v>
+        <v>106.318202</v>
       </c>
       <c r="T260">
-        <v>105.0</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="261" spans="1:24">
       <c r="A261" s="2">
-        <v>45635.417106481</v>
+        <v>45716.504305556</v>
       </c>
       <c r="B261" t="s">
         <v>24</v>
       </c>
       <c r="C261" t="s">
         <v>25</v>
       </c>
       <c r="D261" t="s">
         <v>26</v>
       </c>
       <c r="E261" t="s">
         <v>27</v>
       </c>
+      <c r="F261">
+        <v>1.58</v>
+      </c>
       <c r="G261">
-        <v>104.946522</v>
+        <v>105.004494</v>
+      </c>
+      <c r="H261">
+        <v>5244.2247</v>
       </c>
       <c r="I261" t="s">
         <v>28</v>
       </c>
       <c r="J261">
         <v>12.0</v>
       </c>
       <c r="K261" s="2">
         <v>45432.0</v>
       </c>
       <c r="L261" s="2">
         <v>46527.0</v>
       </c>
       <c r="M261">
         <v>5000</v>
       </c>
       <c r="N261">
         <v>1000.0</v>
       </c>
       <c r="O261" t="s">
         <v>28</v>
       </c>
       <c r="P261">
-        <v>0.684783</v>
+        <v>0.404494</v>
       </c>
       <c r="Q261">
-        <v>103.684783</v>
+        <v>103.404494</v>
       </c>
       <c r="R261">
-        <v>105.684783</v>
+        <v>105.004494</v>
       </c>
       <c r="S261">
         <v>103.0</v>
       </c>
       <c r="T261">
-        <v>105.0</v>
+        <v>104.6</v>
+      </c>
+      <c r="X261">
+        <v>2</v>
       </c>
     </row>
     <row r="262" spans="1:24">
       <c r="A262" s="2">
-        <v>45632.417048611</v>
+        <v>45715.641724537</v>
       </c>
       <c r="B262" t="s">
         <v>24</v>
       </c>
       <c r="C262" t="s">
         <v>25</v>
       </c>
       <c r="D262" t="s">
         <v>26</v>
       </c>
       <c r="E262" t="s">
         <v>27</v>
       </c>
+      <c r="F262">
+        <v>0.1</v>
+      </c>
       <c r="G262">
-        <v>104.946522</v>
+        <v>103.370787</v>
+      </c>
+      <c r="H262">
+        <v>1033.70787</v>
       </c>
       <c r="I262" t="s">
         <v>28</v>
       </c>
       <c r="J262">
         <v>12.0</v>
       </c>
       <c r="K262" s="2">
         <v>45432.0</v>
       </c>
       <c r="L262" s="2">
         <v>46527.0</v>
       </c>
       <c r="M262">
         <v>5000</v>
       </c>
       <c r="N262">
         <v>1000.0</v>
       </c>
       <c r="O262" t="s">
         <v>28</v>
       </c>
       <c r="P262">
-        <v>0.652174</v>
+        <v>0.370787</v>
       </c>
       <c r="Q262">
-        <v>103.652174</v>
+        <v>104.370787</v>
       </c>
       <c r="R262">
-        <v>105.652174</v>
+        <v>104.970787</v>
       </c>
       <c r="S262">
-        <v>103.0</v>
+        <v>104.0</v>
       </c>
       <c r="T262">
-        <v>105.0</v>
+        <v>104.6</v>
+      </c>
+      <c r="X262">
+        <v>1</v>
       </c>
     </row>
     <row r="263" spans="1:24">
       <c r="A263" s="2">
-        <v>45631.417164352</v>
+        <v>45714.624594907</v>
       </c>
       <c r="B263" t="s">
         <v>24</v>
       </c>
       <c r="C263" t="s">
         <v>25</v>
       </c>
       <c r="D263" t="s">
         <v>26</v>
       </c>
       <c r="E263" t="s">
         <v>27</v>
       </c>
+      <c r="F263">
+        <v>0.1</v>
+      </c>
       <c r="G263">
-        <v>104.946522</v>
+        <v>103.269663</v>
+      </c>
+      <c r="H263">
+        <v>2065.39326</v>
       </c>
       <c r="I263" t="s">
         <v>28</v>
       </c>
       <c r="J263">
         <v>12.0</v>
       </c>
       <c r="K263" s="2">
         <v>45432.0</v>
       </c>
       <c r="L263" s="2">
         <v>46527.0</v>
       </c>
       <c r="M263">
         <v>5000</v>
       </c>
       <c r="N263">
         <v>1000.0</v>
       </c>
       <c r="O263" t="s">
         <v>28</v>
       </c>
       <c r="P263">
-        <v>0.619565</v>
+        <v>0.269663</v>
       </c>
       <c r="Q263">
-        <v>103.619565</v>
+        <v>103.269663</v>
       </c>
       <c r="R263">
-        <v>105.619565</v>
+        <v>104.269663</v>
       </c>
       <c r="S263">
         <v>103.0</v>
       </c>
       <c r="T263">
-        <v>105.0</v>
+        <v>104.0</v>
+      </c>
+      <c r="X263">
+        <v>1</v>
       </c>
     </row>
     <row r="264" spans="1:24">
       <c r="A264" s="2">
-        <v>45630.5659375</v>
+        <v>45713.42119213</v>
       </c>
       <c r="B264" t="s">
         <v>24</v>
       </c>
       <c r="C264" t="s">
         <v>25</v>
       </c>
       <c r="D264" t="s">
         <v>26</v>
       </c>
       <c r="E264" t="s">
         <v>27</v>
       </c>
       <c r="G264">
-        <v>104.946522</v>
+        <v>103.168539</v>
       </c>
       <c r="I264" t="s">
         <v>28</v>
       </c>
       <c r="J264">
         <v>12.0</v>
       </c>
       <c r="K264" s="2">
         <v>45432.0</v>
       </c>
       <c r="L264" s="2">
         <v>46527.0</v>
       </c>
       <c r="M264">
         <v>5000</v>
       </c>
       <c r="N264">
         <v>1000.0</v>
       </c>
       <c r="O264" t="s">
         <v>28</v>
       </c>
       <c r="P264">
-        <v>0.521739</v>
+        <v>0.235955</v>
       </c>
       <c r="Q264">
-        <v>103.521739</v>
+        <v>103.235955</v>
       </c>
       <c r="R264">
-        <v>105.521739</v>
+        <v>104.235955</v>
       </c>
       <c r="S264">
         <v>103.0</v>
       </c>
       <c r="T264">
-        <v>105.0</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="265" spans="1:24">
       <c r="A265" s="2">
-        <v>45629.578726852</v>
+        <v>45712.417025463</v>
       </c>
       <c r="B265" t="s">
         <v>24</v>
       </c>
       <c r="C265" t="s">
         <v>25</v>
       </c>
       <c r="D265" t="s">
         <v>26</v>
       </c>
       <c r="E265" t="s">
         <v>27</v>
       </c>
       <c r="G265">
-        <v>104.946522</v>
+        <v>103.168539</v>
       </c>
       <c r="I265" t="s">
         <v>28</v>
       </c>
       <c r="J265">
         <v>12.0</v>
       </c>
       <c r="K265" s="2">
         <v>45432.0</v>
       </c>
       <c r="L265" s="2">
         <v>46527.0</v>
       </c>
       <c r="M265">
         <v>5000</v>
       </c>
       <c r="N265">
         <v>1000.0</v>
       </c>
       <c r="O265" t="s">
         <v>28</v>
       </c>
       <c r="P265">
-        <v>0.48913</v>
+        <v>0.202247</v>
       </c>
       <c r="Q265">
-        <v>103.48913</v>
+        <v>103.202247</v>
       </c>
       <c r="R265">
-        <v>106.38913</v>
+        <v>104.802247</v>
       </c>
       <c r="S265">
         <v>103.0</v>
       </c>
       <c r="T265">
-        <v>105.9</v>
+        <v>104.6</v>
       </c>
     </row>
     <row r="266" spans="1:24">
       <c r="A266" s="2">
-        <v>45628.458726852</v>
+        <v>45709.454837963</v>
       </c>
       <c r="B266" t="s">
         <v>24</v>
       </c>
       <c r="C266" t="s">
         <v>25</v>
       </c>
       <c r="D266" t="s">
         <v>26</v>
       </c>
       <c r="E266" t="s">
         <v>27</v>
       </c>
       <c r="F266">
-        <v>3.91</v>
+        <v>-2.25</v>
       </c>
       <c r="G266">
-        <v>104.946522</v>
+        <v>103.168539</v>
       </c>
       <c r="H266">
-        <v>6296.79132</v>
+        <v>5168.42695</v>
       </c>
       <c r="I266" t="s">
         <v>28</v>
       </c>
       <c r="J266">
         <v>12.0</v>
       </c>
       <c r="K266" s="2">
         <v>45432.0</v>
       </c>
       <c r="L266" s="2">
         <v>46527.0</v>
       </c>
       <c r="M266">
         <v>5000</v>
       </c>
       <c r="N266">
         <v>1000.0</v>
       </c>
       <c r="O266" t="s">
         <v>28</v>
       </c>
       <c r="P266">
-        <v>0.456522</v>
+        <v>0.168539</v>
       </c>
       <c r="Q266">
+        <v>103.168539</v>
+      </c>
+      <c r="R266">
+        <v>104.768539</v>
+      </c>
+      <c r="S266">
         <v>103.0</v>
       </c>
-      <c r="R266">
-[...4 lines deleted...]
-      </c>
       <c r="T266">
-        <v>105.9</v>
+        <v>104.6</v>
       </c>
       <c r="X266">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="267" spans="1:24">
       <c r="A267" s="2">
-        <v>45625.416944444</v>
+        <v>45708.458680556</v>
       </c>
       <c r="B267" t="s">
         <v>24</v>
       </c>
       <c r="C267" t="s">
         <v>25</v>
       </c>
       <c r="D267" t="s">
         <v>26</v>
       </c>
       <c r="E267" t="s">
         <v>27</v>
       </c>
       <c r="G267">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I267" t="s">
         <v>28</v>
       </c>
       <c r="J267">
         <v>12.0</v>
       </c>
       <c r="K267" s="2">
         <v>45432.0</v>
       </c>
       <c r="L267" s="2">
         <v>46527.0</v>
       </c>
       <c r="M267">
         <v>5000</v>
       </c>
       <c r="N267">
         <v>1000.0</v>
       </c>
       <c r="O267" t="s">
         <v>28</v>
       </c>
       <c r="P267">
-        <v>0.423913</v>
+        <v>0.134831</v>
       </c>
       <c r="Q267">
-        <v>100.423913</v>
+        <v>103.234831</v>
       </c>
       <c r="R267">
-        <v>104.913913</v>
+        <v>104.734831</v>
       </c>
       <c r="S267">
-        <v>100.0</v>
+        <v>103.1</v>
       </c>
       <c r="T267">
-        <v>104.49</v>
+        <v>104.6</v>
       </c>
     </row>
     <row r="268" spans="1:24">
       <c r="A268" s="2">
-        <v>45624.416979167</v>
+        <v>45707.420324074</v>
       </c>
       <c r="B268" t="s">
         <v>24</v>
       </c>
       <c r="C268" t="s">
         <v>25</v>
       </c>
       <c r="D268" t="s">
         <v>26</v>
       </c>
       <c r="E268" t="s">
         <v>27</v>
       </c>
       <c r="G268">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I268" t="s">
         <v>28</v>
       </c>
       <c r="J268">
         <v>12.0</v>
       </c>
       <c r="K268" s="2">
         <v>45432.0</v>
       </c>
       <c r="L268" s="2">
         <v>46527.0</v>
       </c>
       <c r="M268">
         <v>5000</v>
       </c>
       <c r="N268">
         <v>1000.0</v>
       </c>
       <c r="O268" t="s">
         <v>28</v>
       </c>
       <c r="P268">
-        <v>0.391304</v>
+        <v>0.033708</v>
       </c>
       <c r="Q268">
-        <v>100.391304</v>
+        <v>103.133708</v>
       </c>
       <c r="R268">
-        <v>104.881304</v>
+        <v>105.913708</v>
       </c>
       <c r="S268">
-        <v>100.0</v>
+        <v>103.1</v>
       </c>
       <c r="T268">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="269" spans="1:24">
       <c r="A269" s="2">
-        <v>45623.416944444</v>
+        <v>45706.450532407</v>
       </c>
       <c r="B269" t="s">
         <v>24</v>
       </c>
       <c r="C269" t="s">
         <v>25</v>
       </c>
       <c r="D269" t="s">
         <v>26</v>
       </c>
       <c r="E269" t="s">
         <v>27</v>
       </c>
       <c r="G269">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I269" t="s">
         <v>28</v>
       </c>
       <c r="J269">
         <v>12.0</v>
       </c>
       <c r="K269" s="2">
         <v>45432.0</v>
       </c>
       <c r="L269" s="2">
         <v>46527.0</v>
       </c>
       <c r="M269">
         <v>5000</v>
       </c>
       <c r="N269">
         <v>1000.0</v>
       </c>
       <c r="O269" t="s">
         <v>28</v>
       </c>
-      <c r="P269">
-[...1 lines deleted...]
-      </c>
       <c r="Q269">
-        <v>100.293478</v>
+        <v>103.04</v>
       </c>
       <c r="R269">
-        <v>104.783478</v>
-[...5 lines deleted...]
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="270" spans="1:24">
       <c r="A270" s="2">
-        <v>45622.416990741</v>
+        <v>45705.44443287</v>
       </c>
       <c r="B270" t="s">
         <v>24</v>
       </c>
       <c r="C270" t="s">
         <v>25</v>
       </c>
       <c r="D270" t="s">
         <v>26</v>
       </c>
       <c r="E270" t="s">
         <v>27</v>
       </c>
       <c r="G270">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I270" t="s">
         <v>28</v>
       </c>
       <c r="J270">
         <v>12.0</v>
       </c>
       <c r="K270" s="2">
         <v>45432.0</v>
       </c>
       <c r="L270" s="2">
         <v>46527.0</v>
       </c>
       <c r="M270">
         <v>5000</v>
       </c>
       <c r="N270">
         <v>1000.0</v>
       </c>
       <c r="O270" t="s">
         <v>28</v>
       </c>
       <c r="P270">
-        <v>0.26087</v>
+        <v>-0.032609</v>
       </c>
       <c r="Q270">
-        <v>100.26087</v>
+        <v>103.0</v>
       </c>
       <c r="R270">
-        <v>104.75087</v>
+        <v>105.847391</v>
       </c>
       <c r="S270">
-        <v>100.0</v>
+        <v>103.032609</v>
       </c>
       <c r="T270">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="271" spans="1:24">
       <c r="A271" s="2">
-        <v>45621.41724537</v>
+        <v>45702.417025463</v>
       </c>
       <c r="B271" t="s">
         <v>24</v>
       </c>
       <c r="C271" t="s">
         <v>25</v>
       </c>
       <c r="D271" t="s">
         <v>26</v>
       </c>
       <c r="E271" t="s">
         <v>27</v>
       </c>
       <c r="G271">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I271" t="s">
         <v>28</v>
       </c>
       <c r="J271">
         <v>12.0</v>
       </c>
       <c r="K271" s="2">
         <v>45432.0</v>
       </c>
       <c r="L271" s="2">
         <v>46527.0</v>
       </c>
       <c r="M271">
         <v>5000</v>
       </c>
       <c r="N271">
         <v>1000.0</v>
       </c>
       <c r="O271" t="s">
         <v>28</v>
       </c>
       <c r="P271">
-        <v>0.228261</v>
+        <v>-0.065217</v>
       </c>
       <c r="Q271">
-        <v>100.228261</v>
+        <v>102.934783</v>
       </c>
       <c r="R271">
-        <v>104.718261</v>
+        <v>105.814783</v>
       </c>
       <c r="S271">
-        <v>100.0</v>
+        <v>103.0</v>
       </c>
       <c r="T271">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="272" spans="1:24">
       <c r="A272" s="2">
-        <v>45618.417025463</v>
+        <v>45701.416921296</v>
       </c>
       <c r="B272" t="s">
         <v>24</v>
       </c>
       <c r="C272" t="s">
         <v>25</v>
       </c>
       <c r="D272" t="s">
         <v>26</v>
       </c>
       <c r="E272" t="s">
         <v>27</v>
       </c>
       <c r="G272">
-        <v>101.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I272" t="s">
         <v>28</v>
       </c>
       <c r="J272">
         <v>12.0</v>
       </c>
       <c r="K272" s="2">
         <v>45432.0</v>
       </c>
       <c r="L272" s="2">
         <v>46527.0</v>
       </c>
       <c r="M272">
         <v>5000</v>
       </c>
       <c r="N272">
         <v>1000.0</v>
       </c>
       <c r="O272" t="s">
         <v>28</v>
       </c>
       <c r="P272">
-        <v>0.195652</v>
+        <v>2.902174</v>
       </c>
       <c r="Q272">
-        <v>100.195652</v>
+        <v>105.902174</v>
       </c>
       <c r="R272">
-        <v>104.685652</v>
+        <v>108.782174</v>
       </c>
       <c r="S272">
-        <v>100.0</v>
+        <v>103.0</v>
       </c>
       <c r="T272">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="273" spans="1:24">
       <c r="A273" s="2">
-        <v>45617.654652778</v>
+        <v>45700.517673611</v>
       </c>
       <c r="B273" t="s">
         <v>24</v>
       </c>
       <c r="C273" t="s">
         <v>25</v>
       </c>
       <c r="D273" t="s">
         <v>26</v>
       </c>
       <c r="E273" t="s">
         <v>27</v>
       </c>
-      <c r="F273">
-[...1 lines deleted...]
-      </c>
       <c r="G273">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>1010.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I273" t="s">
         <v>28</v>
       </c>
       <c r="J273">
         <v>12.0</v>
       </c>
       <c r="K273" s="2">
         <v>45432.0</v>
       </c>
       <c r="L273" s="2">
         <v>46527.0</v>
       </c>
       <c r="M273">
         <v>5000</v>
       </c>
       <c r="N273">
         <v>1000.0</v>
       </c>
       <c r="O273" t="s">
         <v>28</v>
       </c>
       <c r="P273">
-        <v>0.163043</v>
+        <v>2.804348</v>
       </c>
       <c r="Q273">
-        <v>100.163043</v>
+        <v>106.304348</v>
       </c>
       <c r="R273">
-        <v>104.653043</v>
+        <v>108.684348</v>
       </c>
       <c r="S273">
-        <v>100.0</v>
+        <v>103.5</v>
       </c>
       <c r="T273">
-        <v>104.49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="274" spans="1:24">
       <c r="A274" s="2">
-        <v>45616.41693287</v>
+        <v>45699.420798611</v>
       </c>
       <c r="B274" t="s">
         <v>24</v>
       </c>
       <c r="C274" t="s">
         <v>25</v>
       </c>
       <c r="D274" t="s">
         <v>26</v>
       </c>
       <c r="E274" t="s">
         <v>27</v>
       </c>
       <c r="G274">
-        <v>103.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I274" t="s">
         <v>28</v>
       </c>
       <c r="J274">
         <v>12.0</v>
       </c>
       <c r="K274" s="2">
         <v>45432.0</v>
       </c>
       <c r="L274" s="2">
         <v>46527.0</v>
       </c>
       <c r="M274">
         <v>5000</v>
       </c>
       <c r="N274">
         <v>1000.0</v>
       </c>
       <c r="O274" t="s">
         <v>28</v>
       </c>
       <c r="P274">
-        <v>0.065217</v>
+        <v>2.771739</v>
       </c>
       <c r="Q274">
-        <v>100.065217</v>
+        <v>106.70652</v>
       </c>
       <c r="R274">
-        <v>104.555217</v>
+        <v>108.651739</v>
       </c>
       <c r="S274">
-        <v>100.0</v>
+        <v>103.934781</v>
       </c>
       <c r="T274">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="275" spans="1:24">
       <c r="A275" s="2">
-        <v>45615.41724537</v>
+        <v>45698.422210648</v>
       </c>
       <c r="B275" t="s">
         <v>24</v>
       </c>
       <c r="C275" t="s">
         <v>25</v>
       </c>
       <c r="D275" t="s">
         <v>26</v>
       </c>
       <c r="E275" t="s">
         <v>27</v>
       </c>
       <c r="G275">
-        <v>103.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I275" t="s">
         <v>28</v>
       </c>
       <c r="J275">
         <v>12.0</v>
       </c>
       <c r="K275" s="2">
         <v>45432.0</v>
       </c>
       <c r="L275" s="2">
         <v>46527.0</v>
       </c>
       <c r="M275">
         <v>5000</v>
       </c>
       <c r="N275">
         <v>1000.0</v>
       </c>
       <c r="O275" t="s">
         <v>28</v>
       </c>
       <c r="P275">
-        <v>0.032609</v>
+        <v>2.73913</v>
       </c>
       <c r="Q275">
-        <v>100.032609</v>
+        <v>106.706522</v>
       </c>
       <c r="R275">
-        <v>104.522609</v>
+        <v>108.61913</v>
       </c>
       <c r="S275">
-        <v>100.0</v>
+        <v>103.967392</v>
       </c>
       <c r="T275">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="276" spans="1:24">
       <c r="A276" s="2">
-        <v>45614.416886574</v>
+        <v>45695.420439815</v>
       </c>
       <c r="B276" t="s">
         <v>24</v>
       </c>
       <c r="C276" t="s">
         <v>25</v>
       </c>
       <c r="D276" t="s">
         <v>26</v>
       </c>
       <c r="E276" t="s">
         <v>27</v>
       </c>
       <c r="G276">
-        <v>103.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I276" t="s">
         <v>28</v>
       </c>
       <c r="J276">
         <v>12.0</v>
       </c>
       <c r="K276" s="2">
         <v>45432.0</v>
       </c>
       <c r="L276" s="2">
         <v>46527.0</v>
       </c>
       <c r="M276">
         <v>5000</v>
       </c>
       <c r="N276">
         <v>1000.0</v>
       </c>
       <c r="O276" t="s">
         <v>28</v>
       </c>
+      <c r="P276">
+        <v>2.706522</v>
+      </c>
       <c r="Q276">
-        <v>100.0</v>
+        <v>106.706522</v>
       </c>
       <c r="R276">
-        <v>104.49</v>
+        <v>108.586522</v>
+      </c>
+      <c r="S276">
+        <v>104.0</v>
+      </c>
+      <c r="T276">
+        <v>105.88</v>
       </c>
     </row>
     <row r="277" spans="1:24">
       <c r="A277" s="2">
-        <v>45611.416990741</v>
+        <v>45694.492592593</v>
       </c>
       <c r="B277" t="s">
         <v>24</v>
       </c>
       <c r="C277" t="s">
         <v>25</v>
       </c>
       <c r="D277" t="s">
         <v>26</v>
       </c>
       <c r="E277" t="s">
         <v>27</v>
       </c>
       <c r="G277">
-        <v>103.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I277" t="s">
         <v>28</v>
       </c>
       <c r="J277">
         <v>12.0</v>
       </c>
       <c r="K277" s="2">
         <v>45432.0</v>
       </c>
       <c r="L277" s="2">
         <v>46527.0</v>
       </c>
       <c r="M277">
         <v>5000</v>
       </c>
       <c r="N277">
         <v>1000.0</v>
       </c>
       <c r="O277" t="s">
         <v>28</v>
       </c>
       <c r="P277">
-        <v>-0.032609</v>
+        <v>2.673913</v>
       </c>
       <c r="Q277">
-        <v>99.967391</v>
+        <v>106.673913</v>
       </c>
       <c r="R277">
-        <v>104.457391</v>
+        <v>108.553913</v>
       </c>
       <c r="S277">
-        <v>100.0</v>
+        <v>104.0</v>
       </c>
       <c r="T277">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="278" spans="1:24">
       <c r="A278" s="2">
-        <v>45610.661516204</v>
+        <v>45693.526226852</v>
       </c>
       <c r="B278" t="s">
         <v>24</v>
       </c>
       <c r="C278" t="s">
         <v>25</v>
       </c>
       <c r="D278" t="s">
         <v>26</v>
       </c>
       <c r="E278" t="s">
         <v>27</v>
       </c>
       <c r="G278">
-        <v>103.0</v>
+        <v>105.543478</v>
       </c>
       <c r="I278" t="s">
         <v>28</v>
       </c>
       <c r="J278">
         <v>12.0</v>
       </c>
       <c r="K278" s="2">
         <v>45432.0</v>
       </c>
       <c r="L278" s="2">
         <v>46527.0</v>
       </c>
       <c r="M278">
         <v>5000</v>
       </c>
       <c r="N278">
         <v>1000.0</v>
       </c>
       <c r="O278" t="s">
         <v>28</v>
       </c>
       <c r="P278">
-        <v>-0.065217</v>
+        <v>2.576087</v>
       </c>
       <c r="Q278">
-        <v>99.934783</v>
+        <v>106.076087</v>
       </c>
       <c r="R278">
-        <v>104.424783</v>
+        <v>108.456087</v>
       </c>
       <c r="S278">
-        <v>100.0</v>
+        <v>103.5</v>
       </c>
       <c r="T278">
-        <v>104.49</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="279" spans="1:24">
       <c r="A279" s="2">
-        <v>45609.417013889</v>
+        <v>45692.462627315</v>
       </c>
       <c r="B279" t="s">
         <v>24</v>
       </c>
       <c r="C279" t="s">
         <v>25</v>
       </c>
       <c r="D279" t="s">
         <v>26</v>
       </c>
       <c r="E279" t="s">
         <v>27</v>
       </c>
+      <c r="F279">
+        <v>-1.31</v>
+      </c>
       <c r="G279">
+        <v>105.543478</v>
+      </c>
+      <c r="H279">
+        <v>2110.86956</v>
+      </c>
+      <c r="I279" t="s">
+        <v>28</v>
+      </c>
+      <c r="J279">
+        <v>12.0</v>
+      </c>
+      <c r="K279" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L279" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M279">
+        <v>5000</v>
+      </c>
+      <c r="N279">
+        <v>1000.0</v>
+      </c>
+      <c r="O279" t="s">
+        <v>28</v>
+      </c>
+      <c r="P279">
+        <v>2.543478</v>
+      </c>
+      <c r="Q279">
+        <v>105.543478</v>
+      </c>
+      <c r="R279">
+        <v>108.423478</v>
+      </c>
+      <c r="S279">
         <v>103.0</v>
       </c>
-      <c r="I279" t="s">
-[...25 lines deleted...]
-      </c>
       <c r="T279">
-        <v>104.49</v>
+        <v>105.88</v>
+      </c>
+      <c r="X279">
+        <v>1</v>
       </c>
     </row>
     <row r="280" spans="1:24">
       <c r="A280" s="2">
-        <v>45608.416944444</v>
+        <v>45691.436527778</v>
       </c>
       <c r="B280" t="s">
         <v>24</v>
       </c>
       <c r="C280" t="s">
         <v>25</v>
       </c>
       <c r="D280" t="s">
         <v>26</v>
       </c>
       <c r="E280" t="s">
         <v>27</v>
       </c>
       <c r="G280">
+        <v>106.945652</v>
+      </c>
+      <c r="I280" t="s">
+        <v>28</v>
+      </c>
+      <c r="J280">
+        <v>12.0</v>
+      </c>
+      <c r="K280" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L280" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M280">
+        <v>5000</v>
+      </c>
+      <c r="N280">
+        <v>1000.0</v>
+      </c>
+      <c r="O280" t="s">
+        <v>28</v>
+      </c>
+      <c r="P280">
+        <v>2.51087</v>
+      </c>
+      <c r="Q280">
+        <v>102.51087</v>
+      </c>
+      <c r="R280">
+        <v>105.51087</v>
+      </c>
+      <c r="S280">
+        <v>100.0</v>
+      </c>
+      <c r="T280">
         <v>103.0</v>
-      </c>
-[...28 lines deleted...]
-        <v>104.49</v>
       </c>
     </row>
     <row r="281" spans="1:24">
       <c r="A281" s="2">
-        <v>45607.423206019</v>
+        <v>45688.540543981</v>
       </c>
       <c r="B281" t="s">
         <v>24</v>
       </c>
       <c r="C281" t="s">
         <v>25</v>
       </c>
       <c r="D281" t="s">
         <v>26</v>
       </c>
       <c r="E281" t="s">
         <v>27</v>
       </c>
       <c r="G281">
+        <v>106.945652</v>
+      </c>
+      <c r="I281" t="s">
+        <v>28</v>
+      </c>
+      <c r="J281">
+        <v>12.0</v>
+      </c>
+      <c r="K281" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L281" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M281">
+        <v>5000</v>
+      </c>
+      <c r="N281">
+        <v>1000.0</v>
+      </c>
+      <c r="O281" t="s">
+        <v>28</v>
+      </c>
+      <c r="P281">
+        <v>2.478261</v>
+      </c>
+      <c r="R281">
+        <v>105.478261</v>
+      </c>
+      <c r="T281">
         <v>103.0</v>
-      </c>
-[...34 lines deleted...]
-        <v>104.49</v>
       </c>
     </row>
     <row r="282" spans="1:24">
       <c r="A282" s="2">
-        <v>45604.421759259</v>
+        <v>45687.468796296</v>
       </c>
       <c r="B282" t="s">
         <v>24</v>
       </c>
       <c r="C282" t="s">
         <v>25</v>
       </c>
       <c r="D282" t="s">
         <v>26</v>
       </c>
       <c r="E282" t="s">
         <v>27</v>
       </c>
+      <c r="F282">
+        <v>2.75</v>
+      </c>
       <c r="G282">
-        <v>103.0</v>
+        <v>106.945652</v>
+      </c>
+      <c r="H282">
+        <v>6416.73912</v>
       </c>
       <c r="I282" t="s">
         <v>28</v>
       </c>
       <c r="J282">
         <v>12.0</v>
       </c>
       <c r="K282" s="2">
         <v>45432.0</v>
       </c>
       <c r="L282" s="2">
         <v>46527.0</v>
       </c>
       <c r="M282">
         <v>5000</v>
       </c>
       <c r="N282">
         <v>1000.0</v>
       </c>
       <c r="O282" t="s">
         <v>28</v>
       </c>
       <c r="P282">
-        <v>2.73913</v>
+        <v>2.445652</v>
       </c>
       <c r="Q282">
-        <v>100.0</v>
+        <v>104.445652</v>
       </c>
       <c r="R282">
-        <v>107.22913</v>
+        <v>106.945652</v>
       </c>
       <c r="S282">
-        <v>97.26087</v>
+        <v>102.0</v>
       </c>
       <c r="T282">
-        <v>104.49</v>
+        <v>104.5</v>
+      </c>
+      <c r="X282">
+        <v>1</v>
       </c>
     </row>
     <row r="283" spans="1:24">
       <c r="A283" s="2">
-        <v>45603.421527778</v>
+        <v>45686.495787037</v>
       </c>
       <c r="B283" t="s">
         <v>24</v>
       </c>
       <c r="C283" t="s">
         <v>25</v>
       </c>
       <c r="D283" t="s">
         <v>26</v>
       </c>
       <c r="E283" t="s">
         <v>27</v>
       </c>
       <c r="G283">
-        <v>103.0</v>
+        <v>104.086957</v>
       </c>
       <c r="I283" t="s">
         <v>28</v>
       </c>
       <c r="J283">
         <v>12.0</v>
       </c>
       <c r="K283" s="2">
         <v>45432.0</v>
       </c>
       <c r="L283" s="2">
         <v>46527.0</v>
       </c>
       <c r="M283">
         <v>5000</v>
       </c>
       <c r="N283">
         <v>1000.0</v>
       </c>
       <c r="O283" t="s">
         <v>28</v>
       </c>
       <c r="P283">
-        <v>2.706522</v>
+        <v>2.347826</v>
       </c>
       <c r="Q283">
-        <v>100.0</v>
+        <v>106.847826</v>
       </c>
       <c r="R283">
-        <v>107.196522</v>
+        <v>107.247826</v>
       </c>
       <c r="S283">
-        <v>97.293478</v>
+        <v>104.5</v>
       </c>
       <c r="T283">
-        <v>104.49</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="284" spans="1:24">
       <c r="A284" s="2">
-        <v>45602.43849537</v>
+        <v>45685.416979167</v>
       </c>
       <c r="B284" t="s">
         <v>24</v>
       </c>
       <c r="C284" t="s">
         <v>25</v>
       </c>
       <c r="D284" t="s">
         <v>26</v>
       </c>
       <c r="E284" t="s">
         <v>27</v>
       </c>
-      <c r="F284">
-[...1 lines deleted...]
-      </c>
       <c r="G284">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1030.0</v>
+        <v>104.086957</v>
       </c>
       <c r="I284" t="s">
         <v>28</v>
       </c>
       <c r="J284">
         <v>12.0</v>
       </c>
       <c r="K284" s="2">
         <v>45432.0</v>
       </c>
       <c r="L284" s="2">
         <v>46527.0</v>
       </c>
       <c r="M284">
         <v>5000</v>
       </c>
       <c r="N284">
         <v>1000.0</v>
       </c>
       <c r="O284" t="s">
         <v>28</v>
       </c>
       <c r="P284">
-        <v>2.608696</v>
+        <v>2.315217</v>
+      </c>
+      <c r="Q284">
+        <v>104.315217</v>
       </c>
       <c r="R284">
-        <v>107.098696</v>
+        <v>107.215217</v>
+      </c>
+      <c r="S284">
+        <v>102.0</v>
       </c>
       <c r="T284">
-        <v>104.49</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="285" spans="1:24">
       <c r="A285" s="2">
-        <v>45601.593599537</v>
+        <v>45684.572372685</v>
       </c>
       <c r="B285" t="s">
         <v>24</v>
       </c>
       <c r="C285" t="s">
         <v>25</v>
       </c>
       <c r="D285" t="s">
         <v>26</v>
       </c>
       <c r="E285" t="s">
         <v>27</v>
       </c>
       <c r="G285">
-        <v>106.269609</v>
+        <v>104.086957</v>
       </c>
       <c r="I285" t="s">
         <v>28</v>
       </c>
       <c r="J285">
         <v>12.0</v>
       </c>
       <c r="K285" s="2">
         <v>45432.0</v>
       </c>
       <c r="L285" s="2">
         <v>46527.0</v>
       </c>
       <c r="M285">
         <v>5000</v>
       </c>
       <c r="N285">
         <v>1000.0</v>
       </c>
       <c r="O285" t="s">
         <v>28</v>
       </c>
       <c r="P285">
-        <v>2.576087</v>
+        <v>2.282609</v>
+      </c>
+      <c r="Q285">
+        <v>104.282609</v>
       </c>
       <c r="R285">
-        <v>105.076087</v>
+        <v>107.182609</v>
+      </c>
+      <c r="S285">
+        <v>102.0</v>
       </c>
       <c r="T285">
-        <v>102.5</v>
+        <v>104.9</v>
       </c>
     </row>
     <row r="286" spans="1:24">
       <c r="A286" s="2">
-        <v>45600.422430556</v>
+        <v>45681.417025463</v>
       </c>
       <c r="B286" t="s">
         <v>24</v>
       </c>
       <c r="C286" t="s">
         <v>25</v>
       </c>
       <c r="D286" t="s">
         <v>26</v>
       </c>
       <c r="E286" t="s">
         <v>27</v>
       </c>
       <c r="G286">
-        <v>106.269609</v>
+        <v>104.086957</v>
       </c>
       <c r="I286" t="s">
         <v>28</v>
       </c>
       <c r="J286">
         <v>12.0</v>
       </c>
       <c r="K286" s="2">
         <v>45432.0</v>
       </c>
       <c r="L286" s="2">
         <v>46527.0</v>
       </c>
       <c r="M286">
         <v>5000</v>
       </c>
       <c r="N286">
         <v>1000.0</v>
       </c>
       <c r="O286" t="s">
         <v>28</v>
       </c>
       <c r="P286">
-        <v>2.543478</v>
+        <v>2.25</v>
+      </c>
+      <c r="Q286">
+        <v>104.25</v>
       </c>
       <c r="R286">
-        <v>106.0</v>
+        <v>108.13</v>
+      </c>
+      <c r="S286">
+        <v>102.0</v>
       </c>
       <c r="T286">
-        <v>103.456522</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="287" spans="1:24">
       <c r="A287" s="2">
-        <v>45597.35556713</v>
+        <v>45680.416990741</v>
       </c>
       <c r="B287" t="s">
         <v>24</v>
       </c>
       <c r="C287" t="s">
         <v>25</v>
       </c>
       <c r="D287" t="s">
         <v>26</v>
       </c>
       <c r="E287" t="s">
         <v>27</v>
       </c>
       <c r="G287">
-        <v>106.269609</v>
+        <v>104.086957</v>
       </c>
       <c r="I287" t="s">
         <v>28</v>
       </c>
       <c r="J287">
         <v>12.0</v>
       </c>
       <c r="K287" s="2">
         <v>45432.0</v>
       </c>
       <c r="L287" s="2">
         <v>46527.0</v>
       </c>
       <c r="M287">
         <v>5000</v>
       </c>
       <c r="N287">
         <v>1000.0</v>
       </c>
       <c r="O287" t="s">
         <v>28</v>
       </c>
       <c r="P287">
-        <v>2.51087</v>
+        <v>2.217391</v>
+      </c>
+      <c r="Q287">
+        <v>104.217391</v>
+      </c>
+      <c r="R287">
+        <v>108.097391</v>
+      </c>
+      <c r="S287">
+        <v>102.0</v>
+      </c>
+      <c r="T287">
+        <v>105.88</v>
       </c>
     </row>
     <row r="288" spans="1:24">
       <c r="A288" s="2">
-        <v>45596.421493056</v>
+        <v>45679.416886574</v>
       </c>
       <c r="B288" t="s">
         <v>24</v>
       </c>
       <c r="C288" t="s">
         <v>25</v>
       </c>
       <c r="D288" t="s">
         <v>26</v>
       </c>
       <c r="E288" t="s">
         <v>27</v>
       </c>
       <c r="G288">
-        <v>106.269609</v>
+        <v>104.086957</v>
       </c>
       <c r="I288" t="s">
         <v>28</v>
       </c>
       <c r="J288">
         <v>12.0</v>
       </c>
       <c r="K288" s="2">
         <v>45432.0</v>
       </c>
       <c r="L288" s="2">
         <v>46527.0</v>
       </c>
       <c r="M288">
         <v>5000</v>
       </c>
       <c r="N288">
         <v>1000.0</v>
       </c>
       <c r="O288" t="s">
         <v>28</v>
       </c>
       <c r="P288">
-        <v>2.478261</v>
+        <v>2.119565</v>
+      </c>
+      <c r="Q288">
+        <v>104.119565</v>
       </c>
       <c r="R288">
-        <v>106.0</v>
+        <v>107.999565</v>
+      </c>
+      <c r="S288">
+        <v>102.0</v>
       </c>
       <c r="T288">
-        <v>103.521739</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="289" spans="1:24">
       <c r="A289" s="2">
-        <v>45595.420787037</v>
+        <v>45678.471053241</v>
       </c>
       <c r="B289" t="s">
         <v>24</v>
       </c>
       <c r="C289" t="s">
         <v>25</v>
       </c>
       <c r="D289" t="s">
         <v>26</v>
       </c>
       <c r="E289" t="s">
         <v>27</v>
       </c>
+      <c r="F289">
+        <v>-2.05</v>
+      </c>
       <c r="G289">
-        <v>106.269609</v>
+        <v>104.086957</v>
+      </c>
+      <c r="H289">
+        <v>1040.86957</v>
       </c>
       <c r="I289" t="s">
         <v>28</v>
       </c>
       <c r="J289">
         <v>12.0</v>
       </c>
       <c r="K289" s="2">
         <v>45432.0</v>
       </c>
       <c r="L289" s="2">
         <v>46527.0</v>
       </c>
       <c r="M289">
         <v>5000</v>
       </c>
       <c r="N289">
         <v>1000.0</v>
       </c>
       <c r="O289" t="s">
         <v>28</v>
       </c>
       <c r="P289">
-        <v>2.380435</v>
+        <v>2.086957</v>
+      </c>
+      <c r="Q289">
+        <v>104.086957</v>
       </c>
       <c r="R289">
-        <v>106.0</v>
+        <v>107.966957</v>
+      </c>
+      <c r="S289">
+        <v>102.0</v>
       </c>
       <c r="T289">
-        <v>103.619565</v>
+        <v>105.88</v>
+      </c>
+      <c r="X289">
+        <v>1</v>
       </c>
     </row>
     <row r="290" spans="1:24">
       <c r="A290" s="2">
-        <v>45594.416979167</v>
+        <v>45677.475347222</v>
       </c>
       <c r="B290" t="s">
         <v>24</v>
       </c>
       <c r="C290" t="s">
         <v>25</v>
       </c>
       <c r="D290" t="s">
         <v>26</v>
       </c>
       <c r="E290" t="s">
         <v>27</v>
       </c>
       <c r="G290">
-        <v>106.269609</v>
+        <v>106.265217</v>
       </c>
       <c r="I290" t="s">
         <v>28</v>
       </c>
       <c r="J290">
         <v>12.0</v>
       </c>
       <c r="K290" s="2">
         <v>45432.0</v>
       </c>
       <c r="L290" s="2">
         <v>46527.0</v>
       </c>
       <c r="M290">
         <v>5000</v>
       </c>
       <c r="N290">
         <v>1000.0</v>
       </c>
       <c r="O290" t="s">
         <v>28</v>
       </c>
       <c r="P290">
-        <v>2.347826</v>
+        <v>2.054348</v>
+      </c>
+      <c r="Q290">
+        <v>104.054348</v>
       </c>
       <c r="R290">
-        <v>107.847826</v>
+        <v>106.054348</v>
+      </c>
+      <c r="S290">
+        <v>102.0</v>
       </c>
       <c r="T290">
-        <v>105.5</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="291" spans="1:24">
       <c r="A291" s="2">
-        <v>45593.417025463</v>
+        <v>45674.417013889</v>
       </c>
       <c r="B291" t="s">
         <v>24</v>
       </c>
       <c r="C291" t="s">
         <v>25</v>
       </c>
       <c r="D291" t="s">
         <v>26</v>
       </c>
       <c r="E291" t="s">
         <v>27</v>
       </c>
       <c r="G291">
-        <v>106.269609</v>
+        <v>106.265217</v>
       </c>
       <c r="I291" t="s">
         <v>28</v>
       </c>
       <c r="J291">
         <v>12.0</v>
       </c>
       <c r="K291" s="2">
         <v>45432.0</v>
       </c>
       <c r="L291" s="2">
         <v>46527.0</v>
       </c>
       <c r="M291">
         <v>5000</v>
       </c>
       <c r="N291">
         <v>1000.0</v>
       </c>
       <c r="O291" t="s">
         <v>28</v>
       </c>
       <c r="P291">
-        <v>2.315217</v>
+        <v>2.021739</v>
+      </c>
+      <c r="Q291">
+        <v>104.021739</v>
       </c>
       <c r="R291">
-        <v>107.815217</v>
+        <v>107.901739</v>
+      </c>
+      <c r="S291">
+        <v>102.0</v>
       </c>
       <c r="T291">
-        <v>105.5</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="292" spans="1:24">
       <c r="A292" s="2">
-        <v>45590.631828704</v>
+        <v>45673.417060185</v>
       </c>
       <c r="B292" t="s">
         <v>24</v>
       </c>
       <c r="C292" t="s">
         <v>25</v>
       </c>
       <c r="D292" t="s">
         <v>26</v>
       </c>
       <c r="E292" t="s">
         <v>27</v>
       </c>
-      <c r="F292">
-[...1 lines deleted...]
-      </c>
       <c r="G292">
-        <v>106.269609</v>
-[...2 lines deleted...]
-        <v>10624.0909</v>
+        <v>106.265217</v>
       </c>
       <c r="I292" t="s">
         <v>28</v>
       </c>
       <c r="J292">
         <v>12.0</v>
       </c>
       <c r="K292" s="2">
         <v>45432.0</v>
       </c>
       <c r="L292" s="2">
         <v>46527.0</v>
       </c>
       <c r="M292">
         <v>5000</v>
       </c>
       <c r="N292">
         <v>1000.0</v>
       </c>
       <c r="O292" t="s">
         <v>28</v>
       </c>
       <c r="P292">
-        <v>2.282609</v>
+        <v>1.98913</v>
+      </c>
+      <c r="Q292">
+        <v>103.98913</v>
       </c>
       <c r="R292">
-        <v>107.782609</v>
+        <v>107.86913</v>
+      </c>
+      <c r="S292">
+        <v>102.0</v>
       </c>
       <c r="T292">
-        <v>105.5</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="293" spans="1:24">
       <c r="A293" s="2">
-        <v>45589.416747685</v>
+        <v>45672.441215278</v>
       </c>
       <c r="B293" t="s">
         <v>24</v>
       </c>
       <c r="C293" t="s">
         <v>25</v>
       </c>
       <c r="D293" t="s">
         <v>26</v>
       </c>
       <c r="E293" t="s">
         <v>27</v>
       </c>
       <c r="G293">
-        <v>105.754348</v>
+        <v>106.265217</v>
       </c>
       <c r="I293" t="s">
         <v>28</v>
       </c>
       <c r="J293">
         <v>12.0</v>
       </c>
       <c r="K293" s="2">
         <v>45432.0</v>
       </c>
       <c r="L293" s="2">
         <v>46527.0</v>
       </c>
       <c r="M293">
         <v>5000</v>
       </c>
       <c r="N293">
         <v>1000.0</v>
       </c>
       <c r="O293" t="s">
         <v>28</v>
       </c>
       <c r="P293">
-        <v>2.25</v>
+        <v>1.891304</v>
+      </c>
+      <c r="Q293">
+        <v>103.891304</v>
       </c>
       <c r="R293">
-        <v>106.237</v>
+        <v>106.891304</v>
+      </c>
+      <c r="S293">
+        <v>102.0</v>
       </c>
       <c r="T293">
-        <v>103.987</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="294" spans="1:24">
       <c r="A294" s="2">
-        <v>45588.416956019</v>
+        <v>45671.417013889</v>
       </c>
       <c r="B294" t="s">
         <v>24</v>
       </c>
       <c r="C294" t="s">
         <v>25</v>
       </c>
       <c r="D294" t="s">
         <v>26</v>
       </c>
       <c r="E294" t="s">
         <v>27</v>
       </c>
       <c r="G294">
-        <v>105.754348</v>
+        <v>106.265217</v>
       </c>
       <c r="I294" t="s">
         <v>28</v>
       </c>
       <c r="J294">
         <v>12.0</v>
       </c>
       <c r="K294" s="2">
         <v>45432.0</v>
       </c>
       <c r="L294" s="2">
         <v>46527.0</v>
       </c>
       <c r="M294">
         <v>5000</v>
       </c>
       <c r="N294">
         <v>1000.0</v>
       </c>
       <c r="O294" t="s">
         <v>28</v>
       </c>
       <c r="P294">
-        <v>2.152174</v>
+        <v>1.858696</v>
+      </c>
+      <c r="Q294">
+        <v>103.858696</v>
       </c>
       <c r="R294">
-        <v>106.139174</v>
+        <v>107.738696</v>
+      </c>
+      <c r="S294">
+        <v>102.0</v>
       </c>
       <c r="T294">
-        <v>103.987</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="295" spans="1:24">
       <c r="A295" s="2">
-        <v>45587.416828704</v>
+        <v>45670.417314815</v>
       </c>
       <c r="B295" t="s">
         <v>24</v>
       </c>
       <c r="C295" t="s">
         <v>25</v>
       </c>
       <c r="D295" t="s">
         <v>26</v>
       </c>
       <c r="E295" t="s">
         <v>27</v>
       </c>
       <c r="G295">
-        <v>105.754348</v>
+        <v>106.265217</v>
       </c>
       <c r="I295" t="s">
         <v>28</v>
       </c>
       <c r="J295">
         <v>12.0</v>
       </c>
       <c r="K295" s="2">
         <v>45432.0</v>
       </c>
       <c r="L295" s="2">
         <v>46527.0</v>
       </c>
       <c r="M295">
         <v>5000</v>
       </c>
       <c r="N295">
         <v>1000.0</v>
       </c>
       <c r="O295" t="s">
         <v>28</v>
       </c>
       <c r="P295">
-        <v>2.119565</v>
+        <v>1.826087</v>
+      </c>
+      <c r="Q295">
+        <v>103.826087</v>
       </c>
       <c r="R295">
-        <v>106.106565</v>
+        <v>107.706087</v>
+      </c>
+      <c r="S295">
+        <v>102.0</v>
       </c>
       <c r="T295">
-        <v>103.987</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="296" spans="1:24">
       <c r="A296" s="2">
-        <v>45586.416759259</v>
+        <v>45667.41693287</v>
       </c>
       <c r="B296" t="s">
         <v>24</v>
       </c>
       <c r="C296" t="s">
         <v>25</v>
       </c>
       <c r="D296" t="s">
         <v>26</v>
       </c>
       <c r="E296" t="s">
         <v>27</v>
       </c>
       <c r="G296">
-        <v>105.754348</v>
+        <v>106.265217</v>
       </c>
       <c r="I296" t="s">
         <v>28</v>
       </c>
       <c r="J296">
         <v>12.0</v>
       </c>
       <c r="K296" s="2">
         <v>45432.0</v>
       </c>
       <c r="L296" s="2">
         <v>46527.0</v>
       </c>
       <c r="M296">
         <v>5000</v>
       </c>
       <c r="N296">
         <v>1000.0</v>
       </c>
       <c r="O296" t="s">
         <v>28</v>
       </c>
       <c r="P296">
-        <v>2.086957</v>
+        <v>1.793478</v>
+      </c>
+      <c r="Q296">
+        <v>103.793478</v>
       </c>
       <c r="R296">
-        <v>106.073957</v>
+        <v>107.673478</v>
+      </c>
+      <c r="S296">
+        <v>102.0</v>
       </c>
       <c r="T296">
-        <v>103.987</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="297" spans="1:24">
       <c r="A297" s="2">
-        <v>45583.518217593</v>
+        <v>45666.474131944</v>
       </c>
       <c r="B297" t="s">
         <v>24</v>
       </c>
       <c r="C297" t="s">
         <v>25</v>
       </c>
       <c r="D297" t="s">
         <v>26</v>
       </c>
       <c r="E297" t="s">
         <v>27</v>
       </c>
-      <c r="F297">
-[...1 lines deleted...]
-      </c>
       <c r="G297">
-        <v>105.754348</v>
-[...2 lines deleted...]
-        <v>3172.63044</v>
+        <v>106.265217</v>
       </c>
       <c r="I297" t="s">
         <v>28</v>
       </c>
       <c r="J297">
         <v>12.0</v>
       </c>
       <c r="K297" s="2">
         <v>45432.0</v>
       </c>
       <c r="L297" s="2">
         <v>46527.0</v>
       </c>
       <c r="M297">
         <v>5000</v>
       </c>
       <c r="N297">
         <v>1000.0</v>
       </c>
       <c r="O297" t="s">
         <v>28</v>
       </c>
       <c r="P297">
-        <v>2.054348</v>
+        <v>1.76087</v>
+      </c>
+      <c r="Q297">
+        <v>103.76087</v>
       </c>
       <c r="R297">
-        <v>106.041348</v>
+        <v>107.64087</v>
+      </c>
+      <c r="S297">
+        <v>102.0</v>
       </c>
       <c r="T297">
-        <v>103.987</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.88</v>
       </c>
     </row>
     <row r="298" spans="1:24">
       <c r="A298" s="2">
-        <v>45582.422060185</v>
+        <v>45665.422118056</v>
       </c>
       <c r="B298" t="s">
         <v>24</v>
       </c>
       <c r="C298" t="s">
         <v>25</v>
       </c>
       <c r="D298" t="s">
         <v>26</v>
       </c>
       <c r="E298" t="s">
         <v>27</v>
       </c>
       <c r="G298">
-        <v>103.123913</v>
+        <v>106.265217</v>
       </c>
       <c r="I298" t="s">
         <v>28</v>
       </c>
       <c r="J298">
         <v>12.0</v>
       </c>
       <c r="K298" s="2">
         <v>45432.0</v>
       </c>
       <c r="L298" s="2">
         <v>46527.0</v>
       </c>
       <c r="M298">
         <v>5000</v>
       </c>
       <c r="N298">
         <v>1000.0</v>
       </c>
       <c r="O298" t="s">
         <v>28</v>
       </c>
       <c r="P298">
-        <v>2.021739</v>
+        <v>1.663043</v>
       </c>
       <c r="Q298">
-        <v>105.75</v>
+        <v>102.0</v>
       </c>
       <c r="R298">
-        <v>108.921739</v>
+        <v>105.663043</v>
       </c>
       <c r="S298">
-        <v>103.728261</v>
+        <v>100.336957</v>
       </c>
       <c r="T298">
-        <v>106.9</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="299" spans="1:24">
       <c r="A299" s="2">
-        <v>45581.541064815</v>
+        <v>45664.421273148</v>
       </c>
       <c r="B299" t="s">
         <v>24</v>
       </c>
       <c r="C299" t="s">
         <v>25</v>
       </c>
       <c r="D299" t="s">
         <v>26</v>
       </c>
       <c r="E299" t="s">
         <v>27</v>
       </c>
-      <c r="F299">
-[...1 lines deleted...]
-      </c>
       <c r="G299">
-        <v>103.123913</v>
-[...2 lines deleted...]
-        <v>7218.67391</v>
+        <v>106.265217</v>
       </c>
       <c r="I299" t="s">
         <v>28</v>
       </c>
       <c r="J299">
         <v>12.0</v>
       </c>
       <c r="K299" s="2">
         <v>45432.0</v>
       </c>
       <c r="L299" s="2">
         <v>46527.0</v>
       </c>
       <c r="M299">
         <v>5000</v>
       </c>
       <c r="N299">
         <v>1000.0</v>
       </c>
       <c r="O299" t="s">
         <v>28</v>
       </c>
       <c r="P299">
-        <v>1.923913</v>
+        <v>1.630435</v>
+      </c>
+      <c r="Q299">
+        <v>102.0</v>
       </c>
       <c r="R299">
-        <v>106.723913</v>
+        <v>105.630435</v>
+      </c>
+      <c r="S299">
+        <v>100.369565</v>
       </c>
       <c r="T299">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="300" spans="1:24">
       <c r="A300" s="2">
-        <v>45580.416770833</v>
+        <v>45663.453657407</v>
       </c>
       <c r="B300" t="s">
         <v>24</v>
       </c>
       <c r="C300" t="s">
         <v>25</v>
       </c>
       <c r="D300" t="s">
         <v>26</v>
       </c>
       <c r="E300" t="s">
         <v>27</v>
       </c>
       <c r="G300">
-        <v>103.025652</v>
+        <v>106.265217</v>
       </c>
       <c r="I300" t="s">
         <v>28</v>
       </c>
       <c r="J300">
         <v>12.0</v>
       </c>
       <c r="K300" s="2">
         <v>45432.0</v>
       </c>
       <c r="L300" s="2">
         <v>46527.0</v>
       </c>
       <c r="M300">
         <v>5000</v>
       </c>
       <c r="N300">
         <v>1000.0</v>
       </c>
       <c r="O300" t="s">
         <v>28</v>
       </c>
       <c r="P300">
-        <v>1.891304</v>
+        <v>1.597826</v>
       </c>
       <c r="Q300">
-        <v>103.091304</v>
+        <v>102.0</v>
       </c>
       <c r="R300">
-        <v>106.691304</v>
+        <v>105.597826</v>
       </c>
       <c r="S300">
-        <v>101.2</v>
+        <v>100.402174</v>
       </c>
       <c r="T300">
-        <v>104.8</v>
+        <v>104.0</v>
       </c>
     </row>
     <row r="301" spans="1:24">
       <c r="A301" s="2">
-        <v>45579.421666667</v>
+        <v>45660.565706019</v>
       </c>
       <c r="B301" t="s">
         <v>24</v>
       </c>
       <c r="C301" t="s">
         <v>25</v>
       </c>
       <c r="D301" t="s">
         <v>26</v>
       </c>
       <c r="E301" t="s">
         <v>27</v>
       </c>
+      <c r="F301">
+        <v>2.23</v>
+      </c>
       <c r="G301">
-        <v>103.025652</v>
+        <v>106.265217</v>
+      </c>
+      <c r="H301">
+        <v>10626.5217</v>
       </c>
       <c r="I301" t="s">
         <v>28</v>
       </c>
       <c r="J301">
         <v>12.0</v>
       </c>
       <c r="K301" s="2">
         <v>45432.0</v>
       </c>
       <c r="L301" s="2">
         <v>46527.0</v>
       </c>
       <c r="M301">
         <v>5000</v>
       </c>
       <c r="N301">
         <v>1000.0</v>
       </c>
       <c r="O301" t="s">
         <v>28</v>
       </c>
       <c r="P301">
-        <v>1.858696</v>
+        <v>1.565217</v>
       </c>
       <c r="Q301">
-        <v>105.0</v>
+        <v>106.3</v>
       </c>
       <c r="R301">
-        <v>106.658696</v>
+        <v>107.445217</v>
       </c>
       <c r="S301">
-        <v>103.141304</v>
+        <v>104.734783</v>
       </c>
       <c r="T301">
-        <v>104.8</v>
+        <v>105.88</v>
+      </c>
+      <c r="X301">
+        <v>1</v>
       </c>
     </row>
     <row r="302" spans="1:24">
       <c r="A302" s="2">
-        <v>45576.422118056</v>
+        <v>45659.551990741</v>
       </c>
       <c r="B302" t="s">
         <v>24</v>
       </c>
       <c r="C302" t="s">
         <v>25</v>
       </c>
       <c r="D302" t="s">
         <v>26</v>
       </c>
       <c r="E302" t="s">
         <v>27</v>
       </c>
       <c r="G302">
-        <v>103.025652</v>
+        <v>103.945652</v>
       </c>
       <c r="I302" t="s">
         <v>28</v>
       </c>
       <c r="J302">
         <v>12.0</v>
       </c>
       <c r="K302" s="2">
         <v>45432.0</v>
       </c>
       <c r="L302" s="2">
         <v>46527.0</v>
       </c>
       <c r="M302">
         <v>5000</v>
       </c>
       <c r="N302">
         <v>1000.0</v>
       </c>
       <c r="O302" t="s">
         <v>28</v>
       </c>
       <c r="P302">
-        <v>1.826087</v>
+        <v>1.532609</v>
       </c>
       <c r="Q302">
-        <v>105.0</v>
+        <v>103.0</v>
       </c>
       <c r="R302">
-        <v>106.626087</v>
+        <v>106.232609</v>
       </c>
       <c r="S302">
-        <v>103.173913</v>
+        <v>101.467391</v>
       </c>
       <c r="T302">
-        <v>104.8</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="303" spans="1:24">
       <c r="A303" s="2">
-        <v>45575.42193287</v>
+        <v>45656.427152778</v>
       </c>
       <c r="B303" t="s">
         <v>24</v>
       </c>
       <c r="C303" t="s">
         <v>25</v>
       </c>
       <c r="D303" t="s">
         <v>26</v>
       </c>
       <c r="E303" t="s">
         <v>27</v>
       </c>
       <c r="G303">
-        <v>103.025652</v>
+        <v>103.945652</v>
       </c>
       <c r="I303" t="s">
         <v>28</v>
       </c>
       <c r="J303">
         <v>12.0</v>
       </c>
       <c r="K303" s="2">
         <v>45432.0</v>
       </c>
       <c r="L303" s="2">
         <v>46527.0</v>
       </c>
       <c r="M303">
         <v>5000</v>
       </c>
       <c r="N303">
         <v>1000.0</v>
       </c>
       <c r="O303" t="s">
         <v>28</v>
       </c>
       <c r="P303">
-        <v>1.793478</v>
+        <v>1.402174</v>
       </c>
       <c r="Q303">
-        <v>105.0</v>
+        <v>101.402174</v>
       </c>
       <c r="R303">
-        <v>106.593478</v>
+        <v>106.102174</v>
       </c>
       <c r="S303">
-        <v>103.206522</v>
+        <v>100.0</v>
       </c>
       <c r="T303">
-        <v>104.8</v>
+        <v>104.7</v>
       </c>
     </row>
     <row r="304" spans="1:24">
       <c r="A304" s="2">
-        <v>45574.538738426</v>
+        <v>45653.417175926</v>
       </c>
       <c r="B304" t="s">
         <v>24</v>
       </c>
       <c r="C304" t="s">
         <v>25</v>
       </c>
       <c r="D304" t="s">
         <v>26</v>
       </c>
       <c r="E304" t="s">
         <v>27</v>
       </c>
-      <c r="F304">
-[...1 lines deleted...]
-      </c>
       <c r="G304">
-        <v>103.025652</v>
-[...2 lines deleted...]
-        <v>5151.4426</v>
+        <v>103.945652</v>
       </c>
       <c r="I304" t="s">
         <v>28</v>
       </c>
       <c r="J304">
         <v>12.0</v>
       </c>
       <c r="K304" s="2">
         <v>45432.0</v>
       </c>
       <c r="L304" s="2">
         <v>46527.0</v>
       </c>
       <c r="M304">
         <v>5000</v>
       </c>
       <c r="N304">
         <v>1000.0</v>
       </c>
       <c r="O304" t="s">
         <v>28</v>
       </c>
       <c r="P304">
-        <v>1.695652</v>
+        <v>1.336957</v>
       </c>
       <c r="Q304">
-        <v>105.0</v>
+        <v>101.336957</v>
       </c>
       <c r="R304">
-        <v>106.495652</v>
+        <v>107.236957</v>
       </c>
       <c r="S304">
-        <v>103.304348</v>
+        <v>100.0</v>
       </c>
       <c r="T304">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="305" spans="1:24">
       <c r="A305" s="2">
-        <v>45573.513310185</v>
+        <v>45649.417013889</v>
       </c>
       <c r="B305" t="s">
         <v>24</v>
       </c>
       <c r="C305" t="s">
         <v>25</v>
       </c>
       <c r="D305" t="s">
         <v>26</v>
       </c>
       <c r="E305" t="s">
         <v>27</v>
       </c>
-      <c r="F305">
-[...1 lines deleted...]
-      </c>
       <c r="G305">
-        <v>105.463043</v>
-[...2 lines deleted...]
-        <v>13682.04559</v>
+        <v>103.945652</v>
       </c>
       <c r="I305" t="s">
         <v>28</v>
       </c>
       <c r="J305">
         <v>12.0</v>
       </c>
       <c r="K305" s="2">
         <v>45432.0</v>
       </c>
       <c r="L305" s="2">
         <v>46527.0</v>
       </c>
       <c r="M305">
         <v>5000</v>
       </c>
       <c r="N305">
         <v>1000.0</v>
       </c>
       <c r="O305" t="s">
         <v>28</v>
       </c>
       <c r="P305">
-        <v>1.663043</v>
+        <v>1.206522</v>
       </c>
       <c r="Q305">
-        <v>105.47</v>
+        <v>101.206522</v>
       </c>
       <c r="R305">
-        <v>106.463043</v>
+        <v>107.106522</v>
       </c>
       <c r="S305">
-        <v>103.806957</v>
+        <v>100.0</v>
       </c>
       <c r="T305">
-        <v>104.8</v>
-[...2 lines deleted...]
-        <v>5</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="306" spans="1:24">
       <c r="A306" s="2">
-        <v>45572.423472222</v>
+        <v>45646.417083333</v>
       </c>
       <c r="B306" t="s">
         <v>24</v>
       </c>
       <c r="C306" t="s">
         <v>25</v>
       </c>
       <c r="D306" t="s">
         <v>26</v>
       </c>
       <c r="E306" t="s">
         <v>27</v>
       </c>
       <c r="G306">
-        <v>102.0</v>
+        <v>103.945652</v>
       </c>
       <c r="I306" t="s">
         <v>28</v>
       </c>
       <c r="J306">
         <v>12.0</v>
       </c>
       <c r="K306" s="2">
         <v>45432.0</v>
       </c>
       <c r="L306" s="2">
         <v>46527.0</v>
       </c>
       <c r="M306">
         <v>5000</v>
       </c>
       <c r="N306">
         <v>1000.0</v>
       </c>
       <c r="O306" t="s">
         <v>28</v>
       </c>
       <c r="P306">
-        <v>1.630435</v>
+        <v>1.108696</v>
       </c>
       <c r="Q306">
-        <v>104.57</v>
+        <v>101.108696</v>
       </c>
       <c r="R306">
-        <v>104.930435</v>
+        <v>107.008696</v>
       </c>
       <c r="S306">
-        <v>102.939565</v>
+        <v>100.0</v>
       </c>
       <c r="T306">
-        <v>103.3</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="307" spans="1:24">
       <c r="A307" s="2">
-        <v>45569.420046296</v>
+        <v>45645.417175926</v>
       </c>
       <c r="B307" t="s">
         <v>24</v>
       </c>
       <c r="C307" t="s">
         <v>25</v>
       </c>
       <c r="D307" t="s">
         <v>26</v>
       </c>
       <c r="E307" t="s">
         <v>27</v>
       </c>
       <c r="G307">
-        <v>102.0</v>
+        <v>103.945652</v>
       </c>
       <c r="I307" t="s">
         <v>28</v>
       </c>
       <c r="J307">
         <v>12.0</v>
       </c>
       <c r="K307" s="2">
         <v>45432.0</v>
       </c>
       <c r="L307" s="2">
         <v>46527.0</v>
       </c>
       <c r="M307">
         <v>5000</v>
       </c>
       <c r="N307">
         <v>1000.0</v>
       </c>
       <c r="O307" t="s">
         <v>28</v>
       </c>
       <c r="P307">
-        <v>1.597826</v>
+        <v>1.076087</v>
       </c>
       <c r="Q307">
-        <v>104.57</v>
+        <v>101.076087</v>
       </c>
       <c r="R307">
-        <v>104.897826</v>
+        <v>106.976087</v>
       </c>
       <c r="S307">
-        <v>102.972174</v>
+        <v>100.0</v>
       </c>
       <c r="T307">
-        <v>103.3</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="308" spans="1:24">
       <c r="A308" s="2">
-        <v>45568.664594907</v>
+        <v>45644.417094907</v>
       </c>
       <c r="B308" t="s">
         <v>24</v>
       </c>
       <c r="C308" t="s">
         <v>25</v>
       </c>
       <c r="D308" t="s">
         <v>26</v>
       </c>
       <c r="E308" t="s">
         <v>27</v>
       </c>
       <c r="G308">
-        <v>102.0</v>
+        <v>103.945652</v>
       </c>
       <c r="I308" t="s">
         <v>28</v>
       </c>
       <c r="J308">
         <v>12.0</v>
       </c>
       <c r="K308" s="2">
         <v>45432.0</v>
       </c>
       <c r="L308" s="2">
         <v>46527.0</v>
       </c>
       <c r="M308">
         <v>5000</v>
       </c>
       <c r="N308">
         <v>1000.0</v>
       </c>
       <c r="O308" t="s">
         <v>28</v>
       </c>
       <c r="P308">
-        <v>1.565217</v>
+        <v>0.978261</v>
       </c>
       <c r="Q308">
-        <v>104.57</v>
+        <v>103.978261</v>
       </c>
       <c r="R308">
-        <v>104.865217</v>
+        <v>106.878261</v>
       </c>
       <c r="S308">
-        <v>103.004783</v>
+        <v>103.0</v>
       </c>
       <c r="T308">
-        <v>103.3</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="309" spans="1:24">
       <c r="A309" s="2">
-        <v>45567.591076389</v>
+        <v>45643.65130787</v>
       </c>
       <c r="B309" t="s">
         <v>24</v>
       </c>
       <c r="C309" t="s">
         <v>25</v>
       </c>
       <c r="D309" t="s">
         <v>26</v>
       </c>
       <c r="E309" t="s">
         <v>27</v>
       </c>
       <c r="F309">
-        <v>-2.4</v>
+        <v>-1.85</v>
       </c>
       <c r="G309">
-        <v>102.0</v>
+        <v>103.945652</v>
       </c>
       <c r="H309">
-        <v>4085.1</v>
+        <v>4177.82608</v>
       </c>
       <c r="I309" t="s">
         <v>28</v>
       </c>
       <c r="J309">
         <v>12.0</v>
       </c>
       <c r="K309" s="2">
         <v>45432.0</v>
       </c>
       <c r="L309" s="2">
         <v>46527.0</v>
       </c>
       <c r="M309">
         <v>5000</v>
       </c>
       <c r="N309">
         <v>1000.0</v>
       </c>
       <c r="O309" t="s">
         <v>28</v>
       </c>
       <c r="P309">
-        <v>1.467391</v>
+        <v>0.945652</v>
       </c>
       <c r="Q309">
-        <v>102.001391</v>
+        <v>103.945652</v>
       </c>
       <c r="R309">
-        <v>104.767391</v>
+        <v>106.845652</v>
       </c>
       <c r="S309">
-        <v>100.534</v>
+        <v>103.0</v>
       </c>
       <c r="T309">
-        <v>103.3</v>
+        <v>105.9</v>
       </c>
       <c r="X309">
         <v>2</v>
       </c>
     </row>
     <row r="310" spans="1:24">
       <c r="A310" s="2">
-        <v>45566.451064815</v>
+        <v>45642.488391204</v>
       </c>
       <c r="B310" t="s">
         <v>24</v>
       </c>
       <c r="C310" t="s">
         <v>25</v>
       </c>
       <c r="D310" t="s">
         <v>26</v>
       </c>
       <c r="E310" t="s">
         <v>27</v>
       </c>
+      <c r="F310">
+        <v>0.91</v>
+      </c>
       <c r="G310">
-        <v>104.506522</v>
+        <v>105.9</v>
+      </c>
+      <c r="H310">
+        <v>1059.0</v>
       </c>
       <c r="I310" t="s">
         <v>28</v>
       </c>
       <c r="J310">
         <v>12.0</v>
       </c>
       <c r="K310" s="2">
         <v>45432.0</v>
       </c>
       <c r="L310" s="2">
         <v>46527.0</v>
       </c>
       <c r="M310">
         <v>5000</v>
       </c>
       <c r="N310">
         <v>1000.0</v>
       </c>
       <c r="O310" t="s">
         <v>28</v>
       </c>
       <c r="P310">
-        <v>1.434783</v>
+        <v>0.913043</v>
       </c>
       <c r="Q310">
-        <v>102.15</v>
+        <v>103.913043</v>
       </c>
       <c r="R310">
-        <v>104.434783</v>
+        <v>106.813043</v>
       </c>
       <c r="S310">
-        <v>100.715217</v>
+        <v>103.0</v>
       </c>
       <c r="T310">
-        <v>103.0</v>
+        <v>105.9</v>
+      </c>
+      <c r="X310">
+        <v>1</v>
       </c>
     </row>
     <row r="311" spans="1:24">
       <c r="A311" s="2">
-        <v>45565.514375</v>
+        <v>45639.41712963</v>
       </c>
       <c r="B311" t="s">
         <v>24</v>
       </c>
       <c r="C311" t="s">
         <v>25</v>
       </c>
       <c r="D311" t="s">
         <v>26</v>
       </c>
       <c r="E311" t="s">
         <v>27</v>
       </c>
       <c r="G311">
-        <v>104.506522</v>
+        <v>104.946522</v>
       </c>
       <c r="I311" t="s">
         <v>28</v>
       </c>
       <c r="J311">
         <v>12.0</v>
       </c>
       <c r="K311" s="2">
         <v>45432.0</v>
       </c>
       <c r="L311" s="2">
         <v>46527.0</v>
       </c>
       <c r="M311">
         <v>5000</v>
       </c>
       <c r="N311">
         <v>1000.0</v>
       </c>
       <c r="O311" t="s">
         <v>28</v>
       </c>
       <c r="P311">
-        <v>1.402174</v>
+        <v>0.880435</v>
       </c>
       <c r="Q311">
-        <v>102.1</v>
+        <v>103.880435</v>
       </c>
       <c r="R311">
-        <v>104.402174</v>
+        <v>105.880435</v>
       </c>
       <c r="S311">
-        <v>100.697826</v>
+        <v>103.0</v>
       </c>
       <c r="T311">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="312" spans="1:24">
       <c r="A312" s="2">
-        <v>45562.499108796</v>
+        <v>45638.4171875</v>
       </c>
       <c r="B312" t="s">
         <v>24</v>
       </c>
       <c r="C312" t="s">
         <v>25</v>
       </c>
       <c r="D312" t="s">
         <v>26</v>
       </c>
       <c r="E312" t="s">
         <v>27</v>
       </c>
       <c r="G312">
-        <v>104.506522</v>
+        <v>104.946522</v>
       </c>
       <c r="I312" t="s">
         <v>28</v>
       </c>
       <c r="J312">
         <v>12.0</v>
       </c>
       <c r="K312" s="2">
         <v>45432.0</v>
       </c>
       <c r="L312" s="2">
         <v>46527.0</v>
       </c>
       <c r="M312">
         <v>5000</v>
       </c>
       <c r="N312">
         <v>1000.0</v>
       </c>
       <c r="O312" t="s">
         <v>28</v>
       </c>
       <c r="P312">
-        <v>1.369565</v>
+        <v>0.847826</v>
       </c>
       <c r="Q312">
-        <v>102.0</v>
+        <v>103.847826</v>
       </c>
       <c r="R312">
-        <v>104.369565</v>
+        <v>105.847826</v>
       </c>
       <c r="S312">
-        <v>100.630435</v>
+        <v>103.0</v>
       </c>
       <c r="T312">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="313" spans="1:24">
       <c r="A313" s="2">
-        <v>45561.595127315</v>
+        <v>45637.417048611</v>
       </c>
       <c r="B313" t="s">
         <v>24</v>
       </c>
       <c r="C313" t="s">
         <v>25</v>
       </c>
       <c r="D313" t="s">
         <v>26</v>
       </c>
       <c r="E313" t="s">
         <v>27</v>
       </c>
       <c r="G313">
-        <v>104.506522</v>
+        <v>104.946522</v>
       </c>
       <c r="I313" t="s">
         <v>28</v>
       </c>
       <c r="J313">
         <v>12.0</v>
       </c>
       <c r="K313" s="2">
         <v>45432.0</v>
       </c>
       <c r="L313" s="2">
         <v>46527.0</v>
       </c>
       <c r="M313">
         <v>5000</v>
       </c>
       <c r="N313">
         <v>1000.0</v>
       </c>
       <c r="O313" t="s">
         <v>28</v>
       </c>
       <c r="P313">
-        <v>1.336957</v>
+        <v>0.75</v>
       </c>
       <c r="Q313">
+        <v>103.75</v>
+      </c>
+      <c r="R313">
+        <v>105.75</v>
+      </c>
+      <c r="S313">
         <v>103.0</v>
       </c>
-      <c r="R313">
-[...4 lines deleted...]
-      </c>
       <c r="T313">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="314" spans="1:24">
       <c r="A314" s="2">
-        <v>45560.498055556</v>
+        <v>45636.416967593</v>
       </c>
       <c r="B314" t="s">
         <v>24</v>
       </c>
       <c r="C314" t="s">
         <v>25</v>
       </c>
       <c r="D314" t="s">
         <v>26</v>
       </c>
       <c r="E314" t="s">
         <v>27</v>
       </c>
       <c r="G314">
-        <v>104.506522</v>
+        <v>104.946522</v>
       </c>
       <c r="I314" t="s">
         <v>28</v>
       </c>
       <c r="J314">
         <v>12.0</v>
       </c>
       <c r="K314" s="2">
         <v>45432.0</v>
       </c>
       <c r="L314" s="2">
         <v>46527.0</v>
       </c>
       <c r="M314">
         <v>5000</v>
       </c>
       <c r="N314">
         <v>1000.0</v>
       </c>
       <c r="O314" t="s">
         <v>28</v>
       </c>
       <c r="P314">
-        <v>1.23913</v>
+        <v>0.717391</v>
       </c>
       <c r="Q314">
-        <v>102.00013</v>
+        <v>103.717391</v>
       </c>
       <c r="R314">
-        <v>104.23913</v>
+        <v>105.717391</v>
       </c>
       <c r="S314">
-        <v>100.761</v>
+        <v>103.0</v>
       </c>
       <c r="T314">
-        <v>103.0</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="315" spans="1:24">
       <c r="A315" s="2">
-        <v>45559.631956019</v>
+        <v>45635.417106481</v>
       </c>
       <c r="B315" t="s">
         <v>24</v>
       </c>
       <c r="C315" t="s">
         <v>25</v>
       </c>
       <c r="D315" t="s">
         <v>26</v>
       </c>
       <c r="E315" t="s">
         <v>27</v>
       </c>
-      <c r="F315">
-[...1 lines deleted...]
-      </c>
       <c r="G315">
-        <v>104.506522</v>
-[...2 lines deleted...]
-        <v>7207.45654</v>
+        <v>104.946522</v>
       </c>
       <c r="I315" t="s">
         <v>28</v>
       </c>
       <c r="J315">
         <v>12.0</v>
       </c>
       <c r="K315" s="2">
         <v>45432.0</v>
       </c>
       <c r="L315" s="2">
         <v>46527.0</v>
       </c>
       <c r="M315">
         <v>5000</v>
       </c>
       <c r="N315">
         <v>1000.0</v>
       </c>
       <c r="O315" t="s">
         <v>28</v>
       </c>
       <c r="P315">
-        <v>1.206522</v>
+        <v>0.684783</v>
       </c>
       <c r="Q315">
-        <v>101.75</v>
+        <v>103.684783</v>
       </c>
       <c r="R315">
-        <v>104.506522</v>
+        <v>105.684783</v>
       </c>
       <c r="S315">
-        <v>100.543478</v>
+        <v>103.0</v>
       </c>
       <c r="T315">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="316" spans="1:24">
       <c r="A316" s="2">
-        <v>45558.54337963</v>
+        <v>45632.417048611</v>
       </c>
       <c r="B316" t="s">
         <v>24</v>
       </c>
       <c r="C316" t="s">
         <v>25</v>
       </c>
       <c r="D316" t="s">
         <v>26</v>
       </c>
       <c r="E316" t="s">
         <v>27</v>
       </c>
       <c r="G316">
-        <v>100.717391</v>
+        <v>104.946522</v>
       </c>
       <c r="I316" t="s">
         <v>28</v>
       </c>
       <c r="J316">
         <v>12.0</v>
       </c>
       <c r="K316" s="2">
         <v>45432.0</v>
       </c>
       <c r="L316" s="2">
         <v>46527.0</v>
       </c>
       <c r="M316">
         <v>5000</v>
       </c>
       <c r="N316">
         <v>1000.0</v>
       </c>
       <c r="O316" t="s">
         <v>28</v>
       </c>
       <c r="P316">
-        <v>1.173913</v>
+        <v>0.652174</v>
       </c>
       <c r="Q316">
-        <v>101.273913</v>
+        <v>103.652174</v>
       </c>
       <c r="R316">
-        <v>101.673913</v>
+        <v>105.652174</v>
       </c>
       <c r="S316">
-        <v>100.1</v>
+        <v>103.0</v>
       </c>
       <c r="T316">
-        <v>100.5</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="317" spans="1:24">
       <c r="A317" s="2">
-        <v>45555.416782407</v>
+        <v>45631.417164352</v>
       </c>
       <c r="B317" t="s">
         <v>24</v>
       </c>
       <c r="C317" t="s">
         <v>25</v>
       </c>
       <c r="D317" t="s">
         <v>26</v>
       </c>
       <c r="E317" t="s">
         <v>27</v>
       </c>
       <c r="G317">
-        <v>100.717391</v>
+        <v>104.946522</v>
       </c>
       <c r="I317" t="s">
         <v>28</v>
       </c>
       <c r="J317">
         <v>12.0</v>
       </c>
       <c r="K317" s="2">
         <v>45432.0</v>
       </c>
       <c r="L317" s="2">
         <v>46527.0</v>
       </c>
       <c r="M317">
         <v>5000</v>
       </c>
       <c r="N317">
         <v>1000.0</v>
       </c>
       <c r="O317" t="s">
         <v>28</v>
       </c>
       <c r="P317">
-        <v>1.141304</v>
+        <v>0.619565</v>
+      </c>
+      <c r="Q317">
+        <v>103.619565</v>
       </c>
       <c r="R317">
-        <v>101.641304</v>
+        <v>105.619565</v>
+      </c>
+      <c r="S317">
+        <v>103.0</v>
       </c>
       <c r="T317">
-        <v>100.5</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="318" spans="1:24">
       <c r="A318" s="2">
-        <v>45554.416770833</v>
+        <v>45630.5659375</v>
       </c>
       <c r="B318" t="s">
         <v>24</v>
       </c>
       <c r="C318" t="s">
         <v>25</v>
       </c>
       <c r="D318" t="s">
         <v>26</v>
       </c>
       <c r="E318" t="s">
         <v>27</v>
       </c>
       <c r="G318">
-        <v>100.717391</v>
+        <v>104.946522</v>
       </c>
       <c r="I318" t="s">
         <v>28</v>
       </c>
       <c r="J318">
         <v>12.0</v>
       </c>
       <c r="K318" s="2">
         <v>45432.0</v>
       </c>
       <c r="L318" s="2">
         <v>46527.0</v>
       </c>
       <c r="M318">
         <v>5000</v>
       </c>
       <c r="N318">
         <v>1000.0</v>
       </c>
       <c r="O318" t="s">
         <v>28</v>
       </c>
       <c r="P318">
-        <v>1.108696</v>
+        <v>0.521739</v>
+      </c>
+      <c r="Q318">
+        <v>103.521739</v>
       </c>
       <c r="R318">
-        <v>101.608696</v>
+        <v>105.521739</v>
+      </c>
+      <c r="S318">
+        <v>103.0</v>
       </c>
       <c r="T318">
-        <v>100.5</v>
+        <v>105.0</v>
       </c>
     </row>
     <row r="319" spans="1:24">
       <c r="A319" s="2">
-        <v>45553.420069444</v>
+        <v>45629.578726852</v>
       </c>
       <c r="B319" t="s">
         <v>24</v>
       </c>
       <c r="C319" t="s">
         <v>25</v>
       </c>
       <c r="D319" t="s">
         <v>26</v>
       </c>
       <c r="E319" t="s">
         <v>27</v>
       </c>
       <c r="G319">
-        <v>100.717391</v>
+        <v>104.946522</v>
       </c>
       <c r="I319" t="s">
         <v>28</v>
       </c>
       <c r="J319">
         <v>12.0</v>
       </c>
       <c r="K319" s="2">
         <v>45432.0</v>
       </c>
       <c r="L319" s="2">
         <v>46527.0</v>
       </c>
       <c r="M319">
         <v>5000</v>
       </c>
       <c r="N319">
         <v>1000.0</v>
       </c>
       <c r="O319" t="s">
         <v>28</v>
       </c>
       <c r="P319">
-        <v>1.01087</v>
+        <v>0.48913</v>
       </c>
       <c r="Q319">
-        <v>101.0</v>
+        <v>103.48913</v>
       </c>
       <c r="R319">
-        <v>101.51087</v>
+        <v>106.38913</v>
       </c>
       <c r="S319">
-        <v>99.98913</v>
+        <v>103.0</v>
       </c>
       <c r="T319">
-        <v>100.5</v>
+        <v>105.9</v>
       </c>
     </row>
     <row r="320" spans="1:24">
       <c r="A320" s="2">
-        <v>45552.625162037</v>
+        <v>45628.458726852</v>
       </c>
       <c r="B320" t="s">
         <v>24</v>
       </c>
       <c r="C320" t="s">
         <v>25</v>
       </c>
       <c r="D320" t="s">
         <v>26</v>
       </c>
       <c r="E320" t="s">
         <v>27</v>
       </c>
+      <c r="F320">
+        <v>3.91</v>
+      </c>
       <c r="G320">
-        <v>100.717391</v>
+        <v>104.946522</v>
+      </c>
+      <c r="H320">
+        <v>6296.79132</v>
       </c>
       <c r="I320" t="s">
         <v>28</v>
       </c>
       <c r="J320">
         <v>12.0</v>
       </c>
       <c r="K320" s="2">
         <v>45432.0</v>
       </c>
       <c r="L320" s="2">
         <v>46527.0</v>
       </c>
       <c r="M320">
         <v>5000</v>
       </c>
       <c r="N320">
         <v>1000.0</v>
       </c>
       <c r="O320" t="s">
         <v>28</v>
       </c>
       <c r="P320">
-        <v>0.978261</v>
+        <v>0.456522</v>
       </c>
       <c r="Q320">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="R320">
-        <v>101.478261</v>
+        <v>106.356522</v>
       </c>
       <c r="S320">
-        <v>100.021739</v>
+        <v>102.543478</v>
       </c>
       <c r="T320">
-        <v>100.5</v>
+        <v>105.9</v>
+      </c>
+      <c r="X320">
+        <v>1</v>
       </c>
     </row>
     <row r="321" spans="1:24">
       <c r="A321" s="2">
-        <v>45551.416736111</v>
+        <v>45625.416944444</v>
       </c>
       <c r="B321" t="s">
         <v>24</v>
       </c>
       <c r="C321" t="s">
         <v>25</v>
       </c>
       <c r="D321" t="s">
         <v>26</v>
       </c>
       <c r="E321" t="s">
         <v>27</v>
       </c>
       <c r="G321">
-        <v>100.717391</v>
+        <v>101.0</v>
       </c>
       <c r="I321" t="s">
         <v>28</v>
       </c>
       <c r="J321">
         <v>12.0</v>
       </c>
       <c r="K321" s="2">
         <v>45432.0</v>
       </c>
       <c r="L321" s="2">
         <v>46527.0</v>
       </c>
       <c r="M321">
         <v>5000</v>
       </c>
       <c r="N321">
         <v>1000.0</v>
       </c>
       <c r="O321" t="s">
         <v>28</v>
       </c>
       <c r="P321">
-        <v>0.945652</v>
+        <v>0.423913</v>
+      </c>
+      <c r="Q321">
+        <v>100.423913</v>
       </c>
       <c r="R321">
-        <v>104.245652</v>
+        <v>104.913913</v>
+      </c>
+      <c r="S321">
+        <v>100.0</v>
       </c>
       <c r="T321">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="322" spans="1:24">
       <c r="A322" s="2">
-        <v>45548.416875</v>
+        <v>45624.416979167</v>
       </c>
       <c r="B322" t="s">
         <v>24</v>
       </c>
       <c r="C322" t="s">
         <v>25</v>
       </c>
       <c r="D322" t="s">
         <v>26</v>
       </c>
       <c r="E322" t="s">
         <v>27</v>
       </c>
       <c r="G322">
-        <v>100.717391</v>
+        <v>101.0</v>
       </c>
       <c r="I322" t="s">
         <v>28</v>
       </c>
       <c r="J322">
         <v>12.0</v>
       </c>
       <c r="K322" s="2">
         <v>45432.0</v>
       </c>
       <c r="L322" s="2">
         <v>46527.0</v>
       </c>
       <c r="M322">
         <v>5000</v>
       </c>
       <c r="N322">
         <v>1000.0</v>
       </c>
       <c r="O322" t="s">
         <v>28</v>
       </c>
       <c r="P322">
-        <v>0.913043</v>
+        <v>0.391304</v>
+      </c>
+      <c r="Q322">
+        <v>100.391304</v>
       </c>
       <c r="R322">
-        <v>104.213043</v>
+        <v>104.881304</v>
+      </c>
+      <c r="S322">
+        <v>100.0</v>
       </c>
       <c r="T322">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="323" spans="1:24">
       <c r="A323" s="2">
-        <v>45547.416828704</v>
+        <v>45623.416944444</v>
       </c>
       <c r="B323" t="s">
         <v>24</v>
       </c>
       <c r="C323" t="s">
         <v>25</v>
       </c>
       <c r="D323" t="s">
         <v>26</v>
       </c>
       <c r="E323" t="s">
         <v>27</v>
       </c>
       <c r="G323">
-        <v>100.717391</v>
+        <v>101.0</v>
       </c>
       <c r="I323" t="s">
         <v>28</v>
       </c>
       <c r="J323">
         <v>12.0</v>
       </c>
       <c r="K323" s="2">
         <v>45432.0</v>
       </c>
       <c r="L323" s="2">
         <v>46527.0</v>
       </c>
       <c r="M323">
         <v>5000</v>
       </c>
       <c r="N323">
         <v>1000.0</v>
       </c>
       <c r="O323" t="s">
         <v>28</v>
       </c>
       <c r="P323">
-        <v>0.880435</v>
+        <v>0.293478</v>
+      </c>
+      <c r="Q323">
+        <v>100.293478</v>
       </c>
       <c r="R323">
-        <v>104.180435</v>
+        <v>104.783478</v>
+      </c>
+      <c r="S323">
+        <v>100.0</v>
       </c>
       <c r="T323">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="324" spans="1:24">
       <c r="A324" s="2">
-        <v>45546.416759259</v>
+        <v>45622.416990741</v>
       </c>
       <c r="B324" t="s">
         <v>24</v>
       </c>
       <c r="C324" t="s">
         <v>25</v>
       </c>
       <c r="D324" t="s">
         <v>26</v>
       </c>
       <c r="E324" t="s">
         <v>27</v>
       </c>
       <c r="G324">
-        <v>100.717391</v>
+        <v>101.0</v>
       </c>
       <c r="I324" t="s">
         <v>28</v>
       </c>
       <c r="J324">
         <v>12.0</v>
       </c>
       <c r="K324" s="2">
         <v>45432.0</v>
       </c>
       <c r="L324" s="2">
         <v>46527.0</v>
       </c>
       <c r="M324">
         <v>5000</v>
       </c>
       <c r="N324">
         <v>1000.0</v>
       </c>
       <c r="O324" t="s">
         <v>28</v>
       </c>
       <c r="P324">
-        <v>0.782609</v>
+        <v>0.26087</v>
+      </c>
+      <c r="Q324">
+        <v>100.26087</v>
       </c>
       <c r="R324">
-        <v>104.082609</v>
+        <v>104.75087</v>
+      </c>
+      <c r="S324">
+        <v>100.0</v>
       </c>
       <c r="T324">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="325" spans="1:24">
       <c r="A325" s="2">
-        <v>45545.416736111</v>
+        <v>45621.41724537</v>
       </c>
       <c r="B325" t="s">
         <v>24</v>
       </c>
       <c r="C325" t="s">
         <v>25</v>
       </c>
       <c r="D325" t="s">
         <v>26</v>
       </c>
       <c r="E325" t="s">
         <v>27</v>
       </c>
       <c r="G325">
-        <v>100.717391</v>
+        <v>101.0</v>
       </c>
       <c r="I325" t="s">
         <v>28</v>
       </c>
       <c r="J325">
         <v>12.0</v>
       </c>
       <c r="K325" s="2">
         <v>45432.0</v>
       </c>
       <c r="L325" s="2">
         <v>46527.0</v>
       </c>
       <c r="M325">
         <v>5000</v>
       </c>
       <c r="N325">
         <v>1000.0</v>
       </c>
       <c r="O325" t="s">
         <v>28</v>
       </c>
       <c r="P325">
-        <v>0.75</v>
+        <v>0.228261</v>
+      </c>
+      <c r="Q325">
+        <v>100.228261</v>
       </c>
       <c r="R325">
-        <v>104.05</v>
+        <v>104.718261</v>
+      </c>
+      <c r="S325">
+        <v>100.0</v>
       </c>
       <c r="T325">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="326" spans="1:24">
       <c r="A326" s="2">
-        <v>45544.5840625</v>
+        <v>45618.417025463</v>
       </c>
       <c r="B326" t="s">
         <v>24</v>
       </c>
       <c r="C326" t="s">
         <v>25</v>
       </c>
       <c r="D326" t="s">
         <v>26</v>
       </c>
       <c r="E326" t="s">
         <v>27</v>
       </c>
-      <c r="F326">
-[...1 lines deleted...]
-      </c>
       <c r="G326">
-        <v>100.717391</v>
-[...2 lines deleted...]
-        <v>4028.69564</v>
+        <v>101.0</v>
       </c>
       <c r="I326" t="s">
         <v>28</v>
       </c>
       <c r="J326">
         <v>12.0</v>
       </c>
       <c r="K326" s="2">
         <v>45432.0</v>
       </c>
       <c r="L326" s="2">
         <v>46527.0</v>
       </c>
       <c r="M326">
         <v>5000</v>
       </c>
       <c r="N326">
         <v>1000.0</v>
       </c>
       <c r="O326" t="s">
         <v>28</v>
       </c>
       <c r="P326">
-        <v>0.717391</v>
+        <v>0.195652</v>
+      </c>
+      <c r="Q326">
+        <v>100.195652</v>
       </c>
       <c r="R326">
-        <v>104.017391</v>
+        <v>104.685652</v>
+      </c>
+      <c r="S326">
+        <v>100.0</v>
       </c>
       <c r="T326">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="327" spans="1:24">
       <c r="A327" s="2">
-        <v>45541.416747685</v>
+        <v>45617.654652778</v>
       </c>
       <c r="B327" t="s">
         <v>24</v>
       </c>
       <c r="C327" t="s">
         <v>25</v>
       </c>
       <c r="D327" t="s">
         <v>26</v>
       </c>
       <c r="E327" t="s">
         <v>27</v>
       </c>
+      <c r="F327">
+        <v>-1.94</v>
+      </c>
       <c r="G327">
-        <v>103.293478</v>
+        <v>101.0</v>
+      </c>
+      <c r="H327">
+        <v>1010.0</v>
       </c>
       <c r="I327" t="s">
         <v>28</v>
       </c>
       <c r="J327">
         <v>12.0</v>
       </c>
       <c r="K327" s="2">
         <v>45432.0</v>
       </c>
       <c r="L327" s="2">
         <v>46527.0</v>
       </c>
       <c r="M327">
         <v>5000</v>
       </c>
       <c r="N327">
         <v>1000.0</v>
       </c>
       <c r="O327" t="s">
         <v>28</v>
       </c>
       <c r="P327">
-        <v>0.684783</v>
+        <v>0.163043</v>
       </c>
       <c r="Q327">
-        <v>100.684783</v>
+        <v>100.163043</v>
       </c>
       <c r="R327">
-        <v>103.984783</v>
+        <v>104.653043</v>
       </c>
       <c r="S327">
         <v>100.0</v>
       </c>
       <c r="T327">
-        <v>103.3</v>
+        <v>104.49</v>
+      </c>
+      <c r="X327">
+        <v>1</v>
       </c>
     </row>
     <row r="328" spans="1:24">
       <c r="A328" s="2">
-        <v>45540.416979167</v>
+        <v>45616.41693287</v>
       </c>
       <c r="B328" t="s">
         <v>24</v>
       </c>
       <c r="C328" t="s">
         <v>25</v>
       </c>
       <c r="D328" t="s">
         <v>26</v>
       </c>
       <c r="E328" t="s">
         <v>27</v>
       </c>
       <c r="G328">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I328" t="s">
         <v>28</v>
       </c>
       <c r="J328">
         <v>12.0</v>
       </c>
       <c r="K328" s="2">
         <v>45432.0</v>
       </c>
       <c r="L328" s="2">
         <v>46527.0</v>
       </c>
       <c r="M328">
         <v>5000</v>
       </c>
       <c r="N328">
         <v>1000.0</v>
       </c>
       <c r="O328" t="s">
         <v>28</v>
       </c>
       <c r="P328">
-        <v>0.652174</v>
+        <v>0.065217</v>
       </c>
       <c r="Q328">
-        <v>100.652174</v>
+        <v>100.065217</v>
       </c>
       <c r="R328">
-        <v>103.952174</v>
+        <v>104.555217</v>
       </c>
       <c r="S328">
         <v>100.0</v>
       </c>
       <c r="T328">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="329" spans="1:24">
       <c r="A329" s="2">
-        <v>45539.41693287</v>
+        <v>45615.41724537</v>
       </c>
       <c r="B329" t="s">
         <v>24</v>
       </c>
       <c r="C329" t="s">
         <v>25</v>
       </c>
       <c r="D329" t="s">
         <v>26</v>
       </c>
       <c r="E329" t="s">
         <v>27</v>
       </c>
       <c r="G329">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I329" t="s">
         <v>28</v>
       </c>
       <c r="J329">
         <v>12.0</v>
       </c>
       <c r="K329" s="2">
         <v>45432.0</v>
       </c>
       <c r="L329" s="2">
         <v>46527.0</v>
       </c>
       <c r="M329">
         <v>5000</v>
       </c>
       <c r="N329">
         <v>1000.0</v>
       </c>
       <c r="O329" t="s">
         <v>28</v>
       </c>
       <c r="P329">
-        <v>0.554348</v>
+        <v>0.032609</v>
       </c>
       <c r="Q329">
-        <v>100.554348</v>
+        <v>100.032609</v>
       </c>
       <c r="R329">
-        <v>103.854348</v>
+        <v>104.522609</v>
       </c>
       <c r="S329">
         <v>100.0</v>
       </c>
       <c r="T329">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="330" spans="1:24">
       <c r="A330" s="2">
-        <v>45538.416793981</v>
+        <v>45614.416886574</v>
       </c>
       <c r="B330" t="s">
         <v>24</v>
       </c>
       <c r="C330" t="s">
         <v>25</v>
       </c>
       <c r="D330" t="s">
         <v>26</v>
       </c>
       <c r="E330" t="s">
         <v>27</v>
       </c>
       <c r="G330">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I330" t="s">
         <v>28</v>
       </c>
       <c r="J330">
         <v>12.0</v>
       </c>
       <c r="K330" s="2">
         <v>45432.0</v>
       </c>
       <c r="L330" s="2">
         <v>46527.0</v>
       </c>
       <c r="M330">
         <v>5000</v>
       </c>
       <c r="N330">
         <v>1000.0</v>
       </c>
       <c r="O330" t="s">
         <v>28</v>
       </c>
-      <c r="P330">
-[...1 lines deleted...]
-      </c>
       <c r="Q330">
-        <v>100.521739</v>
+        <v>100.0</v>
       </c>
       <c r="R330">
-        <v>103.821739</v>
-[...5 lines deleted...]
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="331" spans="1:24">
       <c r="A331" s="2">
-        <v>45537.416921296</v>
+        <v>45611.416990741</v>
       </c>
       <c r="B331" t="s">
         <v>24</v>
       </c>
       <c r="C331" t="s">
         <v>25</v>
       </c>
       <c r="D331" t="s">
         <v>26</v>
       </c>
       <c r="E331" t="s">
         <v>27</v>
       </c>
       <c r="G331">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I331" t="s">
         <v>28</v>
       </c>
       <c r="J331">
         <v>12.0</v>
       </c>
       <c r="K331" s="2">
         <v>45432.0</v>
       </c>
       <c r="L331" s="2">
         <v>46527.0</v>
       </c>
       <c r="M331">
         <v>5000</v>
       </c>
       <c r="N331">
         <v>1000.0</v>
       </c>
       <c r="O331" t="s">
         <v>28</v>
       </c>
       <c r="P331">
-        <v>0.48913</v>
+        <v>-0.032609</v>
       </c>
       <c r="Q331">
-        <v>100.48913</v>
+        <v>99.967391</v>
       </c>
       <c r="R331">
-        <v>103.78913</v>
+        <v>104.457391</v>
       </c>
       <c r="S331">
         <v>100.0</v>
       </c>
       <c r="T331">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="332" spans="1:24">
       <c r="A332" s="2">
-        <v>45534.416886574</v>
+        <v>45610.661516204</v>
       </c>
       <c r="B332" t="s">
         <v>24</v>
       </c>
       <c r="C332" t="s">
         <v>25</v>
       </c>
       <c r="D332" t="s">
         <v>26</v>
       </c>
       <c r="E332" t="s">
         <v>27</v>
       </c>
       <c r="G332">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I332" t="s">
         <v>28</v>
       </c>
       <c r="J332">
         <v>12.0</v>
       </c>
       <c r="K332" s="2">
         <v>45432.0</v>
       </c>
       <c r="L332" s="2">
         <v>46527.0</v>
       </c>
       <c r="M332">
         <v>5000</v>
       </c>
       <c r="N332">
         <v>1000.0</v>
       </c>
       <c r="O332" t="s">
         <v>28</v>
       </c>
       <c r="P332">
-        <v>0.456522</v>
+        <v>-0.065217</v>
       </c>
       <c r="Q332">
-        <v>100.456522</v>
+        <v>99.934783</v>
       </c>
       <c r="R332">
-        <v>103.756522</v>
+        <v>104.424783</v>
       </c>
       <c r="S332">
         <v>100.0</v>
       </c>
       <c r="T332">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="333" spans="1:24">
       <c r="A333" s="2">
-        <v>45533.416747685</v>
+        <v>45609.417013889</v>
       </c>
       <c r="B333" t="s">
         <v>24</v>
       </c>
       <c r="C333" t="s">
         <v>25</v>
       </c>
       <c r="D333" t="s">
         <v>26</v>
       </c>
       <c r="E333" t="s">
         <v>27</v>
       </c>
       <c r="G333">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I333" t="s">
         <v>28</v>
       </c>
       <c r="J333">
         <v>12.0</v>
       </c>
       <c r="K333" s="2">
         <v>45432.0</v>
       </c>
       <c r="L333" s="2">
         <v>46527.0</v>
       </c>
       <c r="M333">
         <v>5000</v>
       </c>
       <c r="N333">
         <v>1000.0</v>
       </c>
       <c r="O333" t="s">
         <v>28</v>
       </c>
       <c r="P333">
-        <v>0.423913</v>
-[...2 lines deleted...]
-        <v>100.423913</v>
+        <v>2.836957</v>
       </c>
       <c r="R333">
-        <v>103.723913</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>107.326957</v>
       </c>
       <c r="T333">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="334" spans="1:24">
       <c r="A334" s="2">
-        <v>45532.416979167</v>
+        <v>45608.416944444</v>
       </c>
       <c r="B334" t="s">
         <v>24</v>
       </c>
       <c r="C334" t="s">
         <v>25</v>
       </c>
       <c r="D334" t="s">
         <v>26</v>
       </c>
       <c r="E334" t="s">
         <v>27</v>
       </c>
       <c r="G334">
-        <v>103.293478</v>
+        <v>103.0</v>
       </c>
       <c r="I334" t="s">
         <v>28</v>
       </c>
       <c r="J334">
         <v>12.0</v>
       </c>
       <c r="K334" s="2">
         <v>45432.0</v>
       </c>
       <c r="L334" s="2">
         <v>46527.0</v>
       </c>
       <c r="M334">
         <v>5000</v>
       </c>
       <c r="N334">
         <v>1000.0</v>
       </c>
       <c r="O334" t="s">
         <v>28</v>
       </c>
       <c r="P334">
-        <v>0.326087</v>
-[...2 lines deleted...]
-        <v>100.326087</v>
+        <v>2.804348</v>
       </c>
       <c r="R334">
-        <v>103.626087</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>107.294348</v>
       </c>
       <c r="T334">
-        <v>103.3</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="335" spans="1:24">
       <c r="A335" s="2">
-        <v>45531.560625</v>
+        <v>45607.423206019</v>
       </c>
       <c r="B335" t="s">
         <v>24</v>
       </c>
       <c r="C335" t="s">
         <v>25</v>
       </c>
       <c r="D335" t="s">
         <v>26</v>
       </c>
       <c r="E335" t="s">
         <v>27</v>
       </c>
-      <c r="F335">
-[...1 lines deleted...]
-      </c>
       <c r="G335">
-        <v>103.293478</v>
-[...2 lines deleted...]
-        <v>4126.73912</v>
+        <v>103.0</v>
       </c>
       <c r="I335" t="s">
         <v>28</v>
       </c>
       <c r="J335">
         <v>12.0</v>
       </c>
       <c r="K335" s="2">
         <v>45432.0</v>
       </c>
       <c r="L335" s="2">
         <v>46527.0</v>
       </c>
       <c r="M335">
         <v>5000</v>
       </c>
       <c r="N335">
         <v>1000.0</v>
       </c>
       <c r="O335" t="s">
         <v>28</v>
       </c>
       <c r="P335">
-        <v>0.293478</v>
+        <v>2.771739</v>
       </c>
       <c r="Q335">
-        <v>100.293478</v>
+        <v>100.0</v>
       </c>
       <c r="R335">
-        <v>103.593478</v>
+        <v>107.261739</v>
       </c>
       <c r="S335">
-        <v>100.0</v>
+        <v>97.228261</v>
       </c>
       <c r="T335">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="336" spans="1:24">
       <c r="A336" s="2">
-        <v>45530.420902778</v>
+        <v>45604.421759259</v>
       </c>
       <c r="B336" t="s">
         <v>24</v>
       </c>
       <c r="C336" t="s">
         <v>25</v>
       </c>
       <c r="D336" t="s">
         <v>26</v>
       </c>
       <c r="E336" t="s">
         <v>27</v>
       </c>
       <c r="G336">
-        <v>103.228261</v>
+        <v>103.0</v>
       </c>
       <c r="I336" t="s">
         <v>28</v>
       </c>
       <c r="J336">
         <v>12.0</v>
       </c>
       <c r="K336" s="2">
         <v>45432.0</v>
       </c>
       <c r="L336" s="2">
         <v>46527.0</v>
       </c>
       <c r="M336">
         <v>5000</v>
       </c>
       <c r="N336">
         <v>1000.0</v>
       </c>
       <c r="O336" t="s">
         <v>28</v>
       </c>
       <c r="P336">
-        <v>0.26087</v>
+        <v>2.73913</v>
       </c>
       <c r="Q336">
-        <v>100.26087</v>
+        <v>100.0</v>
       </c>
       <c r="R336">
-        <v>103.06087</v>
+        <v>107.22913</v>
       </c>
       <c r="S336">
-        <v>100.0</v>
+        <v>97.26087</v>
       </c>
       <c r="T336">
-        <v>102.8</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="337" spans="1:24">
       <c r="A337" s="2">
-        <v>45527.454652778</v>
+        <v>45603.421527778</v>
       </c>
       <c r="B337" t="s">
         <v>24</v>
       </c>
       <c r="C337" t="s">
         <v>25</v>
       </c>
       <c r="D337" t="s">
         <v>26</v>
       </c>
       <c r="E337" t="s">
         <v>27</v>
       </c>
-      <c r="F337">
-[...1 lines deleted...]
-      </c>
       <c r="G337">
-        <v>103.228261</v>
-[...2 lines deleted...]
-        <v>6193.69566</v>
+        <v>103.0</v>
       </c>
       <c r="I337" t="s">
         <v>28</v>
       </c>
       <c r="J337">
         <v>12.0</v>
       </c>
       <c r="K337" s="2">
         <v>45432.0</v>
       </c>
       <c r="L337" s="2">
         <v>46527.0</v>
       </c>
       <c r="M337">
         <v>5000</v>
       </c>
       <c r="N337">
         <v>1000.0</v>
       </c>
       <c r="O337" t="s">
         <v>28</v>
       </c>
       <c r="P337">
-        <v>0.228261</v>
+        <v>2.706522</v>
       </c>
       <c r="Q337">
-        <v>103.228261</v>
+        <v>100.0</v>
       </c>
       <c r="R337">
-        <v>103.528261</v>
+        <v>107.196522</v>
       </c>
       <c r="S337">
-        <v>103.0</v>
+        <v>97.293478</v>
       </c>
       <c r="T337">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>104.49</v>
       </c>
     </row>
     <row r="338" spans="1:24">
       <c r="A338" s="2">
-        <v>45526.661053241</v>
+        <v>45602.43849537</v>
       </c>
       <c r="B338" t="s">
         <v>24</v>
       </c>
       <c r="C338" t="s">
         <v>25</v>
       </c>
       <c r="D338" t="s">
         <v>26</v>
       </c>
       <c r="E338" t="s">
         <v>27</v>
       </c>
       <c r="F338">
-        <v>-1.86</v>
+        <v>-3.08</v>
       </c>
       <c r="G338">
-        <v>100.195652</v>
+        <v>103.0</v>
       </c>
       <c r="H338">
-        <v>1001.95652</v>
+        <v>1030.0</v>
       </c>
       <c r="I338" t="s">
         <v>28</v>
       </c>
       <c r="J338">
         <v>12.0</v>
       </c>
       <c r="K338" s="2">
         <v>45432.0</v>
       </c>
       <c r="L338" s="2">
         <v>46527.0</v>
       </c>
       <c r="M338">
         <v>5000</v>
       </c>
       <c r="N338">
         <v>1000.0</v>
       </c>
       <c r="O338" t="s">
         <v>28</v>
       </c>
       <c r="P338">
-        <v>0.195652</v>
-[...2 lines deleted...]
-        <v>100.195652</v>
+        <v>2.608696</v>
       </c>
       <c r="R338">
-        <v>103.195652</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>107.098696</v>
       </c>
       <c r="T338">
-        <v>103.0</v>
+        <v>104.49</v>
       </c>
       <c r="X338">
         <v>1</v>
       </c>
     </row>
     <row r="339" spans="1:24">
       <c r="A339" s="2">
-        <v>45525.575474537</v>
+        <v>45601.593599537</v>
       </c>
       <c r="B339" t="s">
         <v>24</v>
       </c>
       <c r="C339" t="s">
         <v>25</v>
       </c>
       <c r="D339" t="s">
         <v>26</v>
       </c>
       <c r="E339" t="s">
         <v>27</v>
       </c>
-      <c r="F339">
-[...1 lines deleted...]
-      </c>
       <c r="G339">
-        <v>102.097826</v>
-[...2 lines deleted...]
-        <v>1020.97826</v>
+        <v>106.269609</v>
       </c>
       <c r="I339" t="s">
         <v>28</v>
       </c>
       <c r="J339">
         <v>12.0</v>
       </c>
       <c r="K339" s="2">
         <v>45432.0</v>
       </c>
       <c r="L339" s="2">
         <v>46527.0</v>
       </c>
       <c r="M339">
         <v>5000</v>
       </c>
       <c r="N339">
         <v>1000.0</v>
       </c>
       <c r="O339" t="s">
         <v>28</v>
       </c>
       <c r="P339">
-        <v>0.097826</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>2.576087</v>
       </c>
       <c r="R339">
-        <v>102.097826</v>
-[...2 lines deleted...]
-        <v>99.902174</v>
+        <v>105.076087</v>
       </c>
       <c r="T339">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>102.5</v>
       </c>
     </row>
     <row r="340" spans="1:24">
       <c r="A340" s="2">
-        <v>45524.417685185</v>
+        <v>45600.422430556</v>
       </c>
       <c r="B340" t="s">
         <v>24</v>
       </c>
       <c r="C340" t="s">
         <v>25</v>
       </c>
       <c r="D340" t="s">
         <v>26</v>
       </c>
       <c r="E340" t="s">
         <v>27</v>
       </c>
       <c r="G340">
-        <v>102.032609</v>
+        <v>106.269609</v>
       </c>
       <c r="I340" t="s">
         <v>28</v>
       </c>
       <c r="J340">
         <v>12.0</v>
       </c>
       <c r="K340" s="2">
         <v>45432.0</v>
       </c>
       <c r="L340" s="2">
         <v>46527.0</v>
       </c>
       <c r="M340">
         <v>5000</v>
       </c>
       <c r="N340">
         <v>1000.0</v>
       </c>
       <c r="O340" t="s">
         <v>28</v>
       </c>
       <c r="P340">
-        <v>0.065217</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>2.543478</v>
       </c>
       <c r="R340">
-        <v>102.065217</v>
-[...2 lines deleted...]
-        <v>99.934783</v>
+        <v>106.0</v>
       </c>
       <c r="T340">
-        <v>102.0</v>
+        <v>103.456522</v>
       </c>
     </row>
     <row r="341" spans="1:24">
       <c r="A341" s="2">
-        <v>45523.586944444</v>
+        <v>45597.35556713</v>
       </c>
       <c r="B341" t="s">
         <v>24</v>
       </c>
       <c r="C341" t="s">
         <v>25</v>
       </c>
       <c r="D341" t="s">
         <v>26</v>
       </c>
       <c r="E341" t="s">
         <v>27</v>
       </c>
-      <c r="F341">
-[...1 lines deleted...]
-      </c>
       <c r="G341">
-        <v>102.032609</v>
-[...2 lines deleted...]
-        <v>3060.97827</v>
+        <v>106.269609</v>
       </c>
       <c r="I341" t="s">
         <v>28</v>
       </c>
       <c r="J341">
         <v>12.0</v>
       </c>
       <c r="K341" s="2">
         <v>45432.0</v>
       </c>
       <c r="L341" s="2">
         <v>46527.0</v>
       </c>
       <c r="M341">
         <v>5000</v>
       </c>
       <c r="N341">
         <v>1000.0</v>
       </c>
       <c r="O341" t="s">
         <v>28</v>
       </c>
       <c r="P341">
-        <v>0.032609</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>2.51087</v>
       </c>
     </row>
     <row r="342" spans="1:24">
       <c r="A342" s="2">
-        <v>45520.58806713</v>
+        <v>45596.421493056</v>
       </c>
       <c r="B342" t="s">
         <v>24</v>
       </c>
       <c r="C342" t="s">
         <v>25</v>
       </c>
       <c r="D342" t="s">
         <v>26</v>
       </c>
       <c r="E342" t="s">
         <v>27</v>
       </c>
       <c r="G342">
-        <v>105.736957</v>
+        <v>106.269609</v>
       </c>
       <c r="I342" t="s">
         <v>28</v>
       </c>
       <c r="J342">
         <v>12.0</v>
       </c>
       <c r="K342" s="2">
         <v>45432.0</v>
       </c>
       <c r="L342" s="2">
         <v>46527.0</v>
       </c>
       <c r="M342">
         <v>5000</v>
       </c>
       <c r="N342">
         <v>1000.0</v>
       </c>
       <c r="O342" t="s">
         <v>28</v>
       </c>
-      <c r="Q342">
-        <v>100.0</v>
+      <c r="P342">
+        <v>2.478261</v>
       </c>
       <c r="R342">
-        <v>102.0</v>
+        <v>106.0</v>
+      </c>
+      <c r="T342">
+        <v>103.521739</v>
       </c>
     </row>
     <row r="343" spans="1:24">
       <c r="A343" s="2">
-        <v>45519.355462963</v>
+        <v>45595.420787037</v>
       </c>
       <c r="B343" t="s">
         <v>24</v>
       </c>
       <c r="C343" t="s">
         <v>25</v>
       </c>
       <c r="D343" t="s">
         <v>26</v>
       </c>
       <c r="E343" t="s">
         <v>27</v>
       </c>
       <c r="G343">
-        <v>105.736957</v>
+        <v>106.269609</v>
       </c>
       <c r="I343" t="s">
         <v>28</v>
       </c>
       <c r="J343">
         <v>12.0</v>
       </c>
       <c r="K343" s="2">
         <v>45432.0</v>
       </c>
       <c r="L343" s="2">
         <v>46527.0</v>
       </c>
       <c r="M343">
         <v>5000</v>
       </c>
       <c r="N343">
         <v>1000.0</v>
       </c>
       <c r="O343" t="s">
         <v>28</v>
       </c>
       <c r="P343">
-        <v>-0.032609</v>
+        <v>2.380435</v>
+      </c>
+      <c r="R343">
+        <v>106.0</v>
+      </c>
+      <c r="T343">
+        <v>103.619565</v>
       </c>
     </row>
     <row r="344" spans="1:24">
       <c r="A344" s="2">
-        <v>45518.479236111</v>
+        <v>45594.416979167</v>
       </c>
       <c r="B344" t="s">
         <v>24</v>
       </c>
       <c r="C344" t="s">
         <v>25</v>
       </c>
       <c r="D344" t="s">
         <v>26</v>
       </c>
       <c r="E344" t="s">
         <v>27</v>
       </c>
       <c r="G344">
-        <v>105.736957</v>
+        <v>106.269609</v>
       </c>
       <c r="I344" t="s">
         <v>28</v>
       </c>
       <c r="J344">
         <v>12.0</v>
       </c>
       <c r="K344" s="2">
         <v>45432.0</v>
       </c>
       <c r="L344" s="2">
         <v>46527.0</v>
       </c>
       <c r="M344">
         <v>5000</v>
       </c>
       <c r="N344">
         <v>1000.0</v>
       </c>
       <c r="O344" t="s">
         <v>28</v>
       </c>
       <c r="P344">
-        <v>-0.130435</v>
-[...2 lines deleted...]
-        <v>94.879565</v>
+        <v>2.347826</v>
       </c>
       <c r="R344">
-        <v>101.869565</v>
-[...2 lines deleted...]
-        <v>95.01</v>
+        <v>107.847826</v>
       </c>
       <c r="T344">
-        <v>102.0</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="345" spans="1:24">
       <c r="A345" s="2">
-        <v>45517.56099537</v>
+        <v>45593.417025463</v>
       </c>
       <c r="B345" t="s">
         <v>24</v>
       </c>
       <c r="C345" t="s">
         <v>25</v>
       </c>
       <c r="D345" t="s">
         <v>26</v>
       </c>
       <c r="E345" t="s">
         <v>27</v>
       </c>
-      <c r="F345">
-[...1 lines deleted...]
-      </c>
       <c r="G345">
-        <v>105.736957</v>
-[...2 lines deleted...]
-        <v>5286.84785</v>
+        <v>106.269609</v>
       </c>
       <c r="I345" t="s">
         <v>28</v>
       </c>
       <c r="J345">
         <v>12.0</v>
       </c>
       <c r="K345" s="2">
         <v>45432.0</v>
       </c>
       <c r="L345" s="2">
         <v>46527.0</v>
       </c>
       <c r="M345">
         <v>5000</v>
       </c>
       <c r="N345">
         <v>1000.0</v>
       </c>
       <c r="O345" t="s">
         <v>28</v>
       </c>
       <c r="P345">
-        <v>2.836957</v>
-[...2 lines deleted...]
-        <v>97.836957</v>
+        <v>2.315217</v>
       </c>
       <c r="R345">
-        <v>105.836957</v>
-[...2 lines deleted...]
-        <v>95.0</v>
+        <v>107.815217</v>
       </c>
       <c r="T345">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>105.5</v>
       </c>
     </row>
     <row r="346" spans="1:24">
       <c r="A346" s="2">
-        <v>45516.422094907</v>
+        <v>45590.631828704</v>
       </c>
       <c r="B346" t="s">
         <v>24</v>
       </c>
       <c r="C346" t="s">
         <v>25</v>
       </c>
       <c r="D346" t="s">
         <v>26</v>
       </c>
       <c r="E346" t="s">
         <v>27</v>
       </c>
+      <c r="F346">
+        <v>0.49</v>
+      </c>
       <c r="G346">
-        <v>102.771739</v>
+        <v>106.269609</v>
+      </c>
+      <c r="H346">
+        <v>10624.0909</v>
       </c>
       <c r="I346" t="s">
         <v>28</v>
       </c>
       <c r="J346">
         <v>12.0</v>
       </c>
       <c r="K346" s="2">
         <v>45432.0</v>
       </c>
       <c r="L346" s="2">
         <v>46527.0</v>
       </c>
       <c r="M346">
         <v>5000</v>
       </c>
       <c r="N346">
         <v>1000.0</v>
       </c>
       <c r="O346" t="s">
         <v>28</v>
       </c>
       <c r="P346">
-        <v>2.804348</v>
+        <v>2.282609</v>
       </c>
       <c r="R346">
-        <v>105.804348</v>
+        <v>107.782609</v>
       </c>
       <c r="T346">
-        <v>103.0</v>
+        <v>105.5</v>
+      </c>
+      <c r="X346">
+        <v>2</v>
       </c>
     </row>
     <row r="347" spans="1:24">
       <c r="A347" s="2">
-        <v>45513.438275463</v>
+        <v>45589.416747685</v>
       </c>
       <c r="B347" t="s">
         <v>24</v>
       </c>
       <c r="C347" t="s">
         <v>25</v>
       </c>
       <c r="D347" t="s">
         <v>26</v>
       </c>
       <c r="E347" t="s">
         <v>27</v>
       </c>
       <c r="G347">
-        <v>102.771739</v>
-[...2 lines deleted...]
-        <v>3083.15217</v>
+        <v>105.754348</v>
       </c>
       <c r="I347" t="s">
         <v>28</v>
       </c>
       <c r="J347">
         <v>12.0</v>
       </c>
       <c r="K347" s="2">
         <v>45432.0</v>
       </c>
       <c r="L347" s="2">
         <v>46527.0</v>
       </c>
       <c r="M347">
         <v>5000</v>
       </c>
       <c r="N347">
         <v>1000.0</v>
       </c>
       <c r="O347" t="s">
         <v>28</v>
       </c>
       <c r="P347">
-        <v>2.771739</v>
-[...2 lines deleted...]
-        <v>102.8</v>
+        <v>2.25</v>
       </c>
       <c r="R347">
-        <v>106.071739</v>
-[...2 lines deleted...]
-        <v>100.028261</v>
+        <v>106.237</v>
       </c>
       <c r="T347">
-        <v>103.3</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>103.987</v>
       </c>
     </row>
     <row r="348" spans="1:24">
       <c r="A348" s="2">
-        <v>45512.417222222</v>
+        <v>45588.416956019</v>
       </c>
       <c r="B348" t="s">
         <v>24</v>
       </c>
       <c r="C348" t="s">
         <v>25</v>
       </c>
       <c r="D348" t="s">
         <v>26</v>
       </c>
       <c r="E348" t="s">
         <v>27</v>
       </c>
+      <c r="G348">
+        <v>105.754348</v>
+      </c>
       <c r="I348" t="s">
         <v>28</v>
       </c>
       <c r="J348">
         <v>12.0</v>
       </c>
       <c r="K348" s="2">
         <v>45432.0</v>
       </c>
       <c r="L348" s="2">
         <v>46527.0</v>
       </c>
       <c r="M348">
         <v>5000</v>
       </c>
       <c r="N348">
         <v>1000.0</v>
       </c>
       <c r="O348" t="s">
         <v>28</v>
       </c>
       <c r="P348">
-        <v>2.73913</v>
+        <v>2.152174</v>
       </c>
       <c r="R348">
-        <v>109.63913</v>
+        <v>106.139174</v>
       </c>
       <c r="T348">
-        <v>106.9</v>
+        <v>103.987</v>
       </c>
     </row>
     <row r="349" spans="1:24">
       <c r="A349" s="2">
+        <v>45587.416828704</v>
+      </c>
+      <c r="B349" t="s">
+        <v>24</v>
+      </c>
+      <c r="C349" t="s">
+        <v>25</v>
+      </c>
+      <c r="D349" t="s">
+        <v>26</v>
+      </c>
+      <c r="E349" t="s">
+        <v>27</v>
+      </c>
+      <c r="G349">
+        <v>105.754348</v>
+      </c>
+      <c r="I349" t="s">
+        <v>28</v>
+      </c>
+      <c r="J349">
+        <v>12.0</v>
+      </c>
+      <c r="K349" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L349" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M349">
+        <v>5000</v>
+      </c>
+      <c r="N349">
+        <v>1000.0</v>
+      </c>
+      <c r="O349" t="s">
+        <v>28</v>
+      </c>
+      <c r="P349">
+        <v>2.119565</v>
+      </c>
+      <c r="R349">
+        <v>106.106565</v>
+      </c>
+      <c r="T349">
+        <v>103.987</v>
+      </c>
+    </row>
+    <row r="350" spans="1:24">
+      <c r="A350" s="2">
+        <v>45586.416759259</v>
+      </c>
+      <c r="B350" t="s">
+        <v>24</v>
+      </c>
+      <c r="C350" t="s">
+        <v>25</v>
+      </c>
+      <c r="D350" t="s">
+        <v>26</v>
+      </c>
+      <c r="E350" t="s">
+        <v>27</v>
+      </c>
+      <c r="G350">
+        <v>105.754348</v>
+      </c>
+      <c r="I350" t="s">
+        <v>28</v>
+      </c>
+      <c r="J350">
+        <v>12.0</v>
+      </c>
+      <c r="K350" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L350" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M350">
+        <v>5000</v>
+      </c>
+      <c r="N350">
+        <v>1000.0</v>
+      </c>
+      <c r="O350" t="s">
+        <v>28</v>
+      </c>
+      <c r="P350">
+        <v>2.086957</v>
+      </c>
+      <c r="R350">
+        <v>106.073957</v>
+      </c>
+      <c r="T350">
+        <v>103.987</v>
+      </c>
+    </row>
+    <row r="351" spans="1:24">
+      <c r="A351" s="2">
+        <v>45583.518217593</v>
+      </c>
+      <c r="B351" t="s">
+        <v>24</v>
+      </c>
+      <c r="C351" t="s">
+        <v>25</v>
+      </c>
+      <c r="D351" t="s">
+        <v>26</v>
+      </c>
+      <c r="E351" t="s">
+        <v>27</v>
+      </c>
+      <c r="F351">
+        <v>2.55</v>
+      </c>
+      <c r="G351">
+        <v>105.754348</v>
+      </c>
+      <c r="H351">
+        <v>3172.63044</v>
+      </c>
+      <c r="I351" t="s">
+        <v>28</v>
+      </c>
+      <c r="J351">
+        <v>12.0</v>
+      </c>
+      <c r="K351" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L351" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M351">
+        <v>5000</v>
+      </c>
+      <c r="N351">
+        <v>1000.0</v>
+      </c>
+      <c r="O351" t="s">
+        <v>28</v>
+      </c>
+      <c r="P351">
+        <v>2.054348</v>
+      </c>
+      <c r="R351">
+        <v>106.041348</v>
+      </c>
+      <c r="T351">
+        <v>103.987</v>
+      </c>
+      <c r="X351">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="352" spans="1:24">
+      <c r="A352" s="2">
+        <v>45582.422060185</v>
+      </c>
+      <c r="B352" t="s">
+        <v>24</v>
+      </c>
+      <c r="C352" t="s">
+        <v>25</v>
+      </c>
+      <c r="D352" t="s">
+        <v>26</v>
+      </c>
+      <c r="E352" t="s">
+        <v>27</v>
+      </c>
+      <c r="G352">
+        <v>103.123913</v>
+      </c>
+      <c r="I352" t="s">
+        <v>28</v>
+      </c>
+      <c r="J352">
+        <v>12.0</v>
+      </c>
+      <c r="K352" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L352" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M352">
+        <v>5000</v>
+      </c>
+      <c r="N352">
+        <v>1000.0</v>
+      </c>
+      <c r="O352" t="s">
+        <v>28</v>
+      </c>
+      <c r="P352">
+        <v>2.021739</v>
+      </c>
+      <c r="Q352">
+        <v>105.75</v>
+      </c>
+      <c r="R352">
+        <v>108.921739</v>
+      </c>
+      <c r="S352">
+        <v>103.728261</v>
+      </c>
+      <c r="T352">
+        <v>106.9</v>
+      </c>
+    </row>
+    <row r="353" spans="1:24">
+      <c r="A353" s="2">
+        <v>45581.541064815</v>
+      </c>
+      <c r="B353" t="s">
+        <v>24</v>
+      </c>
+      <c r="C353" t="s">
+        <v>25</v>
+      </c>
+      <c r="D353" t="s">
+        <v>26</v>
+      </c>
+      <c r="E353" t="s">
+        <v>27</v>
+      </c>
+      <c r="F353">
+        <v>0.1</v>
+      </c>
+      <c r="G353">
+        <v>103.123913</v>
+      </c>
+      <c r="H353">
+        <v>7218.67391</v>
+      </c>
+      <c r="I353" t="s">
+        <v>28</v>
+      </c>
+      <c r="J353">
+        <v>12.0</v>
+      </c>
+      <c r="K353" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L353" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M353">
+        <v>5000</v>
+      </c>
+      <c r="N353">
+        <v>1000.0</v>
+      </c>
+      <c r="O353" t="s">
+        <v>28</v>
+      </c>
+      <c r="P353">
+        <v>1.923913</v>
+      </c>
+      <c r="R353">
+        <v>106.723913</v>
+      </c>
+      <c r="T353">
+        <v>104.8</v>
+      </c>
+      <c r="X353">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="354" spans="1:24">
+      <c r="A354" s="2">
+        <v>45580.416770833</v>
+      </c>
+      <c r="B354" t="s">
+        <v>24</v>
+      </c>
+      <c r="C354" t="s">
+        <v>25</v>
+      </c>
+      <c r="D354" t="s">
+        <v>26</v>
+      </c>
+      <c r="E354" t="s">
+        <v>27</v>
+      </c>
+      <c r="G354">
+        <v>103.025652</v>
+      </c>
+      <c r="I354" t="s">
+        <v>28</v>
+      </c>
+      <c r="J354">
+        <v>12.0</v>
+      </c>
+      <c r="K354" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L354" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M354">
+        <v>5000</v>
+      </c>
+      <c r="N354">
+        <v>1000.0</v>
+      </c>
+      <c r="O354" t="s">
+        <v>28</v>
+      </c>
+      <c r="P354">
+        <v>1.891304</v>
+      </c>
+      <c r="Q354">
+        <v>103.091304</v>
+      </c>
+      <c r="R354">
+        <v>106.691304</v>
+      </c>
+      <c r="S354">
+        <v>101.2</v>
+      </c>
+      <c r="T354">
+        <v>104.8</v>
+      </c>
+    </row>
+    <row r="355" spans="1:24">
+      <c r="A355" s="2">
+        <v>45579.421666667</v>
+      </c>
+      <c r="B355" t="s">
+        <v>24</v>
+      </c>
+      <c r="C355" t="s">
+        <v>25</v>
+      </c>
+      <c r="D355" t="s">
+        <v>26</v>
+      </c>
+      <c r="E355" t="s">
+        <v>27</v>
+      </c>
+      <c r="G355">
+        <v>103.025652</v>
+      </c>
+      <c r="I355" t="s">
+        <v>28</v>
+      </c>
+      <c r="J355">
+        <v>12.0</v>
+      </c>
+      <c r="K355" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L355" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M355">
+        <v>5000</v>
+      </c>
+      <c r="N355">
+        <v>1000.0</v>
+      </c>
+      <c r="O355" t="s">
+        <v>28</v>
+      </c>
+      <c r="P355">
+        <v>1.858696</v>
+      </c>
+      <c r="Q355">
+        <v>105.0</v>
+      </c>
+      <c r="R355">
+        <v>106.658696</v>
+      </c>
+      <c r="S355">
+        <v>103.141304</v>
+      </c>
+      <c r="T355">
+        <v>104.8</v>
+      </c>
+    </row>
+    <row r="356" spans="1:24">
+      <c r="A356" s="2">
+        <v>45576.422118056</v>
+      </c>
+      <c r="B356" t="s">
+        <v>24</v>
+      </c>
+      <c r="C356" t="s">
+        <v>25</v>
+      </c>
+      <c r="D356" t="s">
+        <v>26</v>
+      </c>
+      <c r="E356" t="s">
+        <v>27</v>
+      </c>
+      <c r="G356">
+        <v>103.025652</v>
+      </c>
+      <c r="I356" t="s">
+        <v>28</v>
+      </c>
+      <c r="J356">
+        <v>12.0</v>
+      </c>
+      <c r="K356" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L356" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M356">
+        <v>5000</v>
+      </c>
+      <c r="N356">
+        <v>1000.0</v>
+      </c>
+      <c r="O356" t="s">
+        <v>28</v>
+      </c>
+      <c r="P356">
+        <v>1.826087</v>
+      </c>
+      <c r="Q356">
+        <v>105.0</v>
+      </c>
+      <c r="R356">
+        <v>106.626087</v>
+      </c>
+      <c r="S356">
+        <v>103.173913</v>
+      </c>
+      <c r="T356">
+        <v>104.8</v>
+      </c>
+    </row>
+    <row r="357" spans="1:24">
+      <c r="A357" s="2">
+        <v>45575.42193287</v>
+      </c>
+      <c r="B357" t="s">
+        <v>24</v>
+      </c>
+      <c r="C357" t="s">
+        <v>25</v>
+      </c>
+      <c r="D357" t="s">
+        <v>26</v>
+      </c>
+      <c r="E357" t="s">
+        <v>27</v>
+      </c>
+      <c r="G357">
+        <v>103.025652</v>
+      </c>
+      <c r="I357" t="s">
+        <v>28</v>
+      </c>
+      <c r="J357">
+        <v>12.0</v>
+      </c>
+      <c r="K357" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L357" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M357">
+        <v>5000</v>
+      </c>
+      <c r="N357">
+        <v>1000.0</v>
+      </c>
+      <c r="O357" t="s">
+        <v>28</v>
+      </c>
+      <c r="P357">
+        <v>1.793478</v>
+      </c>
+      <c r="Q357">
+        <v>105.0</v>
+      </c>
+      <c r="R357">
+        <v>106.593478</v>
+      </c>
+      <c r="S357">
+        <v>103.206522</v>
+      </c>
+      <c r="T357">
+        <v>104.8</v>
+      </c>
+    </row>
+    <row r="358" spans="1:24">
+      <c r="A358" s="2">
+        <v>45574.538738426</v>
+      </c>
+      <c r="B358" t="s">
+        <v>24</v>
+      </c>
+      <c r="C358" t="s">
+        <v>25</v>
+      </c>
+      <c r="D358" t="s">
+        <v>26</v>
+      </c>
+      <c r="E358" t="s">
+        <v>27</v>
+      </c>
+      <c r="F358">
+        <v>-2.31</v>
+      </c>
+      <c r="G358">
+        <v>103.025652</v>
+      </c>
+      <c r="H358">
+        <v>5151.4426</v>
+      </c>
+      <c r="I358" t="s">
+        <v>28</v>
+      </c>
+      <c r="J358">
+        <v>12.0</v>
+      </c>
+      <c r="K358" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L358" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M358">
+        <v>5000</v>
+      </c>
+      <c r="N358">
+        <v>1000.0</v>
+      </c>
+      <c r="O358" t="s">
+        <v>28</v>
+      </c>
+      <c r="P358">
+        <v>1.695652</v>
+      </c>
+      <c r="Q358">
+        <v>105.0</v>
+      </c>
+      <c r="R358">
+        <v>106.495652</v>
+      </c>
+      <c r="S358">
+        <v>103.304348</v>
+      </c>
+      <c r="T358">
+        <v>104.8</v>
+      </c>
+      <c r="X358">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="359" spans="1:24">
+      <c r="A359" s="2">
+        <v>45573.513310185</v>
+      </c>
+      <c r="B359" t="s">
+        <v>24</v>
+      </c>
+      <c r="C359" t="s">
+        <v>25</v>
+      </c>
+      <c r="D359" t="s">
+        <v>26</v>
+      </c>
+      <c r="E359" t="s">
+        <v>27</v>
+      </c>
+      <c r="F359">
+        <v>3.4</v>
+      </c>
+      <c r="G359">
+        <v>105.463043</v>
+      </c>
+      <c r="H359">
+        <v>13682.04559</v>
+      </c>
+      <c r="I359" t="s">
+        <v>28</v>
+      </c>
+      <c r="J359">
+        <v>12.0</v>
+      </c>
+      <c r="K359" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L359" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M359">
+        <v>5000</v>
+      </c>
+      <c r="N359">
+        <v>1000.0</v>
+      </c>
+      <c r="O359" t="s">
+        <v>28</v>
+      </c>
+      <c r="P359">
+        <v>1.663043</v>
+      </c>
+      <c r="Q359">
+        <v>105.47</v>
+      </c>
+      <c r="R359">
+        <v>106.463043</v>
+      </c>
+      <c r="S359">
+        <v>103.806957</v>
+      </c>
+      <c r="T359">
+        <v>104.8</v>
+      </c>
+      <c r="X359">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="360" spans="1:24">
+      <c r="A360" s="2">
+        <v>45572.423472222</v>
+      </c>
+      <c r="B360" t="s">
+        <v>24</v>
+      </c>
+      <c r="C360" t="s">
+        <v>25</v>
+      </c>
+      <c r="D360" t="s">
+        <v>26</v>
+      </c>
+      <c r="E360" t="s">
+        <v>27</v>
+      </c>
+      <c r="G360">
+        <v>102.0</v>
+      </c>
+      <c r="I360" t="s">
+        <v>28</v>
+      </c>
+      <c r="J360">
+        <v>12.0</v>
+      </c>
+      <c r="K360" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L360" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M360">
+        <v>5000</v>
+      </c>
+      <c r="N360">
+        <v>1000.0</v>
+      </c>
+      <c r="O360" t="s">
+        <v>28</v>
+      </c>
+      <c r="P360">
+        <v>1.630435</v>
+      </c>
+      <c r="Q360">
+        <v>104.57</v>
+      </c>
+      <c r="R360">
+        <v>104.930435</v>
+      </c>
+      <c r="S360">
+        <v>102.939565</v>
+      </c>
+      <c r="T360">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="361" spans="1:24">
+      <c r="A361" s="2">
+        <v>45569.420046296</v>
+      </c>
+      <c r="B361" t="s">
+        <v>24</v>
+      </c>
+      <c r="C361" t="s">
+        <v>25</v>
+      </c>
+      <c r="D361" t="s">
+        <v>26</v>
+      </c>
+      <c r="E361" t="s">
+        <v>27</v>
+      </c>
+      <c r="G361">
+        <v>102.0</v>
+      </c>
+      <c r="I361" t="s">
+        <v>28</v>
+      </c>
+      <c r="J361">
+        <v>12.0</v>
+      </c>
+      <c r="K361" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L361" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M361">
+        <v>5000</v>
+      </c>
+      <c r="N361">
+        <v>1000.0</v>
+      </c>
+      <c r="O361" t="s">
+        <v>28</v>
+      </c>
+      <c r="P361">
+        <v>1.597826</v>
+      </c>
+      <c r="Q361">
+        <v>104.57</v>
+      </c>
+      <c r="R361">
+        <v>104.897826</v>
+      </c>
+      <c r="S361">
+        <v>102.972174</v>
+      </c>
+      <c r="T361">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="362" spans="1:24">
+      <c r="A362" s="2">
+        <v>45568.664594907</v>
+      </c>
+      <c r="B362" t="s">
+        <v>24</v>
+      </c>
+      <c r="C362" t="s">
+        <v>25</v>
+      </c>
+      <c r="D362" t="s">
+        <v>26</v>
+      </c>
+      <c r="E362" t="s">
+        <v>27</v>
+      </c>
+      <c r="G362">
+        <v>102.0</v>
+      </c>
+      <c r="I362" t="s">
+        <v>28</v>
+      </c>
+      <c r="J362">
+        <v>12.0</v>
+      </c>
+      <c r="K362" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L362" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M362">
+        <v>5000</v>
+      </c>
+      <c r="N362">
+        <v>1000.0</v>
+      </c>
+      <c r="O362" t="s">
+        <v>28</v>
+      </c>
+      <c r="P362">
+        <v>1.565217</v>
+      </c>
+      <c r="Q362">
+        <v>104.57</v>
+      </c>
+      <c r="R362">
+        <v>104.865217</v>
+      </c>
+      <c r="S362">
+        <v>103.004783</v>
+      </c>
+      <c r="T362">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="363" spans="1:24">
+      <c r="A363" s="2">
+        <v>45567.591076389</v>
+      </c>
+      <c r="B363" t="s">
+        <v>24</v>
+      </c>
+      <c r="C363" t="s">
+        <v>25</v>
+      </c>
+      <c r="D363" t="s">
+        <v>26</v>
+      </c>
+      <c r="E363" t="s">
+        <v>27</v>
+      </c>
+      <c r="F363">
+        <v>-2.4</v>
+      </c>
+      <c r="G363">
+        <v>102.0</v>
+      </c>
+      <c r="H363">
+        <v>4085.1</v>
+      </c>
+      <c r="I363" t="s">
+        <v>28</v>
+      </c>
+      <c r="J363">
+        <v>12.0</v>
+      </c>
+      <c r="K363" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L363" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M363">
+        <v>5000</v>
+      </c>
+      <c r="N363">
+        <v>1000.0</v>
+      </c>
+      <c r="O363" t="s">
+        <v>28</v>
+      </c>
+      <c r="P363">
+        <v>1.467391</v>
+      </c>
+      <c r="Q363">
+        <v>102.001391</v>
+      </c>
+      <c r="R363">
+        <v>104.767391</v>
+      </c>
+      <c r="S363">
+        <v>100.534</v>
+      </c>
+      <c r="T363">
+        <v>103.3</v>
+      </c>
+      <c r="X363">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="364" spans="1:24">
+      <c r="A364" s="2">
+        <v>45566.451064815</v>
+      </c>
+      <c r="B364" t="s">
+        <v>24</v>
+      </c>
+      <c r="C364" t="s">
+        <v>25</v>
+      </c>
+      <c r="D364" t="s">
+        <v>26</v>
+      </c>
+      <c r="E364" t="s">
+        <v>27</v>
+      </c>
+      <c r="G364">
+        <v>104.506522</v>
+      </c>
+      <c r="I364" t="s">
+        <v>28</v>
+      </c>
+      <c r="J364">
+        <v>12.0</v>
+      </c>
+      <c r="K364" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L364" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M364">
+        <v>5000</v>
+      </c>
+      <c r="N364">
+        <v>1000.0</v>
+      </c>
+      <c r="O364" t="s">
+        <v>28</v>
+      </c>
+      <c r="P364">
+        <v>1.434783</v>
+      </c>
+      <c r="Q364">
+        <v>102.15</v>
+      </c>
+      <c r="R364">
+        <v>104.434783</v>
+      </c>
+      <c r="S364">
+        <v>100.715217</v>
+      </c>
+      <c r="T364">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="365" spans="1:24">
+      <c r="A365" s="2">
+        <v>45565.514375</v>
+      </c>
+      <c r="B365" t="s">
+        <v>24</v>
+      </c>
+      <c r="C365" t="s">
+        <v>25</v>
+      </c>
+      <c r="D365" t="s">
+        <v>26</v>
+      </c>
+      <c r="E365" t="s">
+        <v>27</v>
+      </c>
+      <c r="G365">
+        <v>104.506522</v>
+      </c>
+      <c r="I365" t="s">
+        <v>28</v>
+      </c>
+      <c r="J365">
+        <v>12.0</v>
+      </c>
+      <c r="K365" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L365" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M365">
+        <v>5000</v>
+      </c>
+      <c r="N365">
+        <v>1000.0</v>
+      </c>
+      <c r="O365" t="s">
+        <v>28</v>
+      </c>
+      <c r="P365">
+        <v>1.402174</v>
+      </c>
+      <c r="Q365">
+        <v>102.1</v>
+      </c>
+      <c r="R365">
+        <v>104.402174</v>
+      </c>
+      <c r="S365">
+        <v>100.697826</v>
+      </c>
+      <c r="T365">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="366" spans="1:24">
+      <c r="A366" s="2">
+        <v>45562.499108796</v>
+      </c>
+      <c r="B366" t="s">
+        <v>24</v>
+      </c>
+      <c r="C366" t="s">
+        <v>25</v>
+      </c>
+      <c r="D366" t="s">
+        <v>26</v>
+      </c>
+      <c r="E366" t="s">
+        <v>27</v>
+      </c>
+      <c r="G366">
+        <v>104.506522</v>
+      </c>
+      <c r="I366" t="s">
+        <v>28</v>
+      </c>
+      <c r="J366">
+        <v>12.0</v>
+      </c>
+      <c r="K366" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L366" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M366">
+        <v>5000</v>
+      </c>
+      <c r="N366">
+        <v>1000.0</v>
+      </c>
+      <c r="O366" t="s">
+        <v>28</v>
+      </c>
+      <c r="P366">
+        <v>1.369565</v>
+      </c>
+      <c r="Q366">
+        <v>102.0</v>
+      </c>
+      <c r="R366">
+        <v>104.369565</v>
+      </c>
+      <c r="S366">
+        <v>100.630435</v>
+      </c>
+      <c r="T366">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="367" spans="1:24">
+      <c r="A367" s="2">
+        <v>45561.595127315</v>
+      </c>
+      <c r="B367" t="s">
+        <v>24</v>
+      </c>
+      <c r="C367" t="s">
+        <v>25</v>
+      </c>
+      <c r="D367" t="s">
+        <v>26</v>
+      </c>
+      <c r="E367" t="s">
+        <v>27</v>
+      </c>
+      <c r="G367">
+        <v>104.506522</v>
+      </c>
+      <c r="I367" t="s">
+        <v>28</v>
+      </c>
+      <c r="J367">
+        <v>12.0</v>
+      </c>
+      <c r="K367" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L367" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M367">
+        <v>5000</v>
+      </c>
+      <c r="N367">
+        <v>1000.0</v>
+      </c>
+      <c r="O367" t="s">
+        <v>28</v>
+      </c>
+      <c r="P367">
+        <v>1.336957</v>
+      </c>
+      <c r="Q367">
+        <v>103.0</v>
+      </c>
+      <c r="R367">
+        <v>104.336957</v>
+      </c>
+      <c r="S367">
+        <v>101.663043</v>
+      </c>
+      <c r="T367">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="368" spans="1:24">
+      <c r="A368" s="2">
+        <v>45560.498055556</v>
+      </c>
+      <c r="B368" t="s">
+        <v>24</v>
+      </c>
+      <c r="C368" t="s">
+        <v>25</v>
+      </c>
+      <c r="D368" t="s">
+        <v>26</v>
+      </c>
+      <c r="E368" t="s">
+        <v>27</v>
+      </c>
+      <c r="G368">
+        <v>104.506522</v>
+      </c>
+      <c r="I368" t="s">
+        <v>28</v>
+      </c>
+      <c r="J368">
+        <v>12.0</v>
+      </c>
+      <c r="K368" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L368" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M368">
+        <v>5000</v>
+      </c>
+      <c r="N368">
+        <v>1000.0</v>
+      </c>
+      <c r="O368" t="s">
+        <v>28</v>
+      </c>
+      <c r="P368">
+        <v>1.23913</v>
+      </c>
+      <c r="Q368">
+        <v>102.00013</v>
+      </c>
+      <c r="R368">
+        <v>104.23913</v>
+      </c>
+      <c r="S368">
+        <v>100.761</v>
+      </c>
+      <c r="T368">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="369" spans="1:24">
+      <c r="A369" s="2">
+        <v>45559.631956019</v>
+      </c>
+      <c r="B369" t="s">
+        <v>24</v>
+      </c>
+      <c r="C369" t="s">
+        <v>25</v>
+      </c>
+      <c r="D369" t="s">
+        <v>26</v>
+      </c>
+      <c r="E369" t="s">
+        <v>27</v>
+      </c>
+      <c r="F369">
+        <v>3.76</v>
+      </c>
+      <c r="G369">
+        <v>104.506522</v>
+      </c>
+      <c r="H369">
+        <v>7207.45654</v>
+      </c>
+      <c r="I369" t="s">
+        <v>28</v>
+      </c>
+      <c r="J369">
+        <v>12.0</v>
+      </c>
+      <c r="K369" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L369" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M369">
+        <v>5000</v>
+      </c>
+      <c r="N369">
+        <v>1000.0</v>
+      </c>
+      <c r="O369" t="s">
+        <v>28</v>
+      </c>
+      <c r="P369">
+        <v>1.206522</v>
+      </c>
+      <c r="Q369">
+        <v>101.75</v>
+      </c>
+      <c r="R369">
+        <v>104.506522</v>
+      </c>
+      <c r="S369">
+        <v>100.543478</v>
+      </c>
+      <c r="T369">
+        <v>103.3</v>
+      </c>
+      <c r="X369">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="370" spans="1:24">
+      <c r="A370" s="2">
+        <v>45558.54337963</v>
+      </c>
+      <c r="B370" t="s">
+        <v>24</v>
+      </c>
+      <c r="C370" t="s">
+        <v>25</v>
+      </c>
+      <c r="D370" t="s">
+        <v>26</v>
+      </c>
+      <c r="E370" t="s">
+        <v>27</v>
+      </c>
+      <c r="G370">
+        <v>100.717391</v>
+      </c>
+      <c r="I370" t="s">
+        <v>28</v>
+      </c>
+      <c r="J370">
+        <v>12.0</v>
+      </c>
+      <c r="K370" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L370" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M370">
+        <v>5000</v>
+      </c>
+      <c r="N370">
+        <v>1000.0</v>
+      </c>
+      <c r="O370" t="s">
+        <v>28</v>
+      </c>
+      <c r="P370">
+        <v>1.173913</v>
+      </c>
+      <c r="Q370">
+        <v>101.273913</v>
+      </c>
+      <c r="R370">
+        <v>101.673913</v>
+      </c>
+      <c r="S370">
+        <v>100.1</v>
+      </c>
+      <c r="T370">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="371" spans="1:24">
+      <c r="A371" s="2">
+        <v>45555.416782407</v>
+      </c>
+      <c r="B371" t="s">
+        <v>24</v>
+      </c>
+      <c r="C371" t="s">
+        <v>25</v>
+      </c>
+      <c r="D371" t="s">
+        <v>26</v>
+      </c>
+      <c r="E371" t="s">
+        <v>27</v>
+      </c>
+      <c r="G371">
+        <v>100.717391</v>
+      </c>
+      <c r="I371" t="s">
+        <v>28</v>
+      </c>
+      <c r="J371">
+        <v>12.0</v>
+      </c>
+      <c r="K371" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L371" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M371">
+        <v>5000</v>
+      </c>
+      <c r="N371">
+        <v>1000.0</v>
+      </c>
+      <c r="O371" t="s">
+        <v>28</v>
+      </c>
+      <c r="P371">
+        <v>1.141304</v>
+      </c>
+      <c r="R371">
+        <v>101.641304</v>
+      </c>
+      <c r="T371">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:24">
+      <c r="A372" s="2">
+        <v>45554.416770833</v>
+      </c>
+      <c r="B372" t="s">
+        <v>24</v>
+      </c>
+      <c r="C372" t="s">
+        <v>25</v>
+      </c>
+      <c r="D372" t="s">
+        <v>26</v>
+      </c>
+      <c r="E372" t="s">
+        <v>27</v>
+      </c>
+      <c r="G372">
+        <v>100.717391</v>
+      </c>
+      <c r="I372" t="s">
+        <v>28</v>
+      </c>
+      <c r="J372">
+        <v>12.0</v>
+      </c>
+      <c r="K372" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L372" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M372">
+        <v>5000</v>
+      </c>
+      <c r="N372">
+        <v>1000.0</v>
+      </c>
+      <c r="O372" t="s">
+        <v>28</v>
+      </c>
+      <c r="P372">
+        <v>1.108696</v>
+      </c>
+      <c r="R372">
+        <v>101.608696</v>
+      </c>
+      <c r="T372">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="373" spans="1:24">
+      <c r="A373" s="2">
+        <v>45553.420069444</v>
+      </c>
+      <c r="B373" t="s">
+        <v>24</v>
+      </c>
+      <c r="C373" t="s">
+        <v>25</v>
+      </c>
+      <c r="D373" t="s">
+        <v>26</v>
+      </c>
+      <c r="E373" t="s">
+        <v>27</v>
+      </c>
+      <c r="G373">
+        <v>100.717391</v>
+      </c>
+      <c r="I373" t="s">
+        <v>28</v>
+      </c>
+      <c r="J373">
+        <v>12.0</v>
+      </c>
+      <c r="K373" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L373" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M373">
+        <v>5000</v>
+      </c>
+      <c r="N373">
+        <v>1000.0</v>
+      </c>
+      <c r="O373" t="s">
+        <v>28</v>
+      </c>
+      <c r="P373">
+        <v>1.01087</v>
+      </c>
+      <c r="Q373">
+        <v>101.0</v>
+      </c>
+      <c r="R373">
+        <v>101.51087</v>
+      </c>
+      <c r="S373">
+        <v>99.98913</v>
+      </c>
+      <c r="T373">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="374" spans="1:24">
+      <c r="A374" s="2">
+        <v>45552.625162037</v>
+      </c>
+      <c r="B374" t="s">
+        <v>24</v>
+      </c>
+      <c r="C374" t="s">
+        <v>25</v>
+      </c>
+      <c r="D374" t="s">
+        <v>26</v>
+      </c>
+      <c r="E374" t="s">
+        <v>27</v>
+      </c>
+      <c r="G374">
+        <v>100.717391</v>
+      </c>
+      <c r="I374" t="s">
+        <v>28</v>
+      </c>
+      <c r="J374">
+        <v>12.0</v>
+      </c>
+      <c r="K374" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L374" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M374">
+        <v>5000</v>
+      </c>
+      <c r="N374">
+        <v>1000.0</v>
+      </c>
+      <c r="O374" t="s">
+        <v>28</v>
+      </c>
+      <c r="P374">
+        <v>0.978261</v>
+      </c>
+      <c r="Q374">
+        <v>101.0</v>
+      </c>
+      <c r="R374">
+        <v>101.478261</v>
+      </c>
+      <c r="S374">
+        <v>100.021739</v>
+      </c>
+      <c r="T374">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="375" spans="1:24">
+      <c r="A375" s="2">
+        <v>45551.416736111</v>
+      </c>
+      <c r="B375" t="s">
+        <v>24</v>
+      </c>
+      <c r="C375" t="s">
+        <v>25</v>
+      </c>
+      <c r="D375" t="s">
+        <v>26</v>
+      </c>
+      <c r="E375" t="s">
+        <v>27</v>
+      </c>
+      <c r="G375">
+        <v>100.717391</v>
+      </c>
+      <c r="I375" t="s">
+        <v>28</v>
+      </c>
+      <c r="J375">
+        <v>12.0</v>
+      </c>
+      <c r="K375" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L375" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M375">
+        <v>5000</v>
+      </c>
+      <c r="N375">
+        <v>1000.0</v>
+      </c>
+      <c r="O375" t="s">
+        <v>28</v>
+      </c>
+      <c r="P375">
+        <v>0.945652</v>
+      </c>
+      <c r="R375">
+        <v>104.245652</v>
+      </c>
+      <c r="T375">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="376" spans="1:24">
+      <c r="A376" s="2">
+        <v>45548.416875</v>
+      </c>
+      <c r="B376" t="s">
+        <v>24</v>
+      </c>
+      <c r="C376" t="s">
+        <v>25</v>
+      </c>
+      <c r="D376" t="s">
+        <v>26</v>
+      </c>
+      <c r="E376" t="s">
+        <v>27</v>
+      </c>
+      <c r="G376">
+        <v>100.717391</v>
+      </c>
+      <c r="I376" t="s">
+        <v>28</v>
+      </c>
+      <c r="J376">
+        <v>12.0</v>
+      </c>
+      <c r="K376" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L376" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M376">
+        <v>5000</v>
+      </c>
+      <c r="N376">
+        <v>1000.0</v>
+      </c>
+      <c r="O376" t="s">
+        <v>28</v>
+      </c>
+      <c r="P376">
+        <v>0.913043</v>
+      </c>
+      <c r="R376">
+        <v>104.213043</v>
+      </c>
+      <c r="T376">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="377" spans="1:24">
+      <c r="A377" s="2">
+        <v>45547.416828704</v>
+      </c>
+      <c r="B377" t="s">
+        <v>24</v>
+      </c>
+      <c r="C377" t="s">
+        <v>25</v>
+      </c>
+      <c r="D377" t="s">
+        <v>26</v>
+      </c>
+      <c r="E377" t="s">
+        <v>27</v>
+      </c>
+      <c r="G377">
+        <v>100.717391</v>
+      </c>
+      <c r="I377" t="s">
+        <v>28</v>
+      </c>
+      <c r="J377">
+        <v>12.0</v>
+      </c>
+      <c r="K377" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L377" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M377">
+        <v>5000</v>
+      </c>
+      <c r="N377">
+        <v>1000.0</v>
+      </c>
+      <c r="O377" t="s">
+        <v>28</v>
+      </c>
+      <c r="P377">
+        <v>0.880435</v>
+      </c>
+      <c r="R377">
+        <v>104.180435</v>
+      </c>
+      <c r="T377">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="378" spans="1:24">
+      <c r="A378" s="2">
+        <v>45546.416759259</v>
+      </c>
+      <c r="B378" t="s">
+        <v>24</v>
+      </c>
+      <c r="C378" t="s">
+        <v>25</v>
+      </c>
+      <c r="D378" t="s">
+        <v>26</v>
+      </c>
+      <c r="E378" t="s">
+        <v>27</v>
+      </c>
+      <c r="G378">
+        <v>100.717391</v>
+      </c>
+      <c r="I378" t="s">
+        <v>28</v>
+      </c>
+      <c r="J378">
+        <v>12.0</v>
+      </c>
+      <c r="K378" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L378" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M378">
+        <v>5000</v>
+      </c>
+      <c r="N378">
+        <v>1000.0</v>
+      </c>
+      <c r="O378" t="s">
+        <v>28</v>
+      </c>
+      <c r="P378">
+        <v>0.782609</v>
+      </c>
+      <c r="R378">
+        <v>104.082609</v>
+      </c>
+      <c r="T378">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="379" spans="1:24">
+      <c r="A379" s="2">
+        <v>45545.416736111</v>
+      </c>
+      <c r="B379" t="s">
+        <v>24</v>
+      </c>
+      <c r="C379" t="s">
+        <v>25</v>
+      </c>
+      <c r="D379" t="s">
+        <v>26</v>
+      </c>
+      <c r="E379" t="s">
+        <v>27</v>
+      </c>
+      <c r="G379">
+        <v>100.717391</v>
+      </c>
+      <c r="I379" t="s">
+        <v>28</v>
+      </c>
+      <c r="J379">
+        <v>12.0</v>
+      </c>
+      <c r="K379" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L379" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M379">
+        <v>5000</v>
+      </c>
+      <c r="N379">
+        <v>1000.0</v>
+      </c>
+      <c r="O379" t="s">
+        <v>28</v>
+      </c>
+      <c r="P379">
+        <v>0.75</v>
+      </c>
+      <c r="R379">
+        <v>104.05</v>
+      </c>
+      <c r="T379">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="380" spans="1:24">
+      <c r="A380" s="2">
+        <v>45544.5840625</v>
+      </c>
+      <c r="B380" t="s">
+        <v>24</v>
+      </c>
+      <c r="C380" t="s">
+        <v>25</v>
+      </c>
+      <c r="D380" t="s">
+        <v>26</v>
+      </c>
+      <c r="E380" t="s">
+        <v>27</v>
+      </c>
+      <c r="F380">
+        <v>-2.49</v>
+      </c>
+      <c r="G380">
+        <v>100.717391</v>
+      </c>
+      <c r="H380">
+        <v>4028.69564</v>
+      </c>
+      <c r="I380" t="s">
+        <v>28</v>
+      </c>
+      <c r="J380">
+        <v>12.0</v>
+      </c>
+      <c r="K380" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L380" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M380">
+        <v>5000</v>
+      </c>
+      <c r="N380">
+        <v>1000.0</v>
+      </c>
+      <c r="O380" t="s">
+        <v>28</v>
+      </c>
+      <c r="P380">
+        <v>0.717391</v>
+      </c>
+      <c r="R380">
+        <v>104.017391</v>
+      </c>
+      <c r="T380">
+        <v>103.3</v>
+      </c>
+      <c r="X380">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="381" spans="1:24">
+      <c r="A381" s="2">
+        <v>45541.416747685</v>
+      </c>
+      <c r="B381" t="s">
+        <v>24</v>
+      </c>
+      <c r="C381" t="s">
+        <v>25</v>
+      </c>
+      <c r="D381" t="s">
+        <v>26</v>
+      </c>
+      <c r="E381" t="s">
+        <v>27</v>
+      </c>
+      <c r="G381">
+        <v>103.293478</v>
+      </c>
+      <c r="I381" t="s">
+        <v>28</v>
+      </c>
+      <c r="J381">
+        <v>12.0</v>
+      </c>
+      <c r="K381" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L381" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M381">
+        <v>5000</v>
+      </c>
+      <c r="N381">
+        <v>1000.0</v>
+      </c>
+      <c r="O381" t="s">
+        <v>28</v>
+      </c>
+      <c r="P381">
+        <v>0.684783</v>
+      </c>
+      <c r="Q381">
+        <v>100.684783</v>
+      </c>
+      <c r="R381">
+        <v>103.984783</v>
+      </c>
+      <c r="S381">
+        <v>100.0</v>
+      </c>
+      <c r="T381">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="382" spans="1:24">
+      <c r="A382" s="2">
+        <v>45540.416979167</v>
+      </c>
+      <c r="B382" t="s">
+        <v>24</v>
+      </c>
+      <c r="C382" t="s">
+        <v>25</v>
+      </c>
+      <c r="D382" t="s">
+        <v>26</v>
+      </c>
+      <c r="E382" t="s">
+        <v>27</v>
+      </c>
+      <c r="G382">
+        <v>103.293478</v>
+      </c>
+      <c r="I382" t="s">
+        <v>28</v>
+      </c>
+      <c r="J382">
+        <v>12.0</v>
+      </c>
+      <c r="K382" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L382" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M382">
+        <v>5000</v>
+      </c>
+      <c r="N382">
+        <v>1000.0</v>
+      </c>
+      <c r="O382" t="s">
+        <v>28</v>
+      </c>
+      <c r="P382">
+        <v>0.652174</v>
+      </c>
+      <c r="Q382">
+        <v>100.652174</v>
+      </c>
+      <c r="R382">
+        <v>103.952174</v>
+      </c>
+      <c r="S382">
+        <v>100.0</v>
+      </c>
+      <c r="T382">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="383" spans="1:24">
+      <c r="A383" s="2">
+        <v>45539.41693287</v>
+      </c>
+      <c r="B383" t="s">
+        <v>24</v>
+      </c>
+      <c r="C383" t="s">
+        <v>25</v>
+      </c>
+      <c r="D383" t="s">
+        <v>26</v>
+      </c>
+      <c r="E383" t="s">
+        <v>27</v>
+      </c>
+      <c r="G383">
+        <v>103.293478</v>
+      </c>
+      <c r="I383" t="s">
+        <v>28</v>
+      </c>
+      <c r="J383">
+        <v>12.0</v>
+      </c>
+      <c r="K383" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L383" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M383">
+        <v>5000</v>
+      </c>
+      <c r="N383">
+        <v>1000.0</v>
+      </c>
+      <c r="O383" t="s">
+        <v>28</v>
+      </c>
+      <c r="P383">
+        <v>0.554348</v>
+      </c>
+      <c r="Q383">
+        <v>100.554348</v>
+      </c>
+      <c r="R383">
+        <v>103.854348</v>
+      </c>
+      <c r="S383">
+        <v>100.0</v>
+      </c>
+      <c r="T383">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="384" spans="1:24">
+      <c r="A384" s="2">
+        <v>45538.416793981</v>
+      </c>
+      <c r="B384" t="s">
+        <v>24</v>
+      </c>
+      <c r="C384" t="s">
+        <v>25</v>
+      </c>
+      <c r="D384" t="s">
+        <v>26</v>
+      </c>
+      <c r="E384" t="s">
+        <v>27</v>
+      </c>
+      <c r="G384">
+        <v>103.293478</v>
+      </c>
+      <c r="I384" t="s">
+        <v>28</v>
+      </c>
+      <c r="J384">
+        <v>12.0</v>
+      </c>
+      <c r="K384" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L384" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M384">
+        <v>5000</v>
+      </c>
+      <c r="N384">
+        <v>1000.0</v>
+      </c>
+      <c r="O384" t="s">
+        <v>28</v>
+      </c>
+      <c r="P384">
+        <v>0.521739</v>
+      </c>
+      <c r="Q384">
+        <v>100.521739</v>
+      </c>
+      <c r="R384">
+        <v>103.821739</v>
+      </c>
+      <c r="S384">
+        <v>100.0</v>
+      </c>
+      <c r="T384">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="385" spans="1:24">
+      <c r="A385" s="2">
+        <v>45537.416921296</v>
+      </c>
+      <c r="B385" t="s">
+        <v>24</v>
+      </c>
+      <c r="C385" t="s">
+        <v>25</v>
+      </c>
+      <c r="D385" t="s">
+        <v>26</v>
+      </c>
+      <c r="E385" t="s">
+        <v>27</v>
+      </c>
+      <c r="G385">
+        <v>103.293478</v>
+      </c>
+      <c r="I385" t="s">
+        <v>28</v>
+      </c>
+      <c r="J385">
+        <v>12.0</v>
+      </c>
+      <c r="K385" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L385" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M385">
+        <v>5000</v>
+      </c>
+      <c r="N385">
+        <v>1000.0</v>
+      </c>
+      <c r="O385" t="s">
+        <v>28</v>
+      </c>
+      <c r="P385">
+        <v>0.48913</v>
+      </c>
+      <c r="Q385">
+        <v>100.48913</v>
+      </c>
+      <c r="R385">
+        <v>103.78913</v>
+      </c>
+      <c r="S385">
+        <v>100.0</v>
+      </c>
+      <c r="T385">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="386" spans="1:24">
+      <c r="A386" s="2">
+        <v>45534.416886574</v>
+      </c>
+      <c r="B386" t="s">
+        <v>24</v>
+      </c>
+      <c r="C386" t="s">
+        <v>25</v>
+      </c>
+      <c r="D386" t="s">
+        <v>26</v>
+      </c>
+      <c r="E386" t="s">
+        <v>27</v>
+      </c>
+      <c r="G386">
+        <v>103.293478</v>
+      </c>
+      <c r="I386" t="s">
+        <v>28</v>
+      </c>
+      <c r="J386">
+        <v>12.0</v>
+      </c>
+      <c r="K386" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L386" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M386">
+        <v>5000</v>
+      </c>
+      <c r="N386">
+        <v>1000.0</v>
+      </c>
+      <c r="O386" t="s">
+        <v>28</v>
+      </c>
+      <c r="P386">
+        <v>0.456522</v>
+      </c>
+      <c r="Q386">
+        <v>100.456522</v>
+      </c>
+      <c r="R386">
+        <v>103.756522</v>
+      </c>
+      <c r="S386">
+        <v>100.0</v>
+      </c>
+      <c r="T386">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="387" spans="1:24">
+      <c r="A387" s="2">
+        <v>45533.416747685</v>
+      </c>
+      <c r="B387" t="s">
+        <v>24</v>
+      </c>
+      <c r="C387" t="s">
+        <v>25</v>
+      </c>
+      <c r="D387" t="s">
+        <v>26</v>
+      </c>
+      <c r="E387" t="s">
+        <v>27</v>
+      </c>
+      <c r="G387">
+        <v>103.293478</v>
+      </c>
+      <c r="I387" t="s">
+        <v>28</v>
+      </c>
+      <c r="J387">
+        <v>12.0</v>
+      </c>
+      <c r="K387" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L387" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M387">
+        <v>5000</v>
+      </c>
+      <c r="N387">
+        <v>1000.0</v>
+      </c>
+      <c r="O387" t="s">
+        <v>28</v>
+      </c>
+      <c r="P387">
+        <v>0.423913</v>
+      </c>
+      <c r="Q387">
+        <v>100.423913</v>
+      </c>
+      <c r="R387">
+        <v>103.723913</v>
+      </c>
+      <c r="S387">
+        <v>100.0</v>
+      </c>
+      <c r="T387">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="388" spans="1:24">
+      <c r="A388" s="2">
+        <v>45532.416979167</v>
+      </c>
+      <c r="B388" t="s">
+        <v>24</v>
+      </c>
+      <c r="C388" t="s">
+        <v>25</v>
+      </c>
+      <c r="D388" t="s">
+        <v>26</v>
+      </c>
+      <c r="E388" t="s">
+        <v>27</v>
+      </c>
+      <c r="G388">
+        <v>103.293478</v>
+      </c>
+      <c r="I388" t="s">
+        <v>28</v>
+      </c>
+      <c r="J388">
+        <v>12.0</v>
+      </c>
+      <c r="K388" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L388" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M388">
+        <v>5000</v>
+      </c>
+      <c r="N388">
+        <v>1000.0</v>
+      </c>
+      <c r="O388" t="s">
+        <v>28</v>
+      </c>
+      <c r="P388">
+        <v>0.326087</v>
+      </c>
+      <c r="Q388">
+        <v>100.326087</v>
+      </c>
+      <c r="R388">
+        <v>103.626087</v>
+      </c>
+      <c r="S388">
+        <v>100.0</v>
+      </c>
+      <c r="T388">
+        <v>103.3</v>
+      </c>
+    </row>
+    <row r="389" spans="1:24">
+      <c r="A389" s="2">
+        <v>45531.560625</v>
+      </c>
+      <c r="B389" t="s">
+        <v>24</v>
+      </c>
+      <c r="C389" t="s">
+        <v>25</v>
+      </c>
+      <c r="D389" t="s">
+        <v>26</v>
+      </c>
+      <c r="E389" t="s">
+        <v>27</v>
+      </c>
+      <c r="F389">
+        <v>0.06</v>
+      </c>
+      <c r="G389">
+        <v>103.293478</v>
+      </c>
+      <c r="H389">
+        <v>4126.73912</v>
+      </c>
+      <c r="I389" t="s">
+        <v>28</v>
+      </c>
+      <c r="J389">
+        <v>12.0</v>
+      </c>
+      <c r="K389" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L389" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M389">
+        <v>5000</v>
+      </c>
+      <c r="N389">
+        <v>1000.0</v>
+      </c>
+      <c r="O389" t="s">
+        <v>28</v>
+      </c>
+      <c r="P389">
+        <v>0.293478</v>
+      </c>
+      <c r="Q389">
+        <v>100.293478</v>
+      </c>
+      <c r="R389">
+        <v>103.593478</v>
+      </c>
+      <c r="S389">
+        <v>100.0</v>
+      </c>
+      <c r="T389">
+        <v>103.3</v>
+      </c>
+      <c r="X389">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="390" spans="1:24">
+      <c r="A390" s="2">
+        <v>45530.420902778</v>
+      </c>
+      <c r="B390" t="s">
+        <v>24</v>
+      </c>
+      <c r="C390" t="s">
+        <v>25</v>
+      </c>
+      <c r="D390" t="s">
+        <v>26</v>
+      </c>
+      <c r="E390" t="s">
+        <v>27</v>
+      </c>
+      <c r="G390">
+        <v>103.228261</v>
+      </c>
+      <c r="I390" t="s">
+        <v>28</v>
+      </c>
+      <c r="J390">
+        <v>12.0</v>
+      </c>
+      <c r="K390" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L390" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M390">
+        <v>5000</v>
+      </c>
+      <c r="N390">
+        <v>1000.0</v>
+      </c>
+      <c r="O390" t="s">
+        <v>28</v>
+      </c>
+      <c r="P390">
+        <v>0.26087</v>
+      </c>
+      <c r="Q390">
+        <v>100.26087</v>
+      </c>
+      <c r="R390">
+        <v>103.06087</v>
+      </c>
+      <c r="S390">
+        <v>100.0</v>
+      </c>
+      <c r="T390">
+        <v>102.8</v>
+      </c>
+    </row>
+    <row r="391" spans="1:24">
+      <c r="A391" s="2">
+        <v>45527.454652778</v>
+      </c>
+      <c r="B391" t="s">
+        <v>24</v>
+      </c>
+      <c r="C391" t="s">
+        <v>25</v>
+      </c>
+      <c r="D391" t="s">
+        <v>26</v>
+      </c>
+      <c r="E391" t="s">
+        <v>27</v>
+      </c>
+      <c r="F391">
+        <v>3.03</v>
+      </c>
+      <c r="G391">
+        <v>103.228261</v>
+      </c>
+      <c r="H391">
+        <v>6193.69566</v>
+      </c>
+      <c r="I391" t="s">
+        <v>28</v>
+      </c>
+      <c r="J391">
+        <v>12.0</v>
+      </c>
+      <c r="K391" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L391" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M391">
+        <v>5000</v>
+      </c>
+      <c r="N391">
+        <v>1000.0</v>
+      </c>
+      <c r="O391" t="s">
+        <v>28</v>
+      </c>
+      <c r="P391">
+        <v>0.228261</v>
+      </c>
+      <c r="Q391">
+        <v>103.228261</v>
+      </c>
+      <c r="R391">
+        <v>103.528261</v>
+      </c>
+      <c r="S391">
+        <v>103.0</v>
+      </c>
+      <c r="T391">
+        <v>103.3</v>
+      </c>
+      <c r="X391">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="392" spans="1:24">
+      <c r="A392" s="2">
+        <v>45526.661053241</v>
+      </c>
+      <c r="B392" t="s">
+        <v>24</v>
+      </c>
+      <c r="C392" t="s">
+        <v>25</v>
+      </c>
+      <c r="D392" t="s">
+        <v>26</v>
+      </c>
+      <c r="E392" t="s">
+        <v>27</v>
+      </c>
+      <c r="F392">
+        <v>-1.86</v>
+      </c>
+      <c r="G392">
+        <v>100.195652</v>
+      </c>
+      <c r="H392">
+        <v>1001.95652</v>
+      </c>
+      <c r="I392" t="s">
+        <v>28</v>
+      </c>
+      <c r="J392">
+        <v>12.0</v>
+      </c>
+      <c r="K392" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L392" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M392">
+        <v>5000</v>
+      </c>
+      <c r="N392">
+        <v>1000.0</v>
+      </c>
+      <c r="O392" t="s">
+        <v>28</v>
+      </c>
+      <c r="P392">
+        <v>0.195652</v>
+      </c>
+      <c r="Q392">
+        <v>100.195652</v>
+      </c>
+      <c r="R392">
+        <v>103.195652</v>
+      </c>
+      <c r="S392">
+        <v>100.0</v>
+      </c>
+      <c r="T392">
+        <v>103.0</v>
+      </c>
+      <c r="X392">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="393" spans="1:24">
+      <c r="A393" s="2">
+        <v>45525.575474537</v>
+      </c>
+      <c r="B393" t="s">
+        <v>24</v>
+      </c>
+      <c r="C393" t="s">
+        <v>25</v>
+      </c>
+      <c r="D393" t="s">
+        <v>26</v>
+      </c>
+      <c r="E393" t="s">
+        <v>27</v>
+      </c>
+      <c r="F393">
+        <v>0.06</v>
+      </c>
+      <c r="G393">
+        <v>102.097826</v>
+      </c>
+      <c r="H393">
+        <v>1020.97826</v>
+      </c>
+      <c r="I393" t="s">
+        <v>28</v>
+      </c>
+      <c r="J393">
+        <v>12.0</v>
+      </c>
+      <c r="K393" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L393" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M393">
+        <v>5000</v>
+      </c>
+      <c r="N393">
+        <v>1000.0</v>
+      </c>
+      <c r="O393" t="s">
+        <v>28</v>
+      </c>
+      <c r="P393">
+        <v>0.097826</v>
+      </c>
+      <c r="Q393">
+        <v>100.0</v>
+      </c>
+      <c r="R393">
+        <v>102.097826</v>
+      </c>
+      <c r="S393">
+        <v>99.902174</v>
+      </c>
+      <c r="T393">
+        <v>102.0</v>
+      </c>
+      <c r="X393">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="394" spans="1:24">
+      <c r="A394" s="2">
+        <v>45524.417685185</v>
+      </c>
+      <c r="B394" t="s">
+        <v>24</v>
+      </c>
+      <c r="C394" t="s">
+        <v>25</v>
+      </c>
+      <c r="D394" t="s">
+        <v>26</v>
+      </c>
+      <c r="E394" t="s">
+        <v>27</v>
+      </c>
+      <c r="G394">
+        <v>102.032609</v>
+      </c>
+      <c r="I394" t="s">
+        <v>28</v>
+      </c>
+      <c r="J394">
+        <v>12.0</v>
+      </c>
+      <c r="K394" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L394" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M394">
+        <v>5000</v>
+      </c>
+      <c r="N394">
+        <v>1000.0</v>
+      </c>
+      <c r="O394" t="s">
+        <v>28</v>
+      </c>
+      <c r="P394">
+        <v>0.065217</v>
+      </c>
+      <c r="Q394">
+        <v>100.0</v>
+      </c>
+      <c r="R394">
+        <v>102.065217</v>
+      </c>
+      <c r="S394">
+        <v>99.934783</v>
+      </c>
+      <c r="T394">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="395" spans="1:24">
+      <c r="A395" s="2">
+        <v>45523.586944444</v>
+      </c>
+      <c r="B395" t="s">
+        <v>24</v>
+      </c>
+      <c r="C395" t="s">
+        <v>25</v>
+      </c>
+      <c r="D395" t="s">
+        <v>26</v>
+      </c>
+      <c r="E395" t="s">
+        <v>27</v>
+      </c>
+      <c r="F395">
+        <v>-3.5</v>
+      </c>
+      <c r="G395">
+        <v>102.032609</v>
+      </c>
+      <c r="H395">
+        <v>3060.97827</v>
+      </c>
+      <c r="I395" t="s">
+        <v>28</v>
+      </c>
+      <c r="J395">
+        <v>12.0</v>
+      </c>
+      <c r="K395" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L395" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M395">
+        <v>5000</v>
+      </c>
+      <c r="N395">
+        <v>1000.0</v>
+      </c>
+      <c r="O395" t="s">
+        <v>28</v>
+      </c>
+      <c r="P395">
+        <v>0.032609</v>
+      </c>
+      <c r="Q395">
+        <v>100.0</v>
+      </c>
+      <c r="R395">
+        <v>102.032609</v>
+      </c>
+      <c r="S395">
+        <v>99.967391</v>
+      </c>
+      <c r="T395">
+        <v>102.0</v>
+      </c>
+      <c r="X395">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="396" spans="1:24">
+      <c r="A396" s="2">
+        <v>45520.58806713</v>
+      </c>
+      <c r="B396" t="s">
+        <v>24</v>
+      </c>
+      <c r="C396" t="s">
+        <v>25</v>
+      </c>
+      <c r="D396" t="s">
+        <v>26</v>
+      </c>
+      <c r="E396" t="s">
+        <v>27</v>
+      </c>
+      <c r="G396">
+        <v>105.736957</v>
+      </c>
+      <c r="I396" t="s">
+        <v>28</v>
+      </c>
+      <c r="J396">
+        <v>12.0</v>
+      </c>
+      <c r="K396" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L396" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M396">
+        <v>5000</v>
+      </c>
+      <c r="N396">
+        <v>1000.0</v>
+      </c>
+      <c r="O396" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q396">
+        <v>100.0</v>
+      </c>
+      <c r="R396">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="397" spans="1:24">
+      <c r="A397" s="2">
+        <v>45519.355462963</v>
+      </c>
+      <c r="B397" t="s">
+        <v>24</v>
+      </c>
+      <c r="C397" t="s">
+        <v>25</v>
+      </c>
+      <c r="D397" t="s">
+        <v>26</v>
+      </c>
+      <c r="E397" t="s">
+        <v>27</v>
+      </c>
+      <c r="G397">
+        <v>105.736957</v>
+      </c>
+      <c r="I397" t="s">
+        <v>28</v>
+      </c>
+      <c r="J397">
+        <v>12.0</v>
+      </c>
+      <c r="K397" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L397" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M397">
+        <v>5000</v>
+      </c>
+      <c r="N397">
+        <v>1000.0</v>
+      </c>
+      <c r="O397" t="s">
+        <v>28</v>
+      </c>
+      <c r="P397">
+        <v>-0.032609</v>
+      </c>
+    </row>
+    <row r="398" spans="1:24">
+      <c r="A398" s="2">
+        <v>45518.479236111</v>
+      </c>
+      <c r="B398" t="s">
+        <v>24</v>
+      </c>
+      <c r="C398" t="s">
+        <v>25</v>
+      </c>
+      <c r="D398" t="s">
+        <v>26</v>
+      </c>
+      <c r="E398" t="s">
+        <v>27</v>
+      </c>
+      <c r="G398">
+        <v>105.736957</v>
+      </c>
+      <c r="I398" t="s">
+        <v>28</v>
+      </c>
+      <c r="J398">
+        <v>12.0</v>
+      </c>
+      <c r="K398" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L398" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M398">
+        <v>5000</v>
+      </c>
+      <c r="N398">
+        <v>1000.0</v>
+      </c>
+      <c r="O398" t="s">
+        <v>28</v>
+      </c>
+      <c r="P398">
+        <v>-0.130435</v>
+      </c>
+      <c r="Q398">
+        <v>94.879565</v>
+      </c>
+      <c r="R398">
+        <v>101.869565</v>
+      </c>
+      <c r="S398">
+        <v>95.01</v>
+      </c>
+      <c r="T398">
+        <v>102.0</v>
+      </c>
+    </row>
+    <row r="399" spans="1:24">
+      <c r="A399" s="2">
+        <v>45517.56099537</v>
+      </c>
+      <c r="B399" t="s">
+        <v>24</v>
+      </c>
+      <c r="C399" t="s">
+        <v>25</v>
+      </c>
+      <c r="D399" t="s">
+        <v>26</v>
+      </c>
+      <c r="E399" t="s">
+        <v>27</v>
+      </c>
+      <c r="F399">
+        <v>2.89</v>
+      </c>
+      <c r="G399">
+        <v>105.736957</v>
+      </c>
+      <c r="H399">
+        <v>5286.84785</v>
+      </c>
+      <c r="I399" t="s">
+        <v>28</v>
+      </c>
+      <c r="J399">
+        <v>12.0</v>
+      </c>
+      <c r="K399" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L399" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M399">
+        <v>5000</v>
+      </c>
+      <c r="N399">
+        <v>1000.0</v>
+      </c>
+      <c r="O399" t="s">
+        <v>28</v>
+      </c>
+      <c r="P399">
+        <v>2.836957</v>
+      </c>
+      <c r="Q399">
+        <v>97.836957</v>
+      </c>
+      <c r="R399">
+        <v>105.836957</v>
+      </c>
+      <c r="S399">
+        <v>95.0</v>
+      </c>
+      <c r="T399">
+        <v>103.0</v>
+      </c>
+      <c r="X399">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="400" spans="1:24">
+      <c r="A400" s="2">
+        <v>45516.422094907</v>
+      </c>
+      <c r="B400" t="s">
+        <v>24</v>
+      </c>
+      <c r="C400" t="s">
+        <v>25</v>
+      </c>
+      <c r="D400" t="s">
+        <v>26</v>
+      </c>
+      <c r="E400" t="s">
+        <v>27</v>
+      </c>
+      <c r="G400">
+        <v>102.771739</v>
+      </c>
+      <c r="I400" t="s">
+        <v>28</v>
+      </c>
+      <c r="J400">
+        <v>12.0</v>
+      </c>
+      <c r="K400" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L400" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M400">
+        <v>5000</v>
+      </c>
+      <c r="N400">
+        <v>1000.0</v>
+      </c>
+      <c r="O400" t="s">
+        <v>28</v>
+      </c>
+      <c r="P400">
+        <v>2.804348</v>
+      </c>
+      <c r="R400">
+        <v>105.804348</v>
+      </c>
+      <c r="T400">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="401" spans="1:24">
+      <c r="A401" s="2">
+        <v>45513.438275463</v>
+      </c>
+      <c r="B401" t="s">
+        <v>24</v>
+      </c>
+      <c r="C401" t="s">
+        <v>25</v>
+      </c>
+      <c r="D401" t="s">
+        <v>26</v>
+      </c>
+      <c r="E401" t="s">
+        <v>27</v>
+      </c>
+      <c r="G401">
+        <v>102.771739</v>
+      </c>
+      <c r="H401">
+        <v>3083.15217</v>
+      </c>
+      <c r="I401" t="s">
+        <v>28</v>
+      </c>
+      <c r="J401">
+        <v>12.0</v>
+      </c>
+      <c r="K401" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L401" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M401">
+        <v>5000</v>
+      </c>
+      <c r="N401">
+        <v>1000.0</v>
+      </c>
+      <c r="O401" t="s">
+        <v>28</v>
+      </c>
+      <c r="P401">
+        <v>2.771739</v>
+      </c>
+      <c r="Q401">
+        <v>102.8</v>
+      </c>
+      <c r="R401">
+        <v>106.071739</v>
+      </c>
+      <c r="S401">
+        <v>100.028261</v>
+      </c>
+      <c r="T401">
+        <v>103.3</v>
+      </c>
+      <c r="X401">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="402" spans="1:24">
+      <c r="A402" s="2">
+        <v>45512.417222222</v>
+      </c>
+      <c r="B402" t="s">
+        <v>24</v>
+      </c>
+      <c r="C402" t="s">
+        <v>25</v>
+      </c>
+      <c r="D402" t="s">
+        <v>26</v>
+      </c>
+      <c r="E402" t="s">
+        <v>27</v>
+      </c>
+      <c r="I402" t="s">
+        <v>28</v>
+      </c>
+      <c r="J402">
+        <v>12.0</v>
+      </c>
+      <c r="K402" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L402" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M402">
+        <v>5000</v>
+      </c>
+      <c r="N402">
+        <v>1000.0</v>
+      </c>
+      <c r="O402" t="s">
+        <v>28</v>
+      </c>
+      <c r="P402">
+        <v>2.73913</v>
+      </c>
+      <c r="R402">
+        <v>109.63913</v>
+      </c>
+      <c r="T402">
+        <v>106.9</v>
+      </c>
+    </row>
+    <row r="403" spans="1:24">
+      <c r="A403" s="2">
         <v>45511.48662037</v>
       </c>
-      <c r="B349" t="s">
-[...32 lines deleted...]
-      <c r="P349">
+      <c r="B403" t="s">
+        <v>24</v>
+      </c>
+      <c r="C403" t="s">
+        <v>25</v>
+      </c>
+      <c r="D403" t="s">
+        <v>26</v>
+      </c>
+      <c r="E403" t="s">
+        <v>27</v>
+      </c>
+      <c r="I403" t="s">
+        <v>28</v>
+      </c>
+      <c r="J403">
+        <v>12.0</v>
+      </c>
+      <c r="K403" s="2">
+        <v>45432.0</v>
+      </c>
+      <c r="L403" s="2">
+        <v>46527.0</v>
+      </c>
+      <c r="M403">
+        <v>5000</v>
+      </c>
+      <c r="N403">
+        <v>1000.0</v>
+      </c>
+      <c r="O403" t="s">
+        <v>28</v>
+      </c>
+      <c r="P403">
         <v>2.641304</v>
       </c>
-      <c r="R349">
+      <c r="R403">
         <v>109.541304</v>
       </c>
-      <c r="T349">
+      <c r="T403">
         <v>106.9</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>