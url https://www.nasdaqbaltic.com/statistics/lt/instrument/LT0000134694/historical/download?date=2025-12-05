--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X67"/>
+  <dimension ref="A1:X126"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L67" sqref="L67"/>
+      <selection activeCell="L126" sqref="L126"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,3834 +546,7474 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.35537037</v>
+        <v>46085.35505787</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>100.025</v>
+        <v>102.025</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>9.0</v>
       </c>
       <c r="K2" s="2">
         <v>45860.0</v>
       </c>
       <c r="L2" s="2">
         <v>46865.0</v>
       </c>
       <c r="M2">
         <v>8000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.15</v>
+        <v>1.1</v>
       </c>
       <c r="Q2">
-        <v>99.15</v>
+        <v>99.35</v>
       </c>
       <c r="R2">
-        <v>101.95</v>
+        <v>104.6</v>
       </c>
       <c r="S2">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T2">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U2">
-        <v>9.953634</v>
+        <v>9.918783</v>
       </c>
       <c r="V2">
-        <v>8.620676</v>
+        <v>7.208406</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.355983796</v>
+        <v>46084.354953704</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>100.025</v>
+        <v>102.025</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>9.0</v>
       </c>
       <c r="K3" s="2">
         <v>45860.0</v>
       </c>
       <c r="L3" s="2">
         <v>46865.0</v>
       </c>
       <c r="M3">
         <v>8000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
         <v>1.075</v>
       </c>
       <c r="Q3">
-        <v>99.075</v>
+        <v>99.325</v>
       </c>
       <c r="R3">
-        <v>101.875</v>
+        <v>104.575</v>
       </c>
       <c r="S3">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T3">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U3">
-        <v>9.950641</v>
+        <v>9.917701</v>
       </c>
       <c r="V3">
-        <v>8.621873</v>
+        <v>7.210528</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.355497685</v>
+        <v>46083.355127315</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>100.025</v>
+        <v>102.025</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>9.0</v>
       </c>
       <c r="K4" s="2">
         <v>45860.0</v>
       </c>
       <c r="L4" s="2">
         <v>46865.0</v>
       </c>
       <c r="M4">
         <v>8000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
         <v>1.05</v>
       </c>
       <c r="Q4">
-        <v>99.05</v>
+        <v>99.3</v>
       </c>
       <c r="R4">
-        <v>101.85</v>
+        <v>104.55</v>
       </c>
       <c r="S4">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T4">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U4">
-        <v>9.949655</v>
+        <v>9.916625</v>
       </c>
       <c r="V4">
-        <v>8.622276</v>
+        <v>7.212648</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.61462963</v>
+        <v>46080.355081019</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
-      <c r="F5">
-[...1 lines deleted...]
-      </c>
       <c r="G5">
-        <v>100.025</v>
-[...2 lines deleted...]
-        <v>4001.0</v>
+        <v>102.025</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>9.0</v>
       </c>
       <c r="K5" s="2">
         <v>45860.0</v>
       </c>
       <c r="L5" s="2">
         <v>46865.0</v>
       </c>
       <c r="M5">
         <v>8000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
         <v>1.025</v>
       </c>
       <c r="Q5">
-        <v>99.025</v>
+        <v>99.275</v>
       </c>
       <c r="R5">
-        <v>101.825</v>
+        <v>104.525</v>
       </c>
       <c r="S5">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T5">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U5">
-        <v>9.948674</v>
+        <v>9.915555</v>
       </c>
       <c r="V5">
-        <v>8.62268</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.214764</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.355752315</v>
+        <v>46079.355150463</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="G6">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>9.0</v>
       </c>
       <c r="K6" s="2">
         <v>45860.0</v>
       </c>
       <c r="L6" s="2">
         <v>46865.0</v>
       </c>
       <c r="M6">
         <v>8000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
         <v>1.0</v>
       </c>
       <c r="Q6">
-        <v>99.0</v>
+        <v>99.25</v>
       </c>
       <c r="R6">
-        <v>101.0</v>
+        <v>104.5</v>
       </c>
       <c r="S6">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T6">
-        <v>100.0</v>
+        <v>103.5</v>
       </c>
       <c r="U6">
-        <v>9.947699</v>
+        <v>9.914492</v>
       </c>
       <c r="V6">
-        <v>8.997098</v>
+        <v>7.216878</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.601608796</v>
+        <v>46078.355289352</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="G7">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>9.0</v>
       </c>
       <c r="K7" s="2">
         <v>45860.0</v>
       </c>
       <c r="L7" s="2">
         <v>46865.0</v>
       </c>
       <c r="M7">
         <v>8000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>0.975</v>
+        <v>0.875</v>
       </c>
       <c r="Q7">
-        <v>98.975</v>
+        <v>99.125</v>
       </c>
       <c r="R7">
-        <v>100.975</v>
+        <v>104.375</v>
       </c>
       <c r="S7">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T7">
-        <v>100.0</v>
+        <v>103.5</v>
       </c>
       <c r="U7">
-        <v>9.946729</v>
+        <v>9.909271</v>
       </c>
       <c r="V7">
-        <v>8.997117</v>
+        <v>7.227401</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.355509259</v>
+        <v>46077.354953704</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>9.0</v>
       </c>
       <c r="K8" s="2">
         <v>45860.0</v>
       </c>
       <c r="L8" s="2">
         <v>46865.0</v>
       </c>
       <c r="M8">
         <v>8000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.9</v>
+        <v>0.85</v>
       </c>
       <c r="Q8">
-        <v>98.9</v>
+        <v>99.1</v>
       </c>
       <c r="R8">
-        <v>101.7</v>
+        <v>104.35</v>
       </c>
       <c r="S8">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T8">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U8">
-        <v>9.943854</v>
+        <v>9.908246</v>
       </c>
       <c r="V8">
-        <v>8.624729</v>
+        <v>7.229496</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355486111</v>
+        <v>46076.354872685</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>9.0</v>
       </c>
       <c r="K9" s="2">
         <v>45860.0</v>
       </c>
       <c r="L9" s="2">
         <v>46865.0</v>
       </c>
       <c r="M9">
         <v>8000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>0.875</v>
+        <v>0.825</v>
       </c>
       <c r="Q9">
-        <v>98.875</v>
+        <v>99.075</v>
       </c>
       <c r="R9">
-        <v>101.675</v>
+        <v>104.325</v>
       </c>
       <c r="S9">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T9">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U9">
-        <v>9.942906</v>
+        <v>9.907226</v>
       </c>
       <c r="V9">
-        <v>8.625145</v>
+        <v>7.231589</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.355381944</v>
+        <v>46073.355092593</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>9.0</v>
       </c>
       <c r="K10" s="2">
         <v>45860.0</v>
       </c>
       <c r="L10" s="2">
         <v>46865.0</v>
       </c>
       <c r="M10">
         <v>8000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>0.85</v>
+        <v>0.8</v>
       </c>
       <c r="Q10">
-        <v>98.85</v>
+        <v>99.05</v>
       </c>
       <c r="R10">
-        <v>101.65</v>
+        <v>104.3</v>
       </c>
       <c r="S10">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T10">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U10">
-        <v>9.941964</v>
+        <v>9.906213</v>
       </c>
       <c r="V10">
-        <v>8.625562</v>
+        <v>7.233679</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355393519</v>
+        <v>46072.355092593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>9.0</v>
       </c>
       <c r="K11" s="2">
         <v>45860.0</v>
       </c>
       <c r="L11" s="2">
         <v>46865.0</v>
       </c>
       <c r="M11">
         <v>8000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>0.825</v>
+        <v>0.775</v>
       </c>
       <c r="Q11">
-        <v>98.825</v>
+        <v>99.025</v>
       </c>
       <c r="R11">
-        <v>101.625</v>
+        <v>104.275</v>
       </c>
       <c r="S11">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T11">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U11">
-        <v>9.941028</v>
+        <v>9.905207</v>
       </c>
       <c r="V11">
-        <v>8.62598</v>
+        <v>7.235766</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.355185185</v>
+        <v>46071.355150463</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>9.0</v>
       </c>
       <c r="K12" s="2">
         <v>45860.0</v>
       </c>
       <c r="L12" s="2">
         <v>46865.0</v>
       </c>
       <c r="M12">
         <v>8000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>0.8</v>
+        <v>0.7</v>
       </c>
       <c r="Q12">
-        <v>98.8</v>
+        <v>98.95</v>
       </c>
       <c r="R12">
-        <v>101.6</v>
+        <v>104.2</v>
       </c>
       <c r="S12">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T12">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U12">
-        <v>9.940096</v>
+        <v>9.902223</v>
       </c>
       <c r="V12">
-        <v>8.626401</v>
+        <v>7.24201</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.661585648</v>
+        <v>46070.355335648</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="G13">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>9.0</v>
       </c>
       <c r="K13" s="2">
         <v>45860.0</v>
       </c>
       <c r="L13" s="2">
         <v>46865.0</v>
       </c>
       <c r="M13">
         <v>8000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>0.725</v>
+        <v>0.675</v>
       </c>
       <c r="Q13">
-        <v>98.725</v>
+        <v>98.925</v>
       </c>
       <c r="R13">
-        <v>101.525</v>
+        <v>104.175</v>
       </c>
       <c r="S13">
-        <v>98.0</v>
+        <v>98.25</v>
       </c>
       <c r="T13">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U13">
-        <v>9.937335</v>
+        <v>9.90124</v>
       </c>
       <c r="V13">
-        <v>8.627673</v>
+        <v>7.244085</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.355821759</v>
+        <v>46069.354791667</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>9.0</v>
       </c>
       <c r="K14" s="2">
         <v>45860.0</v>
       </c>
       <c r="L14" s="2">
         <v>46865.0</v>
       </c>
       <c r="M14">
         <v>8000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>0.7</v>
-[...17 lines deleted...]
-        <v>8.628101</v>
+        <v>0.65</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.356261574</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="G15">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>9.0</v>
       </c>
       <c r="K15" s="2">
         <v>45860.0</v>
       </c>
       <c r="L15" s="2">
         <v>46865.0</v>
       </c>
       <c r="M15">
         <v>8000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.675</v>
+        <v>0.625</v>
       </c>
       <c r="Q15">
-        <v>100.675</v>
+        <v>98.875</v>
       </c>
       <c r="R15">
-        <v>101.475</v>
+        <v>104.125</v>
       </c>
       <c r="S15">
-        <v>100.0</v>
+        <v>98.25</v>
       </c>
       <c r="T15">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U15">
-        <v>8.997567</v>
+        <v>9.899294</v>
       </c>
       <c r="V15">
-        <v>8.62853</v>
+        <v>7.248228</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.355381944</v>
+        <v>46065.355162037</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="G16">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>9.0</v>
       </c>
       <c r="K16" s="2">
         <v>45860.0</v>
       </c>
       <c r="L16" s="2">
         <v>46865.0</v>
       </c>
       <c r="M16">
         <v>8000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.65</v>
+        <v>0.6</v>
       </c>
       <c r="Q16">
-        <v>100.65</v>
+        <v>98.85</v>
       </c>
       <c r="R16">
-        <v>101.45</v>
+        <v>104.1</v>
       </c>
       <c r="S16">
-        <v>100.0</v>
+        <v>98.25</v>
       </c>
       <c r="T16">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U16">
-        <v>8.997623</v>
+        <v>9.898329</v>
       </c>
       <c r="V16">
-        <v>8.628961</v>
+        <v>7.250295</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.355821759</v>
+        <v>46064.355150463</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>9.0</v>
       </c>
       <c r="K17" s="2">
         <v>45860.0</v>
       </c>
       <c r="L17" s="2">
         <v>46865.0</v>
       </c>
       <c r="M17">
         <v>8000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.625</v>
+        <v>0.525</v>
       </c>
       <c r="Q17">
-        <v>100.625</v>
+        <v>98.775</v>
       </c>
       <c r="R17">
-        <v>101.425</v>
+        <v>104.025</v>
       </c>
       <c r="S17">
-        <v>100.0</v>
+        <v>98.25</v>
       </c>
       <c r="T17">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U17">
-        <v>8.997681</v>
+        <v>9.895472</v>
       </c>
       <c r="V17">
-        <v>8.629394</v>
+        <v>7.256479</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.356076389</v>
+        <v>46063.545625</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>9.0</v>
       </c>
       <c r="K18" s="2">
         <v>45860.0</v>
       </c>
       <c r="L18" s="2">
         <v>46865.0</v>
       </c>
       <c r="M18">
         <v>8000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.55</v>
+        <v>0.5</v>
       </c>
       <c r="Q18">
-        <v>100.55</v>
+        <v>98.75</v>
       </c>
       <c r="R18">
-        <v>101.35</v>
+        <v>104.0</v>
       </c>
       <c r="S18">
-        <v>100.0</v>
+        <v>98.25</v>
       </c>
       <c r="T18">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U18">
-        <v>8.997872</v>
+        <v>9.894531</v>
       </c>
       <c r="V18">
-        <v>8.630703</v>
+        <v>7.258535</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.356030093</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>9.0</v>
       </c>
       <c r="K19" s="2">
         <v>45860.0</v>
       </c>
       <c r="L19" s="2">
         <v>46865.0</v>
       </c>
       <c r="M19">
         <v>8000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.525</v>
+        <v>0.475</v>
       </c>
       <c r="Q19">
-        <v>100.525</v>
+        <v>98.475</v>
       </c>
       <c r="R19">
-        <v>101.325</v>
+        <v>103.975</v>
       </c>
       <c r="S19">
-        <v>100.0</v>
+        <v>98.0</v>
       </c>
       <c r="T19">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U19">
-        <v>8.997941</v>
+        <v>10.023087</v>
       </c>
       <c r="V19">
-        <v>8.631142</v>
+        <v>7.260588</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.5796875</v>
+        <v>46059.355104167</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>9.0</v>
       </c>
       <c r="K20" s="2">
         <v>45860.0</v>
       </c>
       <c r="L20" s="2">
         <v>46865.0</v>
       </c>
       <c r="M20">
         <v>8000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>0.5</v>
+        <v>0.45</v>
       </c>
       <c r="Q20">
-        <v>100.5</v>
+        <v>98.45</v>
       </c>
       <c r="R20">
-        <v>101.3</v>
+        <v>103.95</v>
       </c>
       <c r="S20">
-        <v>100.0</v>
+        <v>98.0</v>
       </c>
       <c r="T20">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U20">
-        <v>8.998013</v>
+        <v>10.022011</v>
       </c>
       <c r="V20">
-        <v>8.631584</v>
+        <v>7.262639</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.355740741</v>
+        <v>46058.355208333</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>9.0</v>
       </c>
       <c r="K21" s="2">
         <v>45860.0</v>
       </c>
       <c r="L21" s="2">
         <v>46865.0</v>
       </c>
       <c r="M21">
         <v>8000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>0.475</v>
+        <v>0.425</v>
       </c>
       <c r="Q21">
-        <v>98.475</v>
+        <v>98.425</v>
       </c>
       <c r="R21">
-        <v>101.275</v>
+        <v>103.925</v>
       </c>
       <c r="S21">
         <v>98.0</v>
       </c>
       <c r="T21">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U21">
-        <v>9.928474</v>
+        <v>10.020942</v>
       </c>
       <c r="V21">
-        <v>8.632027</v>
+        <v>7.264687</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.355601852</v>
+        <v>46057.355</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>9.0</v>
       </c>
       <c r="K22" s="2">
         <v>45860.0</v>
       </c>
       <c r="L22" s="2">
         <v>46865.0</v>
       </c>
       <c r="M22">
         <v>8000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>0.45</v>
+        <v>0.35</v>
       </c>
       <c r="Q22">
-        <v>98.45</v>
+        <v>98.35</v>
       </c>
       <c r="R22">
-        <v>101.25</v>
+        <v>103.85</v>
       </c>
       <c r="S22">
         <v>98.0</v>
       </c>
       <c r="T22">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U22">
-        <v>9.927617</v>
+        <v>10.017772</v>
       </c>
       <c r="V22">
-        <v>8.632472</v>
+        <v>7.270814</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.355740741</v>
+        <v>46056.355532407</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="G23">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>9.0</v>
       </c>
       <c r="K23" s="2">
         <v>45860.0</v>
       </c>
       <c r="L23" s="2">
         <v>46865.0</v>
       </c>
       <c r="M23">
         <v>8000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>0.375</v>
+        <v>0.325</v>
       </c>
       <c r="Q23">
-        <v>98.375</v>
+        <v>98.325</v>
       </c>
       <c r="R23">
-        <v>101.175</v>
+        <v>103.825</v>
       </c>
       <c r="S23">
         <v>98.0</v>
       </c>
       <c r="T23">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U23">
-        <v>9.925075</v>
+        <v>10.016727</v>
       </c>
       <c r="V23">
-        <v>8.633816</v>
+        <v>7.272851</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.355625</v>
+        <v>46055.486944444</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>100.325</v>
+        <v>102.025</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>9.0</v>
       </c>
       <c r="K24" s="2">
         <v>45860.0</v>
       </c>
       <c r="L24" s="2">
         <v>46865.0</v>
       </c>
       <c r="M24">
         <v>8000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>0.35</v>
+        <v>0.3</v>
       </c>
       <c r="Q24">
-        <v>98.35</v>
+        <v>98.3</v>
       </c>
       <c r="R24">
-        <v>101.15</v>
+        <v>103.8</v>
       </c>
       <c r="S24">
         <v>98.0</v>
       </c>
       <c r="T24">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U24">
-        <v>9.924238</v>
+        <v>10.015689</v>
       </c>
       <c r="V24">
-        <v>8.634268</v>
+        <v>7.274886</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.58681713</v>
+        <v>46052.35525463</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
-      <c r="F25">
-[...1 lines deleted...]
-      </c>
       <c r="G25">
-        <v>100.325</v>
-[...2 lines deleted...]
-        <v>16052.0</v>
+        <v>102.025</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>9.0</v>
       </c>
       <c r="K25" s="2">
         <v>45860.0</v>
       </c>
       <c r="L25" s="2">
         <v>46865.0</v>
       </c>
       <c r="M25">
         <v>8000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>0.325</v>
+        <v>0.275</v>
       </c>
       <c r="Q25">
-        <v>98.325</v>
+        <v>98.275</v>
       </c>
       <c r="R25">
-        <v>101.125</v>
+        <v>103.775</v>
       </c>
       <c r="S25">
         <v>98.0</v>
       </c>
       <c r="T25">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U25">
-        <v>9.923406</v>
+        <v>10.014656</v>
       </c>
       <c r="V25">
-        <v>8.634721</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.276918</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.355509259</v>
+        <v>46051.355266204</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>100.2</v>
+        <v>102.025</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>9.0</v>
       </c>
       <c r="K26" s="2">
         <v>45860.0</v>
       </c>
       <c r="L26" s="2">
         <v>46865.0</v>
       </c>
       <c r="M26">
         <v>8000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.3</v>
+        <v>0.25</v>
       </c>
       <c r="Q26">
-        <v>98.3</v>
+        <v>98.25</v>
       </c>
       <c r="R26">
-        <v>101.1</v>
+        <v>103.75</v>
       </c>
       <c r="S26">
         <v>98.0</v>
       </c>
       <c r="T26">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U26">
-        <v>9.922579</v>
+        <v>10.01363</v>
       </c>
       <c r="V26">
-        <v>8.635176</v>
+        <v>7.278947</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.440520833</v>
+        <v>46050.355555556</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>100.2</v>
+        <v>102.025</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>9.0</v>
       </c>
       <c r="K27" s="2">
         <v>45860.0</v>
       </c>
       <c r="L27" s="2">
         <v>46865.0</v>
       </c>
       <c r="M27">
         <v>8000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.275</v>
+        <v>0.2</v>
       </c>
       <c r="Q27">
-        <v>100.275</v>
+        <v>98.2</v>
       </c>
       <c r="R27">
-        <v>101.075</v>
+        <v>103.7</v>
       </c>
       <c r="S27">
-        <v>100.0</v>
+        <v>98.0</v>
       </c>
       <c r="T27">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U27">
-        <v>8.998778</v>
+        <v>10.011596</v>
       </c>
       <c r="V27">
-        <v>8.635632</v>
+        <v>7.282997</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.355393519</v>
+        <v>46049.355474537</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="G28">
-        <v>100.2</v>
+        <v>102.025</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>9.0</v>
       </c>
       <c r="K28" s="2">
         <v>45860.0</v>
       </c>
       <c r="L28" s="2">
         <v>46865.0</v>
       </c>
       <c r="M28">
         <v>8000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.2</v>
+        <v>0.175</v>
       </c>
       <c r="Q28">
-        <v>98.2</v>
+        <v>98.175</v>
       </c>
       <c r="R28">
-        <v>101.0</v>
+        <v>103.675</v>
       </c>
       <c r="S28">
         <v>98.0</v>
       </c>
       <c r="T28">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U28">
-        <v>9.919321</v>
+        <v>10.010588</v>
       </c>
       <c r="V28">
-        <v>8.637012</v>
+        <v>7.285019</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.427453704</v>
+        <v>46048.355393519</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
-      <c r="F29">
-[...1 lines deleted...]
-      </c>
       <c r="G29">
-        <v>100.2</v>
-[...2 lines deleted...]
-        <v>20040.0</v>
+        <v>102.025</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>9.0</v>
       </c>
       <c r="K29" s="2">
         <v>45860.0</v>
       </c>
       <c r="L29" s="2">
         <v>46865.0</v>
       </c>
       <c r="M29">
         <v>8000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.2</v>
+        <v>0.15</v>
       </c>
       <c r="Q29">
-        <v>98.2</v>
+        <v>98.15</v>
       </c>
       <c r="R29">
-        <v>101.0</v>
+        <v>103.65</v>
       </c>
       <c r="S29">
         <v>98.0</v>
       </c>
       <c r="T29">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U29">
-        <v>9.919321</v>
+        <v>10.009586</v>
       </c>
       <c r="V29">
-        <v>8.637012</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.287037</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.418032407</v>
+        <v>46045.355636574</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="G30">
-        <v>100.15</v>
+        <v>102.025</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>9.0</v>
       </c>
       <c r="K30" s="2">
         <v>45860.0</v>
       </c>
       <c r="L30" s="2">
         <v>46865.0</v>
       </c>
       <c r="M30">
         <v>8000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.175</v>
+        <v>0.125</v>
       </c>
       <c r="Q30">
-        <v>100.175</v>
+        <v>98.125</v>
       </c>
       <c r="R30">
-        <v>100.975</v>
+        <v>103.625</v>
       </c>
       <c r="S30">
-        <v>100.0</v>
+        <v>98.0</v>
       </c>
       <c r="T30">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U30">
-        <v>8.999187</v>
+        <v>10.00859</v>
       </c>
       <c r="V30">
-        <v>8.637475</v>
+        <v>7.289054</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.638888889</v>
+        <v>46044.356064815</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
-      <c r="F31">
-[...1 lines deleted...]
-      </c>
       <c r="G31">
-        <v>100.15</v>
-[...2 lines deleted...]
-        <v>14021.0</v>
+        <v>102.025</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>9.0</v>
       </c>
       <c r="K31" s="2">
         <v>45860.0</v>
       </c>
       <c r="L31" s="2">
         <v>46865.0</v>
       </c>
       <c r="M31">
         <v>8000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.15</v>
+        <v>0.1</v>
       </c>
       <c r="Q31">
-        <v>98.15</v>
+        <v>98.1</v>
       </c>
       <c r="R31">
-        <v>100.95</v>
+        <v>103.6</v>
       </c>
       <c r="S31">
         <v>98.0</v>
       </c>
       <c r="T31">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U31">
-        <v>9.917722</v>
+        <v>10.0076</v>
       </c>
       <c r="V31">
-        <v>8.63794</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7.291067</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.466990741</v>
+        <v>46043.355208333</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
-      <c r="F32">
-[...1 lines deleted...]
-      </c>
       <c r="G32">
-        <v>100.125</v>
-[...2 lines deleted...]
-        <v>15018.75</v>
+        <v>102.025</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>9.0</v>
       </c>
       <c r="K32" s="2">
         <v>45860.0</v>
       </c>
       <c r="L32" s="2">
         <v>46865.0</v>
       </c>
       <c r="M32">
         <v>8000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.125</v>
+        <v>0.025</v>
       </c>
       <c r="Q32">
-        <v>98.125</v>
+        <v>98.025</v>
       </c>
       <c r="R32">
-        <v>100.925</v>
+        <v>103.525</v>
       </c>
       <c r="S32">
         <v>98.0</v>
       </c>
       <c r="T32">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U32">
-        <v>9.91693</v>
+        <v>10.004665</v>
       </c>
       <c r="V32">
-        <v>8.638406</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.297093</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.356481481</v>
+        <v>46042.355486111</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
         <v>102.025</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>9.0</v>
       </c>
       <c r="K33" s="2">
         <v>45860.0</v>
       </c>
       <c r="L33" s="2">
         <v>46865.0</v>
       </c>
       <c r="M33">
         <v>8000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
-      <c r="P33">
-[...1 lines deleted...]
-      </c>
       <c r="Q33">
-        <v>98.05</v>
+        <v>98.0</v>
       </c>
       <c r="R33">
-        <v>100.85</v>
-[...5 lines deleted...]
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U33">
-        <v>9.914584</v>
+        <v>10.003699</v>
       </c>
       <c r="V33">
-        <v>8.639815</v>
+        <v>7.299097</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.355381944</v>
+        <v>46041.355358796</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="G34">
         <v>102.025</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>9.0</v>
       </c>
       <c r="K34" s="2">
         <v>45860.0</v>
       </c>
       <c r="L34" s="2">
         <v>46865.0</v>
       </c>
       <c r="M34">
         <v>8000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.025</v>
+        <v>-0.025</v>
       </c>
       <c r="Q34">
-        <v>98.025</v>
+        <v>97.975</v>
       </c>
       <c r="R34">
-        <v>100.825</v>
+        <v>103.475</v>
       </c>
       <c r="S34">
         <v>98.0</v>
       </c>
       <c r="T34">
-        <v>100.8</v>
+        <v>103.5</v>
       </c>
       <c r="U34">
-        <v>9.913811</v>
+        <v>10.002738</v>
       </c>
       <c r="V34">
-        <v>8.640288</v>
+        <v>7.301098</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.355243056</v>
+        <v>46038.355717593</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
         <v>102.025</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>9.0</v>
       </c>
       <c r="K35" s="2">
         <v>45860.0</v>
       </c>
       <c r="L35" s="2">
         <v>46865.0</v>
       </c>
       <c r="M35">
         <v>8000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
+      <c r="P35">
+        <v>-0.05</v>
+      </c>
       <c r="Q35">
+        <v>97.95</v>
+      </c>
+      <c r="R35">
+        <v>103.45</v>
+      </c>
+      <c r="S35">
         <v>98.0</v>
       </c>
-      <c r="R35">
-        <v>100.8</v>
+      <c r="T35">
+        <v>103.5</v>
       </c>
       <c r="U35">
-        <v>9.913043</v>
+        <v>10.001783</v>
       </c>
       <c r="V35">
-        <v>8.640763</v>
+        <v>7.303097</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.666666667</v>
+        <v>46037.356018519</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
         <v>102.025</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>9.0</v>
       </c>
       <c r="K36" s="2">
         <v>45860.0</v>
       </c>
       <c r="L36" s="2">
         <v>46865.0</v>
       </c>
       <c r="M36">
         <v>8000</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>-0.025</v>
+        <v>2.175</v>
+      </c>
+      <c r="Q36">
+        <v>100.175</v>
+      </c>
+      <c r="R36">
+        <v>105.675</v>
+      </c>
+      <c r="S36">
+        <v>98.0</v>
+      </c>
+      <c r="T36">
+        <v>103.5</v>
+      </c>
+      <c r="U36">
+        <v>9.999897</v>
+      </c>
+      <c r="V36">
+        <v>7.304449</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.666666667</v>
+        <v>46036.355486111</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
         <v>102.025</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>9.0</v>
       </c>
       <c r="K37" s="2">
         <v>45860.0</v>
       </c>
       <c r="L37" s="2">
         <v>46865.0</v>
       </c>
       <c r="M37">
         <v>8000</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>-0.05</v>
+        <v>2.1</v>
+      </c>
+      <c r="Q37">
+        <v>100.1</v>
+      </c>
+      <c r="R37">
+        <v>105.6</v>
+      </c>
+      <c r="S37">
+        <v>98.0</v>
+      </c>
+      <c r="T37">
+        <v>103.5</v>
+      </c>
+      <c r="U37">
+        <v>9.996155</v>
+      </c>
+      <c r="V37">
+        <v>7.309782</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.666666667</v>
+        <v>46035.355300926</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
         <v>102.025</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>9.0</v>
       </c>
       <c r="K38" s="2">
         <v>45860.0</v>
       </c>
       <c r="L38" s="2">
         <v>46865.0</v>
       </c>
       <c r="M38">
         <v>8000</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>2.125</v>
+        <v>2.075</v>
+      </c>
+      <c r="Q38">
+        <v>100.075</v>
+      </c>
+      <c r="R38">
+        <v>105.575</v>
+      </c>
+      <c r="S38">
+        <v>98.0</v>
+      </c>
+      <c r="T38">
+        <v>103.5</v>
+      </c>
+      <c r="U38">
+        <v>9.994921</v>
+      </c>
+      <c r="V38">
+        <v>7.311556</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.666666667</v>
+        <v>46034.458287037</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="G39">
         <v>102.025</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>9.0</v>
       </c>
       <c r="K39" s="2">
         <v>45860.0</v>
       </c>
       <c r="L39" s="2">
         <v>46865.0</v>
       </c>
       <c r="M39">
         <v>8000</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>2.1</v>
+        <v>2.05</v>
+      </c>
+      <c r="Q39">
+        <v>100.05</v>
+      </c>
+      <c r="R39">
+        <v>105.55</v>
+      </c>
+      <c r="S39">
+        <v>98.0</v>
+      </c>
+      <c r="T39">
+        <v>103.5</v>
+      </c>
+      <c r="U39">
+        <v>9.993693</v>
+      </c>
+      <c r="V39">
+        <v>7.313327</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.666666667</v>
+        <v>46031.57181713</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
+      </c>
+      <c r="F40">
+        <v>0.67</v>
       </c>
       <c r="G40">
         <v>102.025</v>
       </c>
+      <c r="H40">
+        <v>1020.25</v>
+      </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>9.0</v>
       </c>
       <c r="K40" s="2">
         <v>45860.0</v>
       </c>
       <c r="L40" s="2">
         <v>46865.0</v>
       </c>
       <c r="M40">
         <v>8000</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
+      </c>
+      <c r="P40">
+        <v>2.025</v>
+      </c>
+      <c r="Q40">
+        <v>100.525</v>
+      </c>
+      <c r="R40">
+        <v>105.525</v>
+      </c>
+      <c r="S40">
+        <v>98.5</v>
+      </c>
+      <c r="T40">
+        <v>103.5</v>
+      </c>
+      <c r="U40">
+        <v>9.741855</v>
+      </c>
+      <c r="V40">
+        <v>7.315097</v>
+      </c>
+      <c r="X40">
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.416712963</v>
+        <v>46030.449502315</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
       <c r="G41">
-        <v>102.025</v>
+        <v>101.35</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>9.0</v>
       </c>
       <c r="K41" s="2">
         <v>45860.0</v>
       </c>
       <c r="L41" s="2">
         <v>46865.0</v>
       </c>
       <c r="M41">
         <v>8000</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>2.05</v>
+        <v>2.0</v>
       </c>
       <c r="Q41">
-        <v>100.05</v>
+        <v>100.5</v>
       </c>
       <c r="R41">
-        <v>103.55</v>
+        <v>102.0</v>
       </c>
       <c r="S41">
-        <v>98.0</v>
+        <v>98.5</v>
       </c>
       <c r="T41">
-        <v>101.5</v>
+        <v>100.0</v>
+      </c>
+      <c r="U41">
+        <v>9.74092</v>
+      </c>
+      <c r="V41">
+        <v>8.998784</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.472893519</v>
+        <v>46029.355347222</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
-      <c r="F42">
-[...1 lines deleted...]
-      </c>
       <c r="G42">
-        <v>102.025</v>
-[...2 lines deleted...]
-        <v>3060.75</v>
+        <v>101.35</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>9.0</v>
       </c>
       <c r="K42" s="2">
         <v>45860.0</v>
       </c>
       <c r="L42" s="2">
         <v>46865.0</v>
       </c>
       <c r="M42">
         <v>8000</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>2.025</v>
+        <v>1.925</v>
       </c>
       <c r="Q42">
-        <v>100.025</v>
+        <v>100.425</v>
       </c>
       <c r="R42">
-        <v>103.525</v>
+        <v>102.725</v>
       </c>
       <c r="S42">
-        <v>98.0</v>
+        <v>98.5</v>
       </c>
       <c r="T42">
-        <v>101.5</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>100.8</v>
+      </c>
+      <c r="U42">
+        <v>9.738148</v>
+      </c>
+      <c r="V42">
+        <v>8.60931</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.416851852</v>
+        <v>46028.482430556</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>9.0</v>
       </c>
       <c r="K43" s="2">
         <v>45860.0</v>
       </c>
       <c r="L43" s="2">
         <v>46865.0</v>
       </c>
       <c r="M43">
         <v>8000</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>1.95</v>
+        <v>1.9</v>
       </c>
       <c r="Q43">
-        <v>99.95</v>
+        <v>100.4</v>
       </c>
       <c r="R43">
-        <v>101.95</v>
+        <v>102.7</v>
       </c>
       <c r="S43">
-        <v>98.0</v>
+        <v>98.5</v>
       </c>
       <c r="T43">
-        <v>100.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U43">
+        <v>9.737236</v>
+      </c>
+      <c r="V43">
+        <v>8.609647</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.416759259</v>
+        <v>46027.477986111</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="G44">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>9.0</v>
       </c>
       <c r="K44" s="2">
         <v>45860.0</v>
       </c>
       <c r="L44" s="2">
         <v>46865.0</v>
       </c>
       <c r="M44">
         <v>8000</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>1.925</v>
+        <v>1.875</v>
       </c>
       <c r="Q44">
-        <v>99.925</v>
+        <v>99.875</v>
       </c>
       <c r="R44">
-        <v>101.925</v>
+        <v>102.675</v>
       </c>
       <c r="S44">
         <v>98.0</v>
       </c>
       <c r="T44">
-        <v>100.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U44">
+        <v>9.985279</v>
+      </c>
+      <c r="V44">
+        <v>8.609986</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.432800926</v>
+        <v>46024.355555556</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>9.0</v>
       </c>
       <c r="K45" s="2">
         <v>45860.0</v>
       </c>
       <c r="L45" s="2">
         <v>46865.0</v>
       </c>
       <c r="M45">
         <v>8000</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>1.9</v>
-[...2 lines deleted...]
-        <v>99.9</v>
+        <v>1.85</v>
       </c>
       <c r="R45">
-        <v>101.9</v>
-[...2 lines deleted...]
-        <v>98.0</v>
+        <v>102.65</v>
       </c>
       <c r="T45">
-        <v>100.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="V45">
+        <v>8.610327</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.416712963</v>
+        <v>46021.355729167</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="G46">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>9.0</v>
       </c>
       <c r="K46" s="2">
         <v>45860.0</v>
       </c>
       <c r="L46" s="2">
         <v>46865.0</v>
       </c>
       <c r="M46">
         <v>8000</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>1.875</v>
+        <v>1.75</v>
       </c>
       <c r="Q46">
-        <v>99.875</v>
+        <v>99.75</v>
       </c>
       <c r="R46">
-        <v>104.875</v>
+        <v>102.55</v>
       </c>
       <c r="S46">
         <v>98.0</v>
       </c>
       <c r="T46">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U46">
+        <v>9.97946</v>
+      </c>
+      <c r="V46">
+        <v>8.611712</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.416701389</v>
+        <v>46020.355277778</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="G47">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>9.0</v>
       </c>
       <c r="K47" s="2">
         <v>45860.0</v>
       </c>
       <c r="L47" s="2">
         <v>46865.0</v>
       </c>
       <c r="M47">
         <v>8000</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>1.85</v>
+        <v>1.7</v>
       </c>
       <c r="Q47">
-        <v>99.85</v>
+        <v>99.7</v>
       </c>
       <c r="R47">
-        <v>104.85</v>
+        <v>102.5</v>
       </c>
       <c r="S47">
         <v>98.0</v>
       </c>
       <c r="T47">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U47">
+        <v>9.977176</v>
+      </c>
+      <c r="V47">
+        <v>8.612417</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.476041667</v>
+        <v>46014.355497685</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="G48">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>9.0</v>
       </c>
       <c r="K48" s="2">
         <v>45860.0</v>
       </c>
       <c r="L48" s="2">
         <v>46865.0</v>
       </c>
       <c r="M48">
         <v>8000</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>1.775</v>
+        <v>1.675</v>
       </c>
       <c r="Q48">
-        <v>99.775</v>
+        <v>99.675</v>
       </c>
       <c r="R48">
-        <v>104.775</v>
+        <v>102.475</v>
       </c>
       <c r="S48">
         <v>98.0</v>
       </c>
       <c r="T48">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U48">
+        <v>9.976043</v>
+      </c>
+      <c r="V48">
+        <v>8.612772</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45930.416712963</v>
+        <v>46013.355439815</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="G49">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>9.0</v>
       </c>
       <c r="K49" s="2">
         <v>45860.0</v>
       </c>
       <c r="L49" s="2">
         <v>46865.0</v>
       </c>
       <c r="M49">
         <v>8000</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>1.75</v>
+        <v>1.55</v>
+      </c>
+      <c r="Q49">
+        <v>99.55</v>
       </c>
       <c r="R49">
-        <v>104.75</v>
+        <v>102.35</v>
+      </c>
+      <c r="S49">
+        <v>98.0</v>
       </c>
       <c r="T49">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U49">
+        <v>9.97047</v>
+      </c>
+      <c r="V49">
+        <v>8.614577</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45929.416712963</v>
+        <v>46010.355706019</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="G50">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>9.0</v>
       </c>
       <c r="K50" s="2">
         <v>45860.0</v>
       </c>
       <c r="L50" s="2">
         <v>46865.0</v>
       </c>
       <c r="M50">
         <v>8000</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>1.725</v>
+        <v>1.525</v>
+      </c>
+      <c r="Q50">
+        <v>99.525</v>
       </c>
       <c r="R50">
-        <v>104.725</v>
+        <v>102.325</v>
+      </c>
+      <c r="S50">
+        <v>98.0</v>
       </c>
       <c r="T50">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U50">
+        <v>9.969373</v>
+      </c>
+      <c r="V50">
+        <v>8.614944</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45926.416724537</v>
+        <v>46009.35587963</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="G51">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>9.0</v>
       </c>
       <c r="K51" s="2">
         <v>45860.0</v>
       </c>
       <c r="L51" s="2">
         <v>46865.0</v>
       </c>
       <c r="M51">
         <v>8000</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>1.7</v>
+        <v>1.5</v>
+      </c>
+      <c r="Q51">
+        <v>99.5</v>
       </c>
       <c r="R51">
-        <v>104.7</v>
+        <v>102.3</v>
+      </c>
+      <c r="S51">
+        <v>98.0</v>
       </c>
       <c r="T51">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U51">
+        <v>9.968283</v>
+      </c>
+      <c r="V51">
+        <v>8.615313</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45925.41681713</v>
+        <v>46008.355543981</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="G52">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>9.0</v>
       </c>
       <c r="K52" s="2">
         <v>45860.0</v>
       </c>
       <c r="L52" s="2">
         <v>46865.0</v>
       </c>
       <c r="M52">
         <v>8000</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>1.675</v>
+        <v>1.425</v>
+      </c>
+      <c r="Q52">
+        <v>99.425</v>
       </c>
       <c r="R52">
-        <v>104.675</v>
+        <v>102.225</v>
+      </c>
+      <c r="S52">
+        <v>98.0</v>
       </c>
       <c r="T52">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U52">
+        <v>9.965047</v>
+      </c>
+      <c r="V52">
+        <v>8.616431</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45924.416782407</v>
+        <v>46007.417962963</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="G53">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>9.0</v>
       </c>
       <c r="K53" s="2">
         <v>45860.0</v>
       </c>
       <c r="L53" s="2">
         <v>46865.0</v>
       </c>
       <c r="M53">
         <v>8000</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>1.6</v>
+        <v>1.4</v>
+      </c>
+      <c r="Q53">
+        <v>99.4</v>
       </c>
       <c r="R53">
-        <v>104.6</v>
+        <v>102.2</v>
+      </c>
+      <c r="S53">
+        <v>98.0</v>
       </c>
       <c r="T53">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U53">
+        <v>9.963981</v>
+      </c>
+      <c r="V53">
+        <v>8.616807</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45923.416793981</v>
+        <v>46006.355335648</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="G54">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>9.0</v>
       </c>
       <c r="K54" s="2">
         <v>45860.0</v>
       </c>
       <c r="L54" s="2">
         <v>46865.0</v>
       </c>
       <c r="M54">
         <v>8000</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>1.575</v>
+        <v>1.375</v>
+      </c>
+      <c r="Q54">
+        <v>99.375</v>
       </c>
       <c r="R54">
-        <v>104.575</v>
+        <v>101.55</v>
+      </c>
+      <c r="S54">
+        <v>98.0</v>
       </c>
       <c r="T54">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U54">
+        <v>9.96292</v>
+      </c>
+      <c r="V54">
+        <v>8.913735</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45922.416747685</v>
+        <v>46003.355509259</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="G55">
-        <v>103.125</v>
+        <v>101.35</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>9.0</v>
       </c>
       <c r="K55" s="2">
         <v>45860.0</v>
       </c>
       <c r="L55" s="2">
         <v>46865.0</v>
       </c>
       <c r="M55">
         <v>8000</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>1.55</v>
+        <v>1.35</v>
+      </c>
+      <c r="Q55">
+        <v>99.35</v>
       </c>
       <c r="R55">
-        <v>104.55</v>
+        <v>101.525</v>
+      </c>
+      <c r="S55">
+        <v>98.0</v>
       </c>
       <c r="T55">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U55">
+        <v>9.961865</v>
+      </c>
+      <c r="V55">
+        <v>8.9138</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45919.513657407</v>
+        <v>46002.355601852</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
-      <c r="F56">
-[...1 lines deleted...]
-      </c>
       <c r="G56">
-        <v>103.125</v>
-[...2 lines deleted...]
-        <v>4125.0</v>
+        <v>101.35</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>9.0</v>
       </c>
       <c r="K56" s="2">
         <v>45860.0</v>
       </c>
       <c r="L56" s="2">
         <v>46865.0</v>
       </c>
       <c r="M56">
         <v>8000</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>1.525</v>
+        <v>1.325</v>
+      </c>
+      <c r="Q56">
+        <v>99.325</v>
       </c>
       <c r="R56">
-        <v>104.525</v>
+        <v>101.5</v>
+      </c>
+      <c r="S56">
+        <v>98.0</v>
       </c>
       <c r="T56">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.175</v>
+      </c>
+      <c r="U56">
+        <v>9.960816</v>
+      </c>
+      <c r="V56">
+        <v>8.913866</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45918.417916667</v>
+        <v>46001.355497685</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="G57">
-        <v>101.25</v>
+        <v>101.35</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>9.0</v>
       </c>
       <c r="K57" s="2">
         <v>45860.0</v>
       </c>
       <c r="L57" s="2">
         <v>46865.0</v>
       </c>
       <c r="M57">
         <v>8000</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>1.5</v>
+        <v>1.25</v>
       </c>
       <c r="Q57">
-        <v>103.1</v>
+        <v>99.25</v>
       </c>
       <c r="R57">
-        <v>104.5</v>
+        <v>101.425</v>
       </c>
       <c r="S57">
-        <v>101.6</v>
+        <v>98.0</v>
       </c>
       <c r="T57">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U57">
+        <v>9.957703</v>
+      </c>
+      <c r="V57">
+        <v>8.914084</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45917.416747685</v>
+        <v>46000.355428241</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="G58">
-        <v>101.25</v>
+        <v>101.35</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>9.0</v>
       </c>
       <c r="K58" s="2">
         <v>45860.0</v>
       </c>
       <c r="L58" s="2">
         <v>46865.0</v>
       </c>
       <c r="M58">
         <v>8000</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>1.425</v>
+        <v>1.225</v>
+      </c>
+      <c r="Q58">
+        <v>99.225</v>
       </c>
       <c r="R58">
-        <v>104.425</v>
+        <v>101.4</v>
+      </c>
+      <c r="S58">
+        <v>98.0</v>
       </c>
       <c r="T58">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U58">
+        <v>9.956677</v>
+      </c>
+      <c r="V58">
+        <v>8.914162</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45916.416724537</v>
+        <v>45999.355497685</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="G59">
-        <v>101.25</v>
+        <v>101.35</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>9.0</v>
       </c>
       <c r="K59" s="2">
         <v>45860.0</v>
       </c>
       <c r="L59" s="2">
         <v>46865.0</v>
       </c>
       <c r="M59">
         <v>8000</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>1.4</v>
+        <v>1.2</v>
+      </c>
+      <c r="Q59">
+        <v>99.2</v>
       </c>
       <c r="R59">
-        <v>104.4</v>
+        <v>101.375</v>
+      </c>
+      <c r="S59">
+        <v>98.0</v>
       </c>
       <c r="T59">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U59">
+        <v>9.955657</v>
+      </c>
+      <c r="V59">
+        <v>8.914242</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45915.416863426</v>
+        <v>45996.472025463</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
+      <c r="F60">
+        <v>1.32</v>
+      </c>
       <c r="G60">
-        <v>101.25</v>
+        <v>101.35</v>
+      </c>
+      <c r="H60">
+        <v>10135.0</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>9.0</v>
       </c>
       <c r="K60" s="2">
         <v>45860.0</v>
       </c>
       <c r="L60" s="2">
         <v>46865.0</v>
       </c>
       <c r="M60">
         <v>8000</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>1.375</v>
+        <v>1.175</v>
+      </c>
+      <c r="Q60">
+        <v>99.175</v>
       </c>
       <c r="R60">
-        <v>104.375</v>
+        <v>101.35</v>
+      </c>
+      <c r="S60">
+        <v>98.0</v>
       </c>
       <c r="T60">
-        <v>103.0</v>
+        <v>100.175</v>
+      </c>
+      <c r="U60">
+        <v>9.954642</v>
+      </c>
+      <c r="V60">
+        <v>8.914326</v>
+      </c>
+      <c r="X60">
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45912.416736111</v>
+        <v>45995.35537037</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="G61">
-        <v>101.25</v>
+        <v>100.025</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>9.0</v>
       </c>
       <c r="K61" s="2">
         <v>45860.0</v>
       </c>
       <c r="L61" s="2">
         <v>46865.0</v>
       </c>
       <c r="M61">
         <v>8000</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>1.35</v>
+        <v>1.15</v>
+      </c>
+      <c r="Q61">
+        <v>99.15</v>
       </c>
       <c r="R61">
-        <v>104.35</v>
+        <v>101.95</v>
+      </c>
+      <c r="S61">
+        <v>98.0</v>
       </c>
       <c r="T61">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U61">
+        <v>9.953634</v>
+      </c>
+      <c r="V61">
+        <v>8.620676</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45911.556481481</v>
+        <v>45994.355983796</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>101.25</v>
+        <v>100.025</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>9.0</v>
       </c>
       <c r="K62" s="2">
         <v>45860.0</v>
       </c>
       <c r="L62" s="2">
         <v>46865.0</v>
       </c>
       <c r="M62">
         <v>8000</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>1.325</v>
+        <v>1.075</v>
+      </c>
+      <c r="Q62">
+        <v>99.075</v>
       </c>
       <c r="R62">
-        <v>104.325</v>
+        <v>101.875</v>
+      </c>
+      <c r="S62">
+        <v>98.0</v>
       </c>
       <c r="T62">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U62">
+        <v>9.950641</v>
+      </c>
+      <c r="V62">
+        <v>8.621873</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45910.658506944</v>
+        <v>45993.355497685</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>50625.0</v>
+        <v>100.025</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>9.0</v>
       </c>
       <c r="K63" s="2">
         <v>45860.0</v>
       </c>
       <c r="L63" s="2">
         <v>46865.0</v>
       </c>
       <c r="M63">
         <v>8000</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>1.25</v>
+        <v>1.05</v>
       </c>
       <c r="Q63">
-        <v>100.0</v>
+        <v>99.05</v>
       </c>
       <c r="R63">
-        <v>104.25</v>
+        <v>101.85</v>
       </c>
       <c r="S63">
-        <v>98.75</v>
+        <v>98.0</v>
       </c>
       <c r="T63">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.8</v>
+      </c>
+      <c r="U63">
+        <v>9.949655</v>
+      </c>
+      <c r="V63">
+        <v>8.622276</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45909.555162037</v>
+        <v>45992.61462963</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
+      <c r="F64">
+        <v>-0.3</v>
+      </c>
+      <c r="G64">
+        <v>100.025</v>
+      </c>
+      <c r="H64">
+        <v>4001.0</v>
+      </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>9.0</v>
       </c>
       <c r="K64" s="2">
         <v>45860.0</v>
       </c>
       <c r="L64" s="2">
         <v>46865.0</v>
       </c>
       <c r="M64">
         <v>8000</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>1.225</v>
+        <v>1.025</v>
       </c>
       <c r="Q64">
-        <v>100.0</v>
+        <v>99.025</v>
       </c>
       <c r="R64">
-        <v>104.225</v>
+        <v>101.825</v>
       </c>
       <c r="S64">
-        <v>98.775</v>
+        <v>98.0</v>
       </c>
       <c r="T64">
-        <v>103.0</v>
+        <v>100.8</v>
+      </c>
+      <c r="U64">
+        <v>9.948674</v>
+      </c>
+      <c r="V64">
+        <v>8.62268</v>
+      </c>
+      <c r="X64">
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45908.416724537</v>
+        <v>45989.355752315</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
+      <c r="G65">
+        <v>100.325</v>
+      </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>9.0</v>
       </c>
       <c r="K65" s="2">
         <v>45860.0</v>
       </c>
       <c r="L65" s="2">
         <v>46865.0</v>
       </c>
       <c r="M65">
         <v>8000</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>1.2</v>
+        <v>1.0</v>
+      </c>
+      <c r="Q65">
+        <v>99.0</v>
       </c>
       <c r="R65">
-        <v>104.2</v>
+        <v>101.0</v>
+      </c>
+      <c r="S65">
+        <v>98.0</v>
       </c>
       <c r="T65">
-        <v>103.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="U65">
+        <v>9.947699</v>
+      </c>
+      <c r="V65">
+        <v>8.997098</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45905.46224537</v>
+        <v>45988.601608796</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
+      <c r="G66">
+        <v>100.325</v>
+      </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>9.0</v>
       </c>
       <c r="K66" s="2">
         <v>45860.0</v>
       </c>
       <c r="L66" s="2">
         <v>46865.0</v>
       </c>
       <c r="M66">
         <v>8000</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>1.175</v>
+        <v>0.975</v>
+      </c>
+      <c r="Q66">
+        <v>98.975</v>
       </c>
       <c r="R66">
-        <v>104.175</v>
+        <v>100.975</v>
+      </c>
+      <c r="S66">
+        <v>98.0</v>
       </c>
       <c r="T66">
-        <v>103.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="U66">
+        <v>9.946729</v>
+      </c>
+      <c r="V66">
+        <v>8.997117</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
+        <v>45987.355509259</v>
+      </c>
+      <c r="B67" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="G67">
+        <v>100.325</v>
+      </c>
+      <c r="I67" t="s">
+        <v>28</v>
+      </c>
+      <c r="J67">
+        <v>9.0</v>
+      </c>
+      <c r="K67" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L67" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M67">
+        <v>8000</v>
+      </c>
+      <c r="N67">
+        <v>1000.0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>28</v>
+      </c>
+      <c r="P67">
+        <v>0.9</v>
+      </c>
+      <c r="Q67">
+        <v>98.9</v>
+      </c>
+      <c r="R67">
+        <v>101.7</v>
+      </c>
+      <c r="S67">
+        <v>98.0</v>
+      </c>
+      <c r="T67">
+        <v>100.8</v>
+      </c>
+      <c r="U67">
+        <v>9.943854</v>
+      </c>
+      <c r="V67">
+        <v>8.624729</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24">
+      <c r="A68" s="2">
+        <v>45986.355486111</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68">
+        <v>100.325</v>
+      </c>
+      <c r="I68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68">
+        <v>9.0</v>
+      </c>
+      <c r="K68" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L68" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M68">
+        <v>8000</v>
+      </c>
+      <c r="N68">
+        <v>1000.0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68">
+        <v>0.875</v>
+      </c>
+      <c r="Q68">
+        <v>98.875</v>
+      </c>
+      <c r="R68">
+        <v>101.675</v>
+      </c>
+      <c r="S68">
+        <v>98.0</v>
+      </c>
+      <c r="T68">
+        <v>100.8</v>
+      </c>
+      <c r="U68">
+        <v>9.942906</v>
+      </c>
+      <c r="V68">
+        <v>8.625145</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24">
+      <c r="A69" s="2">
+        <v>45985.355381944</v>
+      </c>
+      <c r="B69" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69">
+        <v>100.325</v>
+      </c>
+      <c r="I69" t="s">
+        <v>28</v>
+      </c>
+      <c r="J69">
+        <v>9.0</v>
+      </c>
+      <c r="K69" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L69" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M69">
+        <v>8000</v>
+      </c>
+      <c r="N69">
+        <v>1000.0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69">
+        <v>0.85</v>
+      </c>
+      <c r="Q69">
+        <v>98.85</v>
+      </c>
+      <c r="R69">
+        <v>101.65</v>
+      </c>
+      <c r="S69">
+        <v>98.0</v>
+      </c>
+      <c r="T69">
+        <v>100.8</v>
+      </c>
+      <c r="U69">
+        <v>9.941964</v>
+      </c>
+      <c r="V69">
+        <v>8.625562</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24">
+      <c r="A70" s="2">
+        <v>45982.355393519</v>
+      </c>
+      <c r="B70" t="s">
+        <v>24</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70">
+        <v>100.325</v>
+      </c>
+      <c r="I70" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70">
+        <v>9.0</v>
+      </c>
+      <c r="K70" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L70" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M70">
+        <v>8000</v>
+      </c>
+      <c r="N70">
+        <v>1000.0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70">
+        <v>0.825</v>
+      </c>
+      <c r="Q70">
+        <v>98.825</v>
+      </c>
+      <c r="R70">
+        <v>101.625</v>
+      </c>
+      <c r="S70">
+        <v>98.0</v>
+      </c>
+      <c r="T70">
+        <v>100.8</v>
+      </c>
+      <c r="U70">
+        <v>9.941028</v>
+      </c>
+      <c r="V70">
+        <v>8.62598</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24">
+      <c r="A71" s="2">
+        <v>45981.355185185</v>
+      </c>
+      <c r="B71" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="G71">
+        <v>100.325</v>
+      </c>
+      <c r="I71" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71">
+        <v>9.0</v>
+      </c>
+      <c r="K71" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L71" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M71">
+        <v>8000</v>
+      </c>
+      <c r="N71">
+        <v>1000.0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71">
+        <v>0.8</v>
+      </c>
+      <c r="Q71">
+        <v>98.8</v>
+      </c>
+      <c r="R71">
+        <v>101.6</v>
+      </c>
+      <c r="S71">
+        <v>98.0</v>
+      </c>
+      <c r="T71">
+        <v>100.8</v>
+      </c>
+      <c r="U71">
+        <v>9.940096</v>
+      </c>
+      <c r="V71">
+        <v>8.626401</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24">
+      <c r="A72" s="2">
+        <v>45980.661585648</v>
+      </c>
+      <c r="B72" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72">
+        <v>100.325</v>
+      </c>
+      <c r="I72" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72">
+        <v>9.0</v>
+      </c>
+      <c r="K72" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L72" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M72">
+        <v>8000</v>
+      </c>
+      <c r="N72">
+        <v>1000.0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72">
+        <v>0.725</v>
+      </c>
+      <c r="Q72">
+        <v>98.725</v>
+      </c>
+      <c r="R72">
+        <v>101.525</v>
+      </c>
+      <c r="S72">
+        <v>98.0</v>
+      </c>
+      <c r="T72">
+        <v>100.8</v>
+      </c>
+      <c r="U72">
+        <v>9.937335</v>
+      </c>
+      <c r="V72">
+        <v>8.627673</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24">
+      <c r="A73" s="2">
+        <v>45979.355821759</v>
+      </c>
+      <c r="B73" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="G73">
+        <v>100.325</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
+      </c>
+      <c r="J73">
+        <v>9.0</v>
+      </c>
+      <c r="K73" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L73" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M73">
+        <v>8000</v>
+      </c>
+      <c r="N73">
+        <v>1000.0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>28</v>
+      </c>
+      <c r="P73">
+        <v>0.7</v>
+      </c>
+      <c r="Q73">
+        <v>100.7</v>
+      </c>
+      <c r="R73">
+        <v>101.5</v>
+      </c>
+      <c r="S73">
+        <v>100.0</v>
+      </c>
+      <c r="T73">
+        <v>100.8</v>
+      </c>
+      <c r="U73">
+        <v>8.997514</v>
+      </c>
+      <c r="V73">
+        <v>8.628101</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24">
+      <c r="A74" s="2">
+        <v>45978.356261574</v>
+      </c>
+      <c r="B74" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="G74">
+        <v>100.325</v>
+      </c>
+      <c r="I74" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74">
+        <v>9.0</v>
+      </c>
+      <c r="K74" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L74" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M74">
+        <v>8000</v>
+      </c>
+      <c r="N74">
+        <v>1000.0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>28</v>
+      </c>
+      <c r="P74">
+        <v>0.675</v>
+      </c>
+      <c r="Q74">
+        <v>100.675</v>
+      </c>
+      <c r="R74">
+        <v>101.475</v>
+      </c>
+      <c r="S74">
+        <v>100.0</v>
+      </c>
+      <c r="T74">
+        <v>100.8</v>
+      </c>
+      <c r="U74">
+        <v>8.997567</v>
+      </c>
+      <c r="V74">
+        <v>8.62853</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24">
+      <c r="A75" s="2">
+        <v>45975.355381944</v>
+      </c>
+      <c r="B75" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="G75">
+        <v>100.325</v>
+      </c>
+      <c r="I75" t="s">
+        <v>28</v>
+      </c>
+      <c r="J75">
+        <v>9.0</v>
+      </c>
+      <c r="K75" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L75" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M75">
+        <v>8000</v>
+      </c>
+      <c r="N75">
+        <v>1000.0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>28</v>
+      </c>
+      <c r="P75">
+        <v>0.65</v>
+      </c>
+      <c r="Q75">
+        <v>100.65</v>
+      </c>
+      <c r="R75">
+        <v>101.45</v>
+      </c>
+      <c r="S75">
+        <v>100.0</v>
+      </c>
+      <c r="T75">
+        <v>100.8</v>
+      </c>
+      <c r="U75">
+        <v>8.997623</v>
+      </c>
+      <c r="V75">
+        <v>8.628961</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24">
+      <c r="A76" s="2">
+        <v>45974.355821759</v>
+      </c>
+      <c r="B76" t="s">
+        <v>24</v>
+      </c>
+      <c r="C76" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="G76">
+        <v>100.325</v>
+      </c>
+      <c r="I76" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76">
+        <v>9.0</v>
+      </c>
+      <c r="K76" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L76" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M76">
+        <v>8000</v>
+      </c>
+      <c r="N76">
+        <v>1000.0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>28</v>
+      </c>
+      <c r="P76">
+        <v>0.625</v>
+      </c>
+      <c r="Q76">
+        <v>100.625</v>
+      </c>
+      <c r="R76">
+        <v>101.425</v>
+      </c>
+      <c r="S76">
+        <v>100.0</v>
+      </c>
+      <c r="T76">
+        <v>100.8</v>
+      </c>
+      <c r="U76">
+        <v>8.997681</v>
+      </c>
+      <c r="V76">
+        <v>8.629394</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24">
+      <c r="A77" s="2">
+        <v>45973.356076389</v>
+      </c>
+      <c r="B77" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="G77">
+        <v>100.325</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="J77">
+        <v>9.0</v>
+      </c>
+      <c r="K77" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L77" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M77">
+        <v>8000</v>
+      </c>
+      <c r="N77">
+        <v>1000.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77">
+        <v>0.55</v>
+      </c>
+      <c r="Q77">
+        <v>100.55</v>
+      </c>
+      <c r="R77">
+        <v>101.35</v>
+      </c>
+      <c r="S77">
+        <v>100.0</v>
+      </c>
+      <c r="T77">
+        <v>100.8</v>
+      </c>
+      <c r="U77">
+        <v>8.997872</v>
+      </c>
+      <c r="V77">
+        <v>8.630703</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24">
+      <c r="A78" s="2">
+        <v>45972.356030093</v>
+      </c>
+      <c r="B78" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" t="s">
+        <v>27</v>
+      </c>
+      <c r="G78">
+        <v>100.325</v>
+      </c>
+      <c r="I78" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78">
+        <v>9.0</v>
+      </c>
+      <c r="K78" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L78" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M78">
+        <v>8000</v>
+      </c>
+      <c r="N78">
+        <v>1000.0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>28</v>
+      </c>
+      <c r="P78">
+        <v>0.525</v>
+      </c>
+      <c r="Q78">
+        <v>100.525</v>
+      </c>
+      <c r="R78">
+        <v>101.325</v>
+      </c>
+      <c r="S78">
+        <v>100.0</v>
+      </c>
+      <c r="T78">
+        <v>100.8</v>
+      </c>
+      <c r="U78">
+        <v>8.997941</v>
+      </c>
+      <c r="V78">
+        <v>8.631142</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24">
+      <c r="A79" s="2">
+        <v>45971.5796875</v>
+      </c>
+      <c r="B79" t="s">
+        <v>24</v>
+      </c>
+      <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79">
+        <v>100.325</v>
+      </c>
+      <c r="I79" t="s">
+        <v>28</v>
+      </c>
+      <c r="J79">
+        <v>9.0</v>
+      </c>
+      <c r="K79" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L79" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M79">
+        <v>8000</v>
+      </c>
+      <c r="N79">
+        <v>1000.0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>28</v>
+      </c>
+      <c r="P79">
+        <v>0.5</v>
+      </c>
+      <c r="Q79">
+        <v>100.5</v>
+      </c>
+      <c r="R79">
+        <v>101.3</v>
+      </c>
+      <c r="S79">
+        <v>100.0</v>
+      </c>
+      <c r="T79">
+        <v>100.8</v>
+      </c>
+      <c r="U79">
+        <v>8.998013</v>
+      </c>
+      <c r="V79">
+        <v>8.631584</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24">
+      <c r="A80" s="2">
+        <v>45968.355740741</v>
+      </c>
+      <c r="B80" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80">
+        <v>100.325</v>
+      </c>
+      <c r="I80" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80">
+        <v>9.0</v>
+      </c>
+      <c r="K80" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L80" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M80">
+        <v>8000</v>
+      </c>
+      <c r="N80">
+        <v>1000.0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>28</v>
+      </c>
+      <c r="P80">
+        <v>0.475</v>
+      </c>
+      <c r="Q80">
+        <v>98.475</v>
+      </c>
+      <c r="R80">
+        <v>101.275</v>
+      </c>
+      <c r="S80">
+        <v>98.0</v>
+      </c>
+      <c r="T80">
+        <v>100.8</v>
+      </c>
+      <c r="U80">
+        <v>9.928474</v>
+      </c>
+      <c r="V80">
+        <v>8.632027</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24">
+      <c r="A81" s="2">
+        <v>45967.355601852</v>
+      </c>
+      <c r="B81" t="s">
+        <v>24</v>
+      </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" t="s">
+        <v>26</v>
+      </c>
+      <c r="E81" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81">
+        <v>100.325</v>
+      </c>
+      <c r="I81" t="s">
+        <v>28</v>
+      </c>
+      <c r="J81">
+        <v>9.0</v>
+      </c>
+      <c r="K81" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L81" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M81">
+        <v>8000</v>
+      </c>
+      <c r="N81">
+        <v>1000.0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>28</v>
+      </c>
+      <c r="P81">
+        <v>0.45</v>
+      </c>
+      <c r="Q81">
+        <v>98.45</v>
+      </c>
+      <c r="R81">
+        <v>101.25</v>
+      </c>
+      <c r="S81">
+        <v>98.0</v>
+      </c>
+      <c r="T81">
+        <v>100.8</v>
+      </c>
+      <c r="U81">
+        <v>9.927617</v>
+      </c>
+      <c r="V81">
+        <v>8.632472</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24">
+      <c r="A82" s="2">
+        <v>45966.355740741</v>
+      </c>
+      <c r="B82" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82">
+        <v>100.325</v>
+      </c>
+      <c r="I82" t="s">
+        <v>28</v>
+      </c>
+      <c r="J82">
+        <v>9.0</v>
+      </c>
+      <c r="K82" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L82" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M82">
+        <v>8000</v>
+      </c>
+      <c r="N82">
+        <v>1000.0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>28</v>
+      </c>
+      <c r="P82">
+        <v>0.375</v>
+      </c>
+      <c r="Q82">
+        <v>98.375</v>
+      </c>
+      <c r="R82">
+        <v>101.175</v>
+      </c>
+      <c r="S82">
+        <v>98.0</v>
+      </c>
+      <c r="T82">
+        <v>100.8</v>
+      </c>
+      <c r="U82">
+        <v>9.925075</v>
+      </c>
+      <c r="V82">
+        <v>8.633816</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24">
+      <c r="A83" s="2">
+        <v>45965.355625</v>
+      </c>
+      <c r="B83" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83">
+        <v>100.325</v>
+      </c>
+      <c r="I83" t="s">
+        <v>28</v>
+      </c>
+      <c r="J83">
+        <v>9.0</v>
+      </c>
+      <c r="K83" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L83" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M83">
+        <v>8000</v>
+      </c>
+      <c r="N83">
+        <v>1000.0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>28</v>
+      </c>
+      <c r="P83">
+        <v>0.35</v>
+      </c>
+      <c r="Q83">
+        <v>98.35</v>
+      </c>
+      <c r="R83">
+        <v>101.15</v>
+      </c>
+      <c r="S83">
+        <v>98.0</v>
+      </c>
+      <c r="T83">
+        <v>100.8</v>
+      </c>
+      <c r="U83">
+        <v>9.924238</v>
+      </c>
+      <c r="V83">
+        <v>8.634268</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24">
+      <c r="A84" s="2">
+        <v>45964.58681713</v>
+      </c>
+      <c r="B84" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84">
+        <v>0.12</v>
+      </c>
+      <c r="G84">
+        <v>100.325</v>
+      </c>
+      <c r="H84">
+        <v>16052.0</v>
+      </c>
+      <c r="I84" t="s">
+        <v>28</v>
+      </c>
+      <c r="J84">
+        <v>9.0</v>
+      </c>
+      <c r="K84" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L84" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M84">
+        <v>8000</v>
+      </c>
+      <c r="N84">
+        <v>1000.0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>28</v>
+      </c>
+      <c r="P84">
+        <v>0.325</v>
+      </c>
+      <c r="Q84">
+        <v>98.325</v>
+      </c>
+      <c r="R84">
+        <v>101.125</v>
+      </c>
+      <c r="S84">
+        <v>98.0</v>
+      </c>
+      <c r="T84">
+        <v>100.8</v>
+      </c>
+      <c r="U84">
+        <v>9.923406</v>
+      </c>
+      <c r="V84">
+        <v>8.634721</v>
+      </c>
+      <c r="X84">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24">
+      <c r="A85" s="2">
+        <v>45961.355509259</v>
+      </c>
+      <c r="B85" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85">
+        <v>100.2</v>
+      </c>
+      <c r="I85" t="s">
+        <v>28</v>
+      </c>
+      <c r="J85">
+        <v>9.0</v>
+      </c>
+      <c r="K85" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L85" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M85">
+        <v>8000</v>
+      </c>
+      <c r="N85">
+        <v>1000.0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>28</v>
+      </c>
+      <c r="P85">
+        <v>0.3</v>
+      </c>
+      <c r="Q85">
+        <v>98.3</v>
+      </c>
+      <c r="R85">
+        <v>101.1</v>
+      </c>
+      <c r="S85">
+        <v>98.0</v>
+      </c>
+      <c r="T85">
+        <v>100.8</v>
+      </c>
+      <c r="U85">
+        <v>9.922579</v>
+      </c>
+      <c r="V85">
+        <v>8.635176</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24">
+      <c r="A86" s="2">
+        <v>45960.440520833</v>
+      </c>
+      <c r="B86" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86">
+        <v>100.2</v>
+      </c>
+      <c r="I86" t="s">
+        <v>28</v>
+      </c>
+      <c r="J86">
+        <v>9.0</v>
+      </c>
+      <c r="K86" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L86" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M86">
+        <v>8000</v>
+      </c>
+      <c r="N86">
+        <v>1000.0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>28</v>
+      </c>
+      <c r="P86">
+        <v>0.275</v>
+      </c>
+      <c r="Q86">
+        <v>100.275</v>
+      </c>
+      <c r="R86">
+        <v>101.075</v>
+      </c>
+      <c r="S86">
+        <v>100.0</v>
+      </c>
+      <c r="T86">
+        <v>100.8</v>
+      </c>
+      <c r="U86">
+        <v>8.998778</v>
+      </c>
+      <c r="V86">
+        <v>8.635632</v>
+      </c>
+    </row>
+    <row r="87" spans="1:24">
+      <c r="A87" s="2">
+        <v>45959.355393519</v>
+      </c>
+      <c r="B87" t="s">
+        <v>24</v>
+      </c>
+      <c r="C87" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" t="s">
+        <v>27</v>
+      </c>
+      <c r="G87">
+        <v>100.2</v>
+      </c>
+      <c r="I87" t="s">
+        <v>28</v>
+      </c>
+      <c r="J87">
+        <v>9.0</v>
+      </c>
+      <c r="K87" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L87" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M87">
+        <v>8000</v>
+      </c>
+      <c r="N87">
+        <v>1000.0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>28</v>
+      </c>
+      <c r="P87">
+        <v>0.2</v>
+      </c>
+      <c r="Q87">
+        <v>98.2</v>
+      </c>
+      <c r="R87">
+        <v>101.0</v>
+      </c>
+      <c r="S87">
+        <v>98.0</v>
+      </c>
+      <c r="T87">
+        <v>100.8</v>
+      </c>
+      <c r="U87">
+        <v>9.919321</v>
+      </c>
+      <c r="V87">
+        <v>8.637012</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24">
+      <c r="A88" s="2">
+        <v>45958.427453704</v>
+      </c>
+      <c r="B88" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
+      <c r="F88">
+        <v>0.05</v>
+      </c>
+      <c r="G88">
+        <v>100.2</v>
+      </c>
+      <c r="H88">
+        <v>20040.0</v>
+      </c>
+      <c r="I88" t="s">
+        <v>28</v>
+      </c>
+      <c r="J88">
+        <v>9.0</v>
+      </c>
+      <c r="K88" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L88" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M88">
+        <v>8000</v>
+      </c>
+      <c r="N88">
+        <v>1000.0</v>
+      </c>
+      <c r="O88" t="s">
+        <v>28</v>
+      </c>
+      <c r="P88">
+        <v>0.2</v>
+      </c>
+      <c r="Q88">
+        <v>98.2</v>
+      </c>
+      <c r="R88">
+        <v>101.0</v>
+      </c>
+      <c r="S88">
+        <v>98.0</v>
+      </c>
+      <c r="T88">
+        <v>100.8</v>
+      </c>
+      <c r="U88">
+        <v>9.919321</v>
+      </c>
+      <c r="V88">
+        <v>8.637012</v>
+      </c>
+      <c r="X88">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24">
+      <c r="A89" s="2">
+        <v>45957.418032407</v>
+      </c>
+      <c r="B89" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>25</v>
+      </c>
+      <c r="D89" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89">
+        <v>100.15</v>
+      </c>
+      <c r="I89" t="s">
+        <v>28</v>
+      </c>
+      <c r="J89">
+        <v>9.0</v>
+      </c>
+      <c r="K89" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L89" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M89">
+        <v>8000</v>
+      </c>
+      <c r="N89">
+        <v>1000.0</v>
+      </c>
+      <c r="O89" t="s">
+        <v>28</v>
+      </c>
+      <c r="P89">
+        <v>0.175</v>
+      </c>
+      <c r="Q89">
+        <v>100.175</v>
+      </c>
+      <c r="R89">
+        <v>100.975</v>
+      </c>
+      <c r="S89">
+        <v>100.0</v>
+      </c>
+      <c r="T89">
+        <v>100.8</v>
+      </c>
+      <c r="U89">
+        <v>8.999187</v>
+      </c>
+      <c r="V89">
+        <v>8.637475</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24">
+      <c r="A90" s="2">
+        <v>45954.638888889</v>
+      </c>
+      <c r="B90" t="s">
+        <v>24</v>
+      </c>
+      <c r="C90" t="s">
+        <v>25</v>
+      </c>
+      <c r="D90" t="s">
+        <v>26</v>
+      </c>
+      <c r="E90" t="s">
+        <v>27</v>
+      </c>
+      <c r="F90">
+        <v>0.02</v>
+      </c>
+      <c r="G90">
+        <v>100.15</v>
+      </c>
+      <c r="H90">
+        <v>14021.0</v>
+      </c>
+      <c r="I90" t="s">
+        <v>28</v>
+      </c>
+      <c r="J90">
+        <v>9.0</v>
+      </c>
+      <c r="K90" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L90" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M90">
+        <v>8000</v>
+      </c>
+      <c r="N90">
+        <v>1000.0</v>
+      </c>
+      <c r="O90" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90">
+        <v>0.15</v>
+      </c>
+      <c r="Q90">
+        <v>98.15</v>
+      </c>
+      <c r="R90">
+        <v>100.95</v>
+      </c>
+      <c r="S90">
+        <v>98.0</v>
+      </c>
+      <c r="T90">
+        <v>100.8</v>
+      </c>
+      <c r="U90">
+        <v>9.917722</v>
+      </c>
+      <c r="V90">
+        <v>8.63794</v>
+      </c>
+      <c r="X90">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24">
+      <c r="A91" s="2">
+        <v>45953.466990741</v>
+      </c>
+      <c r="B91" t="s">
+        <v>24</v>
+      </c>
+      <c r="C91" t="s">
+        <v>25</v>
+      </c>
+      <c r="D91" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" t="s">
+        <v>27</v>
+      </c>
+      <c r="F91">
+        <v>-1.86</v>
+      </c>
+      <c r="G91">
+        <v>100.125</v>
+      </c>
+      <c r="H91">
+        <v>15018.75</v>
+      </c>
+      <c r="I91" t="s">
+        <v>28</v>
+      </c>
+      <c r="J91">
+        <v>9.0</v>
+      </c>
+      <c r="K91" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L91" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M91">
+        <v>8000</v>
+      </c>
+      <c r="N91">
+        <v>1000.0</v>
+      </c>
+      <c r="O91" t="s">
+        <v>28</v>
+      </c>
+      <c r="P91">
+        <v>0.125</v>
+      </c>
+      <c r="Q91">
+        <v>98.125</v>
+      </c>
+      <c r="R91">
+        <v>100.925</v>
+      </c>
+      <c r="S91">
+        <v>98.0</v>
+      </c>
+      <c r="T91">
+        <v>100.8</v>
+      </c>
+      <c r="U91">
+        <v>9.91693</v>
+      </c>
+      <c r="V91">
+        <v>8.638406</v>
+      </c>
+      <c r="X91">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="92" spans="1:24">
+      <c r="A92" s="2">
+        <v>45952.356481481</v>
+      </c>
+      <c r="B92" t="s">
+        <v>24</v>
+      </c>
+      <c r="C92" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" t="s">
+        <v>26</v>
+      </c>
+      <c r="E92" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92">
+        <v>102.025</v>
+      </c>
+      <c r="I92" t="s">
+        <v>28</v>
+      </c>
+      <c r="J92">
+        <v>9.0</v>
+      </c>
+      <c r="K92" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L92" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M92">
+        <v>8000</v>
+      </c>
+      <c r="N92">
+        <v>1000.0</v>
+      </c>
+      <c r="O92" t="s">
+        <v>28</v>
+      </c>
+      <c r="P92">
+        <v>0.05</v>
+      </c>
+      <c r="Q92">
+        <v>98.05</v>
+      </c>
+      <c r="R92">
+        <v>100.85</v>
+      </c>
+      <c r="S92">
+        <v>98.0</v>
+      </c>
+      <c r="T92">
+        <v>100.8</v>
+      </c>
+      <c r="U92">
+        <v>9.914584</v>
+      </c>
+      <c r="V92">
+        <v>8.639815</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24">
+      <c r="A93" s="2">
+        <v>45951.355381944</v>
+      </c>
+      <c r="B93" t="s">
+        <v>24</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" t="s">
+        <v>27</v>
+      </c>
+      <c r="G93">
+        <v>102.025</v>
+      </c>
+      <c r="I93" t="s">
+        <v>28</v>
+      </c>
+      <c r="J93">
+        <v>9.0</v>
+      </c>
+      <c r="K93" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L93" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M93">
+        <v>8000</v>
+      </c>
+      <c r="N93">
+        <v>1000.0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>28</v>
+      </c>
+      <c r="P93">
+        <v>0.025</v>
+      </c>
+      <c r="Q93">
+        <v>98.025</v>
+      </c>
+      <c r="R93">
+        <v>100.825</v>
+      </c>
+      <c r="S93">
+        <v>98.0</v>
+      </c>
+      <c r="T93">
+        <v>100.8</v>
+      </c>
+      <c r="U93">
+        <v>9.913811</v>
+      </c>
+      <c r="V93">
+        <v>8.640288</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24">
+      <c r="A94" s="2">
+        <v>45950.355243056</v>
+      </c>
+      <c r="B94" t="s">
+        <v>24</v>
+      </c>
+      <c r="C94" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94">
+        <v>102.025</v>
+      </c>
+      <c r="I94" t="s">
+        <v>28</v>
+      </c>
+      <c r="J94">
+        <v>9.0</v>
+      </c>
+      <c r="K94" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L94" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M94">
+        <v>8000</v>
+      </c>
+      <c r="N94">
+        <v>1000.0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q94">
+        <v>98.0</v>
+      </c>
+      <c r="R94">
+        <v>100.8</v>
+      </c>
+      <c r="U94">
+        <v>9.913043</v>
+      </c>
+      <c r="V94">
+        <v>8.640763</v>
+      </c>
+    </row>
+    <row r="95" spans="1:24">
+      <c r="A95" s="2">
+        <v>45947.666666667</v>
+      </c>
+      <c r="B95" t="s">
+        <v>24</v>
+      </c>
+      <c r="C95" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95">
+        <v>102.025</v>
+      </c>
+      <c r="I95" t="s">
+        <v>28</v>
+      </c>
+      <c r="J95">
+        <v>9.0</v>
+      </c>
+      <c r="K95" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L95" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M95">
+        <v>8000</v>
+      </c>
+      <c r="N95">
+        <v>1000.0</v>
+      </c>
+      <c r="O95" t="s">
+        <v>28</v>
+      </c>
+      <c r="P95">
+        <v>-0.025</v>
+      </c>
+    </row>
+    <row r="96" spans="1:24">
+      <c r="A96" s="2">
+        <v>45946.666666667</v>
+      </c>
+      <c r="B96" t="s">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>25</v>
+      </c>
+      <c r="D96" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96">
+        <v>102.025</v>
+      </c>
+      <c r="I96" t="s">
+        <v>28</v>
+      </c>
+      <c r="J96">
+        <v>9.0</v>
+      </c>
+      <c r="K96" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L96" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M96">
+        <v>8000</v>
+      </c>
+      <c r="N96">
+        <v>1000.0</v>
+      </c>
+      <c r="O96" t="s">
+        <v>28</v>
+      </c>
+      <c r="P96">
+        <v>-0.05</v>
+      </c>
+    </row>
+    <row r="97" spans="1:24">
+      <c r="A97" s="2">
+        <v>45945.666666667</v>
+      </c>
+      <c r="B97" t="s">
+        <v>24</v>
+      </c>
+      <c r="C97" t="s">
+        <v>25</v>
+      </c>
+      <c r="D97" t="s">
+        <v>26</v>
+      </c>
+      <c r="E97" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97">
+        <v>102.025</v>
+      </c>
+      <c r="I97" t="s">
+        <v>28</v>
+      </c>
+      <c r="J97">
+        <v>9.0</v>
+      </c>
+      <c r="K97" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L97" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M97">
+        <v>8000</v>
+      </c>
+      <c r="N97">
+        <v>1000.0</v>
+      </c>
+      <c r="O97" t="s">
+        <v>28</v>
+      </c>
+      <c r="P97">
+        <v>2.125</v>
+      </c>
+    </row>
+    <row r="98" spans="1:24">
+      <c r="A98" s="2">
+        <v>45944.666666667</v>
+      </c>
+      <c r="B98" t="s">
+        <v>24</v>
+      </c>
+      <c r="C98" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" t="s">
+        <v>27</v>
+      </c>
+      <c r="G98">
+        <v>102.025</v>
+      </c>
+      <c r="I98" t="s">
+        <v>28</v>
+      </c>
+      <c r="J98">
+        <v>9.0</v>
+      </c>
+      <c r="K98" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L98" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M98">
+        <v>8000</v>
+      </c>
+      <c r="N98">
+        <v>1000.0</v>
+      </c>
+      <c r="O98" t="s">
+        <v>28</v>
+      </c>
+      <c r="P98">
+        <v>2.1</v>
+      </c>
+    </row>
+    <row r="99" spans="1:24">
+      <c r="A99" s="2">
+        <v>45943.666666667</v>
+      </c>
+      <c r="B99" t="s">
+        <v>24</v>
+      </c>
+      <c r="C99" t="s">
+        <v>25</v>
+      </c>
+      <c r="D99" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99">
+        <v>102.025</v>
+      </c>
+      <c r="I99" t="s">
+        <v>28</v>
+      </c>
+      <c r="J99">
+        <v>9.0</v>
+      </c>
+      <c r="K99" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L99" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M99">
+        <v>8000</v>
+      </c>
+      <c r="N99">
+        <v>1000.0</v>
+      </c>
+      <c r="O99" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:24">
+      <c r="A100" s="2">
+        <v>45940.416712963</v>
+      </c>
+      <c r="B100" t="s">
+        <v>24</v>
+      </c>
+      <c r="C100" t="s">
+        <v>25</v>
+      </c>
+      <c r="D100" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" t="s">
+        <v>27</v>
+      </c>
+      <c r="G100">
+        <v>102.025</v>
+      </c>
+      <c r="I100" t="s">
+        <v>28</v>
+      </c>
+      <c r="J100">
+        <v>9.0</v>
+      </c>
+      <c r="K100" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L100" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M100">
+        <v>8000</v>
+      </c>
+      <c r="N100">
+        <v>1000.0</v>
+      </c>
+      <c r="O100" t="s">
+        <v>28</v>
+      </c>
+      <c r="P100">
+        <v>2.05</v>
+      </c>
+      <c r="Q100">
+        <v>100.05</v>
+      </c>
+      <c r="R100">
+        <v>103.55</v>
+      </c>
+      <c r="S100">
+        <v>98.0</v>
+      </c>
+      <c r="T100">
+        <v>101.5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:24">
+      <c r="A101" s="2">
+        <v>45939.472893519</v>
+      </c>
+      <c r="B101" t="s">
+        <v>24</v>
+      </c>
+      <c r="C101" t="s">
+        <v>25</v>
+      </c>
+      <c r="D101" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" t="s">
+        <v>27</v>
+      </c>
+      <c r="F101">
+        <v>-1.07</v>
+      </c>
+      <c r="G101">
+        <v>102.025</v>
+      </c>
+      <c r="H101">
+        <v>3060.75</v>
+      </c>
+      <c r="I101" t="s">
+        <v>28</v>
+      </c>
+      <c r="J101">
+        <v>9.0</v>
+      </c>
+      <c r="K101" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L101" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M101">
+        <v>8000</v>
+      </c>
+      <c r="N101">
+        <v>1000.0</v>
+      </c>
+      <c r="O101" t="s">
+        <v>28</v>
+      </c>
+      <c r="P101">
+        <v>2.025</v>
+      </c>
+      <c r="Q101">
+        <v>100.025</v>
+      </c>
+      <c r="R101">
+        <v>103.525</v>
+      </c>
+      <c r="S101">
+        <v>98.0</v>
+      </c>
+      <c r="T101">
+        <v>101.5</v>
+      </c>
+      <c r="X101">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="102" spans="1:24">
+      <c r="A102" s="2">
+        <v>45938.416851852</v>
+      </c>
+      <c r="B102" t="s">
+        <v>24</v>
+      </c>
+      <c r="C102" t="s">
+        <v>25</v>
+      </c>
+      <c r="D102" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" t="s">
+        <v>27</v>
+      </c>
+      <c r="G102">
+        <v>103.125</v>
+      </c>
+      <c r="I102" t="s">
+        <v>28</v>
+      </c>
+      <c r="J102">
+        <v>9.0</v>
+      </c>
+      <c r="K102" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L102" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M102">
+        <v>8000</v>
+      </c>
+      <c r="N102">
+        <v>1000.0</v>
+      </c>
+      <c r="O102" t="s">
+        <v>28</v>
+      </c>
+      <c r="P102">
+        <v>1.95</v>
+      </c>
+      <c r="Q102">
+        <v>99.95</v>
+      </c>
+      <c r="R102">
+        <v>101.95</v>
+      </c>
+      <c r="S102">
+        <v>98.0</v>
+      </c>
+      <c r="T102">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="103" spans="1:24">
+      <c r="A103" s="2">
+        <v>45937.416759259</v>
+      </c>
+      <c r="B103" t="s">
+        <v>24</v>
+      </c>
+      <c r="C103" t="s">
+        <v>25</v>
+      </c>
+      <c r="D103" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" t="s">
+        <v>27</v>
+      </c>
+      <c r="G103">
+        <v>103.125</v>
+      </c>
+      <c r="I103" t="s">
+        <v>28</v>
+      </c>
+      <c r="J103">
+        <v>9.0</v>
+      </c>
+      <c r="K103" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L103" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M103">
+        <v>8000</v>
+      </c>
+      <c r="N103">
+        <v>1000.0</v>
+      </c>
+      <c r="O103" t="s">
+        <v>28</v>
+      </c>
+      <c r="P103">
+        <v>1.925</v>
+      </c>
+      <c r="Q103">
+        <v>99.925</v>
+      </c>
+      <c r="R103">
+        <v>101.925</v>
+      </c>
+      <c r="S103">
+        <v>98.0</v>
+      </c>
+      <c r="T103">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:24">
+      <c r="A104" s="2">
+        <v>45936.432800926</v>
+      </c>
+      <c r="B104" t="s">
+        <v>24</v>
+      </c>
+      <c r="C104" t="s">
+        <v>25</v>
+      </c>
+      <c r="D104" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" t="s">
+        <v>27</v>
+      </c>
+      <c r="G104">
+        <v>103.125</v>
+      </c>
+      <c r="I104" t="s">
+        <v>28</v>
+      </c>
+      <c r="J104">
+        <v>9.0</v>
+      </c>
+      <c r="K104" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L104" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M104">
+        <v>8000</v>
+      </c>
+      <c r="N104">
+        <v>1000.0</v>
+      </c>
+      <c r="O104" t="s">
+        <v>28</v>
+      </c>
+      <c r="P104">
+        <v>1.9</v>
+      </c>
+      <c r="Q104">
+        <v>99.9</v>
+      </c>
+      <c r="R104">
+        <v>101.9</v>
+      </c>
+      <c r="S104">
+        <v>98.0</v>
+      </c>
+      <c r="T104">
+        <v>100.0</v>
+      </c>
+    </row>
+    <row r="105" spans="1:24">
+      <c r="A105" s="2">
+        <v>45933.416712963</v>
+      </c>
+      <c r="B105" t="s">
+        <v>24</v>
+      </c>
+      <c r="C105" t="s">
+        <v>25</v>
+      </c>
+      <c r="D105" t="s">
+        <v>26</v>
+      </c>
+      <c r="E105" t="s">
+        <v>27</v>
+      </c>
+      <c r="G105">
+        <v>103.125</v>
+      </c>
+      <c r="I105" t="s">
+        <v>28</v>
+      </c>
+      <c r="J105">
+        <v>9.0</v>
+      </c>
+      <c r="K105" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L105" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M105">
+        <v>8000</v>
+      </c>
+      <c r="N105">
+        <v>1000.0</v>
+      </c>
+      <c r="O105" t="s">
+        <v>28</v>
+      </c>
+      <c r="P105">
+        <v>1.875</v>
+      </c>
+      <c r="Q105">
+        <v>99.875</v>
+      </c>
+      <c r="R105">
+        <v>104.875</v>
+      </c>
+      <c r="S105">
+        <v>98.0</v>
+      </c>
+      <c r="T105">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:24">
+      <c r="A106" s="2">
+        <v>45932.416701389</v>
+      </c>
+      <c r="B106" t="s">
+        <v>24</v>
+      </c>
+      <c r="C106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D106" t="s">
+        <v>26</v>
+      </c>
+      <c r="E106" t="s">
+        <v>27</v>
+      </c>
+      <c r="G106">
+        <v>103.125</v>
+      </c>
+      <c r="I106" t="s">
+        <v>28</v>
+      </c>
+      <c r="J106">
+        <v>9.0</v>
+      </c>
+      <c r="K106" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L106" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M106">
+        <v>8000</v>
+      </c>
+      <c r="N106">
+        <v>1000.0</v>
+      </c>
+      <c r="O106" t="s">
+        <v>28</v>
+      </c>
+      <c r="P106">
+        <v>1.85</v>
+      </c>
+      <c r="Q106">
+        <v>99.85</v>
+      </c>
+      <c r="R106">
+        <v>104.85</v>
+      </c>
+      <c r="S106">
+        <v>98.0</v>
+      </c>
+      <c r="T106">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:24">
+      <c r="A107" s="2">
+        <v>45931.476041667</v>
+      </c>
+      <c r="B107" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" t="s">
+        <v>25</v>
+      </c>
+      <c r="D107" t="s">
+        <v>26</v>
+      </c>
+      <c r="E107" t="s">
+        <v>27</v>
+      </c>
+      <c r="G107">
+        <v>103.125</v>
+      </c>
+      <c r="I107" t="s">
+        <v>28</v>
+      </c>
+      <c r="J107">
+        <v>9.0</v>
+      </c>
+      <c r="K107" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L107" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M107">
+        <v>8000</v>
+      </c>
+      <c r="N107">
+        <v>1000.0</v>
+      </c>
+      <c r="O107" t="s">
+        <v>28</v>
+      </c>
+      <c r="P107">
+        <v>1.775</v>
+      </c>
+      <c r="Q107">
+        <v>99.775</v>
+      </c>
+      <c r="R107">
+        <v>104.775</v>
+      </c>
+      <c r="S107">
+        <v>98.0</v>
+      </c>
+      <c r="T107">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="108" spans="1:24">
+      <c r="A108" s="2">
+        <v>45930.416712963</v>
+      </c>
+      <c r="B108" t="s">
+        <v>24</v>
+      </c>
+      <c r="C108" t="s">
+        <v>25</v>
+      </c>
+      <c r="D108" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" t="s">
+        <v>27</v>
+      </c>
+      <c r="G108">
+        <v>103.125</v>
+      </c>
+      <c r="I108" t="s">
+        <v>28</v>
+      </c>
+      <c r="J108">
+        <v>9.0</v>
+      </c>
+      <c r="K108" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L108" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M108">
+        <v>8000</v>
+      </c>
+      <c r="N108">
+        <v>1000.0</v>
+      </c>
+      <c r="O108" t="s">
+        <v>28</v>
+      </c>
+      <c r="P108">
+        <v>1.75</v>
+      </c>
+      <c r="R108">
+        <v>104.75</v>
+      </c>
+      <c r="T108">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="109" spans="1:24">
+      <c r="A109" s="2">
+        <v>45929.416712963</v>
+      </c>
+      <c r="B109" t="s">
+        <v>24</v>
+      </c>
+      <c r="C109" t="s">
+        <v>25</v>
+      </c>
+      <c r="D109" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" t="s">
+        <v>27</v>
+      </c>
+      <c r="G109">
+        <v>103.125</v>
+      </c>
+      <c r="I109" t="s">
+        <v>28</v>
+      </c>
+      <c r="J109">
+        <v>9.0</v>
+      </c>
+      <c r="K109" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L109" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M109">
+        <v>8000</v>
+      </c>
+      <c r="N109">
+        <v>1000.0</v>
+      </c>
+      <c r="O109" t="s">
+        <v>28</v>
+      </c>
+      <c r="P109">
+        <v>1.725</v>
+      </c>
+      <c r="R109">
+        <v>104.725</v>
+      </c>
+      <c r="T109">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="110" spans="1:24">
+      <c r="A110" s="2">
+        <v>45926.416724537</v>
+      </c>
+      <c r="B110" t="s">
+        <v>24</v>
+      </c>
+      <c r="C110" t="s">
+        <v>25</v>
+      </c>
+      <c r="D110" t="s">
+        <v>26</v>
+      </c>
+      <c r="E110" t="s">
+        <v>27</v>
+      </c>
+      <c r="G110">
+        <v>103.125</v>
+      </c>
+      <c r="I110" t="s">
+        <v>28</v>
+      </c>
+      <c r="J110">
+        <v>9.0</v>
+      </c>
+      <c r="K110" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L110" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M110">
+        <v>8000</v>
+      </c>
+      <c r="N110">
+        <v>1000.0</v>
+      </c>
+      <c r="O110" t="s">
+        <v>28</v>
+      </c>
+      <c r="P110">
+        <v>1.7</v>
+      </c>
+      <c r="R110">
+        <v>104.7</v>
+      </c>
+      <c r="T110">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="111" spans="1:24">
+      <c r="A111" s="2">
+        <v>45925.41681713</v>
+      </c>
+      <c r="B111" t="s">
+        <v>24</v>
+      </c>
+      <c r="C111" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" t="s">
+        <v>26</v>
+      </c>
+      <c r="E111" t="s">
+        <v>27</v>
+      </c>
+      <c r="G111">
+        <v>103.125</v>
+      </c>
+      <c r="I111" t="s">
+        <v>28</v>
+      </c>
+      <c r="J111">
+        <v>9.0</v>
+      </c>
+      <c r="K111" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L111" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M111">
+        <v>8000</v>
+      </c>
+      <c r="N111">
+        <v>1000.0</v>
+      </c>
+      <c r="O111" t="s">
+        <v>28</v>
+      </c>
+      <c r="P111">
+        <v>1.675</v>
+      </c>
+      <c r="R111">
+        <v>104.675</v>
+      </c>
+      <c r="T111">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="112" spans="1:24">
+      <c r="A112" s="2">
+        <v>45924.416782407</v>
+      </c>
+      <c r="B112" t="s">
+        <v>24</v>
+      </c>
+      <c r="C112" t="s">
+        <v>25</v>
+      </c>
+      <c r="D112" t="s">
+        <v>26</v>
+      </c>
+      <c r="E112" t="s">
+        <v>27</v>
+      </c>
+      <c r="G112">
+        <v>103.125</v>
+      </c>
+      <c r="I112" t="s">
+        <v>28</v>
+      </c>
+      <c r="J112">
+        <v>9.0</v>
+      </c>
+      <c r="K112" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L112" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M112">
+        <v>8000</v>
+      </c>
+      <c r="N112">
+        <v>1000.0</v>
+      </c>
+      <c r="O112" t="s">
+        <v>28</v>
+      </c>
+      <c r="P112">
+        <v>1.6</v>
+      </c>
+      <c r="R112">
+        <v>104.6</v>
+      </c>
+      <c r="T112">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="113" spans="1:24">
+      <c r="A113" s="2">
+        <v>45923.416793981</v>
+      </c>
+      <c r="B113" t="s">
+        <v>24</v>
+      </c>
+      <c r="C113" t="s">
+        <v>25</v>
+      </c>
+      <c r="D113" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" t="s">
+        <v>27</v>
+      </c>
+      <c r="G113">
+        <v>103.125</v>
+      </c>
+      <c r="I113" t="s">
+        <v>28</v>
+      </c>
+      <c r="J113">
+        <v>9.0</v>
+      </c>
+      <c r="K113" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L113" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M113">
+        <v>8000</v>
+      </c>
+      <c r="N113">
+        <v>1000.0</v>
+      </c>
+      <c r="O113" t="s">
+        <v>28</v>
+      </c>
+      <c r="P113">
+        <v>1.575</v>
+      </c>
+      <c r="R113">
+        <v>104.575</v>
+      </c>
+      <c r="T113">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="114" spans="1:24">
+      <c r="A114" s="2">
+        <v>45922.416747685</v>
+      </c>
+      <c r="B114" t="s">
+        <v>24</v>
+      </c>
+      <c r="C114" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" t="s">
+        <v>27</v>
+      </c>
+      <c r="G114">
+        <v>103.125</v>
+      </c>
+      <c r="I114" t="s">
+        <v>28</v>
+      </c>
+      <c r="J114">
+        <v>9.0</v>
+      </c>
+      <c r="K114" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L114" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M114">
+        <v>8000</v>
+      </c>
+      <c r="N114">
+        <v>1000.0</v>
+      </c>
+      <c r="O114" t="s">
+        <v>28</v>
+      </c>
+      <c r="P114">
+        <v>1.55</v>
+      </c>
+      <c r="R114">
+        <v>104.55</v>
+      </c>
+      <c r="T114">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="115" spans="1:24">
+      <c r="A115" s="2">
+        <v>45919.513657407</v>
+      </c>
+      <c r="B115" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" t="s">
+        <v>25</v>
+      </c>
+      <c r="D115" t="s">
+        <v>26</v>
+      </c>
+      <c r="E115" t="s">
+        <v>27</v>
+      </c>
+      <c r="F115">
+        <v>1.85</v>
+      </c>
+      <c r="G115">
+        <v>103.125</v>
+      </c>
+      <c r="H115">
+        <v>4125.0</v>
+      </c>
+      <c r="I115" t="s">
+        <v>28</v>
+      </c>
+      <c r="J115">
+        <v>9.0</v>
+      </c>
+      <c r="K115" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L115" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M115">
+        <v>8000</v>
+      </c>
+      <c r="N115">
+        <v>1000.0</v>
+      </c>
+      <c r="O115" t="s">
+        <v>28</v>
+      </c>
+      <c r="P115">
+        <v>1.525</v>
+      </c>
+      <c r="R115">
+        <v>104.525</v>
+      </c>
+      <c r="T115">
+        <v>103.0</v>
+      </c>
+      <c r="X115">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="116" spans="1:24">
+      <c r="A116" s="2">
+        <v>45918.417916667</v>
+      </c>
+      <c r="B116" t="s">
+        <v>24</v>
+      </c>
+      <c r="C116" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" t="s">
+        <v>26</v>
+      </c>
+      <c r="E116" t="s">
+        <v>27</v>
+      </c>
+      <c r="G116">
+        <v>101.25</v>
+      </c>
+      <c r="I116" t="s">
+        <v>28</v>
+      </c>
+      <c r="J116">
+        <v>9.0</v>
+      </c>
+      <c r="K116" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L116" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M116">
+        <v>8000</v>
+      </c>
+      <c r="N116">
+        <v>1000.0</v>
+      </c>
+      <c r="O116" t="s">
+        <v>28</v>
+      </c>
+      <c r="P116">
+        <v>1.5</v>
+      </c>
+      <c r="Q116">
+        <v>103.1</v>
+      </c>
+      <c r="R116">
+        <v>104.5</v>
+      </c>
+      <c r="S116">
+        <v>101.6</v>
+      </c>
+      <c r="T116">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="117" spans="1:24">
+      <c r="A117" s="2">
+        <v>45917.416747685</v>
+      </c>
+      <c r="B117" t="s">
+        <v>24</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
+        <v>26</v>
+      </c>
+      <c r="E117" t="s">
+        <v>27</v>
+      </c>
+      <c r="G117">
+        <v>101.25</v>
+      </c>
+      <c r="I117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J117">
+        <v>9.0</v>
+      </c>
+      <c r="K117" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L117" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M117">
+        <v>8000</v>
+      </c>
+      <c r="N117">
+        <v>1000.0</v>
+      </c>
+      <c r="O117" t="s">
+        <v>28</v>
+      </c>
+      <c r="P117">
+        <v>1.425</v>
+      </c>
+      <c r="R117">
+        <v>104.425</v>
+      </c>
+      <c r="T117">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="118" spans="1:24">
+      <c r="A118" s="2">
+        <v>45916.416724537</v>
+      </c>
+      <c r="B118" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" t="s">
+        <v>25</v>
+      </c>
+      <c r="D118" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" t="s">
+        <v>27</v>
+      </c>
+      <c r="G118">
+        <v>101.25</v>
+      </c>
+      <c r="I118" t="s">
+        <v>28</v>
+      </c>
+      <c r="J118">
+        <v>9.0</v>
+      </c>
+      <c r="K118" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L118" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M118">
+        <v>8000</v>
+      </c>
+      <c r="N118">
+        <v>1000.0</v>
+      </c>
+      <c r="O118" t="s">
+        <v>28</v>
+      </c>
+      <c r="P118">
+        <v>1.4</v>
+      </c>
+      <c r="R118">
+        <v>104.4</v>
+      </c>
+      <c r="T118">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24">
+      <c r="A119" s="2">
+        <v>45915.416863426</v>
+      </c>
+      <c r="B119" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" t="s">
+        <v>25</v>
+      </c>
+      <c r="D119" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" t="s">
+        <v>27</v>
+      </c>
+      <c r="G119">
+        <v>101.25</v>
+      </c>
+      <c r="I119" t="s">
+        <v>28</v>
+      </c>
+      <c r="J119">
+        <v>9.0</v>
+      </c>
+      <c r="K119" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L119" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M119">
+        <v>8000</v>
+      </c>
+      <c r="N119">
+        <v>1000.0</v>
+      </c>
+      <c r="O119" t="s">
+        <v>28</v>
+      </c>
+      <c r="P119">
+        <v>1.375</v>
+      </c>
+      <c r="R119">
+        <v>104.375</v>
+      </c>
+      <c r="T119">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="120" spans="1:24">
+      <c r="A120" s="2">
+        <v>45912.416736111</v>
+      </c>
+      <c r="B120" t="s">
+        <v>24</v>
+      </c>
+      <c r="C120" t="s">
+        <v>25</v>
+      </c>
+      <c r="D120" t="s">
+        <v>26</v>
+      </c>
+      <c r="E120" t="s">
+        <v>27</v>
+      </c>
+      <c r="G120">
+        <v>101.25</v>
+      </c>
+      <c r="I120" t="s">
+        <v>28</v>
+      </c>
+      <c r="J120">
+        <v>9.0</v>
+      </c>
+      <c r="K120" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L120" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M120">
+        <v>8000</v>
+      </c>
+      <c r="N120">
+        <v>1000.0</v>
+      </c>
+      <c r="O120" t="s">
+        <v>28</v>
+      </c>
+      <c r="P120">
+        <v>1.35</v>
+      </c>
+      <c r="R120">
+        <v>104.35</v>
+      </c>
+      <c r="T120">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="121" spans="1:24">
+      <c r="A121" s="2">
+        <v>45911.556481481</v>
+      </c>
+      <c r="B121" t="s">
+        <v>24</v>
+      </c>
+      <c r="C121" t="s">
+        <v>25</v>
+      </c>
+      <c r="D121" t="s">
+        <v>26</v>
+      </c>
+      <c r="E121" t="s">
+        <v>27</v>
+      </c>
+      <c r="G121">
+        <v>101.25</v>
+      </c>
+      <c r="I121" t="s">
+        <v>28</v>
+      </c>
+      <c r="J121">
+        <v>9.0</v>
+      </c>
+      <c r="K121" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L121" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M121">
+        <v>8000</v>
+      </c>
+      <c r="N121">
+        <v>1000.0</v>
+      </c>
+      <c r="O121" t="s">
+        <v>28</v>
+      </c>
+      <c r="P121">
+        <v>1.325</v>
+      </c>
+      <c r="R121">
+        <v>104.325</v>
+      </c>
+      <c r="T121">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="122" spans="1:24">
+      <c r="A122" s="2">
+        <v>45910.658506944</v>
+      </c>
+      <c r="B122" t="s">
+        <v>24</v>
+      </c>
+      <c r="C122" t="s">
+        <v>25</v>
+      </c>
+      <c r="D122" t="s">
+        <v>26</v>
+      </c>
+      <c r="E122" t="s">
+        <v>27</v>
+      </c>
+      <c r="G122">
+        <v>101.25</v>
+      </c>
+      <c r="H122">
+        <v>50625.0</v>
+      </c>
+      <c r="I122" t="s">
+        <v>28</v>
+      </c>
+      <c r="J122">
+        <v>9.0</v>
+      </c>
+      <c r="K122" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L122" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M122">
+        <v>8000</v>
+      </c>
+      <c r="N122">
+        <v>1000.0</v>
+      </c>
+      <c r="O122" t="s">
+        <v>28</v>
+      </c>
+      <c r="P122">
+        <v>1.25</v>
+      </c>
+      <c r="Q122">
+        <v>100.0</v>
+      </c>
+      <c r="R122">
+        <v>104.25</v>
+      </c>
+      <c r="S122">
+        <v>98.75</v>
+      </c>
+      <c r="T122">
+        <v>103.0</v>
+      </c>
+      <c r="X122">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="123" spans="1:24">
+      <c r="A123" s="2">
+        <v>45909.555162037</v>
+      </c>
+      <c r="B123" t="s">
+        <v>24</v>
+      </c>
+      <c r="C123" t="s">
+        <v>25</v>
+      </c>
+      <c r="D123" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" t="s">
+        <v>27</v>
+      </c>
+      <c r="I123" t="s">
+        <v>28</v>
+      </c>
+      <c r="J123">
+        <v>9.0</v>
+      </c>
+      <c r="K123" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L123" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M123">
+        <v>8000</v>
+      </c>
+      <c r="N123">
+        <v>1000.0</v>
+      </c>
+      <c r="O123" t="s">
+        <v>28</v>
+      </c>
+      <c r="P123">
+        <v>1.225</v>
+      </c>
+      <c r="Q123">
+        <v>100.0</v>
+      </c>
+      <c r="R123">
+        <v>104.225</v>
+      </c>
+      <c r="S123">
+        <v>98.775</v>
+      </c>
+      <c r="T123">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="124" spans="1:24">
+      <c r="A124" s="2">
+        <v>45908.416724537</v>
+      </c>
+      <c r="B124" t="s">
+        <v>24</v>
+      </c>
+      <c r="C124" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" t="s">
+        <v>27</v>
+      </c>
+      <c r="I124" t="s">
+        <v>28</v>
+      </c>
+      <c r="J124">
+        <v>9.0</v>
+      </c>
+      <c r="K124" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L124" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M124">
+        <v>8000</v>
+      </c>
+      <c r="N124">
+        <v>1000.0</v>
+      </c>
+      <c r="O124" t="s">
+        <v>28</v>
+      </c>
+      <c r="P124">
+        <v>1.2</v>
+      </c>
+      <c r="R124">
+        <v>104.2</v>
+      </c>
+      <c r="T124">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="125" spans="1:24">
+      <c r="A125" s="2">
+        <v>45905.46224537</v>
+      </c>
+      <c r="B125" t="s">
+        <v>24</v>
+      </c>
+      <c r="C125" t="s">
+        <v>25</v>
+      </c>
+      <c r="D125" t="s">
+        <v>26</v>
+      </c>
+      <c r="E125" t="s">
+        <v>27</v>
+      </c>
+      <c r="I125" t="s">
+        <v>28</v>
+      </c>
+      <c r="J125">
+        <v>9.0</v>
+      </c>
+      <c r="K125" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L125" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M125">
+        <v>8000</v>
+      </c>
+      <c r="N125">
+        <v>1000.0</v>
+      </c>
+      <c r="O125" t="s">
+        <v>28</v>
+      </c>
+      <c r="P125">
+        <v>1.175</v>
+      </c>
+      <c r="R125">
+        <v>104.175</v>
+      </c>
+      <c r="T125">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="126" spans="1:24">
+      <c r="A126" s="2">
         <v>45904.590405093</v>
       </c>
-      <c r="B67" t="s">
-[...32 lines deleted...]
-      <c r="P67">
+      <c r="B126" t="s">
+        <v>24</v>
+      </c>
+      <c r="C126" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" t="s">
+        <v>26</v>
+      </c>
+      <c r="E126" t="s">
+        <v>27</v>
+      </c>
+      <c r="I126" t="s">
+        <v>28</v>
+      </c>
+      <c r="J126">
+        <v>9.0</v>
+      </c>
+      <c r="K126" s="2">
+        <v>45860.0</v>
+      </c>
+      <c r="L126" s="2">
+        <v>46865.0</v>
+      </c>
+      <c r="M126">
+        <v>8000</v>
+      </c>
+      <c r="N126">
+        <v>1000.0</v>
+      </c>
+      <c r="O126" t="s">
+        <v>28</v>
+      </c>
+      <c r="P126">
         <v>1.15</v>
       </c>
-      <c r="R67">
+      <c r="R126">
         <v>107.15</v>
       </c>
-      <c r="T67">
+      <c r="T126">
         <v>106.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>