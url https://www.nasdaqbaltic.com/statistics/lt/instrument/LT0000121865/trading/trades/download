--- v0 (2025-12-06)
+++ v1 (2025-12-19)
@@ -12,77 +12,68 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="9">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>14:31:38</t>
+    <t>10:26:28</t>
   </si>
   <si>
     <t>AUTO</t>
-  </si>
-[...7 lines deleted...]
-    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -397,139 +388,83 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D6"/>
+  <dimension ref="A1:D2"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>2.68</v>
+        <v>2.66</v>
       </c>
       <c r="C2">
-        <v>40.0</v>
+        <v>5.0</v>
       </c>
       <c r="D2" t="s">
-        <v>5</v>
-[...54 lines deleted...]
-      <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>