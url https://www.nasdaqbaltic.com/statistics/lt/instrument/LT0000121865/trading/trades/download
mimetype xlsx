--- v1 (2025-12-19)
+++ v2 (2026-01-10)
@@ -12,68 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="6">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>10:26:28</t>
+    <t>14:46:59</t>
   </si>
   <si>
     <t>AUTO</t>
+  </si>
+  <si>
+    <t>14:46:27</t>
+  </si>
+  <si>
+    <t>13:08:54</t>
+  </si>
+  <si>
+    <t>13:03:02</t>
+  </si>
+  <si>
+    <t>11:15:05</t>
+  </si>
+  <si>
+    <t>11:01:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -388,83 +403,153 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D2"/>
+  <dimension ref="A1:D7"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>2.66</v>
+        <v>2.64</v>
       </c>
       <c r="C2">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>2.64</v>
+      </c>
+      <c r="C3">
+        <v>1.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4">
+        <v>2.64</v>
+      </c>
+      <c r="C4">
+        <v>200.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5">
+        <v>2.62</v>
+      </c>
+      <c r="C5">
+        <v>12.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6">
+        <v>2.64</v>
+      </c>
+      <c r="C6">
+        <v>1.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7">
+        <v>2.64</v>
+      </c>
+      <c r="C7">
+        <v>14.0</v>
+      </c>
+      <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>