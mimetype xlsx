--- v2 (2026-01-10)
+++ v3 (2026-02-04)
@@ -12,83 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
-  </si>
-[...19 lines deleted...]
-    <t>11:01:06</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -403,154 +382,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
-      </c>
-[...82 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">