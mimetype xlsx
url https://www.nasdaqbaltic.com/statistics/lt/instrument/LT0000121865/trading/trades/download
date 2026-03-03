--- v3 (2026-02-04)
+++ v4 (2026-03-03)
@@ -12,62 +12,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
+  </si>
+  <si>
+    <t>15:48:37</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>13:13:13</t>
+  </si>
+  <si>
+    <t>11:12:18</t>
+  </si>
+  <si>
+    <t>10:53:16</t>
+  </si>
+  <si>
+    <t>10:20:34</t>
+  </si>
+  <si>
+    <t>10:19:57</t>
+  </si>
+  <si>
+    <t>10:05:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,70 +406,196 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2">
+        <v>2.68</v>
+      </c>
+      <c r="C2">
+        <v>5.0</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>2.68</v>
+      </c>
+      <c r="C3">
+        <v>2.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4">
+        <v>2.66</v>
+      </c>
+      <c r="C4">
+        <v>15.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5">
+        <v>2.66</v>
+      </c>
+      <c r="C5">
+        <v>250.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6">
+        <v>2.66</v>
+      </c>
+      <c r="C6">
+        <v>60.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>9</v>
+      </c>
+      <c r="B7">
+        <v>2.68</v>
+      </c>
+      <c r="C7">
+        <v>28.0</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8">
+        <v>2.68</v>
+      </c>
+      <c r="C8">
+        <v>277.0</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>10</v>
+      </c>
+      <c r="B9">
+        <v>2.68</v>
+      </c>
+      <c r="C9">
+        <v>23.0</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B10">
+        <v>2.68</v>
+      </c>
+      <c r="C10">
+        <v>271.0</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">