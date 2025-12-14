--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,122 +12,101 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:59:31</t>
+    <t>15:34:41</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:46:41</t>
-[...50 lines deleted...]
-    <t>10:00:02</t>
+    <t>13:46:23</t>
+  </si>
+  <si>
+    <t>13:45:13</t>
+  </si>
+  <si>
+    <t>13:42:03</t>
+  </si>
+  <si>
+    <t>13:38:39</t>
+  </si>
+  <si>
+    <t>12:22:56</t>
+  </si>
+  <si>
+    <t>12:01:26</t>
+  </si>
+  <si>
+    <t>11:26:57</t>
+  </si>
+  <si>
+    <t>11:15:02</t>
+  </si>
+  <si>
+    <t>10:44:01</t>
+  </si>
+  <si>
+    <t>10:33:11</t>
+  </si>
+  <si>
+    <t>10:20:52</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -442,433 +421,307 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D18"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.535</v>
+        <v>1.56</v>
       </c>
       <c r="C2">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.545</v>
+        <v>1.55</v>
       </c>
       <c r="C3">
-        <v>98.0</v>
+        <v>215.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.54</v>
+        <v>1.555</v>
       </c>
       <c r="C4">
-        <v>5.0</v>
+        <v>100.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5">
-        <v>1.54</v>
+        <v>1.555</v>
       </c>
       <c r="C5">
-        <v>497.0</v>
+        <v>15.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B6">
-        <v>1.535</v>
+        <v>1.555</v>
       </c>
       <c r="C6">
-        <v>45.0</v>
+        <v>50.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7">
-        <v>1.54</v>
+        <v>1.56</v>
       </c>
       <c r="C7">
-        <v>237.0</v>
+        <v>30.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>1.54</v>
+        <v>1.56</v>
       </c>
       <c r="C8">
-        <v>20.0</v>
+        <v>90.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="B9">
-        <v>1.54</v>
+        <v>1.56</v>
       </c>
       <c r="C9">
-        <v>36.0</v>
+        <v>10.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10">
-        <v>1.54</v>
+        <v>1.565</v>
       </c>
       <c r="C10">
-        <v>1000.0</v>
+        <v>1900.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11">
-        <v>1.54</v>
+        <v>1.565</v>
       </c>
       <c r="C11">
-        <v>600.0</v>
+        <v>100.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>1.535</v>
+        <v>1.57</v>
       </c>
       <c r="C12">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>1.535</v>
+        <v>1.57</v>
       </c>
       <c r="C13">
-        <v>97.0</v>
+        <v>100.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B14">
-        <v>1.535</v>
+        <v>1.57</v>
       </c>
       <c r="C14">
-        <v>80.0</v>
+        <v>50.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B15">
-        <v>1.535</v>
+        <v>1.57</v>
       </c>
       <c r="C15">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="B16">
-        <v>1.535</v>
+        <v>1.565</v>
       </c>
       <c r="C16">
-        <v>3.0</v>
+        <v>20.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>1.535</v>
+        <v>1.565</v>
       </c>
       <c r="C17">
-        <v>50.0</v>
+        <v>497.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B18">
-        <v>1.535</v>
+        <v>1.565</v>
       </c>
       <c r="C18">
-        <v>4.0</v>
+        <v>30.0</v>
       </c>
       <c r="D18" t="s">
-        <v>5</v>
-[...124 lines deleted...]
-      <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>