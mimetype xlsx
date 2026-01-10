--- v1 (2025-12-14)
+++ v2 (2026-01-10)
@@ -12,101 +12,116 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:34:41</t>
+    <t>15:59:37</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>13:46:23</t>
-[...29 lines deleted...]
-    <t>10:20:52</t>
+    <t>15:08:20</t>
+  </si>
+  <si>
+    <t>15:04:23</t>
+  </si>
+  <si>
+    <t>14:57:31</t>
+  </si>
+  <si>
+    <t>14:21:01</t>
+  </si>
+  <si>
+    <t>13:39:34</t>
+  </si>
+  <si>
+    <t>13:27:58</t>
+  </si>
+  <si>
+    <t>12:58:39</t>
+  </si>
+  <si>
+    <t>12:57:09</t>
+  </si>
+  <si>
+    <t>11:45:31</t>
+  </si>
+  <si>
+    <t>11:42:33</t>
+  </si>
+  <si>
+    <t>11:41:16</t>
+  </si>
+  <si>
+    <t>11:36:33</t>
+  </si>
+  <si>
+    <t>11:01:16</t>
+  </si>
+  <si>
+    <t>10:59:31</t>
+  </si>
+  <si>
+    <t>10:51:53</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -421,307 +436,391 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>1.56</v>
+        <v>1.63</v>
       </c>
       <c r="C2">
-        <v>100.0</v>
+        <v>64.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>1.55</v>
+        <v>1.635</v>
       </c>
       <c r="C3">
-        <v>215.0</v>
+        <v>10.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
-        <v>1.555</v>
+        <v>1.635</v>
       </c>
       <c r="C4">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B5">
-        <v>1.555</v>
+        <v>1.635</v>
       </c>
       <c r="C5">
-        <v>15.0</v>
+        <v>7.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B6">
-        <v>1.555</v>
+        <v>1.635</v>
       </c>
       <c r="C6">
-        <v>50.0</v>
+        <v>2.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>1.56</v>
+        <v>1.635</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>4.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B8">
-        <v>1.56</v>
+        <v>1.635</v>
       </c>
       <c r="C8">
-        <v>90.0</v>
+        <v>200.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="B9">
-        <v>1.56</v>
+        <v>1.62</v>
       </c>
       <c r="C9">
-        <v>10.0</v>
+        <v>47.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="B10">
-        <v>1.565</v>
+        <v>1.635</v>
       </c>
       <c r="C10">
-        <v>1900.0</v>
+        <v>5.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B11">
-        <v>1.565</v>
+        <v>1.62</v>
       </c>
       <c r="C11">
-        <v>100.0</v>
+        <v>385.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="B12">
-        <v>1.57</v>
+        <v>1.62</v>
       </c>
       <c r="C12">
-        <v>50.0</v>
+        <v>8.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="B13">
-        <v>1.57</v>
+        <v>1.62</v>
       </c>
       <c r="C13">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B14">
-        <v>1.57</v>
+        <v>1.635</v>
       </c>
       <c r="C14">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B15">
-        <v>1.57</v>
+        <v>1.63</v>
       </c>
       <c r="C15">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="B16">
-        <v>1.565</v>
+        <v>1.63</v>
       </c>
       <c r="C16">
-        <v>20.0</v>
+        <v>80.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B17">
-        <v>1.565</v>
+        <v>1.62</v>
       </c>
       <c r="C17">
-        <v>497.0</v>
+        <v>28.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="B18">
-        <v>1.565</v>
+        <v>1.62</v>
       </c>
       <c r="C18">
-        <v>30.0</v>
+        <v>172.0</v>
       </c>
       <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>18</v>
+      </c>
+      <c r="B19">
+        <v>1.62</v>
+      </c>
+      <c r="C19">
+        <v>28.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>18</v>
+      </c>
+      <c r="B20">
+        <v>1.62</v>
+      </c>
+      <c r="C20">
+        <v>2.0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>18</v>
+      </c>
+      <c r="B21">
+        <v>1.62</v>
+      </c>
+      <c r="C21">
+        <v>74.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>19</v>
+      </c>
+      <c r="B22">
+        <v>1.63</v>
+      </c>
+      <c r="C22">
+        <v>2.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>20</v>
+      </c>
+      <c r="B23">
+        <v>1.63</v>
+      </c>
+      <c r="C23">
+        <v>2.0</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>21</v>
+      </c>
+      <c r="B24">
+        <v>1.62</v>
+      </c>
+      <c r="C24">
+        <v>25.0</v>
+      </c>
+      <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>