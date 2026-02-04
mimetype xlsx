--- v2 (2026-01-10)
+++ v3 (2026-02-04)
@@ -12,116 +12,62 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
-  </si>
-[...52 lines deleted...]
-    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -436,392 +382,70 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D1"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
-      </c>
-[...320 lines deleted...]
-        <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">