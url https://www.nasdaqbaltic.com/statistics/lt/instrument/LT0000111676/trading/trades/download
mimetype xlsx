--- v3 (2026-02-04)
+++ v4 (2026-03-03)
@@ -12,62 +12,152 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="4">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
+  </si>
+  <si>
+    <t>15:42:04</t>
+  </si>
+  <si>
+    <t>AUTO</t>
+  </si>
+  <si>
+    <t>15:33:19</t>
+  </si>
+  <si>
+    <t>15:28:20</t>
+  </si>
+  <si>
+    <t>15:26:33</t>
+  </si>
+  <si>
+    <t>15:07:13</t>
+  </si>
+  <si>
+    <t>14:33:17</t>
+  </si>
+  <si>
+    <t>14:17:36</t>
+  </si>
+  <si>
+    <t>14:02:04</t>
+  </si>
+  <si>
+    <t>13:43:55</t>
+  </si>
+  <si>
+    <t>13:37:09</t>
+  </si>
+  <si>
+    <t>13:03:07</t>
+  </si>
+  <si>
+    <t>12:38:11</t>
+  </si>
+  <si>
+    <t>12:35:01</t>
+  </si>
+  <si>
+    <t>12:17:54</t>
+  </si>
+  <si>
+    <t>12:07:18</t>
+  </si>
+  <si>
+    <t>12:05:03</t>
+  </si>
+  <si>
+    <t>11:11:36</t>
+  </si>
+  <si>
+    <t>11:02:30</t>
+  </si>
+  <si>
+    <t>10:53:02</t>
+  </si>
+  <si>
+    <t>10:50:58</t>
+  </si>
+  <si>
+    <t>10:44:47</t>
+  </si>
+  <si>
+    <t>10:15:54</t>
+  </si>
+  <si>
+    <t>10:10:46</t>
+  </si>
+  <si>
+    <t>10:08:42</t>
+  </si>
+  <si>
+    <t>10:07:49</t>
+  </si>
+  <si>
+    <t>10:04:28</t>
+  </si>
+  <si>
+    <t>10:04:10</t>
+  </si>
+  <si>
+    <t>10:00:03</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AOD </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -382,70 +472,854 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D1"/>
+  <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
+      </c>
+    </row>
+    <row r="2" spans="1:4">
+      <c r="A2" t="s">
+        <v>4</v>
+      </c>
+      <c r="B2">
+        <v>1.6</v>
+      </c>
+      <c r="C2">
+        <v>25.0</v>
+      </c>
+      <c r="D2" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4">
+      <c r="A3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B3">
+        <v>1.59</v>
+      </c>
+      <c r="C3">
+        <v>36.0</v>
+      </c>
+      <c r="D3" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>7</v>
+      </c>
+      <c r="B4">
+        <v>1.59</v>
+      </c>
+      <c r="C4">
+        <v>350.0</v>
+      </c>
+      <c r="D4" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>8</v>
+      </c>
+      <c r="B5">
+        <v>1.59</v>
+      </c>
+      <c r="C5">
+        <v>222.0</v>
+      </c>
+      <c r="D5" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>9</v>
+      </c>
+      <c r="B6">
+        <v>1.59</v>
+      </c>
+      <c r="C6">
+        <v>255.0</v>
+      </c>
+      <c r="D6" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4">
+      <c r="A7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B7">
+        <v>1.6</v>
+      </c>
+      <c r="C7">
+        <v>62.0</v>
+      </c>
+      <c r="D7" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B8">
+        <v>1.6</v>
+      </c>
+      <c r="C8">
+        <v>10.0</v>
+      </c>
+      <c r="D8" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4">
+      <c r="A9" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9">
+        <v>1.6</v>
+      </c>
+      <c r="C9">
+        <v>45.0</v>
+      </c>
+      <c r="D9" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>13</v>
+      </c>
+      <c r="B10">
+        <v>1.59</v>
+      </c>
+      <c r="C10">
+        <v>10.0</v>
+      </c>
+      <c r="D10" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4">
+      <c r="A11" t="s">
+        <v>14</v>
+      </c>
+      <c r="B11">
+        <v>1.6</v>
+      </c>
+      <c r="C11">
+        <v>5.0</v>
+      </c>
+      <c r="D11" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4">
+      <c r="A12" t="s">
+        <v>15</v>
+      </c>
+      <c r="B12">
+        <v>1.6</v>
+      </c>
+      <c r="C12">
+        <v>250.0</v>
+      </c>
+      <c r="D12" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>16</v>
+      </c>
+      <c r="B13">
+        <v>1.6</v>
+      </c>
+      <c r="C13">
+        <v>10.0</v>
+      </c>
+      <c r="D13" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14">
+        <v>1.6</v>
+      </c>
+      <c r="C14">
+        <v>300.0</v>
+      </c>
+      <c r="D14" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>17</v>
+      </c>
+      <c r="B15">
+        <v>1.595</v>
+      </c>
+      <c r="C15">
+        <v>100.0</v>
+      </c>
+      <c r="D15" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>18</v>
+      </c>
+      <c r="B16">
+        <v>1.6</v>
+      </c>
+      <c r="C16">
+        <v>218.0</v>
+      </c>
+      <c r="D16" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>19</v>
+      </c>
+      <c r="B17">
+        <v>1.59</v>
+      </c>
+      <c r="C17">
+        <v>705.0</v>
+      </c>
+      <c r="D17" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>19</v>
+      </c>
+      <c r="B18">
+        <v>1.59</v>
+      </c>
+      <c r="C18">
+        <v>42.0</v>
+      </c>
+      <c r="D18" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>20</v>
+      </c>
+      <c r="B19">
+        <v>1.59</v>
+      </c>
+      <c r="C19">
+        <v>20.0</v>
+      </c>
+      <c r="D19" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>21</v>
+      </c>
+      <c r="B20">
+        <v>1.55</v>
+      </c>
+      <c r="C20">
+        <v>10.0</v>
+      </c>
+      <c r="D20" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>22</v>
+      </c>
+      <c r="B21">
+        <v>1.59</v>
+      </c>
+      <c r="C21">
+        <v>3.0</v>
+      </c>
+      <c r="D21" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4">
+      <c r="A22" t="s">
+        <v>23</v>
+      </c>
+      <c r="B22">
+        <v>1.54</v>
+      </c>
+      <c r="C22">
+        <v>340.0</v>
+      </c>
+      <c r="D22" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>24</v>
+      </c>
+      <c r="B23">
+        <v>1.54</v>
+      </c>
+      <c r="C23">
+        <v>500.0</v>
+      </c>
+      <c r="D23" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>25</v>
+      </c>
+      <c r="B24">
+        <v>1.54</v>
+      </c>
+      <c r="C24">
+        <v>4.0</v>
+      </c>
+      <c r="D24" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>25</v>
+      </c>
+      <c r="B25">
+        <v>1.54</v>
+      </c>
+      <c r="C25">
+        <v>10.0</v>
+      </c>
+      <c r="D25" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>26</v>
+      </c>
+      <c r="B26">
+        <v>1.495</v>
+      </c>
+      <c r="C26">
+        <v>49.0</v>
+      </c>
+      <c r="D26" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>26</v>
+      </c>
+      <c r="B27">
+        <v>1.5</v>
+      </c>
+      <c r="C27">
+        <v>1.0</v>
+      </c>
+      <c r="D27" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>26</v>
+      </c>
+      <c r="B28">
+        <v>1.5</v>
+      </c>
+      <c r="C28">
+        <v>650.0</v>
+      </c>
+      <c r="D28" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>26</v>
+      </c>
+      <c r="B29">
+        <v>1.51</v>
+      </c>
+      <c r="C29">
+        <v>40.0</v>
+      </c>
+      <c r="D29" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>26</v>
+      </c>
+      <c r="B30">
+        <v>1.51</v>
+      </c>
+      <c r="C30">
+        <v>10.0</v>
+      </c>
+      <c r="D30" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>27</v>
+      </c>
+      <c r="B31">
+        <v>1.55</v>
+      </c>
+      <c r="C31">
+        <v>150.0</v>
+      </c>
+      <c r="D31" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>28</v>
+      </c>
+      <c r="B32">
+        <v>1.59</v>
+      </c>
+      <c r="C32">
+        <v>150.0</v>
+      </c>
+      <c r="D32" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>28</v>
+      </c>
+      <c r="B33">
+        <v>1.59</v>
+      </c>
+      <c r="C33">
+        <v>85.0</v>
+      </c>
+      <c r="D33" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>29</v>
+      </c>
+      <c r="B34">
+        <v>1.595</v>
+      </c>
+      <c r="C34">
+        <v>150.0</v>
+      </c>
+      <c r="D34" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>30</v>
+      </c>
+      <c r="B35">
+        <v>1.6</v>
+      </c>
+      <c r="C35">
+        <v>50.0</v>
+      </c>
+      <c r="D35" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>30</v>
+      </c>
+      <c r="B36">
+        <v>1.6</v>
+      </c>
+      <c r="C36">
+        <v>5.0</v>
+      </c>
+      <c r="D36" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>31</v>
+      </c>
+      <c r="B37">
+        <v>1.6</v>
+      </c>
+      <c r="C37">
+        <v>90.0</v>
+      </c>
+      <c r="D37" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>32</v>
+      </c>
+      <c r="B38">
+        <v>1.6</v>
+      </c>
+      <c r="C38">
+        <v>488.0</v>
+      </c>
+      <c r="D38" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>32</v>
+      </c>
+      <c r="B39">
+        <v>1.6</v>
+      </c>
+      <c r="C39">
+        <v>13.0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>32</v>
+      </c>
+      <c r="B40">
+        <v>1.6</v>
+      </c>
+      <c r="C40">
+        <v>100.0</v>
+      </c>
+      <c r="D40" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>32</v>
+      </c>
+      <c r="B41">
+        <v>1.6</v>
+      </c>
+      <c r="C41">
+        <v>100.0</v>
+      </c>
+      <c r="D41" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>32</v>
+      </c>
+      <c r="B42">
+        <v>1.6</v>
+      </c>
+      <c r="C42">
+        <v>100.0</v>
+      </c>
+      <c r="D42" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>32</v>
+      </c>
+      <c r="B43">
+        <v>1.6</v>
+      </c>
+      <c r="C43">
+        <v>100.0</v>
+      </c>
+      <c r="D43" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>32</v>
+      </c>
+      <c r="B44">
+        <v>1.6</v>
+      </c>
+      <c r="C44">
+        <v>50.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>32</v>
+      </c>
+      <c r="B45">
+        <v>1.6</v>
+      </c>
+      <c r="C45">
+        <v>500.0</v>
+      </c>
+      <c r="D45" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>32</v>
+      </c>
+      <c r="B46">
+        <v>1.6</v>
+      </c>
+      <c r="C46">
+        <v>549.0</v>
+      </c>
+      <c r="D46" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>32</v>
+      </c>
+      <c r="B47">
+        <v>1.6</v>
+      </c>
+      <c r="C47">
+        <v>100.0</v>
+      </c>
+      <c r="D47" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>32</v>
+      </c>
+      <c r="B48">
+        <v>1.6</v>
+      </c>
+      <c r="C48">
+        <v>200.0</v>
+      </c>
+      <c r="D48" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>32</v>
+      </c>
+      <c r="B49">
+        <v>1.6</v>
+      </c>
+      <c r="C49">
+        <v>100.0</v>
+      </c>
+      <c r="D49" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>32</v>
+      </c>
+      <c r="B50">
+        <v>1.6</v>
+      </c>
+      <c r="C50">
+        <v>51.0</v>
+      </c>
+      <c r="D50" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>32</v>
+      </c>
+      <c r="B51">
+        <v>1.6</v>
+      </c>
+      <c r="C51">
+        <v>49.0</v>
+      </c>
+      <c r="D51" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>32</v>
+      </c>
+      <c r="B52">
+        <v>1.6</v>
+      </c>
+      <c r="C52">
+        <v>100.0</v>
+      </c>
+      <c r="D52" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>32</v>
+      </c>
+      <c r="B53">
+        <v>1.6</v>
+      </c>
+      <c r="C53">
+        <v>51.0</v>
+      </c>
+      <c r="D53" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>32</v>
+      </c>
+      <c r="B54">
+        <v>1.6</v>
+      </c>
+      <c r="C54">
+        <v>25.0</v>
+      </c>
+      <c r="D54" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>32</v>
+      </c>
+      <c r="B55">
+        <v>1.6</v>
+      </c>
+      <c r="C55">
+        <v>6.0</v>
+      </c>
+      <c r="D55" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>32</v>
+      </c>
+      <c r="B56">
+        <v>1.6</v>
+      </c>
+      <c r="C56">
+        <v>10.0</v>
+      </c>
+      <c r="D56" t="s">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>32</v>
+      </c>
+      <c r="B57">
+        <v>1.6</v>
+      </c>
+      <c r="C57">
+        <v>8.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>33</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">