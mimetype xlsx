--- v0 (2025-12-06)
+++ v1 (2025-12-14)
@@ -12,1037 +12,413 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="330">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:54:43</t>
+    <t>15:53:43</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:53:10</t>
-[...449 lines deleted...]
-    <t>11:31:01</t>
+    <t>15:52:06</t>
+  </si>
+  <si>
+    <t>15:42:41</t>
+  </si>
+  <si>
+    <t>15:34:45</t>
+  </si>
+  <si>
+    <t>15:30:55</t>
+  </si>
+  <si>
+    <t>15:28:29</t>
+  </si>
+  <si>
+    <t>15:25:34</t>
+  </si>
+  <si>
+    <t>15:21:15</t>
+  </si>
+  <si>
+    <t>15:20:49</t>
+  </si>
+  <si>
+    <t>15:02:43</t>
+  </si>
+  <si>
+    <t>15:00:09</t>
+  </si>
+  <si>
+    <t>14:58:33</t>
+  </si>
+  <si>
+    <t>14:55:15</t>
+  </si>
+  <si>
+    <t>14:53:54</t>
+  </si>
+  <si>
+    <t>14:52:02</t>
+  </si>
+  <si>
+    <t>14:49:51</t>
+  </si>
+  <si>
+    <t>14:48:07</t>
+  </si>
+  <si>
+    <t>14:43:47</t>
+  </si>
+  <si>
+    <t>14:34:27</t>
+  </si>
+  <si>
+    <t>14:14:16</t>
+  </si>
+  <si>
+    <t>14:14:11</t>
+  </si>
+  <si>
+    <t>14:14:07</t>
+  </si>
+  <si>
+    <t>14:13:07</t>
+  </si>
+  <si>
+    <t>14:11:49</t>
+  </si>
+  <si>
+    <t>14:09:32</t>
+  </si>
+  <si>
+    <t>14:07:19</t>
+  </si>
+  <si>
+    <t>14:01:27</t>
+  </si>
+  <si>
+    <t>14:00:21</t>
+  </si>
+  <si>
+    <t>13:57:41</t>
+  </si>
+  <si>
+    <t>13:56:52</t>
+  </si>
+  <si>
+    <t>13:52:34</t>
+  </si>
+  <si>
+    <t>13:49:32</t>
+  </si>
+  <si>
+    <t>13:49:27</t>
+  </si>
+  <si>
+    <t>13:42:36</t>
+  </si>
+  <si>
+    <t>13:26:03</t>
+  </si>
+  <si>
+    <t>13:22:37</t>
+  </si>
+  <si>
+    <t>13:15:40</t>
+  </si>
+  <si>
+    <t>13:14:07</t>
+  </si>
+  <si>
+    <t>13:03:15</t>
+  </si>
+  <si>
+    <t>12:51:41</t>
+  </si>
+  <si>
+    <t>12:51:21</t>
+  </si>
+  <si>
+    <t>12:51:10</t>
+  </si>
+  <si>
+    <t>12:50:47</t>
+  </si>
+  <si>
+    <t>12:49:51</t>
+  </si>
+  <si>
+    <t>12:49:48</t>
+  </si>
+  <si>
+    <t>12:47:12</t>
+  </si>
+  <si>
+    <t>12:39:19</t>
+  </si>
+  <si>
+    <t>12:37:55</t>
+  </si>
+  <si>
+    <t>12:37:34</t>
+  </si>
+  <si>
+    <t>12:35:28</t>
+  </si>
+  <si>
+    <t>12:33:38</t>
+  </si>
+  <si>
+    <t>12:33:34</t>
+  </si>
+  <si>
+    <t>12:32:56</t>
+  </si>
+  <si>
+    <t>12:29:34</t>
+  </si>
+  <si>
+    <t>12:25:59</t>
+  </si>
+  <si>
+    <t>12:19:17</t>
+  </si>
+  <si>
+    <t>12:19:11</t>
+  </si>
+  <si>
+    <t>11:54:20</t>
+  </si>
+  <si>
+    <t>11:53:17</t>
+  </si>
+  <si>
+    <t>11:49:15</t>
+  </si>
+  <si>
+    <t>11:48:28</t>
+  </si>
+  <si>
+    <t>11:48:03</t>
+  </si>
+  <si>
+    <t>11:43:53</t>
+  </si>
+  <si>
+    <t>11:39:36</t>
+  </si>
+  <si>
+    <t>11:36:55</t>
+  </si>
+  <si>
+    <t>11:31:29</t>
+  </si>
+  <si>
+    <t>11:30:03</t>
   </si>
   <si>
     <t>11:30:00</t>
   </si>
   <si>
-    <t>11:29:36</t>
-[...158 lines deleted...]
-    <t>10:44:23</t>
+    <t>11:29:54</t>
+  </si>
+  <si>
+    <t>11:28:48</t>
+  </si>
+  <si>
+    <t>11:27:17</t>
+  </si>
+  <si>
+    <t>11:26:53</t>
+  </si>
+  <si>
+    <t>11:18:58</t>
+  </si>
+  <si>
+    <t>11:13:34</t>
+  </si>
+  <si>
+    <t>11:10:47</t>
+  </si>
+  <si>
+    <t>11:00:36</t>
+  </si>
+  <si>
+    <t>11:00:13</t>
+  </si>
+  <si>
+    <t>10:59:14</t>
+  </si>
+  <si>
+    <t>10:55:43</t>
+  </si>
+  <si>
+    <t>10:54:47</t>
+  </si>
+  <si>
+    <t>10:54:14</t>
+  </si>
+  <si>
+    <t>10:51:02</t>
+  </si>
+  <si>
+    <t>10:50:27</t>
+  </si>
+  <si>
+    <t>10:50:09</t>
+  </si>
+  <si>
+    <t>10:49:45</t>
+  </si>
+  <si>
+    <t>10:49:24</t>
+  </si>
+  <si>
+    <t>10:47:36</t>
+  </si>
+  <si>
+    <t>10:45:41</t>
   </si>
   <si>
     <t>10:44:07</t>
   </si>
   <si>
-    <t>10:44:05</t>
-[...11 lines deleted...]
-    <t>10:41:50</t>
+    <t>10:43:40</t>
+  </si>
+  <si>
+    <t>10:43:33</t>
+  </si>
+  <si>
+    <t>10:41:46</t>
   </si>
   <si>
     <t>10:41:40</t>
   </si>
   <si>
-    <t>10:41:20</t>
-[...77 lines deleted...]
-    <t>10:35:17</t>
+    <t>10:41:23</t>
+  </si>
+  <si>
+    <t>10:41:12</t>
+  </si>
+  <si>
+    <t>10:37:03</t>
+  </si>
+  <si>
+    <t>10:36:51</t>
+  </si>
+  <si>
+    <t>10:36:11</t>
   </si>
   <si>
     <t>10:34:59</t>
   </si>
   <si>
-    <t>10:34:44</t>
-[...242 lines deleted...]
-    <t>10:02:04</t>
+    <t>10:32:11</t>
+  </si>
+  <si>
+    <t>10:26:41</t>
+  </si>
+  <si>
+    <t>10:26:23</t>
+  </si>
+  <si>
+    <t>10:23:06</t>
+  </si>
+  <si>
+    <t>10:19:38</t>
+  </si>
+  <si>
+    <t>10:18:22</t>
+  </si>
+  <si>
+    <t>10:17:57</t>
+  </si>
+  <si>
+    <t>10:17:45</t>
+  </si>
+  <si>
+    <t>10:17:10</t>
+  </si>
+  <si>
+    <t>10:16:52</t>
+  </si>
+  <si>
+    <t>10:14:11</t>
+  </si>
+  <si>
+    <t>10:11:07</t>
+  </si>
+  <si>
+    <t>10:10:30</t>
+  </si>
+  <si>
+    <t>10:09:50</t>
+  </si>
+  <si>
+    <t>10:09:37</t>
+  </si>
+  <si>
+    <t>10:04:23</t>
+  </si>
+  <si>
+    <t>10:03:32</t>
   </si>
   <si>
     <t>10:00:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1360,8399 +736,2981 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D596"/>
+  <dimension ref="A1:D209"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
         <v>0.58</v>
       </c>
       <c r="C2">
-        <v>333.0</v>
+        <v>10.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B3">
-        <v>0.579</v>
+        <v>0.58</v>
       </c>
       <c r="C3">
-        <v>67.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B4">
         <v>0.579</v>
       </c>
       <c r="C4">
-        <v>500.0</v>
+        <v>200.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5">
         <v>0.579</v>
       </c>
       <c r="C5">
-        <v>50.0</v>
+        <v>7500.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6">
         <v>0.579</v>
       </c>
       <c r="C6">
-        <v>100.0</v>
+        <v>8000.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B7">
         <v>0.579</v>
       </c>
       <c r="C7">
-        <v>30.0</v>
+        <v>9900.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B8">
         <v>0.579</v>
       </c>
       <c r="C8">
-        <v>13.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B9">
         <v>0.579</v>
       </c>
       <c r="C9">
-        <v>200.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B10">
         <v>0.579</v>
       </c>
       <c r="C10">
-        <v>174.0</v>
+        <v>5.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B11">
         <v>0.579</v>
       </c>
       <c r="C11">
-        <v>700.0</v>
+        <v>5.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B12">
         <v>0.579</v>
       </c>
       <c r="C12">
-        <v>310.0</v>
+        <v>5.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B13">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C13">
-        <v>100.0</v>
+        <v>5.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B14">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C14">
-        <v>27.0</v>
+        <v>5.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B15">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C15">
-        <v>223.0</v>
+        <v>757.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B16">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C16">
-        <v>2708.0</v>
+        <v>80.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="B17">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C17">
-        <v>500.0</v>
+        <v>6.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>11</v>
       </c>
       <c r="B18">
         <v>0.579</v>
       </c>
       <c r="C18">
-        <v>690.0</v>
+        <v>100.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B19">
         <v>0.579</v>
       </c>
       <c r="C19">
-        <v>300.0</v>
+        <v>40.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B20">
         <v>0.579</v>
       </c>
       <c r="C20">
-        <v>10.0</v>
+        <v>6.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B21">
         <v>0.579</v>
       </c>
       <c r="C21">
-        <v>717.0</v>
+        <v>11.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B22">
         <v>0.579</v>
       </c>
       <c r="C22">
-        <v>1000.0</v>
+        <v>89.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>21</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>0.578</v>
+        <v>0.579</v>
       </c>
       <c r="C23">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>22</v>
+        <v>16</v>
       </c>
       <c r="B24">
         <v>0.579</v>
       </c>
       <c r="C24">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>23</v>
+        <v>17</v>
       </c>
       <c r="B25">
         <v>0.579</v>
       </c>
       <c r="C25">
-        <v>1000.0</v>
+        <v>44.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B26">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C26">
-        <v>29.0</v>
+        <v>14230.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B27">
-        <v>0.579</v>
+        <v>0.577</v>
       </c>
       <c r="C27">
-        <v>50.0</v>
+        <v>239.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B28">
-        <v>0.579</v>
+        <v>0.577</v>
       </c>
       <c r="C28">
-        <v>4.0</v>
+        <v>11.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B29">
         <v>0.577</v>
       </c>
       <c r="C29">
-        <v>5663.0</v>
+        <v>20.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="B30">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C30">
-        <v>5032.0</v>
+        <v>25.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B31">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C31">
-        <v>57.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="B32">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C32">
-        <v>1000.0</v>
+        <v>4000.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B33">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C33">
-        <v>226.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B34">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C34">
-        <v>15.0</v>
+        <v>5.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B35">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C35">
-        <v>1000.0</v>
+        <v>20.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>27</v>
       </c>
       <c r="B36">
-        <v>0.577</v>
+        <v>0.578</v>
       </c>
       <c r="C36">
-        <v>8.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B37">
         <v>0.578</v>
       </c>
       <c r="C37">
-        <v>2000.0</v>
+        <v>22.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="B38">
         <v>0.578</v>
       </c>
       <c r="C38">
-        <v>5000.0</v>
+        <v>8.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B39">
         <v>0.578</v>
       </c>
       <c r="C39">
-        <v>10.0</v>
+        <v>25.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B40">
         <v>0.578</v>
       </c>
       <c r="C40">
-        <v>1500.0</v>
+        <v>200.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B41">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C41">
-        <v>2000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B42">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C42">
-        <v>22.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B43">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C43">
-        <v>3000.0</v>
+        <v>8.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B44">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C44">
-        <v>50.0</v>
+        <v>1050.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B45">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C45">
-        <v>200.0</v>
+        <v>3.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B46">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C46">
-        <v>220.0</v>
+        <v>8.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B47">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C47">
-        <v>600.0</v>
+        <v>10.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B48">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C48">
-        <v>12.0</v>
+        <v>78.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B49">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C49">
-        <v>10.0</v>
+        <v>3.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B50">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C50">
-        <v>172.0</v>
+        <v>23.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B51">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C51">
-        <v>36.0</v>
+        <v>562.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B52">
-        <v>0.579</v>
+        <v>0.578</v>
       </c>
       <c r="C52">
-        <v>31.0</v>
+        <v>1220.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B53">
         <v>0.579</v>
       </c>
       <c r="C53">
-        <v>60.0</v>
+        <v>242.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B54">
         <v>0.579</v>
       </c>
       <c r="C54">
-        <v>282.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B55">
         <v>0.579</v>
       </c>
       <c r="C55">
-        <v>50.0</v>
+        <v>58.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>27</v>
+        <v>32</v>
       </c>
       <c r="B56">
         <v>0.579</v>
       </c>
       <c r="C56">
-        <v>15.0</v>
+        <v>10.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="B57">
         <v>0.579</v>
       </c>
       <c r="C57">
-        <v>400.0</v>
+        <v>6.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="B58">
         <v>0.579</v>
       </c>
       <c r="C58">
-        <v>62.0</v>
+        <v>6.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B59">
         <v>0.579</v>
       </c>
       <c r="C59">
-        <v>78.0</v>
+        <v>250.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>27</v>
+        <v>36</v>
       </c>
       <c r="B60">
         <v>0.579</v>
       </c>
       <c r="C60">
-        <v>1000.0</v>
+        <v>400.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>27</v>
+        <v>37</v>
       </c>
       <c r="B61">
         <v>0.579</v>
       </c>
       <c r="C61">
-        <v>189.0</v>
+        <v>300.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="B62">
-        <v>0.58</v>
+        <v>0.578</v>
       </c>
       <c r="C62">
-        <v>2000.0</v>
+        <v>500.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="B63">
-        <v>0.58</v>
+        <v>0.578</v>
       </c>
       <c r="C63">
-        <v>10.0</v>
+        <v>280.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="B64">
-        <v>0.58</v>
+        <v>0.578</v>
       </c>
       <c r="C64">
-        <v>142.0</v>
+        <v>260.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>29</v>
+        <v>40</v>
       </c>
       <c r="B65">
-        <v>0.581</v>
+        <v>0.578</v>
       </c>
       <c r="C65">
-        <v>998.0</v>
+        <v>540.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>29</v>
+        <v>41</v>
       </c>
       <c r="B66">
-        <v>0.581</v>
+        <v>0.578</v>
       </c>
       <c r="C66">
-        <v>1002.0</v>
+        <v>200.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="B67">
-        <v>0.58</v>
+        <v>0.578</v>
       </c>
       <c r="C67">
-        <v>858.0</v>
+        <v>200.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B68">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C68">
-        <v>369.0</v>
+        <v>470.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="B69">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C69">
-        <v>80.0</v>
+        <v>739.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="B70">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C70">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>33</v>
+        <v>45</v>
       </c>
       <c r="B71">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C71">
-        <v>4.0</v>
+        <v>100.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>34</v>
+        <v>46</v>
       </c>
       <c r="B72">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C72">
-        <v>2500.0</v>
+        <v>6.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="B73">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C73">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>36</v>
+        <v>48</v>
       </c>
       <c r="B74">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C74">
-        <v>10.0</v>
+        <v>144.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>37</v>
+        <v>49</v>
       </c>
       <c r="B75">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C75">
-        <v>100.0</v>
+        <v>500.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>38</v>
+        <v>50</v>
       </c>
       <c r="B76">
         <v>0.58</v>
       </c>
       <c r="C76">
-        <v>853.0</v>
+        <v>2.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="B77">
         <v>0.58</v>
       </c>
       <c r="C77">
-        <v>160.0</v>
+        <v>500.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>38</v>
+        <v>52</v>
       </c>
       <c r="B78">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C78">
-        <v>1987.0</v>
+        <v>5.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>39</v>
+        <v>53</v>
       </c>
       <c r="B79">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C79">
-        <v>696.0</v>
+        <v>5.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>40</v>
+        <v>54</v>
       </c>
       <c r="B80">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C80">
-        <v>200.0</v>
+        <v>1889.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>41</v>
+        <v>54</v>
       </c>
       <c r="B81">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C81">
-        <v>25.0</v>
+        <v>111.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>42</v>
+        <v>55</v>
       </c>
       <c r="B82">
-        <v>0.581</v>
+        <v>0.578</v>
       </c>
       <c r="C82">
-        <v>30.0</v>
+        <v>115.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="B83">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C83">
-        <v>17.0</v>
+        <v>2.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>44</v>
+        <v>57</v>
       </c>
       <c r="B84">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C84">
-        <v>300.0</v>
+        <v>10.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="B85">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C85">
-        <v>1000.0</v>
+        <v>20.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>46</v>
+        <v>57</v>
       </c>
       <c r="B86">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C86">
-        <v>2000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="B87">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C87">
-        <v>500.0</v>
+        <v>18.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B88">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C88">
-        <v>100.0</v>
+        <v>6.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B89">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C89">
-        <v>28.0</v>
+        <v>6.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B90">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C90">
-        <v>50.0</v>
+        <v>6.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B91">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C91">
-        <v>1000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B92">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C92">
-        <v>20.0</v>
+        <v>300.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>48</v>
+        <v>57</v>
       </c>
       <c r="B93">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C93">
-        <v>2000.0</v>
+        <v>1411.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B94">
         <v>0.58</v>
       </c>
       <c r="C94">
-        <v>696.0</v>
+        <v>274.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>48</v>
+        <v>58</v>
       </c>
       <c r="B95">
         <v>0.58</v>
       </c>
       <c r="C95">
-        <v>4100.0</v>
+        <v>726.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="B96">
         <v>0.58</v>
       </c>
       <c r="C96">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>48</v>
+        <v>60</v>
       </c>
       <c r="B97">
         <v>0.58</v>
       </c>
       <c r="C97">
-        <v>1000.0</v>
+        <v>43.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>48</v>
+        <v>61</v>
       </c>
       <c r="B98">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C98">
-        <v>1.0</v>
+        <v>137.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B99">
-        <v>0.58</v>
+        <v>0.579</v>
       </c>
       <c r="C99">
-        <v>200.0</v>
+        <v>767.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B100">
         <v>0.58</v>
       </c>
       <c r="C100">
-        <v>1001.0</v>
+        <v>181.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B101">
         <v>0.58</v>
       </c>
       <c r="C101">
-        <v>165.0</v>
+        <v>500.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>48</v>
+        <v>63</v>
       </c>
       <c r="B102">
         <v>0.58</v>
       </c>
       <c r="C102">
-        <v>1.0</v>
+        <v>179.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>48</v>
+        <v>64</v>
       </c>
       <c r="B103">
         <v>0.58</v>
       </c>
       <c r="C103">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>48</v>
+        <v>65</v>
       </c>
       <c r="B104">
         <v>0.58</v>
       </c>
       <c r="C104">
-        <v>73.0</v>
+        <v>150.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>48</v>
+        <v>66</v>
       </c>
       <c r="B105">
         <v>0.58</v>
       </c>
       <c r="C105">
-        <v>1000.0</v>
+        <v>34.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>48</v>
+        <v>67</v>
       </c>
       <c r="B106">
         <v>0.58</v>
       </c>
       <c r="C106">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>48</v>
+        <v>68</v>
       </c>
       <c r="B107">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C107">
-        <v>110.0</v>
+        <v>44.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>48</v>
+        <v>69</v>
       </c>
       <c r="B108">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C108">
-        <v>1330.0</v>
+        <v>270.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>48</v>
+        <v>70</v>
       </c>
       <c r="B109">
-        <v>0.581</v>
+        <v>0.579</v>
       </c>
       <c r="C109">
-        <v>1000.0</v>
+        <v>2600.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>48</v>
+        <v>71</v>
       </c>
       <c r="B110">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C110">
-        <v>2000.0</v>
+        <v>30.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>48</v>
+        <v>72</v>
       </c>
       <c r="B111">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C111">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>48</v>
+        <v>73</v>
       </c>
       <c r="B112">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C112">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>48</v>
+        <v>74</v>
       </c>
       <c r="B113">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C113">
-        <v>90.0</v>
+        <v>1.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>48</v>
+        <v>75</v>
       </c>
       <c r="B114">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C114">
-        <v>500.0</v>
+        <v>20.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>48</v>
+        <v>76</v>
       </c>
       <c r="B115">
-        <v>0.581</v>
+        <v>0.58</v>
       </c>
       <c r="C115">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>48</v>
+        <v>77</v>
       </c>
       <c r="B116">
         <v>0.581</v>
       </c>
       <c r="C116">
-        <v>4.0</v>
+        <v>29.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>49</v>
+        <v>78</v>
       </c>
       <c r="B117">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C117">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>50</v>
+        <v>79</v>
       </c>
       <c r="B118">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C118">
-        <v>1.0</v>
+        <v>85.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>51</v>
+        <v>79</v>
       </c>
       <c r="B119">
-        <v>0.582</v>
+        <v>0.579</v>
       </c>
       <c r="C119">
-        <v>200.0</v>
+        <v>6.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B120">
-        <v>0.582</v>
+        <v>0.579</v>
       </c>
       <c r="C120">
-        <v>2000.0</v>
+        <v>6.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B121">
-        <v>0.582</v>
+        <v>0.579</v>
       </c>
       <c r="C121">
-        <v>3000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B122">
-        <v>0.582</v>
+        <v>0.579</v>
       </c>
       <c r="C122">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>52</v>
+        <v>79</v>
       </c>
       <c r="B123">
-        <v>0.582</v>
+        <v>0.579</v>
       </c>
       <c r="C123">
-        <v>1598.0</v>
+        <v>643.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>53</v>
+        <v>80</v>
       </c>
       <c r="B124">
-        <v>0.582</v>
+        <v>0.581</v>
       </c>
       <c r="C124">
-        <v>3.0</v>
+        <v>4.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>54</v>
+        <v>81</v>
       </c>
       <c r="B125">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C125">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>55</v>
+        <v>82</v>
       </c>
       <c r="B126">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C126">
-        <v>40.0</v>
+        <v>13.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>55</v>
+        <v>83</v>
       </c>
       <c r="B127">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C127">
-        <v>1164.0</v>
+        <v>1.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>56</v>
+        <v>84</v>
       </c>
       <c r="B128">
-        <v>0.584</v>
+        <v>0.581</v>
       </c>
       <c r="C128">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>57</v>
+        <v>85</v>
       </c>
       <c r="B129">
-        <v>0.584</v>
+        <v>0.581</v>
       </c>
       <c r="C129">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>58</v>
+        <v>86</v>
       </c>
       <c r="B130">
-        <v>0.584</v>
+        <v>0.58</v>
       </c>
       <c r="C130">
-        <v>50.0</v>
+        <v>39.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>59</v>
+        <v>87</v>
       </c>
       <c r="B131">
-        <v>0.584</v>
+        <v>0.58</v>
       </c>
       <c r="C131">
-        <v>30.0</v>
+        <v>103.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>60</v>
+        <v>88</v>
       </c>
       <c r="B132">
-        <v>0.584</v>
+        <v>0.579</v>
       </c>
       <c r="C132">
-        <v>40.0</v>
+        <v>500.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>61</v>
+        <v>89</v>
       </c>
       <c r="B133">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C133">
-        <v>1836.0</v>
+        <v>250.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>62</v>
+        <v>90</v>
       </c>
       <c r="B134">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C134">
-        <v>160.0</v>
+        <v>3.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>63</v>
+        <v>91</v>
       </c>
       <c r="B135">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C135">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>64</v>
+        <v>91</v>
       </c>
       <c r="B136">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C136">
-        <v>1.0</v>
+        <v>1001.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="B137">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C137">
-        <v>1.0</v>
+        <v>406.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>65</v>
+        <v>91</v>
       </c>
       <c r="B138">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C138">
-        <v>1.0</v>
+        <v>3098.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>66</v>
+        <v>92</v>
       </c>
       <c r="B139">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C139">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>67</v>
+        <v>93</v>
       </c>
       <c r="B140">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C140">
-        <v>1.0</v>
+        <v>80.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>68</v>
+        <v>94</v>
       </c>
       <c r="B141">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C141">
-        <v>1.0</v>
+        <v>11.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>69</v>
+        <v>95</v>
       </c>
       <c r="B142">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C142">
         <v>1.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>70</v>
+        <v>96</v>
       </c>
       <c r="B143">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C143">
-        <v>1.0</v>
+        <v>882.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>71</v>
+        <v>96</v>
       </c>
       <c r="B144">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C144">
-        <v>1.0</v>
+        <v>118.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>72</v>
+        <v>97</v>
       </c>
       <c r="B145">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C145">
-        <v>1.0</v>
+        <v>85.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>73</v>
+        <v>98</v>
       </c>
       <c r="B146">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C146">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>73</v>
+        <v>99</v>
       </c>
       <c r="B147">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C147">
-        <v>554.0</v>
+        <v>100.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>74</v>
+        <v>100</v>
       </c>
       <c r="B148">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C148">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>75</v>
+        <v>101</v>
       </c>
       <c r="B149">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C149">
-        <v>1144.0</v>
+        <v>793.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>75</v>
+        <v>102</v>
       </c>
       <c r="B150">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C150">
-        <v>11.0</v>
+        <v>100.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>75</v>
+        <v>103</v>
       </c>
       <c r="B151">
-        <v>0.583</v>
+        <v>0.581</v>
       </c>
       <c r="C151">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="B152">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C152">
         <v>500.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>75</v>
+        <v>104</v>
       </c>
       <c r="B153">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C153">
-        <v>325.0</v>
+        <v>774.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>76</v>
+        <v>104</v>
       </c>
       <c r="B154">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C154">
-        <v>2.0</v>
+        <v>548.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>77</v>
+        <v>105</v>
       </c>
       <c r="B155">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C155">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>78</v>
+        <v>106</v>
       </c>
       <c r="B156">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C156">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>79</v>
+        <v>107</v>
       </c>
       <c r="B157">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C157">
-        <v>2.0</v>
+        <v>78.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>80</v>
+        <v>108</v>
       </c>
       <c r="B158">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C158">
-        <v>2.0</v>
+        <v>274.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>81</v>
+        <v>108</v>
       </c>
       <c r="B159">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C159">
-        <v>2.0</v>
+        <v>126.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>82</v>
+        <v>109</v>
       </c>
       <c r="B160">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C160">
-        <v>2.0</v>
+        <v>250.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>83</v>
+        <v>110</v>
       </c>
       <c r="B161">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C161">
-        <v>2.0</v>
+        <v>57.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>84</v>
+        <v>111</v>
       </c>
       <c r="B162">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C162">
-        <v>2.0</v>
+        <v>111.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>85</v>
+        <v>112</v>
       </c>
       <c r="B163">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C163">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>86</v>
+        <v>113</v>
       </c>
       <c r="B164">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C164">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>87</v>
+        <v>114</v>
       </c>
       <c r="B165">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C165">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>88</v>
+        <v>115</v>
       </c>
       <c r="B166">
-        <v>0.583</v>
+        <v>0.579</v>
       </c>
       <c r="C166">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>89</v>
+        <v>116</v>
       </c>
       <c r="B167">
-        <v>0.583</v>
+        <v>0.578</v>
       </c>
       <c r="C167">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>90</v>
+        <v>116</v>
       </c>
       <c r="B168">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C168">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>91</v>
+        <v>116</v>
       </c>
       <c r="B169">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C169">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>92</v>
+        <v>116</v>
       </c>
       <c r="B170">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C170">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>93</v>
+        <v>116</v>
       </c>
       <c r="B171">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C171">
-        <v>120.0</v>
+        <v>22.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="B172">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C172">
-        <v>10.0</v>
+        <v>8.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="B173">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C173">
-        <v>500.0</v>
+        <v>50.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>96</v>
+        <v>116</v>
       </c>
       <c r="B174">
-        <v>0.583</v>
+        <v>0.578</v>
       </c>
       <c r="C174">
-        <v>51.0</v>
+        <v>1.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>97</v>
+        <v>116</v>
       </c>
       <c r="B175">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C175">
-        <v>50.0</v>
+        <v>88.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>98</v>
+        <v>116</v>
       </c>
       <c r="B176">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C176">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>99</v>
+        <v>116</v>
       </c>
       <c r="B177">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C177">
-        <v>200.0</v>
+        <v>39.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>100</v>
+        <v>116</v>
       </c>
       <c r="B178">
-        <v>0.584</v>
+        <v>0.578</v>
       </c>
       <c r="C178">
-        <v>100.0</v>
+        <v>52.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>101</v>
+        <v>117</v>
       </c>
       <c r="B179">
-        <v>0.584</v>
+        <v>0.579</v>
       </c>
       <c r="C179">
-        <v>10.0</v>
+        <v>30.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="B180">
-        <v>0.584</v>
+        <v>0.579</v>
       </c>
       <c r="C180">
-        <v>150.0</v>
+        <v>2.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>103</v>
+        <v>118</v>
       </c>
       <c r="B181">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C181">
-        <v>300.0</v>
+        <v>232.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>104</v>
+        <v>119</v>
       </c>
       <c r="B182">
-        <v>0.584</v>
+        <v>0.58</v>
       </c>
       <c r="C182">
-        <v>53.0</v>
+        <v>3.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>105</v>
+        <v>120</v>
       </c>
       <c r="B183">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C183">
-        <v>151.0</v>
+        <v>1.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>106</v>
+        <v>121</v>
       </c>
       <c r="B184">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C184">
-        <v>250.0</v>
+        <v>670.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>107</v>
+        <v>121</v>
       </c>
       <c r="B185">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C185">
-        <v>956.0</v>
+        <v>350.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="B186">
-        <v>0.583</v>
+        <v>0.58</v>
       </c>
       <c r="C186">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>109</v>
+        <v>121</v>
       </c>
       <c r="B187">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C187">
-        <v>1000.0</v>
+        <v>8518.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B188">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C188">
-        <v>399.0</v>
+        <v>300.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B189">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C189">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B190">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C190">
-        <v>2.0</v>
+        <v>136.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B191">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C191">
-        <v>2.0</v>
+        <v>4000.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B192">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C192">
-        <v>2.0</v>
+        <v>40.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B193">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C193">
-        <v>2.0</v>
+        <v>500.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B194">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C194">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B195">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C195">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B196">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C196">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B197">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C197">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B198">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C198">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B199">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C199">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B200">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C200">
-        <v>10.0</v>
+        <v>481.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B201">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C201">
-        <v>1000.0</v>
+        <v>670.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B202">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C202">
-        <v>2.0</v>
+        <v>300.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B203">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C203">
-        <v>2.0</v>
+        <v>29.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B204">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C204">
-        <v>2.0</v>
+        <v>171.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B205">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C205">
-        <v>2.0</v>
+        <v>329.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B206">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C206">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B207">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C207">
-        <v>2.0</v>
+        <v>170.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B208">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C208">
-        <v>2.0</v>
+        <v>30.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>110</v>
+        <v>121</v>
       </c>
       <c r="B209">
-        <v>0.582</v>
+        <v>0.58</v>
       </c>
       <c r="C209">
-        <v>956.0</v>
+        <v>70.0</v>
       </c>
       <c r="D209" t="s">
-        <v>5</v>
-[...5416 lines deleted...]
-      <c r="D596" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>