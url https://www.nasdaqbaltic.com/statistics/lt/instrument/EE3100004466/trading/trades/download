--- v1 (2025-12-14)
+++ v2 (2026-01-11)
@@ -12,413 +12,656 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="122">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:53:43</t>
+    <t>15:59:34</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:52:06</t>
-[...341 lines deleted...]
-    <t>10:03:32</t>
+    <t>15:54:35</t>
+  </si>
+  <si>
+    <t>15:53:47</t>
+  </si>
+  <si>
+    <t>15:53:24</t>
+  </si>
+  <si>
+    <t>15:53:00</t>
+  </si>
+  <si>
+    <t>15:51:45</t>
+  </si>
+  <si>
+    <t>15:51:17</t>
+  </si>
+  <si>
+    <t>15:50:17</t>
+  </si>
+  <si>
+    <t>15:49:41</t>
+  </si>
+  <si>
+    <t>15:48:56</t>
+  </si>
+  <si>
+    <t>15:48:05</t>
+  </si>
+  <si>
+    <t>15:47:16</t>
+  </si>
+  <si>
+    <t>15:46:31</t>
+  </si>
+  <si>
+    <t>15:45:36</t>
+  </si>
+  <si>
+    <t>15:44:41</t>
+  </si>
+  <si>
+    <t>15:43:50</t>
+  </si>
+  <si>
+    <t>15:43:02</t>
+  </si>
+  <si>
+    <t>15:42:15</t>
+  </si>
+  <si>
+    <t>15:42:11</t>
+  </si>
+  <si>
+    <t>15:27:49</t>
+  </si>
+  <si>
+    <t>15:26:44</t>
+  </si>
+  <si>
+    <t>15:22:34</t>
+  </si>
+  <si>
+    <t>15:19:07</t>
+  </si>
+  <si>
+    <t>15:17:15</t>
+  </si>
+  <si>
+    <t>15:16:34</t>
+  </si>
+  <si>
+    <t>15:15:29</t>
+  </si>
+  <si>
+    <t>15:14:46</t>
+  </si>
+  <si>
+    <t>15:14:34</t>
+  </si>
+  <si>
+    <t>15:13:53</t>
+  </si>
+  <si>
+    <t>15:06:03</t>
+  </si>
+  <si>
+    <t>15:05:40</t>
+  </si>
+  <si>
+    <t>15:05:15</t>
+  </si>
+  <si>
+    <t>15:04:14</t>
+  </si>
+  <si>
+    <t>15:03:29</t>
+  </si>
+  <si>
+    <t>15:03:26</t>
+  </si>
+  <si>
+    <t>15:02:47</t>
+  </si>
+  <si>
+    <t>15:02:17</t>
+  </si>
+  <si>
+    <t>15:01:54</t>
+  </si>
+  <si>
+    <t>15:01:21</t>
+  </si>
+  <si>
+    <t>15:00:49</t>
+  </si>
+  <si>
+    <t>15:00:25</t>
+  </si>
+  <si>
+    <t>14:59:58</t>
+  </si>
+  <si>
+    <t>14:59:42</t>
+  </si>
+  <si>
+    <t>14:59:05</t>
+  </si>
+  <si>
+    <t>14:58:16</t>
+  </si>
+  <si>
+    <t>14:58:08</t>
+  </si>
+  <si>
+    <t>14:57:33</t>
+  </si>
+  <si>
+    <t>14:57:05</t>
+  </si>
+  <si>
+    <t>14:56:34</t>
+  </si>
+  <si>
+    <t>14:55:35</t>
+  </si>
+  <si>
+    <t>14:55:05</t>
+  </si>
+  <si>
+    <t>14:54:59</t>
+  </si>
+  <si>
+    <t>14:54:40</t>
+  </si>
+  <si>
+    <t>14:53:27</t>
+  </si>
+  <si>
+    <t>14:52:56</t>
+  </si>
+  <si>
+    <t>14:52:36</t>
+  </si>
+  <si>
+    <t>14:52:16</t>
+  </si>
+  <si>
+    <t>14:52:11</t>
+  </si>
+  <si>
+    <t>14:51:55</t>
+  </si>
+  <si>
+    <t>14:51:25</t>
+  </si>
+  <si>
+    <t>14:51:18</t>
+  </si>
+  <si>
+    <t>14:51:08</t>
+  </si>
+  <si>
+    <t>14:50:48</t>
+  </si>
+  <si>
+    <t>14:50:30</t>
+  </si>
+  <si>
+    <t>14:50:19</t>
+  </si>
+  <si>
+    <t>14:50:07</t>
+  </si>
+  <si>
+    <t>14:48:09</t>
+  </si>
+  <si>
+    <t>14:47:02</t>
+  </si>
+  <si>
+    <t>14:45:49</t>
+  </si>
+  <si>
+    <t>14:45:04</t>
+  </si>
+  <si>
+    <t>14:43:19</t>
+  </si>
+  <si>
+    <t>14:42:24</t>
+  </si>
+  <si>
+    <t>14:41:29</t>
+  </si>
+  <si>
+    <t>14:39:31</t>
+  </si>
+  <si>
+    <t>14:33:42</t>
+  </si>
+  <si>
+    <t>14:32:57</t>
+  </si>
+  <si>
+    <t>14:30:37</t>
+  </si>
+  <si>
+    <t>14:20:01</t>
+  </si>
+  <si>
+    <t>14:16:17</t>
+  </si>
+  <si>
+    <t>14:16:11</t>
+  </si>
+  <si>
+    <t>14:12:07</t>
+  </si>
+  <si>
+    <t>14:05:02</t>
+  </si>
+  <si>
+    <t>14:04:28</t>
+  </si>
+  <si>
+    <t>13:53:53</t>
+  </si>
+  <si>
+    <t>13:44:59</t>
+  </si>
+  <si>
+    <t>13:44:20</t>
+  </si>
+  <si>
+    <t>13:42:57</t>
+  </si>
+  <si>
+    <t>13:36:16</t>
+  </si>
+  <si>
+    <t>13:22:57</t>
+  </si>
+  <si>
+    <t>13:21:50</t>
+  </si>
+  <si>
+    <t>13:21:31</t>
+  </si>
+  <si>
+    <t>13:14:02</t>
+  </si>
+  <si>
+    <t>13:12:36</t>
+  </si>
+  <si>
+    <t>13:08:21</t>
+  </si>
+  <si>
+    <t>13:07:50</t>
+  </si>
+  <si>
+    <t>13:06:45</t>
+  </si>
+  <si>
+    <t>13:03:21</t>
+  </si>
+  <si>
+    <t>13:02:05</t>
+  </si>
+  <si>
+    <t>12:57:54</t>
+  </si>
+  <si>
+    <t>12:57:25</t>
+  </si>
+  <si>
+    <t>12:57:14</t>
+  </si>
+  <si>
+    <t>12:57:06</t>
+  </si>
+  <si>
+    <t>12:52:27</t>
+  </si>
+  <si>
+    <t>12:51:16</t>
+  </si>
+  <si>
+    <t>12:42:11</t>
+  </si>
+  <si>
+    <t>12:41:12</t>
+  </si>
+  <si>
+    <t>12:39:39</t>
+  </si>
+  <si>
+    <t>12:37:28</t>
+  </si>
+  <si>
+    <t>12:33:59</t>
+  </si>
+  <si>
+    <t>12:20:30</t>
+  </si>
+  <si>
+    <t>12:20:18</t>
+  </si>
+  <si>
+    <t>12:20:04</t>
+  </si>
+  <si>
+    <t>12:17:48</t>
+  </si>
+  <si>
+    <t>12:14:27</t>
+  </si>
+  <si>
+    <t>12:09:23</t>
+  </si>
+  <si>
+    <t>12:07:23</t>
+  </si>
+  <si>
+    <t>12:01:30</t>
+  </si>
+  <si>
+    <t>11:55:06</t>
+  </si>
+  <si>
+    <t>11:54:42</t>
+  </si>
+  <si>
+    <t>11:50:51</t>
+  </si>
+  <si>
+    <t>11:50:04</t>
+  </si>
+  <si>
+    <t>11:47:10</t>
+  </si>
+  <si>
+    <t>11:41:59</t>
+  </si>
+  <si>
+    <t>11:40:49</t>
+  </si>
+  <si>
+    <t>11:36:59</t>
+  </si>
+  <si>
+    <t>11:36:08</t>
+  </si>
+  <si>
+    <t>11:34:43</t>
+  </si>
+  <si>
+    <t>11:34:31</t>
+  </si>
+  <si>
+    <t>11:33:34</t>
+  </si>
+  <si>
+    <t>11:32:31</t>
+  </si>
+  <si>
+    <t>11:32:09</t>
+  </si>
+  <si>
+    <t>11:32:03</t>
+  </si>
+  <si>
+    <t>11:31:25</t>
+  </si>
+  <si>
+    <t>11:30:40</t>
+  </si>
+  <si>
+    <t>11:29:43</t>
+  </si>
+  <si>
+    <t>11:28:58</t>
+  </si>
+  <si>
+    <t>11:28:03</t>
+  </si>
+  <si>
+    <t>11:27:18</t>
+  </si>
+  <si>
+    <t>11:26:23</t>
+  </si>
+  <si>
+    <t>11:25:34</t>
+  </si>
+  <si>
+    <t>11:25:28</t>
+  </si>
+  <si>
+    <t>11:24:23</t>
+  </si>
+  <si>
+    <t>11:23:28</t>
+  </si>
+  <si>
+    <t>11:20:39</t>
+  </si>
+  <si>
+    <t>11:19:55</t>
+  </si>
+  <si>
+    <t>11:18:39</t>
+  </si>
+  <si>
+    <t>11:18:23</t>
+  </si>
+  <si>
+    <t>11:17:34</t>
+  </si>
+  <si>
+    <t>11:16:47</t>
+  </si>
+  <si>
+    <t>11:15:58</t>
+  </si>
+  <si>
+    <t>11:15:54</t>
+  </si>
+  <si>
+    <t>11:15:03</t>
+  </si>
+  <si>
+    <t>11:07:23</t>
+  </si>
+  <si>
+    <t>11:05:00</t>
+  </si>
+  <si>
+    <t>11:02:52</t>
+  </si>
+  <si>
+    <t>11:02:51</t>
+  </si>
+  <si>
+    <t>10:51:20</t>
+  </si>
+  <si>
+    <t>10:50:40</t>
+  </si>
+  <si>
+    <t>10:48:18</t>
+  </si>
+  <si>
+    <t>10:46:48</t>
+  </si>
+  <si>
+    <t>10:45:02</t>
+  </si>
+  <si>
+    <t>10:41:08</t>
+  </si>
+  <si>
+    <t>10:40:32</t>
+  </si>
+  <si>
+    <t>10:40:15</t>
+  </si>
+  <si>
+    <t>10:39:31</t>
+  </si>
+  <si>
+    <t>10:39:02</t>
+  </si>
+  <si>
+    <t>10:37:58</t>
+  </si>
+  <si>
+    <t>10:37:28</t>
+  </si>
+  <si>
+    <t>10:37:27</t>
+  </si>
+  <si>
+    <t>10:36:43</t>
+  </si>
+  <si>
+    <t>10:31:20</t>
+  </si>
+  <si>
+    <t>10:30:39</t>
+  </si>
+  <si>
+    <t>10:27:07</t>
+  </si>
+  <si>
+    <t>10:21:55</t>
+  </si>
+  <si>
+    <t>10:21:08</t>
+  </si>
+  <si>
+    <t>10:15:22</t>
+  </si>
+  <si>
+    <t>10:14:31</t>
+  </si>
+  <si>
+    <t>10:13:46</t>
+  </si>
+  <si>
+    <t>10:13:20</t>
+  </si>
+  <si>
+    <t>10:12:57</t>
+  </si>
+  <si>
+    <t>10:11:26</t>
+  </si>
+  <si>
+    <t>10:10:02</t>
+  </si>
+  <si>
+    <t>10:09:17</t>
+  </si>
+  <si>
+    <t>10:08:32</t>
+  </si>
+  <si>
+    <t>10:07:41</t>
+  </si>
+  <si>
+    <t>10:06:11</t>
+  </si>
+  <si>
+    <t>10:05:24</t>
+  </si>
+  <si>
+    <t>10:05:22</t>
+  </si>
+  <si>
+    <t>10:05:05</t>
+  </si>
+  <si>
+    <t>10:03:47</t>
+  </si>
+  <si>
+    <t>10:03:35</t>
+  </si>
+  <si>
+    <t>10:03:34</t>
+  </si>
+  <si>
+    <t>10:03:01</t>
+  </si>
+  <si>
+    <t>10:02:56</t>
+  </si>
+  <si>
+    <t>10:02:28</t>
+  </si>
+  <si>
+    <t>10:02:07</t>
+  </si>
+  <si>
+    <t>10:01:47</t>
   </si>
   <si>
     <t>10:00:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -736,2981 +979,4857 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D209"/>
+  <dimension ref="A1:D343"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.58</v>
+        <v>0.593</v>
       </c>
       <c r="C2">
-        <v>10.0</v>
+        <v>11.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B3">
-        <v>0.58</v>
+        <v>0.593</v>
       </c>
       <c r="C3">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B4">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C4">
-        <v>200.0</v>
+        <v>3.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C5">
-        <v>7500.0</v>
+        <v>3.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B6">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C6">
-        <v>8000.0</v>
+        <v>154.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="B7">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C7">
-        <v>9900.0</v>
+        <v>2846.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="B8">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C8">
-        <v>1000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C9">
-        <v>2000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C10">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C11">
-        <v>5.0</v>
+        <v>500.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C12">
         <v>5.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C13">
-        <v>5.0</v>
+        <v>99.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C14">
-        <v>5.0</v>
+        <v>16.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="B15">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C15">
-        <v>757.0</v>
+        <v>116.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B16">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C16">
-        <v>80.0</v>
+        <v>2.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="B17">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C17">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="B18">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C18">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="B19">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C19">
-        <v>40.0</v>
+        <v>3.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="B20">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C20">
-        <v>6.0</v>
+        <v>3.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B21">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C21">
-        <v>11.0</v>
+        <v>8.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B22">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C22">
-        <v>89.0</v>
+        <v>3.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="B23">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C23">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B24">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C24">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B25">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C25">
-        <v>44.0</v>
+        <v>1.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B26">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C26">
-        <v>14230.0</v>
+        <v>3.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B27">
-        <v>0.577</v>
+        <v>0.593</v>
       </c>
       <c r="C27">
-        <v>239.0</v>
+        <v>1.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="B28">
-        <v>0.577</v>
+        <v>0.592</v>
       </c>
       <c r="C28">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B29">
-        <v>0.577</v>
+        <v>0.592</v>
       </c>
       <c r="C29">
-        <v>20.0</v>
+        <v>3.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B30">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C30">
-        <v>25.0</v>
+        <v>3.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B31">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C31">
-        <v>1000.0</v>
+        <v>16.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="B32">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C32">
-        <v>4000.0</v>
+        <v>6.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B33">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C33">
-        <v>3000.0</v>
+        <v>16.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>25</v>
+        <v>29</v>
       </c>
       <c r="B34">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C34">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="B35">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C35">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="B36">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C36">
-        <v>1500.0</v>
+        <v>2.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B37">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C37">
-        <v>22.0</v>
+        <v>978.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B38">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C38">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B39">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C39">
-        <v>25.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="B40">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C40">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="B41">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C41">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="B42">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C42">
-        <v>2000.0</v>
+        <v>25.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>30</v>
+        <v>37</v>
       </c>
       <c r="B43">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C43">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>30</v>
+        <v>38</v>
       </c>
       <c r="B44">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C44">
-        <v>1050.0</v>
+        <v>5.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>30</v>
+        <v>39</v>
       </c>
       <c r="B45">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C45">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="B46">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C46">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>30</v>
+        <v>41</v>
       </c>
       <c r="B47">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C47">
-        <v>10.0</v>
+        <v>2.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>30</v>
+        <v>42</v>
       </c>
       <c r="B48">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C48">
-        <v>78.0</v>
+        <v>2.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>30</v>
+        <v>43</v>
       </c>
       <c r="B49">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C49">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="B50">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C50">
-        <v>23.0</v>
+        <v>5.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="B51">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C51">
-        <v>562.0</v>
+        <v>5.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>30</v>
+        <v>46</v>
       </c>
       <c r="B52">
-        <v>0.578</v>
+        <v>0.594</v>
       </c>
       <c r="C52">
-        <v>1220.0</v>
+        <v>87.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>31</v>
+        <v>46</v>
       </c>
       <c r="B53">
-        <v>0.579</v>
+        <v>0.594</v>
       </c>
       <c r="C53">
-        <v>242.0</v>
+        <v>245.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="B54">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C54">
         <v>1000.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>31</v>
+        <v>48</v>
       </c>
       <c r="B55">
-        <v>0.579</v>
+        <v>0.594</v>
       </c>
       <c r="C55">
-        <v>58.0</v>
+        <v>1.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>32</v>
+        <v>49</v>
       </c>
       <c r="B56">
-        <v>0.579</v>
+        <v>0.594</v>
       </c>
       <c r="C56">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>33</v>
+        <v>50</v>
       </c>
       <c r="B57">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C57">
-        <v>6.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>34</v>
+        <v>51</v>
       </c>
       <c r="B58">
-        <v>0.579</v>
+        <v>0.594</v>
       </c>
       <c r="C58">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>35</v>
+        <v>52</v>
       </c>
       <c r="B59">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C59">
-        <v>250.0</v>
+        <v>4.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="B60">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C60">
-        <v>400.0</v>
+        <v>1.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="B61">
-        <v>0.579</v>
+        <v>0.594</v>
       </c>
       <c r="C61">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>38</v>
+        <v>54</v>
       </c>
       <c r="B62">
-        <v>0.578</v>
+        <v>0.594</v>
       </c>
       <c r="C62">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>39</v>
+        <v>55</v>
       </c>
       <c r="B63">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C63">
-        <v>280.0</v>
+        <v>1.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>39</v>
+        <v>56</v>
       </c>
       <c r="B64">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C64">
-        <v>260.0</v>
+        <v>3.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>57</v>
       </c>
       <c r="B65">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C65">
-        <v>540.0</v>
+        <v>4.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B66">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C66">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>41</v>
+        <v>57</v>
       </c>
       <c r="B67">
-        <v>0.578</v>
+        <v>0.593</v>
       </c>
       <c r="C67">
-        <v>200.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>42</v>
+        <v>57</v>
       </c>
       <c r="B68">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C68">
-        <v>470.0</v>
+        <v>85.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>43</v>
+        <v>57</v>
       </c>
       <c r="B69">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C69">
-        <v>739.0</v>
+        <v>250.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="B70">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C70">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>45</v>
+        <v>59</v>
       </c>
       <c r="B71">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C71">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>46</v>
+        <v>60</v>
       </c>
       <c r="B72">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C72">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>47</v>
+        <v>61</v>
       </c>
       <c r="B73">
-        <v>0.579</v>
+        <v>0.593</v>
       </c>
       <c r="C73">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>48</v>
+        <v>62</v>
       </c>
       <c r="B74">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C74">
-        <v>144.0</v>
+        <v>3.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>49</v>
+        <v>63</v>
       </c>
       <c r="B75">
-        <v>0.58</v>
+        <v>0.593</v>
       </c>
       <c r="C75">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>50</v>
+        <v>64</v>
       </c>
       <c r="B76">
-        <v>0.58</v>
+        <v>0.592</v>
       </c>
       <c r="C76">
-        <v>2.0</v>
+        <v>5.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="B77">
-        <v>0.58</v>
+        <v>0.592</v>
       </c>
       <c r="C77">
-        <v>500.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>52</v>
+        <v>65</v>
       </c>
       <c r="B78">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C78">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="B79">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C79">
-        <v>5.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="B80">
-        <v>0.58</v>
+        <v>0.592</v>
       </c>
       <c r="C80">
-        <v>1889.0</v>
+        <v>33.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="B81">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C81">
-        <v>111.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>55</v>
+        <v>65</v>
       </c>
       <c r="B82">
-        <v>0.578</v>
+        <v>0.592</v>
       </c>
       <c r="C82">
-        <v>115.0</v>
+        <v>228.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="B83">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C83">
-        <v>2.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="B84">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C84">
-        <v>10.0</v>
+        <v>242.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>57</v>
+        <v>66</v>
       </c>
       <c r="B85">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C85">
-        <v>20.0</v>
+        <v>2.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="B86">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C86">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="B87">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C87">
-        <v>18.0</v>
+        <v>2.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B88">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C88">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="B89">
-        <v>0.579</v>
+        <v>0.592</v>
       </c>
       <c r="C89">
-        <v>6.0</v>
+        <v>2.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B90">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C90">
-        <v>6.0</v>
+        <v>6972.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B91">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C91">
-        <v>10.0</v>
+        <v>50.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B92">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C92">
-        <v>300.0</v>
+        <v>25.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>57</v>
+        <v>71</v>
       </c>
       <c r="B93">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C93">
-        <v>1411.0</v>
+        <v>400.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B94">
-        <v>0.58</v>
+        <v>0.591</v>
       </c>
       <c r="C94">
-        <v>274.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>58</v>
+        <v>71</v>
       </c>
       <c r="B95">
-        <v>0.58</v>
+        <v>0.591</v>
       </c>
       <c r="C95">
-        <v>726.0</v>
+        <v>544.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>59</v>
+        <v>71</v>
       </c>
       <c r="B96">
-        <v>0.58</v>
+        <v>0.591</v>
       </c>
       <c r="C96">
-        <v>50.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="B97">
-        <v>0.58</v>
+        <v>0.591</v>
       </c>
       <c r="C97">
-        <v>43.0</v>
+        <v>155.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="B98">
-        <v>0.579</v>
+        <v>0.591</v>
       </c>
       <c r="C98">
-        <v>137.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="B99">
-        <v>0.579</v>
+        <v>0.59</v>
       </c>
       <c r="C99">
-        <v>767.0</v>
+        <v>100.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B100">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C100">
-        <v>181.0</v>
+        <v>60.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B101">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C101">
-        <v>500.0</v>
+        <v>6000.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B102">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C102">
-        <v>179.0</v>
+        <v>100.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>64</v>
+        <v>72</v>
       </c>
       <c r="B103">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C103">
-        <v>100.0</v>
+        <v>850.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B104">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C104">
-        <v>150.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>66</v>
+        <v>72</v>
       </c>
       <c r="B105">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C105">
-        <v>34.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B106">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C106">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B107">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C107">
-        <v>44.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B108">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C108">
-        <v>270.0</v>
+        <v>205.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="B109">
-        <v>0.579</v>
+        <v>0.59</v>
       </c>
       <c r="C109">
-        <v>2600.0</v>
+        <v>300.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B110">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C110">
-        <v>30.0</v>
+        <v>60.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>72</v>
       </c>
       <c r="B111">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C111">
-        <v>100.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B112">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C112">
-        <v>50.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B113">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C113">
-        <v>1.0</v>
+        <v>350.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B114">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C114">
-        <v>20.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B115">
-        <v>0.58</v>
+        <v>0.59</v>
       </c>
       <c r="C115">
-        <v>20.0</v>
+        <v>500.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>77</v>
+        <v>72</v>
       </c>
       <c r="B116">
-        <v>0.581</v>
+        <v>0.59</v>
       </c>
       <c r="C116">
-        <v>29.0</v>
+        <v>2509.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>78</v>
+        <v>73</v>
       </c>
       <c r="B117">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C117">
         <v>5.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>79</v>
+        <v>74</v>
       </c>
       <c r="B118">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C118">
-        <v>85.0</v>
+        <v>5.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B119">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C119">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B120">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C120">
-        <v>6.0</v>
+        <v>5.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B121">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C121">
-        <v>10.0</v>
+        <v>5.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B122">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C122">
-        <v>100.0</v>
+        <v>5.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>79</v>
       </c>
       <c r="B123">
-        <v>0.579</v>
+        <v>0.59</v>
       </c>
       <c r="C123">
-        <v>643.0</v>
+        <v>72.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>80</v>
       </c>
       <c r="B124">
-        <v>0.581</v>
+        <v>0.588</v>
       </c>
       <c r="C124">
-        <v>4.0</v>
+        <v>20.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>81</v>
       </c>
       <c r="B125">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C125">
-        <v>50.0</v>
+        <v>5.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>82</v>
       </c>
       <c r="B126">
-        <v>0.581</v>
+        <v>0.59</v>
       </c>
       <c r="C126">
-        <v>13.0</v>
+        <v>67.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B127">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C127">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B128">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C128">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B129">
-        <v>0.581</v>
+        <v>0.59</v>
       </c>
       <c r="C129">
-        <v>2.0</v>
+        <v>140.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B130">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C130">
-        <v>39.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B131">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C131">
-        <v>103.0</v>
+        <v>500.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B132">
-        <v>0.579</v>
+        <v>0.59</v>
       </c>
       <c r="C132">
-        <v>500.0</v>
+        <v>10.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B133">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C133">
-        <v>250.0</v>
+        <v>451.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B134">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C134">
-        <v>3.0</v>
+        <v>2549.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B135">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C135">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B136">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C136">
-        <v>1001.0</v>
+        <v>438.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B137">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C137">
-        <v>406.0</v>
+        <v>1255.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B138">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C138">
-        <v>3098.0</v>
+        <v>55.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B139">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C139">
-        <v>9.0</v>
+        <v>225.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>93</v>
+        <v>88</v>
       </c>
       <c r="B140">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C140">
-        <v>80.0</v>
+        <v>500.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>94</v>
+        <v>88</v>
       </c>
       <c r="B141">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C141">
-        <v>11.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>95</v>
+        <v>88</v>
       </c>
       <c r="B142">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C142">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B143">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C143">
-        <v>882.0</v>
+        <v>75.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>96</v>
+        <v>88</v>
       </c>
       <c r="B144">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C144">
-        <v>118.0</v>
+        <v>5.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>97</v>
+        <v>88</v>
       </c>
       <c r="B145">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C145">
-        <v>85.0</v>
+        <v>5.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>98</v>
+        <v>88</v>
       </c>
       <c r="B146">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C146">
-        <v>5.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>99</v>
+        <v>88</v>
       </c>
       <c r="B147">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C147">
-        <v>100.0</v>
+        <v>60.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="B148">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C148">
-        <v>4.0</v>
+        <v>5.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>101</v>
+        <v>88</v>
       </c>
       <c r="B149">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C149">
-        <v>793.0</v>
+        <v>25.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>102</v>
+        <v>88</v>
       </c>
       <c r="B150">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C150">
-        <v>100.0</v>
+        <v>5798.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>103</v>
+        <v>89</v>
       </c>
       <c r="B151">
-        <v>0.581</v>
+        <v>0.589</v>
       </c>
       <c r="C151">
-        <v>3.0</v>
+        <v>10000.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>104</v>
+        <v>90</v>
       </c>
       <c r="B152">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C152">
-        <v>500.0</v>
+        <v>4.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>104</v>
+        <v>91</v>
       </c>
       <c r="B153">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C153">
-        <v>774.0</v>
+        <v>11.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>104</v>
+        <v>92</v>
       </c>
       <c r="B154">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C154">
-        <v>548.0</v>
+        <v>2.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>105</v>
+        <v>93</v>
       </c>
       <c r="B155">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C155">
-        <v>100.0</v>
+        <v>40.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>106</v>
+        <v>94</v>
       </c>
       <c r="B156">
-        <v>0.579</v>
+        <v>0.588</v>
       </c>
       <c r="C156">
-        <v>50.0</v>
+        <v>59.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B157">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C157">
-        <v>78.0</v>
+        <v>800.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>108</v>
+        <v>96</v>
       </c>
       <c r="B158">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C158">
-        <v>274.0</v>
+        <v>2.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>108</v>
+        <v>97</v>
       </c>
       <c r="B159">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C159">
-        <v>126.0</v>
+        <v>50.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>109</v>
+        <v>98</v>
       </c>
       <c r="B160">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C160">
-        <v>250.0</v>
+        <v>5.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>110</v>
+        <v>99</v>
       </c>
       <c r="B161">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C161">
-        <v>57.0</v>
+        <v>3.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>111</v>
+        <v>100</v>
       </c>
       <c r="B162">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C162">
-        <v>111.0</v>
+        <v>15.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>112</v>
+        <v>101</v>
       </c>
       <c r="B163">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C163">
         <v>10.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>113</v>
+        <v>102</v>
       </c>
       <c r="B164">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C164">
-        <v>10.0</v>
+        <v>150.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>114</v>
+        <v>103</v>
       </c>
       <c r="B165">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C165">
-        <v>6.0</v>
+        <v>672.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>115</v>
+        <v>103</v>
       </c>
       <c r="B166">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C166">
-        <v>24.0</v>
+        <v>55.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B167">
-        <v>0.578</v>
+        <v>0.589</v>
       </c>
       <c r="C167">
-        <v>20.0</v>
+        <v>51.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B168">
-        <v>0.578</v>
+        <v>0.589</v>
       </c>
       <c r="C168">
-        <v>5.0</v>
+        <v>558.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B169">
-        <v>0.578</v>
+        <v>0.589</v>
       </c>
       <c r="C169">
-        <v>6.0</v>
+        <v>500.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>116</v>
+        <v>103</v>
       </c>
       <c r="B170">
-        <v>0.578</v>
+        <v>0.589</v>
       </c>
       <c r="C170">
-        <v>7.0</v>
+        <v>1164.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>116</v>
+        <v>104</v>
       </c>
       <c r="B171">
-        <v>0.578</v>
+        <v>0.587</v>
       </c>
       <c r="C171">
-        <v>22.0</v>
+        <v>60.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>116</v>
+        <v>105</v>
       </c>
       <c r="B172">
-        <v>0.578</v>
+        <v>0.589</v>
       </c>
       <c r="C172">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>116</v>
+        <v>106</v>
       </c>
       <c r="B173">
-        <v>0.578</v>
+        <v>0.587</v>
       </c>
       <c r="C173">
-        <v>50.0</v>
+        <v>232.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B174">
-        <v>0.578</v>
+        <v>0.587</v>
       </c>
       <c r="C174">
-        <v>1.0</v>
+        <v>2058.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B175">
-        <v>0.578</v>
+        <v>0.588</v>
       </c>
       <c r="C175">
-        <v>88.0</v>
+        <v>10.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B176">
-        <v>0.578</v>
+        <v>0.588</v>
       </c>
       <c r="C176">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B177">
-        <v>0.578</v>
+        <v>0.588</v>
       </c>
       <c r="C177">
-        <v>39.0</v>
+        <v>10.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>116</v>
+        <v>107</v>
       </c>
       <c r="B178">
-        <v>0.578</v>
+        <v>0.588</v>
       </c>
       <c r="C178">
-        <v>52.0</v>
+        <v>100.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>117</v>
+        <v>107</v>
       </c>
       <c r="B179">
-        <v>0.579</v>
+        <v>0.588</v>
       </c>
       <c r="C179">
-        <v>30.0</v>
+        <v>72.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>117</v>
+        <v>108</v>
       </c>
       <c r="B180">
-        <v>0.579</v>
+        <v>0.589</v>
       </c>
       <c r="C180">
-        <v>2.0</v>
+        <v>80.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>118</v>
+        <v>109</v>
       </c>
       <c r="B181">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C181">
-        <v>232.0</v>
+        <v>25.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>119</v>
+        <v>110</v>
       </c>
       <c r="B182">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C182">
-        <v>3.0</v>
+        <v>12.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>120</v>
+        <v>111</v>
       </c>
       <c r="B183">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C183">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>121</v>
+        <v>112</v>
       </c>
       <c r="B184">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C184">
-        <v>670.0</v>
+        <v>1.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>121</v>
+        <v>113</v>
       </c>
       <c r="B185">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C185">
-        <v>350.0</v>
+        <v>15.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>121</v>
+        <v>114</v>
       </c>
       <c r="B186">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C186">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>121</v>
+        <v>115</v>
       </c>
       <c r="B187">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C187">
-        <v>8518.0</v>
+        <v>5.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>121</v>
+        <v>116</v>
       </c>
       <c r="B188">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C188">
-        <v>300.0</v>
+        <v>73.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="B189">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C189">
-        <v>2000.0</v>
+        <v>50.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="B190">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C190">
-        <v>136.0</v>
+        <v>190.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B191">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C191">
-        <v>4000.0</v>
+        <v>21.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B192">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C192">
-        <v>40.0</v>
+        <v>2.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B193">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C193">
-        <v>500.0</v>
+        <v>2.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B194">
-        <v>0.58</v>
+        <v>0.587</v>
       </c>
       <c r="C194">
-        <v>1000.0</v>
+        <v>200.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
         <v>121</v>
       </c>
       <c r="B195">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C195">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
         <v>121</v>
       </c>
       <c r="B196">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C196">
-        <v>5.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
         <v>121</v>
       </c>
       <c r="B197">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C197">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
         <v>121</v>
       </c>
       <c r="B198">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C198">
-        <v>5.0</v>
+        <v>798.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B199">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C199">
-        <v>5.0</v>
+        <v>50.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="B200">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C200">
-        <v>481.0</v>
+        <v>100.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B201">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C201">
-        <v>670.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="B202">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C202">
-        <v>300.0</v>
+        <v>2.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>121</v>
+        <v>126</v>
       </c>
       <c r="B203">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C203">
-        <v>29.0</v>
+        <v>200.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>121</v>
+        <v>127</v>
       </c>
       <c r="B204">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C204">
-        <v>171.0</v>
+        <v>2.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B205">
-        <v>0.58</v>
+        <v>0.589</v>
       </c>
       <c r="C205">
-        <v>329.0</v>
+        <v>332.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B206">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C206">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>121</v>
+        <v>128</v>
       </c>
       <c r="B207">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C207">
-        <v>170.0</v>
+        <v>666.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>121</v>
+        <v>129</v>
       </c>
       <c r="B208">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C208">
-        <v>30.0</v>
+        <v>100.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>121</v>
+        <v>130</v>
       </c>
       <c r="B209">
-        <v>0.58</v>
+        <v>0.588</v>
       </c>
       <c r="C209">
-        <v>70.0</v>
+        <v>14.0</v>
       </c>
       <c r="D209" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="210" spans="1:4">
+      <c r="A210" t="s">
+        <v>131</v>
+      </c>
+      <c r="B210">
+        <v>0.588</v>
+      </c>
+      <c r="C210">
+        <v>5.0</v>
+      </c>
+      <c r="D210" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="211" spans="1:4">
+      <c r="A211" t="s">
+        <v>132</v>
+      </c>
+      <c r="B211">
+        <v>0.588</v>
+      </c>
+      <c r="C211">
+        <v>100.0</v>
+      </c>
+      <c r="D211" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="212" spans="1:4">
+      <c r="A212" t="s">
+        <v>133</v>
+      </c>
+      <c r="B212">
+        <v>0.588</v>
+      </c>
+      <c r="C212">
+        <v>45.0</v>
+      </c>
+      <c r="D212" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="213" spans="1:4">
+      <c r="A213" t="s">
+        <v>134</v>
+      </c>
+      <c r="B213">
+        <v>0.588</v>
+      </c>
+      <c r="C213">
+        <v>150.0</v>
+      </c>
+      <c r="D213" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="214" spans="1:4">
+      <c r="A214" t="s">
+        <v>135</v>
+      </c>
+      <c r="B214">
+        <v>0.588</v>
+      </c>
+      <c r="C214">
+        <v>10.0</v>
+      </c>
+      <c r="D214" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="215" spans="1:4">
+      <c r="A215" t="s">
+        <v>135</v>
+      </c>
+      <c r="B215">
+        <v>0.588</v>
+      </c>
+      <c r="C215">
+        <v>54.0</v>
+      </c>
+      <c r="D215" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="216" spans="1:4">
+      <c r="A216" t="s">
+        <v>135</v>
+      </c>
+      <c r="B216">
+        <v>0.588</v>
+      </c>
+      <c r="C216">
+        <v>145.0</v>
+      </c>
+      <c r="D216" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="217" spans="1:4">
+      <c r="A217" t="s">
+        <v>135</v>
+      </c>
+      <c r="B217">
+        <v>0.588</v>
+      </c>
+      <c r="C217">
+        <v>211.0</v>
+      </c>
+      <c r="D217" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="218" spans="1:4">
+      <c r="A218" t="s">
+        <v>136</v>
+      </c>
+      <c r="B218">
+        <v>0.588</v>
+      </c>
+      <c r="C218">
+        <v>7.0</v>
+      </c>
+      <c r="D218" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="219" spans="1:4">
+      <c r="A219" t="s">
+        <v>137</v>
+      </c>
+      <c r="B219">
+        <v>0.588</v>
+      </c>
+      <c r="C219">
+        <v>7.0</v>
+      </c>
+      <c r="D219" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="220" spans="1:4">
+      <c r="A220" t="s">
+        <v>138</v>
+      </c>
+      <c r="B220">
+        <v>0.588</v>
+      </c>
+      <c r="C220">
+        <v>2.0</v>
+      </c>
+      <c r="D220" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="221" spans="1:4">
+      <c r="A221" t="s">
+        <v>139</v>
+      </c>
+      <c r="B221">
+        <v>0.588</v>
+      </c>
+      <c r="C221">
+        <v>7.0</v>
+      </c>
+      <c r="D221" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="222" spans="1:4">
+      <c r="A222" t="s">
+        <v>140</v>
+      </c>
+      <c r="B222">
+        <v>0.588</v>
+      </c>
+      <c r="C222">
+        <v>7.0</v>
+      </c>
+      <c r="D222" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="223" spans="1:4">
+      <c r="A223" t="s">
+        <v>141</v>
+      </c>
+      <c r="B223">
+        <v>0.588</v>
+      </c>
+      <c r="C223">
+        <v>7.0</v>
+      </c>
+      <c r="D223" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="224" spans="1:4">
+      <c r="A224" t="s">
+        <v>142</v>
+      </c>
+      <c r="B224">
+        <v>0.588</v>
+      </c>
+      <c r="C224">
+        <v>7.0</v>
+      </c>
+      <c r="D224" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="225" spans="1:4">
+      <c r="A225" t="s">
+        <v>143</v>
+      </c>
+      <c r="B225">
+        <v>0.588</v>
+      </c>
+      <c r="C225">
+        <v>7.0</v>
+      </c>
+      <c r="D225" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="226" spans="1:4">
+      <c r="A226" t="s">
+        <v>144</v>
+      </c>
+      <c r="B226">
+        <v>0.588</v>
+      </c>
+      <c r="C226">
+        <v>160.0</v>
+      </c>
+      <c r="D226" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="227" spans="1:4">
+      <c r="A227" t="s">
+        <v>145</v>
+      </c>
+      <c r="B227">
+        <v>0.588</v>
+      </c>
+      <c r="C227">
+        <v>7.0</v>
+      </c>
+      <c r="D227" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="228" spans="1:4">
+      <c r="A228" t="s">
+        <v>146</v>
+      </c>
+      <c r="B228">
+        <v>0.588</v>
+      </c>
+      <c r="C228">
+        <v>10.0</v>
+      </c>
+      <c r="D228" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="229" spans="1:4">
+      <c r="A229" t="s">
+        <v>147</v>
+      </c>
+      <c r="B229">
+        <v>0.588</v>
+      </c>
+      <c r="C229">
+        <v>500.0</v>
+      </c>
+      <c r="D229" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="230" spans="1:4">
+      <c r="A230" t="s">
+        <v>148</v>
+      </c>
+      <c r="B230">
+        <v>0.588</v>
+      </c>
+      <c r="C230">
+        <v>7.0</v>
+      </c>
+      <c r="D230" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="231" spans="1:4">
+      <c r="A231" t="s">
+        <v>149</v>
+      </c>
+      <c r="B231">
+        <v>0.588</v>
+      </c>
+      <c r="C231">
+        <v>7.0</v>
+      </c>
+      <c r="D231" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="232" spans="1:4">
+      <c r="A232" t="s">
+        <v>150</v>
+      </c>
+      <c r="B232">
+        <v>0.589</v>
+      </c>
+      <c r="C232">
+        <v>10.0</v>
+      </c>
+      <c r="D232" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="233" spans="1:4">
+      <c r="A233" t="s">
+        <v>151</v>
+      </c>
+      <c r="B233">
+        <v>0.588</v>
+      </c>
+      <c r="C233">
+        <v>7.0</v>
+      </c>
+      <c r="D233" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="234" spans="1:4">
+      <c r="A234" t="s">
+        <v>152</v>
+      </c>
+      <c r="B234">
+        <v>0.588</v>
+      </c>
+      <c r="C234">
+        <v>2.0</v>
+      </c>
+      <c r="D234" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="235" spans="1:4">
+      <c r="A235" t="s">
+        <v>153</v>
+      </c>
+      <c r="B235">
+        <v>0.588</v>
+      </c>
+      <c r="C235">
+        <v>2.0</v>
+      </c>
+      <c r="D235" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="236" spans="1:4">
+      <c r="A236" t="s">
+        <v>154</v>
+      </c>
+      <c r="B236">
+        <v>0.588</v>
+      </c>
+      <c r="C236">
+        <v>2.0</v>
+      </c>
+      <c r="D236" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="237" spans="1:4">
+      <c r="A237" t="s">
+        <v>155</v>
+      </c>
+      <c r="B237">
+        <v>0.588</v>
+      </c>
+      <c r="C237">
+        <v>32.0</v>
+      </c>
+      <c r="D237" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="238" spans="1:4">
+      <c r="A238" t="s">
+        <v>156</v>
+      </c>
+      <c r="B238">
+        <v>0.588</v>
+      </c>
+      <c r="C238">
+        <v>2.0</v>
+      </c>
+      <c r="D238" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="239" spans="1:4">
+      <c r="A239" t="s">
+        <v>157</v>
+      </c>
+      <c r="B239">
+        <v>0.589</v>
+      </c>
+      <c r="C239">
+        <v>8.0</v>
+      </c>
+      <c r="D239" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="240" spans="1:4">
+      <c r="A240" t="s">
+        <v>158</v>
+      </c>
+      <c r="B240">
+        <v>0.587</v>
+      </c>
+      <c r="C240">
+        <v>642.0</v>
+      </c>
+      <c r="D240" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="241" spans="1:4">
+      <c r="A241" t="s">
+        <v>158</v>
+      </c>
+      <c r="B241">
+        <v>0.587</v>
+      </c>
+      <c r="C241">
+        <v>2000.0</v>
+      </c>
+      <c r="D241" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="242" spans="1:4">
+      <c r="A242" t="s">
+        <v>158</v>
+      </c>
+      <c r="B242">
+        <v>0.587</v>
+      </c>
+      <c r="C242">
+        <v>85.0</v>
+      </c>
+      <c r="D242" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="243" spans="1:4">
+      <c r="A243" t="s">
+        <v>158</v>
+      </c>
+      <c r="B243">
+        <v>0.587</v>
+      </c>
+      <c r="C243">
+        <v>500.0</v>
+      </c>
+      <c r="D243" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="244" spans="1:4">
+      <c r="A244" t="s">
+        <v>158</v>
+      </c>
+      <c r="B244">
+        <v>0.587</v>
+      </c>
+      <c r="C244">
+        <v>10.0</v>
+      </c>
+      <c r="D244" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="245" spans="1:4">
+      <c r="A245" t="s">
+        <v>158</v>
+      </c>
+      <c r="B245">
+        <v>0.587</v>
+      </c>
+      <c r="C245">
+        <v>200.0</v>
+      </c>
+      <c r="D245" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="246" spans="1:4">
+      <c r="A246" t="s">
+        <v>158</v>
+      </c>
+      <c r="B246">
+        <v>0.587</v>
+      </c>
+      <c r="C246">
+        <v>2.0</v>
+      </c>
+      <c r="D246" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="247" spans="1:4">
+      <c r="A247" t="s">
+        <v>158</v>
+      </c>
+      <c r="B247">
+        <v>0.587</v>
+      </c>
+      <c r="C247">
+        <v>3000.0</v>
+      </c>
+      <c r="D247" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="248" spans="1:4">
+      <c r="A248" t="s">
+        <v>158</v>
+      </c>
+      <c r="B248">
+        <v>0.587</v>
+      </c>
+      <c r="C248">
+        <v>854.0</v>
+      </c>
+      <c r="D248" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="249" spans="1:4">
+      <c r="A249" t="s">
+        <v>159</v>
+      </c>
+      <c r="B249">
+        <v>0.588</v>
+      </c>
+      <c r="C249">
+        <v>50.0</v>
+      </c>
+      <c r="D249" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="250" spans="1:4">
+      <c r="A250" t="s">
+        <v>159</v>
+      </c>
+      <c r="B250">
+        <v>0.588</v>
+      </c>
+      <c r="C250">
+        <v>5000.0</v>
+      </c>
+      <c r="D250" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="251" spans="1:4">
+      <c r="A251" t="s">
+        <v>159</v>
+      </c>
+      <c r="B251">
+        <v>0.588</v>
+      </c>
+      <c r="C251">
+        <v>1000.0</v>
+      </c>
+      <c r="D251" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="252" spans="1:4">
+      <c r="A252" t="s">
+        <v>159</v>
+      </c>
+      <c r="B252">
+        <v>0.588</v>
+      </c>
+      <c r="C252">
+        <v>1647.0</v>
+      </c>
+      <c r="D252" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="253" spans="1:4">
+      <c r="A253" t="s">
+        <v>160</v>
+      </c>
+      <c r="B253">
+        <v>0.589</v>
+      </c>
+      <c r="C253">
+        <v>21.0</v>
+      </c>
+      <c r="D253" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="254" spans="1:4">
+      <c r="A254" t="s">
+        <v>161</v>
+      </c>
+      <c r="B254">
+        <v>0.589</v>
+      </c>
+      <c r="C254">
+        <v>1008.0</v>
+      </c>
+      <c r="D254" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="255" spans="1:4">
+      <c r="A255" t="s">
+        <v>161</v>
+      </c>
+      <c r="B255">
+        <v>0.589</v>
+      </c>
+      <c r="C255">
+        <v>3000.0</v>
+      </c>
+      <c r="D255" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="256" spans="1:4">
+      <c r="A256" t="s">
+        <v>161</v>
+      </c>
+      <c r="B256">
+        <v>0.589</v>
+      </c>
+      <c r="C256">
+        <v>25.0</v>
+      </c>
+      <c r="D256" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="257" spans="1:4">
+      <c r="A257" t="s">
+        <v>161</v>
+      </c>
+      <c r="B257">
+        <v>0.589</v>
+      </c>
+      <c r="C257">
+        <v>5.0</v>
+      </c>
+      <c r="D257" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="258" spans="1:4">
+      <c r="A258" t="s">
+        <v>161</v>
+      </c>
+      <c r="B258">
+        <v>0.589</v>
+      </c>
+      <c r="C258">
+        <v>5.0</v>
+      </c>
+      <c r="D258" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="259" spans="1:4">
+      <c r="A259" t="s">
+        <v>161</v>
+      </c>
+      <c r="B259">
+        <v>0.589</v>
+      </c>
+      <c r="C259">
+        <v>957.0</v>
+      </c>
+      <c r="D259" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="260" spans="1:4">
+      <c r="A260" t="s">
+        <v>162</v>
+      </c>
+      <c r="B260">
+        <v>0.589</v>
+      </c>
+      <c r="C260">
+        <v>34.0</v>
+      </c>
+      <c r="D260" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="261" spans="1:4">
+      <c r="A261" t="s">
+        <v>163</v>
+      </c>
+      <c r="B261">
+        <v>0.588</v>
+      </c>
+      <c r="C261">
+        <v>2.0</v>
+      </c>
+      <c r="D261" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="262" spans="1:4">
+      <c r="A262" t="s">
+        <v>164</v>
+      </c>
+      <c r="B262">
+        <v>0.589</v>
+      </c>
+      <c r="C262">
+        <v>1000.0</v>
+      </c>
+      <c r="D262" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="263" spans="1:4">
+      <c r="A263" t="s">
+        <v>165</v>
+      </c>
+      <c r="B263">
+        <v>0.588</v>
+      </c>
+      <c r="C263">
+        <v>2.0</v>
+      </c>
+      <c r="D263" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="264" spans="1:4">
+      <c r="A264" t="s">
+        <v>166</v>
+      </c>
+      <c r="B264">
+        <v>0.589</v>
+      </c>
+      <c r="C264">
+        <v>9.0</v>
+      </c>
+      <c r="D264" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="265" spans="1:4">
+      <c r="A265" t="s">
+        <v>166</v>
+      </c>
+      <c r="B265">
+        <v>0.589</v>
+      </c>
+      <c r="C265">
+        <v>25.0</v>
+      </c>
+      <c r="D265" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="266" spans="1:4">
+      <c r="A266" t="s">
+        <v>166</v>
+      </c>
+      <c r="B266">
+        <v>0.589</v>
+      </c>
+      <c r="C266">
+        <v>16.0</v>
+      </c>
+      <c r="D266" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="267" spans="1:4">
+      <c r="A267" t="s">
+        <v>167</v>
+      </c>
+      <c r="B267">
+        <v>0.588</v>
+      </c>
+      <c r="C267">
+        <v>2.0</v>
+      </c>
+      <c r="D267" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="268" spans="1:4">
+      <c r="A268" t="s">
+        <v>167</v>
+      </c>
+      <c r="B268">
+        <v>0.588</v>
+      </c>
+      <c r="C268">
+        <v>2000.0</v>
+      </c>
+      <c r="D268" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="269" spans="1:4">
+      <c r="A269" t="s">
+        <v>167</v>
+      </c>
+      <c r="B269">
+        <v>0.588</v>
+      </c>
+      <c r="C269">
+        <v>1000.0</v>
+      </c>
+      <c r="D269" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="270" spans="1:4">
+      <c r="A270" t="s">
+        <v>167</v>
+      </c>
+      <c r="B270">
+        <v>0.588</v>
+      </c>
+      <c r="C270">
+        <v>347.0</v>
+      </c>
+      <c r="D270" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="271" spans="1:4">
+      <c r="A271" t="s">
+        <v>168</v>
+      </c>
+      <c r="B271">
+        <v>0.588</v>
+      </c>
+      <c r="C271">
+        <v>51.0</v>
+      </c>
+      <c r="D271" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="272" spans="1:4">
+      <c r="A272" t="s">
+        <v>169</v>
+      </c>
+      <c r="B272">
+        <v>0.588</v>
+      </c>
+      <c r="C272">
+        <v>3.0</v>
+      </c>
+      <c r="D272" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4">
+      <c r="A273" t="s">
+        <v>170</v>
+      </c>
+      <c r="B273">
+        <v>0.588</v>
+      </c>
+      <c r="C273">
+        <v>3.0</v>
+      </c>
+      <c r="D273" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4">
+      <c r="A274" t="s">
+        <v>171</v>
+      </c>
+      <c r="B274">
+        <v>0.588</v>
+      </c>
+      <c r="C274">
+        <v>3.0</v>
+      </c>
+      <c r="D274" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4">
+      <c r="A275" t="s">
+        <v>172</v>
+      </c>
+      <c r="B275">
+        <v>0.588</v>
+      </c>
+      <c r="C275">
+        <v>10.0</v>
+      </c>
+      <c r="D275" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="276" spans="1:4">
+      <c r="A276" t="s">
+        <v>173</v>
+      </c>
+      <c r="B276">
+        <v>0.588</v>
+      </c>
+      <c r="C276">
+        <v>3.0</v>
+      </c>
+      <c r="D276" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4">
+      <c r="A277" t="s">
+        <v>174</v>
+      </c>
+      <c r="B277">
+        <v>0.588</v>
+      </c>
+      <c r="C277">
+        <v>106.0</v>
+      </c>
+      <c r="D277" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4">
+      <c r="A278" t="s">
+        <v>174</v>
+      </c>
+      <c r="B278">
+        <v>0.588</v>
+      </c>
+      <c r="C278">
+        <v>3.0</v>
+      </c>
+      <c r="D278" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="279" spans="1:4">
+      <c r="A279" t="s">
+        <v>175</v>
+      </c>
+      <c r="B279">
+        <v>0.588</v>
+      </c>
+      <c r="C279">
+        <v>64.0</v>
+      </c>
+      <c r="D279" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4">
+      <c r="A280" t="s">
+        <v>176</v>
+      </c>
+      <c r="B280">
+        <v>0.588</v>
+      </c>
+      <c r="C280">
+        <v>20.0</v>
+      </c>
+      <c r="D280" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4">
+      <c r="A281" t="s">
+        <v>177</v>
+      </c>
+      <c r="B281">
+        <v>0.588</v>
+      </c>
+      <c r="C281">
+        <v>8.0</v>
+      </c>
+      <c r="D281" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4">
+      <c r="A282" t="s">
+        <v>178</v>
+      </c>
+      <c r="B282">
+        <v>0.588</v>
+      </c>
+      <c r="C282">
+        <v>93.0</v>
+      </c>
+      <c r="D282" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4">
+      <c r="A283" t="s">
+        <v>179</v>
+      </c>
+      <c r="B283">
+        <v>0.588</v>
+      </c>
+      <c r="C283">
+        <v>8.0</v>
+      </c>
+      <c r="D283" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4">
+      <c r="A284" t="s">
+        <v>180</v>
+      </c>
+      <c r="B284">
+        <v>0.588</v>
+      </c>
+      <c r="C284">
+        <v>850.0</v>
+      </c>
+      <c r="D284" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4">
+      <c r="A285" t="s">
+        <v>181</v>
+      </c>
+      <c r="B285">
+        <v>0.587</v>
+      </c>
+      <c r="C285">
+        <v>5.0</v>
+      </c>
+      <c r="D285" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4">
+      <c r="A286" t="s">
+        <v>182</v>
+      </c>
+      <c r="B286">
+        <v>0.587</v>
+      </c>
+      <c r="C286">
+        <v>5.0</v>
+      </c>
+      <c r="D286" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4">
+      <c r="A287" t="s">
+        <v>183</v>
+      </c>
+      <c r="B287">
+        <v>0.587</v>
+      </c>
+      <c r="C287">
+        <v>1.0</v>
+      </c>
+      <c r="D287" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4">
+      <c r="A288" t="s">
+        <v>184</v>
+      </c>
+      <c r="B288">
+        <v>0.587</v>
+      </c>
+      <c r="C288">
+        <v>5.0</v>
+      </c>
+      <c r="D288" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="289" spans="1:4">
+      <c r="A289" t="s">
+        <v>185</v>
+      </c>
+      <c r="B289">
+        <v>0.588</v>
+      </c>
+      <c r="C289">
+        <v>428.0</v>
+      </c>
+      <c r="D289" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="290" spans="1:4">
+      <c r="A290" t="s">
+        <v>185</v>
+      </c>
+      <c r="B290">
+        <v>0.588</v>
+      </c>
+      <c r="C290">
+        <v>72.0</v>
+      </c>
+      <c r="D290" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="291" spans="1:4">
+      <c r="A291" t="s">
+        <v>186</v>
+      </c>
+      <c r="B291">
+        <v>0.588</v>
+      </c>
+      <c r="C291">
+        <v>10.0</v>
+      </c>
+      <c r="D291" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="292" spans="1:4">
+      <c r="A292" t="s">
+        <v>186</v>
+      </c>
+      <c r="B292">
+        <v>0.588</v>
+      </c>
+      <c r="C292">
+        <v>1000.0</v>
+      </c>
+      <c r="D292" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="293" spans="1:4">
+      <c r="A293" t="s">
+        <v>186</v>
+      </c>
+      <c r="B293">
+        <v>0.588</v>
+      </c>
+      <c r="C293">
+        <v>15.0</v>
+      </c>
+      <c r="D293" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="294" spans="1:4">
+      <c r="A294" t="s">
+        <v>186</v>
+      </c>
+      <c r="B294">
+        <v>0.588</v>
+      </c>
+      <c r="C294">
+        <v>69.0</v>
+      </c>
+      <c r="D294" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="295" spans="1:4">
+      <c r="A295" t="s">
+        <v>186</v>
+      </c>
+      <c r="B295">
+        <v>0.588</v>
+      </c>
+      <c r="C295">
+        <v>1.0</v>
+      </c>
+      <c r="D295" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="296" spans="1:4">
+      <c r="A296" t="s">
+        <v>186</v>
+      </c>
+      <c r="B296">
+        <v>0.588</v>
+      </c>
+      <c r="C296">
+        <v>6841.0</v>
+      </c>
+      <c r="D296" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="297" spans="1:4">
+      <c r="A297" t="s">
+        <v>187</v>
+      </c>
+      <c r="B297">
+        <v>0.588</v>
+      </c>
+      <c r="C297">
+        <v>7.0</v>
+      </c>
+      <c r="D297" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="298" spans="1:4">
+      <c r="A298" t="s">
+        <v>188</v>
+      </c>
+      <c r="B298">
+        <v>0.588</v>
+      </c>
+      <c r="C298">
+        <v>7.0</v>
+      </c>
+      <c r="D298" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="299" spans="1:4">
+      <c r="A299" t="s">
+        <v>189</v>
+      </c>
+      <c r="B299">
+        <v>0.588</v>
+      </c>
+      <c r="C299">
+        <v>252.0</v>
+      </c>
+      <c r="D299" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="300" spans="1:4">
+      <c r="A300" t="s">
+        <v>190</v>
+      </c>
+      <c r="B300">
+        <v>0.589</v>
+      </c>
+      <c r="C300">
+        <v>1.0</v>
+      </c>
+      <c r="D300" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="301" spans="1:4">
+      <c r="A301" t="s">
+        <v>190</v>
+      </c>
+      <c r="B301">
+        <v>0.588</v>
+      </c>
+      <c r="C301">
+        <v>5000.0</v>
+      </c>
+      <c r="D301" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="302" spans="1:4">
+      <c r="A302" t="s">
+        <v>191</v>
+      </c>
+      <c r="B302">
+        <v>0.589</v>
+      </c>
+      <c r="C302">
+        <v>5.0</v>
+      </c>
+      <c r="D302" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="303" spans="1:4">
+      <c r="A303" t="s">
+        <v>192</v>
+      </c>
+      <c r="B303">
+        <v>0.588</v>
+      </c>
+      <c r="C303">
+        <v>2.0</v>
+      </c>
+      <c r="D303" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="304" spans="1:4">
+      <c r="A304" t="s">
+        <v>193</v>
+      </c>
+      <c r="B304">
+        <v>0.589</v>
+      </c>
+      <c r="C304">
+        <v>33.0</v>
+      </c>
+      <c r="D304" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="305" spans="1:4">
+      <c r="A305" t="s">
+        <v>193</v>
+      </c>
+      <c r="B305">
+        <v>0.589</v>
+      </c>
+      <c r="C305">
+        <v>5.0</v>
+      </c>
+      <c r="D305" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="306" spans="1:4">
+      <c r="A306" t="s">
+        <v>193</v>
+      </c>
+      <c r="B306">
+        <v>0.589</v>
+      </c>
+      <c r="C306">
+        <v>12.0</v>
+      </c>
+      <c r="D306" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="307" spans="1:4">
+      <c r="A307" t="s">
+        <v>193</v>
+      </c>
+      <c r="B307">
+        <v>0.588</v>
+      </c>
+      <c r="C307">
+        <v>967.0</v>
+      </c>
+      <c r="D307" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="308" spans="1:4">
+      <c r="A308" t="s">
+        <v>193</v>
+      </c>
+      <c r="B308">
+        <v>0.588</v>
+      </c>
+      <c r="C308">
+        <v>33.0</v>
+      </c>
+      <c r="D308" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="309" spans="1:4">
+      <c r="A309" t="s">
+        <v>193</v>
+      </c>
+      <c r="B309">
+        <v>0.588</v>
+      </c>
+      <c r="C309">
+        <v>52.0</v>
+      </c>
+      <c r="D309" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="310" spans="1:4">
+      <c r="A310" t="s">
+        <v>194</v>
+      </c>
+      <c r="B310">
+        <v>0.588</v>
+      </c>
+      <c r="C310">
+        <v>7.0</v>
+      </c>
+      <c r="D310" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="311" spans="1:4">
+      <c r="A311" t="s">
+        <v>195</v>
+      </c>
+      <c r="B311">
+        <v>0.589</v>
+      </c>
+      <c r="C311">
+        <v>140.0</v>
+      </c>
+      <c r="D311" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="312" spans="1:4">
+      <c r="A312" t="s">
+        <v>196</v>
+      </c>
+      <c r="B312">
+        <v>0.589</v>
+      </c>
+      <c r="C312">
+        <v>1.0</v>
+      </c>
+      <c r="D312" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="313" spans="1:4">
+      <c r="A313" t="s">
+        <v>197</v>
+      </c>
+      <c r="B313">
+        <v>0.589</v>
+      </c>
+      <c r="C313">
+        <v>6.0</v>
+      </c>
+      <c r="D313" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="314" spans="1:4">
+      <c r="A314" t="s">
+        <v>198</v>
+      </c>
+      <c r="B314">
+        <v>0.588</v>
+      </c>
+      <c r="C314">
+        <v>13.0</v>
+      </c>
+      <c r="D314" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="315" spans="1:4">
+      <c r="A315" t="s">
+        <v>198</v>
+      </c>
+      <c r="B315">
+        <v>0.588</v>
+      </c>
+      <c r="C315">
+        <v>39.0</v>
+      </c>
+      <c r="D315" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="316" spans="1:4">
+      <c r="A316" t="s">
+        <v>199</v>
+      </c>
+      <c r="B316">
+        <v>0.588</v>
+      </c>
+      <c r="C316">
+        <v>2.0</v>
+      </c>
+      <c r="D316" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="317" spans="1:4">
+      <c r="A317" t="s">
+        <v>200</v>
+      </c>
+      <c r="B317">
+        <v>0.588</v>
+      </c>
+      <c r="C317">
+        <v>2.0</v>
+      </c>
+      <c r="D317" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="318" spans="1:4">
+      <c r="A318" t="s">
+        <v>201</v>
+      </c>
+      <c r="B318">
+        <v>0.588</v>
+      </c>
+      <c r="C318">
+        <v>7.0</v>
+      </c>
+      <c r="D318" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="319" spans="1:4">
+      <c r="A319" t="s">
+        <v>202</v>
+      </c>
+      <c r="B319">
+        <v>0.589</v>
+      </c>
+      <c r="C319">
+        <v>1.0</v>
+      </c>
+      <c r="D319" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="320" spans="1:4">
+      <c r="A320" t="s">
+        <v>202</v>
+      </c>
+      <c r="B320">
+        <v>0.589</v>
+      </c>
+      <c r="C320">
+        <v>4.0</v>
+      </c>
+      <c r="D320" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
+      <c r="A321" t="s">
+        <v>202</v>
+      </c>
+      <c r="B321">
+        <v>0.589</v>
+      </c>
+      <c r="C321">
+        <v>1.0</v>
+      </c>
+      <c r="D321" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
+      <c r="A322" t="s">
+        <v>202</v>
+      </c>
+      <c r="B322">
+        <v>0.589</v>
+      </c>
+      <c r="C322">
+        <v>200.0</v>
+      </c>
+      <c r="D322" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
+      <c r="A323" t="s">
+        <v>202</v>
+      </c>
+      <c r="B323">
+        <v>0.589</v>
+      </c>
+      <c r="C323">
+        <v>48.0</v>
+      </c>
+      <c r="D323" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
+      <c r="A324" t="s">
+        <v>202</v>
+      </c>
+      <c r="B324">
+        <v>0.589</v>
+      </c>
+      <c r="C324">
+        <v>5.0</v>
+      </c>
+      <c r="D324" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="s">
+        <v>202</v>
+      </c>
+      <c r="B325">
+        <v>0.589</v>
+      </c>
+      <c r="C325">
+        <v>5.0</v>
+      </c>
+      <c r="D325" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="s">
+        <v>202</v>
+      </c>
+      <c r="B326">
+        <v>0.589</v>
+      </c>
+      <c r="C326">
+        <v>5.0</v>
+      </c>
+      <c r="D326" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="s">
+        <v>202</v>
+      </c>
+      <c r="B327">
+        <v>0.589</v>
+      </c>
+      <c r="C327">
+        <v>5.0</v>
+      </c>
+      <c r="D327" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="s">
+        <v>202</v>
+      </c>
+      <c r="B328">
+        <v>0.589</v>
+      </c>
+      <c r="C328">
+        <v>5.0</v>
+      </c>
+      <c r="D328" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="s">
+        <v>202</v>
+      </c>
+      <c r="B329">
+        <v>0.589</v>
+      </c>
+      <c r="C329">
+        <v>5.0</v>
+      </c>
+      <c r="D329" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="s">
+        <v>202</v>
+      </c>
+      <c r="B330">
+        <v>0.589</v>
+      </c>
+      <c r="C330">
+        <v>5.0</v>
+      </c>
+      <c r="D330" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="s">
+        <v>202</v>
+      </c>
+      <c r="B331">
+        <v>0.589</v>
+      </c>
+      <c r="C331">
+        <v>5.0</v>
+      </c>
+      <c r="D331" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="s">
+        <v>202</v>
+      </c>
+      <c r="B332">
+        <v>0.589</v>
+      </c>
+      <c r="C332">
+        <v>2.0</v>
+      </c>
+      <c r="D332" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="s">
+        <v>202</v>
+      </c>
+      <c r="B333">
+        <v>0.589</v>
+      </c>
+      <c r="C333">
+        <v>3.0</v>
+      </c>
+      <c r="D333" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="s">
+        <v>202</v>
+      </c>
+      <c r="B334">
+        <v>0.589</v>
+      </c>
+      <c r="C334">
+        <v>27.0</v>
+      </c>
+      <c r="D334" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="s">
+        <v>202</v>
+      </c>
+      <c r="B335">
+        <v>0.589</v>
+      </c>
+      <c r="C335">
+        <v>61.0</v>
+      </c>
+      <c r="D335" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="s">
+        <v>202</v>
+      </c>
+      <c r="B336">
+        <v>0.589</v>
+      </c>
+      <c r="C336">
+        <v>5.0</v>
+      </c>
+      <c r="D336" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="337" spans="1:4">
+      <c r="A337" t="s">
+        <v>202</v>
+      </c>
+      <c r="B337">
+        <v>0.589</v>
+      </c>
+      <c r="C337">
+        <v>1.0</v>
+      </c>
+      <c r="D337" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="338" spans="1:4">
+      <c r="A338" t="s">
+        <v>202</v>
+      </c>
+      <c r="B338">
+        <v>0.589</v>
+      </c>
+      <c r="C338">
+        <v>1.0</v>
+      </c>
+      <c r="D338" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="339" spans="1:4">
+      <c r="A339" t="s">
+        <v>202</v>
+      </c>
+      <c r="B339">
+        <v>0.589</v>
+      </c>
+      <c r="C339">
+        <v>9.0</v>
+      </c>
+      <c r="D339" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="340" spans="1:4">
+      <c r="A340" t="s">
+        <v>202</v>
+      </c>
+      <c r="B340">
+        <v>0.589</v>
+      </c>
+      <c r="C340">
+        <v>370.0</v>
+      </c>
+      <c r="D340" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="341" spans="1:4">
+      <c r="A341" t="s">
+        <v>202</v>
+      </c>
+      <c r="B341">
+        <v>0.589</v>
+      </c>
+      <c r="C341">
+        <v>526.0</v>
+      </c>
+      <c r="D341" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="342" spans="1:4">
+      <c r="A342" t="s">
+        <v>202</v>
+      </c>
+      <c r="B342">
+        <v>0.589</v>
+      </c>
+      <c r="C342">
+        <v>85.0</v>
+      </c>
+      <c r="D342" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="343" spans="1:4">
+      <c r="A343" t="s">
+        <v>202</v>
+      </c>
+      <c r="B343">
+        <v>0.589</v>
+      </c>
+      <c r="C343">
+        <v>154.0</v>
+      </c>
+      <c r="D343" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>