--- v2 (2026-01-11)
+++ v3 (2026-02-01)
@@ -12,656 +12,467 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="203">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:59:34</t>
+    <t>15:59:57</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:35</t>
-[...557 lines deleted...]
-    <t>10:05:22</t>
+    <t>15:54:56</t>
+  </si>
+  <si>
+    <t>15:54:38</t>
+  </si>
+  <si>
+    <t>15:54:08</t>
+  </si>
+  <si>
+    <t>15:53:43</t>
+  </si>
+  <si>
+    <t>15:53:13</t>
+  </si>
+  <si>
+    <t>15:52:50</t>
+  </si>
+  <si>
+    <t>15:52:28</t>
+  </si>
+  <si>
+    <t>15:52:02</t>
+  </si>
+  <si>
+    <t>15:51:41</t>
+  </si>
+  <si>
+    <t>15:50:52</t>
+  </si>
+  <si>
+    <t>15:50:42</t>
+  </si>
+  <si>
+    <t>15:50:18</t>
+  </si>
+  <si>
+    <t>15:49:51</t>
+  </si>
+  <si>
+    <t>15:49:33</t>
+  </si>
+  <si>
+    <t>15:49:06</t>
+  </si>
+  <si>
+    <t>15:48:42</t>
+  </si>
+  <si>
+    <t>15:48:18</t>
+  </si>
+  <si>
+    <t>15:47:57</t>
+  </si>
+  <si>
+    <t>15:47:33</t>
+  </si>
+  <si>
+    <t>15:34:21</t>
+  </si>
+  <si>
+    <t>15:33:13</t>
+  </si>
+  <si>
+    <t>15:27:47</t>
+  </si>
+  <si>
+    <t>15:26:55</t>
+  </si>
+  <si>
+    <t>15:26:21</t>
+  </si>
+  <si>
+    <t>15:25:57</t>
+  </si>
+  <si>
+    <t>15:24:22</t>
+  </si>
+  <si>
+    <t>15:23:38</t>
+  </si>
+  <si>
+    <t>15:21:16</t>
+  </si>
+  <si>
+    <t>15:18:32</t>
+  </si>
+  <si>
+    <t>15:17:04</t>
+  </si>
+  <si>
+    <t>15:15:52</t>
+  </si>
+  <si>
+    <t>15:14:55</t>
+  </si>
+  <si>
+    <t>15:13:49</t>
+  </si>
+  <si>
+    <t>15:12:37</t>
+  </si>
+  <si>
+    <t>15:12:23</t>
+  </si>
+  <si>
+    <t>15:10:52</t>
+  </si>
+  <si>
+    <t>15:06:56</t>
+  </si>
+  <si>
+    <t>14:56:58</t>
+  </si>
+  <si>
+    <t>14:54:57</t>
+  </si>
+  <si>
+    <t>14:54:12</t>
+  </si>
+  <si>
+    <t>14:52:31</t>
+  </si>
+  <si>
+    <t>14:45:37</t>
+  </si>
+  <si>
+    <t>14:44:57</t>
+  </si>
+  <si>
+    <t>14:44:40</t>
+  </si>
+  <si>
+    <t>14:41:54</t>
+  </si>
+  <si>
+    <t>14:37:51</t>
+  </si>
+  <si>
+    <t>14:35:45</t>
+  </si>
+  <si>
+    <t>14:35:43</t>
+  </si>
+  <si>
+    <t>14:32:27</t>
+  </si>
+  <si>
+    <t>14:25:57</t>
+  </si>
+  <si>
+    <t>14:22:43</t>
+  </si>
+  <si>
+    <t>14:19:17</t>
+  </si>
+  <si>
+    <t>14:11:09</t>
+  </si>
+  <si>
+    <t>14:07:02</t>
+  </si>
+  <si>
+    <t>14:05:23</t>
+  </si>
+  <si>
+    <t>13:55:44</t>
+  </si>
+  <si>
+    <t>13:52:48</t>
+  </si>
+  <si>
+    <t>13:34:12</t>
+  </si>
+  <si>
+    <t>13:33:09</t>
+  </si>
+  <si>
+    <t>13:27:11</t>
+  </si>
+  <si>
+    <t>13:24:03</t>
+  </si>
+  <si>
+    <t>13:14:23</t>
+  </si>
+  <si>
+    <t>13:11:16</t>
+  </si>
+  <si>
+    <t>13:09:08</t>
+  </si>
+  <si>
+    <t>13:08:33</t>
+  </si>
+  <si>
+    <t>13:06:06</t>
+  </si>
+  <si>
+    <t>13:04:53</t>
+  </si>
+  <si>
+    <t>13:04:20</t>
+  </si>
+  <si>
+    <t>13:00:29</t>
+  </si>
+  <si>
+    <t>12:59:41</t>
+  </si>
+  <si>
+    <t>12:46:14</t>
+  </si>
+  <si>
+    <t>12:42:27</t>
+  </si>
+  <si>
+    <t>12:35:20</t>
+  </si>
+  <si>
+    <t>12:30:06</t>
+  </si>
+  <si>
+    <t>12:22:08</t>
+  </si>
+  <si>
+    <t>12:19:03</t>
+  </si>
+  <si>
+    <t>12:17:44</t>
+  </si>
+  <si>
+    <t>12:14:50</t>
+  </si>
+  <si>
+    <t>12:12:21</t>
+  </si>
+  <si>
+    <t>12:02:44</t>
+  </si>
+  <si>
+    <t>11:53:32</t>
+  </si>
+  <si>
+    <t>11:36:21</t>
+  </si>
+  <si>
+    <t>11:32:48</t>
+  </si>
+  <si>
+    <t>11:31:13</t>
+  </si>
+  <si>
+    <t>11:30:51</t>
+  </si>
+  <si>
+    <t>11:24:13</t>
+  </si>
+  <si>
+    <t>11:21:34</t>
+  </si>
+  <si>
+    <t>11:14:44</t>
+  </si>
+  <si>
+    <t>11:11:52</t>
+  </si>
+  <si>
+    <t>11:04:43</t>
+  </si>
+  <si>
+    <t>11:02:21</t>
+  </si>
+  <si>
+    <t>11:00:17</t>
+  </si>
+  <si>
+    <t>11:00:13</t>
+  </si>
+  <si>
+    <t>10:59:09</t>
+  </si>
+  <si>
+    <t>10:58:22</t>
+  </si>
+  <si>
+    <t>10:57:13</t>
+  </si>
+  <si>
+    <t>10:57:07</t>
+  </si>
+  <si>
+    <t>10:56:56</t>
+  </si>
+  <si>
+    <t>10:52:26</t>
+  </si>
+  <si>
+    <t>10:50:31</t>
+  </si>
+  <si>
+    <t>10:47:03</t>
+  </si>
+  <si>
+    <t>10:45:25</t>
+  </si>
+  <si>
+    <t>10:44:28</t>
+  </si>
+  <si>
+    <t>10:43:13</t>
+  </si>
+  <si>
+    <t>10:42:28</t>
+  </si>
+  <si>
+    <t>10:42:22</t>
+  </si>
+  <si>
+    <t>10:41:27</t>
+  </si>
+  <si>
+    <t>10:41:17</t>
+  </si>
+  <si>
+    <t>10:40:41</t>
+  </si>
+  <si>
+    <t>10:40:21</t>
+  </si>
+  <si>
+    <t>10:40:07</t>
+  </si>
+  <si>
+    <t>10:39:42</t>
+  </si>
+  <si>
+    <t>10:39:26</t>
+  </si>
+  <si>
+    <t>10:38:12</t>
+  </si>
+  <si>
+    <t>10:36:57</t>
+  </si>
+  <si>
+    <t>10:33:27</t>
+  </si>
+  <si>
+    <t>10:32:37</t>
+  </si>
+  <si>
+    <t>10:29:23</t>
+  </si>
+  <si>
+    <t>10:28:31</t>
+  </si>
+  <si>
+    <t>10:28:19</t>
+  </si>
+  <si>
+    <t>10:26:49</t>
+  </si>
+  <si>
+    <t>10:24:25</t>
+  </si>
+  <si>
+    <t>10:23:27</t>
+  </si>
+  <si>
+    <t>10:22:50</t>
+  </si>
+  <si>
+    <t>10:19:12</t>
+  </si>
+  <si>
+    <t>10:14:17</t>
+  </si>
+  <si>
+    <t>10:13:41</t>
+  </si>
+  <si>
+    <t>10:09:49</t>
+  </si>
+  <si>
+    <t>10:09:30</t>
+  </si>
+  <si>
+    <t>10:06:45</t>
   </si>
   <si>
     <t>10:05:05</t>
   </si>
   <si>
-    <t>10:03:47</t>
-[...20 lines deleted...]
-    <t>10:01:47</t>
+    <t>10:02:51</t>
+  </si>
+  <si>
+    <t>10:02:04</t>
   </si>
   <si>
     <t>10:00:01</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1006,4828 +817,4828 @@
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C2">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C3">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C4">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C5">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B6">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C6">
-        <v>154.0</v>
+        <v>1.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B7">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C7">
-        <v>2846.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B8">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C8">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B9">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C9">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="B10">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C10">
         <v>1.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="B11">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C11">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="B12">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C12">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="B13">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C13">
-        <v>99.0</v>
+        <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="B14">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C14">
-        <v>16.0</v>
+        <v>1.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="B15">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C15">
-        <v>116.0</v>
+        <v>1.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B16">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C16">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>13</v>
+        <v>9</v>
       </c>
       <c r="B17">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C17">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="B18">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C18">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B19">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C19">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="B20">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C20">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="B21">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C21">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B22">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C22">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>0.592</v>
+        <v>0.593</v>
       </c>
       <c r="C23">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
       <c r="B24">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C24">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="B25">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C25">
         <v>1.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B26">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C26">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B27">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C27">
         <v>1.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="B28">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C28">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B29">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C29">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="B30">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C30">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B31">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C31">
-        <v>16.0</v>
+        <v>1.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="B32">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C32">
-        <v>6.0</v>
+        <v>1.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B33">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C33">
-        <v>16.0</v>
+        <v>500.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="B34">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C34">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="B35">
-        <v>0.592</v>
+        <v>0.593</v>
       </c>
       <c r="C35">
         <v>2.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B36">
-        <v>0.592</v>
+        <v>0.593</v>
       </c>
       <c r="C36">
         <v>2.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>31</v>
+        <v>29</v>
       </c>
       <c r="B37">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C37">
-        <v>978.0</v>
+        <v>8.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B38">
         <v>0.593</v>
       </c>
       <c r="C38">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="B39">
-        <v>0.592</v>
+        <v>0.593</v>
       </c>
       <c r="C39">
-        <v>5000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="B40">
         <v>0.593</v>
       </c>
       <c r="C40">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="B41">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C41">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="B42">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C42">
-        <v>25.0</v>
+        <v>2.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="B43">
         <v>0.593</v>
       </c>
       <c r="C43">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B44">
         <v>0.593</v>
       </c>
       <c r="C44">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="B45">
         <v>0.593</v>
       </c>
       <c r="C45">
         <v>2.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B46">
         <v>0.593</v>
       </c>
       <c r="C46">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B47">
         <v>0.593</v>
       </c>
       <c r="C47">
         <v>2.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B48">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C48">
-        <v>2.0</v>
+        <v>42.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B49">
         <v>0.593</v>
       </c>
       <c r="C49">
-        <v>5.0</v>
+        <v>500.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B50">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C50">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B51">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C51">
-        <v>5.0</v>
+        <v>18.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B52">
-        <v>0.594</v>
+        <v>0.593</v>
       </c>
       <c r="C52">
-        <v>87.0</v>
+        <v>2650.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B53">
         <v>0.594</v>
       </c>
       <c r="C53">
-        <v>245.0</v>
+        <v>1.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B54">
         <v>0.593</v>
       </c>
       <c r="C54">
-        <v>1000.0</v>
+        <v>1046.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B55">
-        <v>0.594</v>
+        <v>0.593</v>
       </c>
       <c r="C55">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B56">
-        <v>0.594</v>
+        <v>0.593</v>
       </c>
       <c r="C56">
-        <v>1.0</v>
+        <v>605.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B57">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C57">
-        <v>1000.0</v>
+        <v>19.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B58">
-        <v>0.594</v>
+        <v>0.593</v>
       </c>
       <c r="C58">
-        <v>1.0</v>
+        <v>7395.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
       <c r="B59">
         <v>0.593</v>
       </c>
       <c r="C59">
-        <v>4.0</v>
+        <v>303.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="B60">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C60">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="B61">
         <v>0.594</v>
       </c>
       <c r="C61">
-        <v>1.0</v>
+        <v>7.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="B62">
         <v>0.594</v>
       </c>
       <c r="C62">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B63">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C63">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="B64">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C64">
-        <v>3.0</v>
+        <v>100.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B65">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C65">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B66">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C66">
-        <v>5.0</v>
+        <v>51.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B67">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C67">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B68">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C68">
-        <v>85.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="B69">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C69">
-        <v>250.0</v>
+        <v>20.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="B70">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C70">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>59</v>
+        <v>54</v>
       </c>
       <c r="B71">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C71">
         <v>1.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>60</v>
+        <v>54</v>
       </c>
       <c r="B72">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C72">
         <v>1.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>61</v>
+        <v>54</v>
       </c>
       <c r="B73">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C73">
         <v>1.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>62</v>
+        <v>54</v>
       </c>
       <c r="B74">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C74">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="B75">
-        <v>0.593</v>
+        <v>0.594</v>
       </c>
       <c r="C75">
         <v>1.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>64</v>
+        <v>54</v>
       </c>
       <c r="B76">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C76">
-        <v>5.0</v>
+        <v>2439.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>65</v>
+        <v>55</v>
       </c>
       <c r="B77">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C77">
-        <v>10000.0</v>
+        <v>500.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="B78">
-        <v>0.592</v>
+        <v>0.594</v>
       </c>
       <c r="C78">
-        <v>8.0</v>
+        <v>101.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>65</v>
+        <v>57</v>
       </c>
       <c r="B79">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C79">
-        <v>2000.0</v>
+        <v>99.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>65</v>
+        <v>58</v>
       </c>
       <c r="B80">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C80">
-        <v>33.0</v>
+        <v>1.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>65</v>
+        <v>59</v>
       </c>
       <c r="B81">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C81">
-        <v>1000.0</v>
+        <v>150.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>65</v>
+        <v>60</v>
       </c>
       <c r="B82">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C82">
-        <v>228.0</v>
+        <v>100.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="B83">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C83">
-        <v>3000.0</v>
+        <v>7.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B84">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C84">
-        <v>242.0</v>
+        <v>200.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B85">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C85">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B86">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C86">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B87">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C87">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B88">
-        <v>0.591</v>
+        <v>0.595</v>
       </c>
       <c r="C88">
-        <v>5.0</v>
+        <v>200.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B89">
-        <v>0.592</v>
+        <v>0.595</v>
       </c>
       <c r="C89">
-        <v>2.0</v>
+        <v>48.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B90">
-        <v>0.591</v>
+        <v>0.594</v>
       </c>
       <c r="C90">
-        <v>6972.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B91">
-        <v>0.591</v>
+        <v>0.594</v>
       </c>
       <c r="C91">
-        <v>50.0</v>
+        <v>1460.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B92">
-        <v>0.591</v>
+        <v>0.594</v>
       </c>
       <c r="C92">
-        <v>25.0</v>
+        <v>40.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B93">
-        <v>0.591</v>
+        <v>0.595</v>
       </c>
       <c r="C93">
-        <v>400.0</v>
+        <v>180.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>71</v>
       </c>
       <c r="B94">
-        <v>0.591</v>
+        <v>0.594</v>
       </c>
       <c r="C94">
-        <v>3000.0</v>
+        <v>400.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="B95">
-        <v>0.591</v>
+        <v>0.594</v>
       </c>
       <c r="C95">
-        <v>544.0</v>
+        <v>330.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="B96">
-        <v>0.591</v>
+        <v>0.595</v>
       </c>
       <c r="C96">
-        <v>1000.0</v>
+        <v>20.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B97">
-        <v>0.591</v>
+        <v>0.595</v>
       </c>
       <c r="C97">
-        <v>155.0</v>
+        <v>28.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B98">
-        <v>0.591</v>
+        <v>0.595</v>
       </c>
       <c r="C98">
-        <v>2000.0</v>
+        <v>140.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B99">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C99">
-        <v>100.0</v>
+        <v>84.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B100">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C100">
-        <v>60.0</v>
+        <v>58.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="B101">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C101">
-        <v>6000.0</v>
+        <v>1650.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
       <c r="B102">
-        <v>0.59</v>
+        <v>0.594</v>
       </c>
       <c r="C102">
-        <v>100.0</v>
+        <v>700.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>72</v>
+        <v>79</v>
       </c>
       <c r="B103">
-        <v>0.59</v>
+        <v>0.594</v>
       </c>
       <c r="C103">
-        <v>850.0</v>
+        <v>230.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>72</v>
+        <v>80</v>
       </c>
       <c r="B104">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C104">
-        <v>1000.0</v>
+        <v>25.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>72</v>
+        <v>81</v>
       </c>
       <c r="B105">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C105">
-        <v>5000.0</v>
+        <v>40.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="B106">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C106">
-        <v>1000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>72</v>
+        <v>82</v>
       </c>
       <c r="B107">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C107">
-        <v>1000.0</v>
+        <v>57.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="B108">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C108">
-        <v>205.0</v>
+        <v>1943.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>72</v>
+        <v>83</v>
       </c>
       <c r="B109">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C109">
-        <v>300.0</v>
+        <v>57.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>72</v>
+        <v>84</v>
       </c>
       <c r="B110">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C110">
-        <v>60.0</v>
+        <v>50.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="B111">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C111">
-        <v>2000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="B112">
-        <v>0.59</v>
+        <v>0.593</v>
       </c>
       <c r="C112">
-        <v>1500.0</v>
+        <v>400.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>72</v>
+        <v>87</v>
       </c>
       <c r="B113">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C113">
-        <v>350.0</v>
+        <v>20.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>72</v>
+        <v>88</v>
       </c>
       <c r="B114">
-        <v>0.59</v>
+        <v>0.593</v>
       </c>
       <c r="C114">
-        <v>1000.0</v>
+        <v>99.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="B115">
-        <v>0.59</v>
+        <v>0.593</v>
       </c>
       <c r="C115">
-        <v>500.0</v>
+        <v>198.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>72</v>
+        <v>89</v>
       </c>
       <c r="B116">
-        <v>0.59</v>
+        <v>0.593</v>
       </c>
       <c r="C116">
-        <v>2509.0</v>
+        <v>2.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>73</v>
+        <v>90</v>
       </c>
       <c r="B117">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C117">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>74</v>
+        <v>91</v>
       </c>
       <c r="B118">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C118">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="B119">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C119">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>76</v>
+        <v>91</v>
       </c>
       <c r="B120">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C120">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>77</v>
+        <v>91</v>
       </c>
       <c r="B121">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C121">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="B122">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C122">
-        <v>5.0</v>
+        <v>1900.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>79</v>
+        <v>92</v>
       </c>
       <c r="B123">
-        <v>0.59</v>
+        <v>0.594</v>
       </c>
       <c r="C123">
-        <v>72.0</v>
+        <v>100.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="B124">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C124">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>81</v>
+        <v>94</v>
       </c>
       <c r="B125">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C125">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B126">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C126">
-        <v>67.0</v>
+        <v>2661.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B127">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C127">
-        <v>25.0</v>
+        <v>50.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>82</v>
+        <v>95</v>
       </c>
       <c r="B128">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C128">
         <v>5.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>83</v>
+        <v>95</v>
       </c>
       <c r="B129">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C129">
-        <v>140.0</v>
+        <v>118.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="B130">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C130">
-        <v>1000.0</v>
+        <v>250.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>85</v>
+        <v>95</v>
       </c>
       <c r="B131">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C131">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>86</v>
+        <v>95</v>
       </c>
       <c r="B132">
-        <v>0.59</v>
+        <v>0.595</v>
       </c>
       <c r="C132">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>87</v>
+        <v>95</v>
       </c>
       <c r="B133">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C133">
-        <v>451.0</v>
+        <v>1.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B134">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C134">
-        <v>2549.0</v>
+        <v>1.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B135">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C135">
         <v>1000.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B136">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C136">
-        <v>438.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B137">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C137">
-        <v>1255.0</v>
+        <v>500.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B138">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C138">
-        <v>55.0</v>
+        <v>3333.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B139">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C139">
-        <v>225.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B140">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C140">
-        <v>500.0</v>
+        <v>5.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B141">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C141">
-        <v>10000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B142">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C142">
-        <v>5.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B143">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C143">
-        <v>75.0</v>
+        <v>1.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B144">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C144">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B145">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C145">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B146">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C146">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B147">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C147">
-        <v>60.0</v>
+        <v>1.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B148">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C148">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B149">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C149">
-        <v>25.0</v>
+        <v>5.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>88</v>
+        <v>95</v>
       </c>
       <c r="B150">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C150">
-        <v>5798.0</v>
+        <v>1.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B151">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C151">
-        <v>10000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>90</v>
+        <v>95</v>
       </c>
       <c r="B152">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C152">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B153">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C153">
-        <v>11.0</v>
+        <v>1.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B154">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C154">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="B155">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C155">
-        <v>40.0</v>
+        <v>1.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="B156">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C156">
-        <v>59.0</v>
+        <v>1.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
         <v>95</v>
       </c>
       <c r="B157">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C157">
-        <v>800.0</v>
+        <v>1.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B158">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C158">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B159">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C159">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B160">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C160">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>99</v>
+        <v>95</v>
       </c>
       <c r="B161">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C161">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>100</v>
+        <v>95</v>
       </c>
       <c r="B162">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C162">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>101</v>
+        <v>95</v>
       </c>
       <c r="B163">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C163">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>102</v>
+        <v>95</v>
       </c>
       <c r="B164">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C164">
-        <v>150.0</v>
+        <v>1.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B165">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C165">
-        <v>672.0</v>
+        <v>1.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B166">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C166">
-        <v>55.0</v>
+        <v>1.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B167">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C167">
-        <v>51.0</v>
+        <v>100.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B168">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C168">
-        <v>558.0</v>
+        <v>1.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B169">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C169">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>103</v>
+        <v>95</v>
       </c>
       <c r="B170">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C170">
-        <v>1164.0</v>
+        <v>1.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>104</v>
+        <v>95</v>
       </c>
       <c r="B171">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C171">
-        <v>60.0</v>
+        <v>1.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>105</v>
+        <v>95</v>
       </c>
       <c r="B172">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C172">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>106</v>
+        <v>95</v>
       </c>
       <c r="B173">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C173">
-        <v>232.0</v>
+        <v>1.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B174">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C174">
-        <v>2058.0</v>
+        <v>1.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B175">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C175">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B176">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C176">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B177">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C177">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B178">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C178">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>107</v>
+        <v>95</v>
       </c>
       <c r="B179">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C179">
-        <v>72.0</v>
+        <v>1.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>108</v>
+        <v>95</v>
       </c>
       <c r="B180">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C180">
-        <v>80.0</v>
+        <v>1.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>109</v>
+        <v>95</v>
       </c>
       <c r="B181">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C181">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="B182">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C182">
-        <v>12.0</v>
+        <v>1.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>111</v>
+        <v>95</v>
       </c>
       <c r="B183">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C183">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>112</v>
+        <v>95</v>
       </c>
       <c r="B184">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C184">
         <v>1.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="B185">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C185">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>114</v>
+        <v>95</v>
       </c>
       <c r="B186">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C186">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>115</v>
+        <v>95</v>
       </c>
       <c r="B187">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C187">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="B188">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C188">
-        <v>73.0</v>
+        <v>1.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>117</v>
+        <v>95</v>
       </c>
       <c r="B189">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C189">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>118</v>
+        <v>95</v>
       </c>
       <c r="B190">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C190">
-        <v>190.0</v>
+        <v>5.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="B191">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C191">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="B192">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C192">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>119</v>
+        <v>95</v>
       </c>
       <c r="B193">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C193">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>120</v>
+        <v>95</v>
       </c>
       <c r="B194">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C194">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="B195">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C195">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="B196">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C196">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="B197">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C197">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>121</v>
+        <v>95</v>
       </c>
       <c r="B198">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C198">
-        <v>798.0</v>
+        <v>1.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>122</v>
+        <v>95</v>
       </c>
       <c r="B199">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C199">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>123</v>
+        <v>95</v>
       </c>
       <c r="B200">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C200">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>124</v>
+        <v>95</v>
       </c>
       <c r="B201">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C201">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>125</v>
+        <v>95</v>
       </c>
       <c r="B202">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C202">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>126</v>
+        <v>95</v>
       </c>
       <c r="B203">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C203">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>127</v>
+        <v>95</v>
       </c>
       <c r="B204">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C204">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="B205">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C205">
-        <v>332.0</v>
+        <v>1.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="B206">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C206">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>128</v>
+        <v>95</v>
       </c>
       <c r="B207">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C207">
-        <v>666.0</v>
+        <v>1.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>129</v>
+        <v>95</v>
       </c>
       <c r="B208">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C208">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>130</v>
+        <v>95</v>
       </c>
       <c r="B209">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C209">
-        <v>14.0</v>
+        <v>1.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>131</v>
+        <v>95</v>
       </c>
       <c r="B210">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C210">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>132</v>
+        <v>95</v>
       </c>
       <c r="B211">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C211">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>133</v>
+        <v>95</v>
       </c>
       <c r="B212">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C212">
-        <v>45.0</v>
+        <v>1.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>134</v>
+        <v>95</v>
       </c>
       <c r="B213">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C213">
-        <v>150.0</v>
+        <v>1.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="B214">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C214">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="B215">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C215">
-        <v>54.0</v>
+        <v>1.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="B216">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C216">
-        <v>145.0</v>
+        <v>1.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>135</v>
+        <v>95</v>
       </c>
       <c r="B217">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C217">
-        <v>211.0</v>
+        <v>1.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>136</v>
+        <v>95</v>
       </c>
       <c r="B218">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C218">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>137</v>
+        <v>95</v>
       </c>
       <c r="B219">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C219">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>138</v>
+        <v>95</v>
       </c>
       <c r="B220">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C220">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>139</v>
+        <v>95</v>
       </c>
       <c r="B221">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C221">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>140</v>
+        <v>95</v>
       </c>
       <c r="B222">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C222">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>141</v>
+        <v>95</v>
       </c>
       <c r="B223">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C223">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>142</v>
+        <v>95</v>
       </c>
       <c r="B224">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C224">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>143</v>
+        <v>95</v>
       </c>
       <c r="B225">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C225">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>144</v>
+        <v>95</v>
       </c>
       <c r="B226">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C226">
-        <v>160.0</v>
+        <v>1.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>145</v>
+        <v>95</v>
       </c>
       <c r="B227">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C227">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>146</v>
+        <v>95</v>
       </c>
       <c r="B228">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C228">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>147</v>
+        <v>95</v>
       </c>
       <c r="B229">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C229">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>148</v>
+        <v>95</v>
       </c>
       <c r="B230">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C230">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>149</v>
+        <v>95</v>
       </c>
       <c r="B231">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C231">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D231" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>150</v>
+        <v>95</v>
       </c>
       <c r="B232">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C232">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D232" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>151</v>
+        <v>95</v>
       </c>
       <c r="B233">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C233">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D233" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>152</v>
+        <v>95</v>
       </c>
       <c r="B234">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C234">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D234" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>153</v>
+        <v>95</v>
       </c>
       <c r="B235">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C235">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D235" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>154</v>
+        <v>95</v>
       </c>
       <c r="B236">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C236">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D236" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>155</v>
+        <v>95</v>
       </c>
       <c r="B237">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C237">
-        <v>32.0</v>
+        <v>1.0</v>
       </c>
       <c r="D237" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>156</v>
+        <v>95</v>
       </c>
       <c r="B238">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C238">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D238" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>157</v>
+        <v>95</v>
       </c>
       <c r="B239">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C239">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D239" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B240">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C240">
-        <v>642.0</v>
+        <v>1.0</v>
       </c>
       <c r="D240" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B241">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C241">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D241" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B242">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C242">
-        <v>85.0</v>
+        <v>1.0</v>
       </c>
       <c r="D242" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B243">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C243">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D243" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B244">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C244">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D244" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B245">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C245">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D245" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B246">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C246">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D246" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B247">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C247">
-        <v>3000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D247" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>158</v>
+        <v>95</v>
       </c>
       <c r="B248">
-        <v>0.587</v>
+        <v>0.595</v>
       </c>
       <c r="C248">
-        <v>854.0</v>
+        <v>1.0</v>
       </c>
       <c r="D248" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="B249">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C249">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D249" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="B250">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C250">
-        <v>5000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D250" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="B251">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C251">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D251" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>159</v>
+        <v>95</v>
       </c>
       <c r="B252">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C252">
-        <v>1647.0</v>
+        <v>1.0</v>
       </c>
       <c r="D252" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>160</v>
+        <v>95</v>
       </c>
       <c r="B253">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C253">
-        <v>21.0</v>
+        <v>1.0</v>
       </c>
       <c r="D253" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B254">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C254">
-        <v>1008.0</v>
+        <v>1.0</v>
       </c>
       <c r="D254" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B255">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C255">
-        <v>3000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D255" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B256">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C256">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="D256" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B257">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C257">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D257" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B258">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C258">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D258" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>161</v>
+        <v>95</v>
       </c>
       <c r="B259">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C259">
-        <v>957.0</v>
+        <v>1.0</v>
       </c>
       <c r="D259" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>162</v>
+        <v>95</v>
       </c>
       <c r="B260">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C260">
-        <v>34.0</v>
+        <v>1.0</v>
       </c>
       <c r="D260" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>163</v>
+        <v>95</v>
       </c>
       <c r="B261">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C261">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D261" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>164</v>
+        <v>95</v>
       </c>
       <c r="B262">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C262">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D262" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>165</v>
+        <v>95</v>
       </c>
       <c r="B263">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C263">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D263" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="B264">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C264">
-        <v>9.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D264" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="B265">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C265">
-        <v>25.0</v>
+        <v>1.0</v>
       </c>
       <c r="D265" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>166</v>
+        <v>95</v>
       </c>
       <c r="B266">
-        <v>0.589</v>
+        <v>0.595</v>
       </c>
       <c r="C266">
-        <v>16.0</v>
+        <v>2645.0</v>
       </c>
       <c r="D266" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="B267">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C267">
-        <v>2.0</v>
+        <v>2247.0</v>
       </c>
       <c r="D267" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="B268">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C268">
-        <v>2000.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D268" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="B269">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C269">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D269" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>167</v>
+        <v>96</v>
       </c>
       <c r="B270">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C270">
-        <v>347.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D270" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>168</v>
+        <v>96</v>
       </c>
       <c r="B271">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C271">
-        <v>51.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D271" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>169</v>
+        <v>96</v>
       </c>
       <c r="B272">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C272">
-        <v>3.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D272" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>170</v>
+        <v>96</v>
       </c>
       <c r="B273">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C273">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D273" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>171</v>
+        <v>96</v>
       </c>
       <c r="B274">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C274">
-        <v>3.0</v>
+        <v>5.0</v>
       </c>
       <c r="D274" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>172</v>
+        <v>96</v>
       </c>
       <c r="B275">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C275">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="D275" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>173</v>
+        <v>96</v>
       </c>
       <c r="B276">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C276">
-        <v>3.0</v>
+        <v>100.0</v>
       </c>
       <c r="D276" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>174</v>
+        <v>96</v>
       </c>
       <c r="B277">
-        <v>0.588</v>
+        <v>0.595</v>
       </c>
       <c r="C277">
-        <v>106.0</v>
+        <v>2616.0</v>
       </c>
       <c r="D277" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>174</v>
+        <v>97</v>
       </c>
       <c r="B278">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C278">
-        <v>3.0</v>
+        <v>1006.0</v>
       </c>
       <c r="D278" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>175</v>
+        <v>98</v>
       </c>
       <c r="B279">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C279">
-        <v>64.0</v>
+        <v>1.0</v>
       </c>
       <c r="D279" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>176</v>
+        <v>99</v>
       </c>
       <c r="B280">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C280">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D280" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>177</v>
+        <v>100</v>
       </c>
       <c r="B281">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C281">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D281" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>178</v>
+        <v>101</v>
       </c>
       <c r="B282">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C282">
-        <v>93.0</v>
+        <v>1.0</v>
       </c>
       <c r="D282" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>179</v>
+        <v>102</v>
       </c>
       <c r="B283">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C283">
-        <v>8.0</v>
+        <v>1.0</v>
       </c>
       <c r="D283" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>180</v>
+        <v>103</v>
       </c>
       <c r="B284">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C284">
-        <v>850.0</v>
+        <v>989.0</v>
       </c>
       <c r="D284" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>181</v>
+        <v>103</v>
       </c>
       <c r="B285">
-        <v>0.587</v>
+        <v>0.594</v>
       </c>
       <c r="C285">
-        <v>5.0</v>
+        <v>211.0</v>
       </c>
       <c r="D285" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>182</v>
+        <v>104</v>
       </c>
       <c r="B286">
-        <v>0.587</v>
+        <v>0.594</v>
       </c>
       <c r="C286">
-        <v>5.0</v>
+        <v>19.0</v>
       </c>
       <c r="D286" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>183</v>
+        <v>105</v>
       </c>
       <c r="B287">
-        <v>0.587</v>
+        <v>0.594</v>
       </c>
       <c r="C287">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D287" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>184</v>
+        <v>106</v>
       </c>
       <c r="B288">
-        <v>0.587</v>
+        <v>0.594</v>
       </c>
       <c r="C288">
-        <v>5.0</v>
+        <v>470.0</v>
       </c>
       <c r="D288" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>185</v>
+        <v>107</v>
       </c>
       <c r="B289">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C289">
-        <v>428.0</v>
+        <v>530.0</v>
       </c>
       <c r="D289" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>185</v>
+        <v>108</v>
       </c>
       <c r="B290">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C290">
-        <v>72.0</v>
+        <v>1.0</v>
       </c>
       <c r="D290" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>186</v>
+        <v>109</v>
       </c>
       <c r="B291">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C291">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D291" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>186</v>
+        <v>109</v>
       </c>
       <c r="B292">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C292">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D292" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>186</v>
+        <v>110</v>
       </c>
       <c r="B293">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C293">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D293" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>186</v>
+        <v>111</v>
       </c>
       <c r="B294">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C294">
-        <v>69.0</v>
+        <v>1.0</v>
       </c>
       <c r="D294" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>186</v>
+        <v>112</v>
       </c>
       <c r="B295">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C295">
         <v>1.0</v>
       </c>
       <c r="D295" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>186</v>
+        <v>113</v>
       </c>
       <c r="B296">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C296">
-        <v>6841.0</v>
+        <v>6.0</v>
       </c>
       <c r="D296" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>187</v>
+        <v>114</v>
       </c>
       <c r="B297">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C297">
-        <v>7.0</v>
+        <v>30.0</v>
       </c>
       <c r="D297" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>188</v>
+        <v>115</v>
       </c>
       <c r="B298">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C298">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D298" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>189</v>
+        <v>116</v>
       </c>
       <c r="B299">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C299">
-        <v>252.0</v>
+        <v>50.0</v>
       </c>
       <c r="D299" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>190</v>
+        <v>117</v>
       </c>
       <c r="B300">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C300">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="D300" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>190</v>
+        <v>118</v>
       </c>
       <c r="B301">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C301">
-        <v>5000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D301" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>191</v>
+        <v>119</v>
       </c>
       <c r="B302">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C302">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D302" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>192</v>
+        <v>120</v>
       </c>
       <c r="B303">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C303">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D303" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="B304">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C304">
-        <v>33.0</v>
+        <v>2.0</v>
       </c>
       <c r="D304" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>193</v>
+        <v>122</v>
       </c>
       <c r="B305">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C305">
-        <v>5.0</v>
+        <v>200.0</v>
       </c>
       <c r="D305" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>193</v>
+        <v>123</v>
       </c>
       <c r="B306">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C306">
-        <v>12.0</v>
+        <v>5.0</v>
       </c>
       <c r="D306" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>193</v>
+        <v>124</v>
       </c>
       <c r="B307">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C307">
-        <v>967.0</v>
+        <v>100.0</v>
       </c>
       <c r="D307" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>193</v>
+        <v>125</v>
       </c>
       <c r="B308">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C308">
-        <v>33.0</v>
+        <v>1.0</v>
       </c>
       <c r="D308" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>193</v>
+        <v>126</v>
       </c>
       <c r="B309">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C309">
-        <v>52.0</v>
+        <v>1050.0</v>
       </c>
       <c r="D309" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>194</v>
+        <v>126</v>
       </c>
       <c r="B310">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C310">
-        <v>7.0</v>
+        <v>950.0</v>
       </c>
       <c r="D310" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>195</v>
+        <v>127</v>
       </c>
       <c r="B311">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C311">
-        <v>140.0</v>
+        <v>1050.0</v>
       </c>
       <c r="D311" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>196</v>
+        <v>127</v>
       </c>
       <c r="B312">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C312">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D312" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>197</v>
+        <v>127</v>
       </c>
       <c r="B313">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C313">
-        <v>6.0</v>
+        <v>2200.0</v>
       </c>
       <c r="D313" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>198</v>
+        <v>127</v>
       </c>
       <c r="B314">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C314">
-        <v>13.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D314" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>198</v>
+        <v>127</v>
       </c>
       <c r="B315">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C315">
-        <v>39.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D315" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>199</v>
+        <v>127</v>
       </c>
       <c r="B316">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C316">
-        <v>2.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D316" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>200</v>
+        <v>127</v>
       </c>
       <c r="B317">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C317">
-        <v>2.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D317" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>201</v>
+        <v>127</v>
       </c>
       <c r="B318">
-        <v>0.588</v>
+        <v>0.594</v>
       </c>
       <c r="C318">
-        <v>7.0</v>
+        <v>6750.0</v>
       </c>
       <c r="D318" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>202</v>
+        <v>127</v>
       </c>
       <c r="B319">
-        <v>0.589</v>
+        <v>0.594</v>
       </c>
       <c r="C319">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D319" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>202</v>
+        <v>128</v>
       </c>
       <c r="B320">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C320">
-        <v>4.0</v>
+        <v>13.0</v>
       </c>
       <c r="D320" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>202</v>
+        <v>129</v>
       </c>
       <c r="B321">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C321">
         <v>1.0</v>
       </c>
       <c r="D321" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>202</v>
+        <v>130</v>
       </c>
       <c r="B322">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C322">
-        <v>200.0</v>
+        <v>30.0</v>
       </c>
       <c r="D322" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>202</v>
+        <v>131</v>
       </c>
       <c r="B323">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C323">
-        <v>48.0</v>
+        <v>8.0</v>
       </c>
       <c r="D323" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>202</v>
+        <v>132</v>
       </c>
       <c r="B324">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C324">
-        <v>5.0</v>
+        <v>100.0</v>
       </c>
       <c r="D324" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="B325">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C325">
-        <v>5.0</v>
+        <v>848.0</v>
       </c>
       <c r="D325" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>202</v>
+        <v>133</v>
       </c>
       <c r="B326">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C326">
-        <v>5.0</v>
+        <v>152.0</v>
       </c>
       <c r="D326" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>202</v>
+        <v>134</v>
       </c>
       <c r="B327">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C327">
-        <v>5.0</v>
+        <v>290.0</v>
       </c>
       <c r="D327" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>202</v>
+        <v>135</v>
       </c>
       <c r="B328">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C328">
-        <v>5.0</v>
+        <v>20.0</v>
       </c>
       <c r="D328" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>202</v>
+        <v>136</v>
       </c>
       <c r="B329">
-        <v>0.589</v>
+        <v>0.592</v>
       </c>
       <c r="C329">
-        <v>5.0</v>
+        <v>58.0</v>
       </c>
       <c r="D329" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>202</v>
+        <v>137</v>
       </c>
       <c r="B330">
-        <v>0.589</v>
+        <v>0.592</v>
       </c>
       <c r="C330">
-        <v>5.0</v>
+        <v>8.0</v>
       </c>
       <c r="D330" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>202</v>
+        <v>138</v>
       </c>
       <c r="B331">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C331">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D331" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B332">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C332">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
       <c r="D332" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B333">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C333">
-        <v>3.0</v>
+        <v>50.0</v>
       </c>
       <c r="D333" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B334">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C334">
-        <v>27.0</v>
+        <v>1.0</v>
       </c>
       <c r="D334" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B335">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C335">
-        <v>61.0</v>
+        <v>1.0</v>
       </c>
       <c r="D335" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B336">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C336">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D336" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B337">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C337">
-        <v>1.0</v>
+        <v>75.0</v>
       </c>
       <c r="D337" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B338">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C338">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D338" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B339">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C339">
-        <v>9.0</v>
+        <v>151.0</v>
       </c>
       <c r="D339" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B340">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C340">
-        <v>370.0</v>
+        <v>100.0</v>
       </c>
       <c r="D340" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B341">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C341">
-        <v>526.0</v>
+        <v>6.0</v>
       </c>
       <c r="D341" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B342">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C342">
-        <v>85.0</v>
+        <v>100.0</v>
       </c>
       <c r="D342" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>202</v>
+        <v>139</v>
       </c>
       <c r="B343">
-        <v>0.589</v>
+        <v>0.593</v>
       </c>
       <c r="C343">
-        <v>154.0</v>
+        <v>20.0</v>
       </c>
       <c r="D343" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>