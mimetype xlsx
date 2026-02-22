--- v3 (2026-02-01)
+++ v4 (2026-02-22)
@@ -12,470 +12,980 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="140">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:59:57</t>
+    <t>15:59:54</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:56</t>
-[...329 lines deleted...]
-    <t>10:40:07</t>
+    <t>15:54:30</t>
+  </si>
+  <si>
+    <t>15:53:29</t>
+  </si>
+  <si>
+    <t>15:52:40</t>
+  </si>
+  <si>
+    <t>15:51:35</t>
+  </si>
+  <si>
+    <t>15:51:09</t>
+  </si>
+  <si>
+    <t>15:48:46</t>
+  </si>
+  <si>
+    <t>15:48:26</t>
+  </si>
+  <si>
+    <t>15:48:02</t>
+  </si>
+  <si>
+    <t>15:45:58</t>
+  </si>
+  <si>
+    <t>15:44:23</t>
+  </si>
+  <si>
+    <t>15:44:08</t>
+  </si>
+  <si>
+    <t>15:36:42</t>
+  </si>
+  <si>
+    <t>15:35:20</t>
+  </si>
+  <si>
+    <t>15:34:00</t>
+  </si>
+  <si>
+    <t>15:32:44</t>
+  </si>
+  <si>
+    <t>15:31:25</t>
+  </si>
+  <si>
+    <t>15:30:34</t>
+  </si>
+  <si>
+    <t>15:29:17</t>
+  </si>
+  <si>
+    <t>15:28:34</t>
+  </si>
+  <si>
+    <t>15:26:41</t>
+  </si>
+  <si>
+    <t>15:25:34</t>
+  </si>
+  <si>
+    <t>15:23:34</t>
+  </si>
+  <si>
+    <t>15:14:08</t>
+  </si>
+  <si>
+    <t>15:10:56</t>
+  </si>
+  <si>
+    <t>15:08:01</t>
+  </si>
+  <si>
+    <t>15:07:51</t>
+  </si>
+  <si>
+    <t>15:06:37</t>
+  </si>
+  <si>
+    <t>14:59:30</t>
+  </si>
+  <si>
+    <t>14:55:25</t>
+  </si>
+  <si>
+    <t>14:54:40</t>
+  </si>
+  <si>
+    <t>14:53:23</t>
+  </si>
+  <si>
+    <t>14:52:50</t>
+  </si>
+  <si>
+    <t>14:51:55</t>
+  </si>
+  <si>
+    <t>14:51:51</t>
+  </si>
+  <si>
+    <t>14:51:08</t>
+  </si>
+  <si>
+    <t>14:50:31</t>
+  </si>
+  <si>
+    <t>14:50:30</t>
+  </si>
+  <si>
+    <t>14:49:16</t>
+  </si>
+  <si>
+    <t>14:48:48</t>
+  </si>
+  <si>
+    <t>14:47:38</t>
+  </si>
+  <si>
+    <t>14:43:40</t>
+  </si>
+  <si>
+    <t>14:39:50</t>
+  </si>
+  <si>
+    <t>14:39:31</t>
+  </si>
+  <si>
+    <t>14:39:19</t>
+  </si>
+  <si>
+    <t>14:35:00</t>
+  </si>
+  <si>
+    <t>14:34:37</t>
+  </si>
+  <si>
+    <t>14:33:12</t>
+  </si>
+  <si>
+    <t>14:27:22</t>
+  </si>
+  <si>
+    <t>14:26:38</t>
+  </si>
+  <si>
+    <t>14:26:37</t>
+  </si>
+  <si>
+    <t>14:26:07</t>
+  </si>
+  <si>
+    <t>14:25:32</t>
+  </si>
+  <si>
+    <t>14:22:02</t>
+  </si>
+  <si>
+    <t>14:21:18</t>
+  </si>
+  <si>
+    <t>14:13:15</t>
+  </si>
+  <si>
+    <t>14:11:48</t>
+  </si>
+  <si>
+    <t>14:09:54</t>
+  </si>
+  <si>
+    <t>14:05:13</t>
+  </si>
+  <si>
+    <t>14:03:53</t>
+  </si>
+  <si>
+    <t>14:03:40</t>
+  </si>
+  <si>
+    <t>14:03:27</t>
+  </si>
+  <si>
+    <t>14:01:25</t>
+  </si>
+  <si>
+    <t>14:00:53</t>
+  </si>
+  <si>
+    <t>13:56:34</t>
+  </si>
+  <si>
+    <t>13:54:55</t>
+  </si>
+  <si>
+    <t>13:53:16</t>
+  </si>
+  <si>
+    <t>13:52:08</t>
+  </si>
+  <si>
+    <t>13:51:52</t>
+  </si>
+  <si>
+    <t>13:48:00</t>
+  </si>
+  <si>
+    <t>13:46:51</t>
+  </si>
+  <si>
+    <t>13:46:16</t>
+  </si>
+  <si>
+    <t>13:43:05</t>
+  </si>
+  <si>
+    <t>13:42:08</t>
+  </si>
+  <si>
+    <t>13:40:55</t>
+  </si>
+  <si>
+    <t>13:40:10</t>
+  </si>
+  <si>
+    <t>13:37:14</t>
+  </si>
+  <si>
+    <t>13:36:41</t>
+  </si>
+  <si>
+    <t>13:35:44</t>
+  </si>
+  <si>
+    <t>13:35:01</t>
+  </si>
+  <si>
+    <t>13:33:01</t>
+  </si>
+  <si>
+    <t>13:32:32</t>
+  </si>
+  <si>
+    <t>13:28:45</t>
+  </si>
+  <si>
+    <t>13:28:38</t>
+  </si>
+  <si>
+    <t>13:27:29</t>
+  </si>
+  <si>
+    <t>13:24:21</t>
+  </si>
+  <si>
+    <t>13:23:28</t>
+  </si>
+  <si>
+    <t>13:14:01</t>
+  </si>
+  <si>
+    <t>13:13:40</t>
+  </si>
+  <si>
+    <t>13:11:10</t>
+  </si>
+  <si>
+    <t>13:10:50</t>
+  </si>
+  <si>
+    <t>13:10:27</t>
+  </si>
+  <si>
+    <t>13:10:18</t>
+  </si>
+  <si>
+    <t>13:10:08</t>
+  </si>
+  <si>
+    <t>13:09:54</t>
+  </si>
+  <si>
+    <t>13:08:31</t>
+  </si>
+  <si>
+    <t>13:03:55</t>
+  </si>
+  <si>
+    <t>13:02:13</t>
+  </si>
+  <si>
+    <t>13:01:45</t>
+  </si>
+  <si>
+    <t>12:59:32</t>
+  </si>
+  <si>
+    <t>12:59:02</t>
+  </si>
+  <si>
+    <t>12:57:03</t>
+  </si>
+  <si>
+    <t>12:53:41</t>
+  </si>
+  <si>
+    <t>12:52:40</t>
+  </si>
+  <si>
+    <t>12:52:20</t>
+  </si>
+  <si>
+    <t>12:47:39</t>
+  </si>
+  <si>
+    <t>12:46:50</t>
+  </si>
+  <si>
+    <t>12:43:39</t>
+  </si>
+  <si>
+    <t>12:42:30</t>
+  </si>
+  <si>
+    <t>12:42:20</t>
+  </si>
+  <si>
+    <t>12:40:25</t>
+  </si>
+  <si>
+    <t>12:40:04</t>
+  </si>
+  <si>
+    <t>12:39:55</t>
+  </si>
+  <si>
+    <t>12:39:51</t>
+  </si>
+  <si>
+    <t>12:36:22</t>
+  </si>
+  <si>
+    <t>12:35:33</t>
+  </si>
+  <si>
+    <t>12:35:16</t>
+  </si>
+  <si>
+    <t>12:34:17</t>
+  </si>
+  <si>
+    <t>12:34:03</t>
+  </si>
+  <si>
+    <t>12:33:39</t>
+  </si>
+  <si>
+    <t>12:33:27</t>
+  </si>
+  <si>
+    <t>12:32:18</t>
+  </si>
+  <si>
+    <t>12:32:16</t>
+  </si>
+  <si>
+    <t>12:31:25</t>
+  </si>
+  <si>
+    <t>12:29:58</t>
+  </si>
+  <si>
+    <t>12:29:49</t>
+  </si>
+  <si>
+    <t>12:29:24</t>
+  </si>
+  <si>
+    <t>12:29:12</t>
+  </si>
+  <si>
+    <t>12:29:09</t>
+  </si>
+  <si>
+    <t>12:29:08</t>
+  </si>
+  <si>
+    <t>12:29:00</t>
+  </si>
+  <si>
+    <t>12:28:42</t>
+  </si>
+  <si>
+    <t>12:28:33</t>
+  </si>
+  <si>
+    <t>12:28:32</t>
+  </si>
+  <si>
+    <t>12:28:07</t>
+  </si>
+  <si>
+    <t>12:27:06</t>
+  </si>
+  <si>
+    <t>12:26:42</t>
+  </si>
+  <si>
+    <t>12:26:30</t>
+  </si>
+  <si>
+    <t>12:26:14</t>
+  </si>
+  <si>
+    <t>12:26:05</t>
+  </si>
+  <si>
+    <t>12:25:56</t>
+  </si>
+  <si>
+    <t>12:25:47</t>
+  </si>
+  <si>
+    <t>12:25:22</t>
+  </si>
+  <si>
+    <t>12:25:12</t>
+  </si>
+  <si>
+    <t>12:25:02</t>
+  </si>
+  <si>
+    <t>12:24:43</t>
+  </si>
+  <si>
+    <t>12:24:20</t>
+  </si>
+  <si>
+    <t>12:24:12</t>
+  </si>
+  <si>
+    <t>12:23:59</t>
+  </si>
+  <si>
+    <t>12:23:33</t>
+  </si>
+  <si>
+    <t>12:23:24</t>
+  </si>
+  <si>
+    <t>12:23:15</t>
+  </si>
+  <si>
+    <t>12:20:36</t>
+  </si>
+  <si>
+    <t>12:19:14</t>
+  </si>
+  <si>
+    <t>12:18:50</t>
+  </si>
+  <si>
+    <t>12:17:51</t>
+  </si>
+  <si>
+    <t>12:17:04</t>
+  </si>
+  <si>
+    <t>12:16:33</t>
+  </si>
+  <si>
+    <t>12:15:59</t>
+  </si>
+  <si>
+    <t>12:15:57</t>
+  </si>
+  <si>
+    <t>12:15:24</t>
+  </si>
+  <si>
+    <t>12:12:09</t>
+  </si>
+  <si>
+    <t>12:09:57</t>
+  </si>
+  <si>
+    <t>12:07:35</t>
+  </si>
+  <si>
+    <t>12:05:58</t>
+  </si>
+  <si>
+    <t>12:04:20</t>
+  </si>
+  <si>
+    <t>12:04:09</t>
+  </si>
+  <si>
+    <t>12:03:47</t>
+  </si>
+  <si>
+    <t>12:03:25</t>
+  </si>
+  <si>
+    <t>12:02:58</t>
+  </si>
+  <si>
+    <t>12:02:32</t>
+  </si>
+  <si>
+    <t>12:02:13</t>
+  </si>
+  <si>
+    <t>11:59:37</t>
+  </si>
+  <si>
+    <t>11:59:16</t>
+  </si>
+  <si>
+    <t>11:57:41</t>
+  </si>
+  <si>
+    <t>11:55:53</t>
+  </si>
+  <si>
+    <t>11:55:41</t>
+  </si>
+  <si>
+    <t>11:54:54</t>
+  </si>
+  <si>
+    <t>11:54:41</t>
+  </si>
+  <si>
+    <t>11:53:04</t>
+  </si>
+  <si>
+    <t>11:52:18</t>
+  </si>
+  <si>
+    <t>11:52:08</t>
+  </si>
+  <si>
+    <t>11:51:59</t>
+  </si>
+  <si>
+    <t>11:51:57</t>
+  </si>
+  <si>
+    <t>11:51:49</t>
+  </si>
+  <si>
+    <t>11:51:32</t>
+  </si>
+  <si>
+    <t>11:51:03</t>
+  </si>
+  <si>
+    <t>11:50:39</t>
+  </si>
+  <si>
+    <t>11:50:20</t>
+  </si>
+  <si>
+    <t>11:49:45</t>
+  </si>
+  <si>
+    <t>11:47:41</t>
+  </si>
+  <si>
+    <t>11:44:54</t>
+  </si>
+  <si>
+    <t>11:44:48</t>
+  </si>
+  <si>
+    <t>11:44:37</t>
+  </si>
+  <si>
+    <t>11:44:31</t>
+  </si>
+  <si>
+    <t>11:44:19</t>
+  </si>
+  <si>
+    <t>11:44:07</t>
+  </si>
+  <si>
+    <t>11:43:38</t>
+  </si>
+  <si>
+    <t>11:42:58</t>
+  </si>
+  <si>
+    <t>11:40:35</t>
+  </si>
+  <si>
+    <t>11:40:31</t>
+  </si>
+  <si>
+    <t>11:38:15</t>
+  </si>
+  <si>
+    <t>11:36:49</t>
+  </si>
+  <si>
+    <t>11:36:06</t>
+  </si>
+  <si>
+    <t>11:35:08</t>
+  </si>
+  <si>
+    <t>11:35:03</t>
+  </si>
+  <si>
+    <t>11:34:55</t>
+  </si>
+  <si>
+    <t>11:34:28</t>
+  </si>
+  <si>
+    <t>11:33:53</t>
+  </si>
+  <si>
+    <t>11:33:23</t>
+  </si>
+  <si>
+    <t>11:33:11</t>
+  </si>
+  <si>
+    <t>11:32:58</t>
+  </si>
+  <si>
+    <t>11:32:28</t>
+  </si>
+  <si>
+    <t>11:32:13</t>
+  </si>
+  <si>
+    <t>11:31:14</t>
+  </si>
+  <si>
+    <t>11:31:08</t>
+  </si>
+  <si>
+    <t>11:30:17</t>
+  </si>
+  <si>
+    <t>11:30:07</t>
+  </si>
+  <si>
+    <t>11:28:59</t>
+  </si>
+  <si>
+    <t>11:28:10</t>
+  </si>
+  <si>
+    <t>11:27:55</t>
+  </si>
+  <si>
+    <t>11:27:19</t>
+  </si>
+  <si>
+    <t>11:26:14</t>
+  </si>
+  <si>
+    <t>11:25:44</t>
+  </si>
+  <si>
+    <t>11:25:11</t>
+  </si>
+  <si>
+    <t>11:23:58</t>
+  </si>
+  <si>
+    <t>11:22:43</t>
+  </si>
+  <si>
+    <t>11:22:22</t>
+  </si>
+  <si>
+    <t>11:20:50</t>
+  </si>
+  <si>
+    <t>11:20:31</t>
+  </si>
+  <si>
+    <t>11:18:09</t>
+  </si>
+  <si>
+    <t>11:11:47</t>
+  </si>
+  <si>
+    <t>11:11:46</t>
+  </si>
+  <si>
+    <t>11:10:58</t>
+  </si>
+  <si>
+    <t>11:10:11</t>
+  </si>
+  <si>
+    <t>11:09:26</t>
+  </si>
+  <si>
+    <t>11:07:18</t>
+  </si>
+  <si>
+    <t>11:07:10</t>
+  </si>
+  <si>
+    <t>11:06:01</t>
+  </si>
+  <si>
+    <t>11:01:40</t>
+  </si>
+  <si>
+    <t>11:01:14</t>
+  </si>
+  <si>
+    <t>11:00:53</t>
+  </si>
+  <si>
+    <t>10:59:07</t>
+  </si>
+  <si>
+    <t>10:58:47</t>
+  </si>
+  <si>
+    <t>10:57:45</t>
+  </si>
+  <si>
+    <t>10:56:45</t>
+  </si>
+  <si>
+    <t>10:55:57</t>
+  </si>
+  <si>
+    <t>10:55:51</t>
+  </si>
+  <si>
+    <t>10:55:47</t>
+  </si>
+  <si>
+    <t>10:55:34</t>
+  </si>
+  <si>
+    <t>10:55:12</t>
+  </si>
+  <si>
+    <t>10:55:10</t>
+  </si>
+  <si>
+    <t>10:55:00</t>
+  </si>
+  <si>
+    <t>10:54:54</t>
+  </si>
+  <si>
+    <t>10:53:26</t>
+  </si>
+  <si>
+    <t>10:51:24</t>
+  </si>
+  <si>
+    <t>10:50:43</t>
+  </si>
+  <si>
+    <t>10:50:04</t>
+  </si>
+  <si>
+    <t>10:48:55</t>
+  </si>
+  <si>
+    <t>10:48:11</t>
+  </si>
+  <si>
+    <t>10:47:50</t>
+  </si>
+  <si>
+    <t>10:46:07</t>
+  </si>
+  <si>
+    <t>10:44:22</t>
+  </si>
+  <si>
+    <t>10:43:41</t>
+  </si>
+  <si>
+    <t>10:43:23</t>
+  </si>
+  <si>
+    <t>10:42:56</t>
+  </si>
+  <si>
+    <t>10:41:56</t>
+  </si>
+  <si>
+    <t>10:41:44</t>
   </si>
   <si>
     <t>10:39:42</t>
   </si>
   <si>
-    <t>10:39:26</t>
-[...62 lines deleted...]
-    <t>10:00:01</t>
+    <t>10:39:31</t>
+  </si>
+  <si>
+    <t>10:39:21</t>
+  </si>
+  <si>
+    <t>10:39:02</t>
+  </si>
+  <si>
+    <t>10:38:10</t>
+  </si>
+  <si>
+    <t>10:37:46</t>
+  </si>
+  <si>
+    <t>10:37:08</t>
+  </si>
+  <si>
+    <t>10:36:31</t>
+  </si>
+  <si>
+    <t>10:36:17</t>
+  </si>
+  <si>
+    <t>10:31:12</t>
+  </si>
+  <si>
+    <t>10:30:30</t>
+  </si>
+  <si>
+    <t>10:30:21</t>
+  </si>
+  <si>
+    <t>10:30:09</t>
+  </si>
+  <si>
+    <t>10:29:46</t>
+  </si>
+  <si>
+    <t>10:29:19</t>
+  </si>
+  <si>
+    <t>10:29:09</t>
+  </si>
+  <si>
+    <t>10:28:03</t>
+  </si>
+  <si>
+    <t>10:27:48</t>
+  </si>
+  <si>
+    <t>10:25:06</t>
+  </si>
+  <si>
+    <t>10:23:24</t>
+  </si>
+  <si>
+    <t>10:21:20</t>
+  </si>
+  <si>
+    <t>10:19:54</t>
+  </si>
+  <si>
+    <t>10:17:47</t>
+  </si>
+  <si>
+    <t>10:17:43</t>
+  </si>
+  <si>
+    <t>10:17:06</t>
+  </si>
+  <si>
+    <t>10:15:09</t>
+  </si>
+  <si>
+    <t>10:13:33</t>
+  </si>
+  <si>
+    <t>10:13:19</t>
+  </si>
+  <si>
+    <t>10:11:26</t>
+  </si>
+  <si>
+    <t>10:11:14</t>
+  </si>
+  <si>
+    <t>10:10:14</t>
+  </si>
+  <si>
+    <t>10:08:33</t>
+  </si>
+  <si>
+    <t>10:05:41</t>
+  </si>
+  <si>
+    <t>10:05:02</t>
+  </si>
+  <si>
+    <t>10:02:43</t>
+  </si>
+  <si>
+    <t>10:02:15</t>
+  </si>
+  <si>
+    <t>10:00:04</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -790,4857 +1300,8189 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D343"/>
+  <dimension ref="A1:D581"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C2">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B3">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C3">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="B4">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C4">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C5">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="B6">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C6">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="B7">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C7">
-        <v>1.0</v>
+        <v>16.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B8">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C8">
-        <v>1.0</v>
+        <v>465.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B9">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C9">
-        <v>1.0</v>
+        <v>1537.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="B10">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C10">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="B11">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C11">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="B12">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C12">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="B13">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C13">
-        <v>1.0</v>
+        <v>700.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="B14">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C14">
-        <v>1.0</v>
+        <v>400.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="B15">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C15">
-        <v>1.0</v>
+        <v>300.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="B16">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C16">
-        <v>1.0</v>
+        <v>75.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="B17">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C17">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="B18">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C18">
-        <v>1.0</v>
+        <v>375.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="B19">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C19">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B20">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C20">
         <v>1.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="B21">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C21">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="B22">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B23">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C23">
-        <v>13.0</v>
+        <v>856.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B24">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C24">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B25">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C25">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B26">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C26">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B27">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C27">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="B28">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C28">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="B29">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C29">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B30">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C30">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B31">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C31">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B32">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C32">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="B33">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C33">
-        <v>500.0</v>
+        <v>40.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="B34">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C34">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="B35">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C35">
-        <v>2.0</v>
+        <v>975.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="B36">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C36">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="B37">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C37">
-        <v>8.0</v>
+        <v>140.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="B38">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C38">
-        <v>2.0</v>
+        <v>240.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="B39">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C39">
-        <v>2.0</v>
+        <v>9.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>32</v>
+        <v>35</v>
       </c>
       <c r="B40">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C40">
-        <v>2.0</v>
+        <v>18.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="B41">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C41">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="B42">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C42">
-        <v>2.0</v>
+        <v>65.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="B43">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C43">
-        <v>2.0</v>
+        <v>500.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="B44">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C44">
-        <v>2.0</v>
+        <v>20.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="B45">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C45">
-        <v>2.0</v>
+        <v>1621.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="B46">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C46">
-        <v>2.0</v>
+        <v>4.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="B47">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C47">
-        <v>2.0</v>
+        <v>31.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="B48">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C48">
-        <v>42.0</v>
+        <v>1263.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B49">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C49">
-        <v>500.0</v>
+        <v>737.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="B50">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C50">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B51">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C51">
-        <v>18.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="B52">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C52">
-        <v>2650.0</v>
+        <v>23.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B53">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C53">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B54">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C54">
-        <v>1046.0</v>
+        <v>2.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>46</v>
+        <v>48</v>
       </c>
       <c r="B55">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C55">
-        <v>1000.0</v>
+        <v>4.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="B56">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C56">
-        <v>605.0</v>
+        <v>4.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>47</v>
+        <v>50</v>
       </c>
       <c r="B57">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C57">
-        <v>19.0</v>
+        <v>1569.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>48</v>
+        <v>51</v>
       </c>
       <c r="B58">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C58">
-        <v>7395.0</v>
+        <v>700.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B59">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C59">
-        <v>303.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="B60">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C60">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="B61">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C61">
-        <v>7.0</v>
+        <v>400.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B62">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C62">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B63">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C63">
         <v>200.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B64">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C64">
-        <v>100.0</v>
+        <v>200.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B65">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C65">
-        <v>50.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>54</v>
+        <v>57</v>
       </c>
       <c r="B66">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C66">
-        <v>51.0</v>
+        <v>5.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B67">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C67">
-        <v>1.0</v>
+        <v>10004.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B68">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C68">
-        <v>2000.0</v>
+        <v>13375.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="B69">
-        <v>0.594</v>
+        <v>0.632</v>
       </c>
       <c r="C69">
-        <v>20.0</v>
+        <v>670.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="B70">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C70">
-        <v>6.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="B71">
-        <v>0.594</v>
+        <v>0.632</v>
       </c>
       <c r="C71">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="B72">
-        <v>0.594</v>
+        <v>0.632</v>
       </c>
       <c r="C72">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="B73">
-        <v>0.594</v>
+        <v>0.633</v>
       </c>
       <c r="C73">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="B74">
-        <v>0.594</v>
+        <v>0.633</v>
       </c>
       <c r="C74">
         <v>1.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="B75">
-        <v>0.594</v>
+        <v>0.633</v>
       </c>
       <c r="C75">
         <v>1.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="B76">
-        <v>0.594</v>
+        <v>0.632</v>
       </c>
       <c r="C76">
-        <v>2439.0</v>
+        <v>10102.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="B77">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C77">
-        <v>500.0</v>
+        <v>245.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="B78">
-        <v>0.594</v>
+        <v>0.633</v>
       </c>
       <c r="C78">
-        <v>101.0</v>
+        <v>7.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>57</v>
+        <v>69</v>
       </c>
       <c r="B79">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C79">
-        <v>99.0</v>
+        <v>1625.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>58</v>
+        <v>70</v>
       </c>
       <c r="B80">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C80">
-        <v>1.0</v>
+        <v>107.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>59</v>
+        <v>70</v>
       </c>
       <c r="B81">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C81">
-        <v>150.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="B82">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C82">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="B83">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C83">
-        <v>7.0</v>
+        <v>4999.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>62</v>
+        <v>71</v>
       </c>
       <c r="B84">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C84">
-        <v>200.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="B85">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C85">
-        <v>100.0</v>
+        <v>260.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="B86">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C86">
-        <v>1.0</v>
+        <v>158.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="B87">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C87">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="B88">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C88">
-        <v>200.0</v>
+        <v>9.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B89">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C89">
-        <v>48.0</v>
+        <v>833.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>68</v>
+        <v>74</v>
       </c>
       <c r="B90">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C90">
-        <v>2000.0</v>
+        <v>15.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B91">
-        <v>0.594</v>
+        <v>0.631</v>
       </c>
       <c r="C91">
-        <v>1460.0</v>
+        <v>2.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>69</v>
+        <v>75</v>
       </c>
       <c r="B92">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C92">
-        <v>40.0</v>
+        <v>223.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>70</v>
+        <v>76</v>
       </c>
       <c r="B93">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C93">
-        <v>180.0</v>
+        <v>777.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B94">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C94">
-        <v>400.0</v>
+        <v>500.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B95">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C95">
-        <v>330.0</v>
+        <v>38723.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="B96">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C96">
-        <v>20.0</v>
+        <v>450.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B97">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C97">
-        <v>28.0</v>
+        <v>300.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="B98">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C98">
-        <v>140.0</v>
+        <v>100.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B99">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C99">
-        <v>84.0</v>
+        <v>50.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="B100">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C100">
-        <v>58.0</v>
+        <v>3.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B101">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C101">
-        <v>1650.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="B102">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C102">
-        <v>700.0</v>
+        <v>35.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B103">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C103">
-        <v>230.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B104">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C104">
-        <v>25.0</v>
+        <v>15.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B105">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C105">
-        <v>40.0</v>
+        <v>300.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="B106">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C106">
-        <v>3.0</v>
+        <v>230.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="B107">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C107">
-        <v>57.0</v>
+        <v>20000.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B108">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C108">
-        <v>1943.0</v>
+        <v>10.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="B109">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C109">
-        <v>57.0</v>
+        <v>2.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>84</v>
+        <v>90</v>
       </c>
       <c r="B110">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C110">
-        <v>50.0</v>
+        <v>770.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="B111">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C111">
-        <v>10.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="B112">
-        <v>0.593</v>
+        <v>0.629</v>
       </c>
       <c r="C112">
-        <v>400.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>87</v>
+        <v>93</v>
       </c>
       <c r="B113">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C113">
-        <v>20.0</v>
+        <v>1.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>88</v>
+        <v>93</v>
       </c>
       <c r="B114">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C114">
-        <v>99.0</v>
+        <v>100.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B115">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C115">
-        <v>198.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B116">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C116">
-        <v>2.0</v>
+        <v>100.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B117">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C117">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B118">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C118">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B119">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C119">
-        <v>1.0</v>
+        <v>1588.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B120">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C120">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B121">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C121">
-        <v>2.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B122">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C122">
-        <v>1900.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="B123">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C123">
-        <v>100.0</v>
+        <v>385.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>93</v>
       </c>
       <c r="B124">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C124">
-        <v>200.0</v>
+        <v>400.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>94</v>
       </c>
       <c r="B125">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C125">
-        <v>2.0</v>
+        <v>80.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>95</v>
       </c>
       <c r="B126">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C126">
-        <v>2661.0</v>
+        <v>4.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="B127">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C127">
-        <v>50.0</v>
+        <v>4.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="B128">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C128">
-        <v>5.0</v>
+        <v>4.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B129">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C129">
-        <v>118.0</v>
+        <v>4.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B130">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C130">
-        <v>250.0</v>
+        <v>4.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B131">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C131">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B132">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C132">
-        <v>1.0</v>
+        <v>498.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B133">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C133">
-        <v>1.0</v>
+        <v>4.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>95</v>
+        <v>101</v>
       </c>
       <c r="B134">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C134">
-        <v>1.0</v>
+        <v>598.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="B135">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C135">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>95</v>
+        <v>103</v>
       </c>
       <c r="B136">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C136">
-        <v>1000.0</v>
+        <v>800.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B137">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C137">
-        <v>500.0</v>
+        <v>781.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B138">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C138">
-        <v>3333.0</v>
+        <v>500.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B139">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C139">
         <v>1000.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B140">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C140">
-        <v>5.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>95</v>
+        <v>104</v>
       </c>
       <c r="B141">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C141">
-        <v>1000.0</v>
+        <v>1719.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>95</v>
+        <v>105</v>
       </c>
       <c r="B142">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C142">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>95</v>
+        <v>106</v>
       </c>
       <c r="B143">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C143">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>95</v>
+        <v>107</v>
       </c>
       <c r="B144">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C144">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>95</v>
+        <v>108</v>
       </c>
       <c r="B145">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C145">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>95</v>
+        <v>109</v>
       </c>
       <c r="B146">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C146">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B147">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C147">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B148">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C148">
-        <v>1.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B149">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C149">
-        <v>5.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>95</v>
+        <v>110</v>
       </c>
       <c r="B150">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C150">
-        <v>1.0</v>
+        <v>400.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="B151">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C151">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>95</v>
+        <v>112</v>
       </c>
       <c r="B152">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C152">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>95</v>
+        <v>113</v>
       </c>
       <c r="B153">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C153">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>95</v>
+        <v>114</v>
       </c>
       <c r="B154">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C154">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>95</v>
+        <v>115</v>
       </c>
       <c r="B155">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C155">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>95</v>
+        <v>116</v>
       </c>
       <c r="B156">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C156">
-        <v>1.0</v>
+        <v>319.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>95</v>
+        <v>117</v>
       </c>
       <c r="B157">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C157">
-        <v>1.0</v>
+        <v>1153.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>95</v>
+        <v>118</v>
       </c>
       <c r="B158">
-        <v>0.595</v>
+        <v>0.632</v>
       </c>
       <c r="C158">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>95</v>
+        <v>119</v>
       </c>
       <c r="B159">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C159">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>95</v>
+        <v>120</v>
       </c>
       <c r="B160">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C160">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>95</v>
+        <v>121</v>
       </c>
       <c r="B161">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C161">
         <v>1.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>95</v>
+        <v>122</v>
       </c>
       <c r="B162">
-        <v>0.595</v>
+        <v>0.634</v>
       </c>
       <c r="C162">
         <v>1.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>95</v>
+        <v>123</v>
       </c>
       <c r="B163">
-        <v>0.595</v>
+        <v>0.634</v>
       </c>
       <c r="C163">
         <v>1.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>95</v>
+        <v>124</v>
       </c>
       <c r="B164">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C164">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="B165">
-        <v>0.595</v>
+        <v>0.633</v>
       </c>
       <c r="C165">
-        <v>1.0</v>
+        <v>1692.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="B166">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C166">
-        <v>1.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>95</v>
+        <v>126</v>
       </c>
       <c r="B167">
-        <v>0.595</v>
+        <v>0.631</v>
       </c>
       <c r="C167">
-        <v>100.0</v>
+        <v>4784.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="B168">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C168">
-        <v>1.0</v>
+        <v>6389.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="B169">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C169">
-        <v>1.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>95</v>
+        <v>127</v>
       </c>
       <c r="B170">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C170">
-        <v>1.0</v>
+        <v>9112.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="B171">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C171">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>95</v>
+        <v>128</v>
       </c>
       <c r="B172">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C172">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>95</v>
+        <v>129</v>
       </c>
       <c r="B173">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C173">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>95</v>
+        <v>130</v>
       </c>
       <c r="B174">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C174">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="B175">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C175">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>95</v>
+        <v>131</v>
       </c>
       <c r="B176">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C176">
         <v>1.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>95</v>
+        <v>132</v>
       </c>
       <c r="B177">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C177">
-        <v>1.0</v>
+        <v>1625.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>95</v>
+        <v>133</v>
       </c>
       <c r="B178">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C178">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="B179">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C179">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>95</v>
+        <v>134</v>
       </c>
       <c r="B180">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C180">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>95</v>
+        <v>135</v>
       </c>
       <c r="B181">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C181">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>95</v>
+        <v>136</v>
       </c>
       <c r="B182">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C182">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>95</v>
+        <v>137</v>
       </c>
       <c r="B183">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C183">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>95</v>
+        <v>138</v>
       </c>
       <c r="B184">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C184">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>95</v>
+        <v>139</v>
       </c>
       <c r="B185">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C185">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>95</v>
+        <v>140</v>
       </c>
       <c r="B186">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C186">
-        <v>1.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>95</v>
+        <v>141</v>
       </c>
       <c r="B187">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C187">
-        <v>1.0</v>
+        <v>770.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="B188">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C188">
-        <v>1.0</v>
+        <v>6430.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>95</v>
+        <v>142</v>
       </c>
       <c r="B189">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C189">
-        <v>1.0</v>
+        <v>3570.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>95</v>
+        <v>143</v>
       </c>
       <c r="B190">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C190">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>95</v>
+        <v>144</v>
       </c>
       <c r="B191">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C191">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>95</v>
+        <v>145</v>
       </c>
       <c r="B192">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C192">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>95</v>
+        <v>145</v>
       </c>
       <c r="B193">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C193">
-        <v>1.0</v>
+        <v>700.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>95</v>
+        <v>146</v>
       </c>
       <c r="B194">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C194">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>95</v>
+        <v>147</v>
       </c>
       <c r="B195">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C195">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>95</v>
+        <v>148</v>
       </c>
       <c r="B196">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C196">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="B197">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C197">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>95</v>
+        <v>149</v>
       </c>
       <c r="B198">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C198">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>95</v>
+        <v>150</v>
       </c>
       <c r="B199">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C199">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>95</v>
+        <v>151</v>
       </c>
       <c r="B200">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C200">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>95</v>
+        <v>152</v>
       </c>
       <c r="B201">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C201">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>95</v>
+        <v>153</v>
       </c>
       <c r="B202">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C202">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>95</v>
+        <v>153</v>
       </c>
       <c r="B203">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C203">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>95</v>
+        <v>154</v>
       </c>
       <c r="B204">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C204">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>95</v>
+        <v>155</v>
       </c>
       <c r="B205">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C205">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>95</v>
+        <v>156</v>
       </c>
       <c r="B206">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C206">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>95</v>
+        <v>157</v>
       </c>
       <c r="B207">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C207">
-        <v>1.0</v>
+        <v>730.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>95</v>
+        <v>157</v>
       </c>
       <c r="B208">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C208">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>95</v>
+        <v>157</v>
       </c>
       <c r="B209">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C209">
-        <v>1.0</v>
+        <v>303.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B210">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C210">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B211">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C211">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B212">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C212">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B213">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C213">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B214">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C214">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>95</v>
+        <v>158</v>
       </c>
       <c r="B215">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C215">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>95</v>
+        <v>159</v>
       </c>
       <c r="B216">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C216">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>95</v>
+        <v>160</v>
       </c>
       <c r="B217">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C217">
-        <v>1.0</v>
+        <v>1169.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>95</v>
+        <v>161</v>
       </c>
       <c r="B218">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C218">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="B219">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C219">
-        <v>1.0</v>
+        <v>4802.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>95</v>
+        <v>162</v>
       </c>
       <c r="B220">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C220">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>95</v>
+        <v>163</v>
       </c>
       <c r="B221">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C221">
-        <v>1.0</v>
+        <v>94.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="B222">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C222">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="B223">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C223">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>95</v>
+        <v>164</v>
       </c>
       <c r="B224">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C224">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B225">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C225">
-        <v>1.0</v>
+        <v>44.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B226">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C226">
-        <v>1.0</v>
+        <v>1482.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B227">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C227">
         <v>1.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B228">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C228">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B229">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C229">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B230">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C230">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B231">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C231">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D231" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B232">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C232">
-        <v>1.0</v>
+        <v>602.0</v>
       </c>
       <c r="D232" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B233">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C233">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D233" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B234">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C234">
-        <v>1.0</v>
+        <v>1850.0</v>
       </c>
       <c r="D234" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B235">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C235">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D235" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>95</v>
+        <v>165</v>
       </c>
       <c r="B236">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C236">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D236" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="B237">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C237">
-        <v>1.0</v>
+        <v>4273.0</v>
       </c>
       <c r="D237" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="B238">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C238">
-        <v>1.0</v>
+        <v>500.0</v>
       </c>
       <c r="D238" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="B239">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C239">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D239" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>95</v>
+        <v>166</v>
       </c>
       <c r="B240">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C240">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D240" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>95</v>
+        <v>167</v>
       </c>
       <c r="B241">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C241">
-        <v>1.0</v>
+        <v>8500.0</v>
       </c>
       <c r="D241" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B242">
-        <v>0.595</v>
+        <v>0.63</v>
       </c>
       <c r="C242">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D242" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B243">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C243">
-        <v>1.0</v>
+        <v>2746.0</v>
       </c>
       <c r="D243" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B244">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C244">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D244" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B245">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C245">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D245" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B246">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C246">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D246" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B247">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C247">
-        <v>1.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D247" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B248">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C248">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
       <c r="D248" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B249">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C249">
-        <v>1.0</v>
+        <v>438.0</v>
       </c>
       <c r="D249" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B250">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C250">
-        <v>1.0</v>
+        <v>56.0</v>
       </c>
       <c r="D250" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="s">
-        <v>95</v>
+        <v>168</v>
       </c>
       <c r="B251">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C251">
-        <v>1.0</v>
+        <v>729.0</v>
       </c>
       <c r="D251" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="B252">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C252">
-        <v>1.0</v>
+        <v>271.0</v>
       </c>
       <c r="D252" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="s">
-        <v>95</v>
+        <v>169</v>
       </c>
       <c r="B253">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C253">
-        <v>1.0</v>
+        <v>239.0</v>
       </c>
       <c r="D253" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="s">
-        <v>95</v>
+        <v>170</v>
       </c>
       <c r="B254">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C254">
-        <v>1.0</v>
+        <v>4000.0</v>
       </c>
       <c r="D254" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="s">
-        <v>95</v>
+        <v>170</v>
       </c>
       <c r="B255">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C255">
-        <v>1.0</v>
+        <v>3761.0</v>
       </c>
       <c r="D255" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="s">
-        <v>95</v>
+        <v>171</v>
       </c>
       <c r="B256">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C256">
-        <v>1.0</v>
+        <v>36.0</v>
       </c>
       <c r="D256" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="s">
-        <v>95</v>
+        <v>172</v>
       </c>
       <c r="B257">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C257">
-        <v>1.0</v>
+        <v>140.0</v>
       </c>
       <c r="D257" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="s">
-        <v>95</v>
+        <v>173</v>
       </c>
       <c r="B258">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C258">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D258" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="s">
-        <v>95</v>
+        <v>174</v>
       </c>
       <c r="B259">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C259">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D259" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="s">
-        <v>95</v>
+        <v>175</v>
       </c>
       <c r="B260">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C260">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D260" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="s">
-        <v>95</v>
+        <v>176</v>
       </c>
       <c r="B261">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C261">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D261" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="s">
-        <v>95</v>
+        <v>177</v>
       </c>
       <c r="B262">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C262">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D262" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="s">
-        <v>95</v>
+        <v>178</v>
       </c>
       <c r="B263">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C263">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D263" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="s">
-        <v>95</v>
+        <v>179</v>
       </c>
       <c r="B264">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C264">
-        <v>1000.0</v>
+        <v>300.0</v>
       </c>
       <c r="D264" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="s">
-        <v>95</v>
+        <v>180</v>
       </c>
       <c r="B265">
-        <v>0.595</v>
+        <v>0.629</v>
       </c>
       <c r="C265">
-        <v>1.0</v>
+        <v>9.0</v>
       </c>
       <c r="D265" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="s">
-        <v>95</v>
+        <v>181</v>
       </c>
       <c r="B266">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C266">
-        <v>2645.0</v>
+        <v>562.0</v>
       </c>
       <c r="D266" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="s">
-        <v>96</v>
+        <v>181</v>
       </c>
       <c r="B267">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C267">
-        <v>2247.0</v>
+        <v>3.0</v>
       </c>
       <c r="D267" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="s">
-        <v>96</v>
+        <v>181</v>
       </c>
       <c r="B268">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C268">
-        <v>1000.0</v>
+        <v>1935.0</v>
       </c>
       <c r="D268" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="s">
-        <v>96</v>
+        <v>182</v>
       </c>
       <c r="B269">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C269">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D269" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="s">
-        <v>96</v>
+        <v>182</v>
       </c>
       <c r="B270">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C270">
-        <v>1000.0</v>
+        <v>65.0</v>
       </c>
       <c r="D270" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="s">
-        <v>96</v>
+        <v>183</v>
       </c>
       <c r="B271">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C271">
-        <v>1000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D271" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="s">
-        <v>96</v>
+        <v>184</v>
       </c>
       <c r="B272">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C272">
-        <v>1000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D272" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="s">
-        <v>96</v>
+        <v>185</v>
       </c>
       <c r="B273">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C273">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D273" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="s">
-        <v>96</v>
+        <v>186</v>
       </c>
       <c r="B274">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C274">
-        <v>5.0</v>
+        <v>3.0</v>
       </c>
       <c r="D274" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="s">
-        <v>96</v>
+        <v>187</v>
       </c>
       <c r="B275">
-        <v>0.595</v>
+        <v>0.628</v>
       </c>
       <c r="C275">
-        <v>24.0</v>
+        <v>3.0</v>
       </c>
       <c r="D275" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="s">
-        <v>96</v>
+        <v>188</v>
       </c>
       <c r="B276">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C276">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="D276" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="s">
-        <v>96</v>
+        <v>188</v>
       </c>
       <c r="B277">
-        <v>0.595</v>
+        <v>0.627</v>
       </c>
       <c r="C277">
-        <v>2616.0</v>
+        <v>2.0</v>
       </c>
       <c r="D277" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="s">
-        <v>97</v>
+        <v>188</v>
       </c>
       <c r="B278">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C278">
-        <v>1006.0</v>
+        <v>2.0</v>
       </c>
       <c r="D278" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="s">
-        <v>98</v>
+        <v>188</v>
       </c>
       <c r="B279">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C279">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D279" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="s">
-        <v>99</v>
+        <v>188</v>
       </c>
       <c r="B280">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C280">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D280" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="s">
-        <v>100</v>
+        <v>188</v>
       </c>
       <c r="B281">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C281">
-        <v>1.0</v>
+        <v>2.0</v>
       </c>
       <c r="D281" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="s">
-        <v>101</v>
+        <v>189</v>
       </c>
       <c r="B282">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C282">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D282" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="s">
-        <v>102</v>
+        <v>190</v>
       </c>
       <c r="B283">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C283">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D283" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="s">
-        <v>103</v>
+        <v>191</v>
       </c>
       <c r="B284">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C284">
-        <v>989.0</v>
+        <v>800.0</v>
       </c>
       <c r="D284" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="s">
-        <v>103</v>
+        <v>192</v>
       </c>
       <c r="B285">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C285">
-        <v>211.0</v>
+        <v>3.0</v>
       </c>
       <c r="D285" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="s">
-        <v>104</v>
+        <v>193</v>
       </c>
       <c r="B286">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C286">
-        <v>19.0</v>
+        <v>3.0</v>
       </c>
       <c r="D286" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="s">
-        <v>105</v>
+        <v>194</v>
       </c>
       <c r="B287">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C287">
-        <v>1000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D287" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="s">
-        <v>106</v>
+        <v>195</v>
       </c>
       <c r="B288">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C288">
-        <v>470.0</v>
+        <v>8.0</v>
       </c>
       <c r="D288" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="289" spans="1:4">
       <c r="A289" t="s">
-        <v>107</v>
+        <v>196</v>
       </c>
       <c r="B289">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C289">
-        <v>530.0</v>
+        <v>92.0</v>
       </c>
       <c r="D289" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="290" spans="1:4">
       <c r="A290" t="s">
-        <v>108</v>
+        <v>197</v>
       </c>
       <c r="B290">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C290">
-        <v>1.0</v>
+        <v>8.0</v>
       </c>
       <c r="D290" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="291" spans="1:4">
       <c r="A291" t="s">
-        <v>109</v>
+        <v>198</v>
       </c>
       <c r="B291">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C291">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D291" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="292" spans="1:4">
       <c r="A292" t="s">
-        <v>109</v>
+        <v>199</v>
       </c>
       <c r="B292">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C292">
-        <v>1.0</v>
+        <v>228.0</v>
       </c>
       <c r="D292" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="293" spans="1:4">
       <c r="A293" t="s">
-        <v>110</v>
+        <v>199</v>
       </c>
       <c r="B293">
-        <v>0.594</v>
+        <v>0.627</v>
       </c>
       <c r="C293">
-        <v>1.0</v>
+        <v>772.0</v>
       </c>
       <c r="D293" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="294" spans="1:4">
       <c r="A294" t="s">
-        <v>111</v>
+        <v>200</v>
       </c>
       <c r="B294">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C294">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D294" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="295" spans="1:4">
       <c r="A295" t="s">
-        <v>112</v>
+        <v>201</v>
       </c>
       <c r="B295">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C295">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D295" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="296" spans="1:4">
       <c r="A296" t="s">
-        <v>113</v>
+        <v>202</v>
       </c>
       <c r="B296">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C296">
-        <v>6.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D296" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="297" spans="1:4">
       <c r="A297" t="s">
-        <v>114</v>
+        <v>202</v>
       </c>
       <c r="B297">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C297">
-        <v>30.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D297" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="298" spans="1:4">
       <c r="A298" t="s">
-        <v>115</v>
+        <v>202</v>
       </c>
       <c r="B298">
-        <v>0.594</v>
+        <v>0.628</v>
       </c>
       <c r="C298">
-        <v>1.0</v>
+        <v>888.0</v>
       </c>
       <c r="D298" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="299" spans="1:4">
       <c r="A299" t="s">
-        <v>116</v>
+        <v>203</v>
       </c>
       <c r="B299">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C299">
-        <v>50.0</v>
+        <v>416.0</v>
       </c>
       <c r="D299" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="300" spans="1:4">
       <c r="A300" t="s">
-        <v>117</v>
+        <v>203</v>
       </c>
       <c r="B300">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C300">
-        <v>16.0</v>
+        <v>6.0</v>
       </c>
       <c r="D300" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="301" spans="1:4">
       <c r="A301" t="s">
-        <v>118</v>
+        <v>203</v>
       </c>
       <c r="B301">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C301">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D301" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="302" spans="1:4">
       <c r="A302" t="s">
-        <v>119</v>
+        <v>203</v>
       </c>
       <c r="B302">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C302">
-        <v>1.0</v>
+        <v>96.0</v>
       </c>
       <c r="D302" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="303" spans="1:4">
       <c r="A303" t="s">
-        <v>120</v>
+        <v>203</v>
       </c>
       <c r="B303">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C303">
-        <v>1.0</v>
+        <v>6.0</v>
       </c>
       <c r="D303" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="304" spans="1:4">
       <c r="A304" t="s">
-        <v>121</v>
+        <v>204</v>
       </c>
       <c r="B304">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C304">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D304" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="s">
-        <v>122</v>
+        <v>205</v>
       </c>
       <c r="B305">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C305">
-        <v>200.0</v>
+        <v>100.0</v>
       </c>
       <c r="D305" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="s">
-        <v>123</v>
+        <v>206</v>
       </c>
       <c r="B306">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C306">
-        <v>5.0</v>
+        <v>400.0</v>
       </c>
       <c r="D306" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="s">
-        <v>124</v>
+        <v>207</v>
       </c>
       <c r="B307">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C307">
-        <v>100.0</v>
+        <v>13.0</v>
       </c>
       <c r="D307" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="s">
-        <v>125</v>
+        <v>208</v>
       </c>
       <c r="B308">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C308">
-        <v>1.0</v>
+        <v>74.0</v>
       </c>
       <c r="D308" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="s">
-        <v>126</v>
+        <v>208</v>
       </c>
       <c r="B309">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C309">
-        <v>1050.0</v>
+        <v>126.0</v>
       </c>
       <c r="D309" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="s">
-        <v>126</v>
+        <v>209</v>
       </c>
       <c r="B310">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C310">
-        <v>950.0</v>
+        <v>4.0</v>
       </c>
       <c r="D310" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="s">
-        <v>127</v>
+        <v>210</v>
       </c>
       <c r="B311">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C311">
-        <v>1050.0</v>
+        <v>4.0</v>
       </c>
       <c r="D311" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="s">
-        <v>127</v>
+        <v>211</v>
       </c>
       <c r="B312">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C312">
-        <v>1000.0</v>
+        <v>2364.0</v>
       </c>
       <c r="D312" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="s">
-        <v>127</v>
+        <v>212</v>
       </c>
       <c r="B313">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C313">
-        <v>2200.0</v>
+        <v>136.0</v>
       </c>
       <c r="D313" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="s">
-        <v>127</v>
+        <v>213</v>
       </c>
       <c r="B314">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C314">
         <v>2000.0</v>
       </c>
       <c r="D314" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="s">
-        <v>127</v>
+        <v>214</v>
       </c>
       <c r="B315">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C315">
-        <v>1000.0</v>
+        <v>30.0</v>
       </c>
       <c r="D315" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="s">
-        <v>127</v>
+        <v>215</v>
       </c>
       <c r="B316">
-        <v>0.594</v>
+        <v>0.629</v>
       </c>
       <c r="C316">
-        <v>2000.0</v>
+        <v>200.0</v>
       </c>
       <c r="D316" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="s">
-        <v>127</v>
+        <v>216</v>
       </c>
       <c r="B317">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C317">
-        <v>2000.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D317" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="s">
-        <v>127</v>
+        <v>217</v>
       </c>
       <c r="B318">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C318">
-        <v>6750.0</v>
+        <v>4.0</v>
       </c>
       <c r="D318" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="s">
-        <v>127</v>
+        <v>218</v>
       </c>
       <c r="B319">
-        <v>0.594</v>
+        <v>0.63</v>
       </c>
       <c r="C319">
-        <v>2000.0</v>
+        <v>50.0</v>
       </c>
       <c r="D319" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="s">
-        <v>128</v>
+        <v>218</v>
       </c>
       <c r="B320">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C320">
-        <v>13.0</v>
+        <v>4.0</v>
       </c>
       <c r="D320" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="321" spans="1:4">
       <c r="A321" t="s">
-        <v>129</v>
+        <v>218</v>
       </c>
       <c r="B321">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C321">
         <v>1.0</v>
       </c>
       <c r="D321" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="322" spans="1:4">
       <c r="A322" t="s">
-        <v>130</v>
+        <v>218</v>
       </c>
       <c r="B322">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C322">
-        <v>30.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D322" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="323" spans="1:4">
       <c r="A323" t="s">
-        <v>131</v>
+        <v>218</v>
       </c>
       <c r="B323">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C323">
-        <v>8.0</v>
+        <v>25.0</v>
       </c>
       <c r="D323" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="324" spans="1:4">
       <c r="A324" t="s">
-        <v>132</v>
+        <v>218</v>
       </c>
       <c r="B324">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C324">
         <v>100.0</v>
       </c>
       <c r="D324" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="325" spans="1:4">
       <c r="A325" t="s">
-        <v>133</v>
+        <v>218</v>
       </c>
       <c r="B325">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C325">
-        <v>848.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D325" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="326" spans="1:4">
       <c r="A326" t="s">
-        <v>133</v>
+        <v>218</v>
       </c>
       <c r="B326">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C326">
-        <v>152.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D326" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="327" spans="1:4">
       <c r="A327" t="s">
-        <v>134</v>
+        <v>218</v>
       </c>
       <c r="B327">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C327">
-        <v>290.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D327" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="328" spans="1:4">
       <c r="A328" t="s">
-        <v>135</v>
+        <v>218</v>
       </c>
       <c r="B328">
-        <v>0.593</v>
+        <v>0.63</v>
       </c>
       <c r="C328">
-        <v>20.0</v>
+        <v>200.0</v>
       </c>
       <c r="D328" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="329" spans="1:4">
       <c r="A329" t="s">
-        <v>136</v>
+        <v>218</v>
       </c>
       <c r="B329">
-        <v>0.592</v>
+        <v>0.63</v>
       </c>
       <c r="C329">
-        <v>58.0</v>
+        <v>4950.0</v>
       </c>
       <c r="D329" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="330" spans="1:4">
       <c r="A330" t="s">
-        <v>137</v>
+        <v>218</v>
       </c>
       <c r="B330">
-        <v>0.592</v>
+        <v>0.63</v>
       </c>
       <c r="C330">
-        <v>8.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D330" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="331" spans="1:4">
       <c r="A331" t="s">
-        <v>138</v>
+        <v>219</v>
       </c>
       <c r="B331">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C331">
-        <v>4.0</v>
+        <v>50.0</v>
       </c>
       <c r="D331" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="332" spans="1:4">
       <c r="A332" t="s">
-        <v>139</v>
+        <v>220</v>
       </c>
       <c r="B332">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C332">
-        <v>8.0</v>
+        <v>4.0</v>
       </c>
       <c r="D332" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="333" spans="1:4">
       <c r="A333" t="s">
-        <v>139</v>
+        <v>221</v>
       </c>
       <c r="B333">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C333">
-        <v>50.0</v>
+        <v>4.0</v>
       </c>
       <c r="D333" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="334" spans="1:4">
       <c r="A334" t="s">
-        <v>139</v>
+        <v>222</v>
       </c>
       <c r="B334">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C334">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D334" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="335" spans="1:4">
       <c r="A335" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B335">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C335">
-        <v>1.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D335" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="336" spans="1:4">
       <c r="A336" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B336">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C336">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D336" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="337" spans="1:4">
       <c r="A337" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B337">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C337">
-        <v>75.0</v>
+        <v>54.0</v>
       </c>
       <c r="D337" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="338" spans="1:4">
       <c r="A338" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B338">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C338">
-        <v>20.0</v>
+        <v>54.0</v>
       </c>
       <c r="D338" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="339" spans="1:4">
       <c r="A339" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B339">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C339">
-        <v>151.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D339" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="340" spans="1:4">
       <c r="A340" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B340">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C340">
-        <v>100.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D340" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="341" spans="1:4">
       <c r="A341" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B341">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C341">
-        <v>6.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D341" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="342" spans="1:4">
       <c r="A342" t="s">
-        <v>139</v>
+        <v>223</v>
       </c>
       <c r="B342">
-        <v>0.593</v>
+        <v>0.631</v>
       </c>
       <c r="C342">
-        <v>100.0</v>
+        <v>3000.0</v>
       </c>
       <c r="D342" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="343" spans="1:4">
       <c r="A343" t="s">
-        <v>139</v>
+        <v>224</v>
       </c>
       <c r="B343">
-        <v>0.593</v>
+        <v>0.632</v>
       </c>
       <c r="C343">
+        <v>478.0</v>
+      </c>
+      <c r="D343" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="344" spans="1:4">
+      <c r="A344" t="s">
+        <v>224</v>
+      </c>
+      <c r="B344">
+        <v>0.632</v>
+      </c>
+      <c r="C344">
+        <v>1.0</v>
+      </c>
+      <c r="D344" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="345" spans="1:4">
+      <c r="A345" t="s">
+        <v>225</v>
+      </c>
+      <c r="B345">
+        <v>0.632</v>
+      </c>
+      <c r="C345">
+        <v>500.0</v>
+      </c>
+      <c r="D345" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="346" spans="1:4">
+      <c r="A346" t="s">
+        <v>225</v>
+      </c>
+      <c r="B346">
+        <v>0.632</v>
+      </c>
+      <c r="C346">
+        <v>7.0</v>
+      </c>
+      <c r="D346" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="347" spans="1:4">
+      <c r="A347" t="s">
+        <v>225</v>
+      </c>
+      <c r="B347">
+        <v>0.632</v>
+      </c>
+      <c r="C347">
+        <v>2000.0</v>
+      </c>
+      <c r="D347" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="348" spans="1:4">
+      <c r="A348" t="s">
+        <v>225</v>
+      </c>
+      <c r="B348">
+        <v>0.632</v>
+      </c>
+      <c r="C348">
+        <v>7.0</v>
+      </c>
+      <c r="D348" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="349" spans="1:4">
+      <c r="A349" t="s">
+        <v>225</v>
+      </c>
+      <c r="B349">
+        <v>0.632</v>
+      </c>
+      <c r="C349">
+        <v>1000.0</v>
+      </c>
+      <c r="D349" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="350" spans="1:4">
+      <c r="A350" t="s">
+        <v>225</v>
+      </c>
+      <c r="B350">
+        <v>0.632</v>
+      </c>
+      <c r="C350">
+        <v>7.0</v>
+      </c>
+      <c r="D350" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="351" spans="1:4">
+      <c r="A351" t="s">
+        <v>225</v>
+      </c>
+      <c r="B351">
+        <v>0.632</v>
+      </c>
+      <c r="C351">
+        <v>1000.0</v>
+      </c>
+      <c r="D351" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="352" spans="1:4">
+      <c r="A352" t="s">
+        <v>225</v>
+      </c>
+      <c r="B352">
+        <v>0.632</v>
+      </c>
+      <c r="C352">
+        <v>1000.0</v>
+      </c>
+      <c r="D352" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="353" spans="1:4">
+      <c r="A353" t="s">
+        <v>226</v>
+      </c>
+      <c r="B353">
+        <v>0.633</v>
+      </c>
+      <c r="C353">
+        <v>2000.0</v>
+      </c>
+      <c r="D353" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="354" spans="1:4">
+      <c r="A354" t="s">
+        <v>226</v>
+      </c>
+      <c r="B354">
+        <v>0.633</v>
+      </c>
+      <c r="C354">
+        <v>2000.0</v>
+      </c>
+      <c r="D354" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="355" spans="1:4">
+      <c r="A355" t="s">
+        <v>227</v>
+      </c>
+      <c r="B355">
+        <v>0.634</v>
+      </c>
+      <c r="C355">
+        <v>2000.0</v>
+      </c>
+      <c r="D355" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="356" spans="1:4">
+      <c r="A356" t="s">
+        <v>228</v>
+      </c>
+      <c r="B356">
+        <v>0.634</v>
+      </c>
+      <c r="C356">
+        <v>1.0</v>
+      </c>
+      <c r="D356" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="357" spans="1:4">
+      <c r="A357" t="s">
+        <v>228</v>
+      </c>
+      <c r="B357">
+        <v>0.634</v>
+      </c>
+      <c r="C357">
+        <v>1.0</v>
+      </c>
+      <c r="D357" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="358" spans="1:4">
+      <c r="A358" t="s">
+        <v>228</v>
+      </c>
+      <c r="B358">
+        <v>0.634</v>
+      </c>
+      <c r="C358">
+        <v>841.0</v>
+      </c>
+      <c r="D358" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="359" spans="1:4">
+      <c r="A359" t="s">
+        <v>228</v>
+      </c>
+      <c r="B359">
+        <v>0.634</v>
+      </c>
+      <c r="C359">
         <v>20.0</v>
       </c>
-      <c r="D343" t="s">
+      <c r="D359" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="360" spans="1:4">
+      <c r="A360" t="s">
+        <v>228</v>
+      </c>
+      <c r="B360">
+        <v>0.634</v>
+      </c>
+      <c r="C360">
+        <v>1.0</v>
+      </c>
+      <c r="D360" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="361" spans="1:4">
+      <c r="A361" t="s">
+        <v>228</v>
+      </c>
+      <c r="B361">
+        <v>0.634</v>
+      </c>
+      <c r="C361">
+        <v>1.0</v>
+      </c>
+      <c r="D361" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="362" spans="1:4">
+      <c r="A362" t="s">
+        <v>228</v>
+      </c>
+      <c r="B362">
+        <v>0.634</v>
+      </c>
+      <c r="C362">
+        <v>1.0</v>
+      </c>
+      <c r="D362" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="363" spans="1:4">
+      <c r="A363" t="s">
+        <v>228</v>
+      </c>
+      <c r="B363">
+        <v>0.634</v>
+      </c>
+      <c r="C363">
+        <v>921.0</v>
+      </c>
+      <c r="D363" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="364" spans="1:4">
+      <c r="A364" t="s">
+        <v>228</v>
+      </c>
+      <c r="B364">
+        <v>0.634</v>
+      </c>
+      <c r="C364">
+        <v>162.0</v>
+      </c>
+      <c r="D364" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="365" spans="1:4">
+      <c r="A365" t="s">
+        <v>228</v>
+      </c>
+      <c r="B365">
+        <v>0.634</v>
+      </c>
+      <c r="C365">
+        <v>1.0</v>
+      </c>
+      <c r="D365" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="366" spans="1:4">
+      <c r="A366" t="s">
+        <v>228</v>
+      </c>
+      <c r="B366">
+        <v>0.634</v>
+      </c>
+      <c r="C366">
+        <v>1.0</v>
+      </c>
+      <c r="D366" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="367" spans="1:4">
+      <c r="A367" t="s">
+        <v>228</v>
+      </c>
+      <c r="B367">
+        <v>0.634</v>
+      </c>
+      <c r="C367">
+        <v>1000.0</v>
+      </c>
+      <c r="D367" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="368" spans="1:4">
+      <c r="A368" t="s">
+        <v>228</v>
+      </c>
+      <c r="B368">
+        <v>0.634</v>
+      </c>
+      <c r="C368">
+        <v>628.0</v>
+      </c>
+      <c r="D368" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="369" spans="1:4">
+      <c r="A369" t="s">
+        <v>228</v>
+      </c>
+      <c r="B369">
+        <v>0.634</v>
+      </c>
+      <c r="C369">
+        <v>1.0</v>
+      </c>
+      <c r="D369" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="370" spans="1:4">
+      <c r="A370" t="s">
+        <v>228</v>
+      </c>
+      <c r="B370">
+        <v>0.634</v>
+      </c>
+      <c r="C370">
+        <v>1.0</v>
+      </c>
+      <c r="D370" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="371" spans="1:4">
+      <c r="A371" t="s">
+        <v>228</v>
+      </c>
+      <c r="B371">
+        <v>0.634</v>
+      </c>
+      <c r="C371">
+        <v>1.0</v>
+      </c>
+      <c r="D371" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="372" spans="1:4">
+      <c r="A372" t="s">
+        <v>228</v>
+      </c>
+      <c r="B372">
+        <v>0.634</v>
+      </c>
+      <c r="C372">
+        <v>3651.0</v>
+      </c>
+      <c r="D372" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="373" spans="1:4">
+      <c r="A373" t="s">
+        <v>228</v>
+      </c>
+      <c r="B373">
+        <v>0.634</v>
+      </c>
+      <c r="C373">
+        <v>1.0</v>
+      </c>
+      <c r="D373" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="374" spans="1:4">
+      <c r="A374" t="s">
+        <v>228</v>
+      </c>
+      <c r="B374">
+        <v>0.634</v>
+      </c>
+      <c r="C374">
+        <v>1.0</v>
+      </c>
+      <c r="D374" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="375" spans="1:4">
+      <c r="A375" t="s">
+        <v>228</v>
+      </c>
+      <c r="B375">
+        <v>0.634</v>
+      </c>
+      <c r="C375">
+        <v>1.0</v>
+      </c>
+      <c r="D375" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="376" spans="1:4">
+      <c r="A376" t="s">
+        <v>228</v>
+      </c>
+      <c r="B376">
+        <v>0.634</v>
+      </c>
+      <c r="C376">
+        <v>1.0</v>
+      </c>
+      <c r="D376" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="377" spans="1:4">
+      <c r="A377" t="s">
+        <v>228</v>
+      </c>
+      <c r="B377">
+        <v>0.634</v>
+      </c>
+      <c r="C377">
+        <v>1.0</v>
+      </c>
+      <c r="D377" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="378" spans="1:4">
+      <c r="A378" t="s">
+        <v>228</v>
+      </c>
+      <c r="B378">
+        <v>0.634</v>
+      </c>
+      <c r="C378">
+        <v>1.0</v>
+      </c>
+      <c r="D378" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="379" spans="1:4">
+      <c r="A379" t="s">
+        <v>228</v>
+      </c>
+      <c r="B379">
+        <v>0.634</v>
+      </c>
+      <c r="C379">
+        <v>768.0</v>
+      </c>
+      <c r="D379" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="380" spans="1:4">
+      <c r="A380" t="s">
+        <v>229</v>
+      </c>
+      <c r="B380">
+        <v>0.634</v>
+      </c>
+      <c r="C380">
+        <v>200.0</v>
+      </c>
+      <c r="D380" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="381" spans="1:4">
+      <c r="A381" t="s">
+        <v>230</v>
+      </c>
+      <c r="B381">
+        <v>0.634</v>
+      </c>
+      <c r="C381">
+        <v>210.0</v>
+      </c>
+      <c r="D381" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="382" spans="1:4">
+      <c r="A382" t="s">
+        <v>231</v>
+      </c>
+      <c r="B382">
+        <v>0.635</v>
+      </c>
+      <c r="C382">
+        <v>200.0</v>
+      </c>
+      <c r="D382" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="383" spans="1:4">
+      <c r="A383" t="s">
+        <v>231</v>
+      </c>
+      <c r="B383">
+        <v>0.635</v>
+      </c>
+      <c r="C383">
+        <v>750.0</v>
+      </c>
+      <c r="D383" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="384" spans="1:4">
+      <c r="A384" t="s">
+        <v>231</v>
+      </c>
+      <c r="B384">
+        <v>0.635</v>
+      </c>
+      <c r="C384">
+        <v>263.0</v>
+      </c>
+      <c r="D384" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="385" spans="1:4">
+      <c r="A385" t="s">
+        <v>232</v>
+      </c>
+      <c r="B385">
+        <v>0.635</v>
+      </c>
+      <c r="C385">
+        <v>1000.0</v>
+      </c>
+      <c r="D385" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="386" spans="1:4">
+      <c r="A386" t="s">
+        <v>233</v>
+      </c>
+      <c r="B386">
+        <v>0.635</v>
+      </c>
+      <c r="C386">
+        <v>200.0</v>
+      </c>
+      <c r="D386" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="387" spans="1:4">
+      <c r="A387" t="s">
+        <v>234</v>
+      </c>
+      <c r="B387">
+        <v>0.636</v>
+      </c>
+      <c r="C387">
+        <v>100.0</v>
+      </c>
+      <c r="D387" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="388" spans="1:4">
+      <c r="A388" t="s">
+        <v>235</v>
+      </c>
+      <c r="B388">
+        <v>0.635</v>
+      </c>
+      <c r="C388">
+        <v>200.0</v>
+      </c>
+      <c r="D388" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="389" spans="1:4">
+      <c r="A389" t="s">
+        <v>236</v>
+      </c>
+      <c r="B389">
+        <v>0.635</v>
+      </c>
+      <c r="C389">
+        <v>1.0</v>
+      </c>
+      <c r="D389" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="390" spans="1:4">
+      <c r="A390" t="s">
+        <v>237</v>
+      </c>
+      <c r="B390">
+        <v>0.635</v>
+      </c>
+      <c r="C390">
+        <v>4336.0</v>
+      </c>
+      <c r="D390" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="391" spans="1:4">
+      <c r="A391" t="s">
+        <v>237</v>
+      </c>
+      <c r="B391">
+        <v>0.635</v>
+      </c>
+      <c r="C391">
+        <v>22.0</v>
+      </c>
+      <c r="D391" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="392" spans="1:4">
+      <c r="A392" t="s">
+        <v>238</v>
+      </c>
+      <c r="B392">
+        <v>0.635</v>
+      </c>
+      <c r="C392">
+        <v>1.0</v>
+      </c>
+      <c r="D392" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="393" spans="1:4">
+      <c r="A393" t="s">
+        <v>239</v>
+      </c>
+      <c r="B393">
+        <v>0.635</v>
+      </c>
+      <c r="C393">
+        <v>3.0</v>
+      </c>
+      <c r="D393" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="394" spans="1:4">
+      <c r="A394" t="s">
+        <v>240</v>
+      </c>
+      <c r="B394">
+        <v>0.635</v>
+      </c>
+      <c r="C394">
+        <v>5.0</v>
+      </c>
+      <c r="D394" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="395" spans="1:4">
+      <c r="A395" t="s">
+        <v>241</v>
+      </c>
+      <c r="B395">
+        <v>0.636</v>
+      </c>
+      <c r="C395">
+        <v>98.0</v>
+      </c>
+      <c r="D395" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="396" spans="1:4">
+      <c r="A396" t="s">
+        <v>242</v>
+      </c>
+      <c r="B396">
+        <v>0.635</v>
+      </c>
+      <c r="C396">
+        <v>1.0</v>
+      </c>
+      <c r="D396" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="397" spans="1:4">
+      <c r="A397" t="s">
+        <v>243</v>
+      </c>
+      <c r="B397">
+        <v>0.635</v>
+      </c>
+      <c r="C397">
+        <v>1.0</v>
+      </c>
+      <c r="D397" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="398" spans="1:4">
+      <c r="A398" t="s">
+        <v>243</v>
+      </c>
+      <c r="B398">
+        <v>0.635</v>
+      </c>
+      <c r="C398">
+        <v>1.0</v>
+      </c>
+      <c r="D398" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="399" spans="1:4">
+      <c r="A399" t="s">
+        <v>244</v>
+      </c>
+      <c r="B399">
+        <v>0.636</v>
+      </c>
+      <c r="C399">
+        <v>598.0</v>
+      </c>
+      <c r="D399" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="400" spans="1:4">
+      <c r="A400" t="s">
+        <v>244</v>
+      </c>
+      <c r="B400">
+        <v>0.635</v>
+      </c>
+      <c r="C400">
+        <v>1.0</v>
+      </c>
+      <c r="D400" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="401" spans="1:4">
+      <c r="A401" t="s">
+        <v>244</v>
+      </c>
+      <c r="B401">
+        <v>0.635</v>
+      </c>
+      <c r="C401">
+        <v>1.0</v>
+      </c>
+      <c r="D401" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="402" spans="1:4">
+      <c r="A402" t="s">
+        <v>245</v>
+      </c>
+      <c r="B402">
+        <v>0.635</v>
+      </c>
+      <c r="C402">
+        <v>1.0</v>
+      </c>
+      <c r="D402" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="403" spans="1:4">
+      <c r="A403" t="s">
+        <v>246</v>
+      </c>
+      <c r="B403">
+        <v>0.635</v>
+      </c>
+      <c r="C403">
+        <v>1.0</v>
+      </c>
+      <c r="D403" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="404" spans="1:4">
+      <c r="A404" t="s">
+        <v>246</v>
+      </c>
+      <c r="B404">
+        <v>0.635</v>
+      </c>
+      <c r="C404">
+        <v>1.0</v>
+      </c>
+      <c r="D404" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="405" spans="1:4">
+      <c r="A405" t="s">
+        <v>247</v>
+      </c>
+      <c r="B405">
+        <v>0.635</v>
+      </c>
+      <c r="C405">
+        <v>1.0</v>
+      </c>
+      <c r="D405" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="406" spans="1:4">
+      <c r="A406" t="s">
+        <v>248</v>
+      </c>
+      <c r="B406">
+        <v>0.635</v>
+      </c>
+      <c r="C406">
+        <v>19.0</v>
+      </c>
+      <c r="D406" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="407" spans="1:4">
+      <c r="A407" t="s">
+        <v>248</v>
+      </c>
+      <c r="B407">
+        <v>0.635</v>
+      </c>
+      <c r="C407">
+        <v>1.0</v>
+      </c>
+      <c r="D407" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="408" spans="1:4">
+      <c r="A408" t="s">
+        <v>248</v>
+      </c>
+      <c r="B408">
+        <v>0.635</v>
+      </c>
+      <c r="C408">
+        <v>373.0</v>
+      </c>
+      <c r="D408" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="409" spans="1:4">
+      <c r="A409" t="s">
+        <v>249</v>
+      </c>
+      <c r="B409">
+        <v>0.635</v>
+      </c>
+      <c r="C409">
+        <v>1120.0</v>
+      </c>
+      <c r="D409" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="410" spans="1:4">
+      <c r="A410" t="s">
+        <v>250</v>
+      </c>
+      <c r="B410">
+        <v>0.636</v>
+      </c>
+      <c r="C410">
+        <v>801.0</v>
+      </c>
+      <c r="D410" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="411" spans="1:4">
+      <c r="A411" t="s">
+        <v>251</v>
+      </c>
+      <c r="B411">
+        <v>0.635</v>
+      </c>
+      <c r="C411">
+        <v>1.0</v>
+      </c>
+      <c r="D411" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="412" spans="1:4">
+      <c r="A412" t="s">
+        <v>252</v>
+      </c>
+      <c r="B412">
+        <v>0.635</v>
+      </c>
+      <c r="C412">
+        <v>1.0</v>
+      </c>
+      <c r="D412" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="413" spans="1:4">
+      <c r="A413" t="s">
+        <v>253</v>
+      </c>
+      <c r="B413">
+        <v>0.635</v>
+      </c>
+      <c r="C413">
+        <v>1.0</v>
+      </c>
+      <c r="D413" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="414" spans="1:4">
+      <c r="A414" t="s">
+        <v>254</v>
+      </c>
+      <c r="B414">
+        <v>0.635</v>
+      </c>
+      <c r="C414">
+        <v>1.0</v>
+      </c>
+      <c r="D414" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="415" spans="1:4">
+      <c r="A415" t="s">
+        <v>255</v>
+      </c>
+      <c r="B415">
+        <v>0.635</v>
+      </c>
+      <c r="C415">
+        <v>1.0</v>
+      </c>
+      <c r="D415" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="416" spans="1:4">
+      <c r="A416" t="s">
+        <v>256</v>
+      </c>
+      <c r="B416">
+        <v>0.635</v>
+      </c>
+      <c r="C416">
+        <v>1.0</v>
+      </c>
+      <c r="D416" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="417" spans="1:4">
+      <c r="A417" t="s">
+        <v>257</v>
+      </c>
+      <c r="B417">
+        <v>0.635</v>
+      </c>
+      <c r="C417">
+        <v>1.0</v>
+      </c>
+      <c r="D417" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="418" spans="1:4">
+      <c r="A418" t="s">
+        <v>258</v>
+      </c>
+      <c r="B418">
+        <v>0.636</v>
+      </c>
+      <c r="C418">
+        <v>107.0</v>
+      </c>
+      <c r="D418" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="419" spans="1:4">
+      <c r="A419" t="s">
+        <v>258</v>
+      </c>
+      <c r="B419">
+        <v>0.636</v>
+      </c>
+      <c r="C419">
+        <v>493.0</v>
+      </c>
+      <c r="D419" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="420" spans="1:4">
+      <c r="A420" t="s">
+        <v>259</v>
+      </c>
+      <c r="B420">
+        <v>0.636</v>
+      </c>
+      <c r="C420">
+        <v>100.0</v>
+      </c>
+      <c r="D420" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="421" spans="1:4">
+      <c r="A421" t="s">
+        <v>260</v>
+      </c>
+      <c r="B421">
+        <v>0.636</v>
+      </c>
+      <c r="C421">
+        <v>129.0</v>
+      </c>
+      <c r="D421" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="422" spans="1:4">
+      <c r="A422" t="s">
+        <v>260</v>
+      </c>
+      <c r="B422">
+        <v>0.635</v>
+      </c>
+      <c r="C422">
+        <v>1.0</v>
+      </c>
+      <c r="D422" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="423" spans="1:4">
+      <c r="A423" t="s">
+        <v>260</v>
+      </c>
+      <c r="B423">
+        <v>0.635</v>
+      </c>
+      <c r="C423">
+        <v>1.0</v>
+      </c>
+      <c r="D423" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="424" spans="1:4">
+      <c r="A424" t="s">
+        <v>260</v>
+      </c>
+      <c r="B424">
+        <v>0.635</v>
+      </c>
+      <c r="C424">
+        <v>1.0</v>
+      </c>
+      <c r="D424" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="425" spans="1:4">
+      <c r="A425" t="s">
+        <v>261</v>
+      </c>
+      <c r="B425">
+        <v>0.636</v>
+      </c>
+      <c r="C425">
+        <v>9.0</v>
+      </c>
+      <c r="D425" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="426" spans="1:4">
+      <c r="A426" t="s">
+        <v>261</v>
+      </c>
+      <c r="B426">
+        <v>0.635</v>
+      </c>
+      <c r="C426">
+        <v>1.0</v>
+      </c>
+      <c r="D426" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="427" spans="1:4">
+      <c r="A427" t="s">
+        <v>261</v>
+      </c>
+      <c r="B427">
+        <v>0.635</v>
+      </c>
+      <c r="C427">
+        <v>1.0</v>
+      </c>
+      <c r="D427" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="428" spans="1:4">
+      <c r="A428" t="s">
+        <v>261</v>
+      </c>
+      <c r="B428">
+        <v>0.635</v>
+      </c>
+      <c r="C428">
+        <v>1.0</v>
+      </c>
+      <c r="D428" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="429" spans="1:4">
+      <c r="A429" t="s">
+        <v>262</v>
+      </c>
+      <c r="B429">
+        <v>0.636</v>
+      </c>
+      <c r="C429">
+        <v>70.0</v>
+      </c>
+      <c r="D429" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="430" spans="1:4">
+      <c r="A430" t="s">
+        <v>263</v>
+      </c>
+      <c r="B430">
+        <v>0.635</v>
+      </c>
+      <c r="C430">
+        <v>904.0</v>
+      </c>
+      <c r="D430" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="431" spans="1:4">
+      <c r="A431" t="s">
+        <v>264</v>
+      </c>
+      <c r="B431">
+        <v>0.635</v>
+      </c>
+      <c r="C431">
+        <v>10000.0</v>
+      </c>
+      <c r="D431" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="432" spans="1:4">
+      <c r="A432" t="s">
+        <v>265</v>
+      </c>
+      <c r="B432">
+        <v>0.635</v>
+      </c>
+      <c r="C432">
+        <v>8000.0</v>
+      </c>
+      <c r="D432" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="433" spans="1:4">
+      <c r="A433" t="s">
+        <v>265</v>
+      </c>
+      <c r="B433">
+        <v>0.635</v>
+      </c>
+      <c r="C433">
+        <v>1096.0</v>
+      </c>
+      <c r="D433" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="434" spans="1:4">
+      <c r="A434" t="s">
+        <v>266</v>
+      </c>
+      <c r="B434">
+        <v>0.636</v>
+      </c>
+      <c r="C434">
+        <v>500.0</v>
+      </c>
+      <c r="D434" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="435" spans="1:4">
+      <c r="A435" t="s">
+        <v>266</v>
+      </c>
+      <c r="B435">
+        <v>0.636</v>
+      </c>
+      <c r="C435">
+        <v>1000.0</v>
+      </c>
+      <c r="D435" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="436" spans="1:4">
+      <c r="A436" t="s">
+        <v>267</v>
+      </c>
+      <c r="B436">
+        <v>0.635</v>
+      </c>
+      <c r="C436">
+        <v>1.0</v>
+      </c>
+      <c r="D436" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="437" spans="1:4">
+      <c r="A437" t="s">
+        <v>268</v>
+      </c>
+      <c r="B437">
+        <v>0.635</v>
+      </c>
+      <c r="C437">
+        <v>1.0</v>
+      </c>
+      <c r="D437" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="438" spans="1:4">
+      <c r="A438" t="s">
+        <v>269</v>
+      </c>
+      <c r="B438">
+        <v>0.635</v>
+      </c>
+      <c r="C438">
+        <v>1.0</v>
+      </c>
+      <c r="D438" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="439" spans="1:4">
+      <c r="A439" t="s">
+        <v>270</v>
+      </c>
+      <c r="B439">
+        <v>0.636</v>
+      </c>
+      <c r="C439">
+        <v>1329.0</v>
+      </c>
+      <c r="D439" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="440" spans="1:4">
+      <c r="A440" t="s">
+        <v>270</v>
+      </c>
+      <c r="B440">
+        <v>0.636</v>
+      </c>
+      <c r="C440">
+        <v>3671.0</v>
+      </c>
+      <c r="D440" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="441" spans="1:4">
+      <c r="A441" t="s">
+        <v>270</v>
+      </c>
+      <c r="B441">
+        <v>0.635</v>
+      </c>
+      <c r="C441">
+        <v>1.0</v>
+      </c>
+      <c r="D441" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="442" spans="1:4">
+      <c r="A442" t="s">
+        <v>271</v>
+      </c>
+      <c r="B442">
+        <v>0.634</v>
+      </c>
+      <c r="C442">
+        <v>4319.0</v>
+      </c>
+      <c r="D442" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="443" spans="1:4">
+      <c r="A443" t="s">
+        <v>271</v>
+      </c>
+      <c r="B443">
+        <v>0.635</v>
+      </c>
+      <c r="C443">
+        <v>681.0</v>
+      </c>
+      <c r="D443" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="444" spans="1:4">
+      <c r="A444" t="s">
+        <v>272</v>
+      </c>
+      <c r="B444">
+        <v>0.635</v>
+      </c>
+      <c r="C444">
+        <v>1.0</v>
+      </c>
+      <c r="D444" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="445" spans="1:4">
+      <c r="A445" t="s">
+        <v>273</v>
+      </c>
+      <c r="B445">
+        <v>0.634</v>
+      </c>
+      <c r="C445">
+        <v>350.0</v>
+      </c>
+      <c r="D445" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="446" spans="1:4">
+      <c r="A446" t="s">
+        <v>274</v>
+      </c>
+      <c r="B446">
+        <v>0.636</v>
+      </c>
+      <c r="C446">
+        <v>1329.0</v>
+      </c>
+      <c r="D446" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="447" spans="1:4">
+      <c r="A447" t="s">
+        <v>275</v>
+      </c>
+      <c r="B447">
+        <v>0.636</v>
+      </c>
+      <c r="C447">
+        <v>1.0</v>
+      </c>
+      <c r="D447" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="448" spans="1:4">
+      <c r="A448" t="s">
+        <v>276</v>
+      </c>
+      <c r="B448">
+        <v>0.636</v>
+      </c>
+      <c r="C448">
+        <v>1.0</v>
+      </c>
+      <c r="D448" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="449" spans="1:4">
+      <c r="A449" t="s">
+        <v>276</v>
+      </c>
+      <c r="B449">
+        <v>0.636</v>
+      </c>
+      <c r="C449">
+        <v>1000.0</v>
+      </c>
+      <c r="D449" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="450" spans="1:4">
+      <c r="A450" t="s">
+        <v>276</v>
+      </c>
+      <c r="B450">
+        <v>0.636</v>
+      </c>
+      <c r="C450">
+        <v>3001.0</v>
+      </c>
+      <c r="D450" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="451" spans="1:4">
+      <c r="A451" t="s">
+        <v>276</v>
+      </c>
+      <c r="B451">
+        <v>0.636</v>
+      </c>
+      <c r="C451">
+        <v>1501.0</v>
+      </c>
+      <c r="D451" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="452" spans="1:4">
+      <c r="A452" t="s">
+        <v>276</v>
+      </c>
+      <c r="B452">
+        <v>0.636</v>
+      </c>
+      <c r="C452">
+        <v>2000.0</v>
+      </c>
+      <c r="D452" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="453" spans="1:4">
+      <c r="A453" t="s">
+        <v>276</v>
+      </c>
+      <c r="B453">
+        <v>0.636</v>
+      </c>
+      <c r="C453">
+        <v>2663.0</v>
+      </c>
+      <c r="D453" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="454" spans="1:4">
+      <c r="A454" t="s">
+        <v>276</v>
+      </c>
+      <c r="B454">
+        <v>0.635</v>
+      </c>
+      <c r="C454">
+        <v>1.0</v>
+      </c>
+      <c r="D454" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="455" spans="1:4">
+      <c r="A455" t="s">
+        <v>276</v>
+      </c>
+      <c r="B455">
+        <v>0.635</v>
+      </c>
+      <c r="C455">
+        <v>1.0</v>
+      </c>
+      <c r="D455" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="456" spans="1:4">
+      <c r="A456" t="s">
+        <v>276</v>
+      </c>
+      <c r="B456">
+        <v>0.635</v>
+      </c>
+      <c r="C456">
+        <v>601.0</v>
+      </c>
+      <c r="D456" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="457" spans="1:4">
+      <c r="A457" t="s">
+        <v>276</v>
+      </c>
+      <c r="B457">
+        <v>0.635</v>
+      </c>
+      <c r="C457">
+        <v>3231.0</v>
+      </c>
+      <c r="D457" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="458" spans="1:4">
+      <c r="A458" t="s">
+        <v>277</v>
+      </c>
+      <c r="B458">
+        <v>0.634</v>
+      </c>
+      <c r="C458">
+        <v>154.0</v>
+      </c>
+      <c r="D458" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="459" spans="1:4">
+      <c r="A459" t="s">
+        <v>277</v>
+      </c>
+      <c r="B459">
+        <v>0.634</v>
+      </c>
+      <c r="C459">
+        <v>1.0</v>
+      </c>
+      <c r="D459" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="460" spans="1:4">
+      <c r="A460" t="s">
+        <v>277</v>
+      </c>
+      <c r="B460">
+        <v>0.634</v>
+      </c>
+      <c r="C460">
+        <v>1.0</v>
+      </c>
+      <c r="D460" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="461" spans="1:4">
+      <c r="A461" t="s">
+        <v>277</v>
+      </c>
+      <c r="B461">
+        <v>0.634</v>
+      </c>
+      <c r="C461">
+        <v>1.0</v>
+      </c>
+      <c r="D461" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="462" spans="1:4">
+      <c r="A462" t="s">
+        <v>277</v>
+      </c>
+      <c r="B462">
+        <v>0.634</v>
+      </c>
+      <c r="C462">
+        <v>1.0</v>
+      </c>
+      <c r="D462" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="463" spans="1:4">
+      <c r="A463" t="s">
+        <v>277</v>
+      </c>
+      <c r="B463">
+        <v>0.634</v>
+      </c>
+      <c r="C463">
+        <v>1.0</v>
+      </c>
+      <c r="D463" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="464" spans="1:4">
+      <c r="A464" t="s">
+        <v>277</v>
+      </c>
+      <c r="B464">
+        <v>0.634</v>
+      </c>
+      <c r="C464">
+        <v>1.0</v>
+      </c>
+      <c r="D464" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="465" spans="1:4">
+      <c r="A465" t="s">
+        <v>277</v>
+      </c>
+      <c r="B465">
+        <v>0.634</v>
+      </c>
+      <c r="C465">
+        <v>400.0</v>
+      </c>
+      <c r="D465" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="466" spans="1:4">
+      <c r="A466" t="s">
+        <v>277</v>
+      </c>
+      <c r="B466">
+        <v>0.634</v>
+      </c>
+      <c r="C466">
+        <v>1.0</v>
+      </c>
+      <c r="D466" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="467" spans="1:4">
+      <c r="A467" t="s">
+        <v>277</v>
+      </c>
+      <c r="B467">
+        <v>0.634</v>
+      </c>
+      <c r="C467">
+        <v>1.0</v>
+      </c>
+      <c r="D467" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="468" spans="1:4">
+      <c r="A468" t="s">
+        <v>277</v>
+      </c>
+      <c r="B468">
+        <v>0.634</v>
+      </c>
+      <c r="C468">
+        <v>1.0</v>
+      </c>
+      <c r="D468" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="469" spans="1:4">
+      <c r="A469" t="s">
+        <v>277</v>
+      </c>
+      <c r="B469">
+        <v>0.634</v>
+      </c>
+      <c r="C469">
+        <v>667.0</v>
+      </c>
+      <c r="D469" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="470" spans="1:4">
+      <c r="A470" t="s">
+        <v>278</v>
+      </c>
+      <c r="B470">
+        <v>0.634</v>
+      </c>
+      <c r="C470">
+        <v>125.0</v>
+      </c>
+      <c r="D470" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="471" spans="1:4">
+      <c r="A471" t="s">
+        <v>279</v>
+      </c>
+      <c r="B471">
+        <v>0.634</v>
+      </c>
+      <c r="C471">
+        <v>4.0</v>
+      </c>
+      <c r="D471" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="472" spans="1:4">
+      <c r="A472" t="s">
+        <v>280</v>
+      </c>
+      <c r="B472">
+        <v>0.635</v>
+      </c>
+      <c r="C472">
+        <v>1.0</v>
+      </c>
+      <c r="D472" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="473" spans="1:4">
+      <c r="A473" t="s">
+        <v>281</v>
+      </c>
+      <c r="B473">
+        <v>0.635</v>
+      </c>
+      <c r="C473">
+        <v>1800.0</v>
+      </c>
+      <c r="D473" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="474" spans="1:4">
+      <c r="A474" t="s">
+        <v>282</v>
+      </c>
+      <c r="B474">
+        <v>0.636</v>
+      </c>
+      <c r="C474">
+        <v>14.0</v>
+      </c>
+      <c r="D474" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="475" spans="1:4">
+      <c r="A475" t="s">
+        <v>283</v>
+      </c>
+      <c r="B475">
+        <v>0.636</v>
+      </c>
+      <c r="C475">
+        <v>2.0</v>
+      </c>
+      <c r="D475" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="476" spans="1:4">
+      <c r="A476" t="s">
+        <v>284</v>
+      </c>
+      <c r="B476">
+        <v>0.636</v>
+      </c>
+      <c r="C476">
+        <v>2.0</v>
+      </c>
+      <c r="D476" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="477" spans="1:4">
+      <c r="A477" t="s">
+        <v>285</v>
+      </c>
+      <c r="B477">
+        <v>0.634</v>
+      </c>
+      <c r="C477">
+        <v>1033.0</v>
+      </c>
+      <c r="D477" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="478" spans="1:4">
+      <c r="A478" t="s">
+        <v>286</v>
+      </c>
+      <c r="B478">
+        <v>0.634</v>
+      </c>
+      <c r="C478">
+        <v>200.0</v>
+      </c>
+      <c r="D478" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="479" spans="1:4">
+      <c r="A479" t="s">
+        <v>286</v>
+      </c>
+      <c r="B479">
+        <v>0.634</v>
+      </c>
+      <c r="C479">
+        <v>4001.0</v>
+      </c>
+      <c r="D479" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="480" spans="1:4">
+      <c r="A480" t="s">
+        <v>286</v>
+      </c>
+      <c r="B480">
+        <v>0.634</v>
+      </c>
+      <c r="C480">
+        <v>10.0</v>
+      </c>
+      <c r="D480" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="481" spans="1:4">
+      <c r="A481" t="s">
+        <v>286</v>
+      </c>
+      <c r="B481">
+        <v>0.634</v>
+      </c>
+      <c r="C481">
+        <v>151.0</v>
+      </c>
+      <c r="D481" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="482" spans="1:4">
+      <c r="A482" t="s">
+        <v>286</v>
+      </c>
+      <c r="B482">
+        <v>0.634</v>
+      </c>
+      <c r="C482">
+        <v>1.0</v>
+      </c>
+      <c r="D482" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="483" spans="1:4">
+      <c r="A483" t="s">
+        <v>286</v>
+      </c>
+      <c r="B483">
+        <v>0.634</v>
+      </c>
+      <c r="C483">
+        <v>1.0</v>
+      </c>
+      <c r="D483" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="484" spans="1:4">
+      <c r="A484" t="s">
+        <v>286</v>
+      </c>
+      <c r="B484">
+        <v>0.634</v>
+      </c>
+      <c r="C484">
+        <v>1.0</v>
+      </c>
+      <c r="D484" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="485" spans="1:4">
+      <c r="A485" t="s">
+        <v>286</v>
+      </c>
+      <c r="B485">
+        <v>0.634</v>
+      </c>
+      <c r="C485">
+        <v>1.0</v>
+      </c>
+      <c r="D485" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="486" spans="1:4">
+      <c r="A486" t="s">
+        <v>286</v>
+      </c>
+      <c r="B486">
+        <v>0.634</v>
+      </c>
+      <c r="C486">
+        <v>1.0</v>
+      </c>
+      <c r="D486" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="487" spans="1:4">
+      <c r="A487" t="s">
+        <v>286</v>
+      </c>
+      <c r="B487">
+        <v>0.634</v>
+      </c>
+      <c r="C487">
+        <v>1.0</v>
+      </c>
+      <c r="D487" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="488" spans="1:4">
+      <c r="A488" t="s">
+        <v>286</v>
+      </c>
+      <c r="B488">
+        <v>0.634</v>
+      </c>
+      <c r="C488">
+        <v>1.0</v>
+      </c>
+      <c r="D488" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="489" spans="1:4">
+      <c r="A489" t="s">
+        <v>286</v>
+      </c>
+      <c r="B489">
+        <v>0.634</v>
+      </c>
+      <c r="C489">
+        <v>100.0</v>
+      </c>
+      <c r="D489" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="490" spans="1:4">
+      <c r="A490" t="s">
+        <v>286</v>
+      </c>
+      <c r="B490">
+        <v>0.634</v>
+      </c>
+      <c r="C490">
+        <v>3000.0</v>
+      </c>
+      <c r="D490" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="491" spans="1:4">
+      <c r="A491" t="s">
+        <v>286</v>
+      </c>
+      <c r="B491">
+        <v>0.634</v>
+      </c>
+      <c r="C491">
+        <v>1.0</v>
+      </c>
+      <c r="D491" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="492" spans="1:4">
+      <c r="A492" t="s">
+        <v>286</v>
+      </c>
+      <c r="B492">
+        <v>0.634</v>
+      </c>
+      <c r="C492">
+        <v>1000.0</v>
+      </c>
+      <c r="D492" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="493" spans="1:4">
+      <c r="A493" t="s">
+        <v>286</v>
+      </c>
+      <c r="B493">
+        <v>0.634</v>
+      </c>
+      <c r="C493">
+        <v>1.0</v>
+      </c>
+      <c r="D493" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="494" spans="1:4">
+      <c r="A494" t="s">
+        <v>286</v>
+      </c>
+      <c r="B494">
+        <v>0.634</v>
+      </c>
+      <c r="C494">
+        <v>1.0</v>
+      </c>
+      <c r="D494" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="495" spans="1:4">
+      <c r="A495" t="s">
+        <v>286</v>
+      </c>
+      <c r="B495">
+        <v>0.634</v>
+      </c>
+      <c r="C495">
+        <v>50.0</v>
+      </c>
+      <c r="D495" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="496" spans="1:4">
+      <c r="A496" t="s">
+        <v>286</v>
+      </c>
+      <c r="B496">
+        <v>0.634</v>
+      </c>
+      <c r="C496">
+        <v>445.0</v>
+      </c>
+      <c r="D496" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="497" spans="1:4">
+      <c r="A497" t="s">
+        <v>287</v>
+      </c>
+      <c r="B497">
+        <v>0.636</v>
+      </c>
+      <c r="C497">
+        <v>2266.0</v>
+      </c>
+      <c r="D497" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="498" spans="1:4">
+      <c r="A498" t="s">
+        <v>288</v>
+      </c>
+      <c r="B498">
+        <v>0.636</v>
+      </c>
+      <c r="C498">
+        <v>1212.0</v>
+      </c>
+      <c r="D498" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="499" spans="1:4">
+      <c r="A499" t="s">
+        <v>289</v>
+      </c>
+      <c r="B499">
+        <v>0.636</v>
+      </c>
+      <c r="C499">
+        <v>450.0</v>
+      </c>
+      <c r="D499" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="500" spans="1:4">
+      <c r="A500" t="s">
+        <v>289</v>
+      </c>
+      <c r="B500">
+        <v>0.635</v>
+      </c>
+      <c r="C500">
+        <v>750.0</v>
+      </c>
+      <c r="D500" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="501" spans="1:4">
+      <c r="A501" t="s">
+        <v>290</v>
+      </c>
+      <c r="B501">
+        <v>0.634</v>
+      </c>
+      <c r="C501">
+        <v>55.0</v>
+      </c>
+      <c r="D501" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="502" spans="1:4">
+      <c r="A502" t="s">
+        <v>291</v>
+      </c>
+      <c r="B502">
+        <v>0.635</v>
+      </c>
+      <c r="C502">
+        <v>2.0</v>
+      </c>
+      <c r="D502" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="503" spans="1:4">
+      <c r="A503" t="s">
+        <v>291</v>
+      </c>
+      <c r="B503">
+        <v>0.635</v>
+      </c>
+      <c r="C503">
+        <v>100.0</v>
+      </c>
+      <c r="D503" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="504" spans="1:4">
+      <c r="A504" t="s">
+        <v>291</v>
+      </c>
+      <c r="B504">
+        <v>0.635</v>
+      </c>
+      <c r="C504">
+        <v>9048.0</v>
+      </c>
+      <c r="D504" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="505" spans="1:4">
+      <c r="A505" t="s">
+        <v>292</v>
+      </c>
+      <c r="B505">
+        <v>0.635</v>
+      </c>
+      <c r="C505">
+        <v>13665.0</v>
+      </c>
+      <c r="D505" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="506" spans="1:4">
+      <c r="A506" t="s">
+        <v>292</v>
+      </c>
+      <c r="B506">
+        <v>0.635</v>
+      </c>
+      <c r="C506">
+        <v>300.0</v>
+      </c>
+      <c r="D506" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="507" spans="1:4">
+      <c r="A507" t="s">
+        <v>292</v>
+      </c>
+      <c r="B507">
+        <v>0.635</v>
+      </c>
+      <c r="C507">
+        <v>500.0</v>
+      </c>
+      <c r="D507" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="508" spans="1:4">
+      <c r="A508" t="s">
+        <v>292</v>
+      </c>
+      <c r="B508">
+        <v>0.635</v>
+      </c>
+      <c r="C508">
+        <v>315.0</v>
+      </c>
+      <c r="D508" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="509" spans="1:4">
+      <c r="A509" t="s">
+        <v>292</v>
+      </c>
+      <c r="B509">
+        <v>0.636</v>
+      </c>
+      <c r="C509">
+        <v>8004.0</v>
+      </c>
+      <c r="D509" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="510" spans="1:4">
+      <c r="A510" t="s">
+        <v>292</v>
+      </c>
+      <c r="B510">
+        <v>0.636</v>
+      </c>
+      <c r="C510">
+        <v>1000.0</v>
+      </c>
+      <c r="D510" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="511" spans="1:4">
+      <c r="A511" t="s">
+        <v>292</v>
+      </c>
+      <c r="B511">
+        <v>0.636</v>
+      </c>
+      <c r="C511">
+        <v>2000.0</v>
+      </c>
+      <c r="D511" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="512" spans="1:4">
+      <c r="A512" t="s">
+        <v>292</v>
+      </c>
+      <c r="B512">
+        <v>0.636</v>
+      </c>
+      <c r="C512">
+        <v>4.0</v>
+      </c>
+      <c r="D512" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="513" spans="1:4">
+      <c r="A513" t="s">
+        <v>292</v>
+      </c>
+      <c r="B513">
+        <v>0.636</v>
+      </c>
+      <c r="C513">
+        <v>1000.0</v>
+      </c>
+      <c r="D513" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="514" spans="1:4">
+      <c r="A514" t="s">
+        <v>292</v>
+      </c>
+      <c r="B514">
+        <v>0.636</v>
+      </c>
+      <c r="C514">
+        <v>4.0</v>
+      </c>
+      <c r="D514" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="515" spans="1:4">
+      <c r="A515" t="s">
+        <v>292</v>
+      </c>
+      <c r="B515">
+        <v>0.636</v>
+      </c>
+      <c r="C515">
+        <v>100.0</v>
+      </c>
+      <c r="D515" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="516" spans="1:4">
+      <c r="A516" t="s">
+        <v>292</v>
+      </c>
+      <c r="B516">
+        <v>0.636</v>
+      </c>
+      <c r="C516">
+        <v>500.0</v>
+      </c>
+      <c r="D516" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="517" spans="1:4">
+      <c r="A517" t="s">
+        <v>292</v>
+      </c>
+      <c r="B517">
+        <v>0.636</v>
+      </c>
+      <c r="C517">
+        <v>783.0</v>
+      </c>
+      <c r="D517" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="518" spans="1:4">
+      <c r="A518" t="s">
+        <v>292</v>
+      </c>
+      <c r="B518">
+        <v>0.636</v>
+      </c>
+      <c r="C518">
+        <v>100.0</v>
+      </c>
+      <c r="D518" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="519" spans="1:4">
+      <c r="A519" t="s">
+        <v>292</v>
+      </c>
+      <c r="B519">
+        <v>0.636</v>
+      </c>
+      <c r="C519">
+        <v>200.0</v>
+      </c>
+      <c r="D519" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="520" spans="1:4">
+      <c r="A520" t="s">
+        <v>292</v>
+      </c>
+      <c r="B520">
+        <v>0.636</v>
+      </c>
+      <c r="C520">
+        <v>80.0</v>
+      </c>
+      <c r="D520" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="521" spans="1:4">
+      <c r="A521" t="s">
+        <v>292</v>
+      </c>
+      <c r="B521">
+        <v>0.636</v>
+      </c>
+      <c r="C521">
+        <v>140.0</v>
+      </c>
+      <c r="D521" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="522" spans="1:4">
+      <c r="A522" t="s">
+        <v>292</v>
+      </c>
+      <c r="B522">
+        <v>0.636</v>
+      </c>
+      <c r="C522">
+        <v>3000.0</v>
+      </c>
+      <c r="D522" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="523" spans="1:4">
+      <c r="A523" t="s">
+        <v>292</v>
+      </c>
+      <c r="B523">
+        <v>0.636</v>
+      </c>
+      <c r="C523">
+        <v>10.0</v>
+      </c>
+      <c r="D523" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="524" spans="1:4">
+      <c r="A524" t="s">
+        <v>292</v>
+      </c>
+      <c r="B524">
+        <v>0.636</v>
+      </c>
+      <c r="C524">
+        <v>5.0</v>
+      </c>
+      <c r="D524" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="525" spans="1:4">
+      <c r="A525" t="s">
+        <v>292</v>
+      </c>
+      <c r="B525">
+        <v>0.636</v>
+      </c>
+      <c r="C525">
+        <v>786.0</v>
+      </c>
+      <c r="D525" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="526" spans="1:4">
+      <c r="A526" t="s">
+        <v>292</v>
+      </c>
+      <c r="B526">
+        <v>0.636</v>
+      </c>
+      <c r="C526">
+        <v>250.0</v>
+      </c>
+      <c r="D526" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="527" spans="1:4">
+      <c r="A527" t="s">
+        <v>292</v>
+      </c>
+      <c r="B527">
+        <v>0.636</v>
+      </c>
+      <c r="C527">
+        <v>809.0</v>
+      </c>
+      <c r="D527" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="528" spans="1:4">
+      <c r="A528" t="s">
+        <v>292</v>
+      </c>
+      <c r="B528">
+        <v>0.636</v>
+      </c>
+      <c r="C528">
+        <v>100.0</v>
+      </c>
+      <c r="D528" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="529" spans="1:4">
+      <c r="A529" t="s">
+        <v>293</v>
+      </c>
+      <c r="B529">
+        <v>0.637</v>
+      </c>
+      <c r="C529">
+        <v>2002.0</v>
+      </c>
+      <c r="D529" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="530" spans="1:4">
+      <c r="A530" t="s">
+        <v>294</v>
+      </c>
+      <c r="B530">
+        <v>0.637</v>
+      </c>
+      <c r="C530">
+        <v>6001.0</v>
+      </c>
+      <c r="D530" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="531" spans="1:4">
+      <c r="A531" t="s">
+        <v>294</v>
+      </c>
+      <c r="B531">
+        <v>0.637</v>
+      </c>
+      <c r="C531">
+        <v>2000.0</v>
+      </c>
+      <c r="D531" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="532" spans="1:4">
+      <c r="A532" t="s">
+        <v>294</v>
+      </c>
+      <c r="B532">
+        <v>0.637</v>
+      </c>
+      <c r="C532">
+        <v>5.0</v>
+      </c>
+      <c r="D532" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="533" spans="1:4">
+      <c r="A533" t="s">
+        <v>294</v>
+      </c>
+      <c r="B533">
+        <v>0.637</v>
+      </c>
+      <c r="C533">
+        <v>985.0</v>
+      </c>
+      <c r="D533" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="534" spans="1:4">
+      <c r="A534" t="s">
+        <v>295</v>
+      </c>
+      <c r="B534">
+        <v>0.637</v>
+      </c>
+      <c r="C534">
+        <v>15.0</v>
+      </c>
+      <c r="D534" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="535" spans="1:4">
+      <c r="A535" t="s">
+        <v>296</v>
+      </c>
+      <c r="B535">
+        <v>0.638</v>
+      </c>
+      <c r="C535">
+        <v>1917.0</v>
+      </c>
+      <c r="D535" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="536" spans="1:4">
+      <c r="A536" t="s">
+        <v>296</v>
+      </c>
+      <c r="B536">
+        <v>0.638</v>
+      </c>
+      <c r="C536">
+        <v>7.0</v>
+      </c>
+      <c r="D536" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="537" spans="1:4">
+      <c r="A537" t="s">
+        <v>296</v>
+      </c>
+      <c r="B537">
+        <v>0.638</v>
+      </c>
+      <c r="C537">
+        <v>2.0</v>
+      </c>
+      <c r="D537" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="538" spans="1:4">
+      <c r="A538" t="s">
+        <v>296</v>
+      </c>
+      <c r="B538">
+        <v>0.638</v>
+      </c>
+      <c r="C538">
+        <v>3074.0</v>
+      </c>
+      <c r="D538" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="539" spans="1:4">
+      <c r="A539" t="s">
+        <v>297</v>
+      </c>
+      <c r="B539">
+        <v>0.638</v>
+      </c>
+      <c r="C539">
+        <v>30.0</v>
+      </c>
+      <c r="D539" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="540" spans="1:4">
+      <c r="A540" t="s">
+        <v>298</v>
+      </c>
+      <c r="B540">
+        <v>0.638</v>
+      </c>
+      <c r="C540">
+        <v>20.0</v>
+      </c>
+      <c r="D540" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="541" spans="1:4">
+      <c r="A541" t="s">
+        <v>299</v>
+      </c>
+      <c r="B541">
+        <v>0.638</v>
+      </c>
+      <c r="C541">
+        <v>20.0</v>
+      </c>
+      <c r="D541" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="542" spans="1:4">
+      <c r="A542" t="s">
+        <v>300</v>
+      </c>
+      <c r="B542">
+        <v>0.638</v>
+      </c>
+      <c r="C542">
+        <v>1200.0</v>
+      </c>
+      <c r="D542" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="543" spans="1:4">
+      <c r="A543" t="s">
+        <v>301</v>
+      </c>
+      <c r="B543">
+        <v>0.638</v>
+      </c>
+      <c r="C543">
+        <v>200.0</v>
+      </c>
+      <c r="D543" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="544" spans="1:4">
+      <c r="A544" t="s">
+        <v>302</v>
+      </c>
+      <c r="B544">
+        <v>0.638</v>
+      </c>
+      <c r="C544">
+        <v>150.0</v>
+      </c>
+      <c r="D544" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="545" spans="1:4">
+      <c r="A545" t="s">
+        <v>303</v>
+      </c>
+      <c r="B545">
+        <v>0.638</v>
+      </c>
+      <c r="C545">
+        <v>299.0</v>
+      </c>
+      <c r="D545" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="546" spans="1:4">
+      <c r="A546" t="s">
+        <v>304</v>
+      </c>
+      <c r="B546">
+        <v>0.638</v>
+      </c>
+      <c r="C546">
+        <v>7.0</v>
+      </c>
+      <c r="D546" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="547" spans="1:4">
+      <c r="A547" t="s">
+        <v>305</v>
+      </c>
+      <c r="B547">
+        <v>0.639</v>
+      </c>
+      <c r="C547">
+        <v>1000.0</v>
+      </c>
+      <c r="D547" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="548" spans="1:4">
+      <c r="A548" t="s">
+        <v>306</v>
+      </c>
+      <c r="B548">
+        <v>0.638</v>
+      </c>
+      <c r="C548">
+        <v>5733.0</v>
+      </c>
+      <c r="D548" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="549" spans="1:4">
+      <c r="A549" t="s">
+        <v>306</v>
+      </c>
+      <c r="B549">
+        <v>0.638</v>
+      </c>
+      <c r="C549">
+        <v>6467.0</v>
+      </c>
+      <c r="D549" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="550" spans="1:4">
+      <c r="A550" t="s">
+        <v>306</v>
+      </c>
+      <c r="B550">
+        <v>0.638</v>
+      </c>
+      <c r="C550">
+        <v>1000.0</v>
+      </c>
+      <c r="D550" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="551" spans="1:4">
+      <c r="A551" t="s">
+        <v>306</v>
+      </c>
+      <c r="B551">
+        <v>0.638</v>
+      </c>
+      <c r="C551">
+        <v>1800.0</v>
+      </c>
+      <c r="D551" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="552" spans="1:4">
+      <c r="A552" t="s">
+        <v>306</v>
+      </c>
+      <c r="B552">
+        <v>0.638</v>
+      </c>
+      <c r="C552">
+        <v>200.0</v>
+      </c>
+      <c r="D552" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="553" spans="1:4">
+      <c r="A553" t="s">
+        <v>307</v>
+      </c>
+      <c r="B553">
+        <v>0.637</v>
+      </c>
+      <c r="C553">
+        <v>2.0</v>
+      </c>
+      <c r="D553" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="554" spans="1:4">
+      <c r="A554" t="s">
+        <v>308</v>
+      </c>
+      <c r="B554">
+        <v>0.637</v>
+      </c>
+      <c r="C554">
+        <v>500.0</v>
+      </c>
+      <c r="D554" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="555" spans="1:4">
+      <c r="A555" t="s">
+        <v>309</v>
+      </c>
+      <c r="B555">
+        <v>0.637</v>
+      </c>
+      <c r="C555">
+        <v>411.0</v>
+      </c>
+      <c r="D555" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="556" spans="1:4">
+      <c r="A556" t="s">
+        <v>309</v>
+      </c>
+      <c r="B556">
+        <v>0.637</v>
+      </c>
+      <c r="C556">
+        <v>50.0</v>
+      </c>
+      <c r="D556" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="557" spans="1:4">
+      <c r="A557" t="s">
+        <v>309</v>
+      </c>
+      <c r="B557">
+        <v>0.637</v>
+      </c>
+      <c r="C557">
+        <v>488.0</v>
+      </c>
+      <c r="D557" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="558" spans="1:4">
+      <c r="A558" t="s">
+        <v>309</v>
+      </c>
+      <c r="B558">
+        <v>0.637</v>
+      </c>
+      <c r="C558">
+        <v>10.0</v>
+      </c>
+      <c r="D558" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="559" spans="1:4">
+      <c r="A559" t="s">
+        <v>309</v>
+      </c>
+      <c r="B559">
+        <v>0.637</v>
+      </c>
+      <c r="C559">
+        <v>6.0</v>
+      </c>
+      <c r="D559" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="560" spans="1:4">
+      <c r="A560" t="s">
+        <v>309</v>
+      </c>
+      <c r="B560">
+        <v>0.637</v>
+      </c>
+      <c r="C560">
+        <v>5035.0</v>
+      </c>
+      <c r="D560" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="561" spans="1:4">
+      <c r="A561" t="s">
+        <v>309</v>
+      </c>
+      <c r="B561">
+        <v>0.637</v>
+      </c>
+      <c r="C561">
+        <v>4160.0</v>
+      </c>
+      <c r="D561" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="562" spans="1:4">
+      <c r="A562" t="s">
+        <v>309</v>
+      </c>
+      <c r="B562">
+        <v>0.637</v>
+      </c>
+      <c r="C562">
+        <v>6.0</v>
+      </c>
+      <c r="D562" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="563" spans="1:4">
+      <c r="A563" t="s">
+        <v>309</v>
+      </c>
+      <c r="B563">
+        <v>0.637</v>
+      </c>
+      <c r="C563">
+        <v>300.0</v>
+      </c>
+      <c r="D563" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="564" spans="1:4">
+      <c r="A564" t="s">
+        <v>309</v>
+      </c>
+      <c r="B564">
+        <v>0.637</v>
+      </c>
+      <c r="C564">
+        <v>1.0</v>
+      </c>
+      <c r="D564" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="565" spans="1:4">
+      <c r="A565" t="s">
+        <v>309</v>
+      </c>
+      <c r="B565">
+        <v>0.637</v>
+      </c>
+      <c r="C565">
+        <v>1.0</v>
+      </c>
+      <c r="D565" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="566" spans="1:4">
+      <c r="A566" t="s">
+        <v>309</v>
+      </c>
+      <c r="B566">
+        <v>0.637</v>
+      </c>
+      <c r="C566">
+        <v>242.0</v>
+      </c>
+      <c r="D566" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="567" spans="1:4">
+      <c r="A567" t="s">
+        <v>309</v>
+      </c>
+      <c r="B567">
+        <v>0.637</v>
+      </c>
+      <c r="C567">
+        <v>500.0</v>
+      </c>
+      <c r="D567" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="568" spans="1:4">
+      <c r="A568" t="s">
+        <v>309</v>
+      </c>
+      <c r="B568">
+        <v>0.637</v>
+      </c>
+      <c r="C568">
+        <v>1.0</v>
+      </c>
+      <c r="D568" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="569" spans="1:4">
+      <c r="A569" t="s">
+        <v>309</v>
+      </c>
+      <c r="B569">
+        <v>0.637</v>
+      </c>
+      <c r="C569">
+        <v>1.0</v>
+      </c>
+      <c r="D569" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="570" spans="1:4">
+      <c r="A570" t="s">
+        <v>309</v>
+      </c>
+      <c r="B570">
+        <v>0.637</v>
+      </c>
+      <c r="C570">
+        <v>256.0</v>
+      </c>
+      <c r="D570" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="571" spans="1:4">
+      <c r="A571" t="s">
+        <v>309</v>
+      </c>
+      <c r="B571">
+        <v>0.637</v>
+      </c>
+      <c r="C571">
+        <v>146.0</v>
+      </c>
+      <c r="D571" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="572" spans="1:4">
+      <c r="A572" t="s">
+        <v>309</v>
+      </c>
+      <c r="B572">
+        <v>0.637</v>
+      </c>
+      <c r="C572">
+        <v>200.0</v>
+      </c>
+      <c r="D572" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="573" spans="1:4">
+      <c r="A573" t="s">
+        <v>309</v>
+      </c>
+      <c r="B573">
+        <v>0.637</v>
+      </c>
+      <c r="C573">
+        <v>312.0</v>
+      </c>
+      <c r="D573" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="574" spans="1:4">
+      <c r="A574" t="s">
+        <v>309</v>
+      </c>
+      <c r="B574">
+        <v>0.637</v>
+      </c>
+      <c r="C574">
+        <v>100.0</v>
+      </c>
+      <c r="D574" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="575" spans="1:4">
+      <c r="A575" t="s">
+        <v>309</v>
+      </c>
+      <c r="B575">
+        <v>0.637</v>
+      </c>
+      <c r="C575">
+        <v>460.0</v>
+      </c>
+      <c r="D575" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="576" spans="1:4">
+      <c r="A576" t="s">
+        <v>309</v>
+      </c>
+      <c r="B576">
+        <v>0.637</v>
+      </c>
+      <c r="C576">
+        <v>500.0</v>
+      </c>
+      <c r="D576" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="577" spans="1:4">
+      <c r="A577" t="s">
+        <v>309</v>
+      </c>
+      <c r="B577">
+        <v>0.637</v>
+      </c>
+      <c r="C577">
+        <v>160.0</v>
+      </c>
+      <c r="D577" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="578" spans="1:4">
+      <c r="A578" t="s">
+        <v>309</v>
+      </c>
+      <c r="B578">
+        <v>0.637</v>
+      </c>
+      <c r="C578">
+        <v>25.0</v>
+      </c>
+      <c r="D578" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="579" spans="1:4">
+      <c r="A579" t="s">
+        <v>309</v>
+      </c>
+      <c r="B579">
+        <v>0.637</v>
+      </c>
+      <c r="C579">
+        <v>135.0</v>
+      </c>
+      <c r="D579" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="580" spans="1:4">
+      <c r="A580" t="s">
+        <v>309</v>
+      </c>
+      <c r="B580">
+        <v>0.637</v>
+      </c>
+      <c r="C580">
+        <v>65.0</v>
+      </c>
+      <c r="D580" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="581" spans="1:4">
+      <c r="A581" t="s">
+        <v>309</v>
+      </c>
+      <c r="B581">
+        <v>0.637</v>
+      </c>
+      <c r="C581">
+        <v>770.0</v>
+      </c>
+      <c r="D581" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>