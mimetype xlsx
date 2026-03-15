--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -12,980 +12,512 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="310">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="154">
   <si>
     <t>Laikas</t>
   </si>
   <si>
     <t>Kaina</t>
   </si>
   <si>
     <t>Kiekis</t>
   </si>
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
-    <t>15:59:54</t>
+    <t>15:59:42</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:54:30</t>
-[...125 lines deleted...]
-    <t>14:39:31</t>
+    <t>15:53:55</t>
+  </si>
+  <si>
+    <t>15:47:27</t>
+  </si>
+  <si>
+    <t>15:47:26</t>
+  </si>
+  <si>
+    <t>15:47:23</t>
+  </si>
+  <si>
+    <t>15:40:46</t>
+  </si>
+  <si>
+    <t>15:38:40</t>
+  </si>
+  <si>
+    <t>15:30:58</t>
+  </si>
+  <si>
+    <t>15:21:37</t>
+  </si>
+  <si>
+    <t>15:12:50</t>
+  </si>
+  <si>
+    <t>15:11:55</t>
+  </si>
+  <si>
+    <t>15:10:15</t>
+  </si>
+  <si>
+    <t>15:09:37</t>
+  </si>
+  <si>
+    <t>15:09:24</t>
+  </si>
+  <si>
+    <t>15:08:18</t>
+  </si>
+  <si>
+    <t>14:55:08</t>
+  </si>
+  <si>
+    <t>14:45:39</t>
+  </si>
+  <si>
+    <t>14:44:28</t>
+  </si>
+  <si>
+    <t>14:42:24</t>
   </si>
   <si>
     <t>14:39:19</t>
   </si>
   <si>
-    <t>14:35:00</t>
-[...776 lines deleted...]
-    <t>10:00:04</t>
+    <t>14:37:46</t>
+  </si>
+  <si>
+    <t>14:36:22</t>
+  </si>
+  <si>
+    <t>14:36:03</t>
+  </si>
+  <si>
+    <t>14:35:23</t>
+  </si>
+  <si>
+    <t>14:34:14</t>
+  </si>
+  <si>
+    <t>14:33:37</t>
+  </si>
+  <si>
+    <t>14:33:36</t>
+  </si>
+  <si>
+    <t>14:33:17</t>
+  </si>
+  <si>
+    <t>14:32:12</t>
+  </si>
+  <si>
+    <t>14:30:02</t>
+  </si>
+  <si>
+    <t>14:27:54</t>
+  </si>
+  <si>
+    <t>14:25:08</t>
+  </si>
+  <si>
+    <t>14:24:27</t>
+  </si>
+  <si>
+    <t>14:24:03</t>
+  </si>
+  <si>
+    <t>14:22:54</t>
+  </si>
+  <si>
+    <t>14:21:47</t>
+  </si>
+  <si>
+    <t>14:21:02</t>
+  </si>
+  <si>
+    <t>14:19:52</t>
+  </si>
+  <si>
+    <t>14:17:23</t>
+  </si>
+  <si>
+    <t>14:15:32</t>
+  </si>
+  <si>
+    <t>14:14:18</t>
+  </si>
+  <si>
+    <t>14:13:12</t>
+  </si>
+  <si>
+    <t>14:12:23</t>
+  </si>
+  <si>
+    <t>14:12:11</t>
+  </si>
+  <si>
+    <t>14:11:47</t>
+  </si>
+  <si>
+    <t>14:11:30</t>
+  </si>
+  <si>
+    <t>14:11:04</t>
+  </si>
+  <si>
+    <t>14:10:52</t>
+  </si>
+  <si>
+    <t>14:10:07</t>
+  </si>
+  <si>
+    <t>14:09:26</t>
+  </si>
+  <si>
+    <t>14:08:32</t>
+  </si>
+  <si>
+    <t>14:07:43</t>
+  </si>
+  <si>
+    <t>14:06:42</t>
+  </si>
+  <si>
+    <t>14:06:28</t>
+  </si>
+  <si>
+    <t>14:05:16</t>
+  </si>
+  <si>
+    <t>14:00:10</t>
+  </si>
+  <si>
+    <t>13:57:47</t>
+  </si>
+  <si>
+    <t>13:57:43</t>
+  </si>
+  <si>
+    <t>13:56:52</t>
+  </si>
+  <si>
+    <t>13:55:33</t>
+  </si>
+  <si>
+    <t>13:54:01</t>
+  </si>
+  <si>
+    <t>13:52:56</t>
+  </si>
+  <si>
+    <t>13:51:51</t>
+  </si>
+  <si>
+    <t>13:50:30</t>
+  </si>
+  <si>
+    <t>13:47:35</t>
+  </si>
+  <si>
+    <t>13:46:29</t>
+  </si>
+  <si>
+    <t>13:42:04</t>
+  </si>
+  <si>
+    <t>13:36:52</t>
+  </si>
+  <si>
+    <t>13:26:16</t>
+  </si>
+  <si>
+    <t>13:26:06</t>
+  </si>
+  <si>
+    <t>13:25:09</t>
+  </si>
+  <si>
+    <t>13:23:21</t>
+  </si>
+  <si>
+    <t>13:21:56</t>
+  </si>
+  <si>
+    <t>13:20:06</t>
+  </si>
+  <si>
+    <t>13:13:44</t>
+  </si>
+  <si>
+    <t>13:11:33</t>
+  </si>
+  <si>
+    <t>13:11:16</t>
+  </si>
+  <si>
+    <t>13:11:09</t>
+  </si>
+  <si>
+    <t>13:04:16</t>
+  </si>
+  <si>
+    <t>12:57:32</t>
+  </si>
+  <si>
+    <t>12:54:08</t>
+  </si>
+  <si>
+    <t>12:50:18</t>
+  </si>
+  <si>
+    <t>12:44:35</t>
+  </si>
+  <si>
+    <t>12:43:34</t>
+  </si>
+  <si>
+    <t>12:38:57</t>
+  </si>
+  <si>
+    <t>12:33:28</t>
+  </si>
+  <si>
+    <t>12:23:47</t>
+  </si>
+  <si>
+    <t>12:18:48</t>
+  </si>
+  <si>
+    <t>11:59:29</t>
+  </si>
+  <si>
+    <t>11:58:07</t>
+  </si>
+  <si>
+    <t>11:57:37</t>
+  </si>
+  <si>
+    <t>11:57:19</t>
+  </si>
+  <si>
+    <t>11:56:59</t>
+  </si>
+  <si>
+    <t>11:56:04</t>
+  </si>
+  <si>
+    <t>11:55:13</t>
+  </si>
+  <si>
+    <t>11:54:00</t>
+  </si>
+  <si>
+    <t>11:48:11</t>
+  </si>
+  <si>
+    <t>11:47:03</t>
+  </si>
+  <si>
+    <t>11:46:34</t>
+  </si>
+  <si>
+    <t>11:45:20</t>
+  </si>
+  <si>
+    <t>11:45:13</t>
+  </si>
+  <si>
+    <t>11:43:04</t>
+  </si>
+  <si>
+    <t>11:42:34</t>
+  </si>
+  <si>
+    <t>11:42:17</t>
+  </si>
+  <si>
+    <t>11:39:56</t>
+  </si>
+  <si>
+    <t>11:38:39</t>
+  </si>
+  <si>
+    <t>11:33:52</t>
+  </si>
+  <si>
+    <t>11:33:04</t>
+  </si>
+  <si>
+    <t>11:32:23</t>
+  </si>
+  <si>
+    <t>11:31:47</t>
+  </si>
+  <si>
+    <t>11:23:51</t>
+  </si>
+  <si>
+    <t>11:19:31</t>
+  </si>
+  <si>
+    <t>11:18:16</t>
+  </si>
+  <si>
+    <t>11:10:33</t>
+  </si>
+  <si>
+    <t>11:05:11</t>
+  </si>
+  <si>
+    <t>11:04:15</t>
+  </si>
+  <si>
+    <t>11:02:07</t>
+  </si>
+  <si>
+    <t>11:01:57</t>
+  </si>
+  <si>
+    <t>11:01:45</t>
+  </si>
+  <si>
+    <t>11:01:36</t>
+  </si>
+  <si>
+    <t>11:01:05</t>
+  </si>
+  <si>
+    <t>10:59:06</t>
+  </si>
+  <si>
+    <t>10:53:42</t>
+  </si>
+  <si>
+    <t>10:53:32</t>
+  </si>
+  <si>
+    <t>10:52:37</t>
+  </si>
+  <si>
+    <t>10:50:37</t>
+  </si>
+  <si>
+    <t>10:49:22</t>
+  </si>
+  <si>
+    <t>10:44:27</t>
+  </si>
+  <si>
+    <t>10:43:44</t>
+  </si>
+  <si>
+    <t>10:42:02</t>
+  </si>
+  <si>
+    <t>10:41:01</t>
+  </si>
+  <si>
+    <t>10:39:27</t>
+  </si>
+  <si>
+    <t>10:39:25</t>
+  </si>
+  <si>
+    <t>10:32:27</t>
+  </si>
+  <si>
+    <t>10:24:25</t>
+  </si>
+  <si>
+    <t>10:20:25</t>
+  </si>
+  <si>
+    <t>10:17:21</t>
+  </si>
+  <si>
+    <t>10:16:16</t>
+  </si>
+  <si>
+    <t>10:14:44</t>
+  </si>
+  <si>
+    <t>10:13:05</t>
+  </si>
+  <si>
+    <t>10:12:29</t>
+  </si>
+  <si>
+    <t>10:12:04</t>
+  </si>
+  <si>
+    <t>10:11:55</t>
+  </si>
+  <si>
+    <t>10:11:46</t>
+  </si>
+  <si>
+    <t>10:10:54</t>
+  </si>
+  <si>
+    <t>10:05:04</t>
+  </si>
+  <si>
+    <t>10:05:03</t>
+  </si>
+  <si>
+    <t>10:04:27</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -1300,8189 +832,3541 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D581"/>
+  <dimension ref="A1:D249"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C2">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B3">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C3">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="B4">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C4">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B5">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C5">
-        <v>4.0</v>
+        <v>215.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="B6">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C6">
-        <v>4.0</v>
+        <v>85.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="B7">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C7">
-        <v>16.0</v>
+        <v>368.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B8">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C8">
-        <v>465.0</v>
+        <v>500.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>11</v>
+        <v>6</v>
       </c>
       <c r="B9">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C9">
-        <v>1537.0</v>
+        <v>132.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>7</v>
       </c>
       <c r="B10">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C10">
-        <v>1000.0</v>
+        <v>75.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B11">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C11">
-        <v>500.0</v>
+        <v>25.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="B12">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C12">
-        <v>100.0</v>
+        <v>475.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B13">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C13">
-        <v>700.0</v>
+        <v>40.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="B14">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C14">
-        <v>400.0</v>
+        <v>25.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B15">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C15">
-        <v>300.0</v>
+        <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B16">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C16">
-        <v>75.0</v>
+        <v>200.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>12</v>
       </c>
       <c r="B17">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C17">
-        <v>9.0</v>
+        <v>704.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B18">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C18">
-        <v>375.0</v>
+        <v>100.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B19">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C19">
-        <v>10.0</v>
+        <v>68.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B20">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C20">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B21">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C21">
-        <v>500.0</v>
+        <v>100.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B22">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C22">
-        <v>50.0</v>
+        <v>68.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="B23">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C23">
-        <v>856.0</v>
+        <v>300.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B24">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C24">
-        <v>50.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="B25">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C25">
-        <v>4.0</v>
+        <v>10300.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B26">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C26">
-        <v>4.0</v>
+        <v>400.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B27">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C27">
-        <v>4.0</v>
+        <v>10.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="B28">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C28">
-        <v>1000.0</v>
+        <v>400.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>19</v>
       </c>
       <c r="B29">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C29">
-        <v>4.0</v>
+        <v>9.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B30">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C30">
-        <v>10.0</v>
+        <v>16.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B31">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C31">
-        <v>10.0</v>
+        <v>241.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>27</v>
+        <v>19</v>
       </c>
       <c r="B32">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C32">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>28</v>
+        <v>19</v>
       </c>
       <c r="B33">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C33">
-        <v>40.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>29</v>
+        <v>19</v>
       </c>
       <c r="B34">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C34">
-        <v>200.0</v>
+        <v>60.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>30</v>
+        <v>19</v>
       </c>
       <c r="B35">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C35">
-        <v>975.0</v>
+        <v>2.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="B36">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C36">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>32</v>
+        <v>19</v>
       </c>
       <c r="B37">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C37">
-        <v>140.0</v>
+        <v>400.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>33</v>
+        <v>19</v>
       </c>
       <c r="B38">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C38">
-        <v>240.0</v>
+        <v>255.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>34</v>
+        <v>19</v>
       </c>
       <c r="B39">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C39">
-        <v>9.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>35</v>
+        <v>19</v>
       </c>
       <c r="B40">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C40">
-        <v>18.0</v>
+        <v>20.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="B41">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C41">
-        <v>10.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>36</v>
+        <v>19</v>
       </c>
       <c r="B42">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C42">
-        <v>65.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>37</v>
+        <v>19</v>
       </c>
       <c r="B43">
-        <v>0.631</v>
+        <v>0.62</v>
       </c>
       <c r="C43">
-        <v>500.0</v>
+        <v>565.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>38</v>
+        <v>19</v>
       </c>
       <c r="B44">
-        <v>0.63</v>
+        <v>0.62</v>
       </c>
       <c r="C44">
-        <v>20.0</v>
+        <v>40.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>39</v>
+        <v>19</v>
       </c>
       <c r="B45">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C45">
-        <v>1621.0</v>
+        <v>4.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>40</v>
+        <v>19</v>
       </c>
       <c r="B46">
-        <v>0.631</v>
+        <v>0.621</v>
       </c>
       <c r="C46">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>41</v>
+        <v>19</v>
       </c>
       <c r="B47">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C47">
-        <v>31.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="B48">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C48">
-        <v>1263.0</v>
+        <v>200.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>42</v>
+        <v>19</v>
       </c>
       <c r="B49">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C49">
-        <v>737.0</v>
+        <v>1210.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>43</v>
+        <v>20</v>
       </c>
       <c r="B50">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C50">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>44</v>
+        <v>20</v>
       </c>
       <c r="B51">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C51">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>45</v>
+        <v>20</v>
       </c>
       <c r="B52">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C52">
-        <v>23.0</v>
+        <v>2.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>46</v>
+        <v>20</v>
       </c>
       <c r="B53">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C53">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>47</v>
+        <v>20</v>
       </c>
       <c r="B54">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C54">
         <v>2.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>48</v>
+        <v>21</v>
       </c>
       <c r="B55">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C55">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>49</v>
+        <v>22</v>
       </c>
       <c r="B56">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C56">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>50</v>
+        <v>23</v>
       </c>
       <c r="B57">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C57">
-        <v>1569.0</v>
+        <v>100.0</v>
       </c>
       <c r="D57" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="B58">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C58">
-        <v>700.0</v>
+        <v>1.0</v>
       </c>
       <c r="D58" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>52</v>
+        <v>25</v>
       </c>
       <c r="B59">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C59">
-        <v>1000.0</v>
+        <v>112.0</v>
       </c>
       <c r="D59" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>53</v>
+        <v>26</v>
       </c>
       <c r="B60">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C60">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D60" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="B61">
-        <v>0.63</v>
+        <v>0.621</v>
       </c>
       <c r="C61">
-        <v>400.0</v>
+        <v>1790.0</v>
       </c>
       <c r="D61" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>55</v>
+        <v>27</v>
       </c>
       <c r="B62">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C62">
-        <v>150.0</v>
+        <v>4210.0</v>
       </c>
       <c r="D62" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>56</v>
+        <v>28</v>
       </c>
       <c r="B63">
-        <v>0.629</v>
+        <v>0.623</v>
       </c>
       <c r="C63">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D63" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>57</v>
+        <v>29</v>
       </c>
       <c r="B64">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C64">
-        <v>200.0</v>
+        <v>1.0</v>
       </c>
       <c r="D64" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="B65">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C65">
-        <v>1000.0</v>
+        <v>790.0</v>
       </c>
       <c r="D65" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>57</v>
+        <v>30</v>
       </c>
       <c r="B66">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C66">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D66" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="B67">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C67">
-        <v>10004.0</v>
+        <v>2.0</v>
       </c>
       <c r="D67" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>58</v>
+        <v>30</v>
       </c>
       <c r="B68">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C68">
-        <v>13375.0</v>
+        <v>2.0</v>
       </c>
       <c r="D68" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>59</v>
+        <v>30</v>
       </c>
       <c r="B69">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C69">
-        <v>670.0</v>
+        <v>2.0</v>
       </c>
       <c r="D69" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>60</v>
+        <v>30</v>
       </c>
       <c r="B70">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C70">
-        <v>5000.0</v>
+        <v>100.0</v>
       </c>
       <c r="D70" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>61</v>
+        <v>30</v>
       </c>
       <c r="B71">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C71">
-        <v>1000.0</v>
+        <v>102.0</v>
       </c>
       <c r="D71" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>62</v>
+        <v>31</v>
       </c>
       <c r="B72">
-        <v>0.632</v>
+        <v>0.623</v>
       </c>
       <c r="C72">
-        <v>100.0</v>
+        <v>500.0</v>
       </c>
       <c r="D72" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>63</v>
+        <v>32</v>
       </c>
       <c r="B73">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C73">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D73" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>64</v>
+        <v>33</v>
       </c>
       <c r="B74">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C74">
         <v>1.0</v>
       </c>
       <c r="D74" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
-        <v>65</v>
+        <v>34</v>
       </c>
       <c r="B75">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C75">
-        <v>1.0</v>
+        <v>151.0</v>
       </c>
       <c r="D75" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
-        <v>66</v>
+        <v>34</v>
       </c>
       <c r="B76">
-        <v>0.632</v>
+        <v>0.623</v>
       </c>
       <c r="C76">
-        <v>10102.0</v>
+        <v>849.0</v>
       </c>
       <c r="D76" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
-        <v>67</v>
+        <v>35</v>
       </c>
       <c r="B77">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C77">
-        <v>245.0</v>
+        <v>20.0</v>
       </c>
       <c r="D77" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
-        <v>68</v>
+        <v>36</v>
       </c>
       <c r="B78">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C78">
-        <v>7.0</v>
+        <v>1.0</v>
       </c>
       <c r="D78" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
-        <v>69</v>
+        <v>37</v>
       </c>
       <c r="B79">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C79">
-        <v>1625.0</v>
+        <v>10.0</v>
       </c>
       <c r="D79" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
-        <v>70</v>
+        <v>38</v>
       </c>
       <c r="B80">
-        <v>0.632</v>
+        <v>0.623</v>
       </c>
       <c r="C80">
-        <v>107.0</v>
+        <v>1.0</v>
       </c>
       <c r="D80" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
-        <v>70</v>
+        <v>39</v>
       </c>
       <c r="B81">
-        <v>0.632</v>
+        <v>0.623</v>
       </c>
       <c r="C81">
-        <v>2000.0</v>
+        <v>16.0</v>
       </c>
       <c r="D81" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
-        <v>70</v>
+        <v>40</v>
       </c>
       <c r="B82">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C82">
-        <v>1000.0</v>
+        <v>150.0</v>
       </c>
       <c r="D82" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
-        <v>70</v>
+        <v>41</v>
       </c>
       <c r="B83">
-        <v>0.632</v>
+        <v>0.623</v>
       </c>
       <c r="C83">
-        <v>4999.0</v>
+        <v>1.0</v>
       </c>
       <c r="D83" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
-        <v>71</v>
+        <v>42</v>
       </c>
       <c r="B84">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C84">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D84" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
-        <v>72</v>
+        <v>43</v>
       </c>
       <c r="B85">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C85">
-        <v>260.0</v>
+        <v>100.0</v>
       </c>
       <c r="D85" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
-        <v>73</v>
+        <v>44</v>
       </c>
       <c r="B86">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C86">
-        <v>158.0</v>
+        <v>1.0</v>
       </c>
       <c r="D86" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
-        <v>73</v>
+        <v>45</v>
       </c>
       <c r="B87">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C87">
-        <v>1000.0</v>
+        <v>40.0</v>
       </c>
       <c r="D87" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B88">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C88">
-        <v>9.0</v>
+        <v>1498.0</v>
       </c>
       <c r="D88" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
-        <v>73</v>
+        <v>46</v>
       </c>
       <c r="B89">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C89">
-        <v>833.0</v>
+        <v>500.0</v>
       </c>
       <c r="D89" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="B90">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C90">
-        <v>15.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D90" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="B91">
-        <v>0.631</v>
+        <v>0.622</v>
       </c>
       <c r="C91">
-        <v>2.0</v>
+        <v>250.0</v>
       </c>
       <c r="D91" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
-        <v>75</v>
+        <v>46</v>
       </c>
       <c r="B92">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C92">
-        <v>223.0</v>
+        <v>13437.0</v>
       </c>
       <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
-        <v>76</v>
+        <v>47</v>
       </c>
       <c r="B93">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C93">
-        <v>777.0</v>
+        <v>500.0</v>
       </c>
       <c r="D93" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="B94">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C94">
-        <v>500.0</v>
+        <v>256.0</v>
       </c>
       <c r="D94" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
-        <v>76</v>
+        <v>48</v>
       </c>
       <c r="B95">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C95">
-        <v>38723.0</v>
+        <v>15.0</v>
       </c>
       <c r="D95" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
-        <v>77</v>
+        <v>48</v>
       </c>
       <c r="B96">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C96">
-        <v>450.0</v>
+        <v>104.0</v>
       </c>
       <c r="D96" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
-        <v>78</v>
+        <v>49</v>
       </c>
       <c r="B97">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C97">
-        <v>300.0</v>
+        <v>1.0</v>
       </c>
       <c r="D97" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
-        <v>79</v>
+        <v>50</v>
       </c>
       <c r="B98">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C98">
-        <v>100.0</v>
+        <v>1117.0</v>
       </c>
       <c r="D98" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
-        <v>80</v>
+        <v>51</v>
       </c>
       <c r="B99">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C99">
-        <v>50.0</v>
+        <v>300.0</v>
       </c>
       <c r="D99" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
-        <v>81</v>
+        <v>52</v>
       </c>
       <c r="B100">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C100">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D100" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
-        <v>82</v>
+        <v>53</v>
       </c>
       <c r="B101">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C101">
-        <v>1000.0</v>
+        <v>3.0</v>
       </c>
       <c r="D101" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
-        <v>83</v>
+        <v>54</v>
       </c>
       <c r="B102">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C102">
-        <v>35.0</v>
+        <v>1.0</v>
       </c>
       <c r="D102" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
-        <v>84</v>
+        <v>55</v>
       </c>
       <c r="B103">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C103">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D103" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
-        <v>85</v>
+        <v>56</v>
       </c>
       <c r="B104">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C104">
-        <v>15.0</v>
+        <v>1.0</v>
       </c>
       <c r="D104" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
-        <v>86</v>
+        <v>57</v>
       </c>
       <c r="B105">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C105">
-        <v>300.0</v>
+        <v>49.0</v>
       </c>
       <c r="D105" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="B106">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C106">
-        <v>230.0</v>
+        <v>1.0</v>
       </c>
       <c r="D106" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
-        <v>88</v>
+        <v>59</v>
       </c>
       <c r="B107">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C107">
-        <v>20000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D107" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
-        <v>89</v>
+        <v>60</v>
       </c>
       <c r="B108">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C108">
-        <v>10.0</v>
+        <v>160.0</v>
       </c>
       <c r="D108" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
-        <v>89</v>
+        <v>61</v>
       </c>
       <c r="B109">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C109">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D109" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
-        <v>90</v>
+        <v>62</v>
       </c>
       <c r="B110">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C110">
-        <v>770.0</v>
+        <v>34.0</v>
       </c>
       <c r="D110" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
-        <v>91</v>
+        <v>63</v>
       </c>
       <c r="B111">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C111">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D111" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="B112">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C112">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D112" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
-        <v>93</v>
+        <v>65</v>
       </c>
       <c r="B113">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C113">
         <v>1.0</v>
       </c>
       <c r="D113" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
-        <v>93</v>
+        <v>66</v>
       </c>
       <c r="B114">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C114">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D114" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
-        <v>93</v>
+        <v>67</v>
       </c>
       <c r="B115">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C115">
-        <v>2000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D115" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
-        <v>93</v>
+        <v>68</v>
       </c>
       <c r="B116">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C116">
-        <v>100.0</v>
+        <v>150.0</v>
       </c>
       <c r="D116" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="B117">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C117">
-        <v>1000.0</v>
+        <v>1187.0</v>
       </c>
       <c r="D117" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="B118">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C118">
-        <v>10.0</v>
+        <v>364.0</v>
       </c>
       <c r="D118" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="B119">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C119">
-        <v>1588.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D119" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="B120">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C120">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D120" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="B121">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C121">
-        <v>1000.0</v>
+        <v>349.0</v>
       </c>
       <c r="D121" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
-        <v>93</v>
+        <v>70</v>
       </c>
       <c r="B122">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C122">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D122" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
-        <v>93</v>
+        <v>71</v>
       </c>
       <c r="B123">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C123">
-        <v>385.0</v>
+        <v>1.0</v>
       </c>
       <c r="D123" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
-        <v>93</v>
+        <v>72</v>
       </c>
       <c r="B124">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C124">
-        <v>400.0</v>
+        <v>1.0</v>
       </c>
       <c r="D124" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
-        <v>94</v>
+        <v>73</v>
       </c>
       <c r="B125">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C125">
-        <v>80.0</v>
+        <v>20.0</v>
       </c>
       <c r="D125" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
-        <v>95</v>
+        <v>74</v>
       </c>
       <c r="B126">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C126">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D126" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
-        <v>96</v>
+        <v>75</v>
       </c>
       <c r="B127">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C127">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D127" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
-        <v>97</v>
+        <v>76</v>
       </c>
       <c r="B128">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C128">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D128" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
-        <v>98</v>
+        <v>77</v>
       </c>
       <c r="B129">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C129">
-        <v>4.0</v>
+        <v>1.0</v>
       </c>
       <c r="D129" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
-        <v>99</v>
+        <v>78</v>
       </c>
       <c r="B130">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C130">
-        <v>4.0</v>
+        <v>200.0</v>
       </c>
       <c r="D130" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
-        <v>100</v>
+        <v>79</v>
       </c>
       <c r="B131">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C131">
-        <v>50.0</v>
+        <v>216.0</v>
       </c>
       <c r="D131" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="B132">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C132">
-        <v>498.0</v>
+        <v>2.0</v>
       </c>
       <c r="D132" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>101</v>
+        <v>79</v>
       </c>
       <c r="B133">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C133">
-        <v>4.0</v>
+        <v>2.0</v>
       </c>
       <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>101</v>
+        <v>80</v>
       </c>
       <c r="B134">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C134">
-        <v>598.0</v>
+        <v>1.0</v>
       </c>
       <c r="D134" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>102</v>
+        <v>81</v>
       </c>
       <c r="B135">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C135">
-        <v>1.0</v>
+        <v>368.0</v>
       </c>
       <c r="D135" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>103</v>
+        <v>81</v>
       </c>
       <c r="B136">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C136">
-        <v>800.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D136" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="B137">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C137">
-        <v>781.0</v>
+        <v>1.0</v>
       </c>
       <c r="D137" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>104</v>
+        <v>81</v>
       </c>
       <c r="B138">
-        <v>0.632</v>
+        <v>0.622</v>
       </c>
       <c r="C138">
-        <v>500.0</v>
+        <v>1216.0</v>
       </c>
       <c r="D138" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="B139">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C139">
-        <v>1000.0</v>
+        <v>987.0</v>
       </c>
       <c r="D139" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>104</v>
+        <v>82</v>
       </c>
       <c r="B140">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C140">
-        <v>1000.0</v>
+        <v>4013.0</v>
       </c>
       <c r="D140" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>104</v>
+        <v>83</v>
       </c>
       <c r="B141">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C141">
-        <v>1719.0</v>
+        <v>1.0</v>
       </c>
       <c r="D141" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>105</v>
+        <v>84</v>
       </c>
       <c r="B142">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C142">
         <v>1.0</v>
       </c>
       <c r="D142" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>106</v>
+        <v>85</v>
       </c>
       <c r="B143">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C143">
-        <v>500.0</v>
+        <v>50.0</v>
       </c>
       <c r="D143" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>107</v>
+        <v>86</v>
       </c>
       <c r="B144">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C144">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D144" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>108</v>
+        <v>87</v>
       </c>
       <c r="B145">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C145">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D145" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>109</v>
+        <v>88</v>
       </c>
       <c r="B146">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C146">
-        <v>500.0</v>
+        <v>1.0</v>
       </c>
       <c r="D146" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>110</v>
+        <v>89</v>
       </c>
       <c r="B147">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C147">
-        <v>100.0</v>
+        <v>20.0</v>
       </c>
       <c r="D147" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>110</v>
+        <v>90</v>
       </c>
       <c r="B148">
-        <v>0.63</v>
+        <v>0.622</v>
       </c>
       <c r="C148">
-        <v>3000.0</v>
+        <v>302.0</v>
       </c>
       <c r="D148" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>110</v>
+        <v>91</v>
       </c>
       <c r="B149">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C149">
-        <v>1500.0</v>
+        <v>36.0</v>
       </c>
       <c r="D149" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>110</v>
+        <v>92</v>
       </c>
       <c r="B150">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C150">
-        <v>400.0</v>
+        <v>100.0</v>
       </c>
       <c r="D150" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>111</v>
+        <v>93</v>
       </c>
       <c r="B151">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C151">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D151" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>112</v>
+        <v>94</v>
       </c>
       <c r="B152">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C152">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D152" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>113</v>
+        <v>95</v>
       </c>
       <c r="B153">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C153">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D153" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>114</v>
+        <v>96</v>
       </c>
       <c r="B154">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C154">
-        <v>2.0</v>
+        <v>6.0</v>
       </c>
       <c r="D154" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>115</v>
+        <v>97</v>
       </c>
       <c r="B155">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C155">
-        <v>1000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D155" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>116</v>
+        <v>98</v>
       </c>
       <c r="B156">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C156">
-        <v>319.0</v>
+        <v>1.0</v>
       </c>
       <c r="D156" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>117</v>
+        <v>99</v>
       </c>
       <c r="B157">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C157">
-        <v>1153.0</v>
+        <v>1.0</v>
       </c>
       <c r="D157" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>118</v>
+        <v>100</v>
       </c>
       <c r="B158">
-        <v>0.632</v>
+        <v>0.624</v>
       </c>
       <c r="C158">
-        <v>100.0</v>
+        <v>1.0</v>
       </c>
       <c r="D158" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>119</v>
+        <v>101</v>
       </c>
       <c r="B159">
-        <v>0.633</v>
+        <v>0.624</v>
       </c>
       <c r="C159">
-        <v>200.0</v>
+        <v>7.0</v>
       </c>
       <c r="D159" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>120</v>
+        <v>102</v>
       </c>
       <c r="B160">
-        <v>0.633</v>
+        <v>0.624</v>
       </c>
       <c r="C160">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D160" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>121</v>
+        <v>103</v>
       </c>
       <c r="B161">
-        <v>0.633</v>
+        <v>0.624</v>
       </c>
       <c r="C161">
-        <v>1.0</v>
+        <v>17.0</v>
       </c>
       <c r="D161" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>122</v>
+        <v>104</v>
       </c>
       <c r="B162">
-        <v>0.634</v>
+        <v>0.624</v>
       </c>
       <c r="C162">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D162" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>123</v>
+        <v>105</v>
       </c>
       <c r="B163">
-        <v>0.634</v>
+        <v>0.624</v>
       </c>
       <c r="C163">
         <v>1.0</v>
       </c>
       <c r="D163" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>124</v>
+        <v>106</v>
       </c>
       <c r="B164">
-        <v>0.633</v>
+        <v>0.624</v>
       </c>
       <c r="C164">
-        <v>5.0</v>
+        <v>223.0</v>
       </c>
       <c r="D164" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="B165">
-        <v>0.633</v>
+        <v>0.623</v>
       </c>
       <c r="C165">
-        <v>1692.0</v>
+        <v>90.0</v>
       </c>
       <c r="D165" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>126</v>
+        <v>107</v>
       </c>
       <c r="B166">
-        <v>0.631</v>
+        <v>0.623</v>
       </c>
       <c r="C166">
-        <v>3000.0</v>
+        <v>27.0</v>
       </c>
       <c r="D166" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>126</v>
+        <v>108</v>
       </c>
       <c r="B167">
-        <v>0.631</v>
+        <v>0.624</v>
       </c>
       <c r="C167">
-        <v>4784.0</v>
+        <v>551.0</v>
       </c>
       <c r="D167" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="B168">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C168">
-        <v>6389.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D168" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>127</v>
+        <v>108</v>
       </c>
       <c r="B169">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C169">
-        <v>3000.0</v>
+        <v>53.0</v>
       </c>
       <c r="D169" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>127</v>
+        <v>109</v>
       </c>
       <c r="B170">
-        <v>0.63</v>
+        <v>0.623</v>
       </c>
       <c r="C170">
-        <v>9112.0</v>
+        <v>14.0</v>
       </c>
       <c r="D170" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>128</v>
+        <v>110</v>
       </c>
       <c r="B171">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C171">
-        <v>2.0</v>
+        <v>17.0</v>
       </c>
       <c r="D171" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>128</v>
+        <v>111</v>
       </c>
       <c r="B172">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C172">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="D172" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>129</v>
+        <v>112</v>
       </c>
       <c r="B173">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C173">
         <v>2.0</v>
       </c>
       <c r="D173" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>130</v>
+        <v>113</v>
       </c>
       <c r="B174">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C174">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D174" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>131</v>
+        <v>114</v>
       </c>
       <c r="B175">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C175">
         <v>2.0</v>
       </c>
       <c r="D175" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>131</v>
+        <v>115</v>
       </c>
       <c r="B176">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C176">
-        <v>1.0</v>
+        <v>1915.0</v>
       </c>
       <c r="D176" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>132</v>
+        <v>115</v>
       </c>
       <c r="B177">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C177">
-        <v>1625.0</v>
+        <v>4804.0</v>
       </c>
       <c r="D177" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>133</v>
+        <v>115</v>
       </c>
       <c r="B178">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C178">
-        <v>2.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D178" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="B179">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C179">
-        <v>500.0</v>
+        <v>300.0</v>
       </c>
       <c r="D179" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>134</v>
+        <v>115</v>
       </c>
       <c r="B180">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C180">
-        <v>10.0</v>
+        <v>981.0</v>
       </c>
       <c r="D180" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>135</v>
+        <v>116</v>
       </c>
       <c r="B181">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C181">
-        <v>2.0</v>
+        <v>17.0</v>
       </c>
       <c r="D181" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>136</v>
+        <v>117</v>
       </c>
       <c r="B182">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C182">
-        <v>2.0</v>
+        <v>115.0</v>
       </c>
       <c r="D182" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>137</v>
+        <v>118</v>
       </c>
       <c r="B183">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C183">
-        <v>2.0</v>
+        <v>84.0</v>
       </c>
       <c r="D183" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>138</v>
+        <v>119</v>
       </c>
       <c r="B184">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C184">
-        <v>200.0</v>
+        <v>8.0</v>
       </c>
       <c r="D184" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>139</v>
+        <v>120</v>
       </c>
       <c r="B185">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C185">
-        <v>50.0</v>
+        <v>739.0</v>
       </c>
       <c r="D185" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>140</v>
+        <v>120</v>
       </c>
       <c r="B186">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C186">
-        <v>2000.0</v>
+        <v>10.0</v>
       </c>
       <c r="D186" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>141</v>
+        <v>120</v>
       </c>
       <c r="B187">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C187">
-        <v>770.0</v>
+        <v>70.0</v>
       </c>
       <c r="D187" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="B188">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C188">
-        <v>6430.0</v>
+        <v>2.0</v>
       </c>
       <c r="D188" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>142</v>
+        <v>120</v>
       </c>
       <c r="B189">
-        <v>0.629</v>
+        <v>0.622</v>
       </c>
       <c r="C189">
-        <v>3570.0</v>
+        <v>2.0</v>
       </c>
       <c r="D189" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>143</v>
+        <v>120</v>
       </c>
       <c r="B190">
-        <v>0.628</v>
+        <v>0.622</v>
       </c>
       <c r="C190">
-        <v>2.0</v>
+        <v>277.0</v>
       </c>
       <c r="D190" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>144</v>
+        <v>121</v>
       </c>
       <c r="B191">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C191">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D191" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>145</v>
+        <v>122</v>
       </c>
       <c r="B192">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C192">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D192" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>145</v>
+        <v>123</v>
       </c>
       <c r="B193">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C193">
-        <v>700.0</v>
+        <v>1.0</v>
       </c>
       <c r="D193" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>146</v>
+        <v>124</v>
       </c>
       <c r="B194">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C194">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D194" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>147</v>
+        <v>125</v>
       </c>
       <c r="B195">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C195">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D195" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>148</v>
+        <v>126</v>
       </c>
       <c r="B196">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C196">
-        <v>2.0</v>
+        <v>250.0</v>
       </c>
       <c r="D196" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="s">
-        <v>149</v>
+        <v>127</v>
       </c>
       <c r="B197">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C197">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D197" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="s">
-        <v>149</v>
+        <v>128</v>
       </c>
       <c r="B198">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C198">
-        <v>2.0</v>
+        <v>8.0</v>
       </c>
       <c r="D198" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="s">
-        <v>150</v>
+        <v>129</v>
       </c>
       <c r="B199">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C199">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D199" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="s">
-        <v>151</v>
+        <v>130</v>
       </c>
       <c r="B200">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C200">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D200" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="s">
-        <v>152</v>
+        <v>131</v>
       </c>
       <c r="B201">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C201">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D201" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="s">
-        <v>153</v>
+        <v>132</v>
       </c>
       <c r="B202">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C202">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D202" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="s">
-        <v>153</v>
+        <v>133</v>
       </c>
       <c r="B203">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C203">
-        <v>2.0</v>
+        <v>75.0</v>
       </c>
       <c r="D203" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="s">
-        <v>154</v>
+        <v>134</v>
       </c>
       <c r="B204">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C204">
-        <v>2.0</v>
+        <v>225.0</v>
       </c>
       <c r="D204" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="s">
-        <v>155</v>
+        <v>135</v>
       </c>
       <c r="B205">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C205">
-        <v>2.0</v>
+        <v>250.0</v>
       </c>
       <c r="D205" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="s">
-        <v>156</v>
+        <v>135</v>
       </c>
       <c r="B206">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C206">
-        <v>2.0</v>
+        <v>257.0</v>
       </c>
       <c r="D206" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="s">
-        <v>157</v>
+        <v>136</v>
       </c>
       <c r="B207">
-        <v>0.629</v>
+        <v>0.624</v>
       </c>
       <c r="C207">
-        <v>730.0</v>
+        <v>1250.0</v>
       </c>
       <c r="D207" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="B208">
-        <v>0.629</v>
+        <v>0.623</v>
       </c>
       <c r="C208">
-        <v>100.0</v>
+        <v>3043.0</v>
       </c>
       <c r="D208" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="s">
-        <v>157</v>
+        <v>137</v>
       </c>
       <c r="B209">
-        <v>0.628</v>
+        <v>0.623</v>
       </c>
       <c r="C209">
-        <v>303.0</v>
+        <v>20.0</v>
       </c>
       <c r="D209" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B210">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C210">
-        <v>200.0</v>
+        <v>65.0</v>
       </c>
       <c r="D210" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B211">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C211">
-        <v>2.0</v>
+        <v>160.0</v>
       </c>
       <c r="D211" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B212">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C212">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D212" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B213">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C213">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D213" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="s">
-        <v>158</v>
+        <v>137</v>
       </c>
       <c r="B214">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C214">
-        <v>2.0</v>
+        <v>652.0</v>
       </c>
       <c r="D214" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="s">
-        <v>158</v>
+        <v>138</v>
       </c>
       <c r="B215">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C215">
-        <v>2.0</v>
+        <v>177.0</v>
       </c>
       <c r="D215" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="s">
-        <v>159</v>
+        <v>138</v>
       </c>
       <c r="B216">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C216">
-        <v>3.0</v>
+        <v>100.0</v>
       </c>
       <c r="D216" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="s">
-        <v>160</v>
+        <v>139</v>
       </c>
       <c r="B217">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C217">
-        <v>1169.0</v>
+        <v>4714.0</v>
       </c>
       <c r="D217" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="s">
-        <v>161</v>
+        <v>140</v>
       </c>
       <c r="B218">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C218">
         <v>100.0</v>
       </c>
       <c r="D218" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="s">
-        <v>162</v>
+        <v>141</v>
       </c>
       <c r="B219">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C219">
-        <v>4802.0</v>
+        <v>3.0</v>
       </c>
       <c r="D219" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="B220">
-        <v>0.627</v>
+        <v>0.623</v>
       </c>
       <c r="C220">
-        <v>8.0</v>
+        <v>500.0</v>
       </c>
       <c r="D220" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="s">
-        <v>163</v>
+        <v>143</v>
       </c>
       <c r="B221">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C221">
-        <v>94.0</v>
+        <v>46.0</v>
       </c>
       <c r="D221" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="B222">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C222">
-        <v>2.0</v>
+        <v>137.0</v>
       </c>
       <c r="D222" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="s">
-        <v>164</v>
+        <v>144</v>
       </c>
       <c r="B223">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C223">
-        <v>2.0</v>
+        <v>363.0</v>
       </c>
       <c r="D223" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="s">
-        <v>164</v>
+        <v>145</v>
       </c>
       <c r="B224">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C224">
-        <v>2.0</v>
+        <v>1.0</v>
       </c>
       <c r="D224" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="s">
-        <v>165</v>
+        <v>146</v>
       </c>
       <c r="B225">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C225">
-        <v>44.0</v>
+        <v>10.0</v>
       </c>
       <c r="D225" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="s">
-        <v>165</v>
+        <v>147</v>
       </c>
       <c r="B226">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C226">
-        <v>1482.0</v>
+        <v>200.0</v>
       </c>
       <c r="D226" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="B227">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C227">
-        <v>1.0</v>
+        <v>1370.0</v>
       </c>
       <c r="D227" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="B228">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C228">
-        <v>2.0</v>
+        <v>200.0</v>
       </c>
       <c r="D228" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="s">
-        <v>165</v>
+        <v>148</v>
       </c>
       <c r="B229">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C229">
-        <v>2.0</v>
+        <v>430.0</v>
       </c>
       <c r="D229" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="s">
-        <v>165</v>
+        <v>149</v>
       </c>
       <c r="B230">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C230">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D230" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="s">
-        <v>165</v>
+        <v>150</v>
       </c>
       <c r="B231">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C231">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D231" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="B232">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C232">
-        <v>602.0</v>
+        <v>38.0</v>
       </c>
       <c r="D232" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="s">
-        <v>165</v>
+        <v>151</v>
       </c>
       <c r="B233">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C233">
-        <v>1000.0</v>
+        <v>2.0</v>
       </c>
       <c r="D233" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="s">
-        <v>165</v>
+        <v>152</v>
       </c>
       <c r="B234">
-        <v>0.627</v>
+        <v>0.624</v>
       </c>
       <c r="C234">
-        <v>1850.0</v>
+        <v>2.0</v>
       </c>
       <c r="D234" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="B235">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C235">
-        <v>3.0</v>
+        <v>1.0</v>
       </c>
       <c r="D235" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="s">
-        <v>165</v>
+        <v>153</v>
       </c>
       <c r="B236">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C236">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D236" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="B237">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C237">
-        <v>4273.0</v>
+        <v>1.0</v>
       </c>
       <c r="D237" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="B238">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C238">
-        <v>500.0</v>
+        <v>46.0</v>
       </c>
       <c r="D238" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="B239">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C239">
-        <v>200.0</v>
+        <v>34.0</v>
       </c>
       <c r="D239" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="s">
-        <v>166</v>
+        <v>153</v>
       </c>
       <c r="B240">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C240">
-        <v>3.0</v>
+        <v>800.0</v>
       </c>
       <c r="D240" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="s">
-        <v>167</v>
+        <v>153</v>
       </c>
       <c r="B241">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C241">
-        <v>8500.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D241" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B242">
-        <v>0.63</v>
+        <v>0.624</v>
       </c>
       <c r="C242">
-        <v>2.0</v>
+        <v>2000.0</v>
       </c>
       <c r="D242" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B243">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C243">
-        <v>2746.0</v>
+        <v>15.0</v>
       </c>
       <c r="D243" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B244">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C244">
-        <v>1000.0</v>
+        <v>133.0</v>
       </c>
       <c r="D244" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B245">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C245">
-        <v>20.0</v>
+        <v>17.0</v>
       </c>
       <c r="D245" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B246">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C246">
-        <v>3.0</v>
+        <v>80.0</v>
       </c>
       <c r="D246" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B247">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C247">
-        <v>5000.0</v>
+        <v>30.0</v>
       </c>
       <c r="D247" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B248">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C248">
-        <v>8.0</v>
+        <v>30.0</v>
       </c>
       <c r="D248" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="s">
-        <v>168</v>
+        <v>153</v>
       </c>
       <c r="B249">
-        <v>0.628</v>
+        <v>0.624</v>
       </c>
       <c r="C249">
-        <v>438.0</v>
+        <v>3.0</v>
       </c>
       <c r="D249" t="s">
-        <v>5</v>
-[...4646 lines deleted...]
-      <c r="D581" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>