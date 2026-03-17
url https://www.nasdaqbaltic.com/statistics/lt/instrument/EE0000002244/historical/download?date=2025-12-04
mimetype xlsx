--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X52"/>
+  <dimension ref="A1:X119"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L52" sqref="L52"/>
+      <selection activeCell="L119" sqref="L119"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,3486 +546,8126 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.623009259</v>
+        <v>46097.659293981</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="F2">
-        <v>-0.77</v>
+        <v>-1.21</v>
       </c>
       <c r="G2">
-        <v>102.408889</v>
+        <v>103.313333</v>
       </c>
       <c r="H2">
-        <v>3817.258893</v>
+        <v>2376.206659</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.8</v>
       </c>
       <c r="K2" s="2">
         <v>45924.0</v>
       </c>
       <c r="L2" s="2">
         <v>47020.0</v>
       </c>
       <c r="M2">
         <v>150000</v>
       </c>
       <c r="N2">
         <v>100.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.808889</v>
+        <v>2.053333</v>
       </c>
       <c r="Q2">
-        <v>102.408889</v>
+        <v>104.673333</v>
       </c>
       <c r="R2">
-        <v>103.438889</v>
+        <v>104.723333</v>
       </c>
       <c r="S2">
-        <v>100.6</v>
+        <v>102.62</v>
       </c>
       <c r="T2">
-        <v>101.63</v>
+        <v>102.67</v>
       </c>
       <c r="U2">
-        <v>8.554939</v>
+        <v>7.64512</v>
       </c>
       <c r="V2">
-        <v>8.140639</v>
+        <v>7.62343</v>
       </c>
       <c r="X2">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.62337963</v>
+        <v>46094.653657407</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="F3">
-        <v>-0.01</v>
+        <v>0.91</v>
       </c>
       <c r="G3">
-        <v>103.205556</v>
+        <v>104.578889</v>
       </c>
       <c r="H3">
-        <v>412.052224</v>
+        <v>8270.732231</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.8</v>
       </c>
       <c r="K3" s="2">
         <v>45924.0</v>
       </c>
       <c r="L3" s="2">
         <v>47020.0</v>
       </c>
       <c r="M3">
         <v>150000</v>
       </c>
       <c r="N3">
         <v>100.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.735556</v>
+        <v>2.028889</v>
       </c>
       <c r="Q3">
-        <v>102.435556</v>
+        <v>103.288889</v>
       </c>
       <c r="R3">
-        <v>103.365556</v>
+        <v>104.718889</v>
       </c>
       <c r="S3">
-        <v>100.7</v>
+        <v>101.26</v>
       </c>
       <c r="T3">
-        <v>101.63</v>
+        <v>102.69</v>
       </c>
       <c r="U3">
-        <v>8.515058</v>
+        <v>8.240349</v>
       </c>
       <c r="V3">
-        <v>8.14219</v>
+        <v>7.615839</v>
       </c>
       <c r="X3">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.659444444</v>
+        <v>46093.621678241</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="F4">
-[...1 lines deleted...]
-      </c>
       <c r="G4">
-        <v>103.211111</v>
-[...2 lines deleted...]
-        <v>2580.277775</v>
+        <v>103.631111</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.8</v>
       </c>
       <c r="K4" s="2">
         <v>45924.0</v>
       </c>
       <c r="L4" s="2">
         <v>47020.0</v>
       </c>
       <c r="M4">
         <v>150000</v>
       </c>
       <c r="N4">
         <v>100.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.711111</v>
+        <v>2.004444</v>
       </c>
       <c r="Q4">
-        <v>102.311111</v>
+        <v>104.554444</v>
       </c>
       <c r="R4">
-        <v>103.211111</v>
+        <v>104.904444</v>
       </c>
       <c r="S4">
-        <v>100.6</v>
+        <v>102.55</v>
       </c>
       <c r="T4">
-        <v>101.5</v>
+        <v>102.9</v>
       </c>
       <c r="U4">
-        <v>8.555546</v>
+        <v>7.677552</v>
       </c>
       <c r="V4">
-        <v>8.194545</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7.526158</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.420462963</v>
+        <v>46092.628981481</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="F5">
-        <v>-0.01</v>
+        <v>-1.36</v>
       </c>
       <c r="G5">
-        <v>103.316667</v>
+        <v>103.631111</v>
       </c>
       <c r="H5">
-        <v>413.266668</v>
+        <v>2183.453331</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.8</v>
       </c>
       <c r="K5" s="2">
         <v>45924.0</v>
       </c>
       <c r="L5" s="2">
         <v>47020.0</v>
       </c>
       <c r="M5">
         <v>150000</v>
       </c>
       <c r="N5">
         <v>100.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.686667</v>
+        <v>1.931111</v>
       </c>
       <c r="Q5">
-        <v>102.686667</v>
+        <v>103.631111</v>
       </c>
       <c r="R5">
-        <v>103.316667</v>
+        <v>104.821111</v>
       </c>
       <c r="S5">
-        <v>101.0</v>
+        <v>101.7</v>
       </c>
       <c r="T5">
-        <v>101.63</v>
+        <v>102.89</v>
       </c>
       <c r="U5">
-        <v>8.394936</v>
+        <v>8.049714</v>
       </c>
       <c r="V5">
-        <v>8.14323</v>
+        <v>7.533979</v>
       </c>
       <c r="X5">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.562361111</v>
+        <v>46091.512534722</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
-      <c r="F6">
-[...1 lines deleted...]
-      </c>
       <c r="G6">
-        <v>103.322222</v>
-[...2 lines deleted...]
-        <v>928.979998</v>
+        <v>105.057778</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.8</v>
       </c>
       <c r="K6" s="2">
         <v>45924.0</v>
       </c>
       <c r="L6" s="2">
         <v>47020.0</v>
       </c>
       <c r="M6">
         <v>150000</v>
       </c>
       <c r="N6">
         <v>100.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.662222</v>
+        <v>1.906667</v>
       </c>
       <c r="Q6">
-        <v>102.662222</v>
+        <v>103.166667</v>
       </c>
       <c r="R6">
-        <v>103.292222</v>
+        <v>104.806667</v>
       </c>
       <c r="S6">
-        <v>101.0</v>
+        <v>101.26</v>
       </c>
       <c r="T6">
-        <v>101.63</v>
+        <v>102.9</v>
       </c>
       <c r="U6">
-        <v>8.395236</v>
+        <v>8.24266</v>
       </c>
       <c r="V6">
-        <v>8.143752</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7.530846</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.496770833</v>
+        <v>46090.512395833</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
-      <c r="F7">
-[...1 lines deleted...]
-      </c>
       <c r="G7">
-        <v>102.837778</v>
-[...2 lines deleted...]
-        <v>5031.051122</v>
+        <v>105.057778</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.8</v>
       </c>
       <c r="K7" s="2">
         <v>45924.0</v>
       </c>
       <c r="L7" s="2">
         <v>47020.0</v>
       </c>
       <c r="M7">
         <v>150000</v>
       </c>
       <c r="N7">
         <v>100.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.637778</v>
+        <v>1.882222</v>
       </c>
       <c r="Q7">
-        <v>102.637778</v>
+        <v>104.112222</v>
       </c>
       <c r="R7">
-        <v>102.837778</v>
+        <v>104.882222</v>
       </c>
       <c r="S7">
-        <v>101.0</v>
+        <v>102.23</v>
       </c>
       <c r="T7">
-        <v>101.2</v>
+        <v>103.0</v>
       </c>
       <c r="U7">
-        <v>8.395538</v>
+        <v>7.820919</v>
       </c>
       <c r="V7">
-        <v>8.315574</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>7.489086</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.659305556</v>
+        <v>46087.517962963</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="F8">
-        <v>0.61</v>
+        <v>0.03</v>
       </c>
       <c r="G8">
-        <v>102.764444</v>
+        <v>105.057778</v>
       </c>
       <c r="H8">
-        <v>1031.32444</v>
+        <v>840.442224</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.8</v>
       </c>
       <c r="K8" s="2">
         <v>45924.0</v>
       </c>
       <c r="L8" s="2">
         <v>47020.0</v>
       </c>
       <c r="M8">
         <v>150000</v>
       </c>
       <c r="N8">
         <v>100.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.564444</v>
+        <v>1.857778</v>
       </c>
       <c r="Q8">
-        <v>102.164444</v>
+        <v>103.127778</v>
       </c>
       <c r="R8">
-        <v>102.764444</v>
+        <v>105.057778</v>
       </c>
       <c r="S8">
-        <v>100.6</v>
+        <v>101.27</v>
       </c>
       <c r="T8">
-        <v>101.2</v>
+        <v>103.2</v>
       </c>
       <c r="U8">
-        <v>8.556516</v>
+        <v>8.239222</v>
       </c>
       <c r="V8">
-        <v>8.316699</v>
+        <v>7.404668</v>
       </c>
       <c r="X8">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.550439815</v>
+        <v>46086.646446759</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="F9">
-        <v>-0.64</v>
+        <v>0.25</v>
       </c>
       <c r="G9">
-        <v>102.14</v>
+        <v>105.023333</v>
       </c>
       <c r="H9">
-        <v>8579.76</v>
+        <v>2275.513326</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.8</v>
       </c>
       <c r="K9" s="2">
         <v>45924.0</v>
       </c>
       <c r="L9" s="2">
         <v>47020.0</v>
       </c>
       <c r="M9">
         <v>150000</v>
       </c>
       <c r="N9">
         <v>100.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.54</v>
+        <v>1.833333</v>
       </c>
       <c r="Q9">
-        <v>102.14</v>
+        <v>103.833333</v>
       </c>
       <c r="R9">
-        <v>103.2</v>
+        <v>105.023333</v>
       </c>
       <c r="S9">
-        <v>100.6</v>
+        <v>102.0</v>
       </c>
       <c r="T9">
-        <v>101.66</v>
+        <v>103.19</v>
       </c>
       <c r="U9">
-        <v>8.556685</v>
+        <v>7.922179</v>
       </c>
       <c r="V9">
-        <v>8.134499</v>
+        <v>7.410237</v>
       </c>
       <c r="X9">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.540162037</v>
+        <v>46085.5359375</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="F10">
-        <v>0.79</v>
+        <v>0.16</v>
       </c>
       <c r="G10">
-        <v>102.795556</v>
+        <v>104.76</v>
       </c>
       <c r="H10">
-        <v>7409.120032</v>
+        <v>733.32</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.8</v>
       </c>
       <c r="K10" s="2">
         <v>45924.0</v>
       </c>
       <c r="L10" s="2">
         <v>47020.0</v>
       </c>
       <c r="M10">
         <v>150000</v>
       </c>
       <c r="N10">
         <v>100.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.515556</v>
+        <v>1.76</v>
       </c>
       <c r="Q10">
-        <v>102.015556</v>
+        <v>103.17</v>
       </c>
       <c r="R10">
-        <v>103.405556</v>
+        <v>104.95</v>
       </c>
       <c r="S10">
-        <v>100.5</v>
+        <v>101.41</v>
       </c>
       <c r="T10">
-        <v>101.89</v>
+        <v>103.19</v>
       </c>
       <c r="U10">
-        <v>8.596917</v>
+        <v>8.180205</v>
       </c>
       <c r="V10">
-        <v>8.044189</v>
+        <v>7.414111</v>
       </c>
       <c r="X10">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.595520833</v>
+        <v>46084.473356481</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="F11">
-        <v>-0.46</v>
+        <v>1.69</v>
       </c>
       <c r="G11">
-        <v>101.991111</v>
+        <v>104.595556</v>
       </c>
       <c r="H11">
-        <v>55687.146606</v>
+        <v>2614.8889</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.8</v>
       </c>
       <c r="K11" s="2">
         <v>45924.0</v>
       </c>
       <c r="L11" s="2">
         <v>47020.0</v>
       </c>
       <c r="M11">
         <v>150000</v>
       </c>
       <c r="N11">
         <v>100.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.491111</v>
+        <v>1.735556</v>
       </c>
       <c r="Q11">
-        <v>101.991111</v>
+        <v>103.135556</v>
       </c>
       <c r="R11">
-        <v>102.501111</v>
+        <v>104.735556</v>
       </c>
       <c r="S11">
-        <v>100.5</v>
+        <v>101.4</v>
       </c>
       <c r="T11">
-        <v>101.01</v>
+        <v>103.0</v>
       </c>
       <c r="U11">
-        <v>8.597055</v>
+        <v>8.185087</v>
       </c>
       <c r="V11">
-        <v>8.393402</v>
+        <v>7.496356</v>
       </c>
       <c r="X11">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.453912037</v>
+        <v>46083.56443287</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="F12">
-        <v>0.07</v>
+        <v>-1.6</v>
       </c>
       <c r="G12">
-        <v>102.466667</v>
+        <v>102.86</v>
       </c>
       <c r="H12">
-        <v>6646.833355</v>
+        <v>3132.463331</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.8</v>
       </c>
       <c r="K12" s="2">
         <v>45924.0</v>
       </c>
       <c r="L12" s="2">
         <v>47020.0</v>
       </c>
       <c r="M12">
         <v>150000</v>
       </c>
       <c r="N12">
         <v>100.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.466667</v>
+        <v>1.711111</v>
       </c>
       <c r="Q12">
-        <v>101.966667</v>
+        <v>103.001111</v>
       </c>
       <c r="R12">
-        <v>102.966667</v>
+        <v>104.571111</v>
       </c>
       <c r="S12">
-        <v>100.5</v>
+        <v>101.29</v>
       </c>
       <c r="T12">
-        <v>101.5</v>
+        <v>102.86</v>
       </c>
       <c r="U12">
-        <v>8.597195</v>
+        <v>8.233393</v>
       </c>
       <c r="V12">
-        <v>8.199348</v>
+        <v>7.55727</v>
       </c>
       <c r="X12">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.593055556</v>
+        <v>46080.418032407</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
-      <c r="F13">
-[...1 lines deleted...]
-      </c>
       <c r="G13">
-        <v>102.393333</v>
-[...2 lines deleted...]
-        <v>2248.353326</v>
+        <v>104.532222</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.8</v>
       </c>
       <c r="K13" s="2">
         <v>45924.0</v>
       </c>
       <c r="L13" s="2">
         <v>47020.0</v>
       </c>
       <c r="M13">
         <v>150000</v>
       </c>
       <c r="N13">
         <v>100.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.393333</v>
+        <v>1.686667</v>
       </c>
       <c r="Q13">
-        <v>101.893333</v>
+        <v>104.55</v>
       </c>
       <c r="R13">
-        <v>102.393333</v>
+        <v>104.686667</v>
       </c>
       <c r="S13">
-        <v>100.5</v>
+        <v>102.863333</v>
       </c>
       <c r="T13">
-        <v>101.0</v>
+        <v>103.0</v>
       </c>
       <c r="U13">
-        <v>8.597626</v>
+        <v>7.557</v>
       </c>
       <c r="V13">
-        <v>8.398646</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>7.498775</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.663101852</v>
+        <v>46079.442256944</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="F14">
-        <v>0.84</v>
+        <v>0.12</v>
       </c>
       <c r="G14">
-        <v>102.868889</v>
+        <v>104.532222</v>
       </c>
       <c r="H14">
-        <v>5646.588895</v>
+        <v>522.66111</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.8</v>
       </c>
       <c r="K14" s="2">
         <v>45924.0</v>
       </c>
       <c r="L14" s="2">
         <v>47020.0</v>
       </c>
       <c r="M14">
         <v>150000</v>
       </c>
       <c r="N14">
         <v>100.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.368889</v>
+        <v>1.662222</v>
       </c>
       <c r="Q14">
-        <v>102.808889</v>
+        <v>104.55</v>
       </c>
       <c r="R14">
-        <v>102.868889</v>
+        <v>104.662222</v>
       </c>
       <c r="S14">
-        <v>101.44</v>
+        <v>102.887778</v>
       </c>
       <c r="T14">
-        <v>101.5</v>
+        <v>103.0</v>
       </c>
       <c r="U14">
-        <v>8.224963</v>
+        <v>7.547741</v>
       </c>
       <c r="V14">
-        <v>8.201304</v>
+        <v>7.499984</v>
       </c>
       <c r="X14">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.63150463</v>
+        <v>46078.49568287</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15">
-        <v>-0.96</v>
+        <v>1.66</v>
       </c>
       <c r="G15">
-        <v>102.014444</v>
+        <v>104.41</v>
       </c>
       <c r="H15">
-        <v>3183.457764</v>
+        <v>9685.38</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.8</v>
       </c>
       <c r="K15" s="2">
         <v>45924.0</v>
       </c>
       <c r="L15" s="2">
         <v>47020.0</v>
       </c>
       <c r="M15">
         <v>150000</v>
       </c>
       <c r="N15">
         <v>100.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>1.344444</v>
+        <v>1.54</v>
       </c>
       <c r="Q15">
-        <v>101.944444</v>
+        <v>102.55</v>
       </c>
       <c r="R15">
-        <v>103.344444</v>
+        <v>104.41</v>
       </c>
       <c r="S15">
-        <v>100.6</v>
+        <v>101.01</v>
       </c>
       <c r="T15">
-        <v>102.0</v>
+        <v>102.87</v>
       </c>
       <c r="U15">
-        <v>8.558104</v>
+        <v>8.357895</v>
       </c>
       <c r="V15">
-        <v>8.005438</v>
+        <v>7.561081</v>
       </c>
       <c r="X15">
-        <v>5</v>
+        <v>6</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.458668981</v>
+        <v>46077.354710648</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
-      <c r="F16">
-[...1 lines deleted...]
-      </c>
       <c r="G16">
-        <v>103.0</v>
-[...2 lines deleted...]
-        <v>3495.2</v>
+        <v>102.701111</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.8</v>
       </c>
       <c r="K16" s="2">
         <v>45924.0</v>
       </c>
       <c r="L16" s="2">
         <v>47020.0</v>
       </c>
       <c r="M16">
         <v>150000</v>
       </c>
       <c r="N16">
         <v>100.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>1.32</v>
-[...20 lines deleted...]
-        <v>3</v>
+        <v>1.515556</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.643472222</v>
+        <v>46076.662488426</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="F17">
-        <v>-1.19</v>
+        <v>-1.6</v>
       </c>
       <c r="G17">
-        <v>101.795556</v>
+        <v>102.701111</v>
       </c>
       <c r="H17">
-        <v>5326.368912</v>
+        <v>7556.077771</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.8</v>
       </c>
       <c r="K17" s="2">
         <v>45924.0</v>
       </c>
       <c r="L17" s="2">
         <v>47020.0</v>
       </c>
       <c r="M17">
         <v>150000</v>
       </c>
       <c r="N17">
         <v>100.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>1.295556</v>
+        <v>1.491111</v>
       </c>
       <c r="Q17">
-        <v>101.795556</v>
+        <v>102.691111</v>
       </c>
       <c r="R17">
-        <v>103.295556</v>
+        <v>104.381111</v>
       </c>
       <c r="S17">
-        <v>100.5</v>
+        <v>101.2</v>
       </c>
       <c r="T17">
-        <v>102.0</v>
+        <v>102.89</v>
       </c>
       <c r="U17">
-        <v>8.598229</v>
+        <v>8.276641</v>
       </c>
       <c r="V17">
-        <v>8.006763</v>
+        <v>7.554927</v>
       </c>
       <c r="X17">
-        <v>6</v>
+        <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.650590278</v>
+        <v>46073.420150463</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="F18">
-        <v>-0.74</v>
+        <v>0.02</v>
       </c>
       <c r="G18">
-        <v>103.022222</v>
+        <v>104.366667</v>
       </c>
       <c r="H18">
-        <v>2272.088884</v>
+        <v>417.466668</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.8</v>
       </c>
       <c r="K18" s="2">
         <v>45924.0</v>
       </c>
       <c r="L18" s="2">
         <v>47020.0</v>
       </c>
       <c r="M18">
         <v>150000</v>
       </c>
       <c r="N18">
         <v>100.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>1.222222</v>
+        <v>1.466667</v>
       </c>
       <c r="Q18">
-        <v>101.722222</v>
+        <v>103.526667</v>
       </c>
       <c r="R18">
-        <v>102.972222</v>
+        <v>104.326667</v>
       </c>
       <c r="S18">
-        <v>100.5</v>
+        <v>102.06</v>
       </c>
       <c r="T18">
-        <v>101.75</v>
+        <v>102.86</v>
       </c>
       <c r="U18">
-        <v>8.598703</v>
+        <v>7.908453</v>
       </c>
       <c r="V18">
-        <v>8.106375</v>
+        <v>7.568765</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.60974537</v>
+        <v>46072.418009259</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="F19">
-        <v>2.08</v>
+        <v>0.08</v>
       </c>
       <c r="G19">
-        <v>103.787778</v>
+        <v>104.342222</v>
       </c>
       <c r="H19">
-        <v>2075.75556</v>
+        <v>10433.6722</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.8</v>
       </c>
       <c r="K19" s="2">
         <v>45924.0</v>
       </c>
       <c r="L19" s="2">
         <v>47020.0</v>
       </c>
       <c r="M19">
         <v>150000</v>
       </c>
       <c r="N19">
         <v>100.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>1.197778</v>
+        <v>1.442222</v>
       </c>
       <c r="Q19">
-        <v>102.997778</v>
+        <v>103.502222</v>
       </c>
       <c r="R19">
-        <v>103.787778</v>
+        <v>104.342222</v>
       </c>
       <c r="S19">
-        <v>101.8</v>
+        <v>102.06</v>
       </c>
       <c r="T19">
-        <v>102.59</v>
+        <v>102.9</v>
       </c>
       <c r="U19">
-        <v>8.087429</v>
+        <v>7.909274</v>
       </c>
       <c r="V19">
-        <v>7.780344</v>
+        <v>7.553025</v>
       </c>
       <c r="X19">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.564710648</v>
+        <v>46071.551226852</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="F20">
-        <v>-1.63</v>
+        <v>0.83</v>
       </c>
       <c r="G20">
-        <v>101.673333</v>
+        <v>104.258889</v>
       </c>
       <c r="H20">
-        <v>21405.35993</v>
+        <v>6672.568896</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.8</v>
       </c>
       <c r="K20" s="2">
         <v>45924.0</v>
       </c>
       <c r="L20" s="2">
         <v>47020.0</v>
       </c>
       <c r="M20">
         <v>150000</v>
       </c>
       <c r="N20">
         <v>100.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>1.173333</v>
+        <v>1.368889</v>
       </c>
       <c r="Q20">
-        <v>101.673333</v>
+        <v>103.428889</v>
       </c>
       <c r="R20">
-        <v>103.813333</v>
+        <v>104.258889</v>
       </c>
       <c r="S20">
-        <v>100.5</v>
+        <v>102.06</v>
       </c>
       <c r="T20">
-        <v>102.64</v>
+        <v>102.89</v>
       </c>
       <c r="U20">
-        <v>8.599028</v>
+        <v>7.911739</v>
       </c>
       <c r="V20">
-        <v>7.761881</v>
+        <v>7.560723</v>
       </c>
       <c r="X20">
-        <v>8</v>
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.618356481</v>
+        <v>46070.606238426</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21">
-        <v>-0.39</v>
+        <v>-0.35</v>
       </c>
       <c r="G21">
-        <v>103.358889</v>
+        <v>103.404444</v>
       </c>
       <c r="H21">
-        <v>1866.420002</v>
+        <v>8487.669964</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.8</v>
       </c>
       <c r="K21" s="2">
         <v>45924.0</v>
       </c>
       <c r="L21" s="2">
         <v>47020.0</v>
       </c>
       <c r="M21">
         <v>150000</v>
       </c>
       <c r="N21">
         <v>100.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>1.148889</v>
+        <v>1.344444</v>
       </c>
       <c r="Q21">
-        <v>102.148889</v>
+        <v>103.404444</v>
       </c>
       <c r="R21">
-        <v>103.358889</v>
+        <v>104.234444</v>
       </c>
       <c r="S21">
-        <v>101.0</v>
+        <v>102.06</v>
       </c>
       <c r="T21">
-        <v>102.21</v>
+        <v>102.89</v>
       </c>
       <c r="U21">
-        <v>8.401916</v>
+        <v>7.912562</v>
       </c>
       <c r="V21">
-        <v>7.929184</v>
+        <v>7.561882</v>
       </c>
       <c r="X21">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.605474537</v>
+        <v>46069.629178241</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="F22">
-        <v>1.68</v>
+        <v>1.44</v>
       </c>
       <c r="G22">
-        <v>103.764444</v>
+        <v>103.77</v>
       </c>
       <c r="H22">
-        <v>33070.553196</v>
+        <v>4033.92</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.8</v>
       </c>
       <c r="K22" s="2">
         <v>45924.0</v>
       </c>
       <c r="L22" s="2">
         <v>47020.0</v>
       </c>
       <c r="M22">
         <v>150000</v>
       </c>
       <c r="N22">
         <v>100.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>1.124444</v>
+        <v>1.32</v>
       </c>
       <c r="Q22">
-        <v>103.334444</v>
+        <v>102.42</v>
       </c>
       <c r="R22">
-        <v>103.764444</v>
+        <v>104.21</v>
       </c>
       <c r="S22">
-        <v>102.21</v>
+        <v>101.1</v>
       </c>
       <c r="T22">
-        <v>102.64</v>
+        <v>102.89</v>
       </c>
       <c r="U22">
-        <v>7.929923</v>
+        <v>8.32278</v>
       </c>
       <c r="V22">
-        <v>7.76364</v>
+        <v>7.56304</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.613668981</v>
+        <v>46066.653425926</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="F23">
-        <v>-0.66</v>
+        <v>-0.12</v>
       </c>
       <c r="G23">
-        <v>102.051111</v>
+        <v>102.295556</v>
       </c>
       <c r="H23">
-        <v>3065.124442</v>
+        <v>10354.171156</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.8</v>
       </c>
       <c r="K23" s="2">
         <v>45924.0</v>
       </c>
       <c r="L23" s="2">
         <v>47020.0</v>
       </c>
       <c r="M23">
         <v>150000</v>
       </c>
       <c r="N23">
         <v>100.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>1.051111</v>
+        <v>1.295556</v>
       </c>
       <c r="Q23">
-        <v>102.051111</v>
+        <v>101.855556</v>
       </c>
       <c r="R23">
-        <v>103.471111</v>
+        <v>102.295556</v>
       </c>
       <c r="S23">
+        <v>100.56</v>
+      </c>
+      <c r="T23">
         <v>101.0</v>
       </c>
-      <c r="T23">
-[...1 lines deleted...]
-      </c>
       <c r="U23">
-        <v>8.403268</v>
+        <v>8.555279</v>
       </c>
       <c r="V23">
-        <v>7.851039</v>
+        <v>8.366079</v>
       </c>
       <c r="X23">
-        <v>2</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.657962963</v>
+        <v>46065.571875</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="F24">
-        <v>-0.67</v>
+        <v>-1.71</v>
       </c>
       <c r="G24">
-        <v>102.726667</v>
+        <v>102.421111</v>
       </c>
       <c r="H24">
-        <v>16881.400055</v>
+        <v>23550.85553</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.8</v>
       </c>
       <c r="K24" s="2">
         <v>45924.0</v>
       </c>
       <c r="L24" s="2">
         <v>47020.0</v>
       </c>
       <c r="M24">
         <v>150000</v>
       </c>
       <c r="N24">
         <v>100.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>1.026667</v>
+        <v>1.271111</v>
       </c>
       <c r="Q24">
-        <v>102.726667</v>
+        <v>103.691111</v>
       </c>
       <c r="R24">
-        <v>103.446667</v>
+        <v>104.161111</v>
       </c>
       <c r="S24">
-        <v>101.7</v>
+        <v>102.42</v>
       </c>
       <c r="T24">
-        <v>102.42</v>
+        <v>102.89</v>
       </c>
       <c r="U24">
-        <v>8.13049</v>
+        <v>7.762959</v>
       </c>
       <c r="V24">
-        <v>7.851848</v>
+        <v>7.565355</v>
       </c>
       <c r="X24">
         <v>6</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.560451389</v>
+        <v>46064.654861111</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="F25">
-        <v>0.02</v>
+        <v>1.91</v>
       </c>
       <c r="G25">
-        <v>103.422222</v>
+        <v>104.197778</v>
       </c>
       <c r="H25">
-        <v>413.688888</v>
+        <v>8408.040018</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.8</v>
       </c>
       <c r="K25" s="2">
         <v>45924.0</v>
       </c>
       <c r="L25" s="2">
         <v>47020.0</v>
       </c>
       <c r="M25">
         <v>150000</v>
       </c>
       <c r="N25">
         <v>100.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>1.002222</v>
+        <v>1.197778</v>
       </c>
       <c r="Q25">
-        <v>103.302222</v>
+        <v>102.317778</v>
       </c>
       <c r="R25">
-        <v>103.422222</v>
+        <v>104.197778</v>
       </c>
       <c r="S25">
-        <v>102.3</v>
+        <v>101.12</v>
       </c>
       <c r="T25">
-        <v>102.42</v>
+        <v>103.0</v>
       </c>
       <c r="U25">
-        <v>7.8989</v>
+        <v>8.316427</v>
       </c>
       <c r="V25">
-        <v>7.852658</v>
+        <v>7.52286</v>
       </c>
       <c r="X25">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.528263889</v>
+        <v>46063.355046296</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
-      <c r="F26">
-[...1 lines deleted...]
-      </c>
       <c r="G26">
-        <v>103.397778</v>
-[...2 lines deleted...]
-        <v>1654.364448</v>
+        <v>102.244444</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.8</v>
       </c>
       <c r="K26" s="2">
         <v>45924.0</v>
       </c>
       <c r="L26" s="2">
         <v>47020.0</v>
       </c>
       <c r="M26">
         <v>150000</v>
       </c>
       <c r="N26">
         <v>100.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.977778</v>
+        <v>1.173333</v>
       </c>
       <c r="Q26">
-        <v>103.277778</v>
+        <v>103.413333</v>
       </c>
       <c r="R26">
-        <v>103.397778</v>
+        <v>104.123333</v>
       </c>
       <c r="S26">
-        <v>102.3</v>
+        <v>102.24</v>
       </c>
       <c r="T26">
-        <v>102.42</v>
+        <v>102.95</v>
       </c>
       <c r="U26">
-        <v>7.899671</v>
+        <v>7.842508</v>
       </c>
       <c r="V26">
-        <v>7.853468</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>7.544926</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.55056713</v>
+        <v>46062.449965278</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>103.45</v>
+        <v>102.244444</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.8</v>
       </c>
       <c r="K27" s="2">
         <v>45924.0</v>
       </c>
       <c r="L27" s="2">
         <v>47020.0</v>
       </c>
       <c r="M27">
         <v>150000</v>
       </c>
       <c r="N27">
         <v>100.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.953333</v>
+        <v>1.148889</v>
       </c>
       <c r="Q27">
-        <v>103.133333</v>
+        <v>103.388889</v>
       </c>
       <c r="R27">
-        <v>103.373333</v>
+        <v>104.098889</v>
       </c>
       <c r="S27">
-        <v>102.18</v>
+        <v>102.24</v>
       </c>
       <c r="T27">
-        <v>102.42</v>
+        <v>102.95</v>
       </c>
       <c r="U27">
-        <v>7.946671</v>
+        <v>7.843406</v>
       </c>
       <c r="V27">
-        <v>7.854279</v>
+        <v>7.546105</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.643842593</v>
+        <v>46059.563298611</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="F28">
-        <v>0.8</v>
+        <v>-1.55</v>
       </c>
       <c r="G28">
-        <v>103.45</v>
+        <v>102.244444</v>
       </c>
       <c r="H28">
-        <v>9965.28</v>
+        <v>4619.01998</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.8</v>
       </c>
       <c r="K28" s="2">
         <v>45924.0</v>
       </c>
       <c r="L28" s="2">
         <v>47020.0</v>
       </c>
       <c r="M28">
         <v>150000</v>
       </c>
       <c r="N28">
         <v>100.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.88</v>
+        <v>1.124444</v>
       </c>
       <c r="Q28">
-        <v>103.06</v>
+        <v>102.244444</v>
       </c>
       <c r="R28">
-        <v>103.5</v>
+        <v>104.114444</v>
       </c>
       <c r="S28">
-        <v>102.18</v>
+        <v>101.12</v>
       </c>
       <c r="T28">
-        <v>102.62</v>
+        <v>102.99</v>
       </c>
       <c r="U28">
-        <v>7.948873</v>
+        <v>8.317778</v>
       </c>
       <c r="V28">
-        <v>7.780107</v>
+        <v>7.530621</v>
       </c>
       <c r="X28">
         <v>6</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.640416667</v>
+        <v>46058.633206019</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="F29">
-        <v>-0.22</v>
+        <v>1.22</v>
       </c>
       <c r="G29">
-        <v>102.63</v>
+        <v>103.85</v>
       </c>
       <c r="H29">
-        <v>30891.64</v>
+        <v>6119.1</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.8</v>
       </c>
       <c r="K29" s="2">
         <v>45924.0</v>
       </c>
       <c r="L29" s="2">
         <v>47020.0</v>
       </c>
       <c r="M29">
         <v>150000</v>
       </c>
       <c r="N29">
         <v>100.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.88</v>
+        <v>1.1</v>
       </c>
       <c r="Q29">
-        <v>101.48</v>
+        <v>102.6</v>
       </c>
       <c r="R29">
-        <v>102.63</v>
+        <v>104.09</v>
       </c>
       <c r="S29">
-        <v>100.6</v>
+        <v>101.5</v>
       </c>
       <c r="T29">
-        <v>101.75</v>
+        <v>102.99</v>
       </c>
       <c r="U29">
-        <v>8.561964</v>
+        <v>8.157056</v>
       </c>
       <c r="V29">
-        <v>8.114625</v>
+        <v>7.531815</v>
       </c>
       <c r="X29">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.540486111</v>
+        <v>46057.666284722</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="F30">
-        <v>0.61</v>
+        <v>0.03</v>
       </c>
       <c r="G30">
-        <v>102.855556</v>
+        <v>102.596667</v>
       </c>
       <c r="H30">
-        <v>11213.055604</v>
+        <v>10788.450035</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.8</v>
       </c>
       <c r="K30" s="2">
         <v>45924.0</v>
       </c>
       <c r="L30" s="2">
         <v>47020.0</v>
       </c>
       <c r="M30">
         <v>150000</v>
       </c>
       <c r="N30">
         <v>100.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.855556</v>
+        <v>1.026667</v>
       </c>
       <c r="Q30">
-        <v>102.225556</v>
+        <v>102.526667</v>
       </c>
       <c r="R30">
-        <v>102.855556</v>
+        <v>103.776667</v>
       </c>
       <c r="S30">
-        <v>101.37</v>
+        <v>101.5</v>
       </c>
       <c r="T30">
-        <v>102.0</v>
+        <v>102.75</v>
       </c>
       <c r="U30">
-        <v>8.262258</v>
+        <v>8.158877</v>
       </c>
       <c r="V30">
-        <v>8.018835</v>
+        <v>7.635107</v>
       </c>
       <c r="X30">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.548668981</v>
+        <v>46056.528703704</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="F31">
-        <v>0.02</v>
+        <v>-1.35</v>
       </c>
       <c r="G31">
-        <v>102.231111</v>
+        <v>102.562222</v>
       </c>
       <c r="H31">
-        <v>6011.635549</v>
+        <v>1335.508886</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.8</v>
       </c>
       <c r="K31" s="2">
         <v>45924.0</v>
       </c>
       <c r="L31" s="2">
         <v>47020.0</v>
       </c>
       <c r="M31">
         <v>150000</v>
       </c>
       <c r="N31">
         <v>100.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.831111</v>
+        <v>1.002222</v>
       </c>
       <c r="Q31">
-        <v>102.231111</v>
+        <v>102.562222</v>
       </c>
       <c r="R31">
-        <v>102.851111</v>
+        <v>103.992222</v>
       </c>
       <c r="S31">
-        <v>101.4</v>
+        <v>101.56</v>
       </c>
       <c r="T31">
-        <v>102.02</v>
+        <v>102.99</v>
       </c>
       <c r="U31">
-        <v>8.251111</v>
+        <v>8.134197</v>
       </c>
       <c r="V31">
-        <v>8.011821</v>
+        <v>7.536588</v>
       </c>
       <c r="X31">
         <v>4</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.488703704</v>
+        <v>46055.632951389</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="F32">
-        <v>-0.51</v>
+        <v>0.03</v>
       </c>
       <c r="G32">
-        <v>102.206667</v>
+        <v>103.967778</v>
       </c>
       <c r="H32">
-        <v>512.273335</v>
+        <v>4339.446676</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.8</v>
       </c>
       <c r="K32" s="2">
         <v>45924.0</v>
       </c>
       <c r="L32" s="2">
         <v>47020.0</v>
       </c>
       <c r="M32">
         <v>150000</v>
       </c>
       <c r="N32">
         <v>100.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.806667</v>
+        <v>0.977778</v>
       </c>
       <c r="Q32">
-        <v>102.206667</v>
+        <v>102.977778</v>
       </c>
       <c r="R32">
-        <v>102.8</v>
+        <v>103.187778</v>
       </c>
       <c r="S32">
-        <v>101.4</v>
+        <v>102.0</v>
       </c>
       <c r="T32">
-        <v>101.993333</v>
+        <v>102.21</v>
       </c>
       <c r="U32">
-        <v>8.251596</v>
+        <v>7.950082</v>
       </c>
       <c r="V32">
-        <v>8.022755</v>
+        <v>7.862234</v>
       </c>
       <c r="X32">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.592314815</v>
+        <v>46052.586724537</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="F33">
-        <v>1.41</v>
+        <v>0.98</v>
       </c>
       <c r="G33">
-        <v>102.733333</v>
+        <v>103.933333</v>
       </c>
       <c r="H33">
-        <v>10979.156631</v>
+        <v>4848.006651</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.8</v>
       </c>
       <c r="K33" s="2">
         <v>45924.0</v>
       </c>
       <c r="L33" s="2">
         <v>47020.0</v>
       </c>
       <c r="M33">
         <v>150000</v>
       </c>
       <c r="N33">
         <v>100.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.733333</v>
+        <v>0.953333</v>
       </c>
       <c r="Q33">
-        <v>102.733333</v>
+        <v>102.453333</v>
       </c>
       <c r="R33">
-        <v>102.753333</v>
+        <v>103.933333</v>
       </c>
       <c r="S33">
-        <v>102.0</v>
+        <v>101.5</v>
       </c>
       <c r="T33">
-        <v>102.02</v>
+        <v>102.98</v>
       </c>
       <c r="U33">
-        <v>8.022234</v>
+        <v>8.160708</v>
       </c>
       <c r="V33">
-        <v>8.014567</v>
+        <v>7.543109</v>
       </c>
       <c r="X33">
-        <v>7</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.5428125</v>
+        <v>46051.462430556</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="F34">
-        <v>-0.37</v>
+        <v>0.14</v>
       </c>
       <c r="G34">
-        <v>101.308889</v>
+        <v>102.928889</v>
       </c>
       <c r="H34">
-        <v>10153.1389</v>
+        <v>1440.004446</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.8</v>
       </c>
       <c r="K34" s="2">
         <v>45924.0</v>
       </c>
       <c r="L34" s="2">
         <v>47020.0</v>
       </c>
       <c r="M34">
         <v>150000</v>
       </c>
       <c r="N34">
         <v>100.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.708889</v>
+        <v>0.928889</v>
       </c>
       <c r="Q34">
-        <v>101.308889</v>
+        <v>102.048889</v>
       </c>
       <c r="R34">
-        <v>102.408889</v>
+        <v>102.928889</v>
       </c>
       <c r="S34">
-        <v>100.6</v>
+        <v>101.12</v>
       </c>
       <c r="T34">
-        <v>101.7</v>
+        <v>102.0</v>
       </c>
       <c r="U34">
-        <v>8.563554</v>
+        <v>8.321442</v>
       </c>
       <c r="V34">
-        <v>8.138035</v>
+        <v>7.951697</v>
       </c>
       <c r="X34">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.620509259</v>
+        <v>46050.661863426</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="F35">
-        <v>0.02</v>
+        <v>0.83</v>
       </c>
       <c r="G35">
-        <v>101.684444</v>
+        <v>102.78</v>
       </c>
       <c r="H35">
-        <v>7440.964412</v>
+        <v>1231.72</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.8</v>
       </c>
       <c r="K35" s="2">
         <v>45924.0</v>
       </c>
       <c r="L35" s="2">
         <v>47020.0</v>
       </c>
       <c r="M35">
         <v>150000</v>
       </c>
       <c r="N35">
         <v>100.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.684444</v>
+        <v>0.88</v>
       </c>
       <c r="Q35">
-        <v>101.684444</v>
+        <v>102.0</v>
       </c>
       <c r="R35">
-        <v>102.384444</v>
+        <v>102.78</v>
       </c>
       <c r="S35">
-        <v>101.0</v>
+        <v>101.12</v>
       </c>
       <c r="T35">
-        <v>101.7</v>
+        <v>101.9</v>
       </c>
       <c r="U35">
-        <v>8.408557</v>
+        <v>8.322372</v>
       </c>
       <c r="V35">
-        <v>8.138622</v>
+        <v>7.995064</v>
       </c>
       <c r="X35">
-        <v>9</v>
+        <v>2</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.666666667</v>
+        <v>46049.524872685</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="F36">
-        <v>-0.91</v>
+        <v>-0.34</v>
       </c>
       <c r="G36">
-        <v>101.66</v>
+        <v>101.935556</v>
       </c>
       <c r="H36">
-        <v>26454.54</v>
+        <v>3983.256684</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.8</v>
       </c>
       <c r="K36" s="2">
         <v>45924.0</v>
       </c>
       <c r="L36" s="2">
         <v>47020.0</v>
       </c>
       <c r="M36">
         <v>150000</v>
       </c>
       <c r="N36">
         <v>100.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.66</v>
+        <v>0.855556</v>
+      </c>
+      <c r="Q36">
+        <v>101.935556</v>
+      </c>
+      <c r="R36">
+        <v>103.155556</v>
+      </c>
+      <c r="S36">
+        <v>101.08</v>
+      </c>
+      <c r="T36">
+        <v>102.3</v>
+      </c>
+      <c r="U36">
+        <v>8.339687</v>
+      </c>
+      <c r="V36">
+        <v>7.829273</v>
       </c>
       <c r="X36">
-        <v>15</v>
+        <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.666666667</v>
+        <v>46048.654502315</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="F37">
-        <v>-0.15</v>
+        <v>0.12</v>
       </c>
       <c r="G37">
-        <v>102.595556</v>
+        <v>102.281111</v>
       </c>
       <c r="H37">
-        <v>6054.187804</v>
+        <v>14240.353318</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.8</v>
       </c>
       <c r="K37" s="2">
         <v>45924.0</v>
       </c>
       <c r="L37" s="2">
         <v>47020.0</v>
       </c>
       <c r="M37">
         <v>150000</v>
       </c>
       <c r="N37">
         <v>100.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.635556</v>
+        <v>0.831111</v>
+      </c>
+      <c r="Q37">
+        <v>102.281111</v>
+      </c>
+      <c r="R37">
+        <v>103.821111</v>
+      </c>
+      <c r="S37">
+        <v>101.45</v>
+      </c>
+      <c r="T37">
+        <v>102.99</v>
+      </c>
+      <c r="U37">
+        <v>8.184729</v>
+      </c>
+      <c r="V37">
+        <v>7.544924</v>
       </c>
       <c r="X37">
-        <v>6</v>
+        <v>11</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.666666667</v>
+        <v>46045.47625</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="F38">
-        <v>0.49</v>
+        <v>-1.18</v>
       </c>
       <c r="G38">
-        <v>102.752222</v>
+        <v>102.156667</v>
       </c>
       <c r="H38">
-        <v>1644.095552</v>
+        <v>2043.13334</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.8</v>
       </c>
       <c r="K38" s="2">
         <v>45924.0</v>
       </c>
       <c r="L38" s="2">
         <v>47020.0</v>
       </c>
       <c r="M38">
         <v>150000</v>
       </c>
       <c r="N38">
         <v>100.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.562222</v>
+        <v>0.806667</v>
+      </c>
+      <c r="Q38">
+        <v>102.096667</v>
+      </c>
+      <c r="R38">
+        <v>103.396667</v>
+      </c>
+      <c r="S38">
+        <v>101.29</v>
+      </c>
+      <c r="T38">
+        <v>102.59</v>
+      </c>
+      <c r="U38">
+        <v>8.252388</v>
+      </c>
+      <c r="V38">
+        <v>7.711064</v>
       </c>
       <c r="X38">
         <v>2</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.666666667</v>
+        <v>46044.461342593</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="F39">
-        <v>0.53</v>
+        <v>0.36</v>
       </c>
       <c r="G39">
-        <v>102.247778</v>
+        <v>103.372222</v>
       </c>
       <c r="H39">
-        <v>35898.474522</v>
+        <v>103.372222</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.8</v>
       </c>
       <c r="K39" s="2">
         <v>45924.0</v>
       </c>
       <c r="L39" s="2">
         <v>47020.0</v>
       </c>
       <c r="M39">
         <v>150000</v>
       </c>
       <c r="N39">
         <v>100.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.537778</v>
+        <v>0.782222</v>
+      </c>
+      <c r="Q39">
+        <v>102.132222</v>
+      </c>
+      <c r="R39">
+        <v>103.372222</v>
+      </c>
+      <c r="S39">
+        <v>101.35</v>
+      </c>
+      <c r="T39">
+        <v>102.59</v>
+      </c>
+      <c r="U39">
+        <v>8.227786</v>
+      </c>
+      <c r="V39">
+        <v>7.7121</v>
       </c>
       <c r="X39">
-        <v>17</v>
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.666678241</v>
+        <v>46043.648402778</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="F40">
-        <v>-0.72</v>
+        <v>0.62</v>
       </c>
       <c r="G40">
-        <v>101.71</v>
+        <v>102.998889</v>
       </c>
       <c r="H40">
-        <v>36783.77</v>
+        <v>3198.005559</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.8</v>
       </c>
       <c r="K40" s="2">
         <v>45924.0</v>
       </c>
       <c r="L40" s="2">
         <v>47020.0</v>
       </c>
       <c r="M40">
         <v>150000</v>
       </c>
       <c r="N40">
         <v>100.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
+      <c r="P40">
+        <v>0.708889</v>
+      </c>
+      <c r="Q40">
+        <v>102.058889</v>
+      </c>
+      <c r="R40">
+        <v>103.298889</v>
+      </c>
+      <c r="S40">
+        <v>101.35</v>
+      </c>
+      <c r="T40">
+        <v>102.59</v>
+      </c>
+      <c r="U40">
+        <v>8.229474</v>
+      </c>
+      <c r="V40">
+        <v>7.71521</v>
+      </c>
       <c r="X40">
-        <v>6</v>
+        <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.609467593</v>
+        <v>46042.636111111</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
       <c r="F41">
-        <v>0.01</v>
+        <v>0.69</v>
       </c>
       <c r="G41">
-        <v>102.448889</v>
+        <v>102.364444</v>
       </c>
       <c r="H41">
-        <v>19362.810021</v>
+        <v>4094.37776</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.8</v>
       </c>
       <c r="K41" s="2">
         <v>45924.0</v>
       </c>
       <c r="L41" s="2">
         <v>47020.0</v>
       </c>
       <c r="M41">
         <v>150000</v>
       </c>
       <c r="N41">
         <v>100.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>0.488889</v>
+        <v>0.684444</v>
       </c>
       <c r="Q41">
-        <v>102.448889</v>
+        <v>102.344444</v>
       </c>
       <c r="R41">
-        <v>102.458889</v>
+        <v>102.684444</v>
       </c>
       <c r="S41">
-        <v>101.96</v>
+        <v>101.66</v>
       </c>
       <c r="T41">
-        <v>101.97</v>
+        <v>102.0</v>
+      </c>
+      <c r="U41">
+        <v>8.100905</v>
+      </c>
+      <c r="V41">
+        <v>7.959802</v>
       </c>
       <c r="X41">
-        <v>10</v>
+        <v>2</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.5953125</v>
+        <v>46041.457638889</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="F42">
-        <v>0.1</v>
+        <v>-0.93</v>
       </c>
       <c r="G42">
-        <v>102.434444</v>
+        <v>101.66</v>
       </c>
       <c r="H42">
-        <v>20682.277688</v>
+        <v>2154.86</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.8</v>
       </c>
       <c r="K42" s="2">
         <v>45924.0</v>
       </c>
       <c r="L42" s="2">
         <v>47020.0</v>
       </c>
       <c r="M42">
         <v>150000</v>
       </c>
       <c r="N42">
         <v>100.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>0.464444</v>
+        <v>0.66</v>
       </c>
       <c r="Q42">
-        <v>102.424444</v>
+        <v>101.87</v>
       </c>
       <c r="R42">
-        <v>102.434444</v>
+        <v>102.66</v>
       </c>
       <c r="S42">
-        <v>101.96</v>
+        <v>101.21</v>
       </c>
       <c r="T42">
-        <v>101.97</v>
+        <v>102.0</v>
+      </c>
+      <c r="U42">
+        <v>8.289021</v>
+      </c>
+      <c r="V42">
+        <v>7.960616</v>
       </c>
       <c r="X42">
-        <v>8</v>
+        <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.627743056</v>
+        <v>46038.446087963</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>102.331111</v>
-[...2 lines deleted...]
-        <v>15130.852211</v>
+        <v>102.611111</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.8</v>
       </c>
       <c r="K43" s="2">
         <v>45924.0</v>
       </c>
       <c r="L43" s="2">
         <v>47020.0</v>
       </c>
       <c r="M43">
         <v>150000</v>
       </c>
       <c r="N43">
         <v>100.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>0.391111</v>
+        <v>0.635556</v>
       </c>
       <c r="Q43">
-        <v>101.97</v>
+        <v>101.645556</v>
       </c>
       <c r="R43">
-        <v>101.971111</v>
+        <v>102.635556</v>
       </c>
       <c r="S43">
-        <v>101.578889</v>
+        <v>101.01</v>
       </c>
       <c r="T43">
-        <v>101.58</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>102.0</v>
+      </c>
+      <c r="U43">
+        <v>8.373074</v>
+      </c>
+      <c r="V43">
+        <v>7.961429</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.619849537</v>
+        <v>46037.587303241</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="F44">
-        <v>-0.01</v>
+        <v>0.13</v>
       </c>
       <c r="G44">
-        <v>102.326667</v>
+        <v>102.611111</v>
       </c>
       <c r="H44">
-        <v>1228.060004</v>
+        <v>820.888888</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.8</v>
       </c>
       <c r="K44" s="2">
         <v>45924.0</v>
       </c>
       <c r="L44" s="2">
         <v>47020.0</v>
       </c>
       <c r="M44">
         <v>150000</v>
       </c>
       <c r="N44">
         <v>100.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>0.366667</v>
+        <v>0.611111</v>
       </c>
       <c r="Q44">
-        <v>102.1</v>
+        <v>101.761111</v>
       </c>
       <c r="R44">
-        <v>102.326667</v>
+        <v>102.611111</v>
       </c>
       <c r="S44">
-        <v>101.733333</v>
+        <v>101.15</v>
       </c>
       <c r="T44">
-        <v>101.96</v>
+        <v>102.0</v>
+      </c>
+      <c r="U44">
+        <v>8.315068</v>
+      </c>
+      <c r="V44">
+        <v>7.962244</v>
       </c>
       <c r="X44">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.6590625</v>
+        <v>46036.355497685</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
-      <c r="F45">
-[...1 lines deleted...]
-      </c>
       <c r="G45">
-        <v>102.332222</v>
-[...2 lines deleted...]
-        <v>20369.5944</v>
+        <v>102.473333</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.8</v>
       </c>
       <c r="K45" s="2">
         <v>45924.0</v>
       </c>
       <c r="L45" s="2">
         <v>47020.0</v>
       </c>
       <c r="M45">
         <v>150000</v>
       </c>
       <c r="N45">
         <v>100.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>0.342222</v>
+        <v>0.537778</v>
       </c>
       <c r="Q45">
-        <v>102.002222</v>
+        <v>101.687778</v>
       </c>
       <c r="R45">
-        <v>102.342222</v>
+        <v>103.127778</v>
       </c>
       <c r="S45">
-        <v>101.66</v>
+        <v>101.15</v>
       </c>
       <c r="T45">
-        <v>102.0</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>102.59</v>
+      </c>
+      <c r="U45">
+        <v>8.316552</v>
+      </c>
+      <c r="V45">
+        <v>7.722465</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.570625</v>
+        <v>46035.640509259</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="F46">
-        <v>0.52</v>
+        <v>0.13</v>
       </c>
       <c r="G46">
-        <v>101.867778</v>
+        <v>102.473333</v>
       </c>
       <c r="H46">
-        <v>101.867778</v>
+        <v>409.893332</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.8</v>
       </c>
       <c r="K46" s="2">
         <v>45924.0</v>
       </c>
       <c r="L46" s="2">
         <v>47020.0</v>
       </c>
       <c r="M46">
         <v>150000</v>
       </c>
       <c r="N46">
         <v>100.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>0.317778</v>
+        <v>0.513333</v>
       </c>
       <c r="Q46">
-        <v>101.667778</v>
+        <v>102.473333</v>
       </c>
       <c r="R46">
-        <v>101.867778</v>
+        <v>103.103333</v>
       </c>
       <c r="S46">
-        <v>101.35</v>
+        <v>101.96</v>
       </c>
       <c r="T46">
-        <v>101.55</v>
+        <v>102.59</v>
+      </c>
+      <c r="U46">
+        <v>7.981974</v>
+      </c>
+      <c r="V46">
+        <v>7.723502</v>
       </c>
       <c r="X46">
         <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.595347222</v>
+        <v>46034.658217593</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="F47">
-        <v>0.42</v>
+        <v>0.14</v>
       </c>
       <c r="G47">
-        <v>101.343333</v>
+        <v>102.338889</v>
       </c>
       <c r="H47">
-        <v>13066.899957</v>
+        <v>11622.983346</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.8</v>
       </c>
       <c r="K47" s="2">
         <v>45924.0</v>
       </c>
       <c r="L47" s="2">
         <v>47020.0</v>
       </c>
       <c r="M47">
         <v>150000</v>
       </c>
       <c r="N47">
         <v>100.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>0.293333</v>
+        <v>0.488889</v>
       </c>
       <c r="Q47">
-        <v>101.443333</v>
+        <v>101.498889</v>
       </c>
       <c r="R47">
-        <v>101.843333</v>
+        <v>102.448889</v>
       </c>
       <c r="S47">
-        <v>101.15</v>
+        <v>101.01</v>
       </c>
       <c r="T47">
-        <v>101.55</v>
+        <v>101.96</v>
+      </c>
+      <c r="U47">
+        <v>8.375727</v>
+      </c>
+      <c r="V47">
+        <v>7.982776</v>
       </c>
       <c r="X47">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.662858796</v>
+        <v>46031.58037037</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
-        <v>-0.22</v>
+        <v>0.29</v>
       </c>
       <c r="G48">
-        <v>100.92</v>
+        <v>102.194444</v>
       </c>
       <c r="H48">
-        <v>20223.08</v>
+        <v>11634.796616</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.8</v>
       </c>
       <c r="K48" s="2">
         <v>45924.0</v>
       </c>
       <c r="L48" s="2">
         <v>47020.0</v>
       </c>
       <c r="M48">
         <v>150000</v>
       </c>
       <c r="N48">
         <v>100.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>0.22</v>
+        <v>0.464444</v>
       </c>
       <c r="Q48">
-        <v>100.92</v>
+        <v>101.964444</v>
       </c>
       <c r="R48">
-        <v>101.22</v>
+        <v>102.314444</v>
       </c>
       <c r="S48">
-        <v>100.7</v>
+        <v>101.5</v>
       </c>
       <c r="T48">
-        <v>101.0</v>
+        <v>101.85</v>
+      </c>
+      <c r="U48">
+        <v>8.173142</v>
+      </c>
+      <c r="V48">
+        <v>8.028818</v>
       </c>
       <c r="X48">
-        <v>7</v>
+        <v>8</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45930.64994213</v>
+        <v>46030.60130787</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="F49">
-        <v>0.14</v>
+        <v>0.53</v>
       </c>
       <c r="G49">
-        <v>101.145556</v>
+        <v>101.9</v>
       </c>
       <c r="H49">
-        <v>36856.541248</v>
+        <v>6725.44</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>8.8</v>
       </c>
       <c r="K49" s="2">
         <v>45924.0</v>
       </c>
       <c r="L49" s="2">
         <v>47020.0</v>
       </c>
       <c r="M49">
         <v>150000</v>
       </c>
       <c r="N49">
         <v>100.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>0.195556</v>
+        <v>0.44</v>
       </c>
       <c r="Q49">
-        <v>100.7</v>
+        <v>101.44</v>
       </c>
       <c r="R49">
-        <v>101.145556</v>
+        <v>101.9</v>
       </c>
       <c r="S49">
-        <v>100.504444</v>
+        <v>101.0</v>
       </c>
       <c r="T49">
-        <v>100.95</v>
+        <v>101.46</v>
+      </c>
+      <c r="U49">
+        <v>8.380775</v>
+      </c>
+      <c r="V49">
+        <v>8.19029</v>
       </c>
       <c r="X49">
-        <v>22</v>
+        <v>4</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45929.658240741</v>
+        <v>46029.628958333</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="F50">
-        <v>-0.64</v>
+        <v>-0.47</v>
       </c>
       <c r="G50">
-        <v>101.001111</v>
+        <v>101.366667</v>
       </c>
       <c r="H50">
-        <v>17491.009983</v>
+        <v>11200.30336</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>8.8</v>
       </c>
       <c r="K50" s="2">
         <v>45924.0</v>
       </c>
       <c r="L50" s="2">
         <v>47020.0</v>
       </c>
       <c r="M50">
         <v>150000</v>
       </c>
       <c r="N50">
         <v>100.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>0.171111</v>
+        <v>0.366667</v>
       </c>
       <c r="Q50">
-        <v>100.771111</v>
+        <v>101.366667</v>
       </c>
       <c r="R50">
-        <v>101.171111</v>
+        <v>101.866667</v>
       </c>
       <c r="S50">
-        <v>100.6</v>
+        <v>101.0</v>
       </c>
       <c r="T50">
-        <v>101.0</v>
+        <v>101.5</v>
+      </c>
+      <c r="U50">
+        <v>8.382118</v>
+      </c>
+      <c r="V50">
+        <v>8.175676</v>
       </c>
       <c r="X50">
-        <v>10</v>
+        <v>8</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45926.665868056</v>
+        <v>46028.628634259</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="F51">
-        <v>0.53</v>
+        <v>-0.13</v>
       </c>
       <c r="G51">
-        <v>101.646667</v>
+        <v>101.842222</v>
       </c>
       <c r="H51">
-        <v>111792.130368</v>
+        <v>1222.106664</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>8.8</v>
       </c>
       <c r="K51" s="2">
         <v>45924.0</v>
       </c>
       <c r="L51" s="2">
         <v>47020.0</v>
       </c>
       <c r="M51">
         <v>150000</v>
       </c>
       <c r="N51">
         <v>100.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>0.146667</v>
+        <v>0.342222</v>
       </c>
       <c r="Q51">
-        <v>101.646667</v>
+        <v>101.342222</v>
       </c>
       <c r="R51">
-        <v>101.696667</v>
+        <v>101.842222</v>
       </c>
       <c r="S51">
+        <v>101.0</v>
+      </c>
+      <c r="T51">
         <v>101.5</v>
       </c>
-      <c r="T51">
-        <v>101.55</v>
+      <c r="U51">
+        <v>8.382569</v>
+      </c>
+      <c r="V51">
+        <v>8.176312</v>
       </c>
       <c r="X51">
-        <v>28</v>
+        <v>2</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
+        <v>46027.651886574</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="F52">
+        <v>0.68</v>
+      </c>
+      <c r="G52">
+        <v>101.977778</v>
+      </c>
+      <c r="H52">
+        <v>9275.477798</v>
+      </c>
+      <c r="I52" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52">
+        <v>8.8</v>
+      </c>
+      <c r="K52" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M52">
+        <v>150000</v>
+      </c>
+      <c r="N52">
+        <v>100.0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52">
+        <v>0.317778</v>
+      </c>
+      <c r="Q52">
+        <v>101.977778</v>
+      </c>
+      <c r="R52">
+        <v>102.017778</v>
+      </c>
+      <c r="S52">
+        <v>101.66</v>
+      </c>
+      <c r="T52">
+        <v>101.7</v>
+      </c>
+      <c r="U52">
+        <v>8.111256</v>
+      </c>
+      <c r="V52">
+        <v>8.094852</v>
+      </c>
+      <c r="X52">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
+      <c r="A53" s="2">
+        <v>46024.634236111</v>
+      </c>
+      <c r="B53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>27</v>
+      </c>
+      <c r="F53">
+        <v>0.1</v>
+      </c>
+      <c r="G53">
+        <v>101.293333</v>
+      </c>
+      <c r="H53">
+        <v>25620.677695</v>
+      </c>
+      <c r="I53" t="s">
+        <v>28</v>
+      </c>
+      <c r="J53">
+        <v>8.8</v>
+      </c>
+      <c r="K53" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M53">
+        <v>150000</v>
+      </c>
+      <c r="N53">
+        <v>100.0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53">
+        <v>0.293333</v>
+      </c>
+      <c r="Q53">
+        <v>101.293333</v>
+      </c>
+      <c r="R53">
+        <v>101.963333</v>
+      </c>
+      <c r="S53">
+        <v>101.0</v>
+      </c>
+      <c r="T53">
+        <v>101.67</v>
+      </c>
+      <c r="U53">
+        <v>8.383474</v>
+      </c>
+      <c r="V53">
+        <v>8.107855</v>
+      </c>
+      <c r="X53">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
+      <c r="A54" s="2">
+        <v>46021.658043981</v>
+      </c>
+      <c r="B54" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>27</v>
+      </c>
+      <c r="F54">
+        <v>-0.65</v>
+      </c>
+      <c r="G54">
+        <v>101.195556</v>
+      </c>
+      <c r="H54">
+        <v>15179.3334</v>
+      </c>
+      <c r="I54" t="s">
+        <v>28</v>
+      </c>
+      <c r="J54">
+        <v>8.8</v>
+      </c>
+      <c r="K54" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M54">
+        <v>150000</v>
+      </c>
+      <c r="N54">
+        <v>100.0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54">
+        <v>0.195556</v>
+      </c>
+      <c r="Q54">
+        <v>100.995556</v>
+      </c>
+      <c r="R54">
+        <v>101.195556</v>
+      </c>
+      <c r="S54">
+        <v>100.8</v>
+      </c>
+      <c r="T54">
+        <v>101.0</v>
+      </c>
+      <c r="U54">
+        <v>8.467696</v>
+      </c>
+      <c r="V54">
+        <v>8.385302</v>
+      </c>
+      <c r="X54">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
+      <c r="A55" s="2">
+        <v>46020.647939815</v>
+      </c>
+      <c r="B55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
+        <v>26</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="F55">
+        <v>0.6</v>
+      </c>
+      <c r="G55">
+        <v>101.856667</v>
+      </c>
+      <c r="H55">
+        <v>20031.250066</v>
+      </c>
+      <c r="I55" t="s">
+        <v>28</v>
+      </c>
+      <c r="J55">
+        <v>8.8</v>
+      </c>
+      <c r="K55" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L55" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M55">
+        <v>150000</v>
+      </c>
+      <c r="N55">
+        <v>100.0</v>
+      </c>
+      <c r="O55" t="s">
+        <v>28</v>
+      </c>
+      <c r="P55">
+        <v>0.146667</v>
+      </c>
+      <c r="Q55">
+        <v>100.896667</v>
+      </c>
+      <c r="R55">
+        <v>101.146667</v>
+      </c>
+      <c r="S55">
+        <v>100.75</v>
+      </c>
+      <c r="T55">
+        <v>101.0</v>
+      </c>
+      <c r="U55">
+        <v>8.489064</v>
+      </c>
+      <c r="V55">
+        <v>8.386224</v>
+      </c>
+      <c r="X55">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
+      <c r="A56" s="2">
+        <v>46014.569548611</v>
+      </c>
+      <c r="B56" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" t="s">
+        <v>27</v>
+      </c>
+      <c r="F56">
+        <v>1.15</v>
+      </c>
+      <c r="G56">
+        <v>101.252222</v>
+      </c>
+      <c r="H56">
+        <v>3760.372214</v>
+      </c>
+      <c r="I56" t="s">
+        <v>28</v>
+      </c>
+      <c r="J56">
+        <v>8.8</v>
+      </c>
+      <c r="K56" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L56" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M56">
+        <v>150000</v>
+      </c>
+      <c r="N56">
+        <v>100.0</v>
+      </c>
+      <c r="O56" t="s">
+        <v>28</v>
+      </c>
+      <c r="P56">
+        <v>0.122222</v>
+      </c>
+      <c r="Q56">
+        <v>101.252222</v>
+      </c>
+      <c r="R56">
+        <v>101.842222</v>
+      </c>
+      <c r="S56">
+        <v>101.13</v>
+      </c>
+      <c r="T56">
+        <v>101.72</v>
+      </c>
+      <c r="U56">
+        <v>8.333375</v>
+      </c>
+      <c r="V56">
+        <v>8.092423</v>
+      </c>
+      <c r="X56">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
+      <c r="A57" s="2">
+        <v>46013.542048611</v>
+      </c>
+      <c r="B57" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" t="s">
+        <v>27</v>
+      </c>
+      <c r="F57">
+        <v>-1.56</v>
+      </c>
+      <c r="G57">
+        <v>100.1</v>
+      </c>
+      <c r="H57">
+        <v>602.35</v>
+      </c>
+      <c r="I57" t="s">
+        <v>28</v>
+      </c>
+      <c r="J57">
+        <v>8.8</v>
+      </c>
+      <c r="K57" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L57" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M57">
+        <v>150000</v>
+      </c>
+      <c r="N57">
+        <v>100.0</v>
+      </c>
+      <c r="O57" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q57">
+        <v>101.0</v>
+      </c>
+      <c r="R57">
+        <v>101.71</v>
+      </c>
+      <c r="U57">
+        <v>8.389024</v>
+      </c>
+      <c r="V57">
+        <v>8.100107</v>
+      </c>
+      <c r="X57">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
+      <c r="A58" s="2">
+        <v>46010.473055556</v>
+      </c>
+      <c r="B58" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" t="s">
+        <v>27</v>
+      </c>
+      <c r="F58">
+        <v>1.28</v>
+      </c>
+      <c r="G58">
+        <v>101.685556</v>
+      </c>
+      <c r="H58">
+        <v>915.170004</v>
+      </c>
+      <c r="I58" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58">
+        <v>8.8</v>
+      </c>
+      <c r="K58" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L58" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M58">
+        <v>150000</v>
+      </c>
+      <c r="N58">
+        <v>100.0</v>
+      </c>
+      <c r="O58" t="s">
+        <v>28</v>
+      </c>
+      <c r="P58">
+        <v>-0.024444</v>
+      </c>
+      <c r="Q58">
+        <v>100.425556</v>
+      </c>
+      <c r="R58">
+        <v>101.685556</v>
+      </c>
+      <c r="S58">
+        <v>100.45</v>
+      </c>
+      <c r="T58">
+        <v>101.71</v>
+      </c>
+      <c r="U58">
+        <v>8.614742</v>
+      </c>
+      <c r="V58">
+        <v>8.100832</v>
+      </c>
+      <c r="X58">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
+      <c r="A59" s="2">
+        <v>46009.480289352</v>
+      </c>
+      <c r="B59" t="s">
+        <v>24</v>
+      </c>
+      <c r="C59" t="s">
+        <v>25</v>
+      </c>
+      <c r="D59" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="F59">
+        <v>-3.26</v>
+      </c>
+      <c r="G59">
+        <v>100.401111</v>
+      </c>
+      <c r="H59">
+        <v>1004.01111</v>
+      </c>
+      <c r="I59" t="s">
+        <v>28</v>
+      </c>
+      <c r="J59">
+        <v>8.8</v>
+      </c>
+      <c r="K59" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L59" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M59">
+        <v>150000</v>
+      </c>
+      <c r="N59">
+        <v>100.0</v>
+      </c>
+      <c r="O59" t="s">
+        <v>28</v>
+      </c>
+      <c r="P59">
+        <v>-0.048889</v>
+      </c>
+      <c r="Q59">
+        <v>100.401112</v>
+      </c>
+      <c r="R59">
+        <v>101.661111</v>
+      </c>
+      <c r="S59">
+        <v>100.450001</v>
+      </c>
+      <c r="T59">
+        <v>101.71</v>
+      </c>
+      <c r="U59">
+        <v>8.615017</v>
+      </c>
+      <c r="V59">
+        <v>8.101558</v>
+      </c>
+      <c r="X59">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
+      <c r="A60" s="2">
+        <v>46008.618842593</v>
+      </c>
+      <c r="B60" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" t="s">
+        <v>27</v>
+      </c>
+      <c r="F60">
+        <v>0.91</v>
+      </c>
+      <c r="G60">
+        <v>103.787778</v>
+      </c>
+      <c r="H60">
+        <v>2468.456672</v>
+      </c>
+      <c r="I60" t="s">
+        <v>28</v>
+      </c>
+      <c r="J60">
+        <v>8.8</v>
+      </c>
+      <c r="K60" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L60" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M60">
+        <v>150000</v>
+      </c>
+      <c r="N60">
+        <v>100.0</v>
+      </c>
+      <c r="O60" t="s">
+        <v>28</v>
+      </c>
+      <c r="P60">
+        <v>2.077778</v>
+      </c>
+      <c r="Q60">
+        <v>102.527778</v>
+      </c>
+      <c r="R60">
+        <v>103.787778</v>
+      </c>
+      <c r="S60">
+        <v>100.45</v>
+      </c>
+      <c r="T60">
+        <v>101.71</v>
+      </c>
+      <c r="U60">
+        <v>8.614789</v>
+      </c>
+      <c r="V60">
+        <v>8.102751</v>
+      </c>
+      <c r="X60">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
+      <c r="A61" s="2">
+        <v>46007.619456019</v>
+      </c>
+      <c r="B61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C61" t="s">
+        <v>25</v>
+      </c>
+      <c r="D61" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" t="s">
+        <v>27</v>
+      </c>
+      <c r="F61">
+        <v>-0.86</v>
+      </c>
+      <c r="G61">
+        <v>102.853333</v>
+      </c>
+      <c r="H61">
+        <v>5689.483315</v>
+      </c>
+      <c r="I61" t="s">
+        <v>28</v>
+      </c>
+      <c r="J61">
+        <v>8.8</v>
+      </c>
+      <c r="K61" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L61" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M61">
+        <v>150000</v>
+      </c>
+      <c r="N61">
+        <v>100.0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>28</v>
+      </c>
+      <c r="P61">
+        <v>2.053333</v>
+      </c>
+      <c r="Q61">
+        <v>102.553333</v>
+      </c>
+      <c r="R61">
+        <v>102.853333</v>
+      </c>
+      <c r="S61">
+        <v>100.5</v>
+      </c>
+      <c r="T61">
+        <v>100.8</v>
+      </c>
+      <c r="U61">
+        <v>8.594416</v>
+      </c>
+      <c r="V61">
+        <v>8.472006</v>
+      </c>
+      <c r="X61">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
+      <c r="A62" s="2">
+        <v>46006.527928241</v>
+      </c>
+      <c r="B62" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" t="s">
+        <v>26</v>
+      </c>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62">
+        <v>103.744444</v>
+      </c>
+      <c r="I62" t="s">
+        <v>28</v>
+      </c>
+      <c r="J62">
+        <v>8.8</v>
+      </c>
+      <c r="K62" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L62" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M62">
+        <v>150000</v>
+      </c>
+      <c r="N62">
+        <v>100.0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>28</v>
+      </c>
+      <c r="P62">
+        <v>2.028889</v>
+      </c>
+      <c r="Q62">
+        <v>102.828889</v>
+      </c>
+      <c r="R62">
+        <v>103.758889</v>
+      </c>
+      <c r="S62">
+        <v>100.8</v>
+      </c>
+      <c r="T62">
+        <v>101.73</v>
+      </c>
+      <c r="U62">
+        <v>8.472207</v>
+      </c>
+      <c r="V62">
+        <v>8.095764</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24">
+      <c r="A63" s="2">
+        <v>46003.500289352</v>
+      </c>
+      <c r="B63" t="s">
+        <v>24</v>
+      </c>
+      <c r="C63" t="s">
+        <v>25</v>
+      </c>
+      <c r="D63" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" t="s">
+        <v>27</v>
+      </c>
+      <c r="F63">
+        <v>1.22</v>
+      </c>
+      <c r="G63">
+        <v>103.744444</v>
+      </c>
+      <c r="H63">
+        <v>8071.706632</v>
+      </c>
+      <c r="I63" t="s">
+        <v>28</v>
+      </c>
+      <c r="J63">
+        <v>8.8</v>
+      </c>
+      <c r="K63" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L63" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M63">
+        <v>150000</v>
+      </c>
+      <c r="N63">
+        <v>100.0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>28</v>
+      </c>
+      <c r="P63">
+        <v>2.004444</v>
+      </c>
+      <c r="Q63">
+        <v>103.324444</v>
+      </c>
+      <c r="R63">
+        <v>103.744444</v>
+      </c>
+      <c r="S63">
+        <v>101.32</v>
+      </c>
+      <c r="T63">
+        <v>101.74</v>
+      </c>
+      <c r="U63">
+        <v>8.261618</v>
+      </c>
+      <c r="V63">
+        <v>8.092283</v>
+      </c>
+      <c r="X63">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24">
+      <c r="A64" s="2">
+        <v>46002.652002315</v>
+      </c>
+      <c r="B64" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" t="s">
+        <v>25</v>
+      </c>
+      <c r="D64" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" t="s">
+        <v>27</v>
+      </c>
+      <c r="F64">
+        <v>-0.83</v>
+      </c>
+      <c r="G64">
+        <v>102.49</v>
+      </c>
+      <c r="H64">
+        <v>51654.92</v>
+      </c>
+      <c r="I64" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64">
+        <v>8.8</v>
+      </c>
+      <c r="K64" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L64" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M64">
+        <v>150000</v>
+      </c>
+      <c r="N64">
+        <v>100.0</v>
+      </c>
+      <c r="O64" t="s">
+        <v>28</v>
+      </c>
+      <c r="P64">
+        <v>1.98</v>
+      </c>
+      <c r="Q64">
+        <v>102.49</v>
+      </c>
+      <c r="R64">
+        <v>103.3</v>
+      </c>
+      <c r="S64">
+        <v>100.51</v>
+      </c>
+      <c r="T64">
+        <v>101.32</v>
+      </c>
+      <c r="U64">
+        <v>8.59062</v>
+      </c>
+      <c r="V64">
+        <v>8.262012</v>
+      </c>
+      <c r="X64">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24">
+      <c r="A65" s="2">
+        <v>46001.614594907</v>
+      </c>
+      <c r="B65" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" t="s">
+        <v>25</v>
+      </c>
+      <c r="D65" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="F65">
+        <v>0.94</v>
+      </c>
+      <c r="G65">
+        <v>103.346667</v>
+      </c>
+      <c r="H65">
+        <v>2583.666675</v>
+      </c>
+      <c r="I65" t="s">
+        <v>28</v>
+      </c>
+      <c r="J65">
+        <v>8.8</v>
+      </c>
+      <c r="K65" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L65" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M65">
+        <v>150000</v>
+      </c>
+      <c r="N65">
+        <v>100.0</v>
+      </c>
+      <c r="O65" t="s">
+        <v>28</v>
+      </c>
+      <c r="P65">
+        <v>1.906667</v>
+      </c>
+      <c r="Q65">
+        <v>102.406667</v>
+      </c>
+      <c r="R65">
+        <v>103.296667</v>
+      </c>
+      <c r="S65">
+        <v>100.5</v>
+      </c>
+      <c r="T65">
+        <v>101.39</v>
+      </c>
+      <c r="U65">
+        <v>8.594997</v>
+      </c>
+      <c r="V65">
+        <v>8.235026</v>
+      </c>
+      <c r="X65">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24">
+      <c r="A66" s="2">
+        <v>46000.629085648</v>
+      </c>
+      <c r="B66" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>26</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="F66">
+        <v>-0.94</v>
+      </c>
+      <c r="G66">
+        <v>102.382222</v>
+      </c>
+      <c r="H66">
+        <v>8093.995538</v>
+      </c>
+      <c r="I66" t="s">
+        <v>28</v>
+      </c>
+      <c r="J66">
+        <v>8.8</v>
+      </c>
+      <c r="K66" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L66" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M66">
+        <v>150000</v>
+      </c>
+      <c r="N66">
+        <v>100.0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>28</v>
+      </c>
+      <c r="P66">
+        <v>1.882222</v>
+      </c>
+      <c r="Q66">
+        <v>102.382222</v>
+      </c>
+      <c r="R66">
+        <v>103.372222</v>
+      </c>
+      <c r="S66">
+        <v>100.5</v>
+      </c>
+      <c r="T66">
+        <v>101.49</v>
+      </c>
+      <c r="U66">
+        <v>8.595101</v>
+      </c>
+      <c r="V66">
+        <v>8.195272</v>
+      </c>
+      <c r="X66">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24">
+      <c r="A67" s="2">
+        <v>45999.658518519</v>
+      </c>
+      <c r="B67" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="F67">
+        <v>0.15</v>
+      </c>
+      <c r="G67">
+        <v>103.357778</v>
+      </c>
+      <c r="H67">
+        <v>21878.448936</v>
+      </c>
+      <c r="I67" t="s">
+        <v>28</v>
+      </c>
+      <c r="J67">
+        <v>8.8</v>
+      </c>
+      <c r="K67" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L67" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M67">
+        <v>150000</v>
+      </c>
+      <c r="N67">
+        <v>100.0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>28</v>
+      </c>
+      <c r="P67">
+        <v>1.857778</v>
+      </c>
+      <c r="Q67">
+        <v>102.357778</v>
+      </c>
+      <c r="R67">
+        <v>103.357778</v>
+      </c>
+      <c r="S67">
+        <v>100.5</v>
+      </c>
+      <c r="T67">
+        <v>101.5</v>
+      </c>
+      <c r="U67">
+        <v>8.595207</v>
+      </c>
+      <c r="V67">
+        <v>8.191722</v>
+      </c>
+      <c r="X67">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24">
+      <c r="A68" s="2">
+        <v>45996.592743056</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="F68">
+        <v>0.78</v>
+      </c>
+      <c r="G68">
+        <v>103.203333</v>
+      </c>
+      <c r="H68">
+        <v>1444.856662</v>
+      </c>
+      <c r="I68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68">
+        <v>8.8</v>
+      </c>
+      <c r="K68" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L68" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M68">
+        <v>150000</v>
+      </c>
+      <c r="N68">
+        <v>100.0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68">
+        <v>1.833333</v>
+      </c>
+      <c r="Q68">
+        <v>102.943333</v>
+      </c>
+      <c r="R68">
+        <v>103.463333</v>
+      </c>
+      <c r="S68">
+        <v>101.11</v>
+      </c>
+      <c r="T68">
+        <v>101.63</v>
+      </c>
+      <c r="U68">
+        <v>8.348855</v>
+      </c>
+      <c r="V68">
+        <v>8.140124</v>
+      </c>
+      <c r="X68">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24">
+      <c r="A69" s="2">
+        <v>45995.623009259</v>
+      </c>
+      <c r="B69" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="F69">
+        <v>-0.77</v>
+      </c>
+      <c r="G69">
+        <v>102.408889</v>
+      </c>
+      <c r="H69">
+        <v>3817.258893</v>
+      </c>
+      <c r="I69" t="s">
+        <v>28</v>
+      </c>
+      <c r="J69">
+        <v>8.8</v>
+      </c>
+      <c r="K69" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L69" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M69">
+        <v>150000</v>
+      </c>
+      <c r="N69">
+        <v>100.0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69">
+        <v>1.808889</v>
+      </c>
+      <c r="Q69">
+        <v>102.408889</v>
+      </c>
+      <c r="R69">
+        <v>103.438889</v>
+      </c>
+      <c r="S69">
+        <v>100.6</v>
+      </c>
+      <c r="T69">
+        <v>101.63</v>
+      </c>
+      <c r="U69">
+        <v>8.554939</v>
+      </c>
+      <c r="V69">
+        <v>8.140639</v>
+      </c>
+      <c r="X69">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24">
+      <c r="A70" s="2">
+        <v>45994.62337963</v>
+      </c>
+      <c r="B70" t="s">
+        <v>24</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="F70">
+        <v>-0.01</v>
+      </c>
+      <c r="G70">
+        <v>103.205556</v>
+      </c>
+      <c r="H70">
+        <v>412.052224</v>
+      </c>
+      <c r="I70" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70">
+        <v>8.8</v>
+      </c>
+      <c r="K70" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L70" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M70">
+        <v>150000</v>
+      </c>
+      <c r="N70">
+        <v>100.0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70">
+        <v>1.735556</v>
+      </c>
+      <c r="Q70">
+        <v>102.435556</v>
+      </c>
+      <c r="R70">
+        <v>103.365556</v>
+      </c>
+      <c r="S70">
+        <v>100.7</v>
+      </c>
+      <c r="T70">
+        <v>101.63</v>
+      </c>
+      <c r="U70">
+        <v>8.515058</v>
+      </c>
+      <c r="V70">
+        <v>8.14219</v>
+      </c>
+      <c r="X70">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24">
+      <c r="A71" s="2">
+        <v>45993.659444444</v>
+      </c>
+      <c r="B71" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="F71">
+        <v>-0.1</v>
+      </c>
+      <c r="G71">
+        <v>103.211111</v>
+      </c>
+      <c r="H71">
+        <v>2580.277775</v>
+      </c>
+      <c r="I71" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71">
+        <v>8.8</v>
+      </c>
+      <c r="K71" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L71" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M71">
+        <v>150000</v>
+      </c>
+      <c r="N71">
+        <v>100.0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71">
+        <v>1.711111</v>
+      </c>
+      <c r="Q71">
+        <v>102.311111</v>
+      </c>
+      <c r="R71">
+        <v>103.211111</v>
+      </c>
+      <c r="S71">
+        <v>100.6</v>
+      </c>
+      <c r="T71">
+        <v>101.5</v>
+      </c>
+      <c r="U71">
+        <v>8.555546</v>
+      </c>
+      <c r="V71">
+        <v>8.194545</v>
+      </c>
+      <c r="X71">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24">
+      <c r="A72" s="2">
+        <v>45992.420462963</v>
+      </c>
+      <c r="B72" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="F72">
+        <v>-0.01</v>
+      </c>
+      <c r="G72">
+        <v>103.316667</v>
+      </c>
+      <c r="H72">
+        <v>413.266668</v>
+      </c>
+      <c r="I72" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72">
+        <v>8.8</v>
+      </c>
+      <c r="K72" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L72" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M72">
+        <v>150000</v>
+      </c>
+      <c r="N72">
+        <v>100.0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72">
+        <v>1.686667</v>
+      </c>
+      <c r="Q72">
+        <v>102.686667</v>
+      </c>
+      <c r="R72">
+        <v>103.316667</v>
+      </c>
+      <c r="S72">
+        <v>101.0</v>
+      </c>
+      <c r="T72">
+        <v>101.63</v>
+      </c>
+      <c r="U72">
+        <v>8.394936</v>
+      </c>
+      <c r="V72">
+        <v>8.14323</v>
+      </c>
+      <c r="X72">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24">
+      <c r="A73" s="2">
+        <v>45989.562361111</v>
+      </c>
+      <c r="B73" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="F73">
+        <v>0.47</v>
+      </c>
+      <c r="G73">
+        <v>103.322222</v>
+      </c>
+      <c r="H73">
+        <v>928.979998</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
+      </c>
+      <c r="J73">
+        <v>8.8</v>
+      </c>
+      <c r="K73" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L73" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M73">
+        <v>150000</v>
+      </c>
+      <c r="N73">
+        <v>100.0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>28</v>
+      </c>
+      <c r="P73">
+        <v>1.662222</v>
+      </c>
+      <c r="Q73">
+        <v>102.662222</v>
+      </c>
+      <c r="R73">
+        <v>103.292222</v>
+      </c>
+      <c r="S73">
+        <v>101.0</v>
+      </c>
+      <c r="T73">
+        <v>101.63</v>
+      </c>
+      <c r="U73">
+        <v>8.395236</v>
+      </c>
+      <c r="V73">
+        <v>8.143752</v>
+      </c>
+      <c r="X73">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24">
+      <c r="A74" s="2">
+        <v>45988.496770833</v>
+      </c>
+      <c r="B74" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74">
+        <v>0.07</v>
+      </c>
+      <c r="G74">
+        <v>102.837778</v>
+      </c>
+      <c r="H74">
+        <v>5031.051122</v>
+      </c>
+      <c r="I74" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74">
+        <v>8.8</v>
+      </c>
+      <c r="K74" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L74" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M74">
+        <v>150000</v>
+      </c>
+      <c r="N74">
+        <v>100.0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>28</v>
+      </c>
+      <c r="P74">
+        <v>1.637778</v>
+      </c>
+      <c r="Q74">
+        <v>102.637778</v>
+      </c>
+      <c r="R74">
+        <v>102.837778</v>
+      </c>
+      <c r="S74">
+        <v>101.0</v>
+      </c>
+      <c r="T74">
+        <v>101.2</v>
+      </c>
+      <c r="U74">
+        <v>8.395538</v>
+      </c>
+      <c r="V74">
+        <v>8.315574</v>
+      </c>
+      <c r="X74">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24">
+      <c r="A75" s="2">
+        <v>45987.659305556</v>
+      </c>
+      <c r="B75" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75">
+        <v>0.61</v>
+      </c>
+      <c r="G75">
+        <v>102.764444</v>
+      </c>
+      <c r="H75">
+        <v>1031.32444</v>
+      </c>
+      <c r="I75" t="s">
+        <v>28</v>
+      </c>
+      <c r="J75">
+        <v>8.8</v>
+      </c>
+      <c r="K75" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L75" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M75">
+        <v>150000</v>
+      </c>
+      <c r="N75">
+        <v>100.0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>28</v>
+      </c>
+      <c r="P75">
+        <v>1.564444</v>
+      </c>
+      <c r="Q75">
+        <v>102.164444</v>
+      </c>
+      <c r="R75">
+        <v>102.764444</v>
+      </c>
+      <c r="S75">
+        <v>100.6</v>
+      </c>
+      <c r="T75">
+        <v>101.2</v>
+      </c>
+      <c r="U75">
+        <v>8.556516</v>
+      </c>
+      <c r="V75">
+        <v>8.316699</v>
+      </c>
+      <c r="X75">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24">
+      <c r="A76" s="2">
+        <v>45986.550439815</v>
+      </c>
+      <c r="B76" t="s">
+        <v>24</v>
+      </c>
+      <c r="C76" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="F76">
+        <v>-0.64</v>
+      </c>
+      <c r="G76">
+        <v>102.14</v>
+      </c>
+      <c r="H76">
+        <v>8579.76</v>
+      </c>
+      <c r="I76" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76">
+        <v>8.8</v>
+      </c>
+      <c r="K76" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L76" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M76">
+        <v>150000</v>
+      </c>
+      <c r="N76">
+        <v>100.0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>28</v>
+      </c>
+      <c r="P76">
+        <v>1.54</v>
+      </c>
+      <c r="Q76">
+        <v>102.14</v>
+      </c>
+      <c r="R76">
+        <v>103.2</v>
+      </c>
+      <c r="S76">
+        <v>100.6</v>
+      </c>
+      <c r="T76">
+        <v>101.66</v>
+      </c>
+      <c r="U76">
+        <v>8.556685</v>
+      </c>
+      <c r="V76">
+        <v>8.134499</v>
+      </c>
+      <c r="X76">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24">
+      <c r="A77" s="2">
+        <v>45985.540162037</v>
+      </c>
+      <c r="B77" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="F77">
+        <v>0.79</v>
+      </c>
+      <c r="G77">
+        <v>102.795556</v>
+      </c>
+      <c r="H77">
+        <v>7409.120032</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="J77">
+        <v>8.8</v>
+      </c>
+      <c r="K77" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L77" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M77">
+        <v>150000</v>
+      </c>
+      <c r="N77">
+        <v>100.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77">
+        <v>1.515556</v>
+      </c>
+      <c r="Q77">
+        <v>102.015556</v>
+      </c>
+      <c r="R77">
+        <v>103.405556</v>
+      </c>
+      <c r="S77">
+        <v>100.5</v>
+      </c>
+      <c r="T77">
+        <v>101.89</v>
+      </c>
+      <c r="U77">
+        <v>8.596917</v>
+      </c>
+      <c r="V77">
+        <v>8.044189</v>
+      </c>
+      <c r="X77">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24">
+      <c r="A78" s="2">
+        <v>45982.595520833</v>
+      </c>
+      <c r="B78" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" t="s">
+        <v>27</v>
+      </c>
+      <c r="F78">
+        <v>-0.46</v>
+      </c>
+      <c r="G78">
+        <v>101.991111</v>
+      </c>
+      <c r="H78">
+        <v>55687.146606</v>
+      </c>
+      <c r="I78" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78">
+        <v>8.8</v>
+      </c>
+      <c r="K78" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L78" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M78">
+        <v>150000</v>
+      </c>
+      <c r="N78">
+        <v>100.0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>28</v>
+      </c>
+      <c r="P78">
+        <v>1.491111</v>
+      </c>
+      <c r="Q78">
+        <v>101.991111</v>
+      </c>
+      <c r="R78">
+        <v>102.501111</v>
+      </c>
+      <c r="S78">
+        <v>100.5</v>
+      </c>
+      <c r="T78">
+        <v>101.01</v>
+      </c>
+      <c r="U78">
+        <v>8.597055</v>
+      </c>
+      <c r="V78">
+        <v>8.393402</v>
+      </c>
+      <c r="X78">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24">
+      <c r="A79" s="2">
+        <v>45981.453912037</v>
+      </c>
+      <c r="B79" t="s">
+        <v>24</v>
+      </c>
+      <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" t="s">
+        <v>27</v>
+      </c>
+      <c r="F79">
+        <v>0.07</v>
+      </c>
+      <c r="G79">
+        <v>102.466667</v>
+      </c>
+      <c r="H79">
+        <v>6646.833355</v>
+      </c>
+      <c r="I79" t="s">
+        <v>28</v>
+      </c>
+      <c r="J79">
+        <v>8.8</v>
+      </c>
+      <c r="K79" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L79" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M79">
+        <v>150000</v>
+      </c>
+      <c r="N79">
+        <v>100.0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>28</v>
+      </c>
+      <c r="P79">
+        <v>1.466667</v>
+      </c>
+      <c r="Q79">
+        <v>101.966667</v>
+      </c>
+      <c r="R79">
+        <v>102.966667</v>
+      </c>
+      <c r="S79">
+        <v>100.5</v>
+      </c>
+      <c r="T79">
+        <v>101.5</v>
+      </c>
+      <c r="U79">
+        <v>8.597195</v>
+      </c>
+      <c r="V79">
+        <v>8.199348</v>
+      </c>
+      <c r="X79">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24">
+      <c r="A80" s="2">
+        <v>45980.593055556</v>
+      </c>
+      <c r="B80" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" t="s">
+        <v>27</v>
+      </c>
+      <c r="F80">
+        <v>-0.46</v>
+      </c>
+      <c r="G80">
+        <v>102.393333</v>
+      </c>
+      <c r="H80">
+        <v>2248.353326</v>
+      </c>
+      <c r="I80" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80">
+        <v>8.8</v>
+      </c>
+      <c r="K80" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L80" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M80">
+        <v>150000</v>
+      </c>
+      <c r="N80">
+        <v>100.0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>28</v>
+      </c>
+      <c r="P80">
+        <v>1.393333</v>
+      </c>
+      <c r="Q80">
+        <v>101.893333</v>
+      </c>
+      <c r="R80">
+        <v>102.393333</v>
+      </c>
+      <c r="S80">
+        <v>100.5</v>
+      </c>
+      <c r="T80">
+        <v>101.0</v>
+      </c>
+      <c r="U80">
+        <v>8.597626</v>
+      </c>
+      <c r="V80">
+        <v>8.398646</v>
+      </c>
+      <c r="X80">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24">
+      <c r="A81" s="2">
+        <v>45979.663101852</v>
+      </c>
+      <c r="B81" t="s">
+        <v>24</v>
+      </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" t="s">
+        <v>26</v>
+      </c>
+      <c r="E81" t="s">
+        <v>27</v>
+      </c>
+      <c r="F81">
+        <v>0.84</v>
+      </c>
+      <c r="G81">
+        <v>102.868889</v>
+      </c>
+      <c r="H81">
+        <v>5646.588895</v>
+      </c>
+      <c r="I81" t="s">
+        <v>28</v>
+      </c>
+      <c r="J81">
+        <v>8.8</v>
+      </c>
+      <c r="K81" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L81" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M81">
+        <v>150000</v>
+      </c>
+      <c r="N81">
+        <v>100.0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>28</v>
+      </c>
+      <c r="P81">
+        <v>1.368889</v>
+      </c>
+      <c r="Q81">
+        <v>102.808889</v>
+      </c>
+      <c r="R81">
+        <v>102.868889</v>
+      </c>
+      <c r="S81">
+        <v>101.44</v>
+      </c>
+      <c r="T81">
+        <v>101.5</v>
+      </c>
+      <c r="U81">
+        <v>8.224963</v>
+      </c>
+      <c r="V81">
+        <v>8.201304</v>
+      </c>
+      <c r="X81">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24">
+      <c r="A82" s="2">
+        <v>45978.63150463</v>
+      </c>
+      <c r="B82" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" t="s">
+        <v>27</v>
+      </c>
+      <c r="F82">
+        <v>-0.96</v>
+      </c>
+      <c r="G82">
+        <v>102.014444</v>
+      </c>
+      <c r="H82">
+        <v>3183.457764</v>
+      </c>
+      <c r="I82" t="s">
+        <v>28</v>
+      </c>
+      <c r="J82">
+        <v>8.8</v>
+      </c>
+      <c r="K82" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L82" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M82">
+        <v>150000</v>
+      </c>
+      <c r="N82">
+        <v>100.0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>28</v>
+      </c>
+      <c r="P82">
+        <v>1.344444</v>
+      </c>
+      <c r="Q82">
+        <v>101.944444</v>
+      </c>
+      <c r="R82">
+        <v>103.344444</v>
+      </c>
+      <c r="S82">
+        <v>100.6</v>
+      </c>
+      <c r="T82">
+        <v>102.0</v>
+      </c>
+      <c r="U82">
+        <v>8.558104</v>
+      </c>
+      <c r="V82">
+        <v>8.005438</v>
+      </c>
+      <c r="X82">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24">
+      <c r="A83" s="2">
+        <v>45975.458668981</v>
+      </c>
+      <c r="B83" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" t="s">
+        <v>27</v>
+      </c>
+      <c r="F83">
+        <v>1.18</v>
+      </c>
+      <c r="G83">
+        <v>103.0</v>
+      </c>
+      <c r="H83">
+        <v>3495.2</v>
+      </c>
+      <c r="I83" t="s">
+        <v>28</v>
+      </c>
+      <c r="J83">
+        <v>8.8</v>
+      </c>
+      <c r="K83" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L83" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M83">
+        <v>150000</v>
+      </c>
+      <c r="N83">
+        <v>100.0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>28</v>
+      </c>
+      <c r="P83">
+        <v>1.32</v>
+      </c>
+      <c r="Q83">
+        <v>102.32</v>
+      </c>
+      <c r="R83">
+        <v>103.0</v>
+      </c>
+      <c r="S83">
+        <v>101.0</v>
+      </c>
+      <c r="T83">
+        <v>101.68</v>
+      </c>
+      <c r="U83">
+        <v>8.39961</v>
+      </c>
+      <c r="V83">
+        <v>8.131531</v>
+      </c>
+      <c r="X83">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24">
+      <c r="A84" s="2">
+        <v>45974.643472222</v>
+      </c>
+      <c r="B84" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84">
+        <v>-1.19</v>
+      </c>
+      <c r="G84">
+        <v>101.795556</v>
+      </c>
+      <c r="H84">
+        <v>5326.368912</v>
+      </c>
+      <c r="I84" t="s">
+        <v>28</v>
+      </c>
+      <c r="J84">
+        <v>8.8</v>
+      </c>
+      <c r="K84" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L84" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M84">
+        <v>150000</v>
+      </c>
+      <c r="N84">
+        <v>100.0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>28</v>
+      </c>
+      <c r="P84">
+        <v>1.295556</v>
+      </c>
+      <c r="Q84">
+        <v>101.795556</v>
+      </c>
+      <c r="R84">
+        <v>103.295556</v>
+      </c>
+      <c r="S84">
+        <v>100.5</v>
+      </c>
+      <c r="T84">
+        <v>102.0</v>
+      </c>
+      <c r="U84">
+        <v>8.598229</v>
+      </c>
+      <c r="V84">
+        <v>8.006763</v>
+      </c>
+      <c r="X84">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24">
+      <c r="A85" s="2">
+        <v>45973.650590278</v>
+      </c>
+      <c r="B85" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" t="s">
+        <v>27</v>
+      </c>
+      <c r="F85">
+        <v>-0.74</v>
+      </c>
+      <c r="G85">
+        <v>103.022222</v>
+      </c>
+      <c r="H85">
+        <v>2272.088884</v>
+      </c>
+      <c r="I85" t="s">
+        <v>28</v>
+      </c>
+      <c r="J85">
+        <v>8.8</v>
+      </c>
+      <c r="K85" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L85" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M85">
+        <v>150000</v>
+      </c>
+      <c r="N85">
+        <v>100.0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>28</v>
+      </c>
+      <c r="P85">
+        <v>1.222222</v>
+      </c>
+      <c r="Q85">
+        <v>101.722222</v>
+      </c>
+      <c r="R85">
+        <v>102.972222</v>
+      </c>
+      <c r="S85">
+        <v>100.5</v>
+      </c>
+      <c r="T85">
+        <v>101.75</v>
+      </c>
+      <c r="U85">
+        <v>8.598703</v>
+      </c>
+      <c r="V85">
+        <v>8.106375</v>
+      </c>
+      <c r="X85">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24">
+      <c r="A86" s="2">
+        <v>45972.60974537</v>
+      </c>
+      <c r="B86" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" t="s">
+        <v>27</v>
+      </c>
+      <c r="F86">
+        <v>2.08</v>
+      </c>
+      <c r="G86">
+        <v>103.787778</v>
+      </c>
+      <c r="H86">
+        <v>2075.75556</v>
+      </c>
+      <c r="I86" t="s">
+        <v>28</v>
+      </c>
+      <c r="J86">
+        <v>8.8</v>
+      </c>
+      <c r="K86" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L86" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M86">
+        <v>150000</v>
+      </c>
+      <c r="N86">
+        <v>100.0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>28</v>
+      </c>
+      <c r="P86">
+        <v>1.197778</v>
+      </c>
+      <c r="Q86">
+        <v>102.997778</v>
+      </c>
+      <c r="R86">
+        <v>103.787778</v>
+      </c>
+      <c r="S86">
+        <v>101.8</v>
+      </c>
+      <c r="T86">
+        <v>102.59</v>
+      </c>
+      <c r="U86">
+        <v>8.087429</v>
+      </c>
+      <c r="V86">
+        <v>7.780344</v>
+      </c>
+      <c r="X86">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="87" spans="1:24">
+      <c r="A87" s="2">
+        <v>45971.564710648</v>
+      </c>
+      <c r="B87" t="s">
+        <v>24</v>
+      </c>
+      <c r="C87" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" t="s">
+        <v>27</v>
+      </c>
+      <c r="F87">
+        <v>-1.63</v>
+      </c>
+      <c r="G87">
+        <v>101.673333</v>
+      </c>
+      <c r="H87">
+        <v>21405.35993</v>
+      </c>
+      <c r="I87" t="s">
+        <v>28</v>
+      </c>
+      <c r="J87">
+        <v>8.8</v>
+      </c>
+      <c r="K87" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L87" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M87">
+        <v>150000</v>
+      </c>
+      <c r="N87">
+        <v>100.0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>28</v>
+      </c>
+      <c r="P87">
+        <v>1.173333</v>
+      </c>
+      <c r="Q87">
+        <v>101.673333</v>
+      </c>
+      <c r="R87">
+        <v>103.813333</v>
+      </c>
+      <c r="S87">
+        <v>100.5</v>
+      </c>
+      <c r="T87">
+        <v>102.64</v>
+      </c>
+      <c r="U87">
+        <v>8.599028</v>
+      </c>
+      <c r="V87">
+        <v>7.761881</v>
+      </c>
+      <c r="X87">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24">
+      <c r="A88" s="2">
+        <v>45968.618356481</v>
+      </c>
+      <c r="B88" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
+      <c r="F88">
+        <v>-0.39</v>
+      </c>
+      <c r="G88">
+        <v>103.358889</v>
+      </c>
+      <c r="H88">
+        <v>1866.420002</v>
+      </c>
+      <c r="I88" t="s">
+        <v>28</v>
+      </c>
+      <c r="J88">
+        <v>8.8</v>
+      </c>
+      <c r="K88" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L88" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M88">
+        <v>150000</v>
+      </c>
+      <c r="N88">
+        <v>100.0</v>
+      </c>
+      <c r="O88" t="s">
+        <v>28</v>
+      </c>
+      <c r="P88">
+        <v>1.148889</v>
+      </c>
+      <c r="Q88">
+        <v>102.148889</v>
+      </c>
+      <c r="R88">
+        <v>103.358889</v>
+      </c>
+      <c r="S88">
+        <v>101.0</v>
+      </c>
+      <c r="T88">
+        <v>102.21</v>
+      </c>
+      <c r="U88">
+        <v>8.401916</v>
+      </c>
+      <c r="V88">
+        <v>7.929184</v>
+      </c>
+      <c r="X88">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24">
+      <c r="A89" s="2">
+        <v>45967.605474537</v>
+      </c>
+      <c r="B89" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>25</v>
+      </c>
+      <c r="D89" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" t="s">
+        <v>27</v>
+      </c>
+      <c r="F89">
+        <v>1.68</v>
+      </c>
+      <c r="G89">
+        <v>103.764444</v>
+      </c>
+      <c r="H89">
+        <v>33070.553196</v>
+      </c>
+      <c r="I89" t="s">
+        <v>28</v>
+      </c>
+      <c r="J89">
+        <v>8.8</v>
+      </c>
+      <c r="K89" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L89" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M89">
+        <v>150000</v>
+      </c>
+      <c r="N89">
+        <v>100.0</v>
+      </c>
+      <c r="O89" t="s">
+        <v>28</v>
+      </c>
+      <c r="P89">
+        <v>1.124444</v>
+      </c>
+      <c r="Q89">
+        <v>103.334444</v>
+      </c>
+      <c r="R89">
+        <v>103.764444</v>
+      </c>
+      <c r="S89">
+        <v>102.21</v>
+      </c>
+      <c r="T89">
+        <v>102.64</v>
+      </c>
+      <c r="U89">
+        <v>7.929923</v>
+      </c>
+      <c r="V89">
+        <v>7.76364</v>
+      </c>
+      <c r="X89">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24">
+      <c r="A90" s="2">
+        <v>45966.613668981</v>
+      </c>
+      <c r="B90" t="s">
+        <v>24</v>
+      </c>
+      <c r="C90" t="s">
+        <v>25</v>
+      </c>
+      <c r="D90" t="s">
+        <v>26</v>
+      </c>
+      <c r="E90" t="s">
+        <v>27</v>
+      </c>
+      <c r="F90">
+        <v>-0.66</v>
+      </c>
+      <c r="G90">
+        <v>102.051111</v>
+      </c>
+      <c r="H90">
+        <v>3065.124442</v>
+      </c>
+      <c r="I90" t="s">
+        <v>28</v>
+      </c>
+      <c r="J90">
+        <v>8.8</v>
+      </c>
+      <c r="K90" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L90" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M90">
+        <v>150000</v>
+      </c>
+      <c r="N90">
+        <v>100.0</v>
+      </c>
+      <c r="O90" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90">
+        <v>1.051111</v>
+      </c>
+      <c r="Q90">
+        <v>102.051111</v>
+      </c>
+      <c r="R90">
+        <v>103.471111</v>
+      </c>
+      <c r="S90">
+        <v>101.0</v>
+      </c>
+      <c r="T90">
+        <v>102.42</v>
+      </c>
+      <c r="U90">
+        <v>8.403268</v>
+      </c>
+      <c r="V90">
+        <v>7.851039</v>
+      </c>
+      <c r="X90">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24">
+      <c r="A91" s="2">
+        <v>45965.657962963</v>
+      </c>
+      <c r="B91" t="s">
+        <v>24</v>
+      </c>
+      <c r="C91" t="s">
+        <v>25</v>
+      </c>
+      <c r="D91" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" t="s">
+        <v>27</v>
+      </c>
+      <c r="F91">
+        <v>-0.67</v>
+      </c>
+      <c r="G91">
+        <v>102.726667</v>
+      </c>
+      <c r="H91">
+        <v>16881.400055</v>
+      </c>
+      <c r="I91" t="s">
+        <v>28</v>
+      </c>
+      <c r="J91">
+        <v>8.8</v>
+      </c>
+      <c r="K91" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L91" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M91">
+        <v>150000</v>
+      </c>
+      <c r="N91">
+        <v>100.0</v>
+      </c>
+      <c r="O91" t="s">
+        <v>28</v>
+      </c>
+      <c r="P91">
+        <v>1.026667</v>
+      </c>
+      <c r="Q91">
+        <v>102.726667</v>
+      </c>
+      <c r="R91">
+        <v>103.446667</v>
+      </c>
+      <c r="S91">
+        <v>101.7</v>
+      </c>
+      <c r="T91">
+        <v>102.42</v>
+      </c>
+      <c r="U91">
+        <v>8.13049</v>
+      </c>
+      <c r="V91">
+        <v>7.851848</v>
+      </c>
+      <c r="X91">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="92" spans="1:24">
+      <c r="A92" s="2">
+        <v>45964.560451389</v>
+      </c>
+      <c r="B92" t="s">
+        <v>24</v>
+      </c>
+      <c r="C92" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" t="s">
+        <v>26</v>
+      </c>
+      <c r="E92" t="s">
+        <v>27</v>
+      </c>
+      <c r="F92">
+        <v>0.02</v>
+      </c>
+      <c r="G92">
+        <v>103.422222</v>
+      </c>
+      <c r="H92">
+        <v>413.688888</v>
+      </c>
+      <c r="I92" t="s">
+        <v>28</v>
+      </c>
+      <c r="J92">
+        <v>8.8</v>
+      </c>
+      <c r="K92" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L92" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M92">
+        <v>150000</v>
+      </c>
+      <c r="N92">
+        <v>100.0</v>
+      </c>
+      <c r="O92" t="s">
+        <v>28</v>
+      </c>
+      <c r="P92">
+        <v>1.002222</v>
+      </c>
+      <c r="Q92">
+        <v>103.302222</v>
+      </c>
+      <c r="R92">
+        <v>103.422222</v>
+      </c>
+      <c r="S92">
+        <v>102.3</v>
+      </c>
+      <c r="T92">
+        <v>102.42</v>
+      </c>
+      <c r="U92">
+        <v>7.8989</v>
+      </c>
+      <c r="V92">
+        <v>7.852658</v>
+      </c>
+      <c r="X92">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24">
+      <c r="A93" s="2">
+        <v>45961.528263889</v>
+      </c>
+      <c r="B93" t="s">
+        <v>24</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" t="s">
+        <v>27</v>
+      </c>
+      <c r="F93">
+        <v>-0.05</v>
+      </c>
+      <c r="G93">
+        <v>103.397778</v>
+      </c>
+      <c r="H93">
+        <v>1654.364448</v>
+      </c>
+      <c r="I93" t="s">
+        <v>28</v>
+      </c>
+      <c r="J93">
+        <v>8.8</v>
+      </c>
+      <c r="K93" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L93" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M93">
+        <v>150000</v>
+      </c>
+      <c r="N93">
+        <v>100.0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>28</v>
+      </c>
+      <c r="P93">
+        <v>0.977778</v>
+      </c>
+      <c r="Q93">
+        <v>103.277778</v>
+      </c>
+      <c r="R93">
+        <v>103.397778</v>
+      </c>
+      <c r="S93">
+        <v>102.3</v>
+      </c>
+      <c r="T93">
+        <v>102.42</v>
+      </c>
+      <c r="U93">
+        <v>7.899671</v>
+      </c>
+      <c r="V93">
+        <v>7.853468</v>
+      </c>
+      <c r="X93">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24">
+      <c r="A94" s="2">
+        <v>45960.55056713</v>
+      </c>
+      <c r="B94" t="s">
+        <v>24</v>
+      </c>
+      <c r="C94" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94">
+        <v>103.45</v>
+      </c>
+      <c r="I94" t="s">
+        <v>28</v>
+      </c>
+      <c r="J94">
+        <v>8.8</v>
+      </c>
+      <c r="K94" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L94" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M94">
+        <v>150000</v>
+      </c>
+      <c r="N94">
+        <v>100.0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>28</v>
+      </c>
+      <c r="P94">
+        <v>0.953333</v>
+      </c>
+      <c r="Q94">
+        <v>103.133333</v>
+      </c>
+      <c r="R94">
+        <v>103.373333</v>
+      </c>
+      <c r="S94">
+        <v>102.18</v>
+      </c>
+      <c r="T94">
+        <v>102.42</v>
+      </c>
+      <c r="U94">
+        <v>7.946671</v>
+      </c>
+      <c r="V94">
+        <v>7.854279</v>
+      </c>
+    </row>
+    <row r="95" spans="1:24">
+      <c r="A95" s="2">
+        <v>45959.643842593</v>
+      </c>
+      <c r="B95" t="s">
+        <v>24</v>
+      </c>
+      <c r="C95" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" t="s">
+        <v>27</v>
+      </c>
+      <c r="F95">
+        <v>0.8</v>
+      </c>
+      <c r="G95">
+        <v>103.45</v>
+      </c>
+      <c r="H95">
+        <v>9965.28</v>
+      </c>
+      <c r="I95" t="s">
+        <v>28</v>
+      </c>
+      <c r="J95">
+        <v>8.8</v>
+      </c>
+      <c r="K95" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L95" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M95">
+        <v>150000</v>
+      </c>
+      <c r="N95">
+        <v>100.0</v>
+      </c>
+      <c r="O95" t="s">
+        <v>28</v>
+      </c>
+      <c r="P95">
+        <v>0.88</v>
+      </c>
+      <c r="Q95">
+        <v>103.06</v>
+      </c>
+      <c r="R95">
+        <v>103.5</v>
+      </c>
+      <c r="S95">
+        <v>102.18</v>
+      </c>
+      <c r="T95">
+        <v>102.62</v>
+      </c>
+      <c r="U95">
+        <v>7.948873</v>
+      </c>
+      <c r="V95">
+        <v>7.780107</v>
+      </c>
+      <c r="X95">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="96" spans="1:24">
+      <c r="A96" s="2">
+        <v>45958.640416667</v>
+      </c>
+      <c r="B96" t="s">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>25</v>
+      </c>
+      <c r="D96" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" t="s">
+        <v>27</v>
+      </c>
+      <c r="F96">
+        <v>-0.22</v>
+      </c>
+      <c r="G96">
+        <v>102.63</v>
+      </c>
+      <c r="H96">
+        <v>30891.64</v>
+      </c>
+      <c r="I96" t="s">
+        <v>28</v>
+      </c>
+      <c r="J96">
+        <v>8.8</v>
+      </c>
+      <c r="K96" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L96" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M96">
+        <v>150000</v>
+      </c>
+      <c r="N96">
+        <v>100.0</v>
+      </c>
+      <c r="O96" t="s">
+        <v>28</v>
+      </c>
+      <c r="P96">
+        <v>0.88</v>
+      </c>
+      <c r="Q96">
+        <v>101.48</v>
+      </c>
+      <c r="R96">
+        <v>102.63</v>
+      </c>
+      <c r="S96">
+        <v>100.6</v>
+      </c>
+      <c r="T96">
+        <v>101.75</v>
+      </c>
+      <c r="U96">
+        <v>8.561964</v>
+      </c>
+      <c r="V96">
+        <v>8.114625</v>
+      </c>
+      <c r="X96">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="97" spans="1:24">
+      <c r="A97" s="2">
+        <v>45957.540486111</v>
+      </c>
+      <c r="B97" t="s">
+        <v>24</v>
+      </c>
+      <c r="C97" t="s">
+        <v>25</v>
+      </c>
+      <c r="D97" t="s">
+        <v>26</v>
+      </c>
+      <c r="E97" t="s">
+        <v>27</v>
+      </c>
+      <c r="F97">
+        <v>0.61</v>
+      </c>
+      <c r="G97">
+        <v>102.855556</v>
+      </c>
+      <c r="H97">
+        <v>11213.055604</v>
+      </c>
+      <c r="I97" t="s">
+        <v>28</v>
+      </c>
+      <c r="J97">
+        <v>8.8</v>
+      </c>
+      <c r="K97" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L97" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M97">
+        <v>150000</v>
+      </c>
+      <c r="N97">
+        <v>100.0</v>
+      </c>
+      <c r="O97" t="s">
+        <v>28</v>
+      </c>
+      <c r="P97">
+        <v>0.855556</v>
+      </c>
+      <c r="Q97">
+        <v>102.225556</v>
+      </c>
+      <c r="R97">
+        <v>102.855556</v>
+      </c>
+      <c r="S97">
+        <v>101.37</v>
+      </c>
+      <c r="T97">
+        <v>102.0</v>
+      </c>
+      <c r="U97">
+        <v>8.262258</v>
+      </c>
+      <c r="V97">
+        <v>8.018835</v>
+      </c>
+      <c r="X97">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="98" spans="1:24">
+      <c r="A98" s="2">
+        <v>45954.548668981</v>
+      </c>
+      <c r="B98" t="s">
+        <v>24</v>
+      </c>
+      <c r="C98" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" t="s">
+        <v>27</v>
+      </c>
+      <c r="F98">
+        <v>0.02</v>
+      </c>
+      <c r="G98">
+        <v>102.231111</v>
+      </c>
+      <c r="H98">
+        <v>6011.635549</v>
+      </c>
+      <c r="I98" t="s">
+        <v>28</v>
+      </c>
+      <c r="J98">
+        <v>8.8</v>
+      </c>
+      <c r="K98" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L98" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M98">
+        <v>150000</v>
+      </c>
+      <c r="N98">
+        <v>100.0</v>
+      </c>
+      <c r="O98" t="s">
+        <v>28</v>
+      </c>
+      <c r="P98">
+        <v>0.831111</v>
+      </c>
+      <c r="Q98">
+        <v>102.231111</v>
+      </c>
+      <c r="R98">
+        <v>102.851111</v>
+      </c>
+      <c r="S98">
+        <v>101.4</v>
+      </c>
+      <c r="T98">
+        <v>102.02</v>
+      </c>
+      <c r="U98">
+        <v>8.251111</v>
+      </c>
+      <c r="V98">
+        <v>8.011821</v>
+      </c>
+      <c r="X98">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="99" spans="1:24">
+      <c r="A99" s="2">
+        <v>45953.488703704</v>
+      </c>
+      <c r="B99" t="s">
+        <v>24</v>
+      </c>
+      <c r="C99" t="s">
+        <v>25</v>
+      </c>
+      <c r="D99" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" t="s">
+        <v>27</v>
+      </c>
+      <c r="F99">
+        <v>-0.51</v>
+      </c>
+      <c r="G99">
+        <v>102.206667</v>
+      </c>
+      <c r="H99">
+        <v>512.273335</v>
+      </c>
+      <c r="I99" t="s">
+        <v>28</v>
+      </c>
+      <c r="J99">
+        <v>8.8</v>
+      </c>
+      <c r="K99" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L99" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M99">
+        <v>150000</v>
+      </c>
+      <c r="N99">
+        <v>100.0</v>
+      </c>
+      <c r="O99" t="s">
+        <v>28</v>
+      </c>
+      <c r="P99">
+        <v>0.806667</v>
+      </c>
+      <c r="Q99">
+        <v>102.206667</v>
+      </c>
+      <c r="R99">
+        <v>102.8</v>
+      </c>
+      <c r="S99">
+        <v>101.4</v>
+      </c>
+      <c r="T99">
+        <v>101.993333</v>
+      </c>
+      <c r="U99">
+        <v>8.251596</v>
+      </c>
+      <c r="V99">
+        <v>8.022755</v>
+      </c>
+      <c r="X99">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="100" spans="1:24">
+      <c r="A100" s="2">
+        <v>45952.592314815</v>
+      </c>
+      <c r="B100" t="s">
+        <v>24</v>
+      </c>
+      <c r="C100" t="s">
+        <v>25</v>
+      </c>
+      <c r="D100" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" t="s">
+        <v>27</v>
+      </c>
+      <c r="F100">
+        <v>1.41</v>
+      </c>
+      <c r="G100">
+        <v>102.733333</v>
+      </c>
+      <c r="H100">
+        <v>10979.156631</v>
+      </c>
+      <c r="I100" t="s">
+        <v>28</v>
+      </c>
+      <c r="J100">
+        <v>8.8</v>
+      </c>
+      <c r="K100" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L100" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M100">
+        <v>150000</v>
+      </c>
+      <c r="N100">
+        <v>100.0</v>
+      </c>
+      <c r="O100" t="s">
+        <v>28</v>
+      </c>
+      <c r="P100">
+        <v>0.733333</v>
+      </c>
+      <c r="Q100">
+        <v>102.733333</v>
+      </c>
+      <c r="R100">
+        <v>102.753333</v>
+      </c>
+      <c r="S100">
+        <v>102.0</v>
+      </c>
+      <c r="T100">
+        <v>102.02</v>
+      </c>
+      <c r="U100">
+        <v>8.022234</v>
+      </c>
+      <c r="V100">
+        <v>8.014567</v>
+      </c>
+      <c r="X100">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="101" spans="1:24">
+      <c r="A101" s="2">
+        <v>45951.5428125</v>
+      </c>
+      <c r="B101" t="s">
+        <v>24</v>
+      </c>
+      <c r="C101" t="s">
+        <v>25</v>
+      </c>
+      <c r="D101" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" t="s">
+        <v>27</v>
+      </c>
+      <c r="F101">
+        <v>-0.37</v>
+      </c>
+      <c r="G101">
+        <v>101.308889</v>
+      </c>
+      <c r="H101">
+        <v>10153.1389</v>
+      </c>
+      <c r="I101" t="s">
+        <v>28</v>
+      </c>
+      <c r="J101">
+        <v>8.8</v>
+      </c>
+      <c r="K101" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L101" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M101">
+        <v>150000</v>
+      </c>
+      <c r="N101">
+        <v>100.0</v>
+      </c>
+      <c r="O101" t="s">
+        <v>28</v>
+      </c>
+      <c r="P101">
+        <v>0.708889</v>
+      </c>
+      <c r="Q101">
+        <v>101.308889</v>
+      </c>
+      <c r="R101">
+        <v>102.408889</v>
+      </c>
+      <c r="S101">
+        <v>100.6</v>
+      </c>
+      <c r="T101">
+        <v>101.7</v>
+      </c>
+      <c r="U101">
+        <v>8.563554</v>
+      </c>
+      <c r="V101">
+        <v>8.138035</v>
+      </c>
+      <c r="X101">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="102" spans="1:24">
+      <c r="A102" s="2">
+        <v>45950.620509259</v>
+      </c>
+      <c r="B102" t="s">
+        <v>24</v>
+      </c>
+      <c r="C102" t="s">
+        <v>25</v>
+      </c>
+      <c r="D102" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" t="s">
+        <v>27</v>
+      </c>
+      <c r="F102">
+        <v>0.02</v>
+      </c>
+      <c r="G102">
+        <v>101.684444</v>
+      </c>
+      <c r="H102">
+        <v>7440.964412</v>
+      </c>
+      <c r="I102" t="s">
+        <v>28</v>
+      </c>
+      <c r="J102">
+        <v>8.8</v>
+      </c>
+      <c r="K102" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L102" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M102">
+        <v>150000</v>
+      </c>
+      <c r="N102">
+        <v>100.0</v>
+      </c>
+      <c r="O102" t="s">
+        <v>28</v>
+      </c>
+      <c r="P102">
+        <v>0.684444</v>
+      </c>
+      <c r="Q102">
+        <v>101.684444</v>
+      </c>
+      <c r="R102">
+        <v>102.384444</v>
+      </c>
+      <c r="S102">
+        <v>101.0</v>
+      </c>
+      <c r="T102">
+        <v>101.7</v>
+      </c>
+      <c r="U102">
+        <v>8.408557</v>
+      </c>
+      <c r="V102">
+        <v>8.138622</v>
+      </c>
+      <c r="X102">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="103" spans="1:24">
+      <c r="A103" s="2">
+        <v>45947.666666667</v>
+      </c>
+      <c r="B103" t="s">
+        <v>24</v>
+      </c>
+      <c r="C103" t="s">
+        <v>25</v>
+      </c>
+      <c r="D103" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" t="s">
+        <v>27</v>
+      </c>
+      <c r="F103">
+        <v>-0.91</v>
+      </c>
+      <c r="G103">
+        <v>101.66</v>
+      </c>
+      <c r="H103">
+        <v>26454.54</v>
+      </c>
+      <c r="I103" t="s">
+        <v>28</v>
+      </c>
+      <c r="J103">
+        <v>8.8</v>
+      </c>
+      <c r="K103" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L103" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M103">
+        <v>150000</v>
+      </c>
+      <c r="N103">
+        <v>100.0</v>
+      </c>
+      <c r="O103" t="s">
+        <v>28</v>
+      </c>
+      <c r="P103">
+        <v>0.66</v>
+      </c>
+      <c r="X103">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="104" spans="1:24">
+      <c r="A104" s="2">
+        <v>45946.666666667</v>
+      </c>
+      <c r="B104" t="s">
+        <v>24</v>
+      </c>
+      <c r="C104" t="s">
+        <v>25</v>
+      </c>
+      <c r="D104" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" t="s">
+        <v>27</v>
+      </c>
+      <c r="F104">
+        <v>-0.15</v>
+      </c>
+      <c r="G104">
+        <v>102.595556</v>
+      </c>
+      <c r="H104">
+        <v>6054.187804</v>
+      </c>
+      <c r="I104" t="s">
+        <v>28</v>
+      </c>
+      <c r="J104">
+        <v>8.8</v>
+      </c>
+      <c r="K104" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L104" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M104">
+        <v>150000</v>
+      </c>
+      <c r="N104">
+        <v>100.0</v>
+      </c>
+      <c r="O104" t="s">
+        <v>28</v>
+      </c>
+      <c r="P104">
+        <v>0.635556</v>
+      </c>
+      <c r="X104">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="105" spans="1:24">
+      <c r="A105" s="2">
+        <v>45945.666666667</v>
+      </c>
+      <c r="B105" t="s">
+        <v>24</v>
+      </c>
+      <c r="C105" t="s">
+        <v>25</v>
+      </c>
+      <c r="D105" t="s">
+        <v>26</v>
+      </c>
+      <c r="E105" t="s">
+        <v>27</v>
+      </c>
+      <c r="F105">
+        <v>0.49</v>
+      </c>
+      <c r="G105">
+        <v>102.752222</v>
+      </c>
+      <c r="H105">
+        <v>1644.095552</v>
+      </c>
+      <c r="I105" t="s">
+        <v>28</v>
+      </c>
+      <c r="J105">
+        <v>8.8</v>
+      </c>
+      <c r="K105" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L105" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M105">
+        <v>150000</v>
+      </c>
+      <c r="N105">
+        <v>100.0</v>
+      </c>
+      <c r="O105" t="s">
+        <v>28</v>
+      </c>
+      <c r="P105">
+        <v>0.562222</v>
+      </c>
+      <c r="X105">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="106" spans="1:24">
+      <c r="A106" s="2">
+        <v>45944.666666667</v>
+      </c>
+      <c r="B106" t="s">
+        <v>24</v>
+      </c>
+      <c r="C106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D106" t="s">
+        <v>26</v>
+      </c>
+      <c r="E106" t="s">
+        <v>27</v>
+      </c>
+      <c r="F106">
+        <v>0.53</v>
+      </c>
+      <c r="G106">
+        <v>102.247778</v>
+      </c>
+      <c r="H106">
+        <v>35898.474522</v>
+      </c>
+      <c r="I106" t="s">
+        <v>28</v>
+      </c>
+      <c r="J106">
+        <v>8.8</v>
+      </c>
+      <c r="K106" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L106" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M106">
+        <v>150000</v>
+      </c>
+      <c r="N106">
+        <v>100.0</v>
+      </c>
+      <c r="O106" t="s">
+        <v>28</v>
+      </c>
+      <c r="P106">
+        <v>0.537778</v>
+      </c>
+      <c r="X106">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="107" spans="1:24">
+      <c r="A107" s="2">
+        <v>45943.666678241</v>
+      </c>
+      <c r="B107" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" t="s">
+        <v>25</v>
+      </c>
+      <c r="D107" t="s">
+        <v>26</v>
+      </c>
+      <c r="E107" t="s">
+        <v>27</v>
+      </c>
+      <c r="F107">
+        <v>-0.72</v>
+      </c>
+      <c r="G107">
+        <v>101.71</v>
+      </c>
+      <c r="H107">
+        <v>36783.77</v>
+      </c>
+      <c r="I107" t="s">
+        <v>28</v>
+      </c>
+      <c r="J107">
+        <v>8.8</v>
+      </c>
+      <c r="K107" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L107" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M107">
+        <v>150000</v>
+      </c>
+      <c r="N107">
+        <v>100.0</v>
+      </c>
+      <c r="O107" t="s">
+        <v>28</v>
+      </c>
+      <c r="X107">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="108" spans="1:24">
+      <c r="A108" s="2">
+        <v>45940.609467593</v>
+      </c>
+      <c r="B108" t="s">
+        <v>24</v>
+      </c>
+      <c r="C108" t="s">
+        <v>25</v>
+      </c>
+      <c r="D108" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" t="s">
+        <v>27</v>
+      </c>
+      <c r="F108">
+        <v>0.01</v>
+      </c>
+      <c r="G108">
+        <v>102.448889</v>
+      </c>
+      <c r="H108">
+        <v>19362.810021</v>
+      </c>
+      <c r="I108" t="s">
+        <v>28</v>
+      </c>
+      <c r="J108">
+        <v>8.8</v>
+      </c>
+      <c r="K108" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L108" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M108">
+        <v>150000</v>
+      </c>
+      <c r="N108">
+        <v>100.0</v>
+      </c>
+      <c r="O108" t="s">
+        <v>28</v>
+      </c>
+      <c r="P108">
+        <v>0.488889</v>
+      </c>
+      <c r="Q108">
+        <v>102.448889</v>
+      </c>
+      <c r="R108">
+        <v>102.458889</v>
+      </c>
+      <c r="S108">
+        <v>101.96</v>
+      </c>
+      <c r="T108">
+        <v>101.97</v>
+      </c>
+      <c r="X108">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="109" spans="1:24">
+      <c r="A109" s="2">
+        <v>45939.5953125</v>
+      </c>
+      <c r="B109" t="s">
+        <v>24</v>
+      </c>
+      <c r="C109" t="s">
+        <v>25</v>
+      </c>
+      <c r="D109" t="s">
+        <v>26</v>
+      </c>
+      <c r="E109" t="s">
+        <v>27</v>
+      </c>
+      <c r="F109">
+        <v>0.1</v>
+      </c>
+      <c r="G109">
+        <v>102.434444</v>
+      </c>
+      <c r="H109">
+        <v>20682.277688</v>
+      </c>
+      <c r="I109" t="s">
+        <v>28</v>
+      </c>
+      <c r="J109">
+        <v>8.8</v>
+      </c>
+      <c r="K109" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L109" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M109">
+        <v>150000</v>
+      </c>
+      <c r="N109">
+        <v>100.0</v>
+      </c>
+      <c r="O109" t="s">
+        <v>28</v>
+      </c>
+      <c r="P109">
+        <v>0.464444</v>
+      </c>
+      <c r="Q109">
+        <v>102.424444</v>
+      </c>
+      <c r="R109">
+        <v>102.434444</v>
+      </c>
+      <c r="S109">
+        <v>101.96</v>
+      </c>
+      <c r="T109">
+        <v>101.97</v>
+      </c>
+      <c r="X109">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="110" spans="1:24">
+      <c r="A110" s="2">
+        <v>45938.627743056</v>
+      </c>
+      <c r="B110" t="s">
+        <v>24</v>
+      </c>
+      <c r="C110" t="s">
+        <v>25</v>
+      </c>
+      <c r="D110" t="s">
+        <v>26</v>
+      </c>
+      <c r="E110" t="s">
+        <v>27</v>
+      </c>
+      <c r="G110">
+        <v>102.331111</v>
+      </c>
+      <c r="H110">
+        <v>15130.852211</v>
+      </c>
+      <c r="I110" t="s">
+        <v>28</v>
+      </c>
+      <c r="J110">
+        <v>8.8</v>
+      </c>
+      <c r="K110" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L110" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M110">
+        <v>150000</v>
+      </c>
+      <c r="N110">
+        <v>100.0</v>
+      </c>
+      <c r="O110" t="s">
+        <v>28</v>
+      </c>
+      <c r="P110">
+        <v>0.391111</v>
+      </c>
+      <c r="Q110">
+        <v>101.97</v>
+      </c>
+      <c r="R110">
+        <v>101.971111</v>
+      </c>
+      <c r="S110">
+        <v>101.578889</v>
+      </c>
+      <c r="T110">
+        <v>101.58</v>
+      </c>
+      <c r="X110">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="111" spans="1:24">
+      <c r="A111" s="2">
+        <v>45937.619849537</v>
+      </c>
+      <c r="B111" t="s">
+        <v>24</v>
+      </c>
+      <c r="C111" t="s">
+        <v>25</v>
+      </c>
+      <c r="D111" t="s">
+        <v>26</v>
+      </c>
+      <c r="E111" t="s">
+        <v>27</v>
+      </c>
+      <c r="F111">
+        <v>-0.01</v>
+      </c>
+      <c r="G111">
+        <v>102.326667</v>
+      </c>
+      <c r="H111">
+        <v>1228.060004</v>
+      </c>
+      <c r="I111" t="s">
+        <v>28</v>
+      </c>
+      <c r="J111">
+        <v>8.8</v>
+      </c>
+      <c r="K111" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L111" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M111">
+        <v>150000</v>
+      </c>
+      <c r="N111">
+        <v>100.0</v>
+      </c>
+      <c r="O111" t="s">
+        <v>28</v>
+      </c>
+      <c r="P111">
+        <v>0.366667</v>
+      </c>
+      <c r="Q111">
+        <v>102.1</v>
+      </c>
+      <c r="R111">
+        <v>102.326667</v>
+      </c>
+      <c r="S111">
+        <v>101.733333</v>
+      </c>
+      <c r="T111">
+        <v>101.96</v>
+      </c>
+      <c r="X111">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="112" spans="1:24">
+      <c r="A112" s="2">
+        <v>45936.6590625</v>
+      </c>
+      <c r="B112" t="s">
+        <v>24</v>
+      </c>
+      <c r="C112" t="s">
+        <v>25</v>
+      </c>
+      <c r="D112" t="s">
+        <v>26</v>
+      </c>
+      <c r="E112" t="s">
+        <v>27</v>
+      </c>
+      <c r="F112">
+        <v>0.46</v>
+      </c>
+      <c r="G112">
+        <v>102.332222</v>
+      </c>
+      <c r="H112">
+        <v>20369.5944</v>
+      </c>
+      <c r="I112" t="s">
+        <v>28</v>
+      </c>
+      <c r="J112">
+        <v>8.8</v>
+      </c>
+      <c r="K112" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L112" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M112">
+        <v>150000</v>
+      </c>
+      <c r="N112">
+        <v>100.0</v>
+      </c>
+      <c r="O112" t="s">
+        <v>28</v>
+      </c>
+      <c r="P112">
+        <v>0.342222</v>
+      </c>
+      <c r="Q112">
+        <v>102.002222</v>
+      </c>
+      <c r="R112">
+        <v>102.342222</v>
+      </c>
+      <c r="S112">
+        <v>101.66</v>
+      </c>
+      <c r="T112">
+        <v>102.0</v>
+      </c>
+      <c r="X112">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="113" spans="1:24">
+      <c r="A113" s="2">
+        <v>45933.570625</v>
+      </c>
+      <c r="B113" t="s">
+        <v>24</v>
+      </c>
+      <c r="C113" t="s">
+        <v>25</v>
+      </c>
+      <c r="D113" t="s">
+        <v>26</v>
+      </c>
+      <c r="E113" t="s">
+        <v>27</v>
+      </c>
+      <c r="F113">
+        <v>0.52</v>
+      </c>
+      <c r="G113">
+        <v>101.867778</v>
+      </c>
+      <c r="H113">
+        <v>101.867778</v>
+      </c>
+      <c r="I113" t="s">
+        <v>28</v>
+      </c>
+      <c r="J113">
+        <v>8.8</v>
+      </c>
+      <c r="K113" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L113" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M113">
+        <v>150000</v>
+      </c>
+      <c r="N113">
+        <v>100.0</v>
+      </c>
+      <c r="O113" t="s">
+        <v>28</v>
+      </c>
+      <c r="P113">
+        <v>0.317778</v>
+      </c>
+      <c r="Q113">
+        <v>101.667778</v>
+      </c>
+      <c r="R113">
+        <v>101.867778</v>
+      </c>
+      <c r="S113">
+        <v>101.35</v>
+      </c>
+      <c r="T113">
+        <v>101.55</v>
+      </c>
+      <c r="X113">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="114" spans="1:24">
+      <c r="A114" s="2">
+        <v>45932.595347222</v>
+      </c>
+      <c r="B114" t="s">
+        <v>24</v>
+      </c>
+      <c r="C114" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" t="s">
+        <v>27</v>
+      </c>
+      <c r="F114">
+        <v>0.42</v>
+      </c>
+      <c r="G114">
+        <v>101.343333</v>
+      </c>
+      <c r="H114">
+        <v>13066.899957</v>
+      </c>
+      <c r="I114" t="s">
+        <v>28</v>
+      </c>
+      <c r="J114">
+        <v>8.8</v>
+      </c>
+      <c r="K114" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L114" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M114">
+        <v>150000</v>
+      </c>
+      <c r="N114">
+        <v>100.0</v>
+      </c>
+      <c r="O114" t="s">
+        <v>28</v>
+      </c>
+      <c r="P114">
+        <v>0.293333</v>
+      </c>
+      <c r="Q114">
+        <v>101.443333</v>
+      </c>
+      <c r="R114">
+        <v>101.843333</v>
+      </c>
+      <c r="S114">
+        <v>101.15</v>
+      </c>
+      <c r="T114">
+        <v>101.55</v>
+      </c>
+      <c r="X114">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="115" spans="1:24">
+      <c r="A115" s="2">
+        <v>45931.662858796</v>
+      </c>
+      <c r="B115" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" t="s">
+        <v>25</v>
+      </c>
+      <c r="D115" t="s">
+        <v>26</v>
+      </c>
+      <c r="E115" t="s">
+        <v>27</v>
+      </c>
+      <c r="F115">
+        <v>-0.22</v>
+      </c>
+      <c r="G115">
+        <v>100.92</v>
+      </c>
+      <c r="H115">
+        <v>20223.08</v>
+      </c>
+      <c r="I115" t="s">
+        <v>28</v>
+      </c>
+      <c r="J115">
+        <v>8.8</v>
+      </c>
+      <c r="K115" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L115" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M115">
+        <v>150000</v>
+      </c>
+      <c r="N115">
+        <v>100.0</v>
+      </c>
+      <c r="O115" t="s">
+        <v>28</v>
+      </c>
+      <c r="P115">
+        <v>0.22</v>
+      </c>
+      <c r="Q115">
+        <v>100.92</v>
+      </c>
+      <c r="R115">
+        <v>101.22</v>
+      </c>
+      <c r="S115">
+        <v>100.7</v>
+      </c>
+      <c r="T115">
+        <v>101.0</v>
+      </c>
+      <c r="X115">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="116" spans="1:24">
+      <c r="A116" s="2">
+        <v>45930.64994213</v>
+      </c>
+      <c r="B116" t="s">
+        <v>24</v>
+      </c>
+      <c r="C116" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" t="s">
+        <v>26</v>
+      </c>
+      <c r="E116" t="s">
+        <v>27</v>
+      </c>
+      <c r="F116">
+        <v>0.14</v>
+      </c>
+      <c r="G116">
+        <v>101.145556</v>
+      </c>
+      <c r="H116">
+        <v>36856.541248</v>
+      </c>
+      <c r="I116" t="s">
+        <v>28</v>
+      </c>
+      <c r="J116">
+        <v>8.8</v>
+      </c>
+      <c r="K116" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L116" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M116">
+        <v>150000</v>
+      </c>
+      <c r="N116">
+        <v>100.0</v>
+      </c>
+      <c r="O116" t="s">
+        <v>28</v>
+      </c>
+      <c r="P116">
+        <v>0.195556</v>
+      </c>
+      <c r="Q116">
+        <v>100.7</v>
+      </c>
+      <c r="R116">
+        <v>101.145556</v>
+      </c>
+      <c r="S116">
+        <v>100.504444</v>
+      </c>
+      <c r="T116">
+        <v>100.95</v>
+      </c>
+      <c r="X116">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="117" spans="1:24">
+      <c r="A117" s="2">
+        <v>45929.658240741</v>
+      </c>
+      <c r="B117" t="s">
+        <v>24</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
+        <v>26</v>
+      </c>
+      <c r="E117" t="s">
+        <v>27</v>
+      </c>
+      <c r="F117">
+        <v>-0.64</v>
+      </c>
+      <c r="G117">
+        <v>101.001111</v>
+      </c>
+      <c r="H117">
+        <v>17491.009983</v>
+      </c>
+      <c r="I117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J117">
+        <v>8.8</v>
+      </c>
+      <c r="K117" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L117" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M117">
+        <v>150000</v>
+      </c>
+      <c r="N117">
+        <v>100.0</v>
+      </c>
+      <c r="O117" t="s">
+        <v>28</v>
+      </c>
+      <c r="P117">
+        <v>0.171111</v>
+      </c>
+      <c r="Q117">
+        <v>100.771111</v>
+      </c>
+      <c r="R117">
+        <v>101.171111</v>
+      </c>
+      <c r="S117">
+        <v>100.6</v>
+      </c>
+      <c r="T117">
+        <v>101.0</v>
+      </c>
+      <c r="X117">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="118" spans="1:24">
+      <c r="A118" s="2">
+        <v>45926.665868056</v>
+      </c>
+      <c r="B118" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" t="s">
+        <v>25</v>
+      </c>
+      <c r="D118" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" t="s">
+        <v>27</v>
+      </c>
+      <c r="F118">
+        <v>0.53</v>
+      </c>
+      <c r="G118">
+        <v>101.646667</v>
+      </c>
+      <c r="H118">
+        <v>111792.130368</v>
+      </c>
+      <c r="I118" t="s">
+        <v>28</v>
+      </c>
+      <c r="J118">
+        <v>8.8</v>
+      </c>
+      <c r="K118" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L118" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M118">
+        <v>150000</v>
+      </c>
+      <c r="N118">
+        <v>100.0</v>
+      </c>
+      <c r="O118" t="s">
+        <v>28</v>
+      </c>
+      <c r="P118">
+        <v>0.146667</v>
+      </c>
+      <c r="Q118">
+        <v>101.646667</v>
+      </c>
+      <c r="R118">
+        <v>101.696667</v>
+      </c>
+      <c r="S118">
+        <v>101.5</v>
+      </c>
+      <c r="T118">
+        <v>101.55</v>
+      </c>
+      <c r="X118">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24">
+      <c r="A119" s="2">
         <v>45925.66244213</v>
       </c>
-      <c r="B52" t="s">
-[...11 lines deleted...]
-      <c r="G52">
+      <c r="B119" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" t="s">
+        <v>25</v>
+      </c>
+      <c r="D119" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" t="s">
+        <v>27</v>
+      </c>
+      <c r="G119">
         <v>101.112222</v>
       </c>
-      <c r="H52">
+      <c r="H119">
         <v>98012.008674</v>
       </c>
-      <c r="I52" t="s">
-[...20 lines deleted...]
-      <c r="P52">
+      <c r="I119" t="s">
+        <v>28</v>
+      </c>
+      <c r="J119">
+        <v>8.8</v>
+      </c>
+      <c r="K119" s="2">
+        <v>45924.0</v>
+      </c>
+      <c r="L119" s="2">
+        <v>47020.0</v>
+      </c>
+      <c r="M119">
+        <v>150000</v>
+      </c>
+      <c r="N119">
+        <v>100.0</v>
+      </c>
+      <c r="O119" t="s">
+        <v>28</v>
+      </c>
+      <c r="P119">
         <v>0.122222</v>
       </c>
-      <c r="Q52">
+      <c r="Q119">
         <v>100.892222</v>
       </c>
-      <c r="R52">
+      <c r="R119">
         <v>101.042222</v>
       </c>
-      <c r="S52">
+      <c r="S119">
         <v>100.77</v>
       </c>
-      <c r="T52">
+      <c r="T119">
         <v>100.92</v>
       </c>
-      <c r="X52">
+      <c r="X119">
         <v>29</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>