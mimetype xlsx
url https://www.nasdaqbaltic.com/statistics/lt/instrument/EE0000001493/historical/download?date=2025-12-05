--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -26,84 +26,84 @@
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Symbol</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Pokytis</t>
   </si>
   <si>
     <t>Paskutinė kaina</t>
   </si>
   <si>
     <t>Apyvarta</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t>Atkarpa (%)</t>
   </si>
   <si>
     <t>Emisijos išleidimo data</t>
   </si>
   <si>
     <t>Išpirkimo data</t>
   </si>
   <si>
     <t xml:space="preserve">Emisijos dydis (vnt.) </t>
   </si>
   <si>
     <t>Nominali vertė</t>
   </si>
   <si>
     <t>Šalies valiuta</t>
   </si>
   <si>
-    <t>Palūkanos</t>
+    <t>Sukauptos palūkanos</t>
   </si>
   <si>
     <t>Prk.</t>
   </si>
   <si>
     <t>Prd.</t>
   </si>
   <si>
     <t>Ger_pirk_švr</t>
   </si>
   <si>
     <t>Švari kaina</t>
   </si>
   <si>
     <t>Pir.paj</t>
   </si>
   <si>
     <t>PRD.PAJ</t>
   </si>
   <si>
     <t>Vid_paj</t>
   </si>
   <si>
     <t>Sand.</t>
   </si>
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X114"/>
+  <dimension ref="A1:X175"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L114" sqref="L114"/>
+      <selection activeCell="L175" sqref="L175"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,7060 +546,11076 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.35537037</v>
+        <v>46087.597743056</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
+      <c r="F2">
+        <v>0.11</v>
+      </c>
       <c r="G2">
-        <v>102.644444</v>
+        <v>103.805556</v>
+      </c>
+      <c r="H2">
+        <v>4152.22224</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.0</v>
       </c>
       <c r="K2" s="2">
         <v>45838.0</v>
       </c>
       <c r="L2" s="2">
         <v>47299.0</v>
       </c>
       <c r="M2">
         <v>30000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.511111</v>
+        <v>1.555556</v>
       </c>
       <c r="Q2">
-        <v>102.071111</v>
+        <v>103.805556</v>
       </c>
       <c r="R2">
-        <v>103.001111</v>
+        <v>104.75</v>
       </c>
       <c r="S2">
-        <v>100.56</v>
+        <v>102.25</v>
       </c>
       <c r="T2">
-        <v>101.49</v>
+        <v>103.194444</v>
       </c>
       <c r="U2">
-        <v>7.81716</v>
+        <v>7.227617</v>
       </c>
       <c r="V2">
-        <v>7.518077</v>
+        <v>6.909753</v>
+      </c>
+      <c r="X2">
+        <v>1</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.535104167</v>
+        <v>46086.355208333</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
-      <c r="F3">
-[...1 lines deleted...]
-      </c>
       <c r="G3">
-        <v>102.644444</v>
-[...2 lines deleted...]
-        <v>5132.2222</v>
+        <v>103.694444</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.0</v>
       </c>
       <c r="K3" s="2">
         <v>45838.0</v>
       </c>
       <c r="L3" s="2">
         <v>47299.0</v>
       </c>
       <c r="M3">
         <v>30000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.444444</v>
+        <v>1.533333</v>
       </c>
       <c r="Q3">
-        <v>102.004444</v>
+        <v>103.783333</v>
       </c>
       <c r="R3">
-        <v>102.934444</v>
+        <v>104.783333</v>
       </c>
       <c r="S3">
-        <v>100.56</v>
+        <v>102.25</v>
       </c>
       <c r="T3">
-        <v>101.49</v>
+        <v>103.25</v>
       </c>
       <c r="U3">
-        <v>7.81743</v>
+        <v>7.228148</v>
       </c>
       <c r="V3">
-        <v>7.518956</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.891941</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.518703704</v>
+        <v>46085.35505787</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
-      <c r="F4">
-[...1 lines deleted...]
-      </c>
       <c r="G4">
-        <v>102.912222</v>
-[...2 lines deleted...]
-        <v>1029.12222</v>
+        <v>103.694444</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.0</v>
       </c>
       <c r="K4" s="2">
         <v>45838.0</v>
       </c>
       <c r="L4" s="2">
         <v>47299.0</v>
       </c>
       <c r="M4">
         <v>30000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.422222</v>
+        <v>1.466667</v>
       </c>
       <c r="Q4">
-        <v>102.422222</v>
+        <v>103.716667</v>
       </c>
       <c r="R4">
-        <v>102.912222</v>
+        <v>104.716667</v>
       </c>
       <c r="S4">
-        <v>101.0</v>
+        <v>102.25</v>
       </c>
       <c r="T4">
-        <v>101.49</v>
+        <v>103.25</v>
       </c>
       <c r="U4">
-        <v>7.676007</v>
+        <v>7.229743</v>
       </c>
       <c r="V4">
-        <v>7.519251</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.894281</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.616006944</v>
+        <v>46084.640381944</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
+      <c r="F5">
+        <v>0.02</v>
+      </c>
       <c r="G5">
-        <v>102.377778</v>
+        <v>103.694444</v>
+      </c>
+      <c r="H5">
+        <v>1036.94444</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.0</v>
       </c>
       <c r="K5" s="2">
         <v>45838.0</v>
       </c>
       <c r="L5" s="2">
         <v>47299.0</v>
       </c>
       <c r="M5">
         <v>30000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.4</v>
+        <v>1.444444</v>
       </c>
       <c r="Q5">
-        <v>102.15</v>
+        <v>103.694444</v>
       </c>
       <c r="R5">
-        <v>102.89</v>
+        <v>104.694444</v>
       </c>
       <c r="S5">
-        <v>100.75</v>
+        <v>102.25</v>
       </c>
       <c r="T5">
-        <v>101.49</v>
+        <v>103.25</v>
       </c>
       <c r="U5">
-        <v>7.756461</v>
+        <v>7.230277</v>
       </c>
       <c r="V5">
-        <v>7.519547</v>
+        <v>6.895061</v>
+      </c>
+      <c r="X5">
+        <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.655821759</v>
+        <v>46083.5328125</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="F6">
-        <v>-0.46</v>
+        <v>-0.81</v>
       </c>
       <c r="G6">
-        <v>102.377778</v>
+        <v>103.672222</v>
       </c>
       <c r="H6">
-        <v>16380.44448</v>
+        <v>1036.72222</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.0</v>
       </c>
       <c r="K6" s="2">
         <v>45838.0</v>
       </c>
       <c r="L6" s="2">
         <v>47299.0</v>
       </c>
       <c r="M6">
         <v>30000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.377778</v>
+        <v>1.422222</v>
       </c>
       <c r="Q6">
-        <v>102.377778</v>
+        <v>103.672222</v>
       </c>
       <c r="R6">
-        <v>102.877778</v>
+        <v>104.6</v>
       </c>
       <c r="S6">
-        <v>101.0</v>
+        <v>102.25</v>
       </c>
       <c r="T6">
-        <v>101.5</v>
+        <v>103.177778</v>
       </c>
       <c r="U6">
-        <v>7.676388</v>
+        <v>7.23081</v>
       </c>
       <c r="V6">
-        <v>7.516659</v>
+        <v>6.919907</v>
       </c>
       <c r="X6">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.528958333</v>
+        <v>46080.417175926</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
-      <c r="F7">
-[...1 lines deleted...]
-      </c>
       <c r="G7">
-        <v>102.855556</v>
-[...2 lines deleted...]
-        <v>5135.1778</v>
+        <v>104.516667</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.0</v>
       </c>
       <c r="K7" s="2">
         <v>45838.0</v>
       </c>
       <c r="L7" s="2">
         <v>47299.0</v>
       </c>
       <c r="M7">
         <v>30000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.355556</v>
+        <v>1.4</v>
       </c>
       <c r="Q7">
-        <v>102.355556</v>
+        <v>103.65</v>
       </c>
       <c r="R7">
-        <v>102.855556</v>
+        <v>104.6</v>
       </c>
       <c r="S7">
-        <v>101.0</v>
+        <v>102.25</v>
       </c>
       <c r="T7">
-        <v>101.5</v>
+        <v>103.2</v>
       </c>
       <c r="U7">
-        <v>7.676581</v>
+        <v>7.231344</v>
       </c>
       <c r="V7">
-        <v>7.516959</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>6.913269</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.452835648</v>
+        <v>46079.454097222</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="G8">
-        <v>102.588889</v>
+        <v>104.516667</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.0</v>
       </c>
       <c r="K8" s="2">
         <v>45838.0</v>
       </c>
       <c r="L8" s="2">
         <v>47299.0</v>
       </c>
       <c r="M8">
         <v>30000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.288889</v>
+        <v>1.377778</v>
       </c>
       <c r="Q8">
-        <v>100.288889</v>
+        <v>103.627778</v>
       </c>
       <c r="R8">
-        <v>102.028889</v>
+        <v>104.4</v>
       </c>
       <c r="S8">
-        <v>99.0</v>
+        <v>102.25</v>
       </c>
       <c r="T8">
-        <v>100.74</v>
+        <v>103.022222</v>
       </c>
       <c r="U8">
-        <v>8.323657</v>
+        <v>7.231879</v>
       </c>
       <c r="V8">
-        <v>7.760364</v>
+        <v>6.973257</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355497685</v>
+        <v>46078.515833333</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
+      <c r="F9">
+        <v>1.35</v>
+      </c>
       <c r="G9">
-        <v>102.588889</v>
+        <v>104.516667</v>
+      </c>
+      <c r="H9">
+        <v>2087.83334</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.0</v>
       </c>
       <c r="K9" s="2">
         <v>45838.0</v>
       </c>
       <c r="L9" s="2">
         <v>47299.0</v>
       </c>
       <c r="M9">
         <v>30000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
         <v>1.266667</v>
       </c>
       <c r="Q9">
-        <v>101.766667</v>
+        <v>103.516667</v>
       </c>
       <c r="R9">
-        <v>102.006667</v>
+        <v>104.4</v>
       </c>
       <c r="S9">
-        <v>100.5</v>
+        <v>102.25</v>
       </c>
       <c r="T9">
-        <v>100.74</v>
+        <v>103.133333</v>
       </c>
       <c r="U9">
-        <v>7.837473</v>
+        <v>7.234562</v>
       </c>
       <c r="V9">
-        <v>7.760505</v>
+        <v>6.939993</v>
+      </c>
+      <c r="X9">
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.355393519</v>
+        <v>46077.354675926</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>102.588889</v>
+        <v>103.127778</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.0</v>
       </c>
       <c r="K10" s="2">
         <v>45838.0</v>
       </c>
       <c r="L10" s="2">
         <v>47299.0</v>
       </c>
       <c r="M10">
         <v>30000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
         <v>1.244444</v>
       </c>
-      <c r="Q10">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355416667</v>
+        <v>46076.354872685</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
-        <v>102.588889</v>
+        <v>103.127778</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.0</v>
       </c>
       <c r="K11" s="2">
         <v>45838.0</v>
       </c>
       <c r="L11" s="2">
         <v>47299.0</v>
       </c>
       <c r="M11">
         <v>30000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
         <v>1.222222</v>
       </c>
       <c r="Q11">
-        <v>101.722222</v>
+        <v>103.172222</v>
       </c>
       <c r="R11">
-        <v>101.962222</v>
+        <v>104.222222</v>
       </c>
       <c r="S11">
-        <v>100.5</v>
+        <v>101.95</v>
       </c>
       <c r="T11">
-        <v>100.74</v>
+        <v>103.0</v>
       </c>
       <c r="U11">
-        <v>7.837657</v>
+        <v>7.336207</v>
       </c>
       <c r="V11">
-        <v>7.760792</v>
+        <v>6.98571</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.544525463</v>
+        <v>46073.592719907</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="G12">
-        <v>102.588889</v>
+        <v>103.127778</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.0</v>
       </c>
       <c r="K12" s="2">
         <v>45838.0</v>
       </c>
       <c r="L12" s="2">
         <v>47299.0</v>
       </c>
       <c r="M12">
         <v>30000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
         <v>1.2</v>
       </c>
       <c r="Q12">
-        <v>101.7</v>
+        <v>103.15</v>
       </c>
       <c r="R12">
-        <v>101.94</v>
+        <v>104.1</v>
       </c>
       <c r="S12">
-        <v>100.5</v>
+        <v>101.95</v>
       </c>
       <c r="T12">
-        <v>100.74</v>
+        <v>102.9</v>
       </c>
       <c r="U12">
-        <v>7.837751</v>
+        <v>7.336673</v>
       </c>
       <c r="V12">
-        <v>7.760937</v>
+        <v>7.019609</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.417638889</v>
+        <v>46072.582662037</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
+      <c r="F13">
+        <v>0.06</v>
+      </c>
       <c r="G13">
-        <v>102.588889</v>
+        <v>103.127778</v>
+      </c>
+      <c r="H13">
+        <v>36094.7223</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.0</v>
       </c>
       <c r="K13" s="2">
         <v>45838.0</v>
       </c>
       <c r="L13" s="2">
         <v>47299.0</v>
       </c>
       <c r="M13">
         <v>30000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.133333</v>
+        <v>1.177778</v>
       </c>
       <c r="Q13">
-        <v>101.847222</v>
+        <v>103.127778</v>
       </c>
       <c r="R13">
-        <v>101.873333</v>
+        <v>104.177778</v>
       </c>
       <c r="S13">
-        <v>100.713889</v>
+        <v>101.95</v>
       </c>
       <c r="T13">
-        <v>100.74</v>
+        <v>103.0</v>
       </c>
       <c r="U13">
-        <v>7.76971</v>
+        <v>7.33714</v>
       </c>
       <c r="V13">
-        <v>7.76138</v>
+        <v>6.987152</v>
+      </c>
+      <c r="X13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.612743056</v>
+        <v>46071.417986111</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
+      <c r="F14">
+        <v>-0.03</v>
+      </c>
       <c r="G14">
-        <v>102.588889</v>
+        <v>103.061111</v>
+      </c>
+      <c r="H14">
+        <v>2061.22222</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.0</v>
       </c>
       <c r="K14" s="2">
         <v>45838.0</v>
       </c>
       <c r="L14" s="2">
         <v>47299.0</v>
       </c>
       <c r="M14">
         <v>30000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
         <v>1.111111</v>
       </c>
       <c r="Q14">
-        <v>101.111111</v>
+        <v>103.061111</v>
       </c>
       <c r="R14">
-        <v>101.851111</v>
+        <v>104.111111</v>
       </c>
       <c r="S14">
-        <v>100.0</v>
+        <v>101.95</v>
       </c>
       <c r="T14">
-        <v>100.74</v>
+        <v>103.0</v>
       </c>
       <c r="U14">
-        <v>7.998427</v>
+        <v>7.338546</v>
       </c>
       <c r="V14">
-        <v>7.76153</v>
+        <v>6.989318</v>
+      </c>
+      <c r="X14">
+        <v>1</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.610590278</v>
+        <v>46070.442222222</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="F15">
-        <v>1.31</v>
+        <v>0.18</v>
       </c>
       <c r="G15">
-        <v>102.588889</v>
+        <v>103.088889</v>
       </c>
       <c r="H15">
-        <v>2051.77778</v>
+        <v>2061.77778</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.0</v>
       </c>
       <c r="K15" s="2">
         <v>45838.0</v>
       </c>
       <c r="L15" s="2">
         <v>47299.0</v>
       </c>
       <c r="M15">
         <v>30000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
         <v>1.088889</v>
       </c>
       <c r="Q15">
-        <v>102.588889</v>
+        <v>103.038889</v>
       </c>
       <c r="R15">
-        <v>102.688889</v>
+        <v>104.0</v>
       </c>
       <c r="S15">
-        <v>101.5</v>
+        <v>101.95</v>
       </c>
       <c r="T15">
-        <v>101.6</v>
+        <v>102.911111</v>
       </c>
       <c r="U15">
-        <v>7.520639</v>
+        <v>7.339016</v>
       </c>
       <c r="V15">
-        <v>7.489079</v>
+        <v>7.019423</v>
       </c>
       <c r="X15">
         <v>1</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.451782407</v>
+        <v>46069.552164352</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
-      <c r="F16">
-[...1 lines deleted...]
-      </c>
       <c r="G16">
-        <v>101.266667</v>
-[...2 lines deleted...]
-        <v>6100.00002</v>
+        <v>102.905556</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.0</v>
       </c>
       <c r="K16" s="2">
         <v>45838.0</v>
       </c>
       <c r="L16" s="2">
         <v>47299.0</v>
       </c>
       <c r="M16">
         <v>30000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
         <v>1.066667</v>
       </c>
       <c r="Q16">
-        <v>101.066667</v>
+        <v>103.016667</v>
       </c>
       <c r="R16">
-        <v>102.566667</v>
+        <v>103.066667</v>
       </c>
       <c r="S16">
-        <v>100.0</v>
+        <v>101.95</v>
       </c>
       <c r="T16">
-        <v>101.5</v>
+        <v>102.0</v>
       </c>
       <c r="U16">
-        <v>7.998417</v>
+        <v>7.339487</v>
       </c>
       <c r="V16">
-        <v>7.520952</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>7.322787</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.355833333</v>
+        <v>46066.443831019</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="G17">
-        <v>100.955556</v>
+        <v>102.905556</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.0</v>
       </c>
       <c r="K17" s="2">
         <v>45838.0</v>
       </c>
       <c r="L17" s="2">
         <v>47299.0</v>
       </c>
       <c r="M17">
         <v>30000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
         <v>1.044444</v>
       </c>
       <c r="Q17">
-        <v>102.044444</v>
+        <v>102.994444</v>
       </c>
       <c r="R17">
-        <v>102.544444</v>
+        <v>104.29</v>
       </c>
       <c r="S17">
-        <v>101.0</v>
+        <v>101.95</v>
       </c>
       <c r="T17">
-        <v>101.5</v>
+        <v>103.245556</v>
       </c>
       <c r="U17">
-        <v>7.6794</v>
+        <v>7.339959</v>
       </c>
       <c r="V17">
-        <v>7.521266</v>
+        <v>6.910584</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.598159722</v>
+        <v>46065.355162037</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="G18">
-        <v>100.955556</v>
+        <v>102.905556</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.0</v>
       </c>
       <c r="K18" s="2">
         <v>45838.0</v>
       </c>
       <c r="L18" s="2">
         <v>47299.0</v>
       </c>
       <c r="M18">
         <v>30000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.977778</v>
+        <v>1.022222</v>
       </c>
       <c r="Q18">
-        <v>101.977778</v>
+        <v>102.972222</v>
       </c>
       <c r="R18">
-        <v>102.4</v>
+        <v>104.272222</v>
       </c>
       <c r="S18">
-        <v>101.0</v>
+        <v>101.95</v>
       </c>
       <c r="T18">
-        <v>101.422222</v>
+        <v>103.25</v>
       </c>
       <c r="U18">
-        <v>7.680034</v>
+        <v>7.340431</v>
       </c>
       <c r="V18">
-        <v>7.546704</v>
+        <v>6.909904</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.569664352</v>
+        <v>46064.505300926</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="F19">
-        <v>-0.94</v>
+        <v>0.02</v>
       </c>
       <c r="G19">
-        <v>100.955556</v>
+        <v>102.905556</v>
       </c>
       <c r="H19">
-        <v>2029.11112</v>
+        <v>51452.778</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.0</v>
       </c>
       <c r="K19" s="2">
         <v>45838.0</v>
       </c>
       <c r="L19" s="2">
         <v>47299.0</v>
       </c>
       <c r="M19">
         <v>30000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
         <v>0.955556</v>
       </c>
       <c r="Q19">
-        <v>100.055556</v>
+        <v>102.905556</v>
       </c>
       <c r="R19">
-        <v>102.455556</v>
+        <v>104.2</v>
       </c>
       <c r="S19">
-        <v>99.1</v>
+        <v>101.95</v>
       </c>
       <c r="T19">
-        <v>101.5</v>
+        <v>103.244444</v>
       </c>
       <c r="U19">
-        <v>8.287953</v>
+        <v>7.341851</v>
       </c>
       <c r="V19">
-        <v>7.522532</v>
+        <v>6.914073</v>
       </c>
       <c r="X19">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.356076389</v>
+        <v>46063.449143519</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
+      <c r="F20">
+        <v>-0.99</v>
+      </c>
       <c r="G20">
-        <v>101.911111</v>
+        <v>102.883333</v>
+      </c>
+      <c r="H20">
+        <v>10288.3333</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.0</v>
       </c>
       <c r="K20" s="2">
         <v>45838.0</v>
       </c>
       <c r="L20" s="2">
         <v>47299.0</v>
       </c>
       <c r="M20">
         <v>30000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
         <v>0.933333</v>
       </c>
       <c r="Q20">
-        <v>101.933333</v>
+        <v>102.883333</v>
       </c>
       <c r="R20">
-        <v>102.433333</v>
+        <v>104.183333</v>
       </c>
       <c r="S20">
-        <v>101.0</v>
+        <v>101.95</v>
       </c>
       <c r="T20">
-        <v>101.5</v>
+        <v>103.25</v>
       </c>
       <c r="U20">
-        <v>7.680462</v>
+        <v>7.342327</v>
       </c>
       <c r="V20">
-        <v>7.522851</v>
+        <v>6.913033</v>
+      </c>
+      <c r="X20">
+        <v>1</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.621597222</v>
+        <v>46062.657453704</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="F21">
-        <v>0.02</v>
+        <v>0.53</v>
       </c>
       <c r="G21">
-        <v>101.911111</v>
+        <v>103.911111</v>
       </c>
       <c r="H21">
-        <v>21401.33331</v>
+        <v>27016.88886</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.0</v>
       </c>
       <c r="K21" s="2">
         <v>45838.0</v>
       </c>
       <c r="L21" s="2">
         <v>47299.0</v>
       </c>
       <c r="M21">
         <v>30000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
         <v>0.911111</v>
       </c>
       <c r="Q21">
-        <v>101.911111</v>
+        <v>104.161111</v>
       </c>
       <c r="R21">
-        <v>102.411111</v>
+        <v>104.277811</v>
       </c>
       <c r="S21">
-        <v>101.0</v>
+        <v>103.25</v>
       </c>
       <c r="T21">
-        <v>101.5</v>
+        <v>103.3667</v>
       </c>
       <c r="U21">
-        <v>7.680678</v>
+        <v>6.913815</v>
       </c>
       <c r="V21">
-        <v>7.52317</v>
+        <v>6.875612</v>
       </c>
       <c r="X21">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.541145833</v>
+        <v>46059.355115741</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
-      <c r="F22">
-[...1 lines deleted...]
-      </c>
       <c r="G22">
-        <v>101.888889</v>
-[...2 lines deleted...]
-        <v>1018.88889</v>
+        <v>103.366667</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.0</v>
       </c>
       <c r="K22" s="2">
         <v>45838.0</v>
       </c>
       <c r="L22" s="2">
         <v>47299.0</v>
       </c>
       <c r="M22">
         <v>30000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
         <v>0.888889</v>
       </c>
       <c r="Q22">
-        <v>101.888889</v>
+        <v>102.338889</v>
       </c>
       <c r="R22">
-        <v>102.388889</v>
+        <v>103.888889</v>
       </c>
       <c r="S22">
-        <v>101.0</v>
+        <v>101.45</v>
       </c>
       <c r="T22">
-        <v>101.5</v>
+        <v>103.0</v>
       </c>
       <c r="U22">
-        <v>7.680895</v>
+        <v>7.509848</v>
       </c>
       <c r="V22">
-        <v>7.523491</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.996549</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.355752315</v>
+        <v>46058.659837963</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
+      <c r="F23">
+        <v>1.09</v>
+      </c>
       <c r="G23">
-        <v>101.75</v>
+        <v>103.366667</v>
+      </c>
+      <c r="H23">
+        <v>51683.3335</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.0</v>
       </c>
       <c r="K23" s="2">
         <v>45838.0</v>
       </c>
       <c r="L23" s="2">
         <v>47299.0</v>
       </c>
       <c r="M23">
         <v>30000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>0.822222</v>
+        <v>0.866667</v>
       </c>
       <c r="Q23">
-        <v>101.822222</v>
+        <v>103.366667</v>
       </c>
       <c r="R23">
-        <v>102.322222</v>
+        <v>103.866667</v>
       </c>
       <c r="S23">
-        <v>101.0</v>
+        <v>102.5</v>
       </c>
       <c r="T23">
-        <v>101.5</v>
+        <v>103.0</v>
       </c>
       <c r="U23">
-        <v>7.681553</v>
+        <v>7.161751</v>
       </c>
       <c r="V23">
-        <v>7.524459</v>
+        <v>6.997273</v>
+      </c>
+      <c r="X23">
+        <v>2</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.5996875</v>
+        <v>46057.582337963</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="F24">
-        <v>0.95</v>
+        <v>-0.85</v>
       </c>
       <c r="G24">
-        <v>101.75</v>
+        <v>102.25</v>
       </c>
       <c r="H24">
-        <v>82379.2</v>
+        <v>1022.5</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.0</v>
       </c>
       <c r="K24" s="2">
         <v>45838.0</v>
       </c>
       <c r="L24" s="2">
         <v>47299.0</v>
       </c>
       <c r="M24">
         <v>30000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
         <v>0.8</v>
       </c>
       <c r="Q24">
-        <v>101.8</v>
+        <v>102.25</v>
       </c>
       <c r="R24">
-        <v>102.3</v>
+        <v>103.3</v>
       </c>
       <c r="S24">
-        <v>101.0</v>
+        <v>101.45</v>
       </c>
       <c r="T24">
-        <v>101.5</v>
+        <v>102.5</v>
       </c>
       <c r="U24">
-        <v>7.681775</v>
+        <v>7.511287</v>
       </c>
       <c r="V24">
-        <v>7.524783</v>
+        <v>7.163575</v>
       </c>
       <c r="X24">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.355428241</v>
+        <v>46056.355509259</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="G25">
-        <v>100.796667</v>
+        <v>103.126667</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.0</v>
       </c>
       <c r="K25" s="2">
         <v>45838.0</v>
       </c>
       <c r="L25" s="2">
         <v>47299.0</v>
       </c>
       <c r="M25">
         <v>30000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
         <v>0.777778</v>
       </c>
       <c r="Q25">
-        <v>100.907778</v>
+        <v>102.177778</v>
       </c>
       <c r="R25">
-        <v>101.497778</v>
+        <v>104.677778</v>
       </c>
       <c r="S25">
-        <v>100.13</v>
+        <v>101.4</v>
       </c>
       <c r="T25">
-        <v>100.72</v>
+        <v>103.9</v>
       </c>
       <c r="U25">
-        <v>7.957149</v>
+        <v>7.528299</v>
       </c>
       <c r="V25">
-        <v>7.770251</v>
+        <v>6.707266</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.528032407</v>
+        <v>46055.355474537</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="G26">
-        <v>100.796667</v>
-[...2 lines deleted...]
-        <v>45677.5002</v>
+        <v>103.126667</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.0</v>
       </c>
       <c r="K26" s="2">
         <v>45838.0</v>
       </c>
       <c r="L26" s="2">
         <v>47299.0</v>
       </c>
       <c r="M26">
         <v>30000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
         <v>0.755556</v>
       </c>
       <c r="Q26">
-        <v>100.885556</v>
+        <v>102.155556</v>
       </c>
       <c r="R26">
-        <v>101.475556</v>
+        <v>104.655556</v>
       </c>
       <c r="S26">
-        <v>100.13</v>
+        <v>101.4</v>
       </c>
       <c r="T26">
-        <v>100.72</v>
+        <v>103.9</v>
       </c>
       <c r="U26">
-        <v>7.957194</v>
+        <v>7.528651</v>
       </c>
       <c r="V26">
-        <v>7.770417</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>6.708198</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.355578704</v>
+        <v>46052.355266204</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="G27">
-        <v>100.796667</v>
+        <v>103.126667</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.0</v>
       </c>
       <c r="K27" s="2">
         <v>45838.0</v>
       </c>
       <c r="L27" s="2">
         <v>47299.0</v>
       </c>
       <c r="M27">
         <v>30000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
         <v>0.733333</v>
       </c>
       <c r="Q27">
-        <v>100.863333</v>
+        <v>102.133333</v>
       </c>
       <c r="R27">
-        <v>101.453333</v>
+        <v>104.633333</v>
       </c>
       <c r="S27">
-        <v>100.13</v>
+        <v>101.4</v>
       </c>
       <c r="T27">
-        <v>100.72</v>
+        <v>103.9</v>
       </c>
       <c r="U27">
-        <v>7.95724</v>
+        <v>7.529003</v>
       </c>
       <c r="V27">
-        <v>7.770585</v>
+        <v>6.709131</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.503217593</v>
+        <v>46051.417708333</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
-      <c r="F28">
-[...1 lines deleted...]
-      </c>
       <c r="G28">
-        <v>100.796667</v>
-[...2 lines deleted...]
-        <v>1007.96667</v>
+        <v>103.126667</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.0</v>
       </c>
       <c r="K28" s="2">
         <v>45838.0</v>
       </c>
       <c r="L28" s="2">
         <v>47299.0</v>
       </c>
       <c r="M28">
         <v>30000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.666667</v>
+        <v>0.711111</v>
       </c>
       <c r="Q28">
-        <v>100.796667</v>
+        <v>102.111111</v>
       </c>
       <c r="R28">
-        <v>101.386667</v>
+        <v>103.46</v>
       </c>
       <c r="S28">
-        <v>100.13</v>
+        <v>101.4</v>
       </c>
       <c r="T28">
-        <v>100.72</v>
+        <v>102.748889</v>
       </c>
       <c r="U28">
-        <v>7.957386</v>
+        <v>7.529357</v>
       </c>
       <c r="V28">
-        <v>7.771095</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.084429</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.657083333</v>
+        <v>46050.656446759</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
+      <c r="F29">
+        <v>0.04</v>
+      </c>
       <c r="G29">
-        <v>100.644445</v>
+        <v>103.126667</v>
+      </c>
+      <c r="H29">
+        <v>7165.86669</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.0</v>
       </c>
       <c r="K29" s="2">
         <v>45838.0</v>
       </c>
       <c r="L29" s="2">
         <v>47299.0</v>
       </c>
       <c r="M29">
         <v>30000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
         <v>0.666667</v>
       </c>
       <c r="Q29">
-        <v>99.666668</v>
+        <v>103.466667</v>
       </c>
       <c r="R29">
-        <v>100.796667</v>
+        <v>104.566667</v>
       </c>
       <c r="S29">
-        <v>99.000001</v>
+        <v>102.8</v>
       </c>
       <c r="T29">
-        <v>100.13</v>
+        <v>103.9</v>
       </c>
       <c r="U29">
-        <v>8.317772</v>
+        <v>7.069064</v>
       </c>
       <c r="V29">
-        <v>7.957386</v>
+        <v>6.711928</v>
+      </c>
+      <c r="X29">
+        <v>2</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.609976852</v>
+        <v>46049.355486111</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
-      <c r="F30">
-[...1 lines deleted...]
-      </c>
       <c r="G30">
-        <v>100.644445</v>
-[...2 lines deleted...]
-        <v>1006.44445</v>
+        <v>103.082222</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.0</v>
       </c>
       <c r="K30" s="2">
         <v>45838.0</v>
       </c>
       <c r="L30" s="2">
         <v>47299.0</v>
       </c>
       <c r="M30">
         <v>30000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
         <v>0.644444</v>
       </c>
       <c r="Q30">
-        <v>92.644445</v>
+        <v>102.044444</v>
       </c>
       <c r="R30">
-        <v>101.364444</v>
+        <v>103.104444</v>
       </c>
       <c r="S30">
-        <v>92.000001</v>
+        <v>101.4</v>
       </c>
       <c r="T30">
-        <v>100.72</v>
+        <v>102.46</v>
       </c>
       <c r="U30">
-        <v>10.660995</v>
+        <v>7.530422</v>
       </c>
       <c r="V30">
-        <v>7.771268</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.180951</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.417662037</v>
+        <v>46048.630092593</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
+      <c r="F31">
+        <v>0.06</v>
+      </c>
       <c r="G31">
-        <v>101.033333</v>
+        <v>103.082222</v>
+      </c>
+      <c r="H31">
+        <v>1030.82222</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.0</v>
       </c>
       <c r="K31" s="2">
         <v>45838.0</v>
       </c>
       <c r="L31" s="2">
         <v>47299.0</v>
       </c>
       <c r="M31">
         <v>30000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
         <v>0.622222</v>
       </c>
       <c r="Q31">
-        <v>100.622224</v>
+        <v>103.022222</v>
       </c>
       <c r="R31">
-        <v>101.342222</v>
+        <v>103.082222</v>
       </c>
       <c r="S31">
-        <v>100.000002</v>
+        <v>102.4</v>
       </c>
       <c r="T31">
-        <v>100.72</v>
+        <v>102.46</v>
       </c>
       <c r="U31">
-        <v>7.998656</v>
+        <v>7.201209</v>
       </c>
       <c r="V31">
-        <v>7.771441</v>
+        <v>7.181554</v>
+      </c>
+      <c r="X31">
+        <v>1</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.417638889</v>
+        <v>46045.56775463</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
-        <v>101.033333</v>
+        <v>103.017778</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.0</v>
       </c>
       <c r="K32" s="2">
         <v>45838.0</v>
       </c>
       <c r="L32" s="2">
         <v>47299.0</v>
       </c>
       <c r="M32">
         <v>30000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
         <v>0.6</v>
       </c>
       <c r="Q32">
-        <v>100.60003</v>
+        <v>102.05</v>
       </c>
       <c r="R32">
-        <v>101.32</v>
+        <v>103.0</v>
       </c>
       <c r="S32">
-        <v>100.00003</v>
+        <v>101.45</v>
       </c>
       <c r="T32">
-        <v>100.72</v>
+        <v>102.4</v>
       </c>
       <c r="U32">
-        <v>7.998675</v>
+        <v>7.514581</v>
       </c>
       <c r="V32">
-        <v>7.771616</v>
+        <v>7.201798</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.660636574</v>
+        <v>46044.628217593</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="F33">
-        <v>0.31</v>
+        <v>1.04</v>
       </c>
       <c r="G33">
-        <v>101.033333</v>
+        <v>103.017778</v>
       </c>
       <c r="H33">
-        <v>30307.9999</v>
+        <v>2060.35556</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.0</v>
       </c>
       <c r="K33" s="2">
         <v>45838.0</v>
       </c>
       <c r="L33" s="2">
         <v>47299.0</v>
       </c>
       <c r="M33">
         <v>30000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.533333</v>
+        <v>0.577778</v>
       </c>
       <c r="Q33">
-        <v>100.533333</v>
+        <v>102.077778</v>
       </c>
       <c r="R33">
-        <v>101.253333</v>
+        <v>103.037778</v>
       </c>
       <c r="S33">
-        <v>100.0</v>
+        <v>101.5</v>
       </c>
       <c r="T33">
-        <v>100.72</v>
+        <v>102.46</v>
       </c>
       <c r="U33">
-        <v>7.998778</v>
+        <v>7.498416</v>
       </c>
       <c r="V33">
-        <v>7.772149</v>
+        <v>7.18276</v>
       </c>
       <c r="X33">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.45587963</v>
+        <v>46043.604363426</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
+      <c r="F34">
+        <v>0.07</v>
+      </c>
       <c r="G34">
-        <v>100.716667</v>
+        <v>101.961111</v>
+      </c>
+      <c r="H34">
+        <v>3058.83333</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.0</v>
       </c>
       <c r="K34" s="2">
         <v>45838.0</v>
       </c>
       <c r="L34" s="2">
         <v>47299.0</v>
       </c>
       <c r="M34">
         <v>30000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
         <v>0.511111</v>
       </c>
       <c r="Q34">
-        <v>97.041112</v>
+        <v>101.961111</v>
       </c>
       <c r="R34">
-        <v>100.911111</v>
+        <v>102.951111</v>
       </c>
       <c r="S34">
-        <v>96.530001</v>
+        <v>101.45</v>
       </c>
       <c r="T34">
-        <v>100.4</v>
+        <v>102.44</v>
       </c>
       <c r="U34">
-        <v>9.117615</v>
+        <v>7.516069</v>
       </c>
       <c r="V34">
-        <v>7.872754</v>
+        <v>7.191101</v>
+      </c>
+      <c r="X34">
+        <v>1</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.514872685</v>
+        <v>46042.592303241</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
+      <c r="F35">
+        <v>0.86</v>
+      </c>
       <c r="G35">
-        <v>100.716667</v>
+        <v>101.888889</v>
+      </c>
+      <c r="H35">
+        <v>1018.88889</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.0</v>
       </c>
       <c r="K35" s="2">
         <v>45838.0</v>
       </c>
       <c r="L35" s="2">
         <v>47299.0</v>
       </c>
       <c r="M35">
         <v>30000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
         <v>0.488889</v>
       </c>
       <c r="Q35">
-        <v>97.01889</v>
+        <v>101.938889</v>
       </c>
       <c r="R35">
-        <v>100.888889</v>
+        <v>102.928889</v>
       </c>
       <c r="S35">
-        <v>96.530001</v>
+        <v>101.45</v>
       </c>
       <c r="T35">
-        <v>100.4</v>
+        <v>102.44</v>
       </c>
       <c r="U35">
-        <v>9.116932</v>
+        <v>7.516443</v>
       </c>
       <c r="V35">
-        <v>7.872871</v>
+        <v>7.191702</v>
+      </c>
+      <c r="X35">
+        <v>1</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.666678241</v>
+        <v>46041.355381944</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
-      <c r="F36">
-[...1 lines deleted...]
-      </c>
       <c r="G36">
-        <v>100.716667</v>
-[...2 lines deleted...]
-        <v>3021.50001</v>
+        <v>101.022189</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.0</v>
       </c>
       <c r="K36" s="2">
         <v>45838.0</v>
       </c>
       <c r="L36" s="2">
         <v>47299.0</v>
       </c>
       <c r="M36">
         <v>30000</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
         <v>0.466667</v>
       </c>
-      <c r="X36">
-        <v>1</v>
+      <c r="Q36">
+        <v>101.266667</v>
+      </c>
+      <c r="R36">
+        <v>101.866667</v>
+      </c>
+      <c r="S36">
+        <v>100.8</v>
+      </c>
+      <c r="T36">
+        <v>101.4</v>
+      </c>
+      <c r="U36">
+        <v>7.731889</v>
+      </c>
+      <c r="V36">
+        <v>7.533305</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.666678241</v>
+        <v>46038.590659722</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>101.005556</v>
+        <v>101.022189</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.0</v>
       </c>
       <c r="K37" s="2">
         <v>45838.0</v>
       </c>
       <c r="L37" s="2">
         <v>47299.0</v>
       </c>
       <c r="M37">
         <v>30000</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
         <v>0.444444</v>
       </c>
+      <c r="Q37">
+        <v>101.244444</v>
+      </c>
+      <c r="R37">
+        <v>101.844444</v>
+      </c>
+      <c r="S37">
+        <v>100.8</v>
+      </c>
+      <c r="T37">
+        <v>101.4</v>
+      </c>
+      <c r="U37">
+        <v>7.732116</v>
+      </c>
+      <c r="V37">
+        <v>7.53367</v>
+      </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.666666667</v>
+        <v>46037.356030093</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
-        <v>101.005556</v>
+        <v>101.022189</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.0</v>
       </c>
       <c r="K38" s="2">
         <v>45838.0</v>
       </c>
       <c r="L38" s="2">
         <v>47299.0</v>
       </c>
       <c r="M38">
         <v>30000</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.377778</v>
+        <v>0.422222</v>
+      </c>
+      <c r="Q38">
+        <v>101.122222</v>
+      </c>
+      <c r="R38">
+        <v>101.822222</v>
+      </c>
+      <c r="S38">
+        <v>100.7</v>
+      </c>
+      <c r="T38">
+        <v>101.4</v>
+      </c>
+      <c r="U38">
+        <v>7.765528</v>
+      </c>
+      <c r="V38">
+        <v>7.534035</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.666666667</v>
+        <v>46036.463796296</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
-      <c r="F39">
-[...1 lines deleted...]
-      </c>
       <c r="G39">
-        <v>101.005556</v>
-[...2 lines deleted...]
-        <v>10100.0556</v>
+        <v>101.022189</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.0</v>
       </c>
       <c r="K39" s="2">
         <v>45838.0</v>
       </c>
       <c r="L39" s="2">
         <v>47299.0</v>
       </c>
       <c r="M39">
         <v>30000</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
         <v>0.355556</v>
       </c>
-      <c r="X39">
-        <v>3</v>
+      <c r="Q39">
+        <v>101.055556</v>
+      </c>
+      <c r="R39">
+        <v>101.755556</v>
+      </c>
+      <c r="S39">
+        <v>100.7</v>
+      </c>
+      <c r="T39">
+        <v>101.4</v>
+      </c>
+      <c r="U39">
+        <v>7.76615</v>
+      </c>
+      <c r="V39">
+        <v>7.535137</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.666712963</v>
+        <v>46035.5140625</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
-      <c r="F40">
-[...1 lines deleted...]
-      </c>
       <c r="G40">
-        <v>100.983333</v>
-[...2 lines deleted...]
-        <v>201240.33267</v>
+        <v>101.022189</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.0</v>
       </c>
       <c r="K40" s="2">
         <v>45838.0</v>
       </c>
       <c r="L40" s="2">
         <v>47299.0</v>
       </c>
       <c r="M40">
         <v>30000</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
         <v>0.333333</v>
       </c>
-      <c r="X40">
-        <v>6</v>
+      <c r="Q40">
+        <v>100.933333</v>
+      </c>
+      <c r="R40">
+        <v>101.733333</v>
+      </c>
+      <c r="S40">
+        <v>100.6</v>
+      </c>
+      <c r="T40">
+        <v>101.4</v>
+      </c>
+      <c r="U40">
+        <v>7.799491</v>
+      </c>
+      <c r="V40">
+        <v>7.535507</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.652719907</v>
+        <v>46034.41849537</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
-      <c r="F41">
-[...1 lines deleted...]
-      </c>
       <c r="G41">
-        <v>101.081111</v>
-[...2 lines deleted...]
-        <v>8086.48888</v>
+        <v>101.022189</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.0</v>
       </c>
       <c r="K41" s="2">
         <v>45838.0</v>
       </c>
       <c r="L41" s="2">
         <v>47299.0</v>
       </c>
       <c r="M41">
         <v>30000</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
         <v>0.311111</v>
       </c>
       <c r="Q41">
-        <v>101.081111</v>
+        <v>100.921111</v>
       </c>
       <c r="R41">
-        <v>101.311111</v>
+        <v>101.711111</v>
       </c>
       <c r="S41">
-        <v>100.77</v>
+        <v>100.61</v>
       </c>
       <c r="T41">
-        <v>101.0</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.4</v>
+      </c>
+      <c r="U41">
+        <v>7.796366</v>
+      </c>
+      <c r="V41">
+        <v>7.535877</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.416701389</v>
+        <v>46031.542835648</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
+      <c r="F42">
+        <v>-0.33</v>
+      </c>
       <c r="G42">
-        <v>101.122222</v>
+        <v>101.022189</v>
+      </c>
+      <c r="H42">
+        <v>5069.77745</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.0</v>
       </c>
       <c r="K42" s="2">
         <v>45838.0</v>
       </c>
       <c r="L42" s="2">
         <v>47299.0</v>
       </c>
       <c r="M42">
         <v>30000</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
         <v>0.288889</v>
       </c>
       <c r="Q42">
-        <v>100.938889</v>
+        <v>100.898889</v>
       </c>
       <c r="R42">
-        <v>101.188889</v>
+        <v>101.688889</v>
       </c>
       <c r="S42">
-        <v>100.65</v>
+        <v>100.61</v>
       </c>
       <c r="T42">
-        <v>100.9</v>
+        <v>101.4</v>
+      </c>
+      <c r="U42">
+        <v>7.796557</v>
+      </c>
+      <c r="V42">
+        <v>7.536248</v>
+      </c>
+      <c r="X42">
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.599652778</v>
+        <v>46030.432662037</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
-      <c r="F43">
-[...1 lines deleted...]
-      </c>
       <c r="G43">
-        <v>101.122222</v>
-[...2 lines deleted...]
-        <v>25280.5255</v>
+        <v>101.355556</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.0</v>
       </c>
       <c r="K43" s="2">
         <v>45838.0</v>
       </c>
       <c r="L43" s="2">
         <v>47299.0</v>
       </c>
       <c r="M43">
         <v>30000</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>0.222222</v>
+        <v>0.266667</v>
       </c>
       <c r="Q43">
-        <v>100.872222</v>
+        <v>101.466667</v>
       </c>
       <c r="R43">
-        <v>101.122222</v>
+        <v>101.666667</v>
       </c>
       <c r="S43">
-        <v>100.65</v>
+        <v>101.2</v>
       </c>
       <c r="T43">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>101.4</v>
+      </c>
+      <c r="U43">
+        <v>7.602253</v>
+      </c>
+      <c r="V43">
+        <v>7.53662</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.62306713</v>
+        <v>46029.418090278</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
-      <c r="F44">
-[...1 lines deleted...]
-      </c>
       <c r="G44">
-        <v>100.7</v>
-[...2 lines deleted...]
-        <v>36262.0</v>
+        <v>101.355556</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.0</v>
       </c>
       <c r="K44" s="2">
         <v>45838.0</v>
       </c>
       <c r="L44" s="2">
         <v>47299.0</v>
       </c>
       <c r="M44">
         <v>30000</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
         <v>0.2</v>
       </c>
       <c r="Q44">
-        <v>100.7</v>
+        <v>101.4</v>
       </c>
       <c r="R44">
-        <v>101.1</v>
+        <v>102.2</v>
       </c>
       <c r="S44">
-        <v>100.5</v>
+        <v>101.2</v>
       </c>
       <c r="T44">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>102.0</v>
+      </c>
+      <c r="U44">
+        <v>7.603239</v>
+      </c>
+      <c r="V44">
+        <v>7.342145</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.639328704</v>
+        <v>46028.418136574</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="G45">
-        <v>101.028333</v>
+        <v>101.355556</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.0</v>
       </c>
       <c r="K45" s="2">
         <v>45838.0</v>
       </c>
       <c r="L45" s="2">
         <v>47299.0</v>
       </c>
       <c r="M45">
         <v>30000</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
         <v>0.177778</v>
       </c>
       <c r="Q45">
-        <v>100.527778</v>
+        <v>101.377778</v>
       </c>
       <c r="R45">
-        <v>100.677778</v>
+        <v>102.2</v>
       </c>
       <c r="S45">
-        <v>100.35</v>
+        <v>101.2</v>
       </c>
       <c r="T45">
-        <v>100.5</v>
+        <v>102.022222</v>
+      </c>
+      <c r="U45">
+        <v>7.60357</v>
+      </c>
+      <c r="V45">
+        <v>7.335441</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.416701389</v>
+        <v>46027.585046296</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
+      <c r="F46">
+        <v>-0.96</v>
+      </c>
       <c r="G46">
-        <v>101.028333</v>
+        <v>101.355556</v>
+      </c>
+      <c r="H46">
+        <v>1013.55556</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.0</v>
       </c>
       <c r="K46" s="2">
         <v>45838.0</v>
       </c>
       <c r="L46" s="2">
         <v>47299.0</v>
       </c>
       <c r="M46">
         <v>30000</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
         <v>0.155556</v>
       </c>
       <c r="Q46">
-        <v>100.505556</v>
+        <v>101.355556</v>
       </c>
       <c r="R46">
-        <v>101.050556</v>
+        <v>102.5</v>
       </c>
       <c r="S46">
-        <v>100.35</v>
+        <v>101.2</v>
       </c>
       <c r="T46">
-        <v>100.895</v>
+        <v>102.344444</v>
+      </c>
+      <c r="U46">
+        <v>7.603902</v>
+      </c>
+      <c r="V46">
+        <v>7.231634</v>
+      </c>
+      <c r="X46">
+        <v>1</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.616909722</v>
+        <v>46024.635405093</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="F47">
-        <v>0.71</v>
+        <v>-0.01</v>
       </c>
       <c r="G47">
-        <v>101.028333</v>
+        <v>102.333333</v>
       </c>
       <c r="H47">
-        <v>10102.8333</v>
+        <v>3037.99999</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.0</v>
       </c>
       <c r="K47" s="2">
         <v>45838.0</v>
       </c>
       <c r="L47" s="2">
         <v>47299.0</v>
       </c>
       <c r="M47">
         <v>30000</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
         <v>0.133333</v>
       </c>
       <c r="Q47">
-        <v>100.483333</v>
+        <v>101.333333</v>
       </c>
       <c r="R47">
-        <v>101.028333</v>
+        <v>102.573333</v>
       </c>
       <c r="S47">
-        <v>100.35</v>
+        <v>101.2</v>
       </c>
       <c r="T47">
-        <v>100.895</v>
+        <v>102.44</v>
+      </c>
+      <c r="U47">
+        <v>7.604235</v>
+      </c>
+      <c r="V47">
+        <v>7.201379</v>
       </c>
       <c r="X47">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.505844907</v>
+        <v>46021.539085648</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="F48">
-        <v>-0.57</v>
+        <v>0.36</v>
       </c>
       <c r="G48">
-        <v>100.316667</v>
+        <v>102.344444</v>
       </c>
       <c r="H48">
-        <v>3009.50001</v>
+        <v>51172.222</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.0</v>
       </c>
       <c r="K48" s="2">
         <v>45838.0</v>
       </c>
       <c r="L48" s="2">
         <v>47299.0</v>
       </c>
       <c r="M48">
         <v>30000</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>0.066667</v>
+        <v>0.044444</v>
       </c>
       <c r="Q48">
-        <v>100.366667</v>
+        <v>100.644444</v>
       </c>
       <c r="R48">
-        <v>100.916667</v>
+        <v>102.344444</v>
       </c>
       <c r="S48">
-        <v>100.3</v>
+        <v>100.6</v>
       </c>
       <c r="T48">
-        <v>100.85</v>
+        <v>102.3</v>
+      </c>
+      <c r="U48">
+        <v>7.802034</v>
+      </c>
+      <c r="V48">
+        <v>7.248893</v>
       </c>
       <c r="X48">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>45930.555555556</v>
+        <v>46020.355289352</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
-      <c r="F49">
-[...1 lines deleted...]
-      </c>
       <c r="G49">
-        <v>100.894444</v>
-[...2 lines deleted...]
-        <v>2017.88888</v>
+        <v>101.977778</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>8.0</v>
       </c>
       <c r="K49" s="2">
         <v>45838.0</v>
       </c>
       <c r="L49" s="2">
         <v>47299.0</v>
       </c>
       <c r="M49">
         <v>30000</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
-      <c r="P49">
-[...1 lines deleted...]
-      </c>
       <c r="Q49">
-        <v>100.294444</v>
+        <v>100.6</v>
       </c>
       <c r="R49">
-        <v>100.894444</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>102.3</v>
+      </c>
+      <c r="U49">
+        <v>7.802443</v>
+      </c>
+      <c r="V49">
+        <v>7.250053</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>45929.522083333</v>
+        <v>46014.645740741</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="F50">
-        <v>-2.53</v>
+        <v>0.62</v>
       </c>
       <c r="G50">
-        <v>100.272222</v>
+        <v>101.977778</v>
       </c>
       <c r="H50">
-        <v>2005.44444</v>
+        <v>46894.77788</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>8.0</v>
       </c>
       <c r="K50" s="2">
         <v>45838.0</v>
       </c>
       <c r="L50" s="2">
         <v>47299.0</v>
       </c>
       <c r="M50">
         <v>30000</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>0.022222</v>
+        <v>-0.022222</v>
       </c>
       <c r="Q50">
-        <v>100.272222</v>
+        <v>100.977778</v>
       </c>
       <c r="R50">
-        <v>100.921222</v>
+        <v>102.277778</v>
       </c>
       <c r="S50">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T50">
-        <v>100.899</v>
+        <v>102.3</v>
+      </c>
+      <c r="U50">
+        <v>7.671794</v>
+      </c>
+      <c r="V50">
+        <v>7.250634</v>
       </c>
       <c r="X50">
-        <v>1</v>
+        <v>4</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>45926.416712963</v>
+        <v>46013.606516204</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
+      <c r="F51">
+        <v>1.02</v>
+      </c>
       <c r="G51">
-        <v>102.877778</v>
+        <v>101.346667</v>
+      </c>
+      <c r="H51">
+        <v>2026.93334</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>8.0</v>
       </c>
       <c r="K51" s="2">
         <v>45838.0</v>
       </c>
       <c r="L51" s="2">
         <v>47299.0</v>
       </c>
       <c r="M51">
         <v>30000</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
+      <c r="P51">
+        <v>-0.133333</v>
+      </c>
       <c r="Q51">
-        <v>100.25</v>
+        <v>100.466667</v>
       </c>
       <c r="R51">
-        <v>100.9</v>
+        <v>101.766667</v>
+      </c>
+      <c r="S51">
+        <v>100.6</v>
+      </c>
+      <c r="T51">
+        <v>101.9</v>
+      </c>
+      <c r="U51">
+        <v>7.803703</v>
+      </c>
+      <c r="V51">
+        <v>7.382034</v>
+      </c>
+      <c r="X51">
+        <v>1</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>45925.497939815</v>
+        <v>46010.355729167</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
-      <c r="F52">
-[...1 lines deleted...]
-      </c>
       <c r="G52">
-        <v>102.877778</v>
-[...2 lines deleted...]
-        <v>1028.77778</v>
+        <v>100.322222</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>8.0</v>
       </c>
       <c r="K52" s="2">
         <v>45838.0</v>
       </c>
       <c r="L52" s="2">
         <v>47299.0</v>
       </c>
       <c r="M52">
         <v>30000</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>1.977778</v>
+        <v>-0.155556</v>
       </c>
       <c r="Q52">
-        <v>102.227778</v>
+        <v>100.444444</v>
       </c>
       <c r="R52">
-        <v>102.877778</v>
+        <v>101.324444</v>
       </c>
       <c r="S52">
-        <v>100.25</v>
+        <v>100.6</v>
       </c>
       <c r="T52">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.48</v>
+      </c>
+      <c r="U52">
+        <v>7.803918</v>
+      </c>
+      <c r="V52">
+        <v>7.517986</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>45924.637511574</v>
+        <v>46009.66525463</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="F53">
-        <v>0.21</v>
+        <v>-2.7</v>
       </c>
       <c r="G53">
-        <v>102.911111</v>
+        <v>100.322222</v>
       </c>
       <c r="H53">
-        <v>82234.3888</v>
+        <v>1003.22222</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>8.0</v>
       </c>
       <c r="K53" s="2">
         <v>45838.0</v>
       </c>
       <c r="L53" s="2">
         <v>47299.0</v>
       </c>
       <c r="M53">
         <v>30000</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>1.911111</v>
+        <v>-0.177778</v>
       </c>
       <c r="Q53">
-        <v>102.161111</v>
+        <v>100.422222</v>
       </c>
       <c r="R53">
-        <v>102.811111</v>
+        <v>101.302222</v>
       </c>
       <c r="S53">
-        <v>100.25</v>
+        <v>100.6</v>
       </c>
       <c r="T53">
-        <v>100.9</v>
+        <v>101.48</v>
+      </c>
+      <c r="U53">
+        <v>7.804133</v>
+      </c>
+      <c r="V53">
+        <v>7.518393</v>
       </c>
       <c r="X53">
-        <v>6</v>
+        <v>1</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>45923.416782407</v>
+        <v>46008.658680556</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
+      <c r="F54">
+        <v>0.36</v>
+      </c>
       <c r="G54">
-        <v>102.694444</v>
+        <v>103.105556</v>
+      </c>
+      <c r="H54">
+        <v>1031.05556</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>8.0</v>
       </c>
       <c r="K54" s="2">
         <v>45838.0</v>
       </c>
       <c r="L54" s="2">
         <v>47299.0</v>
       </c>
       <c r="M54">
         <v>30000</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>1.888889</v>
+        <v>1.755556</v>
       </c>
       <c r="Q54">
-        <v>102.138889</v>
+        <v>103.105556</v>
       </c>
       <c r="R54">
-        <v>102.388889</v>
+        <v>103.235556</v>
       </c>
       <c r="S54">
-        <v>100.25</v>
+        <v>101.35</v>
       </c>
       <c r="T54">
-        <v>100.5</v>
+        <v>101.48</v>
+      </c>
+      <c r="U54">
+        <v>7.560089</v>
+      </c>
+      <c r="V54">
+        <v>7.518154</v>
+      </c>
+      <c r="X54">
+        <v>1</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>45922.642013889</v>
+        <v>46007.555601852</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
+      <c r="F55">
+        <v>0.02</v>
+      </c>
       <c r="G55">
-        <v>102.694444</v>
+        <v>102.733333</v>
+      </c>
+      <c r="H55">
+        <v>3081.99999</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>8.0</v>
       </c>
       <c r="K55" s="2">
         <v>45838.0</v>
       </c>
       <c r="L55" s="2">
         <v>47299.0</v>
       </c>
       <c r="M55">
         <v>30000</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>1.866667</v>
+        <v>1.733333</v>
       </c>
       <c r="Q55">
-        <v>102.116667</v>
+        <v>102.333333</v>
       </c>
       <c r="R55">
-        <v>102.366667</v>
+        <v>103.213333</v>
       </c>
       <c r="S55">
-        <v>100.25</v>
+        <v>100.6</v>
       </c>
       <c r="T55">
-        <v>100.5</v>
+        <v>101.48</v>
+      </c>
+      <c r="U55">
+        <v>7.803333</v>
+      </c>
+      <c r="V55">
+        <v>7.518433</v>
+      </c>
+      <c r="X55">
+        <v>1</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>45919.451921296</v>
+        <v>46006.556134259</v>
       </c>
       <c r="B56" t="s">
         <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="F56">
-        <v>0.11</v>
+        <v>0.6</v>
       </c>
       <c r="G56">
-        <v>102.694444</v>
+        <v>102.711111</v>
       </c>
       <c r="H56">
-        <v>4107.77776</v>
+        <v>2054.22222</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>8.0</v>
       </c>
       <c r="K56" s="2">
         <v>45838.0</v>
       </c>
       <c r="L56" s="2">
         <v>47299.0</v>
       </c>
       <c r="M56">
         <v>30000</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>1.844444</v>
+        <v>1.711111</v>
       </c>
       <c r="Q56">
-        <v>102.094444</v>
+        <v>102.711111</v>
       </c>
       <c r="R56">
-        <v>102.694444</v>
+        <v>103.201111</v>
       </c>
       <c r="S56">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T56">
-        <v>100.85</v>
+        <v>101.49</v>
+      </c>
+      <c r="U56">
+        <v>7.673648</v>
+      </c>
+      <c r="V56">
+        <v>7.515494</v>
       </c>
       <c r="X56">
         <v>1</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>45918.416689815</v>
+        <v>46003.355509259</v>
       </c>
       <c r="B57" t="s">
         <v>24</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="G57">
-        <v>102.582333</v>
+        <v>102.1</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>8.0</v>
       </c>
       <c r="K57" s="2">
         <v>45838.0</v>
       </c>
       <c r="L57" s="2">
         <v>47299.0</v>
       </c>
       <c r="M57">
         <v>30000</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>1.822222</v>
+        <v>1.688889</v>
       </c>
       <c r="Q57">
-        <v>102.072222</v>
+        <v>102.688889</v>
       </c>
       <c r="R57">
-        <v>102.672222</v>
+        <v>103.178889</v>
       </c>
       <c r="S57">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T57">
-        <v>100.85</v>
+        <v>101.49</v>
+      </c>
+      <c r="U57">
+        <v>7.673822</v>
+      </c>
+      <c r="V57">
+        <v>7.515777</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>45917.431261574</v>
+        <v>46002.355613426</v>
       </c>
       <c r="B58" t="s">
         <v>24</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="G58">
-        <v>102.582333</v>
+        <v>102.1</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>8.0</v>
       </c>
       <c r="K58" s="2">
         <v>45838.0</v>
       </c>
       <c r="L58" s="2">
         <v>47299.0</v>
       </c>
       <c r="M58">
         <v>30000</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>1.755556</v>
+        <v>1.666667</v>
       </c>
       <c r="Q58">
-        <v>102.005556</v>
+        <v>102.666667</v>
       </c>
       <c r="R58">
-        <v>102.555556</v>
+        <v>103.156667</v>
       </c>
       <c r="S58">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T58">
-        <v>100.8</v>
+        <v>101.49</v>
+      </c>
+      <c r="U58">
+        <v>7.673997</v>
+      </c>
+      <c r="V58">
+        <v>7.51606</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>45916.575416667</v>
+        <v>46001.554085648</v>
       </c>
       <c r="B59" t="s">
         <v>24</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="F59">
-        <v>0.46</v>
+        <v>-0.04</v>
       </c>
       <c r="G59">
-        <v>102.582333</v>
+        <v>102.1</v>
       </c>
       <c r="H59">
-        <v>5129.12665</v>
+        <v>5105.0</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>8.0</v>
       </c>
       <c r="K59" s="2">
         <v>45838.0</v>
       </c>
       <c r="L59" s="2">
         <v>47299.0</v>
       </c>
       <c r="M59">
         <v>30000</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>1.733333</v>
+        <v>1.6</v>
       </c>
       <c r="Q59">
-        <v>101.983333</v>
+        <v>102.6</v>
       </c>
       <c r="R59">
-        <v>102.533333</v>
+        <v>103.09</v>
       </c>
       <c r="S59">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T59">
-        <v>100.8</v>
+        <v>101.49</v>
+      </c>
+      <c r="U59">
+        <v>7.674531</v>
+      </c>
+      <c r="V59">
+        <v>7.516919</v>
       </c>
       <c r="X59">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>45915.597488426</v>
+        <v>46000.611261574</v>
       </c>
       <c r="B60" t="s">
         <v>24</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="F60">
-        <v>-0.47</v>
+        <v>-0.49</v>
       </c>
       <c r="G60">
-        <v>102.111111</v>
+        <v>102.137778</v>
       </c>
       <c r="H60">
-        <v>9189.99999</v>
+        <v>1021.37778</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>8.0</v>
       </c>
       <c r="K60" s="2">
         <v>45838.0</v>
       </c>
       <c r="L60" s="2">
         <v>47299.0</v>
       </c>
       <c r="M60">
         <v>30000</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>1.711111</v>
+        <v>1.577778</v>
       </c>
       <c r="Q60">
-        <v>101.961111</v>
+        <v>102.077778</v>
       </c>
       <c r="R60">
-        <v>102.111111</v>
+        <v>102.577778</v>
       </c>
       <c r="S60">
-        <v>100.25</v>
+        <v>100.5</v>
       </c>
       <c r="T60">
-        <v>100.4</v>
+        <v>101.0</v>
+      </c>
+      <c r="U60">
+        <v>7.836348</v>
+      </c>
+      <c r="V60">
+        <v>7.674711</v>
       </c>
       <c r="X60">
-        <v>4</v>
+        <v>1</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>45912.544293981</v>
+        <v>45999.355497685</v>
       </c>
       <c r="B61" t="s">
         <v>24</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
-      <c r="F61">
-[...1 lines deleted...]
-      </c>
       <c r="G61">
-        <v>102.588889</v>
-[...2 lines deleted...]
-        <v>16411.62224</v>
+        <v>102.644444</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>8.0</v>
       </c>
       <c r="K61" s="2">
         <v>45838.0</v>
       </c>
       <c r="L61" s="2">
         <v>47299.0</v>
       </c>
       <c r="M61">
         <v>30000</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>1.688889</v>
+        <v>1.555556</v>
       </c>
       <c r="Q61">
-        <v>102.088889</v>
+        <v>102.115556</v>
       </c>
       <c r="R61">
-        <v>102.588889</v>
+        <v>103.045556</v>
       </c>
       <c r="S61">
-        <v>100.4</v>
+        <v>100.56</v>
       </c>
       <c r="T61">
-        <v>100.9</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>101.49</v>
+      </c>
+      <c r="U61">
+        <v>7.816987</v>
+      </c>
+      <c r="V61">
+        <v>7.517496</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45911.47619213</v>
+        <v>45996.355231481</v>
       </c>
       <c r="B62" t="s">
         <v>24</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="G62">
-        <v>102.827778</v>
+        <v>102.644444</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>8.0</v>
       </c>
       <c r="K62" s="2">
         <v>45838.0</v>
       </c>
       <c r="L62" s="2">
         <v>47299.0</v>
       </c>
       <c r="M62">
         <v>30000</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>1.666667</v>
+        <v>1.533333</v>
       </c>
       <c r="Q62">
-        <v>102.496667</v>
+        <v>102.093333</v>
       </c>
       <c r="R62">
-        <v>102.566667</v>
+        <v>103.023333</v>
       </c>
       <c r="S62">
-        <v>100.83</v>
+        <v>100.56</v>
       </c>
       <c r="T62">
-        <v>100.9</v>
+        <v>101.49</v>
+      </c>
+      <c r="U62">
+        <v>7.817073</v>
+      </c>
+      <c r="V62">
+        <v>7.517786</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45910.534502315</v>
+        <v>45995.35537037</v>
       </c>
       <c r="B63" t="s">
         <v>24</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="G63">
-        <v>102.827778</v>
+        <v>102.644444</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>8.0</v>
       </c>
       <c r="K63" s="2">
         <v>45838.0</v>
       </c>
       <c r="L63" s="2">
         <v>47299.0</v>
       </c>
       <c r="M63">
         <v>30000</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>1.6</v>
+        <v>1.511111</v>
       </c>
       <c r="Q63">
-        <v>102.43</v>
+        <v>102.071111</v>
       </c>
       <c r="R63">
-        <v>102.85</v>
+        <v>103.001111</v>
       </c>
       <c r="S63">
-        <v>100.83</v>
+        <v>100.56</v>
       </c>
       <c r="T63">
-        <v>101.25</v>
+        <v>101.49</v>
+      </c>
+      <c r="U63">
+        <v>7.81716</v>
+      </c>
+      <c r="V63">
+        <v>7.518077</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45909.656736111</v>
+        <v>45994.535104167</v>
       </c>
       <c r="B64" t="s">
         <v>24</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="F64">
-        <v>0.04</v>
+        <v>-0.26</v>
       </c>
       <c r="G64">
-        <v>102.827778</v>
+        <v>102.644444</v>
       </c>
       <c r="H64">
-        <v>3084.33334</v>
+        <v>5132.2222</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>8.0</v>
       </c>
       <c r="K64" s="2">
         <v>45838.0</v>
       </c>
       <c r="L64" s="2">
         <v>47299.0</v>
       </c>
       <c r="M64">
         <v>30000</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>1.577778</v>
+        <v>1.444444</v>
       </c>
       <c r="Q64">
-        <v>102.547778</v>
+        <v>102.004444</v>
       </c>
       <c r="R64">
-        <v>102.827778</v>
+        <v>102.934444</v>
       </c>
       <c r="S64">
-        <v>100.97</v>
+        <v>100.56</v>
       </c>
       <c r="T64">
-        <v>101.25</v>
+        <v>101.49</v>
+      </c>
+      <c r="U64">
+        <v>7.81743</v>
+      </c>
+      <c r="V64">
+        <v>7.518956</v>
       </c>
       <c r="X64">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45908.418171296</v>
+        <v>45993.518703704</v>
       </c>
       <c r="B65" t="s">
         <v>24</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
+      <c r="F65">
+        <v>0.52</v>
+      </c>
       <c r="G65">
-        <v>102.783333</v>
+        <v>102.912222</v>
+      </c>
+      <c r="H65">
+        <v>1029.12222</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>8.0</v>
       </c>
       <c r="K65" s="2">
         <v>45838.0</v>
       </c>
       <c r="L65" s="2">
         <v>47299.0</v>
       </c>
       <c r="M65">
         <v>30000</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>1.555556</v>
+        <v>1.422222</v>
       </c>
       <c r="Q65">
-        <v>102.755556</v>
+        <v>102.422222</v>
       </c>
       <c r="R65">
-        <v>102.805556</v>
+        <v>102.912222</v>
       </c>
       <c r="S65">
-        <v>101.2</v>
+        <v>101.0</v>
       </c>
       <c r="T65">
-        <v>101.25</v>
+        <v>101.49</v>
+      </c>
+      <c r="U65">
+        <v>7.676007</v>
+      </c>
+      <c r="V65">
+        <v>7.519251</v>
+      </c>
+      <c r="X65">
+        <v>1</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45905.421273148</v>
+        <v>45992.616006944</v>
       </c>
       <c r="B66" t="s">
         <v>24</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
-      <c r="F66">
-[...1 lines deleted...]
-      </c>
       <c r="G66">
-        <v>102.783333</v>
-[...2 lines deleted...]
-        <v>1027.83333</v>
+        <v>102.377778</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>8.0</v>
       </c>
       <c r="K66" s="2">
         <v>45838.0</v>
       </c>
       <c r="L66" s="2">
         <v>47299.0</v>
       </c>
       <c r="M66">
         <v>30000</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>1.533333</v>
+        <v>1.4</v>
       </c>
       <c r="Q66">
-        <v>102.503333</v>
+        <v>102.15</v>
       </c>
       <c r="R66">
-        <v>102.783333</v>
+        <v>102.89</v>
       </c>
       <c r="S66">
-        <v>100.97</v>
+        <v>100.75</v>
       </c>
       <c r="T66">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>101.49</v>
+      </c>
+      <c r="U66">
+        <v>7.756461</v>
+      </c>
+      <c r="V66">
+        <v>7.519547</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45904.420208333</v>
+        <v>45989.655821759</v>
       </c>
       <c r="B67" t="s">
         <v>24</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
+      <c r="F67">
+        <v>-0.46</v>
+      </c>
       <c r="G67">
-        <v>101.777778</v>
+        <v>102.377778</v>
+      </c>
+      <c r="H67">
+        <v>16380.44448</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>8.0</v>
       </c>
       <c r="K67" s="2">
         <v>45838.0</v>
       </c>
       <c r="L67" s="2">
         <v>47299.0</v>
       </c>
       <c r="M67">
         <v>30000</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>1.511111</v>
+        <v>1.377778</v>
       </c>
       <c r="Q67">
-        <v>102.481111</v>
+        <v>102.377778</v>
       </c>
       <c r="R67">
-        <v>102.761111</v>
+        <v>102.877778</v>
       </c>
       <c r="S67">
-        <v>100.97</v>
+        <v>101.0</v>
       </c>
       <c r="T67">
-        <v>101.25</v>
+        <v>101.5</v>
+      </c>
+      <c r="U67">
+        <v>7.676388</v>
+      </c>
+      <c r="V67">
+        <v>7.516659</v>
+      </c>
+      <c r="X67">
+        <v>6</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45903.631273148</v>
+        <v>45988.528958333</v>
       </c>
       <c r="B68" t="s">
         <v>24</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
+      <c r="F68">
+        <v>0.26</v>
+      </c>
       <c r="G68">
-        <v>101.777778</v>
+        <v>102.855556</v>
+      </c>
+      <c r="H68">
+        <v>5135.1778</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>8.0</v>
       </c>
       <c r="K68" s="2">
         <v>45838.0</v>
       </c>
       <c r="L68" s="2">
         <v>47299.0</v>
       </c>
       <c r="M68">
         <v>30000</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>1.444444</v>
+        <v>1.355556</v>
       </c>
       <c r="Q68">
-        <v>102.264444</v>
+        <v>102.355556</v>
       </c>
       <c r="R68">
-        <v>102.694444</v>
+        <v>102.855556</v>
       </c>
       <c r="S68">
-        <v>100.82</v>
+        <v>101.0</v>
       </c>
       <c r="T68">
-        <v>101.25</v>
+        <v>101.5</v>
+      </c>
+      <c r="U68">
+        <v>7.676581</v>
+      </c>
+      <c r="V68">
+        <v>7.516959</v>
+      </c>
+      <c r="X68">
+        <v>2</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45902.438020833</v>
+        <v>45987.452835648</v>
       </c>
       <c r="B69" t="s">
         <v>24</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="G69">
-        <v>101.777778</v>
+        <v>102.588889</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>8.0</v>
       </c>
       <c r="K69" s="2">
         <v>45838.0</v>
       </c>
       <c r="L69" s="2">
         <v>47299.0</v>
       </c>
       <c r="M69">
         <v>30000</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>1.422222</v>
+        <v>1.288889</v>
       </c>
       <c r="Q69">
-        <v>102.222222</v>
+        <v>100.288889</v>
       </c>
       <c r="R69">
-        <v>102.672222</v>
+        <v>102.028889</v>
       </c>
       <c r="S69">
-        <v>100.8</v>
+        <v>99.0</v>
       </c>
       <c r="T69">
-        <v>101.25</v>
+        <v>100.74</v>
+      </c>
+      <c r="U69">
+        <v>8.323657</v>
+      </c>
+      <c r="V69">
+        <v>7.760364</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45901.434710648</v>
+        <v>45986.355497685</v>
       </c>
       <c r="B70" t="s">
         <v>24</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="G70">
-        <v>101.777778</v>
+        <v>102.588889</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>8.0</v>
       </c>
       <c r="K70" s="2">
         <v>45838.0</v>
       </c>
       <c r="L70" s="2">
         <v>47299.0</v>
       </c>
       <c r="M70">
         <v>30000</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>1.4</v>
+        <v>1.266667</v>
       </c>
       <c r="Q70">
-        <v>102.25</v>
+        <v>101.766667</v>
       </c>
       <c r="R70">
-        <v>102.65</v>
+        <v>102.006667</v>
       </c>
       <c r="S70">
-        <v>100.85</v>
+        <v>100.5</v>
       </c>
       <c r="T70">
-        <v>101.25</v>
+        <v>100.74</v>
+      </c>
+      <c r="U70">
+        <v>7.837473</v>
+      </c>
+      <c r="V70">
+        <v>7.760505</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45898.601273148</v>
+        <v>45985.355393519</v>
       </c>
       <c r="B71" t="s">
         <v>24</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
-      <c r="F71">
-[...1 lines deleted...]
-      </c>
       <c r="G71">
-        <v>101.777778</v>
-[...2 lines deleted...]
-        <v>1017.77778</v>
+        <v>102.588889</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>8.0</v>
       </c>
       <c r="K71" s="2">
         <v>45838.0</v>
       </c>
       <c r="L71" s="2">
         <v>47299.0</v>
       </c>
       <c r="M71">
         <v>30000</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>1.377778</v>
+        <v>1.244444</v>
       </c>
       <c r="Q71">
-        <v>101.777778</v>
+        <v>101.744444</v>
       </c>
       <c r="R71">
-        <v>102.627778</v>
+        <v>101.984444</v>
       </c>
       <c r="S71">
-        <v>100.4</v>
+        <v>100.5</v>
       </c>
       <c r="T71">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.74</v>
+      </c>
+      <c r="U71">
+        <v>7.837565</v>
+      </c>
+      <c r="V71">
+        <v>7.760648</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45897.49744213</v>
+        <v>45982.355416667</v>
       </c>
       <c r="B72" t="s">
         <v>24</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
-      <c r="F72">
-[...1 lines deleted...]
-      </c>
       <c r="G72">
-        <v>102.595556</v>
-[...2 lines deleted...]
-        <v>42066.97796</v>
+        <v>102.588889</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>8.0</v>
       </c>
       <c r="K72" s="2">
         <v>45838.0</v>
       </c>
       <c r="L72" s="2">
         <v>47299.0</v>
       </c>
       <c r="M72">
         <v>30000</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>1.355556</v>
+        <v>1.222222</v>
       </c>
       <c r="Q72">
-        <v>101.755556</v>
+        <v>101.722222</v>
       </c>
       <c r="R72">
-        <v>102.605556</v>
+        <v>101.962222</v>
       </c>
       <c r="S72">
-        <v>100.4</v>
+        <v>100.5</v>
       </c>
       <c r="T72">
-        <v>101.25</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>100.74</v>
+      </c>
+      <c r="U72">
+        <v>7.837657</v>
+      </c>
+      <c r="V72">
+        <v>7.760792</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45896.643819444</v>
+        <v>45981.544525463</v>
       </c>
       <c r="B73" t="s">
         <v>24</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
-      <c r="F73">
-[...1 lines deleted...]
-      </c>
       <c r="G73">
-        <v>102.551111</v>
-[...2 lines deleted...]
-        <v>12306.63332</v>
+        <v>102.588889</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>8.0</v>
       </c>
       <c r="K73" s="2">
         <v>45838.0</v>
       </c>
       <c r="L73" s="2">
         <v>47299.0</v>
       </c>
       <c r="M73">
         <v>30000</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>1.311111</v>
+        <v>1.2</v>
       </c>
       <c r="Q73">
-        <v>101.711111</v>
+        <v>101.7</v>
       </c>
       <c r="R73">
-        <v>102.551111</v>
+        <v>101.94</v>
       </c>
       <c r="S73">
-        <v>100.4</v>
+        <v>100.5</v>
       </c>
       <c r="T73">
-        <v>101.24</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>100.74</v>
+      </c>
+      <c r="U73">
+        <v>7.837751</v>
+      </c>
+      <c r="V73">
+        <v>7.760937</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45895.515868056</v>
+        <v>45980.417638889</v>
       </c>
       <c r="B74" t="s">
         <v>24</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="G74">
-        <v>101.516667</v>
+        <v>102.588889</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>8.0</v>
       </c>
       <c r="K74" s="2">
         <v>45838.0</v>
       </c>
       <c r="L74" s="2">
         <v>47299.0</v>
       </c>
       <c r="M74">
         <v>30000</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>1.288889</v>
+        <v>1.133333</v>
       </c>
       <c r="Q74">
-        <v>101.888889</v>
+        <v>101.847222</v>
       </c>
       <c r="R74">
-        <v>102.528889</v>
+        <v>101.873333</v>
       </c>
       <c r="S74">
-        <v>100.6</v>
+        <v>100.713889</v>
       </c>
       <c r="T74">
-        <v>101.24</v>
+        <v>100.74</v>
+      </c>
+      <c r="U74">
+        <v>7.76971</v>
+      </c>
+      <c r="V74">
+        <v>7.76138</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45894.460509259</v>
+        <v>45979.612743056</v>
       </c>
       <c r="B75" t="s">
         <v>24</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
-      <c r="F75">
-[...1 lines deleted...]
-      </c>
       <c r="G75">
-        <v>101.516667</v>
-[...2 lines deleted...]
-        <v>1015.16667</v>
+        <v>102.588889</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>8.0</v>
       </c>
       <c r="K75" s="2">
         <v>45838.0</v>
       </c>
       <c r="L75" s="2">
         <v>47299.0</v>
       </c>
       <c r="M75">
         <v>30000</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>1.266667</v>
+        <v>1.111111</v>
       </c>
       <c r="Q75">
-        <v>101.766667</v>
+        <v>101.111111</v>
       </c>
       <c r="R75">
-        <v>102.506667</v>
+        <v>101.851111</v>
       </c>
       <c r="S75">
-        <v>100.5</v>
+        <v>100.0</v>
       </c>
       <c r="T75">
-        <v>101.24</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.74</v>
+      </c>
+      <c r="U75">
+        <v>7.998427</v>
+      </c>
+      <c r="V75">
+        <v>7.76153</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45891.648159722</v>
+        <v>45978.610590278</v>
       </c>
       <c r="B76" t="s">
         <v>24</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="F76">
-        <v>0.24</v>
+        <v>1.31</v>
       </c>
       <c r="G76">
-        <v>102.494444</v>
+        <v>102.588889</v>
       </c>
       <c r="H76">
-        <v>47122.94424</v>
+        <v>2051.77778</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>8.0</v>
       </c>
       <c r="K76" s="2">
         <v>45838.0</v>
       </c>
       <c r="L76" s="2">
         <v>47299.0</v>
       </c>
       <c r="M76">
         <v>30000</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>1.244444</v>
+        <v>1.088889</v>
       </c>
       <c r="Q76">
-        <v>102.044444</v>
+        <v>102.588889</v>
       </c>
       <c r="R76">
-        <v>102.494444</v>
+        <v>102.688889</v>
       </c>
       <c r="S76">
-        <v>100.8</v>
+        <v>101.5</v>
       </c>
       <c r="T76">
-        <v>101.25</v>
+        <v>101.6</v>
+      </c>
+      <c r="U76">
+        <v>7.520639</v>
+      </c>
+      <c r="V76">
+        <v>7.489079</v>
       </c>
       <c r="X76">
-        <v>5</v>
+        <v>1</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45890.511180556</v>
+        <v>45975.451782407</v>
       </c>
       <c r="B77" t="s">
         <v>24</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="F77">
-        <v>0.02</v>
+        <v>0.31</v>
       </c>
       <c r="G77">
-        <v>102.252222</v>
+        <v>101.266667</v>
       </c>
       <c r="H77">
-        <v>2045.04444</v>
+        <v>6100.00002</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>8.0</v>
       </c>
       <c r="K77" s="2">
         <v>45838.0</v>
       </c>
       <c r="L77" s="2">
         <v>47299.0</v>
       </c>
       <c r="M77">
         <v>30000</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>1.222222</v>
+        <v>1.066667</v>
       </c>
       <c r="Q77">
-        <v>101.922222</v>
+        <v>101.066667</v>
       </c>
       <c r="R77">
-        <v>102.272222</v>
+        <v>102.566667</v>
       </c>
       <c r="S77">
-        <v>100.7</v>
+        <v>100.0</v>
       </c>
       <c r="T77">
-        <v>101.05</v>
+        <v>101.5</v>
+      </c>
+      <c r="U77">
+        <v>7.998417</v>
+      </c>
+      <c r="V77">
+        <v>7.520952</v>
       </c>
       <c r="X77">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45889.354861111</v>
+        <v>45974.355833333</v>
       </c>
       <c r="B78" t="s">
         <v>24</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="G78">
-        <v>102.233333</v>
+        <v>100.955556</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>8.0</v>
       </c>
       <c r="K78" s="2">
         <v>45838.0</v>
       </c>
       <c r="L78" s="2">
         <v>47299.0</v>
       </c>
       <c r="M78">
         <v>30000</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>1.155556</v>
+        <v>1.044444</v>
+      </c>
+      <c r="Q78">
+        <v>102.044444</v>
+      </c>
+      <c r="R78">
+        <v>102.544444</v>
+      </c>
+      <c r="S78">
+        <v>101.0</v>
+      </c>
+      <c r="T78">
+        <v>101.5</v>
+      </c>
+      <c r="U78">
+        <v>7.6794</v>
+      </c>
+      <c r="V78">
+        <v>7.521266</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45888.565729167</v>
+        <v>45973.598159722</v>
       </c>
       <c r="B79" t="s">
         <v>24</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
-      <c r="F79">
-[...1 lines deleted...]
-      </c>
       <c r="G79">
-        <v>102.233333</v>
-[...2 lines deleted...]
-        <v>5108.66665</v>
+        <v>100.955556</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>8.0</v>
       </c>
       <c r="K79" s="2">
         <v>45838.0</v>
       </c>
       <c r="L79" s="2">
         <v>47299.0</v>
       </c>
       <c r="M79">
         <v>30000</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>1.133333</v>
+        <v>0.977778</v>
       </c>
       <c r="Q79">
-        <v>101.383333</v>
+        <v>101.977778</v>
       </c>
       <c r="R79">
-        <v>102.233333</v>
+        <v>102.4</v>
       </c>
       <c r="S79">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T79">
-        <v>101.1</v>
-[...2 lines deleted...]
-        <v>4</v>
+        <v>101.422222</v>
+      </c>
+      <c r="U79">
+        <v>7.680034</v>
+      </c>
+      <c r="V79">
+        <v>7.546704</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45887.559386574</v>
+        <v>45972.569664352</v>
       </c>
       <c r="B80" t="s">
         <v>24</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="F80">
-        <v>0.35</v>
+        <v>-0.94</v>
       </c>
       <c r="G80">
-        <v>102.11111</v>
+        <v>100.955556</v>
       </c>
       <c r="H80">
-        <v>28551.1109</v>
+        <v>2029.11112</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>8.0</v>
       </c>
       <c r="K80" s="2">
         <v>45838.0</v>
       </c>
       <c r="L80" s="2">
         <v>47299.0</v>
       </c>
       <c r="M80">
         <v>30000</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>1.111111</v>
+        <v>0.955556</v>
       </c>
       <c r="Q80">
-        <v>101.711111</v>
+        <v>100.055556</v>
       </c>
       <c r="R80">
-        <v>102.11111</v>
+        <v>102.455556</v>
       </c>
       <c r="S80">
-        <v>100.6</v>
+        <v>99.1</v>
       </c>
       <c r="T80">
-        <v>100.999999</v>
+        <v>101.5</v>
+      </c>
+      <c r="U80">
+        <v>8.287953</v>
+      </c>
+      <c r="V80">
+        <v>7.522532</v>
       </c>
       <c r="X80">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45884.433877315</v>
+        <v>45971.356076389</v>
       </c>
       <c r="B81" t="s">
         <v>24</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="G81">
-        <v>101.75</v>
+        <v>101.911111</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>8.0</v>
       </c>
       <c r="K81" s="2">
         <v>45838.0</v>
       </c>
       <c r="L81" s="2">
         <v>47299.0</v>
       </c>
       <c r="M81">
         <v>30000</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>1.088889</v>
+        <v>0.933333</v>
       </c>
       <c r="Q81">
-        <v>101.338889</v>
+        <v>101.933333</v>
       </c>
       <c r="R81">
-        <v>102.088888</v>
+        <v>102.433333</v>
       </c>
       <c r="S81">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T81">
-        <v>100.999999</v>
+        <v>101.5</v>
+      </c>
+      <c r="U81">
+        <v>7.680462</v>
+      </c>
+      <c r="V81">
+        <v>7.522851</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45883.487407407</v>
+        <v>45968.621597222</v>
       </c>
       <c r="B82" t="s">
         <v>24</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
+      <c r="F82">
+        <v>0.02</v>
+      </c>
       <c r="G82">
-        <v>101.75</v>
+        <v>101.911111</v>
+      </c>
+      <c r="H82">
+        <v>21401.33331</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>8.0</v>
       </c>
       <c r="K82" s="2">
         <v>45838.0</v>
       </c>
       <c r="L82" s="2">
         <v>47299.0</v>
       </c>
       <c r="M82">
         <v>30000</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>1.066667</v>
+        <v>0.911111</v>
       </c>
       <c r="Q82">
-        <v>101.316667</v>
+        <v>101.911111</v>
       </c>
       <c r="R82">
-        <v>101.996</v>
+        <v>102.411111</v>
       </c>
       <c r="S82">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T82">
-        <v>100.929333</v>
+        <v>101.5</v>
+      </c>
+      <c r="U82">
+        <v>7.680678</v>
+      </c>
+      <c r="V82">
+        <v>7.52317</v>
+      </c>
+      <c r="X82">
+        <v>2</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45882.626585648</v>
+        <v>45967.541145833</v>
       </c>
       <c r="B83" t="s">
         <v>24</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="F83">
-        <v>-0.08</v>
+        <v>0.14</v>
       </c>
       <c r="G83">
-        <v>101.75</v>
+        <v>101.888889</v>
       </c>
       <c r="H83">
-        <v>18301.0</v>
+        <v>1018.88889</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>8.0</v>
       </c>
       <c r="K83" s="2">
         <v>45838.0</v>
       </c>
       <c r="L83" s="2">
         <v>47299.0</v>
       </c>
       <c r="M83">
         <v>30000</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>1.0</v>
+        <v>0.888889</v>
       </c>
       <c r="Q83">
-        <v>101.35</v>
+        <v>101.888889</v>
       </c>
       <c r="R83">
-        <v>102.0</v>
+        <v>102.388889</v>
       </c>
       <c r="S83">
-        <v>100.35</v>
+        <v>101.0</v>
       </c>
       <c r="T83">
-        <v>101.0</v>
+        <v>101.5</v>
+      </c>
+      <c r="U83">
+        <v>7.680895</v>
+      </c>
+      <c r="V83">
+        <v>7.523491</v>
       </c>
       <c r="X83">
-        <v>3</v>
+        <v>1</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45881.581273148</v>
+        <v>45966.355752315</v>
       </c>
       <c r="B84" t="s">
         <v>24</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="G84">
-        <v>101.82833</v>
+        <v>101.75</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>8.0</v>
       </c>
       <c r="K84" s="2">
         <v>45838.0</v>
       </c>
       <c r="L84" s="2">
         <v>47299.0</v>
       </c>
       <c r="M84">
         <v>30000</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.977778</v>
+        <v>0.822222</v>
       </c>
       <c r="Q84">
-        <v>101.227778</v>
+        <v>101.822222</v>
       </c>
       <c r="R84">
-        <v>101.727778</v>
+        <v>102.322222</v>
       </c>
       <c r="S84">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T84">
-        <v>100.75</v>
+        <v>101.5</v>
+      </c>
+      <c r="U84">
+        <v>7.681553</v>
+      </c>
+      <c r="V84">
+        <v>7.524459</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45880.5965625</v>
+        <v>45965.5996875</v>
       </c>
       <c r="B85" t="s">
         <v>24</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
+      <c r="F85">
+        <v>0.95</v>
+      </c>
       <c r="G85">
-        <v>101.82833</v>
+        <v>101.75</v>
+      </c>
+      <c r="H85">
+        <v>82379.2</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>8.0</v>
       </c>
       <c r="K85" s="2">
         <v>45838.0</v>
       </c>
       <c r="L85" s="2">
         <v>47299.0</v>
       </c>
       <c r="M85">
         <v>30000</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>0.955556</v>
+        <v>0.8</v>
       </c>
       <c r="Q85">
-        <v>101.205556</v>
+        <v>101.8</v>
       </c>
       <c r="R85">
-        <v>101.845356</v>
+        <v>102.3</v>
       </c>
       <c r="S85">
-        <v>100.25</v>
+        <v>101.0</v>
       </c>
       <c r="T85">
-        <v>100.8898</v>
+        <v>101.5</v>
+      </c>
+      <c r="U85">
+        <v>7.681775</v>
+      </c>
+      <c r="V85">
+        <v>7.524783</v>
+      </c>
+      <c r="X85">
+        <v>5</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45877.603946759</v>
+        <v>45964.355428241</v>
       </c>
       <c r="B86" t="s">
         <v>24</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
-      <c r="F86">
-[...1 lines deleted...]
-      </c>
       <c r="G86">
-        <v>101.82833</v>
-[...2 lines deleted...]
-        <v>3054.8499</v>
+        <v>100.796667</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>8.0</v>
       </c>
       <c r="K86" s="2">
         <v>45838.0</v>
       </c>
       <c r="L86" s="2">
         <v>47299.0</v>
       </c>
       <c r="M86">
         <v>30000</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>0.933333</v>
+        <v>0.777778</v>
       </c>
       <c r="Q86">
-        <v>101.183333</v>
+        <v>100.907778</v>
       </c>
       <c r="R86">
-        <v>101.827332</v>
+        <v>101.497778</v>
       </c>
       <c r="S86">
-        <v>100.25</v>
+        <v>100.13</v>
       </c>
       <c r="T86">
-        <v>100.893999</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.72</v>
+      </c>
+      <c r="U86">
+        <v>7.957149</v>
+      </c>
+      <c r="V86">
+        <v>7.770251</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45876.659710648</v>
+        <v>45961.528032407</v>
       </c>
       <c r="B87" t="s">
         <v>24</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
-      <c r="F87">
-[...1 lines deleted...]
-      </c>
       <c r="G87">
-        <v>101.711111</v>
+        <v>100.796667</v>
       </c>
       <c r="H87">
-        <v>9153.99999</v>
+        <v>45677.5002</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>8.0</v>
       </c>
       <c r="K87" s="2">
         <v>45838.0</v>
       </c>
       <c r="L87" s="2">
         <v>47299.0</v>
       </c>
       <c r="M87">
         <v>30000</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>0.911111</v>
+        <v>0.755556</v>
       </c>
       <c r="Q87">
-        <v>101.611111</v>
+        <v>100.885556</v>
       </c>
       <c r="R87">
-        <v>101.809111</v>
+        <v>101.475556</v>
       </c>
       <c r="S87">
-        <v>100.7</v>
+        <v>100.13</v>
       </c>
       <c r="T87">
-        <v>100.898</v>
+        <v>100.72</v>
+      </c>
+      <c r="U87">
+        <v>7.957194</v>
+      </c>
+      <c r="V87">
+        <v>7.770417</v>
       </c>
       <c r="X87">
         <v>1</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45875.618240741</v>
+        <v>45960.355578704</v>
       </c>
       <c r="B88" t="s">
         <v>24</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
-      <c r="F88">
-[...1 lines deleted...]
-      </c>
       <c r="G88">
-        <v>101.594444</v>
-[...2 lines deleted...]
-        <v>15239.1666</v>
+        <v>100.796667</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>8.0</v>
       </c>
       <c r="K88" s="2">
         <v>45838.0</v>
       </c>
       <c r="L88" s="2">
         <v>47299.0</v>
       </c>
       <c r="M88">
         <v>30000</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>0.844444</v>
+        <v>0.733333</v>
       </c>
       <c r="Q88">
-        <v>101.094444</v>
+        <v>100.863333</v>
       </c>
       <c r="R88">
-        <v>101.644444</v>
+        <v>101.453333</v>
       </c>
       <c r="S88">
-        <v>100.25</v>
+        <v>100.13</v>
       </c>
       <c r="T88">
-        <v>100.8</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>100.72</v>
+      </c>
+      <c r="U88">
+        <v>7.95724</v>
+      </c>
+      <c r="V88">
+        <v>7.770585</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45874.640069444</v>
+        <v>45959.503217593</v>
       </c>
       <c r="B89" t="s">
         <v>24</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="F89">
-        <v>-0.01</v>
+        <v>0.15</v>
       </c>
       <c r="G89">
-        <v>101.572222</v>
+        <v>100.796667</v>
       </c>
       <c r="H89">
-        <v>1015.72222</v>
+        <v>1007.96667</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>8.0</v>
       </c>
       <c r="K89" s="2">
         <v>45838.0</v>
       </c>
       <c r="L89" s="2">
         <v>47299.0</v>
       </c>
       <c r="M89">
         <v>30000</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>0.822222</v>
+        <v>0.666667</v>
       </c>
       <c r="Q89">
-        <v>101.572222</v>
+        <v>100.796667</v>
       </c>
       <c r="R89">
-        <v>101.822222</v>
+        <v>101.386667</v>
       </c>
       <c r="S89">
-        <v>100.75</v>
+        <v>100.13</v>
       </c>
       <c r="T89">
-        <v>101.0</v>
+        <v>100.72</v>
+      </c>
+      <c r="U89">
+        <v>7.957386</v>
+      </c>
+      <c r="V89">
+        <v>7.771095</v>
       </c>
       <c r="X89">
         <v>1</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45873.535590278</v>
+        <v>45958.657083333</v>
       </c>
       <c r="B90" t="s">
         <v>24</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="G90">
-        <v>101.577778</v>
+        <v>100.644445</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>8.0</v>
       </c>
       <c r="K90" s="2">
         <v>45838.0</v>
       </c>
       <c r="L90" s="2">
         <v>47299.0</v>
       </c>
       <c r="M90">
         <v>30000</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>0.8</v>
+        <v>0.666667</v>
       </c>
       <c r="Q90">
-        <v>101.05</v>
+        <v>99.666668</v>
       </c>
       <c r="R90">
-        <v>101.55</v>
+        <v>100.796667</v>
       </c>
       <c r="S90">
-        <v>100.25</v>
+        <v>99.000001</v>
       </c>
       <c r="T90">
-        <v>100.75</v>
+        <v>100.13</v>
+      </c>
+      <c r="U90">
+        <v>8.317772</v>
+      </c>
+      <c r="V90">
+        <v>7.957386</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45870.629849537</v>
+        <v>45957.609976852</v>
       </c>
       <c r="B91" t="s">
         <v>24</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="F91">
-        <v>0.21</v>
+        <v>-0.38</v>
       </c>
       <c r="G91">
-        <v>101.577778</v>
+        <v>100.644445</v>
       </c>
       <c r="H91">
-        <v>10157.7778</v>
+        <v>1006.44445</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>8.0</v>
       </c>
       <c r="K91" s="2">
         <v>45838.0</v>
       </c>
       <c r="L91" s="2">
         <v>47299.0</v>
       </c>
       <c r="M91">
         <v>30000</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>0.777778</v>
+        <v>0.644444</v>
       </c>
       <c r="Q91">
-        <v>101.027778</v>
+        <v>92.644445</v>
       </c>
       <c r="R91">
-        <v>101.677778</v>
+        <v>101.364444</v>
       </c>
       <c r="S91">
-        <v>100.25</v>
+        <v>92.000001</v>
       </c>
       <c r="T91">
-        <v>100.9</v>
+        <v>100.72</v>
+      </c>
+      <c r="U91">
+        <v>10.660995</v>
+      </c>
+      <c r="V91">
+        <v>7.771268</v>
       </c>
       <c r="X91">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45869.416689815</v>
+        <v>45954.417662037</v>
       </c>
       <c r="B92" t="s">
         <v>24</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="G92">
-        <v>101.366667</v>
+        <v>101.033333</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>8.0</v>
       </c>
       <c r="K92" s="2">
         <v>45838.0</v>
       </c>
       <c r="L92" s="2">
         <v>47299.0</v>
       </c>
       <c r="M92">
         <v>30000</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>0.755556</v>
+        <v>0.622222</v>
       </c>
       <c r="Q92">
-        <v>101.005556</v>
+        <v>100.622224</v>
       </c>
       <c r="R92">
-        <v>101.505556</v>
+        <v>101.342222</v>
       </c>
       <c r="S92">
-        <v>100.25</v>
+        <v>100.000002</v>
       </c>
       <c r="T92">
-        <v>100.75</v>
+        <v>100.72</v>
+      </c>
+      <c r="U92">
+        <v>7.998656</v>
+      </c>
+      <c r="V92">
+        <v>7.771441</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45868.416712963</v>
+        <v>45953.417638889</v>
       </c>
       <c r="B93" t="s">
         <v>24</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="G93">
-        <v>101.366667</v>
+        <v>101.033333</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>8.0</v>
       </c>
       <c r="K93" s="2">
         <v>45838.0</v>
       </c>
       <c r="L93" s="2">
         <v>47299.0</v>
       </c>
       <c r="M93">
         <v>30000</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>0.688889</v>
+        <v>0.6</v>
       </c>
       <c r="Q93">
-        <v>100.938889</v>
+        <v>100.60003</v>
       </c>
       <c r="R93">
-        <v>101.438889</v>
+        <v>101.32</v>
       </c>
       <c r="S93">
-        <v>100.25</v>
+        <v>100.00003</v>
       </c>
       <c r="T93">
-        <v>100.75</v>
+        <v>100.72</v>
+      </c>
+      <c r="U93">
+        <v>7.998675</v>
+      </c>
+      <c r="V93">
+        <v>7.771616</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45867.642280093</v>
+        <v>45952.660636574</v>
       </c>
       <c r="B94" t="s">
         <v>24</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
+      <c r="F94">
+        <v>0.31</v>
+      </c>
       <c r="G94">
-        <v>101.366667</v>
+        <v>101.033333</v>
       </c>
       <c r="H94">
-        <v>21286.90007</v>
+        <v>30307.9999</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>8.0</v>
       </c>
       <c r="K94" s="2">
         <v>45838.0</v>
       </c>
       <c r="L94" s="2">
         <v>47299.0</v>
       </c>
       <c r="M94">
         <v>30000</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>0.666667</v>
+        <v>0.533333</v>
       </c>
       <c r="Q94">
-        <v>100.916667</v>
+        <v>100.533333</v>
       </c>
       <c r="R94">
-        <v>101.416667</v>
+        <v>101.253333</v>
       </c>
       <c r="S94">
-        <v>100.25</v>
+        <v>100.0</v>
       </c>
       <c r="T94">
-        <v>100.75</v>
+        <v>100.72</v>
+      </c>
+      <c r="U94">
+        <v>7.998778</v>
+      </c>
+      <c r="V94">
+        <v>7.772149</v>
       </c>
       <c r="X94">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45866.617118056</v>
+        <v>45951.45587963</v>
       </c>
       <c r="B95" t="s">
         <v>24</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
-      <c r="F95">
-[...1 lines deleted...]
-      </c>
       <c r="G95">
-        <v>101.366667</v>
-[...2 lines deleted...]
-        <v>13171.06671</v>
+        <v>100.716667</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>8.0</v>
       </c>
       <c r="K95" s="2">
         <v>45838.0</v>
       </c>
       <c r="L95" s="2">
         <v>47299.0</v>
       </c>
       <c r="M95">
         <v>30000</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>0.666667</v>
+        <v>0.511111</v>
       </c>
       <c r="Q95">
-        <v>100.916667</v>
+        <v>97.041112</v>
       </c>
       <c r="R95">
-        <v>101.366667</v>
+        <v>100.911111</v>
       </c>
       <c r="S95">
-        <v>100.25</v>
+        <v>96.530001</v>
       </c>
       <c r="T95">
-        <v>100.7</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>100.4</v>
+      </c>
+      <c r="U95">
+        <v>9.117615</v>
+      </c>
+      <c r="V95">
+        <v>7.872754</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45863.654733796</v>
+        <v>45950.514872685</v>
       </c>
       <c r="B96" t="s">
         <v>24</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
-      <c r="F96">
-[...1 lines deleted...]
-      </c>
       <c r="G96">
-        <v>101.244444</v>
-[...2 lines deleted...]
-        <v>73956.44412</v>
+        <v>100.716667</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>8.0</v>
       </c>
       <c r="K96" s="2">
         <v>45838.0</v>
       </c>
       <c r="L96" s="2">
         <v>47299.0</v>
       </c>
       <c r="M96">
         <v>30000</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>0.644444</v>
+        <v>0.488889</v>
       </c>
       <c r="Q96">
-        <v>101.124444</v>
+        <v>97.01889</v>
       </c>
       <c r="R96">
-        <v>101.394444</v>
+        <v>100.888889</v>
       </c>
       <c r="S96">
-        <v>100.48</v>
+        <v>96.530001</v>
       </c>
       <c r="T96">
-        <v>100.75</v>
-[...2 lines deleted...]
-        <v>6</v>
+        <v>100.4</v>
+      </c>
+      <c r="U96">
+        <v>9.116932</v>
+      </c>
+      <c r="V96">
+        <v>7.872871</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45862.630347222</v>
+        <v>45947.666678241</v>
       </c>
       <c r="B97" t="s">
         <v>24</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="F97">
-        <v>0.07</v>
+        <v>-0.29</v>
       </c>
       <c r="G97">
-        <v>101.322222</v>
+        <v>100.716667</v>
       </c>
       <c r="H97">
-        <v>14185.11108</v>
+        <v>3021.50001</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>8.0</v>
       </c>
       <c r="K97" s="2">
         <v>45838.0</v>
       </c>
       <c r="L97" s="2">
         <v>47299.0</v>
       </c>
       <c r="M97">
         <v>30000</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>0.622222</v>
-[...11 lines deleted...]
-        <v>100.65</v>
+        <v>0.466667</v>
       </c>
       <c r="X97">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45861.621018519</v>
+        <v>45946.666678241</v>
       </c>
       <c r="B98" t="s">
         <v>24</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
-      <c r="F98">
-[...1 lines deleted...]
-      </c>
       <c r="G98">
-        <v>101.255556</v>
-[...2 lines deleted...]
-        <v>5058.2778</v>
+        <v>101.005556</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>8.0</v>
       </c>
       <c r="K98" s="2">
         <v>45838.0</v>
       </c>
       <c r="L98" s="2">
         <v>47299.0</v>
       </c>
       <c r="M98">
         <v>30000</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>0.555556</v>
-[...14 lines deleted...]
-        <v>3</v>
+        <v>0.444444</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45860.56599537</v>
+        <v>45945.666666667</v>
       </c>
       <c r="B99" t="s">
         <v>24</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="G99">
-        <v>101.273333</v>
-[...2 lines deleted...]
-        <v>5063.66665</v>
+        <v>101.005556</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>8.0</v>
       </c>
       <c r="K99" s="2">
         <v>45838.0</v>
       </c>
       <c r="L99" s="2">
         <v>47299.0</v>
       </c>
       <c r="M99">
         <v>30000</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>0.533333</v>
-[...14 lines deleted...]
-        <v>1</v>
+        <v>0.377778</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45859.59630787</v>
+        <v>45944.666666667</v>
       </c>
       <c r="B100" t="s">
         <v>24</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="F100">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
       <c r="G100">
-        <v>101.271111</v>
+        <v>101.005556</v>
       </c>
       <c r="H100">
-        <v>3038.13333</v>
+        <v>10100.0556</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>8.0</v>
       </c>
       <c r="K100" s="2">
         <v>45838.0</v>
       </c>
       <c r="L100" s="2">
         <v>47299.0</v>
       </c>
       <c r="M100">
         <v>30000</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>0.511111</v>
-[...11 lines deleted...]
-        <v>100.75</v>
+        <v>0.355556</v>
       </c>
       <c r="X100">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45856.577546296</v>
+        <v>45943.666712963</v>
       </c>
       <c r="B101" t="s">
         <v>24</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
+      <c r="F101">
+        <v>-0.1</v>
+      </c>
       <c r="G101">
-        <v>101.16</v>
+        <v>100.983333</v>
+      </c>
+      <c r="H101">
+        <v>201240.33267</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>8.0</v>
       </c>
       <c r="K101" s="2">
         <v>45838.0</v>
       </c>
       <c r="L101" s="2">
         <v>47299.0</v>
       </c>
       <c r="M101">
         <v>30000</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>0.488889</v>
-[...11 lines deleted...]
-        <v>100.999999</v>
+        <v>0.333333</v>
+      </c>
+      <c r="X101">
+        <v>6</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45855.456516204</v>
+        <v>45940.652719907</v>
       </c>
       <c r="B102" t="s">
         <v>24</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
+      <c r="F102">
+        <v>-0.04</v>
+      </c>
       <c r="G102">
-        <v>101.16</v>
+        <v>101.081111</v>
+      </c>
+      <c r="H102">
+        <v>8086.48888</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>8.0</v>
       </c>
       <c r="K102" s="2">
         <v>45838.0</v>
       </c>
       <c r="L102" s="2">
         <v>47299.0</v>
       </c>
       <c r="M102">
         <v>30000</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
       <c r="P102">
-        <v>0.466667</v>
+        <v>0.311111</v>
       </c>
       <c r="Q102">
-        <v>100.716667</v>
+        <v>101.081111</v>
       </c>
       <c r="R102">
-        <v>101.466666</v>
+        <v>101.311111</v>
       </c>
       <c r="S102">
-        <v>100.25</v>
+        <v>100.77</v>
       </c>
       <c r="T102">
-        <v>100.999999</v>
+        <v>101.0</v>
+      </c>
+      <c r="X102">
+        <v>4</v>
       </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45854.642407407</v>
+        <v>45939.416701389</v>
       </c>
       <c r="B103" t="s">
         <v>24</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
-      <c r="F103">
-[...1 lines deleted...]
-      </c>
       <c r="G103">
-        <v>101.16</v>
-[...2 lines deleted...]
-        <v>4046.4</v>
+        <v>101.122222</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>8.0</v>
       </c>
       <c r="K103" s="2">
         <v>45838.0</v>
       </c>
       <c r="L103" s="2">
         <v>47299.0</v>
       </c>
       <c r="M103">
         <v>30000</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
       </c>
       <c r="P103">
-        <v>0.4</v>
+        <v>0.288889</v>
       </c>
       <c r="Q103">
-        <v>100.7</v>
+        <v>100.938889</v>
       </c>
       <c r="R103">
-        <v>101.3</v>
+        <v>101.188889</v>
       </c>
       <c r="S103">
-        <v>100.3</v>
+        <v>100.65</v>
       </c>
       <c r="T103">
         <v>100.9</v>
       </c>
-      <c r="X103">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45853.574490741</v>
+        <v>45938.599652778</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="F104">
-        <v>-0.01</v>
+        <v>0.42</v>
       </c>
       <c r="G104">
-        <v>101.137778</v>
+        <v>101.122222</v>
       </c>
       <c r="H104">
-        <v>37423.37786</v>
+        <v>25280.5255</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>8.0</v>
       </c>
       <c r="K104" s="2">
         <v>45838.0</v>
       </c>
       <c r="L104" s="2">
         <v>47299.0</v>
       </c>
       <c r="M104">
         <v>30000</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>0.377778</v>
+        <v>0.222222</v>
       </c>
       <c r="Q104">
-        <v>100.677778</v>
+        <v>100.872222</v>
       </c>
       <c r="R104">
-        <v>101.077778</v>
+        <v>101.122222</v>
       </c>
       <c r="S104">
-        <v>100.3</v>
+        <v>100.65</v>
       </c>
       <c r="T104">
-        <v>100.7</v>
+        <v>100.9</v>
       </c>
       <c r="X104">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45852.626840278</v>
+        <v>45937.62306713</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="F105">
-        <v>-0.19</v>
+        <v>-0.32</v>
       </c>
       <c r="G105">
-        <v>101.145556</v>
+        <v>100.7</v>
       </c>
       <c r="H105">
-        <v>25278.289</v>
+        <v>36262.0</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>8.0</v>
       </c>
       <c r="K105" s="2">
         <v>45838.0</v>
       </c>
       <c r="L105" s="2">
         <v>47299.0</v>
       </c>
       <c r="M105">
         <v>30000</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>0.355556</v>
+        <v>0.2</v>
       </c>
       <c r="Q105">
-        <v>100.655556</v>
+        <v>100.7</v>
       </c>
       <c r="R105">
-        <v>101.145556</v>
+        <v>101.1</v>
       </c>
       <c r="S105">
-        <v>100.3</v>
+        <v>100.5</v>
       </c>
       <c r="T105">
-        <v>100.79</v>
+        <v>100.9</v>
       </c>
       <c r="X105">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45849.600219907</v>
+        <v>45936.639328704</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
-      <c r="F106">
-[...1 lines deleted...]
-      </c>
       <c r="G106">
-        <v>101.333333</v>
-[...2 lines deleted...]
-        <v>8106.66664</v>
+        <v>101.028333</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>8.0</v>
       </c>
       <c r="K106" s="2">
         <v>45838.0</v>
       </c>
       <c r="L106" s="2">
         <v>47299.0</v>
       </c>
       <c r="M106">
         <v>30000</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>0.333333</v>
+        <v>0.177778</v>
       </c>
       <c r="Q106">
-        <v>100.633333</v>
+        <v>100.527778</v>
       </c>
       <c r="R106">
-        <v>101.323333</v>
+        <v>100.677778</v>
       </c>
       <c r="S106">
-        <v>100.3</v>
+        <v>100.35</v>
       </c>
       <c r="T106">
-        <v>100.99</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>100.5</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45848.417928241</v>
+        <v>45933.416701389</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="G107">
-        <v>101.244444</v>
+        <v>101.028333</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>8.0</v>
       </c>
       <c r="K107" s="2">
         <v>45838.0</v>
       </c>
       <c r="L107" s="2">
         <v>47299.0</v>
       </c>
       <c r="M107">
         <v>30000</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>0.311111</v>
+        <v>0.155556</v>
       </c>
       <c r="Q107">
-        <v>100.611111</v>
+        <v>100.505556</v>
       </c>
       <c r="R107">
-        <v>101.311111</v>
+        <v>101.050556</v>
       </c>
       <c r="S107">
-        <v>100.3</v>
+        <v>100.35</v>
       </c>
       <c r="T107">
-        <v>101.0</v>
+        <v>100.895</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45847.467476852</v>
+        <v>45932.616909722</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="F108">
-        <v>0.23</v>
+        <v>0.71</v>
       </c>
       <c r="G108">
-        <v>101.244444</v>
+        <v>101.028333</v>
       </c>
       <c r="H108">
-        <v>12148.53328</v>
+        <v>10102.8333</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>8.0</v>
       </c>
       <c r="K108" s="2">
         <v>45838.0</v>
       </c>
       <c r="L108" s="2">
         <v>47299.0</v>
       </c>
       <c r="M108">
         <v>30000</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>0.244444</v>
+        <v>0.133333</v>
       </c>
       <c r="Q108">
-        <v>100.845444</v>
+        <v>100.483333</v>
       </c>
       <c r="R108">
-        <v>101.244444</v>
+        <v>101.028333</v>
       </c>
       <c r="S108">
-        <v>100.601</v>
+        <v>100.35</v>
       </c>
       <c r="T108">
-        <v>101.0</v>
+        <v>100.895</v>
       </c>
       <c r="X108">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45846.518090278</v>
+        <v>45931.505844907</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="F109">
-        <v>-0.38</v>
+        <v>-0.57</v>
       </c>
       <c r="G109">
-        <v>101.012222</v>
+        <v>100.316667</v>
       </c>
       <c r="H109">
-        <v>3030.36666</v>
+        <v>3009.50001</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>8.0</v>
       </c>
       <c r="K109" s="2">
         <v>45838.0</v>
       </c>
       <c r="L109" s="2">
         <v>47299.0</v>
       </c>
       <c r="M109">
         <v>30000</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>0.222222</v>
+        <v>0.066667</v>
       </c>
       <c r="Q109">
-        <v>100.823222</v>
+        <v>100.366667</v>
       </c>
       <c r="R109">
-        <v>101.222222</v>
+        <v>100.916667</v>
       </c>
       <c r="S109">
-        <v>100.601</v>
+        <v>100.3</v>
       </c>
       <c r="T109">
-        <v>101.0</v>
+        <v>100.85</v>
       </c>
       <c r="X109">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45845.482893519</v>
+        <v>45930.555555556</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="F110">
-        <v>0.22</v>
+        <v>0.62</v>
       </c>
       <c r="G110">
-        <v>101.4</v>
+        <v>100.894444</v>
       </c>
       <c r="H110">
-        <v>1014.0</v>
+        <v>2017.88888</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>8.0</v>
       </c>
       <c r="K110" s="2">
         <v>45838.0</v>
       </c>
       <c r="L110" s="2">
         <v>47299.0</v>
       </c>
       <c r="M110">
         <v>30000</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>0.2</v>
+        <v>0.044444</v>
       </c>
       <c r="Q110">
-        <v>101.18</v>
+        <v>100.294444</v>
       </c>
       <c r="R110">
-        <v>101.37</v>
+        <v>100.894444</v>
       </c>
       <c r="S110">
-        <v>100.98</v>
+        <v>100.25</v>
       </c>
       <c r="T110">
-        <v>101.17</v>
+        <v>100.85</v>
       </c>
       <c r="X110">
         <v>1</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45842.565150463</v>
+        <v>45929.522083333</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="F111">
-        <v>-0.22</v>
+        <v>-2.53</v>
       </c>
       <c r="G111">
-        <v>101.177778</v>
+        <v>100.272222</v>
       </c>
       <c r="H111">
-        <v>3035.33334</v>
+        <v>2005.44444</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>8.0</v>
       </c>
       <c r="K111" s="2">
         <v>45838.0</v>
       </c>
       <c r="L111" s="2">
         <v>47299.0</v>
       </c>
       <c r="M111">
         <v>30000</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>0.177778</v>
+        <v>0.022222</v>
       </c>
       <c r="Q111">
-        <v>100.427778</v>
+        <v>100.272222</v>
       </c>
       <c r="R111">
-        <v>101.427777</v>
+        <v>100.921222</v>
       </c>
       <c r="S111">
         <v>100.25</v>
       </c>
       <c r="T111">
-        <v>101.249999</v>
+        <v>100.899</v>
       </c>
       <c r="X111">
         <v>1</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45841.663969907</v>
+        <v>45926.416712963</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
-      <c r="F112">
-[...1 lines deleted...]
-      </c>
       <c r="G112">
-        <v>101.405556</v>
-[...2 lines deleted...]
-        <v>18235.50008</v>
+        <v>102.877778</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>8.0</v>
       </c>
       <c r="K112" s="2">
         <v>45838.0</v>
       </c>
       <c r="L112" s="2">
         <v>47299.0</v>
       </c>
       <c r="M112">
         <v>30000</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
-      <c r="P112">
-[...1 lines deleted...]
-      </c>
       <c r="Q112">
-        <v>101.205556</v>
+        <v>100.25</v>
       </c>
       <c r="R112">
-        <v>101.405556</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>100.9</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45840.476782407</v>
+        <v>45925.497939815</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="F113">
-        <v>0.02</v>
+        <v>-0.03</v>
       </c>
       <c r="G113">
-        <v>101.088889</v>
+        <v>102.877778</v>
       </c>
       <c r="H113">
-        <v>4046.05556</v>
+        <v>1028.77778</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>8.0</v>
       </c>
       <c r="K113" s="2">
         <v>45838.0</v>
       </c>
       <c r="L113" s="2">
         <v>47299.0</v>
       </c>
       <c r="M113">
         <v>30000</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>0.088889</v>
+        <v>1.977778</v>
       </c>
       <c r="Q113">
-        <v>100.758889</v>
+        <v>102.227778</v>
       </c>
       <c r="R113">
-        <v>101.088889</v>
+        <v>102.877778</v>
       </c>
       <c r="S113">
-        <v>100.67</v>
+        <v>100.25</v>
       </c>
       <c r="T113">
-        <v>101.0</v>
+        <v>100.9</v>
       </c>
       <c r="X113">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
+        <v>45924.637511574</v>
+      </c>
+      <c r="B114" t="s">
+        <v>24</v>
+      </c>
+      <c r="C114" t="s">
+        <v>25</v>
+      </c>
+      <c r="D114" t="s">
+        <v>26</v>
+      </c>
+      <c r="E114" t="s">
+        <v>27</v>
+      </c>
+      <c r="F114">
+        <v>0.21</v>
+      </c>
+      <c r="G114">
+        <v>102.911111</v>
+      </c>
+      <c r="H114">
+        <v>82234.3888</v>
+      </c>
+      <c r="I114" t="s">
+        <v>28</v>
+      </c>
+      <c r="J114">
+        <v>8.0</v>
+      </c>
+      <c r="K114" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L114" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M114">
+        <v>30000</v>
+      </c>
+      <c r="N114">
+        <v>1000.0</v>
+      </c>
+      <c r="O114" t="s">
+        <v>28</v>
+      </c>
+      <c r="P114">
+        <v>1.911111</v>
+      </c>
+      <c r="Q114">
+        <v>102.161111</v>
+      </c>
+      <c r="R114">
+        <v>102.811111</v>
+      </c>
+      <c r="S114">
+        <v>100.25</v>
+      </c>
+      <c r="T114">
+        <v>100.9</v>
+      </c>
+      <c r="X114">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="115" spans="1:24">
+      <c r="A115" s="2">
+        <v>45923.416782407</v>
+      </c>
+      <c r="B115" t="s">
+        <v>24</v>
+      </c>
+      <c r="C115" t="s">
+        <v>25</v>
+      </c>
+      <c r="D115" t="s">
+        <v>26</v>
+      </c>
+      <c r="E115" t="s">
+        <v>27</v>
+      </c>
+      <c r="G115">
+        <v>102.694444</v>
+      </c>
+      <c r="I115" t="s">
+        <v>28</v>
+      </c>
+      <c r="J115">
+        <v>8.0</v>
+      </c>
+      <c r="K115" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L115" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M115">
+        <v>30000</v>
+      </c>
+      <c r="N115">
+        <v>1000.0</v>
+      </c>
+      <c r="O115" t="s">
+        <v>28</v>
+      </c>
+      <c r="P115">
+        <v>1.888889</v>
+      </c>
+      <c r="Q115">
+        <v>102.138889</v>
+      </c>
+      <c r="R115">
+        <v>102.388889</v>
+      </c>
+      <c r="S115">
+        <v>100.25</v>
+      </c>
+      <c r="T115">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:24">
+      <c r="A116" s="2">
+        <v>45922.642013889</v>
+      </c>
+      <c r="B116" t="s">
+        <v>24</v>
+      </c>
+      <c r="C116" t="s">
+        <v>25</v>
+      </c>
+      <c r="D116" t="s">
+        <v>26</v>
+      </c>
+      <c r="E116" t="s">
+        <v>27</v>
+      </c>
+      <c r="G116">
+        <v>102.694444</v>
+      </c>
+      <c r="I116" t="s">
+        <v>28</v>
+      </c>
+      <c r="J116">
+        <v>8.0</v>
+      </c>
+      <c r="K116" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L116" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M116">
+        <v>30000</v>
+      </c>
+      <c r="N116">
+        <v>1000.0</v>
+      </c>
+      <c r="O116" t="s">
+        <v>28</v>
+      </c>
+      <c r="P116">
+        <v>1.866667</v>
+      </c>
+      <c r="Q116">
+        <v>102.116667</v>
+      </c>
+      <c r="R116">
+        <v>102.366667</v>
+      </c>
+      <c r="S116">
+        <v>100.25</v>
+      </c>
+      <c r="T116">
+        <v>100.5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:24">
+      <c r="A117" s="2">
+        <v>45919.451921296</v>
+      </c>
+      <c r="B117" t="s">
+        <v>24</v>
+      </c>
+      <c r="C117" t="s">
+        <v>25</v>
+      </c>
+      <c r="D117" t="s">
+        <v>26</v>
+      </c>
+      <c r="E117" t="s">
+        <v>27</v>
+      </c>
+      <c r="F117">
+        <v>0.11</v>
+      </c>
+      <c r="G117">
+        <v>102.694444</v>
+      </c>
+      <c r="H117">
+        <v>4107.77776</v>
+      </c>
+      <c r="I117" t="s">
+        <v>28</v>
+      </c>
+      <c r="J117">
+        <v>8.0</v>
+      </c>
+      <c r="K117" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L117" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M117">
+        <v>30000</v>
+      </c>
+      <c r="N117">
+        <v>1000.0</v>
+      </c>
+      <c r="O117" t="s">
+        <v>28</v>
+      </c>
+      <c r="P117">
+        <v>1.844444</v>
+      </c>
+      <c r="Q117">
+        <v>102.094444</v>
+      </c>
+      <c r="R117">
+        <v>102.694444</v>
+      </c>
+      <c r="S117">
+        <v>100.25</v>
+      </c>
+      <c r="T117">
+        <v>100.85</v>
+      </c>
+      <c r="X117">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="118" spans="1:24">
+      <c r="A118" s="2">
+        <v>45918.416689815</v>
+      </c>
+      <c r="B118" t="s">
+        <v>24</v>
+      </c>
+      <c r="C118" t="s">
+        <v>25</v>
+      </c>
+      <c r="D118" t="s">
+        <v>26</v>
+      </c>
+      <c r="E118" t="s">
+        <v>27</v>
+      </c>
+      <c r="G118">
+        <v>102.582333</v>
+      </c>
+      <c r="I118" t="s">
+        <v>28</v>
+      </c>
+      <c r="J118">
+        <v>8.0</v>
+      </c>
+      <c r="K118" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L118" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M118">
+        <v>30000</v>
+      </c>
+      <c r="N118">
+        <v>1000.0</v>
+      </c>
+      <c r="O118" t="s">
+        <v>28</v>
+      </c>
+      <c r="P118">
+        <v>1.822222</v>
+      </c>
+      <c r="Q118">
+        <v>102.072222</v>
+      </c>
+      <c r="R118">
+        <v>102.672222</v>
+      </c>
+      <c r="S118">
+        <v>100.25</v>
+      </c>
+      <c r="T118">
+        <v>100.85</v>
+      </c>
+    </row>
+    <row r="119" spans="1:24">
+      <c r="A119" s="2">
+        <v>45917.431261574</v>
+      </c>
+      <c r="B119" t="s">
+        <v>24</v>
+      </c>
+      <c r="C119" t="s">
+        <v>25</v>
+      </c>
+      <c r="D119" t="s">
+        <v>26</v>
+      </c>
+      <c r="E119" t="s">
+        <v>27</v>
+      </c>
+      <c r="G119">
+        <v>102.582333</v>
+      </c>
+      <c r="I119" t="s">
+        <v>28</v>
+      </c>
+      <c r="J119">
+        <v>8.0</v>
+      </c>
+      <c r="K119" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L119" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M119">
+        <v>30000</v>
+      </c>
+      <c r="N119">
+        <v>1000.0</v>
+      </c>
+      <c r="O119" t="s">
+        <v>28</v>
+      </c>
+      <c r="P119">
+        <v>1.755556</v>
+      </c>
+      <c r="Q119">
+        <v>102.005556</v>
+      </c>
+      <c r="R119">
+        <v>102.555556</v>
+      </c>
+      <c r="S119">
+        <v>100.25</v>
+      </c>
+      <c r="T119">
+        <v>100.8</v>
+      </c>
+    </row>
+    <row r="120" spans="1:24">
+      <c r="A120" s="2">
+        <v>45916.575416667</v>
+      </c>
+      <c r="B120" t="s">
+        <v>24</v>
+      </c>
+      <c r="C120" t="s">
+        <v>25</v>
+      </c>
+      <c r="D120" t="s">
+        <v>26</v>
+      </c>
+      <c r="E120" t="s">
+        <v>27</v>
+      </c>
+      <c r="F120">
+        <v>0.46</v>
+      </c>
+      <c r="G120">
+        <v>102.582333</v>
+      </c>
+      <c r="H120">
+        <v>5129.12665</v>
+      </c>
+      <c r="I120" t="s">
+        <v>28</v>
+      </c>
+      <c r="J120">
+        <v>8.0</v>
+      </c>
+      <c r="K120" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L120" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M120">
+        <v>30000</v>
+      </c>
+      <c r="N120">
+        <v>1000.0</v>
+      </c>
+      <c r="O120" t="s">
+        <v>28</v>
+      </c>
+      <c r="P120">
+        <v>1.733333</v>
+      </c>
+      <c r="Q120">
+        <v>101.983333</v>
+      </c>
+      <c r="R120">
+        <v>102.533333</v>
+      </c>
+      <c r="S120">
+        <v>100.25</v>
+      </c>
+      <c r="T120">
+        <v>100.8</v>
+      </c>
+      <c r="X120">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="121" spans="1:24">
+      <c r="A121" s="2">
+        <v>45915.597488426</v>
+      </c>
+      <c r="B121" t="s">
+        <v>24</v>
+      </c>
+      <c r="C121" t="s">
+        <v>25</v>
+      </c>
+      <c r="D121" t="s">
+        <v>26</v>
+      </c>
+      <c r="E121" t="s">
+        <v>27</v>
+      </c>
+      <c r="F121">
+        <v>-0.47</v>
+      </c>
+      <c r="G121">
+        <v>102.111111</v>
+      </c>
+      <c r="H121">
+        <v>9189.99999</v>
+      </c>
+      <c r="I121" t="s">
+        <v>28</v>
+      </c>
+      <c r="J121">
+        <v>8.0</v>
+      </c>
+      <c r="K121" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L121" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M121">
+        <v>30000</v>
+      </c>
+      <c r="N121">
+        <v>1000.0</v>
+      </c>
+      <c r="O121" t="s">
+        <v>28</v>
+      </c>
+      <c r="P121">
+        <v>1.711111</v>
+      </c>
+      <c r="Q121">
+        <v>101.961111</v>
+      </c>
+      <c r="R121">
+        <v>102.111111</v>
+      </c>
+      <c r="S121">
+        <v>100.25</v>
+      </c>
+      <c r="T121">
+        <v>100.4</v>
+      </c>
+      <c r="X121">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="122" spans="1:24">
+      <c r="A122" s="2">
+        <v>45912.544293981</v>
+      </c>
+      <c r="B122" t="s">
+        <v>24</v>
+      </c>
+      <c r="C122" t="s">
+        <v>25</v>
+      </c>
+      <c r="D122" t="s">
+        <v>26</v>
+      </c>
+      <c r="E122" t="s">
+        <v>27</v>
+      </c>
+      <c r="F122">
+        <v>-0.23</v>
+      </c>
+      <c r="G122">
+        <v>102.588889</v>
+      </c>
+      <c r="H122">
+        <v>16411.62224</v>
+      </c>
+      <c r="I122" t="s">
+        <v>28</v>
+      </c>
+      <c r="J122">
+        <v>8.0</v>
+      </c>
+      <c r="K122" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L122" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M122">
+        <v>30000</v>
+      </c>
+      <c r="N122">
+        <v>1000.0</v>
+      </c>
+      <c r="O122" t="s">
+        <v>28</v>
+      </c>
+      <c r="P122">
+        <v>1.688889</v>
+      </c>
+      <c r="Q122">
+        <v>102.088889</v>
+      </c>
+      <c r="R122">
+        <v>102.588889</v>
+      </c>
+      <c r="S122">
+        <v>100.4</v>
+      </c>
+      <c r="T122">
+        <v>100.9</v>
+      </c>
+      <c r="X122">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="123" spans="1:24">
+      <c r="A123" s="2">
+        <v>45911.47619213</v>
+      </c>
+      <c r="B123" t="s">
+        <v>24</v>
+      </c>
+      <c r="C123" t="s">
+        <v>25</v>
+      </c>
+      <c r="D123" t="s">
+        <v>26</v>
+      </c>
+      <c r="E123" t="s">
+        <v>27</v>
+      </c>
+      <c r="G123">
+        <v>102.827778</v>
+      </c>
+      <c r="I123" t="s">
+        <v>28</v>
+      </c>
+      <c r="J123">
+        <v>8.0</v>
+      </c>
+      <c r="K123" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L123" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M123">
+        <v>30000</v>
+      </c>
+      <c r="N123">
+        <v>1000.0</v>
+      </c>
+      <c r="O123" t="s">
+        <v>28</v>
+      </c>
+      <c r="P123">
+        <v>1.666667</v>
+      </c>
+      <c r="Q123">
+        <v>102.496667</v>
+      </c>
+      <c r="R123">
+        <v>102.566667</v>
+      </c>
+      <c r="S123">
+        <v>100.83</v>
+      </c>
+      <c r="T123">
+        <v>100.9</v>
+      </c>
+    </row>
+    <row r="124" spans="1:24">
+      <c r="A124" s="2">
+        <v>45910.534502315</v>
+      </c>
+      <c r="B124" t="s">
+        <v>24</v>
+      </c>
+      <c r="C124" t="s">
+        <v>25</v>
+      </c>
+      <c r="D124" t="s">
+        <v>26</v>
+      </c>
+      <c r="E124" t="s">
+        <v>27</v>
+      </c>
+      <c r="G124">
+        <v>102.827778</v>
+      </c>
+      <c r="I124" t="s">
+        <v>28</v>
+      </c>
+      <c r="J124">
+        <v>8.0</v>
+      </c>
+      <c r="K124" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L124" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M124">
+        <v>30000</v>
+      </c>
+      <c r="N124">
+        <v>1000.0</v>
+      </c>
+      <c r="O124" t="s">
+        <v>28</v>
+      </c>
+      <c r="P124">
+        <v>1.6</v>
+      </c>
+      <c r="Q124">
+        <v>102.43</v>
+      </c>
+      <c r="R124">
+        <v>102.85</v>
+      </c>
+      <c r="S124">
+        <v>100.83</v>
+      </c>
+      <c r="T124">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="125" spans="1:24">
+      <c r="A125" s="2">
+        <v>45909.656736111</v>
+      </c>
+      <c r="B125" t="s">
+        <v>24</v>
+      </c>
+      <c r="C125" t="s">
+        <v>25</v>
+      </c>
+      <c r="D125" t="s">
+        <v>26</v>
+      </c>
+      <c r="E125" t="s">
+        <v>27</v>
+      </c>
+      <c r="F125">
+        <v>0.04</v>
+      </c>
+      <c r="G125">
+        <v>102.827778</v>
+      </c>
+      <c r="H125">
+        <v>3084.33334</v>
+      </c>
+      <c r="I125" t="s">
+        <v>28</v>
+      </c>
+      <c r="J125">
+        <v>8.0</v>
+      </c>
+      <c r="K125" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L125" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M125">
+        <v>30000</v>
+      </c>
+      <c r="N125">
+        <v>1000.0</v>
+      </c>
+      <c r="O125" t="s">
+        <v>28</v>
+      </c>
+      <c r="P125">
+        <v>1.577778</v>
+      </c>
+      <c r="Q125">
+        <v>102.547778</v>
+      </c>
+      <c r="R125">
+        <v>102.827778</v>
+      </c>
+      <c r="S125">
+        <v>100.97</v>
+      </c>
+      <c r="T125">
+        <v>101.25</v>
+      </c>
+      <c r="X125">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="126" spans="1:24">
+      <c r="A126" s="2">
+        <v>45908.418171296</v>
+      </c>
+      <c r="B126" t="s">
+        <v>24</v>
+      </c>
+      <c r="C126" t="s">
+        <v>25</v>
+      </c>
+      <c r="D126" t="s">
+        <v>26</v>
+      </c>
+      <c r="E126" t="s">
+        <v>27</v>
+      </c>
+      <c r="G126">
+        <v>102.783333</v>
+      </c>
+      <c r="I126" t="s">
+        <v>28</v>
+      </c>
+      <c r="J126">
+        <v>8.0</v>
+      </c>
+      <c r="K126" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L126" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M126">
+        <v>30000</v>
+      </c>
+      <c r="N126">
+        <v>1000.0</v>
+      </c>
+      <c r="O126" t="s">
+        <v>28</v>
+      </c>
+      <c r="P126">
+        <v>1.555556</v>
+      </c>
+      <c r="Q126">
+        <v>102.755556</v>
+      </c>
+      <c r="R126">
+        <v>102.805556</v>
+      </c>
+      <c r="S126">
+        <v>101.2</v>
+      </c>
+      <c r="T126">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="127" spans="1:24">
+      <c r="A127" s="2">
+        <v>45905.421273148</v>
+      </c>
+      <c r="B127" t="s">
+        <v>24</v>
+      </c>
+      <c r="C127" t="s">
+        <v>25</v>
+      </c>
+      <c r="D127" t="s">
+        <v>26</v>
+      </c>
+      <c r="E127" t="s">
+        <v>27</v>
+      </c>
+      <c r="F127">
+        <v>0.99</v>
+      </c>
+      <c r="G127">
+        <v>102.783333</v>
+      </c>
+      <c r="H127">
+        <v>1027.83333</v>
+      </c>
+      <c r="I127" t="s">
+        <v>28</v>
+      </c>
+      <c r="J127">
+        <v>8.0</v>
+      </c>
+      <c r="K127" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L127" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M127">
+        <v>30000</v>
+      </c>
+      <c r="N127">
+        <v>1000.0</v>
+      </c>
+      <c r="O127" t="s">
+        <v>28</v>
+      </c>
+      <c r="P127">
+        <v>1.533333</v>
+      </c>
+      <c r="Q127">
+        <v>102.503333</v>
+      </c>
+      <c r="R127">
+        <v>102.783333</v>
+      </c>
+      <c r="S127">
+        <v>100.97</v>
+      </c>
+      <c r="T127">
+        <v>101.25</v>
+      </c>
+      <c r="X127">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="128" spans="1:24">
+      <c r="A128" s="2">
+        <v>45904.420208333</v>
+      </c>
+      <c r="B128" t="s">
+        <v>24</v>
+      </c>
+      <c r="C128" t="s">
+        <v>25</v>
+      </c>
+      <c r="D128" t="s">
+        <v>26</v>
+      </c>
+      <c r="E128" t="s">
+        <v>27</v>
+      </c>
+      <c r="G128">
+        <v>101.777778</v>
+      </c>
+      <c r="I128" t="s">
+        <v>28</v>
+      </c>
+      <c r="J128">
+        <v>8.0</v>
+      </c>
+      <c r="K128" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L128" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M128">
+        <v>30000</v>
+      </c>
+      <c r="N128">
+        <v>1000.0</v>
+      </c>
+      <c r="O128" t="s">
+        <v>28</v>
+      </c>
+      <c r="P128">
+        <v>1.511111</v>
+      </c>
+      <c r="Q128">
+        <v>102.481111</v>
+      </c>
+      <c r="R128">
+        <v>102.761111</v>
+      </c>
+      <c r="S128">
+        <v>100.97</v>
+      </c>
+      <c r="T128">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="129" spans="1:24">
+      <c r="A129" s="2">
+        <v>45903.631273148</v>
+      </c>
+      <c r="B129" t="s">
+        <v>24</v>
+      </c>
+      <c r="C129" t="s">
+        <v>25</v>
+      </c>
+      <c r="D129" t="s">
+        <v>26</v>
+      </c>
+      <c r="E129" t="s">
+        <v>27</v>
+      </c>
+      <c r="G129">
+        <v>101.777778</v>
+      </c>
+      <c r="I129" t="s">
+        <v>28</v>
+      </c>
+      <c r="J129">
+        <v>8.0</v>
+      </c>
+      <c r="K129" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L129" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M129">
+        <v>30000</v>
+      </c>
+      <c r="N129">
+        <v>1000.0</v>
+      </c>
+      <c r="O129" t="s">
+        <v>28</v>
+      </c>
+      <c r="P129">
+        <v>1.444444</v>
+      </c>
+      <c r="Q129">
+        <v>102.264444</v>
+      </c>
+      <c r="R129">
+        <v>102.694444</v>
+      </c>
+      <c r="S129">
+        <v>100.82</v>
+      </c>
+      <c r="T129">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="130" spans="1:24">
+      <c r="A130" s="2">
+        <v>45902.438020833</v>
+      </c>
+      <c r="B130" t="s">
+        <v>24</v>
+      </c>
+      <c r="C130" t="s">
+        <v>25</v>
+      </c>
+      <c r="D130" t="s">
+        <v>26</v>
+      </c>
+      <c r="E130" t="s">
+        <v>27</v>
+      </c>
+      <c r="G130">
+        <v>101.777778</v>
+      </c>
+      <c r="I130" t="s">
+        <v>28</v>
+      </c>
+      <c r="J130">
+        <v>8.0</v>
+      </c>
+      <c r="K130" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L130" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M130">
+        <v>30000</v>
+      </c>
+      <c r="N130">
+        <v>1000.0</v>
+      </c>
+      <c r="O130" t="s">
+        <v>28</v>
+      </c>
+      <c r="P130">
+        <v>1.422222</v>
+      </c>
+      <c r="Q130">
+        <v>102.222222</v>
+      </c>
+      <c r="R130">
+        <v>102.672222</v>
+      </c>
+      <c r="S130">
+        <v>100.8</v>
+      </c>
+      <c r="T130">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="131" spans="1:24">
+      <c r="A131" s="2">
+        <v>45901.434710648</v>
+      </c>
+      <c r="B131" t="s">
+        <v>24</v>
+      </c>
+      <c r="C131" t="s">
+        <v>25</v>
+      </c>
+      <c r="D131" t="s">
+        <v>26</v>
+      </c>
+      <c r="E131" t="s">
+        <v>27</v>
+      </c>
+      <c r="G131">
+        <v>101.777778</v>
+      </c>
+      <c r="I131" t="s">
+        <v>28</v>
+      </c>
+      <c r="J131">
+        <v>8.0</v>
+      </c>
+      <c r="K131" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L131" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M131">
+        <v>30000</v>
+      </c>
+      <c r="N131">
+        <v>1000.0</v>
+      </c>
+      <c r="O131" t="s">
+        <v>28</v>
+      </c>
+      <c r="P131">
+        <v>1.4</v>
+      </c>
+      <c r="Q131">
+        <v>102.25</v>
+      </c>
+      <c r="R131">
+        <v>102.65</v>
+      </c>
+      <c r="S131">
+        <v>100.85</v>
+      </c>
+      <c r="T131">
+        <v>101.25</v>
+      </c>
+    </row>
+    <row r="132" spans="1:24">
+      <c r="A132" s="2">
+        <v>45898.601273148</v>
+      </c>
+      <c r="B132" t="s">
+        <v>24</v>
+      </c>
+      <c r="C132" t="s">
+        <v>25</v>
+      </c>
+      <c r="D132" t="s">
+        <v>26</v>
+      </c>
+      <c r="E132" t="s">
+        <v>27</v>
+      </c>
+      <c r="F132">
+        <v>-0.8</v>
+      </c>
+      <c r="G132">
+        <v>101.777778</v>
+      </c>
+      <c r="H132">
+        <v>1017.77778</v>
+      </c>
+      <c r="I132" t="s">
+        <v>28</v>
+      </c>
+      <c r="J132">
+        <v>8.0</v>
+      </c>
+      <c r="K132" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L132" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M132">
+        <v>30000</v>
+      </c>
+      <c r="N132">
+        <v>1000.0</v>
+      </c>
+      <c r="O132" t="s">
+        <v>28</v>
+      </c>
+      <c r="P132">
+        <v>1.377778</v>
+      </c>
+      <c r="Q132">
+        <v>101.777778</v>
+      </c>
+      <c r="R132">
+        <v>102.627778</v>
+      </c>
+      <c r="S132">
+        <v>100.4</v>
+      </c>
+      <c r="T132">
+        <v>101.25</v>
+      </c>
+      <c r="X132">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="133" spans="1:24">
+      <c r="A133" s="2">
+        <v>45897.49744213</v>
+      </c>
+      <c r="B133" t="s">
+        <v>24</v>
+      </c>
+      <c r="C133" t="s">
+        <v>25</v>
+      </c>
+      <c r="D133" t="s">
+        <v>26</v>
+      </c>
+      <c r="E133" t="s">
+        <v>27</v>
+      </c>
+      <c r="F133">
+        <v>0.04</v>
+      </c>
+      <c r="G133">
+        <v>102.595556</v>
+      </c>
+      <c r="H133">
+        <v>42066.97796</v>
+      </c>
+      <c r="I133" t="s">
+        <v>28</v>
+      </c>
+      <c r="J133">
+        <v>8.0</v>
+      </c>
+      <c r="K133" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L133" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M133">
+        <v>30000</v>
+      </c>
+      <c r="N133">
+        <v>1000.0</v>
+      </c>
+      <c r="O133" t="s">
+        <v>28</v>
+      </c>
+      <c r="P133">
+        <v>1.355556</v>
+      </c>
+      <c r="Q133">
+        <v>101.755556</v>
+      </c>
+      <c r="R133">
+        <v>102.605556</v>
+      </c>
+      <c r="S133">
+        <v>100.4</v>
+      </c>
+      <c r="T133">
+        <v>101.25</v>
+      </c>
+      <c r="X133">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:24">
+      <c r="A134" s="2">
+        <v>45896.643819444</v>
+      </c>
+      <c r="B134" t="s">
+        <v>24</v>
+      </c>
+      <c r="C134" t="s">
+        <v>25</v>
+      </c>
+      <c r="D134" t="s">
+        <v>26</v>
+      </c>
+      <c r="E134" t="s">
+        <v>27</v>
+      </c>
+      <c r="F134">
+        <v>1.02</v>
+      </c>
+      <c r="G134">
+        <v>102.551111</v>
+      </c>
+      <c r="H134">
+        <v>12306.63332</v>
+      </c>
+      <c r="I134" t="s">
+        <v>28</v>
+      </c>
+      <c r="J134">
+        <v>8.0</v>
+      </c>
+      <c r="K134" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L134" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M134">
+        <v>30000</v>
+      </c>
+      <c r="N134">
+        <v>1000.0</v>
+      </c>
+      <c r="O134" t="s">
+        <v>28</v>
+      </c>
+      <c r="P134">
+        <v>1.311111</v>
+      </c>
+      <c r="Q134">
+        <v>101.711111</v>
+      </c>
+      <c r="R134">
+        <v>102.551111</v>
+      </c>
+      <c r="S134">
+        <v>100.4</v>
+      </c>
+      <c r="T134">
+        <v>101.24</v>
+      </c>
+      <c r="X134">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="135" spans="1:24">
+      <c r="A135" s="2">
+        <v>45895.515868056</v>
+      </c>
+      <c r="B135" t="s">
+        <v>24</v>
+      </c>
+      <c r="C135" t="s">
+        <v>25</v>
+      </c>
+      <c r="D135" t="s">
+        <v>26</v>
+      </c>
+      <c r="E135" t="s">
+        <v>27</v>
+      </c>
+      <c r="G135">
+        <v>101.516667</v>
+      </c>
+      <c r="I135" t="s">
+        <v>28</v>
+      </c>
+      <c r="J135">
+        <v>8.0</v>
+      </c>
+      <c r="K135" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L135" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M135">
+        <v>30000</v>
+      </c>
+      <c r="N135">
+        <v>1000.0</v>
+      </c>
+      <c r="O135" t="s">
+        <v>28</v>
+      </c>
+      <c r="P135">
+        <v>1.288889</v>
+      </c>
+      <c r="Q135">
+        <v>101.888889</v>
+      </c>
+      <c r="R135">
+        <v>102.528889</v>
+      </c>
+      <c r="S135">
+        <v>100.6</v>
+      </c>
+      <c r="T135">
+        <v>101.24</v>
+      </c>
+    </row>
+    <row r="136" spans="1:24">
+      <c r="A136" s="2">
+        <v>45894.460509259</v>
+      </c>
+      <c r="B136" t="s">
+        <v>24</v>
+      </c>
+      <c r="C136" t="s">
+        <v>25</v>
+      </c>
+      <c r="D136" t="s">
+        <v>26</v>
+      </c>
+      <c r="E136" t="s">
+        <v>27</v>
+      </c>
+      <c r="F136">
+        <v>-0.95</v>
+      </c>
+      <c r="G136">
+        <v>101.516667</v>
+      </c>
+      <c r="H136">
+        <v>1015.16667</v>
+      </c>
+      <c r="I136" t="s">
+        <v>28</v>
+      </c>
+      <c r="J136">
+        <v>8.0</v>
+      </c>
+      <c r="K136" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L136" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M136">
+        <v>30000</v>
+      </c>
+      <c r="N136">
+        <v>1000.0</v>
+      </c>
+      <c r="O136" t="s">
+        <v>28</v>
+      </c>
+      <c r="P136">
+        <v>1.266667</v>
+      </c>
+      <c r="Q136">
+        <v>101.766667</v>
+      </c>
+      <c r="R136">
+        <v>102.506667</v>
+      </c>
+      <c r="S136">
+        <v>100.5</v>
+      </c>
+      <c r="T136">
+        <v>101.24</v>
+      </c>
+      <c r="X136">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="137" spans="1:24">
+      <c r="A137" s="2">
+        <v>45891.648159722</v>
+      </c>
+      <c r="B137" t="s">
+        <v>24</v>
+      </c>
+      <c r="C137" t="s">
+        <v>25</v>
+      </c>
+      <c r="D137" t="s">
+        <v>26</v>
+      </c>
+      <c r="E137" t="s">
+        <v>27</v>
+      </c>
+      <c r="F137">
+        <v>0.24</v>
+      </c>
+      <c r="G137">
+        <v>102.494444</v>
+      </c>
+      <c r="H137">
+        <v>47122.94424</v>
+      </c>
+      <c r="I137" t="s">
+        <v>28</v>
+      </c>
+      <c r="J137">
+        <v>8.0</v>
+      </c>
+      <c r="K137" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L137" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M137">
+        <v>30000</v>
+      </c>
+      <c r="N137">
+        <v>1000.0</v>
+      </c>
+      <c r="O137" t="s">
+        <v>28</v>
+      </c>
+      <c r="P137">
+        <v>1.244444</v>
+      </c>
+      <c r="Q137">
+        <v>102.044444</v>
+      </c>
+      <c r="R137">
+        <v>102.494444</v>
+      </c>
+      <c r="S137">
+        <v>100.8</v>
+      </c>
+      <c r="T137">
+        <v>101.25</v>
+      </c>
+      <c r="X137">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="138" spans="1:24">
+      <c r="A138" s="2">
+        <v>45890.511180556</v>
+      </c>
+      <c r="B138" t="s">
+        <v>24</v>
+      </c>
+      <c r="C138" t="s">
+        <v>25</v>
+      </c>
+      <c r="D138" t="s">
+        <v>26</v>
+      </c>
+      <c r="E138" t="s">
+        <v>27</v>
+      </c>
+      <c r="F138">
+        <v>0.02</v>
+      </c>
+      <c r="G138">
+        <v>102.252222</v>
+      </c>
+      <c r="H138">
+        <v>2045.04444</v>
+      </c>
+      <c r="I138" t="s">
+        <v>28</v>
+      </c>
+      <c r="J138">
+        <v>8.0</v>
+      </c>
+      <c r="K138" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L138" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M138">
+        <v>30000</v>
+      </c>
+      <c r="N138">
+        <v>1000.0</v>
+      </c>
+      <c r="O138" t="s">
+        <v>28</v>
+      </c>
+      <c r="P138">
+        <v>1.222222</v>
+      </c>
+      <c r="Q138">
+        <v>101.922222</v>
+      </c>
+      <c r="R138">
+        <v>102.272222</v>
+      </c>
+      <c r="S138">
+        <v>100.7</v>
+      </c>
+      <c r="T138">
+        <v>101.05</v>
+      </c>
+      <c r="X138">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="139" spans="1:24">
+      <c r="A139" s="2">
+        <v>45889.354861111</v>
+      </c>
+      <c r="B139" t="s">
+        <v>24</v>
+      </c>
+      <c r="C139" t="s">
+        <v>25</v>
+      </c>
+      <c r="D139" t="s">
+        <v>26</v>
+      </c>
+      <c r="E139" t="s">
+        <v>27</v>
+      </c>
+      <c r="G139">
+        <v>102.233333</v>
+      </c>
+      <c r="I139" t="s">
+        <v>28</v>
+      </c>
+      <c r="J139">
+        <v>8.0</v>
+      </c>
+      <c r="K139" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L139" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M139">
+        <v>30000</v>
+      </c>
+      <c r="N139">
+        <v>1000.0</v>
+      </c>
+      <c r="O139" t="s">
+        <v>28</v>
+      </c>
+      <c r="P139">
+        <v>1.155556</v>
+      </c>
+    </row>
+    <row r="140" spans="1:24">
+      <c r="A140" s="2">
+        <v>45888.565729167</v>
+      </c>
+      <c r="B140" t="s">
+        <v>24</v>
+      </c>
+      <c r="C140" t="s">
+        <v>25</v>
+      </c>
+      <c r="D140" t="s">
+        <v>26</v>
+      </c>
+      <c r="E140" t="s">
+        <v>27</v>
+      </c>
+      <c r="F140">
+        <v>0.12</v>
+      </c>
+      <c r="G140">
+        <v>102.233333</v>
+      </c>
+      <c r="H140">
+        <v>5108.66665</v>
+      </c>
+      <c r="I140" t="s">
+        <v>28</v>
+      </c>
+      <c r="J140">
+        <v>8.0</v>
+      </c>
+      <c r="K140" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L140" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M140">
+        <v>30000</v>
+      </c>
+      <c r="N140">
+        <v>1000.0</v>
+      </c>
+      <c r="O140" t="s">
+        <v>28</v>
+      </c>
+      <c r="P140">
+        <v>1.133333</v>
+      </c>
+      <c r="Q140">
+        <v>101.383333</v>
+      </c>
+      <c r="R140">
+        <v>102.233333</v>
+      </c>
+      <c r="S140">
+        <v>100.25</v>
+      </c>
+      <c r="T140">
+        <v>101.1</v>
+      </c>
+      <c r="X140">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="141" spans="1:24">
+      <c r="A141" s="2">
+        <v>45887.559386574</v>
+      </c>
+      <c r="B141" t="s">
+        <v>24</v>
+      </c>
+      <c r="C141" t="s">
+        <v>25</v>
+      </c>
+      <c r="D141" t="s">
+        <v>26</v>
+      </c>
+      <c r="E141" t="s">
+        <v>27</v>
+      </c>
+      <c r="F141">
+        <v>0.35</v>
+      </c>
+      <c r="G141">
+        <v>102.11111</v>
+      </c>
+      <c r="H141">
+        <v>28551.1109</v>
+      </c>
+      <c r="I141" t="s">
+        <v>28</v>
+      </c>
+      <c r="J141">
+        <v>8.0</v>
+      </c>
+      <c r="K141" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L141" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M141">
+        <v>30000</v>
+      </c>
+      <c r="N141">
+        <v>1000.0</v>
+      </c>
+      <c r="O141" t="s">
+        <v>28</v>
+      </c>
+      <c r="P141">
+        <v>1.111111</v>
+      </c>
+      <c r="Q141">
+        <v>101.711111</v>
+      </c>
+      <c r="R141">
+        <v>102.11111</v>
+      </c>
+      <c r="S141">
+        <v>100.6</v>
+      </c>
+      <c r="T141">
+        <v>100.999999</v>
+      </c>
+      <c r="X141">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="142" spans="1:24">
+      <c r="A142" s="2">
+        <v>45884.433877315</v>
+      </c>
+      <c r="B142" t="s">
+        <v>24</v>
+      </c>
+      <c r="C142" t="s">
+        <v>25</v>
+      </c>
+      <c r="D142" t="s">
+        <v>26</v>
+      </c>
+      <c r="E142" t="s">
+        <v>27</v>
+      </c>
+      <c r="G142">
+        <v>101.75</v>
+      </c>
+      <c r="I142" t="s">
+        <v>28</v>
+      </c>
+      <c r="J142">
+        <v>8.0</v>
+      </c>
+      <c r="K142" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L142" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M142">
+        <v>30000</v>
+      </c>
+      <c r="N142">
+        <v>1000.0</v>
+      </c>
+      <c r="O142" t="s">
+        <v>28</v>
+      </c>
+      <c r="P142">
+        <v>1.088889</v>
+      </c>
+      <c r="Q142">
+        <v>101.338889</v>
+      </c>
+      <c r="R142">
+        <v>102.088888</v>
+      </c>
+      <c r="S142">
+        <v>100.25</v>
+      </c>
+      <c r="T142">
+        <v>100.999999</v>
+      </c>
+    </row>
+    <row r="143" spans="1:24">
+      <c r="A143" s="2">
+        <v>45883.487407407</v>
+      </c>
+      <c r="B143" t="s">
+        <v>24</v>
+      </c>
+      <c r="C143" t="s">
+        <v>25</v>
+      </c>
+      <c r="D143" t="s">
+        <v>26</v>
+      </c>
+      <c r="E143" t="s">
+        <v>27</v>
+      </c>
+      <c r="G143">
+        <v>101.75</v>
+      </c>
+      <c r="I143" t="s">
+        <v>28</v>
+      </c>
+      <c r="J143">
+        <v>8.0</v>
+      </c>
+      <c r="K143" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L143" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M143">
+        <v>30000</v>
+      </c>
+      <c r="N143">
+        <v>1000.0</v>
+      </c>
+      <c r="O143" t="s">
+        <v>28</v>
+      </c>
+      <c r="P143">
+        <v>1.066667</v>
+      </c>
+      <c r="Q143">
+        <v>101.316667</v>
+      </c>
+      <c r="R143">
+        <v>101.996</v>
+      </c>
+      <c r="S143">
+        <v>100.25</v>
+      </c>
+      <c r="T143">
+        <v>100.929333</v>
+      </c>
+    </row>
+    <row r="144" spans="1:24">
+      <c r="A144" s="2">
+        <v>45882.626585648</v>
+      </c>
+      <c r="B144" t="s">
+        <v>24</v>
+      </c>
+      <c r="C144" t="s">
+        <v>25</v>
+      </c>
+      <c r="D144" t="s">
+        <v>26</v>
+      </c>
+      <c r="E144" t="s">
+        <v>27</v>
+      </c>
+      <c r="F144">
+        <v>-0.08</v>
+      </c>
+      <c r="G144">
+        <v>101.75</v>
+      </c>
+      <c r="H144">
+        <v>18301.0</v>
+      </c>
+      <c r="I144" t="s">
+        <v>28</v>
+      </c>
+      <c r="J144">
+        <v>8.0</v>
+      </c>
+      <c r="K144" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L144" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M144">
+        <v>30000</v>
+      </c>
+      <c r="N144">
+        <v>1000.0</v>
+      </c>
+      <c r="O144" t="s">
+        <v>28</v>
+      </c>
+      <c r="P144">
+        <v>1.0</v>
+      </c>
+      <c r="Q144">
+        <v>101.35</v>
+      </c>
+      <c r="R144">
+        <v>102.0</v>
+      </c>
+      <c r="S144">
+        <v>100.35</v>
+      </c>
+      <c r="T144">
+        <v>101.0</v>
+      </c>
+      <c r="X144">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="145" spans="1:24">
+      <c r="A145" s="2">
+        <v>45881.581273148</v>
+      </c>
+      <c r="B145" t="s">
+        <v>24</v>
+      </c>
+      <c r="C145" t="s">
+        <v>25</v>
+      </c>
+      <c r="D145" t="s">
+        <v>26</v>
+      </c>
+      <c r="E145" t="s">
+        <v>27</v>
+      </c>
+      <c r="G145">
+        <v>101.82833</v>
+      </c>
+      <c r="I145" t="s">
+        <v>28</v>
+      </c>
+      <c r="J145">
+        <v>8.0</v>
+      </c>
+      <c r="K145" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L145" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M145">
+        <v>30000</v>
+      </c>
+      <c r="N145">
+        <v>1000.0</v>
+      </c>
+      <c r="O145" t="s">
+        <v>28</v>
+      </c>
+      <c r="P145">
+        <v>0.977778</v>
+      </c>
+      <c r="Q145">
+        <v>101.227778</v>
+      </c>
+      <c r="R145">
+        <v>101.727778</v>
+      </c>
+      <c r="S145">
+        <v>100.25</v>
+      </c>
+      <c r="T145">
+        <v>100.75</v>
+      </c>
+    </row>
+    <row r="146" spans="1:24">
+      <c r="A146" s="2">
+        <v>45880.5965625</v>
+      </c>
+      <c r="B146" t="s">
+        <v>24</v>
+      </c>
+      <c r="C146" t="s">
+        <v>25</v>
+      </c>
+      <c r="D146" t="s">
+        <v>26</v>
+      </c>
+      <c r="E146" t="s">
+        <v>27</v>
+      </c>
+      <c r="G146">
+        <v>101.82833</v>
+      </c>
+      <c r="I146" t="s">
+        <v>28</v>
+      </c>
+      <c r="J146">
+        <v>8.0</v>
+      </c>
+      <c r="K146" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L146" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M146">
+        <v>30000</v>
+      </c>
+      <c r="N146">
+        <v>1000.0</v>
+      </c>
+      <c r="O146" t="s">
+        <v>28</v>
+      </c>
+      <c r="P146">
+        <v>0.955556</v>
+      </c>
+      <c r="Q146">
+        <v>101.205556</v>
+      </c>
+      <c r="R146">
+        <v>101.845356</v>
+      </c>
+      <c r="S146">
+        <v>100.25</v>
+      </c>
+      <c r="T146">
+        <v>100.8898</v>
+      </c>
+    </row>
+    <row r="147" spans="1:24">
+      <c r="A147" s="2">
+        <v>45877.603946759</v>
+      </c>
+      <c r="B147" t="s">
+        <v>24</v>
+      </c>
+      <c r="C147" t="s">
+        <v>25</v>
+      </c>
+      <c r="D147" t="s">
+        <v>26</v>
+      </c>
+      <c r="E147" t="s">
+        <v>27</v>
+      </c>
+      <c r="F147">
+        <v>0.12</v>
+      </c>
+      <c r="G147">
+        <v>101.82833</v>
+      </c>
+      <c r="H147">
+        <v>3054.8499</v>
+      </c>
+      <c r="I147" t="s">
+        <v>28</v>
+      </c>
+      <c r="J147">
+        <v>8.0</v>
+      </c>
+      <c r="K147" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L147" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M147">
+        <v>30000</v>
+      </c>
+      <c r="N147">
+        <v>1000.0</v>
+      </c>
+      <c r="O147" t="s">
+        <v>28</v>
+      </c>
+      <c r="P147">
+        <v>0.933333</v>
+      </c>
+      <c r="Q147">
+        <v>101.183333</v>
+      </c>
+      <c r="R147">
+        <v>101.827332</v>
+      </c>
+      <c r="S147">
+        <v>100.25</v>
+      </c>
+      <c r="T147">
+        <v>100.893999</v>
+      </c>
+      <c r="X147">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="148" spans="1:24">
+      <c r="A148" s="2">
+        <v>45876.659710648</v>
+      </c>
+      <c r="B148" t="s">
+        <v>24</v>
+      </c>
+      <c r="C148" t="s">
+        <v>25</v>
+      </c>
+      <c r="D148" t="s">
+        <v>26</v>
+      </c>
+      <c r="E148" t="s">
+        <v>27</v>
+      </c>
+      <c r="F148">
+        <v>0.11</v>
+      </c>
+      <c r="G148">
+        <v>101.711111</v>
+      </c>
+      <c r="H148">
+        <v>9153.99999</v>
+      </c>
+      <c r="I148" t="s">
+        <v>28</v>
+      </c>
+      <c r="J148">
+        <v>8.0</v>
+      </c>
+      <c r="K148" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L148" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M148">
+        <v>30000</v>
+      </c>
+      <c r="N148">
+        <v>1000.0</v>
+      </c>
+      <c r="O148" t="s">
+        <v>28</v>
+      </c>
+      <c r="P148">
+        <v>0.911111</v>
+      </c>
+      <c r="Q148">
+        <v>101.611111</v>
+      </c>
+      <c r="R148">
+        <v>101.809111</v>
+      </c>
+      <c r="S148">
+        <v>100.7</v>
+      </c>
+      <c r="T148">
+        <v>100.898</v>
+      </c>
+      <c r="X148">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="149" spans="1:24">
+      <c r="A149" s="2">
+        <v>45875.618240741</v>
+      </c>
+      <c r="B149" t="s">
+        <v>24</v>
+      </c>
+      <c r="C149" t="s">
+        <v>25</v>
+      </c>
+      <c r="D149" t="s">
+        <v>26</v>
+      </c>
+      <c r="E149" t="s">
+        <v>27</v>
+      </c>
+      <c r="F149">
+        <v>0.02</v>
+      </c>
+      <c r="G149">
+        <v>101.594444</v>
+      </c>
+      <c r="H149">
+        <v>15239.1666</v>
+      </c>
+      <c r="I149" t="s">
+        <v>28</v>
+      </c>
+      <c r="J149">
+        <v>8.0</v>
+      </c>
+      <c r="K149" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L149" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M149">
+        <v>30000</v>
+      </c>
+      <c r="N149">
+        <v>1000.0</v>
+      </c>
+      <c r="O149" t="s">
+        <v>28</v>
+      </c>
+      <c r="P149">
+        <v>0.844444</v>
+      </c>
+      <c r="Q149">
+        <v>101.094444</v>
+      </c>
+      <c r="R149">
+        <v>101.644444</v>
+      </c>
+      <c r="S149">
+        <v>100.25</v>
+      </c>
+      <c r="T149">
+        <v>100.8</v>
+      </c>
+      <c r="X149">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="150" spans="1:24">
+      <c r="A150" s="2">
+        <v>45874.640069444</v>
+      </c>
+      <c r="B150" t="s">
+        <v>24</v>
+      </c>
+      <c r="C150" t="s">
+        <v>25</v>
+      </c>
+      <c r="D150" t="s">
+        <v>26</v>
+      </c>
+      <c r="E150" t="s">
+        <v>27</v>
+      </c>
+      <c r="F150">
+        <v>-0.01</v>
+      </c>
+      <c r="G150">
+        <v>101.572222</v>
+      </c>
+      <c r="H150">
+        <v>1015.72222</v>
+      </c>
+      <c r="I150" t="s">
+        <v>28</v>
+      </c>
+      <c r="J150">
+        <v>8.0</v>
+      </c>
+      <c r="K150" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L150" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M150">
+        <v>30000</v>
+      </c>
+      <c r="N150">
+        <v>1000.0</v>
+      </c>
+      <c r="O150" t="s">
+        <v>28</v>
+      </c>
+      <c r="P150">
+        <v>0.822222</v>
+      </c>
+      <c r="Q150">
+        <v>101.572222</v>
+      </c>
+      <c r="R150">
+        <v>101.822222</v>
+      </c>
+      <c r="S150">
+        <v>100.75</v>
+      </c>
+      <c r="T150">
+        <v>101.0</v>
+      </c>
+      <c r="X150">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="151" spans="1:24">
+      <c r="A151" s="2">
+        <v>45873.535590278</v>
+      </c>
+      <c r="B151" t="s">
+        <v>24</v>
+      </c>
+      <c r="C151" t="s">
+        <v>25</v>
+      </c>
+      <c r="D151" t="s">
+        <v>26</v>
+      </c>
+      <c r="E151" t="s">
+        <v>27</v>
+      </c>
+      <c r="G151">
+        <v>101.577778</v>
+      </c>
+      <c r="I151" t="s">
+        <v>28</v>
+      </c>
+      <c r="J151">
+        <v>8.0</v>
+      </c>
+      <c r="K151" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L151" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M151">
+        <v>30000</v>
+      </c>
+      <c r="N151">
+        <v>1000.0</v>
+      </c>
+      <c r="O151" t="s">
+        <v>28</v>
+      </c>
+      <c r="P151">
+        <v>0.8</v>
+      </c>
+      <c r="Q151">
+        <v>101.05</v>
+      </c>
+      <c r="R151">
+        <v>101.55</v>
+      </c>
+      <c r="S151">
+        <v>100.25</v>
+      </c>
+      <c r="T151">
+        <v>100.75</v>
+      </c>
+    </row>
+    <row r="152" spans="1:24">
+      <c r="A152" s="2">
+        <v>45870.629849537</v>
+      </c>
+      <c r="B152" t="s">
+        <v>24</v>
+      </c>
+      <c r="C152" t="s">
+        <v>25</v>
+      </c>
+      <c r="D152" t="s">
+        <v>26</v>
+      </c>
+      <c r="E152" t="s">
+        <v>27</v>
+      </c>
+      <c r="F152">
+        <v>0.21</v>
+      </c>
+      <c r="G152">
+        <v>101.577778</v>
+      </c>
+      <c r="H152">
+        <v>10157.7778</v>
+      </c>
+      <c r="I152" t="s">
+        <v>28</v>
+      </c>
+      <c r="J152">
+        <v>8.0</v>
+      </c>
+      <c r="K152" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L152" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M152">
+        <v>30000</v>
+      </c>
+      <c r="N152">
+        <v>1000.0</v>
+      </c>
+      <c r="O152" t="s">
+        <v>28</v>
+      </c>
+      <c r="P152">
+        <v>0.777778</v>
+      </c>
+      <c r="Q152">
+        <v>101.027778</v>
+      </c>
+      <c r="R152">
+        <v>101.677778</v>
+      </c>
+      <c r="S152">
+        <v>100.25</v>
+      </c>
+      <c r="T152">
+        <v>100.9</v>
+      </c>
+      <c r="X152">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="153" spans="1:24">
+      <c r="A153" s="2">
+        <v>45869.416689815</v>
+      </c>
+      <c r="B153" t="s">
+        <v>24</v>
+      </c>
+      <c r="C153" t="s">
+        <v>25</v>
+      </c>
+      <c r="D153" t="s">
+        <v>26</v>
+      </c>
+      <c r="E153" t="s">
+        <v>27</v>
+      </c>
+      <c r="G153">
+        <v>101.366667</v>
+      </c>
+      <c r="I153" t="s">
+        <v>28</v>
+      </c>
+      <c r="J153">
+        <v>8.0</v>
+      </c>
+      <c r="K153" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L153" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M153">
+        <v>30000</v>
+      </c>
+      <c r="N153">
+        <v>1000.0</v>
+      </c>
+      <c r="O153" t="s">
+        <v>28</v>
+      </c>
+      <c r="P153">
+        <v>0.755556</v>
+      </c>
+      <c r="Q153">
+        <v>101.005556</v>
+      </c>
+      <c r="R153">
+        <v>101.505556</v>
+      </c>
+      <c r="S153">
+        <v>100.25</v>
+      </c>
+      <c r="T153">
+        <v>100.75</v>
+      </c>
+    </row>
+    <row r="154" spans="1:24">
+      <c r="A154" s="2">
+        <v>45868.416712963</v>
+      </c>
+      <c r="B154" t="s">
+        <v>24</v>
+      </c>
+      <c r="C154" t="s">
+        <v>25</v>
+      </c>
+      <c r="D154" t="s">
+        <v>26</v>
+      </c>
+      <c r="E154" t="s">
+        <v>27</v>
+      </c>
+      <c r="G154">
+        <v>101.366667</v>
+      </c>
+      <c r="I154" t="s">
+        <v>28</v>
+      </c>
+      <c r="J154">
+        <v>8.0</v>
+      </c>
+      <c r="K154" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L154" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M154">
+        <v>30000</v>
+      </c>
+      <c r="N154">
+        <v>1000.0</v>
+      </c>
+      <c r="O154" t="s">
+        <v>28</v>
+      </c>
+      <c r="P154">
+        <v>0.688889</v>
+      </c>
+      <c r="Q154">
+        <v>100.938889</v>
+      </c>
+      <c r="R154">
+        <v>101.438889</v>
+      </c>
+      <c r="S154">
+        <v>100.25</v>
+      </c>
+      <c r="T154">
+        <v>100.75</v>
+      </c>
+    </row>
+    <row r="155" spans="1:24">
+      <c r="A155" s="2">
+        <v>45867.642280093</v>
+      </c>
+      <c r="B155" t="s">
+        <v>24</v>
+      </c>
+      <c r="C155" t="s">
+        <v>25</v>
+      </c>
+      <c r="D155" t="s">
+        <v>26</v>
+      </c>
+      <c r="E155" t="s">
+        <v>27</v>
+      </c>
+      <c r="G155">
+        <v>101.366667</v>
+      </c>
+      <c r="H155">
+        <v>21286.90007</v>
+      </c>
+      <c r="I155" t="s">
+        <v>28</v>
+      </c>
+      <c r="J155">
+        <v>8.0</v>
+      </c>
+      <c r="K155" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L155" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M155">
+        <v>30000</v>
+      </c>
+      <c r="N155">
+        <v>1000.0</v>
+      </c>
+      <c r="O155" t="s">
+        <v>28</v>
+      </c>
+      <c r="P155">
+        <v>0.666667</v>
+      </c>
+      <c r="Q155">
+        <v>100.916667</v>
+      </c>
+      <c r="R155">
+        <v>101.416667</v>
+      </c>
+      <c r="S155">
+        <v>100.25</v>
+      </c>
+      <c r="T155">
+        <v>100.75</v>
+      </c>
+      <c r="X155">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="156" spans="1:24">
+      <c r="A156" s="2">
+        <v>45866.617118056</v>
+      </c>
+      <c r="B156" t="s">
+        <v>24</v>
+      </c>
+      <c r="C156" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" t="s">
+        <v>26</v>
+      </c>
+      <c r="E156" t="s">
+        <v>27</v>
+      </c>
+      <c r="F156">
+        <v>0.12</v>
+      </c>
+      <c r="G156">
+        <v>101.366667</v>
+      </c>
+      <c r="H156">
+        <v>13171.06671</v>
+      </c>
+      <c r="I156" t="s">
+        <v>28</v>
+      </c>
+      <c r="J156">
+        <v>8.0</v>
+      </c>
+      <c r="K156" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L156" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M156">
+        <v>30000</v>
+      </c>
+      <c r="N156">
+        <v>1000.0</v>
+      </c>
+      <c r="O156" t="s">
+        <v>28</v>
+      </c>
+      <c r="P156">
+        <v>0.666667</v>
+      </c>
+      <c r="Q156">
+        <v>100.916667</v>
+      </c>
+      <c r="R156">
+        <v>101.366667</v>
+      </c>
+      <c r="S156">
+        <v>100.25</v>
+      </c>
+      <c r="T156">
+        <v>100.7</v>
+      </c>
+      <c r="X156">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="157" spans="1:24">
+      <c r="A157" s="2">
+        <v>45863.654733796</v>
+      </c>
+      <c r="B157" t="s">
+        <v>24</v>
+      </c>
+      <c r="C157" t="s">
+        <v>25</v>
+      </c>
+      <c r="D157" t="s">
+        <v>26</v>
+      </c>
+      <c r="E157" t="s">
+        <v>27</v>
+      </c>
+      <c r="F157">
+        <v>-0.08</v>
+      </c>
+      <c r="G157">
+        <v>101.244444</v>
+      </c>
+      <c r="H157">
+        <v>73956.44412</v>
+      </c>
+      <c r="I157" t="s">
+        <v>28</v>
+      </c>
+      <c r="J157">
+        <v>8.0</v>
+      </c>
+      <c r="K157" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L157" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M157">
+        <v>30000</v>
+      </c>
+      <c r="N157">
+        <v>1000.0</v>
+      </c>
+      <c r="O157" t="s">
+        <v>28</v>
+      </c>
+      <c r="P157">
+        <v>0.644444</v>
+      </c>
+      <c r="Q157">
+        <v>101.124444</v>
+      </c>
+      <c r="R157">
+        <v>101.394444</v>
+      </c>
+      <c r="S157">
+        <v>100.48</v>
+      </c>
+      <c r="T157">
+        <v>100.75</v>
+      </c>
+      <c r="X157">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="158" spans="1:24">
+      <c r="A158" s="2">
+        <v>45862.630347222</v>
+      </c>
+      <c r="B158" t="s">
+        <v>24</v>
+      </c>
+      <c r="C158" t="s">
+        <v>25</v>
+      </c>
+      <c r="D158" t="s">
+        <v>26</v>
+      </c>
+      <c r="E158" t="s">
+        <v>27</v>
+      </c>
+      <c r="F158">
+        <v>0.07</v>
+      </c>
+      <c r="G158">
+        <v>101.322222</v>
+      </c>
+      <c r="H158">
+        <v>14185.11108</v>
+      </c>
+      <c r="I158" t="s">
+        <v>28</v>
+      </c>
+      <c r="J158">
+        <v>8.0</v>
+      </c>
+      <c r="K158" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L158" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M158">
+        <v>30000</v>
+      </c>
+      <c r="N158">
+        <v>1000.0</v>
+      </c>
+      <c r="O158" t="s">
+        <v>28</v>
+      </c>
+      <c r="P158">
+        <v>0.622222</v>
+      </c>
+      <c r="Q158">
+        <v>101.102222</v>
+      </c>
+      <c r="R158">
+        <v>101.272222</v>
+      </c>
+      <c r="S158">
+        <v>100.48</v>
+      </c>
+      <c r="T158">
+        <v>100.65</v>
+      </c>
+      <c r="X158">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="159" spans="1:24">
+      <c r="A159" s="2">
+        <v>45861.621018519</v>
+      </c>
+      <c r="B159" t="s">
+        <v>24</v>
+      </c>
+      <c r="C159" t="s">
+        <v>25</v>
+      </c>
+      <c r="D159" t="s">
+        <v>26</v>
+      </c>
+      <c r="E159" t="s">
+        <v>27</v>
+      </c>
+      <c r="F159">
+        <v>-0.02</v>
+      </c>
+      <c r="G159">
+        <v>101.255556</v>
+      </c>
+      <c r="H159">
+        <v>5058.2778</v>
+      </c>
+      <c r="I159" t="s">
+        <v>28</v>
+      </c>
+      <c r="J159">
+        <v>8.0</v>
+      </c>
+      <c r="K159" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L159" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M159">
+        <v>30000</v>
+      </c>
+      <c r="N159">
+        <v>1000.0</v>
+      </c>
+      <c r="O159" t="s">
+        <v>28</v>
+      </c>
+      <c r="P159">
+        <v>0.555556</v>
+      </c>
+      <c r="Q159">
+        <v>100.805556</v>
+      </c>
+      <c r="R159">
+        <v>101.255556</v>
+      </c>
+      <c r="S159">
+        <v>100.25</v>
+      </c>
+      <c r="T159">
+        <v>100.7</v>
+      </c>
+      <c r="X159">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="160" spans="1:24">
+      <c r="A160" s="2">
+        <v>45860.56599537</v>
+      </c>
+      <c r="B160" t="s">
+        <v>24</v>
+      </c>
+      <c r="C160" t="s">
+        <v>25</v>
+      </c>
+      <c r="D160" t="s">
+        <v>26</v>
+      </c>
+      <c r="E160" t="s">
+        <v>27</v>
+      </c>
+      <c r="G160">
+        <v>101.273333</v>
+      </c>
+      <c r="H160">
+        <v>5063.66665</v>
+      </c>
+      <c r="I160" t="s">
+        <v>28</v>
+      </c>
+      <c r="J160">
+        <v>8.0</v>
+      </c>
+      <c r="K160" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L160" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M160">
+        <v>30000</v>
+      </c>
+      <c r="N160">
+        <v>1000.0</v>
+      </c>
+      <c r="O160" t="s">
+        <v>28</v>
+      </c>
+      <c r="P160">
+        <v>0.533333</v>
+      </c>
+      <c r="Q160">
+        <v>101.123333</v>
+      </c>
+      <c r="R160">
+        <v>101.283333</v>
+      </c>
+      <c r="S160">
+        <v>100.59</v>
+      </c>
+      <c r="T160">
+        <v>100.75</v>
+      </c>
+      <c r="X160">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="161" spans="1:24">
+      <c r="A161" s="2">
+        <v>45859.59630787</v>
+      </c>
+      <c r="B161" t="s">
+        <v>24</v>
+      </c>
+      <c r="C161" t="s">
+        <v>25</v>
+      </c>
+      <c r="D161" t="s">
+        <v>26</v>
+      </c>
+      <c r="E161" t="s">
+        <v>27</v>
+      </c>
+      <c r="F161">
+        <v>0.11</v>
+      </c>
+      <c r="G161">
+        <v>101.271111</v>
+      </c>
+      <c r="H161">
+        <v>3038.13333</v>
+      </c>
+      <c r="I161" t="s">
+        <v>28</v>
+      </c>
+      <c r="J161">
+        <v>8.0</v>
+      </c>
+      <c r="K161" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L161" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M161">
+        <v>30000</v>
+      </c>
+      <c r="N161">
+        <v>1000.0</v>
+      </c>
+      <c r="O161" t="s">
+        <v>28</v>
+      </c>
+      <c r="P161">
+        <v>0.511111</v>
+      </c>
+      <c r="Q161">
+        <v>100.761111</v>
+      </c>
+      <c r="R161">
+        <v>101.261111</v>
+      </c>
+      <c r="S161">
+        <v>100.25</v>
+      </c>
+      <c r="T161">
+        <v>100.75</v>
+      </c>
+      <c r="X161">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="162" spans="1:24">
+      <c r="A162" s="2">
+        <v>45856.577546296</v>
+      </c>
+      <c r="B162" t="s">
+        <v>24</v>
+      </c>
+      <c r="C162" t="s">
+        <v>25</v>
+      </c>
+      <c r="D162" t="s">
+        <v>26</v>
+      </c>
+      <c r="E162" t="s">
+        <v>27</v>
+      </c>
+      <c r="G162">
+        <v>101.16</v>
+      </c>
+      <c r="I162" t="s">
+        <v>28</v>
+      </c>
+      <c r="J162">
+        <v>8.0</v>
+      </c>
+      <c r="K162" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L162" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M162">
+        <v>30000</v>
+      </c>
+      <c r="N162">
+        <v>1000.0</v>
+      </c>
+      <c r="O162" t="s">
+        <v>28</v>
+      </c>
+      <c r="P162">
+        <v>0.488889</v>
+      </c>
+      <c r="Q162">
+        <v>101.138889</v>
+      </c>
+      <c r="R162">
+        <v>101.488888</v>
+      </c>
+      <c r="S162">
+        <v>100.65</v>
+      </c>
+      <c r="T162">
+        <v>100.999999</v>
+      </c>
+    </row>
+    <row r="163" spans="1:24">
+      <c r="A163" s="2">
+        <v>45855.456516204</v>
+      </c>
+      <c r="B163" t="s">
+        <v>24</v>
+      </c>
+      <c r="C163" t="s">
+        <v>25</v>
+      </c>
+      <c r="D163" t="s">
+        <v>26</v>
+      </c>
+      <c r="E163" t="s">
+        <v>27</v>
+      </c>
+      <c r="G163">
+        <v>101.16</v>
+      </c>
+      <c r="I163" t="s">
+        <v>28</v>
+      </c>
+      <c r="J163">
+        <v>8.0</v>
+      </c>
+      <c r="K163" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L163" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M163">
+        <v>30000</v>
+      </c>
+      <c r="N163">
+        <v>1000.0</v>
+      </c>
+      <c r="O163" t="s">
+        <v>28</v>
+      </c>
+      <c r="P163">
+        <v>0.466667</v>
+      </c>
+      <c r="Q163">
+        <v>100.716667</v>
+      </c>
+      <c r="R163">
+        <v>101.466666</v>
+      </c>
+      <c r="S163">
+        <v>100.25</v>
+      </c>
+      <c r="T163">
+        <v>100.999999</v>
+      </c>
+    </row>
+    <row r="164" spans="1:24">
+      <c r="A164" s="2">
+        <v>45854.642407407</v>
+      </c>
+      <c r="B164" t="s">
+        <v>24</v>
+      </c>
+      <c r="C164" t="s">
+        <v>25</v>
+      </c>
+      <c r="D164" t="s">
+        <v>26</v>
+      </c>
+      <c r="E164" t="s">
+        <v>27</v>
+      </c>
+      <c r="F164">
+        <v>0.02</v>
+      </c>
+      <c r="G164">
+        <v>101.16</v>
+      </c>
+      <c r="H164">
+        <v>4046.4</v>
+      </c>
+      <c r="I164" t="s">
+        <v>28</v>
+      </c>
+      <c r="J164">
+        <v>8.0</v>
+      </c>
+      <c r="K164" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L164" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M164">
+        <v>30000</v>
+      </c>
+      <c r="N164">
+        <v>1000.0</v>
+      </c>
+      <c r="O164" t="s">
+        <v>28</v>
+      </c>
+      <c r="P164">
+        <v>0.4</v>
+      </c>
+      <c r="Q164">
+        <v>100.7</v>
+      </c>
+      <c r="R164">
+        <v>101.3</v>
+      </c>
+      <c r="S164">
+        <v>100.3</v>
+      </c>
+      <c r="T164">
+        <v>100.9</v>
+      </c>
+      <c r="X164">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="165" spans="1:24">
+      <c r="A165" s="2">
+        <v>45853.574490741</v>
+      </c>
+      <c r="B165" t="s">
+        <v>24</v>
+      </c>
+      <c r="C165" t="s">
+        <v>25</v>
+      </c>
+      <c r="D165" t="s">
+        <v>26</v>
+      </c>
+      <c r="E165" t="s">
+        <v>27</v>
+      </c>
+      <c r="F165">
+        <v>-0.01</v>
+      </c>
+      <c r="G165">
+        <v>101.137778</v>
+      </c>
+      <c r="H165">
+        <v>37423.37786</v>
+      </c>
+      <c r="I165" t="s">
+        <v>28</v>
+      </c>
+      <c r="J165">
+        <v>8.0</v>
+      </c>
+      <c r="K165" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L165" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M165">
+        <v>30000</v>
+      </c>
+      <c r="N165">
+        <v>1000.0</v>
+      </c>
+      <c r="O165" t="s">
+        <v>28</v>
+      </c>
+      <c r="P165">
+        <v>0.377778</v>
+      </c>
+      <c r="Q165">
+        <v>100.677778</v>
+      </c>
+      <c r="R165">
+        <v>101.077778</v>
+      </c>
+      <c r="S165">
+        <v>100.3</v>
+      </c>
+      <c r="T165">
+        <v>100.7</v>
+      </c>
+      <c r="X165">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="166" spans="1:24">
+      <c r="A166" s="2">
+        <v>45852.626840278</v>
+      </c>
+      <c r="B166" t="s">
+        <v>24</v>
+      </c>
+      <c r="C166" t="s">
+        <v>25</v>
+      </c>
+      <c r="D166" t="s">
+        <v>26</v>
+      </c>
+      <c r="E166" t="s">
+        <v>27</v>
+      </c>
+      <c r="F166">
+        <v>-0.19</v>
+      </c>
+      <c r="G166">
+        <v>101.145556</v>
+      </c>
+      <c r="H166">
+        <v>25278.289</v>
+      </c>
+      <c r="I166" t="s">
+        <v>28</v>
+      </c>
+      <c r="J166">
+        <v>8.0</v>
+      </c>
+      <c r="K166" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L166" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M166">
+        <v>30000</v>
+      </c>
+      <c r="N166">
+        <v>1000.0</v>
+      </c>
+      <c r="O166" t="s">
+        <v>28</v>
+      </c>
+      <c r="P166">
+        <v>0.355556</v>
+      </c>
+      <c r="Q166">
+        <v>100.655556</v>
+      </c>
+      <c r="R166">
+        <v>101.145556</v>
+      </c>
+      <c r="S166">
+        <v>100.3</v>
+      </c>
+      <c r="T166">
+        <v>100.79</v>
+      </c>
+      <c r="X166">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="167" spans="1:24">
+      <c r="A167" s="2">
+        <v>45849.600219907</v>
+      </c>
+      <c r="B167" t="s">
+        <v>24</v>
+      </c>
+      <c r="C167" t="s">
+        <v>25</v>
+      </c>
+      <c r="D167" t="s">
+        <v>26</v>
+      </c>
+      <c r="E167" t="s">
+        <v>27</v>
+      </c>
+      <c r="F167">
+        <v>0.09</v>
+      </c>
+      <c r="G167">
+        <v>101.333333</v>
+      </c>
+      <c r="H167">
+        <v>8106.66664</v>
+      </c>
+      <c r="I167" t="s">
+        <v>28</v>
+      </c>
+      <c r="J167">
+        <v>8.0</v>
+      </c>
+      <c r="K167" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L167" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M167">
+        <v>30000</v>
+      </c>
+      <c r="N167">
+        <v>1000.0</v>
+      </c>
+      <c r="O167" t="s">
+        <v>28</v>
+      </c>
+      <c r="P167">
+        <v>0.333333</v>
+      </c>
+      <c r="Q167">
+        <v>100.633333</v>
+      </c>
+      <c r="R167">
+        <v>101.323333</v>
+      </c>
+      <c r="S167">
+        <v>100.3</v>
+      </c>
+      <c r="T167">
+        <v>100.99</v>
+      </c>
+      <c r="X167">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="168" spans="1:24">
+      <c r="A168" s="2">
+        <v>45848.417928241</v>
+      </c>
+      <c r="B168" t="s">
+        <v>24</v>
+      </c>
+      <c r="C168" t="s">
+        <v>25</v>
+      </c>
+      <c r="D168" t="s">
+        <v>26</v>
+      </c>
+      <c r="E168" t="s">
+        <v>27</v>
+      </c>
+      <c r="G168">
+        <v>101.244444</v>
+      </c>
+      <c r="I168" t="s">
+        <v>28</v>
+      </c>
+      <c r="J168">
+        <v>8.0</v>
+      </c>
+      <c r="K168" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L168" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M168">
+        <v>30000</v>
+      </c>
+      <c r="N168">
+        <v>1000.0</v>
+      </c>
+      <c r="O168" t="s">
+        <v>28</v>
+      </c>
+      <c r="P168">
+        <v>0.311111</v>
+      </c>
+      <c r="Q168">
+        <v>100.611111</v>
+      </c>
+      <c r="R168">
+        <v>101.311111</v>
+      </c>
+      <c r="S168">
+        <v>100.3</v>
+      </c>
+      <c r="T168">
+        <v>101.0</v>
+      </c>
+    </row>
+    <row r="169" spans="1:24">
+      <c r="A169" s="2">
+        <v>45847.467476852</v>
+      </c>
+      <c r="B169" t="s">
+        <v>24</v>
+      </c>
+      <c r="C169" t="s">
+        <v>25</v>
+      </c>
+      <c r="D169" t="s">
+        <v>26</v>
+      </c>
+      <c r="E169" t="s">
+        <v>27</v>
+      </c>
+      <c r="F169">
+        <v>0.23</v>
+      </c>
+      <c r="G169">
+        <v>101.244444</v>
+      </c>
+      <c r="H169">
+        <v>12148.53328</v>
+      </c>
+      <c r="I169" t="s">
+        <v>28</v>
+      </c>
+      <c r="J169">
+        <v>8.0</v>
+      </c>
+      <c r="K169" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L169" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M169">
+        <v>30000</v>
+      </c>
+      <c r="N169">
+        <v>1000.0</v>
+      </c>
+      <c r="O169" t="s">
+        <v>28</v>
+      </c>
+      <c r="P169">
+        <v>0.244444</v>
+      </c>
+      <c r="Q169">
+        <v>100.845444</v>
+      </c>
+      <c r="R169">
+        <v>101.244444</v>
+      </c>
+      <c r="S169">
+        <v>100.601</v>
+      </c>
+      <c r="T169">
+        <v>101.0</v>
+      </c>
+      <c r="X169">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="170" spans="1:24">
+      <c r="A170" s="2">
+        <v>45846.518090278</v>
+      </c>
+      <c r="B170" t="s">
+        <v>24</v>
+      </c>
+      <c r="C170" t="s">
+        <v>25</v>
+      </c>
+      <c r="D170" t="s">
+        <v>26</v>
+      </c>
+      <c r="E170" t="s">
+        <v>27</v>
+      </c>
+      <c r="F170">
+        <v>-0.38</v>
+      </c>
+      <c r="G170">
+        <v>101.012222</v>
+      </c>
+      <c r="H170">
+        <v>3030.36666</v>
+      </c>
+      <c r="I170" t="s">
+        <v>28</v>
+      </c>
+      <c r="J170">
+        <v>8.0</v>
+      </c>
+      <c r="K170" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L170" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M170">
+        <v>30000</v>
+      </c>
+      <c r="N170">
+        <v>1000.0</v>
+      </c>
+      <c r="O170" t="s">
+        <v>28</v>
+      </c>
+      <c r="P170">
+        <v>0.222222</v>
+      </c>
+      <c r="Q170">
+        <v>100.823222</v>
+      </c>
+      <c r="R170">
+        <v>101.222222</v>
+      </c>
+      <c r="S170">
+        <v>100.601</v>
+      </c>
+      <c r="T170">
+        <v>101.0</v>
+      </c>
+      <c r="X170">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="171" spans="1:24">
+      <c r="A171" s="2">
+        <v>45845.482893519</v>
+      </c>
+      <c r="B171" t="s">
+        <v>24</v>
+      </c>
+      <c r="C171" t="s">
+        <v>25</v>
+      </c>
+      <c r="D171" t="s">
+        <v>26</v>
+      </c>
+      <c r="E171" t="s">
+        <v>27</v>
+      </c>
+      <c r="F171">
+        <v>0.22</v>
+      </c>
+      <c r="G171">
+        <v>101.4</v>
+      </c>
+      <c r="H171">
+        <v>1014.0</v>
+      </c>
+      <c r="I171" t="s">
+        <v>28</v>
+      </c>
+      <c r="J171">
+        <v>8.0</v>
+      </c>
+      <c r="K171" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L171" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M171">
+        <v>30000</v>
+      </c>
+      <c r="N171">
+        <v>1000.0</v>
+      </c>
+      <c r="O171" t="s">
+        <v>28</v>
+      </c>
+      <c r="P171">
+        <v>0.2</v>
+      </c>
+      <c r="Q171">
+        <v>101.18</v>
+      </c>
+      <c r="R171">
+        <v>101.37</v>
+      </c>
+      <c r="S171">
+        <v>100.98</v>
+      </c>
+      <c r="T171">
+        <v>101.17</v>
+      </c>
+      <c r="X171">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="172" spans="1:24">
+      <c r="A172" s="2">
+        <v>45842.565150463</v>
+      </c>
+      <c r="B172" t="s">
+        <v>24</v>
+      </c>
+      <c r="C172" t="s">
+        <v>25</v>
+      </c>
+      <c r="D172" t="s">
+        <v>26</v>
+      </c>
+      <c r="E172" t="s">
+        <v>27</v>
+      </c>
+      <c r="F172">
+        <v>-0.22</v>
+      </c>
+      <c r="G172">
+        <v>101.177778</v>
+      </c>
+      <c r="H172">
+        <v>3035.33334</v>
+      </c>
+      <c r="I172" t="s">
+        <v>28</v>
+      </c>
+      <c r="J172">
+        <v>8.0</v>
+      </c>
+      <c r="K172" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L172" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M172">
+        <v>30000</v>
+      </c>
+      <c r="N172">
+        <v>1000.0</v>
+      </c>
+      <c r="O172" t="s">
+        <v>28</v>
+      </c>
+      <c r="P172">
+        <v>0.177778</v>
+      </c>
+      <c r="Q172">
+        <v>100.427778</v>
+      </c>
+      <c r="R172">
+        <v>101.427777</v>
+      </c>
+      <c r="S172">
+        <v>100.25</v>
+      </c>
+      <c r="T172">
+        <v>101.249999</v>
+      </c>
+      <c r="X172">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="173" spans="1:24">
+      <c r="A173" s="2">
+        <v>45841.663969907</v>
+      </c>
+      <c r="B173" t="s">
+        <v>24</v>
+      </c>
+      <c r="C173" t="s">
+        <v>25</v>
+      </c>
+      <c r="D173" t="s">
+        <v>26</v>
+      </c>
+      <c r="E173" t="s">
+        <v>27</v>
+      </c>
+      <c r="F173">
+        <v>0.31</v>
+      </c>
+      <c r="G173">
+        <v>101.405556</v>
+      </c>
+      <c r="H173">
+        <v>18235.50008</v>
+      </c>
+      <c r="I173" t="s">
+        <v>28</v>
+      </c>
+      <c r="J173">
+        <v>8.0</v>
+      </c>
+      <c r="K173" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L173" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M173">
+        <v>30000</v>
+      </c>
+      <c r="N173">
+        <v>1000.0</v>
+      </c>
+      <c r="O173" t="s">
+        <v>28</v>
+      </c>
+      <c r="P173">
+        <v>0.155556</v>
+      </c>
+      <c r="Q173">
+        <v>101.205556</v>
+      </c>
+      <c r="R173">
+        <v>101.405556</v>
+      </c>
+      <c r="S173">
+        <v>101.05</v>
+      </c>
+      <c r="T173">
+        <v>101.25</v>
+      </c>
+      <c r="X173">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="174" spans="1:24">
+      <c r="A174" s="2">
+        <v>45840.476782407</v>
+      </c>
+      <c r="B174" t="s">
+        <v>24</v>
+      </c>
+      <c r="C174" t="s">
+        <v>25</v>
+      </c>
+      <c r="D174" t="s">
+        <v>26</v>
+      </c>
+      <c r="E174" t="s">
+        <v>27</v>
+      </c>
+      <c r="F174">
+        <v>0.02</v>
+      </c>
+      <c r="G174">
+        <v>101.088889</v>
+      </c>
+      <c r="H174">
+        <v>4046.05556</v>
+      </c>
+      <c r="I174" t="s">
+        <v>28</v>
+      </c>
+      <c r="J174">
+        <v>8.0</v>
+      </c>
+      <c r="K174" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L174" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M174">
+        <v>30000</v>
+      </c>
+      <c r="N174">
+        <v>1000.0</v>
+      </c>
+      <c r="O174" t="s">
+        <v>28</v>
+      </c>
+      <c r="P174">
+        <v>0.088889</v>
+      </c>
+      <c r="Q174">
+        <v>100.758889</v>
+      </c>
+      <c r="R174">
+        <v>101.088889</v>
+      </c>
+      <c r="S174">
+        <v>100.67</v>
+      </c>
+      <c r="T174">
+        <v>101.0</v>
+      </c>
+      <c r="X174">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="175" spans="1:24">
+      <c r="A175" s="2">
         <v>45839.639039352</v>
       </c>
-      <c r="B114" t="s">
-[...11 lines deleted...]
-      <c r="G114">
+      <c r="B175" t="s">
+        <v>24</v>
+      </c>
+      <c r="C175" t="s">
+        <v>25</v>
+      </c>
+      <c r="D175" t="s">
+        <v>26</v>
+      </c>
+      <c r="E175" t="s">
+        <v>27</v>
+      </c>
+      <c r="G175">
         <v>101.066667</v>
       </c>
-      <c r="H114">
+      <c r="H175">
         <v>101066.667</v>
       </c>
-      <c r="I114" t="s">
-[...20 lines deleted...]
-      <c r="P114">
+      <c r="I175" t="s">
+        <v>28</v>
+      </c>
+      <c r="J175">
+        <v>8.0</v>
+      </c>
+      <c r="K175" s="2">
+        <v>45838.0</v>
+      </c>
+      <c r="L175" s="2">
+        <v>47299.0</v>
+      </c>
+      <c r="M175">
+        <v>30000</v>
+      </c>
+      <c r="N175">
+        <v>1000.0</v>
+      </c>
+      <c r="O175" t="s">
+        <v>28</v>
+      </c>
+      <c r="P175">
         <v>0.066667</v>
       </c>
-      <c r="Q114">
+      <c r="Q175">
         <v>101.066667</v>
       </c>
-      <c r="R114">
+      <c r="R175">
         <v>101.316667</v>
       </c>
-      <c r="S114">
+      <c r="S175">
         <v>101.0</v>
       </c>
-      <c r="T114">
+      <c r="T175">
         <v>101.25</v>
       </c>
-      <c r="X114">
+      <c r="X175">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>