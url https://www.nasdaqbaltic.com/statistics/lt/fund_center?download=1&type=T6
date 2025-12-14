--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -609,271 +609,271 @@
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
         <v>13.21</v>
       </c>
       <c r="F2">
-        <v>0.15163002</v>
+        <v>0.07575758</v>
       </c>
       <c r="G2" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.07564297</v>
+        <v>0.15163002</v>
       </c>
       <c r="L2">
-        <v>3.68916797</v>
+        <v>2.08655332</v>
       </c>
       <c r="M2">
-        <v>6.61824052</v>
+        <v>6.10441767</v>
       </c>
       <c r="N2">
         <v>8.19000819</v>
       </c>
       <c r="O2">
-        <v>6.79062247</v>
+        <v>6.61824052</v>
       </c>
       <c r="P2">
-        <v>9.5362199</v>
+        <v>9.288344</v>
       </c>
       <c r="Q2">
-        <v>8.29867905</v>
+        <v>8.4030131</v>
       </c>
       <c r="R2">
-        <v>2.23959706</v>
+        <v>2.07116222</v>
       </c>
       <c r="S2">
-        <v>2.75777739</v>
+        <v>2.7221656</v>
       </c>
       <c r="T2">
-        <v>974400.14</v>
+        <v>977297.22</v>
       </c>
       <c r="U2">
-        <v>0.11320681</v>
+        <v>0.08991424</v>
       </c>
       <c r="V2">
         <v>13.21</v>
       </c>
       <c r="W2">
         <v>13.21</v>
       </c>
       <c r="X2">
         <v>6.22401428</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>11.32156326</v>
+        <v>11.35465022</v>
       </c>
       <c r="AA2">
-        <v>835104.68029029</v>
+        <v>840035.43453211</v>
       </c>
       <c r="AB2">
-        <v>11.32156326</v>
+        <v>11.35465022</v>
       </c>
       <c r="AC2">
-        <v>11.32156326</v>
+        <v>11.35465022</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>13.04</v>
+        <v>13.05</v>
+      </c>
+      <c r="F3">
+        <v>-0.07656968</v>
       </c>
       <c r="G3" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.6097561</v>
+        <v>-0.07656968</v>
       </c>
       <c r="L3">
-        <v>3.16455696</v>
+        <v>1.79407176</v>
       </c>
       <c r="M3">
-        <v>5.6726094</v>
+        <v>5.24193548</v>
       </c>
       <c r="N3">
-        <v>5.84415584</v>
+        <v>5.92532468</v>
       </c>
       <c r="O3">
-        <v>4.48717949</v>
+        <v>4.48358687</v>
       </c>
       <c r="P3">
-        <v>8.14373428</v>
+        <v>7.84718839</v>
       </c>
       <c r="Q3">
-        <v>6.51694833</v>
+        <v>6.7423918</v>
       </c>
       <c r="R3">
-        <v>0.27022057</v>
+        <v>0.11527397</v>
       </c>
       <c r="S3">
-        <v>1.49080323</v>
+        <v>1.43944087</v>
       </c>
       <c r="T3">
-        <v>7722229.73</v>
+        <v>7742081.56</v>
       </c>
       <c r="U3">
-        <v>-0.02413358</v>
+        <v>-0.04530061</v>
       </c>
       <c r="V3">
-        <v>13.04</v>
+        <v>13.05</v>
       </c>
       <c r="W3">
-        <v>13.04</v>
+        <v>13.05</v>
       </c>
       <c r="X3">
         <v>6.18586159</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>13.04</v>
+        <v>13.05</v>
       </c>
       <c r="AA3">
-        <v>7722229.73</v>
+        <v>7742081.56</v>
       </c>
       <c r="AB3">
-        <v>13.04</v>
+        <v>13.05</v>
       </c>
       <c r="AC3">
-        <v>13.04</v>
+        <v>13.05</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4">
         <v>12.15</v>
       </c>
       <c r="F4">
         <v>0.08237232</v>
       </c>
       <c r="G4" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
-      <c r="K4">
-[...1 lines deleted...]
-      </c>
       <c r="L4">
-        <v>2.27272727</v>
+        <v>1.16569525</v>
       </c>
       <c r="M4">
-        <v>4.47119518</v>
+        <v>4.20240137</v>
       </c>
       <c r="N4">
         <v>5.19480519</v>
       </c>
       <c r="O4">
-        <v>3.84615385</v>
+        <v>3.75747225</v>
       </c>
       <c r="P4">
-        <v>6.36187833</v>
+        <v>6.06601718</v>
       </c>
       <c r="Q4">
         <v>4.45751527</v>
       </c>
       <c r="R4">
-        <v>-1.31371805</v>
+        <v>-1.35219974</v>
       </c>
       <c r="S4">
-        <v>-0.92830921</v>
+        <v>-0.95941005</v>
       </c>
       <c r="T4">
-        <v>885698.42</v>
+        <v>888875.49</v>
       </c>
       <c r="U4">
-        <v>0.07831818</v>
+        <v>0.09420195</v>
       </c>
       <c r="V4">
         <v>12.15</v>
       </c>
       <c r="W4">
         <v>12.15</v>
       </c>
       <c r="X4">
         <v>5.12119246</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
         <v>12.15</v>
       </c>
       <c r="AA4">
-        <v>885698.42</v>
+        <v>888875.49</v>
       </c>
       <c r="AB4">
         <v>12.15</v>
       </c>
       <c r="AC4">
         <v>12.15</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>