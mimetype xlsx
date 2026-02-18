--- v1 (2025-12-14)
+++ v2 (2026-02-18)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>
@@ -606,280 +606,280 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="F2">
-        <v>0.07575758</v>
+        <v>-0.07412898</v>
       </c>
       <c r="G2" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.15163002</v>
+        <v>0.14858841</v>
       </c>
       <c r="L2">
-        <v>2.08655332</v>
+        <v>2.5095057</v>
       </c>
       <c r="M2">
-        <v>6.10441767</v>
+        <v>5.23028884</v>
       </c>
       <c r="N2">
-        <v>8.19000819</v>
+        <v>1.42964635</v>
       </c>
       <c r="O2">
-        <v>6.61824052</v>
+        <v>8.36012862</v>
       </c>
       <c r="P2">
-        <v>9.288344</v>
+        <v>8.03238251</v>
       </c>
       <c r="Q2">
-        <v>8.4030131</v>
+        <v>8.51234383</v>
       </c>
       <c r="R2">
-        <v>2.07116222</v>
+        <v>3.89368089</v>
       </c>
       <c r="S2">
-        <v>2.7221656</v>
+        <v>2.57649012</v>
       </c>
       <c r="T2">
-        <v>977297.22</v>
+        <v>911581.18</v>
       </c>
       <c r="U2">
-        <v>0.08991424</v>
+        <v>-0.07204148</v>
       </c>
       <c r="V2">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="W2">
-        <v>13.21</v>
+        <v>13.48</v>
       </c>
       <c r="X2">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>11.35465022</v>
+        <v>11.37072967</v>
       </c>
       <c r="AA2">
-        <v>840035.43453211</v>
+        <v>768942.37174581</v>
       </c>
       <c r="AB2">
-        <v>11.35465022</v>
+        <v>11.37072967</v>
       </c>
       <c r="AC2">
-        <v>11.35465022</v>
+        <v>11.37072967</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
       <c r="F3">
-        <v>-0.07656968</v>
+        <v>-0.0755287</v>
       </c>
       <c r="G3" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>-0.07656968</v>
+        <v>-0.75018755</v>
       </c>
       <c r="L3">
-        <v>1.79407176</v>
+        <v>1.76923077</v>
       </c>
       <c r="M3">
-        <v>5.24193548</v>
+        <v>3.92772977</v>
       </c>
       <c r="N3">
-        <v>5.92532468</v>
+        <v>1.22417751</v>
       </c>
       <c r="O3">
-        <v>4.48358687</v>
+        <v>5.50239234</v>
       </c>
       <c r="P3">
-        <v>7.84718839</v>
+        <v>6.38310613</v>
       </c>
       <c r="Q3">
-        <v>6.7423918</v>
+        <v>6.83413434</v>
       </c>
       <c r="R3">
-        <v>0.11527397</v>
+        <v>2.04694399</v>
       </c>
       <c r="S3">
-        <v>1.43944087</v>
+        <v>0.98057977</v>
       </c>
       <c r="T3">
-        <v>7742081.56</v>
+        <v>7890956.63</v>
       </c>
       <c r="U3">
-        <v>-0.04530061</v>
+        <v>0.19978265</v>
       </c>
       <c r="V3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
       <c r="W3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
       <c r="X3">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
       <c r="AA3">
-        <v>7742081.56</v>
+        <v>7890956.63</v>
       </c>
       <c r="AB3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
       <c r="AC3">
-        <v>13.05</v>
+        <v>13.23</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>37</v>
       </c>
       <c r="E4">
-        <v>12.15</v>
-[...2 lines deleted...]
-        <v>0.08237232</v>
+        <v>12.34</v>
       </c>
       <c r="G4" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
+      <c r="K4">
+        <v>0.081103</v>
+      </c>
       <c r="L4">
-        <v>1.16569525</v>
+        <v>1.89925681</v>
       </c>
       <c r="M4">
-        <v>4.20240137</v>
+        <v>3.52348993</v>
       </c>
       <c r="N4">
-        <v>5.19480519</v>
+        <v>1.23051682</v>
       </c>
       <c r="O4">
-        <v>3.75747225</v>
+        <v>5.83190395</v>
       </c>
       <c r="P4">
-        <v>6.06601718</v>
+        <v>5.58051338</v>
       </c>
       <c r="Q4">
-        <v>4.45751527</v>
+        <v>4.99919876</v>
       </c>
       <c r="R4">
-        <v>-1.35219974</v>
+        <v>0.34740484</v>
       </c>
       <c r="S4">
-        <v>-0.95941005</v>
+        <v>-0.86832407</v>
       </c>
       <c r="T4">
-        <v>888875.49</v>
+        <v>887529.22</v>
       </c>
       <c r="U4">
-        <v>0.09420195</v>
+        <v>0.22642069</v>
       </c>
       <c r="V4">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="W4">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="X4">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="AA4">
-        <v>888875.49</v>
+        <v>887529.22</v>
       </c>
       <c r="AB4">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
       <c r="AC4">
-        <v>12.15</v>
+        <v>12.34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">