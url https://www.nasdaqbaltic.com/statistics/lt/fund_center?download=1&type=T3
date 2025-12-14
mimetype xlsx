--- v0 (2025-12-05)
+++ v1 (2025-12-14)
@@ -612,354 +612,363 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.32</v>
+        <v>19.34</v>
+      </c>
+      <c r="F2">
+        <v>0.10351967</v>
       </c>
       <c r="G2" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.88772846</v>
+        <v>0.57202288</v>
       </c>
       <c r="L2">
-        <v>1.73775671</v>
+        <v>1.46904512</v>
       </c>
       <c r="M2">
-        <v>4.26335672</v>
+        <v>3.92262225</v>
       </c>
       <c r="N2">
-        <v>5.80503834</v>
+        <v>5.91456736</v>
       </c>
       <c r="O2">
-        <v>6.15384615</v>
+        <v>5.79868709</v>
       </c>
       <c r="P2">
-        <v>8.97071101</v>
+        <v>8.62724324</v>
       </c>
       <c r="Q2">
-        <v>8.85083618</v>
+        <v>8.86416495</v>
       </c>
       <c r="R2">
-        <v>-0.38447463</v>
+        <v>-0.34600378</v>
       </c>
       <c r="S2">
-        <v>-0.12376276</v>
+        <v>-0.15440115</v>
       </c>
       <c r="T2">
-        <v>33123558.2</v>
+        <v>33306176.75</v>
       </c>
       <c r="U2">
-        <v>-0.02042235</v>
+        <v>0.71490922</v>
       </c>
       <c r="V2">
-        <v>19.32</v>
+        <v>19.34</v>
       </c>
       <c r="W2">
-        <v>19.32</v>
+        <v>19.34</v>
       </c>
       <c r="X2">
         <v>3.53799629</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.32</v>
+        <v>19.34</v>
       </c>
       <c r="AA2">
-        <v>33123558.2</v>
+        <v>33306176.75</v>
       </c>
       <c r="AB2">
-        <v>19.32</v>
+        <v>19.34</v>
       </c>
       <c r="AC2">
-        <v>19.32</v>
+        <v>19.34</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.08</v>
+        <v>30.11</v>
       </c>
       <c r="F3">
-        <v>0.03325574</v>
+        <v>0.09973404</v>
       </c>
       <c r="G3" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.1092437</v>
+        <v>0.73603212</v>
       </c>
       <c r="L3">
-        <v>2.38257318</v>
+        <v>2.03320908</v>
       </c>
       <c r="M3">
-        <v>5.61797753</v>
+        <v>5.24292206</v>
       </c>
       <c r="N3">
-        <v>8.12365205</v>
+        <v>8.23148814</v>
       </c>
       <c r="O3">
-        <v>8.552869</v>
+        <v>8.15373563</v>
       </c>
       <c r="P3">
-        <v>11.0992562</v>
+        <v>10.74640303</v>
       </c>
       <c r="Q3">
-        <v>11.15898495</v>
+        <v>11.17900747</v>
       </c>
       <c r="R3">
-        <v>1.90777732</v>
+        <v>1.92404198</v>
       </c>
       <c r="S3">
-        <v>1.87643973</v>
+        <v>1.83737662</v>
       </c>
       <c r="T3">
-        <v>33123558.2</v>
+        <v>33306176.75</v>
       </c>
       <c r="U3">
-        <v>-0.02042235</v>
+        <v>0.71490922</v>
       </c>
       <c r="V3">
-        <v>30.08</v>
+        <v>30.11</v>
       </c>
       <c r="W3">
-        <v>30.08</v>
+        <v>30.11</v>
       </c>
       <c r="X3">
         <v>3.59277105</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.77991089</v>
+        <v>25.88103846</v>
       </c>
       <c r="AA3">
-        <v>28388376.956399</v>
+        <v>28628310.902992</v>
       </c>
       <c r="AB3">
-        <v>25.77991089</v>
+        <v>25.88103846</v>
       </c>
       <c r="AC3">
-        <v>25.77991089</v>
+        <v>25.88103846</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>11.27</v>
+        <v>11.26</v>
+      </c>
+      <c r="F4">
+        <v>0.08888889</v>
       </c>
       <c r="G4" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
+      <c r="K4">
+        <v>-0.26572188</v>
+      </c>
       <c r="L4">
-        <v>-1.65794066</v>
+        <v>-2.17202433</v>
       </c>
       <c r="M4">
-        <v>1.16696589</v>
+        <v>0.53571429</v>
       </c>
       <c r="N4">
-        <v>2.64116576</v>
+        <v>2.55009107</v>
       </c>
       <c r="O4">
-        <v>1.99095023</v>
+        <v>1.44144144</v>
       </c>
       <c r="P4">
-        <v>5.32103154</v>
+        <v>4.96481565</v>
       </c>
       <c r="Q4">
-        <v>5.16390714</v>
+        <v>4.98852882</v>
       </c>
       <c r="R4">
-        <v>-0.8893628</v>
+        <v>-0.99601067</v>
       </c>
       <c r="S4">
-        <v>-0.83070864</v>
+        <v>-0.88203303</v>
       </c>
       <c r="T4">
-        <v>25533685.86</v>
+        <v>25702803.3</v>
       </c>
       <c r="U4">
-        <v>-0.08281837</v>
+        <v>0.48644353</v>
       </c>
       <c r="V4">
-        <v>11.27</v>
+        <v>11.26</v>
       </c>
       <c r="W4">
-        <v>11.27</v>
+        <v>11.26</v>
       </c>
       <c r="X4">
         <v>4.49035358</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>11.27</v>
+        <v>11.26</v>
       </c>
       <c r="AA4">
-        <v>25533685.86</v>
+        <v>25702803.3</v>
       </c>
       <c r="AB4">
-        <v>11.27</v>
+        <v>11.26</v>
       </c>
       <c r="AC4">
-        <v>11.27</v>
+        <v>11.26</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5">
-        <v>11.82</v>
+        <v>11.81</v>
       </c>
       <c r="G5" s="2">
-        <v>45995.0</v>
+        <v>46002.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>0.16949153</v>
+        <v>-0.08460237</v>
       </c>
       <c r="L5">
-        <v>-1.08786611</v>
+        <v>-1.66527893</v>
       </c>
       <c r="M5">
-        <v>2.5151778</v>
+        <v>1.81034483</v>
       </c>
       <c r="N5">
-        <v>4.78723404</v>
+        <v>4.69858156</v>
       </c>
       <c r="O5">
-        <v>4.32480141</v>
+        <v>3.77855888</v>
       </c>
       <c r="P5">
-        <v>7.43820899</v>
+        <v>7.02755793</v>
       </c>
       <c r="Q5">
-        <v>7.44219164</v>
+        <v>7.22468923</v>
       </c>
       <c r="R5">
-        <v>1.40139232</v>
+        <v>1.26690463</v>
       </c>
       <c r="S5">
-        <v>1.2102418</v>
+        <v>1.13864726</v>
       </c>
       <c r="T5">
-        <v>25533685.86</v>
+        <v>25702803.3</v>
       </c>
       <c r="U5">
-        <v>-0.08281837</v>
+        <v>0.48644353</v>
       </c>
       <c r="V5">
-        <v>11.82</v>
+        <v>11.81</v>
       </c>
       <c r="W5">
-        <v>11.82</v>
+        <v>11.81</v>
       </c>
       <c r="X5">
         <v>4.53407717</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>10.13027084</v>
+        <v>10.15128078</v>
       </c>
       <c r="AA5">
-        <v>21883515.499852</v>
+        <v>22092834.295394</v>
       </c>
       <c r="AB5">
-        <v>10.13027084</v>
+        <v>10.15128078</v>
       </c>
       <c r="AC5">
-        <v>10.13027084</v>
+        <v>10.15128078</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">