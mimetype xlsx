--- v1 (2025-12-14)
+++ v2 (2026-02-19)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>
@@ -612,363 +612,363 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.34</v>
-[...2 lines deleted...]
-        <v>0.10351967</v>
+        <v>19.82</v>
       </c>
       <c r="G2" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.57202288</v>
+        <v>1.32924335</v>
       </c>
       <c r="L2">
-        <v>1.46904512</v>
+        <v>3.12174818</v>
       </c>
       <c r="M2">
-        <v>3.92262225</v>
+        <v>4.53586498</v>
       </c>
       <c r="N2">
-        <v>5.91456736</v>
+        <v>1.90231362</v>
       </c>
       <c r="O2">
-        <v>5.79868709</v>
+        <v>6.96168376</v>
       </c>
       <c r="P2">
-        <v>8.62724324</v>
+        <v>7.91257287</v>
       </c>
       <c r="Q2">
-        <v>8.86416495</v>
+        <v>8.93994837</v>
       </c>
       <c r="R2">
-        <v>-0.34600378</v>
+        <v>1.10184471</v>
       </c>
       <c r="S2">
-        <v>-0.15440115</v>
+        <v>0.12153165</v>
       </c>
       <c r="T2">
-        <v>33306176.75</v>
+        <v>32244008.26</v>
       </c>
       <c r="U2">
-        <v>0.71490922</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V2">
-        <v>19.34</v>
+        <v>19.82</v>
       </c>
       <c r="W2">
-        <v>19.34</v>
+        <v>19.82</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.34</v>
+        <v>19.82</v>
       </c>
       <c r="AA2">
-        <v>33306176.75</v>
+        <v>32244008.26</v>
       </c>
       <c r="AB2">
-        <v>19.34</v>
+        <v>19.82</v>
       </c>
       <c r="AC2">
-        <v>19.34</v>
+        <v>19.82</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.11</v>
+        <v>30.99</v>
       </c>
       <c r="F3">
-        <v>0.09973404</v>
+        <v>0.03227889</v>
       </c>
       <c r="G3" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>0.73603212</v>
+        <v>1.53997379</v>
       </c>
       <c r="L3">
-        <v>2.03320908</v>
+        <v>3.74958152</v>
       </c>
       <c r="M3">
-        <v>5.24292206</v>
+        <v>5.76791809</v>
       </c>
       <c r="N3">
-        <v>8.23148814</v>
+        <v>2.1760633</v>
       </c>
       <c r="O3">
-        <v>8.15373563</v>
+        <v>9.50530035</v>
       </c>
       <c r="P3">
-        <v>10.74640303</v>
+        <v>10.08937955</v>
       </c>
       <c r="Q3">
-        <v>11.17900747</v>
+        <v>11.14672548</v>
       </c>
       <c r="R3">
-        <v>1.92404198</v>
+        <v>3.49616273</v>
       </c>
       <c r="S3">
-        <v>1.83737662</v>
+        <v>2.18164502</v>
       </c>
       <c r="T3">
-        <v>33306176.75</v>
+        <v>32244008.26</v>
       </c>
       <c r="U3">
-        <v>0.71490922</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V3">
-        <v>30.11</v>
+        <v>30.99</v>
       </c>
       <c r="W3">
-        <v>30.11</v>
+        <v>30.99</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.88103846</v>
+        <v>26.14086888</v>
       </c>
       <c r="AA3">
-        <v>28628310.902992</v>
+        <v>27198657.376884</v>
       </c>
       <c r="AB3">
-        <v>25.88103846</v>
+        <v>26.14086888</v>
       </c>
       <c r="AC3">
-        <v>25.88103846</v>
+        <v>26.14086888</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>29</v>
       </c>
       <c r="B4" t="s">
         <v>38</v>
       </c>
       <c r="C4" t="s">
         <v>39</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
       <c r="F4">
-        <v>0.08888889</v>
+        <v>0.08741259</v>
       </c>
       <c r="G4" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.26572188</v>
+        <v>0.35056968</v>
       </c>
       <c r="L4">
-        <v>-2.17202433</v>
+        <v>1.5971606</v>
       </c>
       <c r="M4">
-        <v>0.53571429</v>
+        <v>0.26269702</v>
       </c>
       <c r="N4">
-        <v>2.55009107</v>
+        <v>1.23784262</v>
       </c>
       <c r="O4">
-        <v>1.44144144</v>
+        <v>2.87511231</v>
       </c>
       <c r="P4">
-        <v>4.96481565</v>
+        <v>4.67539252</v>
       </c>
       <c r="Q4">
-        <v>4.98852882</v>
+        <v>5.28798795</v>
       </c>
       <c r="R4">
-        <v>-0.99601067</v>
+        <v>0.13143511</v>
       </c>
       <c r="S4">
-        <v>-0.88203303</v>
+        <v>-0.70116357</v>
       </c>
       <c r="T4">
-        <v>25702803.3</v>
+        <v>25788088.76</v>
       </c>
       <c r="U4">
-        <v>0.48644353</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
       <c r="W4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
       <c r="X4">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
       <c r="AA4">
-        <v>25702803.3</v>
+        <v>25788088.76</v>
       </c>
       <c r="AB4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
       <c r="AC4">
-        <v>11.26</v>
+        <v>11.45</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>40</v>
       </c>
       <c r="C5" t="s">
         <v>41</v>
       </c>
       <c r="D5" t="s">
         <v>37</v>
       </c>
       <c r="E5">
-        <v>11.81</v>
+        <v>12.06</v>
+      </c>
+      <c r="F5">
+        <v>0.08298755</v>
       </c>
       <c r="G5" s="2">
-        <v>46002.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>-0.08460237</v>
+        <v>0.5</v>
       </c>
       <c r="L5">
-        <v>-1.66527893</v>
+        <v>2.11685013</v>
       </c>
       <c r="M5">
-        <v>1.81034483</v>
+        <v>1.42977292</v>
       </c>
       <c r="N5">
-        <v>4.69858156</v>
+        <v>1.51515152</v>
       </c>
       <c r="O5">
-        <v>3.77855888</v>
+        <v>5.32751092</v>
       </c>
       <c r="P5">
-        <v>7.02755793</v>
+        <v>6.81596301</v>
       </c>
       <c r="Q5">
-        <v>7.22468923</v>
+        <v>7.45509545</v>
       </c>
       <c r="R5">
-        <v>1.26690463</v>
+        <v>2.49006922</v>
       </c>
       <c r="S5">
-        <v>1.13864726</v>
+        <v>1.38221687</v>
       </c>
       <c r="T5">
-        <v>25702803.3</v>
+        <v>25788088.76</v>
       </c>
       <c r="U5">
-        <v>0.48644353</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V5">
-        <v>11.81</v>
+        <v>12.06</v>
       </c>
       <c r="W5">
-        <v>11.81</v>
+        <v>12.06</v>
       </c>
       <c r="X5">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>10.15128078</v>
+        <v>10.17292284</v>
       </c>
       <c r="AA5">
-        <v>22092834.295394</v>
+        <v>21752921.812082</v>
       </c>
       <c r="AB5">
-        <v>10.15128078</v>
+        <v>10.17292284</v>
       </c>
       <c r="AC5">
-        <v>10.15128078</v>
+        <v>10.17292284</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">