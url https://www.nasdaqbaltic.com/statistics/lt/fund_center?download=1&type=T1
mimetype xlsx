--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="39">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>
@@ -603,164 +603,188 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="F2">
-        <v>-0.08944544</v>
+        <v>0.42826552</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>-0.64045543</v>
+        <v>-0.52210801</v>
       </c>
       <c r="L2">
-        <v>1.86029546</v>
+        <v>10.03428984</v>
       </c>
       <c r="M2">
-        <v>-2.03473075</v>
+        <v>7.70181947</v>
       </c>
       <c r="N2">
-        <v>4.06185951</v>
+        <v>5.96107056</v>
       </c>
       <c r="O2">
-        <v>2.28937729</v>
+        <v>4.79546236</v>
       </c>
       <c r="P2">
-        <v>6.6090351</v>
+        <v>6.51463083</v>
       </c>
       <c r="Q2">
-        <v>8.37244031</v>
+        <v>10.44190314</v>
       </c>
       <c r="R2">
-        <v>-2.71482154</v>
+        <v>4.11376001</v>
       </c>
       <c r="S2">
-        <v>2.83688187</v>
+        <v>1.80986138</v>
       </c>
       <c r="T2">
-        <v>13966926.71</v>
+        <v>16291348.6</v>
       </c>
       <c r="U2">
-        <v>-0.21740475</v>
+        <v>0.42133526</v>
       </c>
       <c r="V2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="W2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="X2">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="AA2">
-        <v>13966926.71</v>
+        <v>16291348.6</v>
       </c>
       <c r="AB2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="AC2">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="F3">
-        <v>0.1600033</v>
+        <v>0.48826953</v>
       </c>
       <c r="G3" s="2">
-        <v>45989.0</v>
+        <v>46025.0</v>
       </c>
       <c r="H3" t="s">
         <v>37</v>
       </c>
+      <c r="K3">
+        <v>0.62927918</v>
+      </c>
+      <c r="L3">
+        <v>1.11511467</v>
+      </c>
+      <c r="M3">
+        <v>1.94563398</v>
+      </c>
       <c r="N3">
-        <v>2.55527036</v>
+        <v>0.48826953</v>
+      </c>
+      <c r="O3">
+        <v>3.20062932</v>
+      </c>
+      <c r="P3">
+        <v>3.92541651</v>
+      </c>
+      <c r="Q3">
+        <v>4.7644257</v>
+      </c>
+      <c r="R3">
+        <v>2.69254168</v>
+      </c>
+      <c r="S3">
+        <v>2.96142054</v>
       </c>
       <c r="T3">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
       <c r="U3">
-        <v>2.22577053</v>
+        <v>2.77469228</v>
       </c>
       <c r="X3">
-        <v>0.68220627</v>
+        <v>0.71607476</v>
       </c>
       <c r="Y3" t="s">
         <v>38</v>
       </c>
       <c r="Z3">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="AA3">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">