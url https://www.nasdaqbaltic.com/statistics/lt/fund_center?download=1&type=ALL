--- v0 (2025-12-05)
+++ v1 (2026-02-18)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>
@@ -654,745 +654,763 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.32</v>
-[...2 lines deleted...]
-        <v>-0.05173306</v>
+        <v>19.82</v>
       </c>
       <c r="G2" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.83507307</v>
+        <v>1.32924335</v>
       </c>
       <c r="L2">
-        <v>1.84501845</v>
+        <v>3.12174818</v>
       </c>
       <c r="M2">
-        <v>4.31965443</v>
+        <v>4.53586498</v>
       </c>
       <c r="N2">
-        <v>5.80503834</v>
+        <v>1.90231362</v>
       </c>
       <c r="O2">
-        <v>6.21220451</v>
+        <v>6.96168376</v>
       </c>
       <c r="P2">
-        <v>9.07131485</v>
+        <v>7.91257287</v>
       </c>
       <c r="Q2">
-        <v>8.85083618</v>
+        <v>8.93994837</v>
       </c>
       <c r="R2">
-        <v>-0.38447463</v>
+        <v>1.10184471</v>
       </c>
       <c r="S2">
-        <v>-0.09290818</v>
+        <v>0.12153165</v>
       </c>
       <c r="T2">
-        <v>33130324.19</v>
+        <v>32244008.26</v>
       </c>
       <c r="U2">
-        <v>0.36858385</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="W2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="AA2">
-        <v>33130324.19</v>
+        <v>32244008.26</v>
       </c>
       <c r="AB2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
       <c r="AC2">
-        <v>19.32</v>
+        <v>19.82</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.07</v>
+        <v>30.99</v>
       </c>
       <c r="F3">
-        <v>-0.03324468</v>
+        <v>0.03227889</v>
       </c>
       <c r="G3" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.04166667</v>
+        <v>1.53997379</v>
       </c>
       <c r="L3">
-        <v>2.41825613</v>
+        <v>3.74958152</v>
       </c>
       <c r="M3">
-        <v>5.65706254</v>
+        <v>5.76791809</v>
       </c>
       <c r="N3">
-        <v>8.08770669</v>
+        <v>2.1760633</v>
       </c>
       <c r="O3">
-        <v>8.59516071</v>
+        <v>9.50530035</v>
       </c>
       <c r="P3">
-        <v>11.21778325</v>
+        <v>10.08937955</v>
       </c>
       <c r="Q3">
-        <v>11.14666544</v>
+        <v>11.14672548</v>
       </c>
       <c r="R3">
-        <v>1.89930653</v>
+        <v>3.49616273</v>
       </c>
       <c r="S3">
-        <v>1.906871</v>
+        <v>2.18164502</v>
       </c>
       <c r="T3">
-        <v>33130324.19</v>
+        <v>32244008.26</v>
       </c>
       <c r="U3">
-        <v>0.36858385</v>
+        <v>-0.1880899</v>
       </c>
       <c r="V3">
-        <v>30.07</v>
+        <v>30.99</v>
       </c>
       <c r="W3">
-        <v>30.07</v>
+        <v>30.99</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.89116579</v>
+        <v>26.14086888</v>
       </c>
       <c r="AA3">
-        <v>28526196.079948</v>
+        <v>27198657.376884</v>
       </c>
       <c r="AB3">
-        <v>25.89116579</v>
+        <v>26.14086888</v>
       </c>
       <c r="AC3">
-        <v>25.89116579</v>
+        <v>26.14086888</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="F4">
-        <v>-0.08944544</v>
+        <v>0.42826552</v>
       </c>
       <c r="G4" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>-0.64045543</v>
+        <v>-0.52210801</v>
       </c>
       <c r="L4">
-        <v>1.86029546</v>
+        <v>10.03428984</v>
       </c>
       <c r="M4">
-        <v>-2.03473075</v>
+        <v>7.70181947</v>
       </c>
       <c r="N4">
-        <v>4.06185951</v>
+        <v>5.96107056</v>
       </c>
       <c r="O4">
-        <v>2.28937729</v>
+        <v>4.79546236</v>
       </c>
       <c r="P4">
-        <v>6.6090351</v>
+        <v>6.51463083</v>
       </c>
       <c r="Q4">
-        <v>8.37244031</v>
+        <v>10.44190314</v>
       </c>
       <c r="R4">
-        <v>-2.71482154</v>
+        <v>4.11376001</v>
       </c>
       <c r="S4">
-        <v>2.83688187</v>
+        <v>1.80986138</v>
       </c>
       <c r="T4">
-        <v>13966926.71</v>
+        <v>16291348.6</v>
       </c>
       <c r="U4">
-        <v>-0.21740475</v>
+        <v>0.42133526</v>
       </c>
       <c r="V4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="W4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="X4">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="AA4">
-        <v>13966926.71</v>
+        <v>16291348.6</v>
       </c>
       <c r="AB4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
       <c r="AC4">
-        <v>55.85</v>
+        <v>60.97</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="F5">
-        <v>0.08880995</v>
+        <v>0.08741259</v>
       </c>
       <c r="G5" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
       <c r="K5">
-        <v>-0.08865248</v>
+        <v>0.35056968</v>
       </c>
       <c r="L5">
-        <v>-1.5720524</v>
+        <v>1.5971606</v>
       </c>
       <c r="M5">
-        <v>1.25786164</v>
+        <v>0.26269702</v>
       </c>
       <c r="N5">
-        <v>2.64116576</v>
+        <v>1.23784262</v>
       </c>
       <c r="O5">
-        <v>2.26860254</v>
+        <v>2.87511231</v>
       </c>
       <c r="P5">
-        <v>5.42484727</v>
+        <v>4.67539252</v>
       </c>
       <c r="Q5">
-        <v>5.16390714</v>
+        <v>5.28798795</v>
       </c>
       <c r="R5">
-        <v>-0.8893628</v>
+        <v>0.13143511</v>
       </c>
       <c r="S5">
-        <v>-0.79691436</v>
+        <v>-0.70116357</v>
       </c>
       <c r="T5">
-        <v>25554849.97</v>
+        <v>25788088.76</v>
       </c>
       <c r="U5">
-        <v>0.45963582</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="W5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="X5">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="AA5">
-        <v>25554849.97</v>
+        <v>25788088.76</v>
       </c>
       <c r="AB5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
       <c r="AC5">
-        <v>11.27</v>
+        <v>11.45</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.82</v>
+        <v>12.06</v>
       </c>
       <c r="F6">
-        <v>0.08467401</v>
+        <v>0.08298755</v>
       </c>
       <c r="G6" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>0.08467401</v>
+        <v>0.5</v>
       </c>
       <c r="L6">
-        <v>-0.92204526</v>
+        <v>2.11685013</v>
       </c>
       <c r="M6">
-        <v>2.69331017</v>
+        <v>1.42977292</v>
       </c>
       <c r="N6">
-        <v>4.78723404</v>
+        <v>1.51515152</v>
       </c>
       <c r="O6">
-        <v>4.50928382</v>
+        <v>5.32751092</v>
       </c>
       <c r="P6">
-        <v>7.54328305</v>
+        <v>6.81596301</v>
       </c>
       <c r="Q6">
-        <v>7.44219164</v>
+        <v>7.45509545</v>
       </c>
       <c r="R6">
-        <v>1.40139232</v>
+        <v>2.49006922</v>
       </c>
       <c r="S6">
-        <v>1.22843854</v>
+        <v>1.38221687</v>
       </c>
       <c r="T6">
-        <v>25554849.97</v>
+        <v>25788088.76</v>
       </c>
       <c r="U6">
-        <v>0.45963582</v>
+        <v>-0.15059568</v>
       </c>
       <c r="V6">
-        <v>11.82</v>
+        <v>12.06</v>
       </c>
       <c r="W6">
-        <v>11.82</v>
+        <v>12.06</v>
       </c>
       <c r="X6">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.17737212</v>
+        <v>10.17292284</v>
       </c>
       <c r="AA6">
-        <v>22003487.103151</v>
+        <v>21752921.812082</v>
       </c>
       <c r="AB6">
-        <v>10.17737212</v>
+        <v>10.17292284</v>
       </c>
       <c r="AC6">
-        <v>10.17737212</v>
+        <v>10.17292284</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="F7">
-        <v>0.15186029</v>
+        <v>-0.07412898</v>
       </c>
       <c r="G7" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>-0.45283019</v>
+        <v>0.14858841</v>
       </c>
       <c r="L7">
-        <v>3.77655389</v>
+        <v>2.5095057</v>
       </c>
       <c r="M7">
-        <v>6.71521036</v>
+        <v>5.23028884</v>
       </c>
       <c r="N7">
-        <v>8.02620803</v>
+        <v>1.42964635</v>
       </c>
       <c r="O7">
-        <v>6.71521036</v>
+        <v>8.36012862</v>
       </c>
       <c r="P7">
-        <v>9.75273163</v>
+        <v>8.03238251</v>
       </c>
       <c r="Q7">
-        <v>8.24399655</v>
+        <v>8.51234383</v>
       </c>
       <c r="R7">
-        <v>2.20087726</v>
+        <v>3.89368089</v>
       </c>
       <c r="S7">
-        <v>2.79806819</v>
+        <v>2.57649012</v>
       </c>
       <c r="T7">
-        <v>973298.3</v>
+        <v>911581.18</v>
       </c>
       <c r="U7">
-        <v>0.14823158</v>
+        <v>-0.07204148</v>
       </c>
       <c r="V7">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="W7">
-        <v>13.19</v>
+        <v>13.48</v>
       </c>
       <c r="X7">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.35698293</v>
+        <v>11.37072967</v>
       </c>
       <c r="AA7">
-        <v>838038.83085636</v>
+        <v>768942.37174581</v>
       </c>
       <c r="AB7">
-        <v>11.35698293</v>
+        <v>11.37072967</v>
       </c>
       <c r="AC7">
-        <v>11.35698293</v>
+        <v>11.37072967</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="F8">
-        <v>0.15360983</v>
+        <v>-0.0755287</v>
       </c>
       <c r="G8" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.68545316</v>
+        <v>-0.75018755</v>
       </c>
       <c r="L8">
-        <v>3.40999207</v>
+        <v>1.76923077</v>
       </c>
       <c r="M8">
-        <v>6.01626016</v>
+        <v>3.92772977</v>
       </c>
       <c r="N8">
-        <v>5.84415584</v>
+        <v>1.22417751</v>
       </c>
       <c r="O8">
-        <v>4.48717949</v>
+        <v>5.50239234</v>
       </c>
       <c r="P8">
-        <v>8.4848057</v>
+        <v>6.38310613</v>
       </c>
       <c r="Q8">
-        <v>6.51694833</v>
+        <v>6.83413434</v>
       </c>
       <c r="R8">
-        <v>0.27022057</v>
+        <v>2.04694399</v>
       </c>
       <c r="S8">
-        <v>1.54116257</v>
+        <v>0.98057977</v>
       </c>
       <c r="T8">
-        <v>7724093.83</v>
+        <v>7890956.63</v>
       </c>
       <c r="U8">
-        <v>0.24784681</v>
+        <v>0.19978265</v>
       </c>
       <c r="V8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="W8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="X8">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AA8">
-        <v>7724093.83</v>
+        <v>7890956.63</v>
       </c>
       <c r="AB8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
       <c r="AC8">
-        <v>13.04</v>
+        <v>13.23</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.14</v>
-[...2 lines deleted...]
-        <v>0.08244023</v>
+        <v>12.34</v>
       </c>
       <c r="G9" s="2">
-        <v>45994.0</v>
+        <v>46070.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="K9">
-        <v>-0.16447368</v>
+        <v>0.081103</v>
       </c>
       <c r="L9">
-        <v>2.3608769</v>
+        <v>1.89925681</v>
       </c>
       <c r="M9">
-        <v>4.65517241</v>
+        <v>3.52348993</v>
       </c>
       <c r="N9">
-        <v>5.10822511</v>
+        <v>1.23051682</v>
       </c>
       <c r="O9">
-        <v>3.76068376</v>
+        <v>5.83190395</v>
       </c>
       <c r="P9">
-        <v>6.56644809</v>
+        <v>5.58051338</v>
       </c>
       <c r="Q9">
-        <v>4.42884965</v>
+        <v>4.99919876</v>
       </c>
       <c r="R9">
-        <v>-1.33403014</v>
+        <v>0.34740484</v>
       </c>
       <c r="S9">
-        <v>-0.88225501</v>
+        <v>-0.86832407</v>
       </c>
       <c r="T9">
-        <v>885005.3</v>
+        <v>887529.22</v>
       </c>
       <c r="U9">
-        <v>0.14895399</v>
+        <v>0.22642069</v>
       </c>
       <c r="V9">
-        <v>12.14</v>
+        <v>12.34</v>
       </c>
       <c r="W9">
-        <v>12.14</v>
+        <v>12.34</v>
       </c>
       <c r="X9">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.14</v>
+        <v>12.34</v>
       </c>
       <c r="AA9">
-        <v>885005.3</v>
+        <v>887529.22</v>
       </c>
       <c r="AB9">
-        <v>12.14</v>
+        <v>12.34</v>
       </c>
       <c r="AC9">
-        <v>12.14</v>
+        <v>12.34</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="F10">
-        <v>0.1600033</v>
+        <v>0.48826953</v>
       </c>
       <c r="G10" s="2">
-        <v>45989.0</v>
+        <v>46025.0</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
+      <c r="K10">
+        <v>0.62927918</v>
+      </c>
+      <c r="L10">
+        <v>1.11511467</v>
+      </c>
+      <c r="M10">
+        <v>1.94563398</v>
+      </c>
       <c r="N10">
-        <v>2.55527036</v>
+        <v>0.48826953</v>
+      </c>
+      <c r="O10">
+        <v>3.20062932</v>
+      </c>
+      <c r="P10">
+        <v>3.92541651</v>
+      </c>
+      <c r="Q10">
+        <v>4.7644257</v>
+      </c>
+      <c r="R10">
+        <v>2.69254168</v>
+      </c>
+      <c r="S10">
+        <v>2.96142054</v>
       </c>
       <c r="T10">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
       <c r="U10">
-        <v>2.22577053</v>
+        <v>2.77469228</v>
       </c>
       <c r="X10">
-        <v>0.68220627</v>
+        <v>0.71607476</v>
       </c>
       <c r="Y10" t="s">
         <v>55</v>
       </c>
       <c r="Z10">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="AA10">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">