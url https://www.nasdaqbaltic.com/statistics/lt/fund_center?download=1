--- v0 (2025-12-16)
+++ v1 (2026-02-19)
@@ -35,51 +35,51 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="56">
   <si>
     <t>Fondų tipai</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
     <t>Pavadinimas</t>
   </si>
   <si>
     <t>Val.</t>
   </si>
   <si>
     <t xml:space="preserve">Vnt.vertė </t>
   </si>
   <si>
     <t>Vnt.vertės pok. %</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Prekiaujami investiciniai vienetai</t>
   </si>
   <si>
     <t>Listinguojama</t>
   </si>
   <si>
     <t>1 mėnuo</t>
   </si>
   <si>
     <t>3 mėn.</t>
   </si>
   <si>
     <t>6 MĖN.</t>
   </si>
   <si>
     <t>NMP</t>
   </si>
   <si>
     <t>1 metai</t>
   </si>
   <si>
     <t>24 mėn.</t>
   </si>
@@ -654,742 +654,763 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>19.38</v>
-[...2 lines deleted...]
-        <v>0.10330579</v>
+        <v>19.82</v>
       </c>
       <c r="G2" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="K2">
-        <v>0.83246618</v>
+        <v>1.32924335</v>
       </c>
       <c r="L2">
-        <v>1.73228346</v>
+        <v>3.12174818</v>
       </c>
       <c r="M2">
-        <v>4.19354839</v>
+        <v>4.42571128</v>
       </c>
       <c r="N2">
-        <v>6.13362541</v>
+        <v>1.90231362</v>
       </c>
       <c r="O2">
-        <v>5.95954073</v>
+        <v>6.96168376</v>
       </c>
       <c r="P2">
-        <v>8.11466905</v>
+        <v>7.91257287</v>
       </c>
       <c r="Q2">
-        <v>8.89075946</v>
+        <v>8.93994837</v>
       </c>
       <c r="R2">
-        <v>-0.28180119</v>
+        <v>1.11517301</v>
       </c>
       <c r="S2">
-        <v>-0.13362161</v>
+        <v>0.12153165</v>
       </c>
       <c r="T2">
-        <v>31495839.27</v>
+        <v>32421174.12</v>
       </c>
       <c r="U2">
-        <v>-5.64635494</v>
+        <v>0.54945359</v>
       </c>
       <c r="V2">
-        <v>19.38</v>
+        <v>19.82</v>
       </c>
       <c r="W2">
-        <v>19.38</v>
+        <v>19.82</v>
       </c>
       <c r="X2">
-        <v>3.53799629</v>
+        <v>2.78609324</v>
       </c>
       <c r="Y2" t="s">
         <v>34</v>
       </c>
       <c r="Z2">
-        <v>19.38</v>
+        <v>19.82</v>
       </c>
       <c r="AA2">
-        <v>31495839.27</v>
+        <v>32421174.12</v>
       </c>
       <c r="AB2">
-        <v>19.38</v>
+        <v>19.82</v>
       </c>
       <c r="AC2">
-        <v>19.38</v>
+        <v>19.82</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>35</v>
       </c>
       <c r="C3" t="s">
         <v>36</v>
       </c>
       <c r="D3" t="s">
         <v>37</v>
       </c>
       <c r="E3">
-        <v>30.18</v>
-[...2 lines deleted...]
-        <v>0.09950249</v>
+        <v>30.99</v>
       </c>
       <c r="G3" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="K3">
-        <v>1.0378306</v>
+        <v>1.53997379</v>
       </c>
       <c r="L3">
-        <v>2.27041681</v>
+        <v>3.74958152</v>
       </c>
       <c r="M3">
-        <v>5.48759175</v>
+        <v>5.62372188</v>
       </c>
       <c r="N3">
-        <v>8.48310568</v>
+        <v>2.1760633</v>
       </c>
       <c r="O3">
-        <v>8.32735104</v>
+        <v>9.46661957</v>
       </c>
       <c r="P3">
-        <v>10.22594275</v>
+        <v>10.08937955</v>
       </c>
       <c r="Q3">
-        <v>11.09633472</v>
+        <v>11.14672548</v>
       </c>
       <c r="R3">
-        <v>2.01066218</v>
+        <v>3.49616273</v>
       </c>
       <c r="S3">
-        <v>1.85505903</v>
+        <v>2.1743007</v>
       </c>
       <c r="T3">
-        <v>31495839.27</v>
+        <v>32421174.12</v>
       </c>
       <c r="U3">
-        <v>-5.64635494</v>
+        <v>0.54945359</v>
       </c>
       <c r="V3">
-        <v>30.18</v>
+        <v>30.99</v>
       </c>
       <c r="W3">
-        <v>30.18</v>
+        <v>30.99</v>
       </c>
       <c r="X3">
-        <v>3.59277105</v>
+        <v>2.83091092</v>
       </c>
       <c r="Y3" t="s">
         <v>34</v>
       </c>
       <c r="Z3">
-        <v>25.7267071</v>
+        <v>26.20497201</v>
       </c>
       <c r="AA3">
-        <v>26848384.092957</v>
+        <v>27415164.898356</v>
       </c>
       <c r="AB3">
-        <v>25.7267071</v>
+        <v>26.20497201</v>
       </c>
       <c r="AC3">
-        <v>25.7267071</v>
+        <v>26.20497201</v>
       </c>
     </row>
     <row r="4" spans="1:29">
       <c r="A4" t="s">
         <v>38</v>
       </c>
       <c r="B4" t="s">
         <v>39</v>
       </c>
       <c r="C4" t="s">
         <v>40</v>
       </c>
       <c r="D4" t="s">
         <v>32</v>
       </c>
       <c r="E4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
       <c r="F4">
-        <v>1.0158617</v>
+        <v>2.00098409</v>
       </c>
       <c r="G4" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H4" t="s">
         <v>33</v>
       </c>
       <c r="K4">
-        <v>2.29200505</v>
+        <v>1.46842878</v>
       </c>
       <c r="L4">
-        <v>-0.24639212</v>
+        <v>12.23605847</v>
       </c>
       <c r="M4">
-        <v>-0.12334802</v>
+        <v>9.16271722</v>
       </c>
       <c r="N4">
-        <v>5.60834731</v>
+        <v>8.08133472</v>
       </c>
       <c r="O4">
-        <v>4.47926267</v>
+        <v>6.38043106</v>
       </c>
       <c r="P4">
-        <v>5.266965</v>
+        <v>7.57502294</v>
       </c>
       <c r="Q4">
-        <v>9.63607173</v>
+        <v>11.17368531</v>
       </c>
       <c r="R4">
-        <v>-2.61594357</v>
+        <v>4.93538601</v>
       </c>
       <c r="S4">
-        <v>2.85427789</v>
+        <v>2.37251662</v>
       </c>
       <c r="T4">
-        <v>14055648.35</v>
+        <v>16616962.68</v>
       </c>
       <c r="U4">
-        <v>0.85731096</v>
+        <v>1.99869322</v>
       </c>
       <c r="V4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
       <c r="W4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
       <c r="X4">
-        <v>14.16261482</v>
+        <v>11.93569946</v>
       </c>
       <c r="Y4" t="s">
         <v>34</v>
       </c>
       <c r="Z4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
       <c r="AA4">
-        <v>14055648.35</v>
+        <v>16616962.68</v>
       </c>
       <c r="AB4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
       <c r="AC4">
-        <v>56.68</v>
+        <v>62.19</v>
       </c>
     </row>
     <row r="5" spans="1:29">
       <c r="A5" t="s">
         <v>29</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>32</v>
       </c>
       <c r="E5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
       <c r="F5">
-        <v>0.17777778</v>
+        <v>0.08733624</v>
       </c>
       <c r="G5" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H5" t="s">
         <v>33</v>
       </c>
+      <c r="K5">
+        <v>0.43821209</v>
+      </c>
       <c r="L5">
-        <v>-2.17013889</v>
+        <v>1.68589175</v>
       </c>
       <c r="M5">
-        <v>0.5352364</v>
+        <v>0.26246719</v>
       </c>
       <c r="N5">
-        <v>2.64116576</v>
+        <v>1.32625995</v>
       </c>
       <c r="O5">
-        <v>1.53153153</v>
+        <v>2.87253142</v>
       </c>
       <c r="P5">
-        <v>4.34983895</v>
+        <v>4.72109232</v>
       </c>
       <c r="Q5">
-        <v>5.01959971</v>
+        <v>5.31863056</v>
       </c>
       <c r="R5">
-        <v>-0.97403663</v>
+        <v>0.17528551</v>
       </c>
       <c r="S5">
-        <v>-0.89809059</v>
+        <v>-0.68382485</v>
       </c>
       <c r="T5">
-        <v>25303552.4</v>
+        <v>25857431.04</v>
       </c>
       <c r="U5">
-        <v>-0.92282444</v>
+        <v>0.26889267</v>
       </c>
       <c r="V5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
       <c r="W5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
       <c r="X5">
-        <v>4.49035358</v>
+        <v>3.6119585</v>
       </c>
       <c r="Y5" t="s">
         <v>34</v>
       </c>
       <c r="Z5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
       <c r="AA5">
-        <v>25303552.4</v>
+        <v>25857431.04</v>
       </c>
       <c r="AB5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
       <c r="AC5">
-        <v>11.27</v>
+        <v>11.46</v>
       </c>
     </row>
     <row r="6" spans="1:29">
       <c r="A6" t="s">
         <v>29</v>
       </c>
       <c r="B6" t="s">
         <v>43</v>
       </c>
       <c r="C6" t="s">
         <v>44</v>
       </c>
       <c r="D6" t="s">
         <v>37</v>
       </c>
       <c r="E6">
-        <v>11.83</v>
+        <v>12.07</v>
       </c>
       <c r="F6">
-        <v>0.16934801</v>
+        <v>0.08291874</v>
       </c>
       <c r="G6" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H6" t="s">
         <v>33</v>
       </c>
       <c r="K6">
-        <v>0.16934801</v>
+        <v>0.58333333</v>
       </c>
       <c r="L6">
-        <v>-1.58069884</v>
+        <v>2.20152413</v>
       </c>
       <c r="M6">
-        <v>1.89491817</v>
+        <v>1.42857143</v>
       </c>
       <c r="N6">
-        <v>4.87588652</v>
+        <v>1.5993266</v>
       </c>
       <c r="O6">
-        <v>3.9543058</v>
+        <v>5.32286213</v>
       </c>
       <c r="P6">
-        <v>6.44913163</v>
+        <v>6.86023905</v>
       </c>
       <c r="Q6">
-        <v>7.21062732</v>
+        <v>7.48478739</v>
       </c>
       <c r="R6">
-        <v>1.3097508</v>
+        <v>2.53476914</v>
       </c>
       <c r="S6">
-        <v>1.1366556</v>
+        <v>1.38102337</v>
       </c>
       <c r="T6">
-        <v>25303552.4</v>
+        <v>25857431.04</v>
       </c>
       <c r="U6">
-        <v>-0.92282444</v>
+        <v>0.26889267</v>
       </c>
       <c r="V6">
-        <v>11.83</v>
+        <v>12.07</v>
       </c>
       <c r="W6">
-        <v>11.83</v>
+        <v>12.07</v>
       </c>
       <c r="X6">
-        <v>4.53407717</v>
+        <v>3.69600344</v>
       </c>
       <c r="Y6" t="s">
         <v>34</v>
       </c>
       <c r="Z6">
-        <v>10.08439182</v>
+        <v>10.20632501</v>
       </c>
       <c r="AA6">
-        <v>21569817.140849</v>
+        <v>21864900.178682</v>
       </c>
       <c r="AB6">
-        <v>10.08439182</v>
+        <v>10.20632501</v>
       </c>
       <c r="AC6">
-        <v>10.08439182</v>
+        <v>10.20632501</v>
       </c>
     </row>
     <row r="7" spans="1:29">
       <c r="A7" t="s">
         <v>45</v>
       </c>
       <c r="B7" t="s">
         <v>46</v>
       </c>
       <c r="C7" t="s">
         <v>47</v>
       </c>
       <c r="D7" t="s">
         <v>37</v>
       </c>
       <c r="E7">
-        <v>13.18</v>
+        <v>13.5</v>
       </c>
       <c r="F7">
-        <v>-0.30257186</v>
+        <v>0.14836795</v>
       </c>
       <c r="G7" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H7" t="s">
         <v>33</v>
       </c>
       <c r="K7">
-        <v>0.22813688</v>
+        <v>0.29717682</v>
       </c>
       <c r="L7">
-        <v>1.46266359</v>
+        <v>2.66159696</v>
       </c>
       <c r="M7">
-        <v>5.6936648</v>
+        <v>5.46875</v>
       </c>
       <c r="N7">
-        <v>7.94430794</v>
+        <v>1.58013544</v>
       </c>
       <c r="O7">
-        <v>6.54810024</v>
+        <v>8.60820595</v>
       </c>
       <c r="P7">
-        <v>8.09439006</v>
+        <v>8.11249552</v>
       </c>
       <c r="Q7">
-        <v>8.11277976</v>
+        <v>8.56598316</v>
       </c>
       <c r="R7">
-        <v>2.1392858</v>
+        <v>4.06737768</v>
       </c>
       <c r="S7">
-        <v>2.63994491</v>
+        <v>2.67620414</v>
       </c>
       <c r="T7">
-        <v>974634.7</v>
+        <v>912876.34</v>
       </c>
       <c r="U7">
-        <v>-0.28910934</v>
+        <v>0.1420784</v>
       </c>
       <c r="V7">
-        <v>13.18</v>
+        <v>13.5</v>
       </c>
       <c r="W7">
-        <v>13.18</v>
+        <v>13.5</v>
       </c>
       <c r="X7">
-        <v>6.22401428</v>
+        <v>4.45540953</v>
       </c>
       <c r="Y7" t="s">
         <v>34</v>
       </c>
       <c r="Z7">
-        <v>11.23518885</v>
+        <v>11.41552507</v>
       </c>
       <c r="AA7">
-        <v>830819.79659607</v>
+        <v>771923.16664031</v>
       </c>
       <c r="AB7">
-        <v>11.23518885</v>
+        <v>11.41552507</v>
       </c>
       <c r="AC7">
-        <v>11.23518885</v>
+        <v>11.41552507</v>
       </c>
     </row>
     <row r="8" spans="1:29">
       <c r="A8" t="s">
         <v>45</v>
       </c>
       <c r="B8" t="s">
         <v>48</v>
       </c>
       <c r="C8" t="s">
         <v>49</v>
       </c>
       <c r="D8" t="s">
         <v>32</v>
       </c>
       <c r="E8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
       <c r="F8">
-        <v>-0.23041475</v>
+        <v>0.22675737</v>
       </c>
       <c r="G8" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H8" t="s">
         <v>33</v>
       </c>
       <c r="K8">
-        <v>-0.07692308</v>
+        <v>-0.52513128</v>
       </c>
       <c r="L8">
-        <v>0.93240093</v>
+        <v>2.0</v>
       </c>
       <c r="M8">
-        <v>4.9273021</v>
+        <v>4.49172577</v>
       </c>
       <c r="N8">
-        <v>5.43831169</v>
+        <v>1.45371079</v>
       </c>
       <c r="O8">
-        <v>4.17000802</v>
+        <v>5.65737052</v>
       </c>
       <c r="P8">
-        <v>6.74613268</v>
+        <v>6.5036536</v>
       </c>
       <c r="Q8">
-        <v>6.44644191</v>
+        <v>6.9148248</v>
       </c>
       <c r="R8">
-        <v>0.17396413</v>
+        <v>2.23067053</v>
       </c>
       <c r="S8">
-        <v>1.31265919</v>
+        <v>1.09060063</v>
       </c>
       <c r="T8">
-        <v>7698645.36</v>
+        <v>7905713.52</v>
       </c>
       <c r="U8">
-        <v>-0.35833732</v>
+        <v>0.18701015</v>
       </c>
       <c r="V8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
       <c r="W8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
       <c r="X8">
-        <v>6.18586159</v>
+        <v>4.57468843</v>
       </c>
       <c r="Y8" t="s">
         <v>34</v>
       </c>
       <c r="Z8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
       <c r="AA8">
-        <v>7698645.36</v>
+        <v>7905713.52</v>
       </c>
       <c r="AB8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
       <c r="AC8">
-        <v>12.99</v>
+        <v>13.26</v>
       </c>
     </row>
     <row r="9" spans="1:29">
       <c r="A9" t="s">
         <v>45</v>
       </c>
       <c r="B9" t="s">
         <v>50</v>
       </c>
       <c r="C9" t="s">
         <v>51</v>
       </c>
       <c r="D9" t="s">
         <v>32</v>
       </c>
       <c r="E9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
       <c r="F9">
-        <v>-0.24691358</v>
+        <v>0.08103728</v>
       </c>
       <c r="G9" s="2">
-        <v>46006.0</v>
+        <v>46071.0</v>
       </c>
       <c r="H9" t="s">
         <v>33</v>
       </c>
       <c r="K9">
-        <v>0.08257638</v>
+        <v>0.162206</v>
       </c>
       <c r="L9">
-        <v>0.66445183</v>
+        <v>1.9818332</v>
       </c>
       <c r="M9">
-        <v>3.67835757</v>
+        <v>3.86879731</v>
       </c>
       <c r="N9">
-        <v>4.93506494</v>
+        <v>1.31255127</v>
       </c>
       <c r="O9">
-        <v>3.76712329</v>
+        <v>5.91766724</v>
       </c>
       <c r="P9">
-        <v>4.91984744</v>
+        <v>5.6232845</v>
       </c>
       <c r="Q9">
-        <v>4.30627971</v>
+        <v>5.02755393</v>
       </c>
       <c r="R9">
-        <v>-1.31686417</v>
+        <v>0.40900649</v>
       </c>
       <c r="S9">
-        <v>-1.03939436</v>
+        <v>-0.80604699</v>
       </c>
       <c r="T9">
-        <v>886472.34</v>
+        <v>888103.04</v>
       </c>
       <c r="U9">
-        <v>-0.25972772</v>
+        <v>0.06465365</v>
       </c>
       <c r="V9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
       <c r="W9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
       <c r="X9">
-        <v>5.12119246</v>
+        <v>3.28956318</v>
       </c>
       <c r="Y9" t="s">
         <v>34</v>
       </c>
       <c r="Z9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
       <c r="AA9">
-        <v>886472.34</v>
+        <v>888103.04</v>
       </c>
       <c r="AB9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
       <c r="AC9">
-        <v>12.12</v>
+        <v>12.35</v>
       </c>
     </row>
     <row r="10" spans="1:29">
       <c r="A10" t="s">
         <v>38</v>
       </c>
       <c r="B10" t="s">
         <v>52</v>
       </c>
       <c r="C10" t="s">
         <v>53</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
       <c r="E10">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="F10">
-        <v>0.1600033</v>
+        <v>0.48826953</v>
       </c>
       <c r="G10" s="2">
-        <v>45989.0</v>
+        <v>46025.0</v>
       </c>
       <c r="H10" t="s">
         <v>54</v>
       </c>
+      <c r="K10">
+        <v>0.62927918</v>
+      </c>
+      <c r="L10">
+        <v>1.11511467</v>
+      </c>
+      <c r="M10">
+        <v>1.94563398</v>
+      </c>
       <c r="N10">
-        <v>2.55527036</v>
+        <v>0.48826953</v>
+      </c>
+      <c r="O10">
+        <v>3.20062932</v>
+      </c>
+      <c r="P10">
+        <v>3.92541651</v>
+      </c>
+      <c r="Q10">
+        <v>4.7644257</v>
+      </c>
+      <c r="R10">
+        <v>2.69254168</v>
+      </c>
+      <c r="S10">
+        <v>2.96142054</v>
       </c>
       <c r="T10">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
       <c r="U10">
-        <v>2.22577053</v>
+        <v>2.77469228</v>
       </c>
       <c r="X10">
-        <v>0.68220627</v>
+        <v>0.71607476</v>
       </c>
       <c r="Y10" t="s">
         <v>55</v>
       </c>
       <c r="Z10">
-        <v>121.5041</v>
+        <v>122.2687</v>
       </c>
       <c r="AA10">
-        <v>75172288.87</v>
+        <v>78719562.81</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">