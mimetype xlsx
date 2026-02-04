--- v0 (2025-12-05)
+++ v1 (2026-02-04)
@@ -20,51 +20,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="10">
   <si>
     <t>Įmonė</t>
   </si>
   <si>
     <t>Trumpinys</t>
   </si>
   <si>
-    <t>Birža</t>
+    <t>Rinka</t>
   </si>
   <si>
     <t>Data</t>
   </si>
   <si>
     <t>Įvykiai</t>
   </si>
   <si>
     <t>Suma vienai akcijai</t>
   </si>
   <si>
     <t>LHV Group</t>
   </si>
   <si>
     <t>LHV1T</t>
   </si>
   <si>
     <t>TLN</t>
   </si>
   <si>
     <t xml:space="preserve">Dividendų ex-diena </t>
   </si>
 </sst>
 </file>
 