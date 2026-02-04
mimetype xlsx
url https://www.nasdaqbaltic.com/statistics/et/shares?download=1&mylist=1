--- v0 (2025-12-18)
+++ v1 (2026-02-04)
@@ -260,51 +260,51 @@
   <si>
     <t>EEG1T</t>
   </si>
   <si>
     <t>Ekspress Grupp</t>
   </si>
   <si>
     <t>EE3100016965</t>
   </si>
   <si>
     <t>Meedia</t>
   </si>
   <si>
     <t>EFT1T</t>
   </si>
   <si>
     <t>EfTEN Real Estate Fund</t>
   </si>
   <si>
     <t>EE3100127242</t>
   </si>
   <si>
     <t>EGG</t>
   </si>
   <si>
-    <t>APF Holdings</t>
+    <t>Agrova Baltics</t>
   </si>
   <si>
     <t>LV0000101921</t>
   </si>
   <si>
     <t>EJTC</t>
   </si>
   <si>
     <t>Estonian Japan Trading Company</t>
   </si>
   <si>
     <t>EE3100008996</t>
   </si>
   <si>
     <t>ELEVR</t>
   </si>
   <si>
     <t xml:space="preserve">Eleving Group </t>
   </si>
   <si>
     <t>LU2818110020</t>
   </si>
   <si>
     <t>EWA1L</t>
   </si>
@@ -1251,987 +1251,561 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
-        <v>1.91</v>
+        <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.93</v>
-[...17 lines deleted...]
-        <v>24.91</v>
+        <v>1.96</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
-        <v>1.825</v>
+        <v>1.84</v>
       </c>
       <c r="L3">
-        <v>1.825</v>
-[...14 lines deleted...]
-        <v>7545.225</v>
+        <v>1.84</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>1.21</v>
+        <v>1.28</v>
       </c>
       <c r="L4">
-        <v>1.21</v>
-[...14 lines deleted...]
-        <v>164.6</v>
+        <v>1.28</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>3.3</v>
+        <v>3.76</v>
       </c>
       <c r="L5">
-        <v>3.33</v>
-[...17 lines deleted...]
-        <v>23998.57</v>
+        <v>3.76</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...10 lines deleted...]
-      </c>
       <c r="K6">
-        <v>1.65</v>
+        <v>1.62</v>
       </c>
       <c r="L6">
-        <v>1.66</v>
-[...17 lines deleted...]
-        <v>2757.175</v>
+        <v>1.62</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="K7">
-        <v>0.0692</v>
+        <v>0.0696</v>
       </c>
       <c r="L7">
-        <v>0.0688</v>
-[...17 lines deleted...]
-        <v>900.329</v>
+        <v>0.0696</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>7.0</v>
+        <v>3.8</v>
       </c>
       <c r="L8">
-        <v>6.95</v>
-[...17 lines deleted...]
-        <v>2608.0</v>
+        <v>3.8</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9">
-[...10 lines deleted...]
-      </c>
       <c r="K9">
-        <v>1.44</v>
+        <v>1.48</v>
       </c>
       <c r="L9">
-        <v>1.41</v>
-[...17 lines deleted...]
-        <v>1553.88</v>
+        <v>1.48</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>2.035</v>
+        <v>2.155</v>
       </c>
       <c r="L10">
-        <v>2.055</v>
-[...17 lines deleted...]
-        <v>168639.62</v>
+        <v>2.155</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
       <c r="K11">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="L11">
-        <v>0.3</v>
-[...2 lines deleted...]
-        <v>0.27</v>
+        <v>0.28</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
-        <v>1.3</v>
+        <v>1.302</v>
       </c>
       <c r="L12">
-        <v>1.3</v>
-[...14 lines deleted...]
-        <v>121576.806</v>
+        <v>1.302</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>72</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...2 lines deleted...]
-      <c r="H13">
+      <c r="K13">
         <v>1.24</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.245</v>
       </c>
       <c r="L13">
         <v>1.24</v>
-      </c>
-[...16 lines deleted...]
-        <v>4415.72</v>
       </c>
       <c r="S13" t="s">
         <v>43</v>
       </c>
       <c r="T13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
-      <c r="G14">
-[...10 lines deleted...]
-      </c>
       <c r="K14">
-        <v>19.15</v>
+        <v>19.65</v>
       </c>
       <c r="L14">
-        <v>19.15</v>
-[...14 lines deleted...]
-        <v>6357.8</v>
+        <v>19.65</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...10 lines deleted...]
-      </c>
       <c r="K15">
-        <v>4.94</v>
+        <v>5.05</v>
       </c>
       <c r="L15">
-        <v>4.98</v>
-[...17 lines deleted...]
-        <v>1940.44</v>
+        <v>5.05</v>
       </c>
       <c r="S15" t="s">
         <v>33</v>
       </c>
       <c r="T15" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>82</v>
       </c>
       <c r="B16" t="s">
         <v>83</v>
       </c>
       <c r="C16" t="s">
         <v>84</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
-      <c r="N16">
-[...1 lines deleted...]
-      </c>
       <c r="S16" t="s">
         <v>63</v>
       </c>
       <c r="T16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
-      <c r="G17">
-[...10 lines deleted...]
-      </c>
       <c r="K17">
-        <v>1.6788</v>
+        <v>1.6998</v>
       </c>
       <c r="L17">
-        <v>1.69</v>
-[...17 lines deleted...]
-        <v>226730.0128</v>
+        <v>1.6998</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>88</v>
       </c>
       <c r="B18" t="s">
         <v>89</v>
       </c>
       <c r="C18" t="s">
         <v>90</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
       <c r="K18">
-        <v>15.6</v>
+        <v>16.0</v>
       </c>
       <c r="L18">
-        <v>15.6</v>
-[...5 lines deleted...]
-        <v>15.7</v>
+        <v>16.0</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>91</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -2241,3016 +1815,1675 @@
         <v>63</v>
       </c>
       <c r="T19" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
       <c r="C20" t="s">
         <v>96</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
-      <c r="G20">
-[...8 lines deleted...]
-      <c r="J20">
+      <c r="K20">
         <v>0.066</v>
       </c>
-      <c r="K20">
-[...1 lines deleted...]
-      </c>
       <c r="L20">
-        <v>0.07</v>
-[...17 lines deleted...]
-        <v>483.6702</v>
+        <v>0.066</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>97</v>
       </c>
       <c r="B21" t="s">
         <v>98</v>
       </c>
       <c r="C21" t="s">
         <v>99</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...10 lines deleted...]
-      </c>
       <c r="K21">
-        <v>1.085</v>
+        <v>1.11</v>
       </c>
       <c r="L21">
-        <v>1.085</v>
-[...14 lines deleted...]
-        <v>3160.53</v>
+        <v>1.11</v>
       </c>
       <c r="S21" t="s">
         <v>100</v>
       </c>
       <c r="T21" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>103</v>
       </c>
       <c r="C22" t="s">
         <v>104</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...10 lines deleted...]
-      </c>
       <c r="K22">
-        <v>4.65</v>
+        <v>5.3</v>
       </c>
       <c r="L22">
-        <v>4.67</v>
-[...17 lines deleted...]
-        <v>2975.97</v>
+        <v>5.3</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
       <c r="C23" t="s">
         <v>107</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...10 lines deleted...]
-      </c>
       <c r="K23">
-        <v>5.86</v>
+        <v>6.3</v>
       </c>
       <c r="L23">
-        <v>5.86</v>
-[...14 lines deleted...]
-        <v>2007.54</v>
+        <v>6.3</v>
       </c>
       <c r="S23" t="s">
         <v>48</v>
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>109</v>
       </c>
       <c r="C24" t="s">
         <v>110</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
-      <c r="G24">
-[...10 lines deleted...]
-      </c>
       <c r="K24">
-        <v>10.0</v>
+        <v>9.48</v>
       </c>
       <c r="L24">
-        <v>9.98</v>
-[...17 lines deleted...]
-        <v>4960.78</v>
+        <v>9.48</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
-      <c r="G25">
-[...10 lines deleted...]
-      </c>
       <c r="K25">
-        <v>20.9</v>
+        <v>22.25</v>
       </c>
       <c r="L25">
-        <v>20.9</v>
-[...14 lines deleted...]
-        <v>396170.5</v>
+        <v>22.25</v>
       </c>
       <c r="S25" t="s">
         <v>114</v>
       </c>
       <c r="T25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>116</v>
       </c>
       <c r="C26" t="s">
         <v>117</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>38</v>
       </c>
-      <c r="G26">
-[...10 lines deleted...]
-      </c>
       <c r="K26">
-        <v>3.8</v>
+        <v>4.18</v>
       </c>
       <c r="L26">
-        <v>3.76</v>
-[...17 lines deleted...]
-        <v>398.96</v>
+        <v>4.18</v>
       </c>
       <c r="S26" t="s">
         <v>63</v>
       </c>
       <c r="T26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>119</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
-      <c r="G27">
-[...10 lines deleted...]
-      </c>
       <c r="K27">
-        <v>45.8</v>
+        <v>45.3</v>
       </c>
       <c r="L27">
-        <v>45.8</v>
-[...14 lines deleted...]
-        <v>21747.2</v>
+        <v>45.3</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>122</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
-      <c r="H28">
-[...1 lines deleted...]
-      </c>
       <c r="K28">
-        <v>6.45</v>
+        <v>6.7</v>
       </c>
       <c r="L28">
-        <v>6.45</v>
-[...5 lines deleted...]
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>125</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
-      <c r="H29">
-[...1 lines deleted...]
-      </c>
       <c r="K29">
-        <v>3.22</v>
+        <v>3.26</v>
       </c>
       <c r="L29">
-        <v>3.22</v>
-[...5 lines deleted...]
-        <v>3.22</v>
+        <v>3.26</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>128</v>
       </c>
       <c r="C30" t="s">
         <v>129</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...10 lines deleted...]
-      </c>
       <c r="K30">
-        <v>21.8</v>
+        <v>27.8</v>
       </c>
       <c r="L30">
-        <v>22.4</v>
-[...17 lines deleted...]
-        <v>1533.0</v>
+        <v>27.8</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
       <c r="C31" t="s">
         <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
-      <c r="G31">
-[...10 lines deleted...]
-      </c>
       <c r="K31">
-        <v>31.2</v>
+        <v>30.4</v>
       </c>
       <c r="L31">
-        <v>31.0</v>
-[...17 lines deleted...]
-        <v>341.0</v>
+        <v>30.4</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>135</v>
       </c>
       <c r="C32" t="s">
         <v>136</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
-      <c r="G32">
-[...10 lines deleted...]
-      </c>
       <c r="K32">
-        <v>16.85</v>
+        <v>20.5</v>
       </c>
       <c r="L32">
-        <v>16.9</v>
-[...17 lines deleted...]
-        <v>1585.25</v>
+        <v>20.5</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>138</v>
       </c>
       <c r="C33" t="s">
         <v>139</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
-      <c r="G33">
-[...10 lines deleted...]
-      </c>
       <c r="K33">
-        <v>0.389</v>
+        <v>0.436</v>
       </c>
       <c r="L33">
-        <v>0.389</v>
-[...14 lines deleted...]
-        <v>6055.304</v>
+        <v>0.436</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>141</v>
       </c>
       <c r="C34" t="s">
         <v>142</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
-      <c r="G34">
-[...10 lines deleted...]
-      </c>
       <c r="K34">
-        <v>1.82</v>
+        <v>1.99</v>
       </c>
       <c r="L34">
-        <v>1.82</v>
-[...14 lines deleted...]
-        <v>17.85</v>
+        <v>1.99</v>
       </c>
       <c r="S34" t="s">
         <v>114</v>
       </c>
       <c r="T34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>144</v>
       </c>
       <c r="C35" t="s">
         <v>145</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
-      <c r="G35">
-[...10 lines deleted...]
-      </c>
       <c r="K35">
-        <v>0.84</v>
+        <v>0.878</v>
       </c>
       <c r="L35">
-        <v>0.84</v>
-[...14 lines deleted...]
-        <v>117.0</v>
+        <v>0.878</v>
       </c>
       <c r="S35" t="s">
         <v>114</v>
       </c>
       <c r="T35" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>147</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
-      <c r="G36">
-[...10 lines deleted...]
-      </c>
       <c r="K36">
-        <v>3.365</v>
+        <v>3.58</v>
       </c>
       <c r="L36">
-        <v>3.4</v>
-[...17 lines deleted...]
-        <v>566147.025</v>
+        <v>3.58</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>150</v>
       </c>
       <c r="C37" t="s">
         <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
-      <c r="H37">
-[...1 lines deleted...]
-      </c>
       <c r="K37">
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="L37">
-        <v>5.45</v>
-[...5 lines deleted...]
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>153</v>
       </c>
       <c r="C38" t="s">
         <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
         <v>55</v>
       </c>
       <c r="F38" t="s">
         <v>38</v>
       </c>
-      <c r="H38">
-[...1 lines deleted...]
-      </c>
       <c r="K38">
-        <v>9.5</v>
+        <v>7.85</v>
       </c>
       <c r="L38">
-        <v>9.5</v>
-[...5 lines deleted...]
-        <v>9.15</v>
+        <v>7.85</v>
       </c>
       <c r="S38" t="s">
         <v>155</v>
       </c>
       <c r="T38" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>156</v>
       </c>
       <c r="B39" t="s">
         <v>157</v>
       </c>
       <c r="C39" t="s">
         <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
         <v>24</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
-      <c r="G39">
-[...10 lines deleted...]
-      </c>
       <c r="K39">
-        <v>1.72</v>
+        <v>1.71</v>
       </c>
       <c r="L39">
-        <v>1.7</v>
-[...17 lines deleted...]
-        <v>247.88</v>
+        <v>1.71</v>
       </c>
       <c r="S39" t="s">
         <v>159</v>
       </c>
       <c r="T39" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
         <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>161</v>
       </c>
       <c r="C40" t="s">
         <v>162</v>
       </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
         <v>55</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
-      <c r="G40">
-[...10 lines deleted...]
-      </c>
       <c r="K40">
-        <v>10.85</v>
+        <v>11.55</v>
       </c>
       <c r="L40">
-        <v>10.65</v>
-[...17 lines deleted...]
-        <v>848.5</v>
+        <v>11.55</v>
       </c>
       <c r="S40" t="s">
         <v>43</v>
       </c>
       <c r="T40" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>164</v>
       </c>
       <c r="C41" t="s">
         <v>165</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
-      <c r="G41">
-[...10 lines deleted...]
-      </c>
       <c r="K41">
-        <v>4.37</v>
+        <v>5.1</v>
       </c>
       <c r="L41">
-        <v>4.28</v>
-[...17 lines deleted...]
-        <v>2431.45</v>
+        <v>5.1</v>
       </c>
       <c r="S41" t="s">
         <v>166</v>
       </c>
       <c r="T41" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>167</v>
       </c>
       <c r="B42" t="s">
         <v>168</v>
       </c>
       <c r="C42" t="s">
         <v>169</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
         <v>25</v>
       </c>
-      <c r="G42">
-[...10 lines deleted...]
-      </c>
       <c r="K42">
-        <v>27.6</v>
+        <v>26.2</v>
       </c>
       <c r="L42">
-        <v>28.0</v>
-[...17 lines deleted...]
-        <v>223.2</v>
+        <v>26.2</v>
       </c>
       <c r="S42" t="s">
         <v>155</v>
       </c>
       <c r="T42" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>170</v>
       </c>
       <c r="B43" t="s">
         <v>171</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
-      <c r="G43">
-[...10 lines deleted...]
-      </c>
       <c r="K43">
-        <v>30.15</v>
+        <v>32.85</v>
       </c>
       <c r="L43">
-        <v>30.15</v>
-[...14 lines deleted...]
-        <v>88297.35</v>
+        <v>32.85</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>173</v>
       </c>
       <c r="B44" t="s">
         <v>174</v>
       </c>
       <c r="C44" t="s">
         <v>175</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
         <v>24</v>
       </c>
       <c r="F44" t="s">
         <v>32</v>
       </c>
-      <c r="G44">
-[...10 lines deleted...]
-      </c>
       <c r="K44">
-        <v>0.624</v>
+        <v>0.758</v>
       </c>
       <c r="L44">
-        <v>0.625</v>
-[...17 lines deleted...]
-        <v>11454.59</v>
+        <v>0.758</v>
       </c>
       <c r="S44" t="s">
         <v>26</v>
       </c>
       <c r="T44" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>177</v>
       </c>
       <c r="C45" t="s">
         <v>178</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
         <v>25</v>
       </c>
-      <c r="H45">
-[...1 lines deleted...]
-      </c>
       <c r="K45">
-        <v>2.82</v>
+        <v>2.98</v>
       </c>
       <c r="L45">
-        <v>2.82</v>
-[...5 lines deleted...]
-        <v>2.92</v>
+        <v>2.98</v>
       </c>
       <c r="S45" t="s">
         <v>63</v>
       </c>
       <c r="T45" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
         <v>179</v>
       </c>
       <c r="B46" t="s">
         <v>180</v>
       </c>
       <c r="C46" t="s">
         <v>181</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
         <v>31</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
-      <c r="G46">
-[...10 lines deleted...]
-      </c>
       <c r="K46">
-        <v>1.135</v>
+        <v>1.235</v>
       </c>
       <c r="L46">
-        <v>1.125</v>
-[...17 lines deleted...]
-        <v>839.45</v>
+        <v>1.235</v>
       </c>
       <c r="S46" t="s">
         <v>43</v>
       </c>
       <c r="T46" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>184</v>
       </c>
       <c r="C47" t="s">
         <v>185</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
         <v>32</v>
       </c>
-      <c r="G47">
-[...10 lines deleted...]
-      </c>
       <c r="K47">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="L47">
-        <v>0.9</v>
-[...14 lines deleted...]
-        <v>4101.495</v>
+        <v>0.94</v>
       </c>
       <c r="S47" t="s">
         <v>48</v>
       </c>
       <c r="T47" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>186</v>
       </c>
       <c r="B48" t="s">
         <v>187</v>
       </c>
       <c r="C48" t="s">
         <v>188</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
         <v>25</v>
       </c>
-      <c r="G48">
-[...2 lines deleted...]
-      <c r="H48">
+      <c r="K48">
         <v>0.168</v>
       </c>
-      <c r="I48">
+      <c r="L48">
         <v>0.168</v>
-      </c>
-[...25 lines deleted...]
-        <v>61.36</v>
       </c>
       <c r="S48" t="s">
         <v>166</v>
       </c>
       <c r="T48" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>190</v>
       </c>
       <c r="C49" t="s">
         <v>191</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
         <v>38</v>
       </c>
-      <c r="G49">
-[...10 lines deleted...]
-      </c>
       <c r="K49">
-        <v>0.057</v>
+        <v>0.08</v>
       </c>
       <c r="L49">
-        <v>0.0572</v>
-[...17 lines deleted...]
-        <v>276.1208</v>
+        <v>0.08</v>
       </c>
       <c r="S49" t="s">
         <v>33</v>
       </c>
       <c r="T49" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>193</v>
       </c>
       <c r="C50" t="s">
         <v>194</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
         <v>24</v>
       </c>
       <c r="F50" t="s">
         <v>25</v>
       </c>
-      <c r="H50">
-[...1 lines deleted...]
-      </c>
       <c r="K50">
-        <v>4.28</v>
+        <v>4.3</v>
       </c>
       <c r="L50">
-        <v>4.28</v>
-[...4 lines deleted...]
-      <c r="O50">
         <v>4.3</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>195</v>
       </c>
       <c r="B51" t="s">
         <v>196</v>
       </c>
       <c r="C51" t="s">
         <v>197</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
         <v>31</v>
       </c>
       <c r="F51" t="s">
         <v>32</v>
       </c>
-      <c r="G51">
-[...10 lines deleted...]
-      </c>
       <c r="K51">
-        <v>1.58</v>
+        <v>1.625</v>
       </c>
       <c r="L51">
-        <v>1.59</v>
-[...17 lines deleted...]
-        <v>2889.115</v>
+        <v>1.625</v>
       </c>
       <c r="S51" t="s">
         <v>33</v>
       </c>
       <c r="T51" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>198</v>
       </c>
       <c r="B52" t="s">
         <v>199</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>38</v>
       </c>
-      <c r="G52">
-[...10 lines deleted...]
-      </c>
       <c r="K52">
-        <v>0.4</v>
+        <v>0.39</v>
       </c>
       <c r="L52">
-        <v>0.4</v>
-[...4 lines deleted...]
-      <c r="O52">
         <v>0.39</v>
-      </c>
-[...7 lines deleted...]
-        <v>20.0</v>
       </c>
       <c r="S52" t="s">
         <v>26</v>
       </c>
       <c r="T52" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>201</v>
       </c>
       <c r="B53" t="s">
         <v>202</v>
       </c>
       <c r="C53" t="s">
         <v>203</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
         <v>24</v>
       </c>
       <c r="F53" t="s">
         <v>25</v>
       </c>
-      <c r="G53">
+      <c r="K53">
         <v>0.28</v>
       </c>
-      <c r="H53">
-[...10 lines deleted...]
-      </c>
       <c r="L53">
-        <v>0.28</v>
-[...16 lines deleted...]
-      <c r="R53">
         <v>0.28</v>
       </c>
       <c r="S53" t="s">
         <v>43</v>
       </c>
       <c r="T53" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>204</v>
       </c>
       <c r="B54" t="s">
         <v>205</v>
       </c>
       <c r="C54" t="s">
         <v>206</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
-      <c r="G54">
-[...10 lines deleted...]
-      </c>
       <c r="K54">
-        <v>0.918</v>
+        <v>0.956</v>
       </c>
       <c r="L54">
-        <v>0.921</v>
-[...17 lines deleted...]
-        <v>776201.063</v>
+        <v>0.956</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>207</v>
       </c>
       <c r="B55" t="s">
         <v>208</v>
       </c>
       <c r="C55" t="s">
         <v>209</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
         <v>31</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
-      <c r="G55">
-[...10 lines deleted...]
-      </c>
       <c r="K55">
-        <v>4.5</v>
+        <v>4.6</v>
       </c>
       <c r="L55">
-        <v>4.46</v>
-[...17 lines deleted...]
-        <v>552.32</v>
+        <v>4.6</v>
       </c>
       <c r="S55" t="s">
         <v>33</v>
       </c>
       <c r="T55" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>210</v>
       </c>
       <c r="B56" t="s">
         <v>211</v>
       </c>
       <c r="C56" t="s">
         <v>212</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
         <v>55</v>
       </c>
       <c r="F56" t="s">
         <v>32</v>
       </c>
-      <c r="G56">
-[...10 lines deleted...]
-      </c>
       <c r="K56">
-        <v>6.84</v>
+        <v>8.2</v>
       </c>
       <c r="L56">
-        <v>6.58</v>
-[...17 lines deleted...]
-        <v>64308.78</v>
+        <v>8.2</v>
       </c>
       <c r="S56" t="s">
         <v>159</v>
       </c>
       <c r="T56" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>213</v>
       </c>
       <c r="B57" t="s">
         <v>214</v>
       </c>
       <c r="C57" t="s">
         <v>215</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
         <v>24</v>
       </c>
       <c r="F57" t="s">
         <v>25</v>
       </c>
-      <c r="G57">
-[...10 lines deleted...]
-      </c>
       <c r="K57">
-        <v>2.9</v>
+        <v>2.85</v>
       </c>
       <c r="L57">
-        <v>2.9</v>
-[...14 lines deleted...]
-        <v>570.68</v>
+        <v>2.85</v>
       </c>
       <c r="S57" t="s">
         <v>43</v>
       </c>
       <c r="T57" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>216</v>
       </c>
       <c r="B58" t="s">
         <v>217</v>
       </c>
       <c r="C58" t="s">
         <v>218</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
         <v>55</v>
       </c>
       <c r="F58" t="s">
         <v>38</v>
       </c>
-      <c r="H58">
-[...1 lines deleted...]
-      </c>
       <c r="K58">
-        <v>4.96</v>
+        <v>6.4</v>
       </c>
       <c r="L58">
-        <v>4.96</v>
-[...5 lines deleted...]
-        <v>5.0</v>
+        <v>6.4</v>
       </c>
       <c r="S58" t="s">
         <v>33</v>
       </c>
       <c r="T58" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>219</v>
       </c>
       <c r="B59" t="s">
         <v>220</v>
       </c>
       <c r="C59" t="s">
         <v>221</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
         <v>32</v>
       </c>
-      <c r="G59">
-[...8 lines deleted...]
-      <c r="J59">
+      <c r="K59">
         <v>1.21</v>
       </c>
-      <c r="K59">
-[...1 lines deleted...]
-      </c>
       <c r="L59">
-        <v>1.23</v>
-[...17 lines deleted...]
-        <v>11424.865</v>
+        <v>1.21</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>222</v>
       </c>
       <c r="B60" t="s">
         <v>223</v>
       </c>
       <c r="C60" t="s">
         <v>224</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
         <v>38</v>
       </c>
-      <c r="G60">
-[...10 lines deleted...]
-      </c>
       <c r="K60">
-        <v>0.715</v>
+        <v>0.745</v>
       </c>
       <c r="L60">
-        <v>0.72</v>
-[...17 lines deleted...]
-        <v>88.06</v>
+        <v>0.745</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>225</v>
       </c>
       <c r="B61" t="s">
         <v>226</v>
       </c>
       <c r="C61" t="s">
         <v>227</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
         <v>24</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
-      <c r="G61">
-[...10 lines deleted...]
-      </c>
       <c r="K61">
-        <v>0.581</v>
+        <v>0.6</v>
       </c>
       <c r="L61">
-        <v>0.581</v>
-[...14 lines deleted...]
-        <v>61857.586</v>
+        <v>0.6</v>
       </c>
       <c r="S61" t="s">
         <v>43</v>
       </c>
       <c r="T61" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>228</v>
       </c>
       <c r="B62" t="s">
         <v>229</v>
       </c>
       <c r="C62" t="s">
         <v>230</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
         <v>31</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
-      <c r="G62">
-[...10 lines deleted...]
-      </c>
       <c r="K62">
-        <v>1.875</v>
+        <v>2.08</v>
       </c>
       <c r="L62">
-        <v>1.875</v>
-[...14 lines deleted...]
-        <v>20643.295</v>
+        <v>2.08</v>
       </c>
       <c r="S62" t="s">
         <v>159</v>
       </c>
       <c r="T62" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>231</v>
       </c>
       <c r="B63" t="s">
         <v>232</v>
       </c>
       <c r="C63" t="s">
         <v>233</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
         <v>32</v>
       </c>
-      <c r="G63">
-[...10 lines deleted...]
-      </c>
       <c r="K63">
-        <v>9.37</v>
+        <v>9.58</v>
       </c>
       <c r="L63">
-        <v>9.38</v>
-[...17 lines deleted...]
-        <v>368550.995</v>
+        <v>9.58</v>
       </c>
       <c r="S63" t="s">
         <v>43</v>
       </c>
       <c r="T63" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>234</v>
       </c>
       <c r="B64" t="s">
         <v>235</v>
       </c>
       <c r="C64" t="s">
         <v>236</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
         <v>38</v>
       </c>
-      <c r="G64">
-[...10 lines deleted...]
-      </c>
       <c r="K64">
-        <v>0.644</v>
+        <v>0.62</v>
       </c>
       <c r="L64">
-        <v>0.644</v>
-[...14 lines deleted...]
-        <v>52.808</v>
+        <v>0.62</v>
       </c>
       <c r="S64" t="s">
         <v>48</v>
       </c>
       <c r="T64" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>237</v>
       </c>
       <c r="B65" t="s">
         <v>238</v>
       </c>
       <c r="C65" t="s">
         <v>239</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
-      <c r="G65">
-[...10 lines deleted...]
-      </c>
       <c r="K65">
-        <v>1.242</v>
+        <v>1.454</v>
       </c>
       <c r="L65">
-        <v>1.254</v>
-[...17 lines deleted...]
-        <v>139393.878</v>
+        <v>1.454</v>
       </c>
       <c r="S65" t="s">
         <v>26</v>
       </c>
       <c r="T65" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>240</v>
       </c>
       <c r="B66" t="s">
         <v>241</v>
       </c>
       <c r="C66" t="s">
         <v>242</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
         <v>24</v>
       </c>
       <c r="F66" t="s">
         <v>32</v>
       </c>
-      <c r="G66">
-[...10 lines deleted...]
-      </c>
       <c r="K66">
-        <v>10.7</v>
+        <v>11.25</v>
       </c>
       <c r="L66">
-        <v>10.7</v>
-[...14 lines deleted...]
-        <v>10878.45</v>
+        <v>11.25</v>
       </c>
       <c r="S66" t="s">
         <v>114</v>
       </c>
       <c r="T66" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>243</v>
       </c>
       <c r="B67" t="s">
         <v>244</v>
       </c>
       <c r="C67" t="s">
         <v>245</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
-      <c r="H67">
-[...1 lines deleted...]
-      </c>
       <c r="K67">
         <v>0.308</v>
       </c>
       <c r="L67">
         <v>0.308</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.312</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>246</v>
       </c>
       <c r="B68" t="s">
         <v>247</v>
       </c>
       <c r="C68" t="s">
         <v>248</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
         <v>31</v>
       </c>
       <c r="F68" t="s">
         <v>38</v>
       </c>
-      <c r="G68">
-[...10 lines deleted...]
-      </c>
       <c r="K68">
-        <v>10.8</v>
+        <v>10.7</v>
       </c>
       <c r="L68">
-        <v>11.0</v>
-[...17 lines deleted...]
-        <v>4923.9</v>
+        <v>10.7</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>249</v>
       </c>
       <c r="B69" t="s">
         <v>250</v>
       </c>
       <c r="C69" t="s">
         <v>251</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
         <v>55</v>
       </c>
       <c r="F69" t="s">
         <v>25</v>
       </c>
-      <c r="G69">
-[...10 lines deleted...]
-      </c>
       <c r="K69">
-        <v>3.81</v>
+        <v>4.04</v>
       </c>
       <c r="L69">
-        <v>3.81</v>
-[...14 lines deleted...]
-        <v>1353.81</v>
+        <v>4.04</v>
       </c>
       <c r="S69" t="s">
         <v>43</v>
       </c>
       <c r="T69" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>252</v>
       </c>
       <c r="B70" t="s">
         <v>253</v>
       </c>
       <c r="C70" t="s">
         <v>254</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
         <v>32</v>
       </c>
-      <c r="G70">
-[...5 lines deleted...]
-      <c r="I70">
+      <c r="K70">
         <v>11.3</v>
       </c>
-      <c r="J70">
-[...4 lines deleted...]
-      </c>
       <c r="L70">
-        <v>11.2</v>
-[...7 lines deleted...]
-      <c r="O70">
         <v>11.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>44930.25</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="71" spans="1:20">
       <c r="A71" t="s">
         <v>255</v>
       </c>
       <c r="B71" t="s">
         <v>256</v>
       </c>
       <c r="C71" t="s">
         <v>257</v>
       </c>
       <c r="D71" t="s">
         <v>23</v>
       </c>
       <c r="E71" t="s">
         <v>31</v>
       </c>
       <c r="F71" t="s">
         <v>38</v>
       </c>
-      <c r="G71">
-[...10 lines deleted...]
-      </c>
       <c r="K71">
-        <v>2.66</v>
+        <v>2.68</v>
       </c>
       <c r="L71">
-        <v>2.66</v>
-[...14 lines deleted...]
-        <v>13.3</v>
+        <v>2.68</v>
       </c>
       <c r="S71" t="s">
         <v>33</v>
       </c>
       <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
@@ -5325,1837 +3558,1003 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
-        <v>1.91</v>
+        <v>1.96</v>
       </c>
       <c r="L2">
-        <v>1.93</v>
-[...17 lines deleted...]
-        <v>24.91</v>
+        <v>1.96</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
-        <v>1.65</v>
+        <v>1.62</v>
       </c>
       <c r="L3">
-        <v>1.66</v>
-[...17 lines deleted...]
-        <v>2757.175</v>
+        <v>1.62</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>1.44</v>
+        <v>1.48</v>
       </c>
       <c r="L4">
-        <v>1.41</v>
-[...17 lines deleted...]
-        <v>1553.88</v>
+        <v>1.48</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>2.035</v>
+        <v>2.155</v>
       </c>
       <c r="L5">
-        <v>2.055</v>
-[...17 lines deleted...]
-        <v>168639.62</v>
+        <v>2.155</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>72</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>74</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
-      <c r="G6">
-[...2 lines deleted...]
-      <c r="H6">
+      <c r="K6">
         <v>1.24</v>
-      </c>
-[...7 lines deleted...]
-        <v>1.245</v>
       </c>
       <c r="L6">
         <v>1.24</v>
-      </c>
-[...16 lines deleted...]
-        <v>4415.72</v>
       </c>
       <c r="S6" t="s">
         <v>43</v>
       </c>
       <c r="T6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>76</v>
       </c>
       <c r="B7" t="s">
         <v>77</v>
       </c>
       <c r="C7" t="s">
         <v>78</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="K7">
-        <v>19.15</v>
+        <v>19.65</v>
       </c>
       <c r="L7">
-        <v>19.15</v>
-[...14 lines deleted...]
-        <v>6357.8</v>
+        <v>19.65</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>82</v>
       </c>
       <c r="B8" t="s">
         <v>83</v>
       </c>
       <c r="C8" t="s">
         <v>84</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="N8">
-[...1 lines deleted...]
-      </c>
       <c r="S8" t="s">
         <v>63</v>
       </c>
       <c r="T8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>94</v>
       </c>
       <c r="B9" t="s">
         <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>96</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
-      <c r="G9">
-[...8 lines deleted...]
-      <c r="J9">
+      <c r="K9">
         <v>0.066</v>
       </c>
-      <c r="K9">
-[...1 lines deleted...]
-      </c>
       <c r="L9">
-        <v>0.07</v>
-[...17 lines deleted...]
-        <v>483.6702</v>
+        <v>0.066</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>102</v>
       </c>
       <c r="B10" t="s">
         <v>103</v>
       </c>
       <c r="C10" t="s">
         <v>104</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>4.65</v>
+        <v>5.3</v>
       </c>
       <c r="L10">
-        <v>4.67</v>
-[...17 lines deleted...]
-        <v>2975.97</v>
+        <v>5.3</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>105</v>
       </c>
       <c r="B11" t="s">
         <v>106</v>
       </c>
       <c r="C11" t="s">
         <v>107</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
         <v>32</v>
       </c>
-      <c r="G11">
-[...10 lines deleted...]
-      </c>
       <c r="K11">
-        <v>5.86</v>
+        <v>6.3</v>
       </c>
       <c r="L11">
-        <v>5.86</v>
-[...14 lines deleted...]
-        <v>2007.54</v>
+        <v>6.3</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>118</v>
       </c>
       <c r="B12" t="s">
         <v>119</v>
       </c>
       <c r="C12" t="s">
         <v>120</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
-        <v>45.8</v>
+        <v>45.3</v>
       </c>
       <c r="L12">
-        <v>45.8</v>
-[...14 lines deleted...]
-        <v>21747.2</v>
+        <v>45.3</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>146</v>
       </c>
       <c r="B13" t="s">
         <v>147</v>
       </c>
       <c r="C13" t="s">
         <v>148</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
-      <c r="G13">
-[...10 lines deleted...]
-      </c>
       <c r="K13">
-        <v>3.365</v>
+        <v>3.58</v>
       </c>
       <c r="L13">
-        <v>3.4</v>
-[...17 lines deleted...]
-        <v>566147.025</v>
+        <v>3.58</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>150</v>
       </c>
       <c r="C14" t="s">
         <v>151</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="H14">
-[...1 lines deleted...]
-      </c>
       <c r="K14">
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="L14">
-        <v>5.45</v>
-[...5 lines deleted...]
-        <v>5.45</v>
+        <v>5.6</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>156</v>
       </c>
       <c r="B15" t="s">
         <v>157</v>
       </c>
       <c r="C15" t="s">
         <v>158</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
-      <c r="G15">
-[...10 lines deleted...]
-      </c>
       <c r="K15">
-        <v>1.72</v>
+        <v>1.71</v>
       </c>
       <c r="L15">
-        <v>1.7</v>
-[...17 lines deleted...]
-        <v>247.88</v>
+        <v>1.71</v>
       </c>
       <c r="S15" t="s">
         <v>159</v>
       </c>
       <c r="T15" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>163</v>
       </c>
       <c r="B16" t="s">
         <v>164</v>
       </c>
       <c r="C16" t="s">
         <v>165</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
-      <c r="G16">
-[...10 lines deleted...]
-      </c>
       <c r="K16">
-        <v>4.37</v>
+        <v>5.1</v>
       </c>
       <c r="L16">
-        <v>4.28</v>
-[...17 lines deleted...]
-        <v>2431.45</v>
+        <v>5.1</v>
       </c>
       <c r="S16" t="s">
         <v>166</v>
       </c>
       <c r="T16" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>167</v>
       </c>
       <c r="B17" t="s">
         <v>168</v>
       </c>
       <c r="C17" t="s">
         <v>169</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
-      <c r="G17">
-[...10 lines deleted...]
-      </c>
       <c r="K17">
-        <v>27.6</v>
+        <v>26.2</v>
       </c>
       <c r="L17">
-        <v>28.0</v>
-[...17 lines deleted...]
-        <v>223.2</v>
+        <v>26.2</v>
       </c>
       <c r="S17" t="s">
         <v>155</v>
       </c>
       <c r="T17" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>170</v>
       </c>
       <c r="B18" t="s">
         <v>171</v>
       </c>
       <c r="C18" t="s">
         <v>172</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
-      <c r="G18">
-[...10 lines deleted...]
-      </c>
       <c r="K18">
-        <v>30.15</v>
+        <v>32.85</v>
       </c>
       <c r="L18">
-        <v>30.15</v>
-[...14 lines deleted...]
-        <v>88297.35</v>
+        <v>32.85</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>173</v>
       </c>
       <c r="B19" t="s">
         <v>174</v>
       </c>
       <c r="C19" t="s">
         <v>175</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...10 lines deleted...]
-      </c>
       <c r="K19">
-        <v>0.624</v>
+        <v>0.758</v>
       </c>
       <c r="L19">
-        <v>0.625</v>
-[...17 lines deleted...]
-        <v>11454.59</v>
+        <v>0.758</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>183</v>
       </c>
       <c r="B20" t="s">
         <v>184</v>
       </c>
       <c r="C20" t="s">
         <v>185</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...10 lines deleted...]
-      </c>
       <c r="K20">
-        <v>0.9</v>
+        <v>0.94</v>
       </c>
       <c r="L20">
-        <v>0.9</v>
-[...14 lines deleted...]
-        <v>4101.495</v>
+        <v>0.94</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>186</v>
       </c>
       <c r="B21" t="s">
         <v>187</v>
       </c>
       <c r="C21" t="s">
         <v>188</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
-      <c r="G21">
-[...2 lines deleted...]
-      <c r="H21">
+      <c r="K21">
         <v>0.168</v>
       </c>
-      <c r="I21">
+      <c r="L21">
         <v>0.168</v>
-      </c>
-[...25 lines deleted...]
-        <v>61.36</v>
       </c>
       <c r="S21" t="s">
         <v>166</v>
       </c>
       <c r="T21" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>189</v>
       </c>
       <c r="B22" t="s">
         <v>190</v>
       </c>
       <c r="C22" t="s">
         <v>191</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
-      <c r="G22">
-[...10 lines deleted...]
-      </c>
       <c r="K22">
-        <v>0.057</v>
+        <v>0.08</v>
       </c>
       <c r="L22">
-        <v>0.0572</v>
-[...17 lines deleted...]
-        <v>276.1208</v>
+        <v>0.08</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>192</v>
       </c>
       <c r="B23" t="s">
         <v>193</v>
       </c>
       <c r="C23" t="s">
         <v>194</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
-      <c r="H23">
-[...1 lines deleted...]
-      </c>
       <c r="K23">
-        <v>4.28</v>
+        <v>4.3</v>
       </c>
       <c r="L23">
-        <v>4.28</v>
-[...4 lines deleted...]
-      <c r="O23">
         <v>4.3</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>201</v>
       </c>
       <c r="B24" t="s">
         <v>202</v>
       </c>
       <c r="C24" t="s">
         <v>203</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
-      <c r="G24">
+      <c r="K24">
         <v>0.28</v>
       </c>
-      <c r="H24">
-[...10 lines deleted...]
-      </c>
       <c r="L24">
-        <v>0.28</v>
-[...16 lines deleted...]
-      <c r="R24">
         <v>0.28</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>213</v>
       </c>
       <c r="B25" t="s">
         <v>214</v>
       </c>
       <c r="C25" t="s">
         <v>215</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
-      <c r="G25">
-[...10 lines deleted...]
-      </c>
       <c r="K25">
-        <v>2.9</v>
+        <v>2.85</v>
       </c>
       <c r="L25">
-        <v>2.9</v>
-[...14 lines deleted...]
-        <v>570.68</v>
+        <v>2.85</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>219</v>
       </c>
       <c r="B26" t="s">
         <v>220</v>
       </c>
       <c r="C26" t="s">
         <v>221</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...8 lines deleted...]
-      <c r="J26">
+      <c r="K26">
         <v>1.21</v>
       </c>
-      <c r="K26">
-[...1 lines deleted...]
-      </c>
       <c r="L26">
-        <v>1.23</v>
-[...17 lines deleted...]
-        <v>11424.865</v>
+        <v>1.21</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>222</v>
       </c>
       <c r="B27" t="s">
         <v>223</v>
       </c>
       <c r="C27" t="s">
         <v>224</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...10 lines deleted...]
-      </c>
       <c r="K27">
-        <v>0.715</v>
+        <v>0.745</v>
       </c>
       <c r="L27">
-        <v>0.72</v>
-[...17 lines deleted...]
-        <v>88.06</v>
+        <v>0.745</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>225</v>
       </c>
       <c r="B28" t="s">
         <v>226</v>
       </c>
       <c r="C28" t="s">
         <v>227</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
-      <c r="G28">
-[...10 lines deleted...]
-      </c>
       <c r="K28">
-        <v>0.581</v>
+        <v>0.6</v>
       </c>
       <c r="L28">
-        <v>0.581</v>
-[...14 lines deleted...]
-        <v>61857.586</v>
+        <v>0.6</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>231</v>
       </c>
       <c r="B29" t="s">
         <v>232</v>
       </c>
       <c r="C29" t="s">
         <v>233</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
-      <c r="G29">
-[...10 lines deleted...]
-      </c>
       <c r="K29">
-        <v>9.37</v>
+        <v>9.58</v>
       </c>
       <c r="L29">
-        <v>9.38</v>
-[...17 lines deleted...]
-        <v>368550.995</v>
+        <v>9.58</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>234</v>
       </c>
       <c r="B30" t="s">
         <v>235</v>
       </c>
       <c r="C30" t="s">
         <v>236</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
-      <c r="G30">
-[...10 lines deleted...]
-      </c>
       <c r="K30">
-        <v>0.644</v>
+        <v>0.62</v>
       </c>
       <c r="L30">
-        <v>0.644</v>
-[...14 lines deleted...]
-        <v>52.808</v>
+        <v>0.62</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>237</v>
       </c>
       <c r="B31" t="s">
         <v>238</v>
       </c>
       <c r="C31" t="s">
         <v>239</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
-      <c r="G31">
-[...10 lines deleted...]
-      </c>
       <c r="K31">
-        <v>1.242</v>
+        <v>1.454</v>
       </c>
       <c r="L31">
-        <v>1.254</v>
-[...17 lines deleted...]
-        <v>139393.878</v>
+        <v>1.454</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>240</v>
       </c>
       <c r="B32" t="s">
         <v>241</v>
       </c>
       <c r="C32" t="s">
         <v>242</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
-      <c r="G32">
-[...10 lines deleted...]
-      </c>
       <c r="K32">
-        <v>10.7</v>
+        <v>11.25</v>
       </c>
       <c r="L32">
-        <v>10.7</v>
-[...14 lines deleted...]
-        <v>10878.45</v>
+        <v>11.25</v>
       </c>
       <c r="S32" t="s">
         <v>114</v>
       </c>
       <c r="T32" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
@@ -7230,268 +4629,151 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
-        <v>7.0</v>
+        <v>3.8</v>
       </c>
       <c r="L2">
-        <v>6.95</v>
-[...17 lines deleted...]
-        <v>2608.0</v>
+        <v>3.8</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
-        <v>1.3</v>
+        <v>1.302</v>
       </c>
       <c r="L3">
-        <v>1.3</v>
-[...14 lines deleted...]
-        <v>121576.806</v>
+        <v>1.302</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>79</v>
       </c>
       <c r="B4" t="s">
         <v>80</v>
       </c>
       <c r="C4" t="s">
         <v>81</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>4.94</v>
+        <v>5.05</v>
       </c>
       <c r="L4">
-        <v>4.98</v>
-[...17 lines deleted...]
-        <v>1940.44</v>
+        <v>5.05</v>
       </c>
       <c r="S4" t="s">
         <v>33</v>
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>85</v>
       </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
       <c r="C5" t="s">
         <v>87</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
-      <c r="G5">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>1.6788</v>
+        <v>1.6998</v>
       </c>
       <c r="L5">
-        <v>1.69</v>
-[...17 lines deleted...]
-        <v>226730.0128</v>
+        <v>1.6998</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>91</v>
       </c>
       <c r="B6" t="s">
         <v>92</v>
       </c>
       <c r="C6" t="s">
         <v>93</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -7501,471 +4783,279 @@
         <v>63</v>
       </c>
       <c r="T6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>108</v>
       </c>
       <c r="B7" t="s">
         <v>109</v>
       </c>
       <c r="C7" t="s">
         <v>110</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
-      <c r="G7">
-[...10 lines deleted...]
-      </c>
       <c r="K7">
-        <v>10.0</v>
+        <v>9.48</v>
       </c>
       <c r="L7">
-        <v>9.98</v>
-[...17 lines deleted...]
-        <v>4960.78</v>
+        <v>9.48</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>134</v>
       </c>
       <c r="B8" t="s">
         <v>135</v>
       </c>
       <c r="C8" t="s">
         <v>136</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>16.85</v>
+        <v>20.5</v>
       </c>
       <c r="L8">
-        <v>16.9</v>
-[...17 lines deleted...]
-        <v>1585.25</v>
+        <v>20.5</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>152</v>
       </c>
       <c r="B9" t="s">
         <v>153</v>
       </c>
       <c r="C9" t="s">
         <v>154</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
         <v>38</v>
       </c>
-      <c r="H9">
-[...1 lines deleted...]
-      </c>
       <c r="K9">
-        <v>9.5</v>
+        <v>7.85</v>
       </c>
       <c r="L9">
-        <v>9.5</v>
-[...5 lines deleted...]
-        <v>9.15</v>
+        <v>7.85</v>
       </c>
       <c r="S9" t="s">
         <v>155</v>
       </c>
       <c r="T9" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>160</v>
       </c>
       <c r="B10" t="s">
         <v>161</v>
       </c>
       <c r="C10" t="s">
         <v>162</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
         <v>25</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>10.85</v>
+        <v>11.55</v>
       </c>
       <c r="L10">
-        <v>10.65</v>
-[...17 lines deleted...]
-        <v>848.5</v>
+        <v>11.55</v>
       </c>
       <c r="S10" t="s">
         <v>43</v>
       </c>
       <c r="T10" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>198</v>
       </c>
       <c r="B11" t="s">
         <v>199</v>
       </c>
       <c r="C11" t="s">
         <v>200</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="G11">
-[...10 lines deleted...]
-      </c>
       <c r="K11">
-        <v>0.4</v>
+        <v>0.39</v>
       </c>
       <c r="L11">
-        <v>0.4</v>
-[...4 lines deleted...]
-      <c r="O11">
         <v>0.39</v>
-      </c>
-[...7 lines deleted...]
-        <v>20.0</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>210</v>
       </c>
       <c r="B12" t="s">
         <v>211</v>
       </c>
       <c r="C12" t="s">
         <v>212</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
-      <c r="G12">
-[...10 lines deleted...]
-      </c>
       <c r="K12">
-        <v>6.84</v>
+        <v>8.2</v>
       </c>
       <c r="L12">
-        <v>6.58</v>
-[...17 lines deleted...]
-        <v>64308.78</v>
+        <v>8.2</v>
       </c>
       <c r="S12" t="s">
         <v>159</v>
       </c>
       <c r="T12" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>216</v>
       </c>
       <c r="B13" t="s">
         <v>217</v>
       </c>
       <c r="C13" t="s">
         <v>218</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
-      <c r="H13">
-[...1 lines deleted...]
-      </c>
       <c r="K13">
-        <v>4.96</v>
+        <v>6.4</v>
       </c>
       <c r="L13">
-        <v>4.96</v>
-[...5 lines deleted...]
-        <v>5.0</v>
+        <v>6.4</v>
       </c>
       <c r="S13" t="s">
         <v>33</v>
       </c>
       <c r="T13" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>249</v>
       </c>
       <c r="B14" t="s">
         <v>250</v>
       </c>
       <c r="C14" t="s">
         <v>251</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>55</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="G14">
-[...10 lines deleted...]
-      </c>
       <c r="K14">
-        <v>3.81</v>
+        <v>4.04</v>
       </c>
       <c r="L14">
-        <v>3.81</v>
-[...14 lines deleted...]
-        <v>1353.81</v>
+        <v>4.04</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
@@ -8040,1473 +5130,849 @@
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
-      <c r="G2">
-[...10 lines deleted...]
-      </c>
       <c r="K2">
-        <v>1.825</v>
+        <v>1.84</v>
       </c>
       <c r="L2">
-        <v>1.825</v>
-[...14 lines deleted...]
-        <v>7545.225</v>
+        <v>1.84</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
-      <c r="G3">
-[...10 lines deleted...]
-      </c>
       <c r="K3">
-        <v>1.21</v>
+        <v>1.28</v>
       </c>
       <c r="L3">
-        <v>1.21</v>
-[...14 lines deleted...]
-        <v>164.6</v>
+        <v>1.28</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
-      <c r="G4">
-[...10 lines deleted...]
-      </c>
       <c r="K4">
-        <v>3.3</v>
+        <v>3.76</v>
       </c>
       <c r="L4">
-        <v>3.33</v>
-[...17 lines deleted...]
-        <v>23998.57</v>
+        <v>3.76</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
-      <c r="G5">
-[...10 lines deleted...]
-      </c>
       <c r="K5">
-        <v>0.0692</v>
+        <v>0.0696</v>
       </c>
       <c r="L5">
-        <v>0.0688</v>
-[...17 lines deleted...]
-        <v>900.329</v>
+        <v>0.0696</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
-      <c r="H6">
-[...1 lines deleted...]
-      </c>
       <c r="K6">
-        <v>0.3</v>
+        <v>0.28</v>
       </c>
       <c r="L6">
-        <v>0.3</v>
-[...2 lines deleted...]
-        <v>0.27</v>
+        <v>0.28</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>88</v>
       </c>
       <c r="B7" t="s">
         <v>89</v>
       </c>
       <c r="C7" t="s">
         <v>90</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
-      <c r="H7">
-[...1 lines deleted...]
-      </c>
       <c r="K7">
-        <v>15.6</v>
+        <v>16.0</v>
       </c>
       <c r="L7">
-        <v>15.6</v>
-[...5 lines deleted...]
-        <v>15.7</v>
+        <v>16.0</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>97</v>
       </c>
       <c r="B8" t="s">
         <v>98</v>
       </c>
       <c r="C8" t="s">
         <v>99</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
-      <c r="G8">
-[...10 lines deleted...]
-      </c>
       <c r="K8">
-        <v>1.085</v>
+        <v>1.11</v>
       </c>
       <c r="L8">
-        <v>1.085</v>
-[...14 lines deleted...]
-        <v>3160.53</v>
+        <v>1.11</v>
       </c>
       <c r="S8" t="s">
         <v>100</v>
       </c>
       <c r="T8" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>111</v>
       </c>
       <c r="B9" t="s">
         <v>112</v>
       </c>
       <c r="C9" t="s">
         <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
-      <c r="G9">
-[...10 lines deleted...]
-      </c>
       <c r="K9">
-        <v>20.9</v>
+        <v>22.25</v>
       </c>
       <c r="L9">
-        <v>20.9</v>
-[...14 lines deleted...]
-        <v>396170.5</v>
+        <v>22.25</v>
       </c>
       <c r="S9" t="s">
         <v>114</v>
       </c>
       <c r="T9" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>115</v>
       </c>
       <c r="B10" t="s">
         <v>116</v>
       </c>
       <c r="C10" t="s">
         <v>117</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
         <v>38</v>
       </c>
-      <c r="G10">
-[...10 lines deleted...]
-      </c>
       <c r="K10">
-        <v>3.8</v>
+        <v>4.18</v>
       </c>
       <c r="L10">
-        <v>3.76</v>
-[...17 lines deleted...]
-        <v>398.96</v>
+        <v>4.18</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>121</v>
       </c>
       <c r="B11" t="s">
         <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>123</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
-      <c r="H11">
-[...1 lines deleted...]
-      </c>
       <c r="K11">
-        <v>6.45</v>
+        <v>6.7</v>
       </c>
       <c r="L11">
-        <v>6.45</v>
-[...5 lines deleted...]
-        <v>6.5</v>
+        <v>6.7</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>124</v>
       </c>
       <c r="B12" t="s">
         <v>125</v>
       </c>
       <c r="C12" t="s">
         <v>126</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
-      <c r="H12">
-[...1 lines deleted...]
-      </c>
       <c r="K12">
-        <v>3.22</v>
+        <v>3.26</v>
       </c>
       <c r="L12">
-        <v>3.22</v>
-[...5 lines deleted...]
-        <v>3.22</v>
+        <v>3.26</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>127</v>
       </c>
       <c r="B13" t="s">
         <v>128</v>
       </c>
       <c r="C13" t="s">
         <v>129</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
-      <c r="G13">
-[...10 lines deleted...]
-      </c>
       <c r="K13">
-        <v>21.8</v>
+        <v>27.8</v>
       </c>
       <c r="L13">
-        <v>22.4</v>
-[...17 lines deleted...]
-        <v>1533.0</v>
+        <v>27.8</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>130</v>
       </c>
       <c r="B14" t="s">
         <v>131</v>
       </c>
       <c r="C14" t="s">
         <v>132</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
-      <c r="G14">
-[...10 lines deleted...]
-      </c>
       <c r="K14">
-        <v>31.2</v>
+        <v>30.4</v>
       </c>
       <c r="L14">
-        <v>31.0</v>
-[...17 lines deleted...]
-        <v>341.0</v>
+        <v>30.4</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>137</v>
       </c>
       <c r="B15" t="s">
         <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>139</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
-      <c r="G15">
-[...10 lines deleted...]
-      </c>
       <c r="K15">
-        <v>0.389</v>
+        <v>0.436</v>
       </c>
       <c r="L15">
-        <v>0.389</v>
-[...14 lines deleted...]
-        <v>6055.304</v>
+        <v>0.436</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>140</v>
       </c>
       <c r="B16" t="s">
         <v>141</v>
       </c>
       <c r="C16" t="s">
         <v>142</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
-      <c r="G16">
-[...10 lines deleted...]
-      </c>
       <c r="K16">
-        <v>1.82</v>
+        <v>1.99</v>
       </c>
       <c r="L16">
-        <v>1.82</v>
-[...14 lines deleted...]
-        <v>17.85</v>
+        <v>1.99</v>
       </c>
       <c r="S16" t="s">
         <v>114</v>
       </c>
       <c r="T16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>143</v>
       </c>
       <c r="B17" t="s">
         <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>145</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
-      <c r="G17">
-[...10 lines deleted...]
-      </c>
       <c r="K17">
-        <v>0.84</v>
+        <v>0.878</v>
       </c>
       <c r="L17">
-        <v>0.84</v>
-[...14 lines deleted...]
-        <v>117.0</v>
+        <v>0.878</v>
       </c>
       <c r="S17" t="s">
         <v>114</v>
       </c>
       <c r="T17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>176</v>
       </c>
       <c r="B18" t="s">
         <v>177</v>
       </c>
       <c r="C18" t="s">
         <v>178</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
-      <c r="H18">
-[...1 lines deleted...]
-      </c>
       <c r="K18">
-        <v>2.82</v>
+        <v>2.98</v>
       </c>
       <c r="L18">
-        <v>2.82</v>
-[...5 lines deleted...]
-        <v>2.92</v>
+        <v>2.98</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>179</v>
       </c>
       <c r="B19" t="s">
         <v>180</v>
       </c>
       <c r="C19" t="s">
         <v>181</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
-      <c r="G19">
-[...10 lines deleted...]
-      </c>
       <c r="K19">
-        <v>1.135</v>
+        <v>1.235</v>
       </c>
       <c r="L19">
-        <v>1.125</v>
-[...17 lines deleted...]
-        <v>839.45</v>
+        <v>1.235</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>195</v>
       </c>
       <c r="B20" t="s">
         <v>196</v>
       </c>
       <c r="C20" t="s">
         <v>197</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
-      <c r="G20">
-[...10 lines deleted...]
-      </c>
       <c r="K20">
-        <v>1.58</v>
+        <v>1.625</v>
       </c>
       <c r="L20">
-        <v>1.59</v>
-[...17 lines deleted...]
-        <v>2889.115</v>
+        <v>1.625</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>204</v>
       </c>
       <c r="B21" t="s">
         <v>205</v>
       </c>
       <c r="C21" t="s">
         <v>206</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
-      <c r="G21">
-[...10 lines deleted...]
-      </c>
       <c r="K21">
-        <v>0.918</v>
+        <v>0.956</v>
       </c>
       <c r="L21">
-        <v>0.921</v>
-[...17 lines deleted...]
-        <v>776201.063</v>
+        <v>0.956</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>207</v>
       </c>
       <c r="B22" t="s">
         <v>208</v>
       </c>
       <c r="C22" t="s">
         <v>209</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
-      <c r="G22">
-[...10 lines deleted...]
-      </c>
       <c r="K22">
-        <v>4.5</v>
+        <v>4.6</v>
       </c>
       <c r="L22">
-        <v>4.46</v>
-[...17 lines deleted...]
-        <v>552.32</v>
+        <v>4.6</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>228</v>
       </c>
       <c r="B23" t="s">
         <v>229</v>
       </c>
       <c r="C23" t="s">
         <v>230</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
-      <c r="G23">
-[...10 lines deleted...]
-      </c>
       <c r="K23">
-        <v>1.875</v>
+        <v>2.08</v>
       </c>
       <c r="L23">
-        <v>1.875</v>
-[...14 lines deleted...]
-        <v>20643.295</v>
+        <v>2.08</v>
       </c>
       <c r="S23" t="s">
         <v>159</v>
       </c>
       <c r="T23" t="s">
         <v>159</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>243</v>
       </c>
       <c r="B24" t="s">
         <v>244</v>
       </c>
       <c r="C24" t="s">
         <v>245</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
-      <c r="H24">
-[...1 lines deleted...]
-      </c>
       <c r="K24">
         <v>0.308</v>
       </c>
       <c r="L24">
         <v>0.308</v>
-      </c>
-[...4 lines deleted...]
-        <v>0.312</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>246</v>
       </c>
       <c r="B25" t="s">
         <v>247</v>
       </c>
       <c r="C25" t="s">
         <v>248</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
-      <c r="G25">
-[...10 lines deleted...]
-      </c>
       <c r="K25">
-        <v>10.8</v>
+        <v>10.7</v>
       </c>
       <c r="L25">
-        <v>11.0</v>
-[...17 lines deleted...]
-        <v>4923.9</v>
+        <v>10.7</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>252</v>
       </c>
       <c r="B26" t="s">
         <v>253</v>
       </c>
       <c r="C26" t="s">
         <v>254</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
-      <c r="G26">
-[...5 lines deleted...]
-      <c r="I26">
+      <c r="K26">
         <v>11.3</v>
       </c>
-      <c r="J26">
-[...4 lines deleted...]
-      </c>
       <c r="L26">
-        <v>11.2</v>
-[...7 lines deleted...]
-      <c r="O26">
         <v>11.3</v>
-      </c>
-[...7 lines deleted...]
-        <v>44930.25</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>255</v>
       </c>
       <c r="B27" t="s">
         <v>256</v>
       </c>
       <c r="C27" t="s">
         <v>257</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
-      <c r="G27">
-[...10 lines deleted...]
-      </c>
       <c r="K27">
-        <v>2.66</v>
+        <v>2.68</v>
       </c>
       <c r="L27">
-        <v>2.66</v>
-[...14 lines deleted...]
-        <v>13.3</v>
+        <v>2.68</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>