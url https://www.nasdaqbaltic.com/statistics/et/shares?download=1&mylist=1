--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -18,51 +18,51 @@
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Aktsiad" sheetId="1" r:id="rId4"/>
     <sheet name="TLN" sheetId="2" r:id="rId5"/>
     <sheet name="RIG" sheetId="3" r:id="rId6"/>
     <sheet name="VLN" sheetId="4" r:id="rId7"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="258">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="255">
   <si>
     <t>Ticker</t>
   </si>
   <si>
     <t>Name</t>
   </si>
   <si>
     <t>ISIN</t>
   </si>
   <si>
     <t>Currency</t>
   </si>
   <si>
     <t>MarketPlace</t>
   </si>
   <si>
     <t>List/segment</t>
   </si>
   <si>
     <t>Average Price</t>
   </si>
   <si>
     <t>Open Price</t>
   </si>
   <si>
@@ -476,102 +476,93 @@
   <si>
     <t>LITGRID</t>
   </si>
   <si>
     <t>LT0000128415</t>
   </si>
   <si>
     <t>LHV1T</t>
   </si>
   <si>
     <t>LHV Group</t>
   </si>
   <si>
     <t>EE3100102203</t>
   </si>
   <si>
     <t>LINDA</t>
   </si>
   <si>
     <t>Linda Nektar</t>
   </si>
   <si>
     <t>EE3100060344</t>
   </si>
   <si>
-    <t>LJM1R</t>
-[...5 lines deleted...]
-    <t>LV0000100741</t>
+    <t>MAGIC</t>
+  </si>
+  <si>
+    <t>TextMagic</t>
+  </si>
+  <si>
+    <t>EE3100073438</t>
+  </si>
+  <si>
+    <t>Telekommunikatsioon</t>
+  </si>
+  <si>
+    <t>MDARA</t>
+  </si>
+  <si>
+    <t>MADARA Cosmetics</t>
+  </si>
+  <si>
+    <t>LV0000101624</t>
+  </si>
+  <si>
+    <t>MODE</t>
+  </si>
+  <si>
+    <t>Modera</t>
+  </si>
+  <si>
+    <t>EE3100084203</t>
+  </si>
+  <si>
+    <t>Tehnoloogia</t>
+  </si>
+  <si>
+    <t>MOLNR</t>
+  </si>
+  <si>
+    <t>J. Molner</t>
+  </si>
+  <si>
+    <t>EE3100109034</t>
   </si>
   <si>
     <t>Tervishoid</t>
-  </si>
-[...40 lines deleted...]
-    <t>EE3100109034</t>
   </si>
   <si>
     <t>MRK1T</t>
   </si>
   <si>
     <t>Merko Ehitus</t>
   </si>
   <si>
     <t>EE3100098328</t>
   </si>
   <si>
     <t>NCN1T</t>
   </si>
   <si>
     <t>Nordecon</t>
   </si>
   <si>
     <t>EE3100039496</t>
   </si>
   <si>
     <t>NEOFI</t>
   </si>
   <si>
     <t>NEO Finance</t>
   </si>
@@ -1162,51 +1153,51 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T71"/>
+  <dimension ref="A1:T70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="T1" sqref="T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -1252,374 +1243,374 @@
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="K2">
-        <v>1.96</v>
+        <v>1.94</v>
       </c>
       <c r="L2">
-        <v>1.96</v>
+        <v>1.94</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>28</v>
       </c>
       <c r="B3" t="s">
         <v>29</v>
       </c>
       <c r="C3" t="s">
         <v>30</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="K3">
-        <v>1.84</v>
+        <v>1.755</v>
       </c>
       <c r="L3">
-        <v>1.84</v>
+        <v>1.755</v>
       </c>
       <c r="S3" t="s">
         <v>33</v>
       </c>
       <c r="T3" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>35</v>
       </c>
       <c r="B4" t="s">
         <v>36</v>
       </c>
       <c r="C4" t="s">
         <v>37</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>38</v>
       </c>
       <c r="K4">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="L4">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="S4" t="s">
         <v>39</v>
       </c>
       <c r="T4" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>40</v>
       </c>
       <c r="B5" t="s">
         <v>41</v>
       </c>
       <c r="C5" t="s">
         <v>42</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>3.76</v>
+        <v>3.62</v>
       </c>
       <c r="L5">
-        <v>3.76</v>
+        <v>3.62</v>
       </c>
       <c r="S5" t="s">
         <v>43</v>
       </c>
       <c r="T5" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>45</v>
       </c>
       <c r="B6" t="s">
         <v>46</v>
       </c>
       <c r="C6" t="s">
         <v>47</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
         <v>32</v>
       </c>
       <c r="K6">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
       <c r="L6">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
       <c r="S6" t="s">
         <v>48</v>
       </c>
       <c r="T6" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>49</v>
       </c>
       <c r="B7" t="s">
         <v>50</v>
       </c>
       <c r="C7" t="s">
         <v>51</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>38</v>
       </c>
       <c r="K7">
-        <v>0.0696</v>
+        <v>0.066</v>
       </c>
       <c r="L7">
-        <v>0.0696</v>
+        <v>0.066</v>
       </c>
       <c r="S7" t="s">
         <v>33</v>
       </c>
       <c r="T7" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>52</v>
       </c>
       <c r="B8" t="s">
         <v>53</v>
       </c>
       <c r="C8" t="s">
         <v>54</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>38</v>
       </c>
       <c r="K8">
-        <v>3.8</v>
+        <v>2.4</v>
       </c>
       <c r="L8">
-        <v>3.8</v>
+        <v>2.4</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>56</v>
       </c>
       <c r="B9" t="s">
         <v>57</v>
       </c>
       <c r="C9" t="s">
         <v>58</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="K9">
-        <v>1.48</v>
+        <v>1.42</v>
       </c>
       <c r="L9">
-        <v>1.48</v>
+        <v>1.42</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>60</v>
       </c>
       <c r="B10" t="s">
         <v>61</v>
       </c>
       <c r="C10" t="s">
         <v>62</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="K10">
-        <v>2.155</v>
+        <v>2.25</v>
       </c>
       <c r="L10">
-        <v>2.155</v>
+        <v>2.25</v>
       </c>
       <c r="S10" t="s">
         <v>63</v>
       </c>
       <c r="T10" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>65</v>
       </c>
       <c r="B11" t="s">
         <v>66</v>
       </c>
       <c r="C11" t="s">
         <v>67</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>68</v>
       </c>
       <c r="K11">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="L11">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="S11" t="s">
         <v>26</v>
       </c>
       <c r="T11" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>69</v>
       </c>
       <c r="B12" t="s">
         <v>70</v>
       </c>
       <c r="C12" t="s">
         <v>71</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
       <c r="K12">
-        <v>1.302</v>
+        <v>1.408</v>
       </c>
       <c r="L12">
-        <v>1.302</v>
+        <v>1.408</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>72</v>
       </c>
       <c r="B13" t="s">
         <v>73</v>
       </c>
       <c r="C13" t="s">
         <v>74</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
@@ -1636,54 +1627,54 @@
       </c>
       <c r="T13" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>76</v>
       </c>
       <c r="B14" t="s">
         <v>77</v>
       </c>
       <c r="C14" t="s">
         <v>78</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>32</v>
       </c>
       <c r="K14">
-        <v>19.65</v>
+        <v>19.9</v>
       </c>
       <c r="L14">
-        <v>19.65</v>
+        <v>19.9</v>
       </c>
       <c r="S14" t="s">
         <v>63</v>
       </c>
       <c r="T14" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>79</v>
       </c>
       <c r="B15" t="s">
         <v>80</v>
       </c>
       <c r="C15" t="s">
         <v>81</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>55</v>
       </c>
       <c r="F15" t="s">
@@ -1726,86 +1717,86 @@
       </c>
       <c r="T16" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>85</v>
       </c>
       <c r="B17" t="s">
         <v>86</v>
       </c>
       <c r="C17" t="s">
         <v>87</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>55</v>
       </c>
       <c r="F17" t="s">
         <v>32</v>
       </c>
       <c r="K17">
-        <v>1.6998</v>
+        <v>1.6966</v>
       </c>
       <c r="L17">
-        <v>1.6998</v>
+        <v>1.6966</v>
       </c>
       <c r="S17" t="s">
         <v>63</v>
       </c>
       <c r="T17" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
         <v>88</v>
       </c>
       <c r="B18" t="s">
         <v>89</v>
       </c>
       <c r="C18" t="s">
         <v>90</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="K18">
-        <v>16.0</v>
+        <v>15.9</v>
       </c>
       <c r="L18">
-        <v>16.0</v>
+        <v>15.9</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
         <v>91</v>
       </c>
       <c r="B19" t="s">
         <v>92</v>
       </c>
       <c r="C19" t="s">
         <v>93</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>55</v>
       </c>
       <c r="F19" t="s">
@@ -1816,118 +1807,118 @@
       </c>
       <c r="T19" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
         <v>94</v>
       </c>
       <c r="B20" t="s">
         <v>95</v>
       </c>
       <c r="C20" t="s">
         <v>96</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>25</v>
       </c>
       <c r="K20">
-        <v>0.066</v>
+        <v>0.05</v>
       </c>
       <c r="L20">
-        <v>0.066</v>
+        <v>0.05</v>
       </c>
       <c r="S20" t="s">
         <v>26</v>
       </c>
       <c r="T20" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
         <v>97</v>
       </c>
       <c r="B21" t="s">
         <v>98</v>
       </c>
       <c r="C21" t="s">
         <v>99</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="K21">
-        <v>1.11</v>
+        <v>1.055</v>
       </c>
       <c r="L21">
-        <v>1.11</v>
+        <v>1.055</v>
       </c>
       <c r="S21" t="s">
         <v>100</v>
       </c>
       <c r="T21" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
         <v>102</v>
       </c>
       <c r="B22" t="s">
         <v>103</v>
       </c>
       <c r="C22" t="s">
         <v>104</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="K22">
-        <v>5.3</v>
+        <v>5.84</v>
       </c>
       <c r="L22">
-        <v>5.3</v>
+        <v>5.84</v>
       </c>
       <c r="S22" t="s">
         <v>26</v>
       </c>
       <c r="T22" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
         <v>105</v>
       </c>
       <c r="B23" t="s">
         <v>106</v>
       </c>
       <c r="C23" t="s">
         <v>107</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
@@ -1944,86 +1935,86 @@
       </c>
       <c r="T23" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
         <v>108</v>
       </c>
       <c r="B24" t="s">
         <v>109</v>
       </c>
       <c r="C24" t="s">
         <v>110</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>55</v>
       </c>
       <c r="F24" t="s">
         <v>32</v>
       </c>
       <c r="K24">
-        <v>9.48</v>
+        <v>9.18</v>
       </c>
       <c r="L24">
-        <v>9.48</v>
+        <v>9.18</v>
       </c>
       <c r="S24" t="s">
         <v>63</v>
       </c>
       <c r="T24" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
         <v>111</v>
       </c>
       <c r="B25" t="s">
         <v>112</v>
       </c>
       <c r="C25" t="s">
         <v>113</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>32</v>
       </c>
       <c r="K25">
-        <v>22.25</v>
+        <v>21.35</v>
       </c>
       <c r="L25">
-        <v>22.25</v>
+        <v>21.35</v>
       </c>
       <c r="S25" t="s">
         <v>114</v>
       </c>
       <c r="T25" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
         <v>115</v>
       </c>
       <c r="B26" t="s">
         <v>116</v>
       </c>
       <c r="C26" t="s">
         <v>117</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
@@ -2040,1455 +2031,1423 @@
       </c>
       <c r="T26" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
         <v>118</v>
       </c>
       <c r="B27" t="s">
         <v>119</v>
       </c>
       <c r="C27" t="s">
         <v>120</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>32</v>
       </c>
       <c r="K27">
-        <v>45.3</v>
+        <v>46.5</v>
       </c>
       <c r="L27">
-        <v>45.3</v>
+        <v>46.5</v>
       </c>
       <c r="S27" t="s">
         <v>63</v>
       </c>
       <c r="T27" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
         <v>121</v>
       </c>
       <c r="B28" t="s">
         <v>122</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>31</v>
       </c>
       <c r="F28" t="s">
         <v>38</v>
       </c>
       <c r="K28">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="L28">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="S28" t="s">
         <v>48</v>
       </c>
       <c r="T28" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
         <v>124</v>
       </c>
       <c r="B29" t="s">
         <v>125</v>
       </c>
       <c r="C29" t="s">
         <v>126</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>31</v>
       </c>
       <c r="F29" t="s">
         <v>38</v>
       </c>
       <c r="K29">
-        <v>3.26</v>
+        <v>3.24</v>
       </c>
       <c r="L29">
-        <v>3.26</v>
+        <v>3.24</v>
       </c>
       <c r="S29" t="s">
         <v>48</v>
       </c>
       <c r="T29" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
         <v>127</v>
       </c>
       <c r="B30" t="s">
         <v>128</v>
       </c>
       <c r="C30" t="s">
         <v>129</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>31</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="K30">
-        <v>27.8</v>
+        <v>26.4</v>
       </c>
       <c r="L30">
-        <v>27.8</v>
+        <v>26.4</v>
       </c>
       <c r="S30" t="s">
         <v>63</v>
       </c>
       <c r="T30" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
         <v>130</v>
       </c>
       <c r="B31" t="s">
         <v>131</v>
       </c>
       <c r="C31" t="s">
         <v>132</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>31</v>
       </c>
       <c r="F31" t="s">
         <v>25</v>
       </c>
       <c r="K31">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="L31">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="S31" t="s">
         <v>43</v>
       </c>
       <c r="T31" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
         <v>134</v>
       </c>
       <c r="B32" t="s">
         <v>135</v>
       </c>
       <c r="C32" t="s">
         <v>136</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>55</v>
       </c>
       <c r="F32" t="s">
         <v>25</v>
       </c>
       <c r="K32">
-        <v>20.5</v>
+        <v>17.4</v>
       </c>
       <c r="L32">
-        <v>20.5</v>
+        <v>17.4</v>
       </c>
       <c r="S32" t="s">
         <v>33</v>
       </c>
       <c r="T32" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="33" spans="1:20">
       <c r="A33" t="s">
         <v>137</v>
       </c>
       <c r="B33" t="s">
         <v>138</v>
       </c>
       <c r="C33" t="s">
         <v>139</v>
       </c>
       <c r="D33" t="s">
         <v>23</v>
       </c>
       <c r="E33" t="s">
         <v>31</v>
       </c>
       <c r="F33" t="s">
         <v>32</v>
       </c>
       <c r="K33">
-        <v>0.436</v>
+        <v>0.42</v>
       </c>
       <c r="L33">
-        <v>0.436</v>
+        <v>0.42</v>
       </c>
       <c r="S33" t="s">
         <v>26</v>
       </c>
       <c r="T33" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="34" spans="1:20">
       <c r="A34" t="s">
         <v>140</v>
       </c>
       <c r="B34" t="s">
         <v>141</v>
       </c>
       <c r="C34" t="s">
         <v>142</v>
       </c>
       <c r="D34" t="s">
         <v>23</v>
       </c>
       <c r="E34" t="s">
         <v>31</v>
       </c>
       <c r="F34" t="s">
         <v>38</v>
       </c>
       <c r="K34">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="L34">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="S34" t="s">
         <v>114</v>
       </c>
       <c r="T34" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="35" spans="1:20">
       <c r="A35" t="s">
         <v>143</v>
       </c>
       <c r="B35" t="s">
         <v>144</v>
       </c>
       <c r="C35" t="s">
         <v>145</v>
       </c>
       <c r="D35" t="s">
         <v>23</v>
       </c>
       <c r="E35" t="s">
         <v>31</v>
       </c>
       <c r="F35" t="s">
         <v>38</v>
       </c>
       <c r="K35">
-        <v>0.878</v>
+        <v>0.872</v>
       </c>
       <c r="L35">
-        <v>0.878</v>
+        <v>0.872</v>
       </c>
       <c r="S35" t="s">
         <v>114</v>
       </c>
       <c r="T35" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="36" spans="1:20">
       <c r="A36" t="s">
         <v>146</v>
       </c>
       <c r="B36" t="s">
         <v>147</v>
       </c>
       <c r="C36" t="s">
         <v>148</v>
       </c>
       <c r="D36" t="s">
         <v>23</v>
       </c>
       <c r="E36" t="s">
         <v>24</v>
       </c>
       <c r="F36" t="s">
         <v>32</v>
       </c>
       <c r="K36">
-        <v>3.58</v>
+        <v>3.535</v>
       </c>
       <c r="L36">
-        <v>3.58</v>
+        <v>3.535</v>
       </c>
       <c r="S36" t="s">
         <v>63</v>
       </c>
       <c r="T36" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="37" spans="1:20">
       <c r="A37" t="s">
         <v>149</v>
       </c>
       <c r="B37" t="s">
         <v>150</v>
       </c>
       <c r="C37" t="s">
         <v>151</v>
       </c>
       <c r="D37" t="s">
         <v>23</v>
       </c>
       <c r="E37" t="s">
         <v>24</v>
       </c>
       <c r="F37" t="s">
         <v>25</v>
       </c>
       <c r="K37">
-        <v>5.6</v>
+        <v>5.45</v>
       </c>
       <c r="L37">
-        <v>5.6</v>
+        <v>5.45</v>
       </c>
       <c r="S37" t="s">
         <v>33</v>
       </c>
       <c r="T37" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="38" spans="1:20">
       <c r="A38" t="s">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>153</v>
       </c>
       <c r="C38" t="s">
         <v>154</v>
       </c>
       <c r="D38" t="s">
         <v>23</v>
       </c>
       <c r="E38" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F38" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K38">
-        <v>7.85</v>
+        <v>1.82</v>
       </c>
       <c r="L38">
-        <v>7.85</v>
+        <v>1.82</v>
       </c>
       <c r="S38" t="s">
         <v>155</v>
       </c>
       <c r="T38" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:20">
       <c r="A39" t="s">
         <v>156</v>
       </c>
       <c r="B39" t="s">
         <v>157</v>
       </c>
       <c r="C39" t="s">
         <v>158</v>
       </c>
       <c r="D39" t="s">
         <v>23</v>
       </c>
       <c r="E39" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F39" t="s">
         <v>25</v>
       </c>
       <c r="K39">
-        <v>1.71</v>
+        <v>11.95</v>
       </c>
       <c r="L39">
-        <v>1.71</v>
+        <v>11.95</v>
       </c>
       <c r="S39" t="s">
-        <v>159</v>
+        <v>43</v>
       </c>
       <c r="T39" t="s">
-        <v>159</v>
+        <v>133</v>
       </c>
     </row>
     <row r="40" spans="1:20">
       <c r="A40" t="s">
+        <v>159</v>
+      </c>
+      <c r="B40" t="s">
         <v>160</v>
       </c>
-      <c r="B40" t="s">
+      <c r="C40" t="s">
         <v>161</v>
       </c>
-      <c r="C40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" t="s">
         <v>23</v>
       </c>
       <c r="E40" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F40" t="s">
         <v>25</v>
       </c>
       <c r="K40">
-        <v>11.55</v>
+        <v>4.89</v>
       </c>
       <c r="L40">
-        <v>11.55</v>
+        <v>4.89</v>
       </c>
       <c r="S40" t="s">
-        <v>43</v>
+        <v>162</v>
       </c>
       <c r="T40" t="s">
-        <v>133</v>
+        <v>162</v>
       </c>
     </row>
     <row r="41" spans="1:20">
       <c r="A41" t="s">
         <v>163</v>
       </c>
       <c r="B41" t="s">
         <v>164</v>
       </c>
       <c r="C41" t="s">
         <v>165</v>
       </c>
       <c r="D41" t="s">
         <v>23</v>
       </c>
       <c r="E41" t="s">
         <v>24</v>
       </c>
       <c r="F41" t="s">
         <v>25</v>
       </c>
       <c r="K41">
-        <v>5.1</v>
+        <v>25.0</v>
       </c>
       <c r="L41">
-        <v>5.1</v>
+        <v>25.0</v>
       </c>
       <c r="S41" t="s">
         <v>166</v>
       </c>
       <c r="T41" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="42" spans="1:20">
       <c r="A42" t="s">
         <v>167</v>
       </c>
       <c r="B42" t="s">
         <v>168</v>
       </c>
       <c r="C42" t="s">
         <v>169</v>
       </c>
       <c r="D42" t="s">
         <v>23</v>
       </c>
       <c r="E42" t="s">
         <v>24</v>
       </c>
       <c r="F42" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K42">
-        <v>26.2</v>
+        <v>28.3</v>
       </c>
       <c r="L42">
-        <v>26.2</v>
+        <v>28.3</v>
       </c>
       <c r="S42" t="s">
-        <v>155</v>
+        <v>26</v>
       </c>
       <c r="T42" t="s">
-        <v>155</v>
+        <v>27</v>
       </c>
     </row>
     <row r="43" spans="1:20">
       <c r="A43" t="s">
         <v>170</v>
       </c>
       <c r="B43" t="s">
         <v>171</v>
       </c>
       <c r="C43" t="s">
         <v>172</v>
       </c>
       <c r="D43" t="s">
         <v>23</v>
       </c>
       <c r="E43" t="s">
         <v>24</v>
       </c>
       <c r="F43" t="s">
         <v>32</v>
       </c>
       <c r="K43">
-        <v>32.85</v>
+        <v>0.617</v>
       </c>
       <c r="L43">
-        <v>32.85</v>
+        <v>0.617</v>
       </c>
       <c r="S43" t="s">
         <v>26</v>
       </c>
       <c r="T43" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="44" spans="1:20">
       <c r="A44" t="s">
         <v>173</v>
       </c>
       <c r="B44" t="s">
         <v>174</v>
       </c>
       <c r="C44" t="s">
         <v>175</v>
       </c>
       <c r="D44" t="s">
         <v>23</v>
       </c>
       <c r="E44" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F44" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="K44">
-        <v>0.758</v>
+        <v>3.2</v>
       </c>
       <c r="L44">
-        <v>0.758</v>
+        <v>3.2</v>
       </c>
       <c r="S44" t="s">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="T44" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
     </row>
     <row r="45" spans="1:20">
       <c r="A45" t="s">
         <v>176</v>
       </c>
       <c r="B45" t="s">
         <v>177</v>
       </c>
       <c r="C45" t="s">
         <v>178</v>
       </c>
       <c r="D45" t="s">
         <v>23</v>
       </c>
       <c r="E45" t="s">
         <v>31</v>
       </c>
       <c r="F45" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K45">
-        <v>2.98</v>
+        <v>0.982</v>
       </c>
       <c r="L45">
-        <v>2.98</v>
+        <v>0.982</v>
       </c>
       <c r="S45" t="s">
-        <v>63</v>
+        <v>43</v>
       </c>
       <c r="T45" t="s">
-        <v>63</v>
+        <v>179</v>
       </c>
     </row>
     <row r="46" spans="1:20">
       <c r="A46" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="B46" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C46" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D46" t="s">
         <v>23</v>
       </c>
       <c r="E46" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F46" t="s">
         <v>32</v>
       </c>
       <c r="K46">
-        <v>1.235</v>
+        <v>0.945</v>
       </c>
       <c r="L46">
-        <v>1.235</v>
+        <v>0.945</v>
       </c>
       <c r="S46" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T46" t="s">
-        <v>182</v>
+        <v>48</v>
       </c>
     </row>
     <row r="47" spans="1:20">
       <c r="A47" t="s">
         <v>183</v>
       </c>
       <c r="B47" t="s">
         <v>184</v>
       </c>
       <c r="C47" t="s">
         <v>185</v>
       </c>
       <c r="D47" t="s">
         <v>23</v>
       </c>
       <c r="E47" t="s">
         <v>24</v>
       </c>
       <c r="F47" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="K47">
-        <v>0.94</v>
+        <v>0.145</v>
       </c>
       <c r="L47">
-        <v>0.94</v>
+        <v>0.145</v>
       </c>
       <c r="S47" t="s">
-        <v>48</v>
+        <v>162</v>
       </c>
       <c r="T47" t="s">
-        <v>48</v>
+        <v>162</v>
       </c>
     </row>
     <row r="48" spans="1:20">
       <c r="A48" t="s">
         <v>186</v>
       </c>
       <c r="B48" t="s">
         <v>187</v>
       </c>
       <c r="C48" t="s">
         <v>188</v>
       </c>
       <c r="D48" t="s">
         <v>23</v>
       </c>
       <c r="E48" t="s">
         <v>24</v>
       </c>
       <c r="F48" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K48">
-        <v>0.168</v>
+        <v>0.076</v>
       </c>
       <c r="L48">
-        <v>0.168</v>
+        <v>0.076</v>
       </c>
       <c r="S48" t="s">
-        <v>166</v>
+        <v>33</v>
       </c>
       <c r="T48" t="s">
-        <v>166</v>
+        <v>34</v>
       </c>
     </row>
     <row r="49" spans="1:20">
       <c r="A49" t="s">
         <v>189</v>
       </c>
       <c r="B49" t="s">
         <v>190</v>
       </c>
       <c r="C49" t="s">
         <v>191</v>
       </c>
       <c r="D49" t="s">
         <v>23</v>
       </c>
       <c r="E49" t="s">
         <v>24</v>
       </c>
       <c r="F49" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K49">
-        <v>0.08</v>
+        <v>3.8</v>
       </c>
       <c r="L49">
-        <v>0.08</v>
-[...5 lines deleted...]
-        <v>34</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="50" spans="1:20">
       <c r="A50" t="s">
         <v>192</v>
       </c>
       <c r="B50" t="s">
         <v>193</v>
       </c>
       <c r="C50" t="s">
         <v>194</v>
       </c>
       <c r="D50" t="s">
         <v>23</v>
       </c>
       <c r="E50" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F50" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K50">
-        <v>4.3</v>
+        <v>1.575</v>
       </c>
       <c r="L50">
-        <v>4.3</v>
+        <v>1.575</v>
+      </c>
+      <c r="S50" t="s">
+        <v>33</v>
+      </c>
+      <c r="T50" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="51" spans="1:20">
       <c r="A51" t="s">
         <v>195</v>
       </c>
       <c r="B51" t="s">
         <v>196</v>
       </c>
       <c r="C51" t="s">
         <v>197</v>
       </c>
       <c r="D51" t="s">
         <v>23</v>
       </c>
       <c r="E51" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F51" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K51">
-        <v>1.625</v>
+        <v>0.378</v>
       </c>
       <c r="L51">
-        <v>1.625</v>
+        <v>0.378</v>
       </c>
       <c r="S51" t="s">
-        <v>33</v>
+        <v>26</v>
       </c>
       <c r="T51" t="s">
-        <v>34</v>
+        <v>59</v>
       </c>
     </row>
     <row r="52" spans="1:20">
       <c r="A52" t="s">
         <v>198</v>
       </c>
       <c r="B52" t="s">
         <v>199</v>
       </c>
       <c r="C52" t="s">
         <v>200</v>
       </c>
       <c r="D52" t="s">
         <v>23</v>
       </c>
       <c r="E52" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F52" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K52">
-        <v>0.39</v>
+        <v>0.262</v>
       </c>
       <c r="L52">
-        <v>0.39</v>
+        <v>0.262</v>
       </c>
       <c r="S52" t="s">
-        <v>26</v>
+        <v>43</v>
       </c>
       <c r="T52" t="s">
-        <v>59</v>
+        <v>133</v>
       </c>
     </row>
     <row r="53" spans="1:20">
       <c r="A53" t="s">
         <v>201</v>
       </c>
       <c r="B53" t="s">
         <v>202</v>
       </c>
       <c r="C53" t="s">
         <v>203</v>
       </c>
       <c r="D53" t="s">
         <v>23</v>
       </c>
       <c r="E53" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F53" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K53">
-        <v>0.28</v>
+        <v>0.928</v>
       </c>
       <c r="L53">
-        <v>0.28</v>
-[...5 lines deleted...]
-        <v>133</v>
+        <v>0.928</v>
       </c>
     </row>
     <row r="54" spans="1:20">
       <c r="A54" t="s">
         <v>204</v>
       </c>
       <c r="B54" t="s">
         <v>205</v>
       </c>
       <c r="C54" t="s">
         <v>206</v>
       </c>
       <c r="D54" t="s">
         <v>23</v>
       </c>
       <c r="E54" t="s">
         <v>31</v>
       </c>
       <c r="F54" t="s">
         <v>32</v>
       </c>
       <c r="K54">
-        <v>0.956</v>
+        <v>4.72</v>
       </c>
       <c r="L54">
-        <v>0.956</v>
+        <v>4.72</v>
+      </c>
+      <c r="S54" t="s">
+        <v>33</v>
+      </c>
+      <c r="T54" t="s">
+        <v>34</v>
       </c>
     </row>
     <row r="55" spans="1:20">
       <c r="A55" t="s">
         <v>207</v>
       </c>
       <c r="B55" t="s">
         <v>208</v>
       </c>
       <c r="C55" t="s">
         <v>209</v>
       </c>
       <c r="D55" t="s">
         <v>23</v>
       </c>
       <c r="E55" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F55" t="s">
         <v>32</v>
       </c>
       <c r="K55">
-        <v>4.6</v>
+        <v>9.78</v>
       </c>
       <c r="L55">
-        <v>4.6</v>
+        <v>9.78</v>
       </c>
       <c r="S55" t="s">
-        <v>33</v>
+        <v>155</v>
       </c>
       <c r="T55" t="s">
-        <v>34</v>
+        <v>155</v>
       </c>
     </row>
     <row r="56" spans="1:20">
       <c r="A56" t="s">
         <v>210</v>
       </c>
       <c r="B56" t="s">
         <v>211</v>
       </c>
       <c r="C56" t="s">
         <v>212</v>
       </c>
       <c r="D56" t="s">
         <v>23</v>
       </c>
       <c r="E56" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F56" t="s">
-        <v>32</v>
+        <v>25</v>
       </c>
       <c r="K56">
-        <v>8.2</v>
+        <v>2.75</v>
       </c>
       <c r="L56">
-        <v>8.2</v>
+        <v>2.75</v>
       </c>
       <c r="S56" t="s">
-        <v>159</v>
+        <v>43</v>
       </c>
       <c r="T56" t="s">
-        <v>159</v>
+        <v>133</v>
       </c>
     </row>
     <row r="57" spans="1:20">
       <c r="A57" t="s">
         <v>213</v>
       </c>
       <c r="B57" t="s">
         <v>214</v>
       </c>
       <c r="C57" t="s">
         <v>215</v>
       </c>
       <c r="D57" t="s">
         <v>23</v>
       </c>
       <c r="E57" t="s">
-        <v>24</v>
+        <v>55</v>
       </c>
       <c r="F57" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K57">
-        <v>2.85</v>
+        <v>6.4</v>
       </c>
       <c r="L57">
-        <v>2.85</v>
+        <v>6.4</v>
       </c>
       <c r="S57" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="T57" t="s">
-        <v>133</v>
+        <v>34</v>
       </c>
     </row>
     <row r="58" spans="1:20">
       <c r="A58" t="s">
         <v>216</v>
       </c>
       <c r="B58" t="s">
         <v>217</v>
       </c>
       <c r="C58" t="s">
         <v>218</v>
       </c>
       <c r="D58" t="s">
         <v>23</v>
       </c>
       <c r="E58" t="s">
-        <v>55</v>
+        <v>24</v>
       </c>
       <c r="F58" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K58">
-        <v>6.4</v>
+        <v>1.185</v>
       </c>
       <c r="L58">
-        <v>6.4</v>
+        <v>1.185</v>
       </c>
       <c r="S58" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="T58" t="s">
-        <v>34</v>
+        <v>133</v>
       </c>
     </row>
     <row r="59" spans="1:20">
       <c r="A59" t="s">
         <v>219</v>
       </c>
       <c r="B59" t="s">
         <v>220</v>
       </c>
       <c r="C59" t="s">
         <v>221</v>
       </c>
       <c r="D59" t="s">
         <v>23</v>
       </c>
       <c r="E59" t="s">
         <v>24</v>
       </c>
       <c r="F59" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K59">
-        <v>1.21</v>
+        <v>0.725</v>
       </c>
       <c r="L59">
-        <v>1.21</v>
+        <v>0.725</v>
       </c>
       <c r="S59" t="s">
         <v>43</v>
       </c>
       <c r="T59" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="60" spans="1:20">
       <c r="A60" t="s">
         <v>222</v>
       </c>
       <c r="B60" t="s">
         <v>223</v>
       </c>
       <c r="C60" t="s">
         <v>224</v>
       </c>
       <c r="D60" t="s">
         <v>23</v>
       </c>
       <c r="E60" t="s">
         <v>24</v>
       </c>
       <c r="F60" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K60">
-        <v>0.745</v>
+        <v>0.621</v>
       </c>
       <c r="L60">
-        <v>0.745</v>
+        <v>0.621</v>
       </c>
       <c r="S60" t="s">
         <v>43</v>
       </c>
       <c r="T60" t="s">
-        <v>133</v>
+        <v>179</v>
       </c>
     </row>
     <row r="61" spans="1:20">
       <c r="A61" t="s">
         <v>225</v>
       </c>
       <c r="B61" t="s">
         <v>226</v>
       </c>
       <c r="C61" t="s">
         <v>227</v>
       </c>
       <c r="D61" t="s">
         <v>23</v>
       </c>
       <c r="E61" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F61" t="s">
         <v>32</v>
       </c>
       <c r="K61">
-        <v>0.6</v>
+        <v>2.05</v>
       </c>
       <c r="L61">
-        <v>0.6</v>
+        <v>2.05</v>
       </c>
       <c r="S61" t="s">
-        <v>43</v>
+        <v>155</v>
       </c>
       <c r="T61" t="s">
-        <v>182</v>
+        <v>155</v>
       </c>
     </row>
     <row r="62" spans="1:20">
       <c r="A62" t="s">
         <v>228</v>
       </c>
       <c r="B62" t="s">
         <v>229</v>
       </c>
       <c r="C62" t="s">
         <v>230</v>
       </c>
       <c r="D62" t="s">
         <v>23</v>
       </c>
       <c r="E62" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="F62" t="s">
         <v>32</v>
       </c>
       <c r="K62">
-        <v>2.08</v>
+        <v>9.86</v>
       </c>
       <c r="L62">
-        <v>2.08</v>
+        <v>9.86</v>
       </c>
       <c r="S62" t="s">
-        <v>159</v>
+        <v>43</v>
       </c>
       <c r="T62" t="s">
-        <v>159</v>
+        <v>44</v>
       </c>
     </row>
     <row r="63" spans="1:20">
       <c r="A63" t="s">
         <v>231</v>
       </c>
       <c r="B63" t="s">
         <v>232</v>
       </c>
       <c r="C63" t="s">
         <v>233</v>
       </c>
       <c r="D63" t="s">
         <v>23</v>
       </c>
       <c r="E63" t="s">
         <v>24</v>
       </c>
       <c r="F63" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K63">
-        <v>9.58</v>
+        <v>0.592</v>
       </c>
       <c r="L63">
-        <v>9.58</v>
+        <v>0.592</v>
       </c>
       <c r="S63" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="T63" t="s">
-        <v>44</v>
+        <v>48</v>
       </c>
     </row>
     <row r="64" spans="1:20">
       <c r="A64" t="s">
         <v>234</v>
       </c>
       <c r="B64" t="s">
         <v>235</v>
       </c>
       <c r="C64" t="s">
         <v>236</v>
       </c>
       <c r="D64" t="s">
         <v>23</v>
       </c>
       <c r="E64" t="s">
         <v>24</v>
       </c>
       <c r="F64" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K64">
-        <v>0.62</v>
+        <v>1.416</v>
       </c>
       <c r="L64">
-        <v>0.62</v>
+        <v>1.416</v>
       </c>
       <c r="S64" t="s">
-        <v>48</v>
+        <v>26</v>
       </c>
       <c r="T64" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
     </row>
     <row r="65" spans="1:20">
       <c r="A65" t="s">
         <v>237</v>
       </c>
       <c r="B65" t="s">
         <v>238</v>
       </c>
       <c r="C65" t="s">
         <v>239</v>
       </c>
       <c r="D65" t="s">
         <v>23</v>
       </c>
       <c r="E65" t="s">
         <v>24</v>
       </c>
       <c r="F65" t="s">
         <v>32</v>
       </c>
       <c r="K65">
-        <v>1.454</v>
+        <v>11.25</v>
       </c>
       <c r="L65">
-        <v>1.454</v>
+        <v>11.25</v>
       </c>
       <c r="S65" t="s">
-        <v>26</v>
+        <v>114</v>
       </c>
       <c r="T65" t="s">
-        <v>59</v>
+        <v>114</v>
       </c>
     </row>
     <row r="66" spans="1:20">
       <c r="A66" t="s">
         <v>240</v>
       </c>
       <c r="B66" t="s">
         <v>241</v>
       </c>
       <c r="C66" t="s">
         <v>242</v>
       </c>
       <c r="D66" t="s">
         <v>23</v>
       </c>
       <c r="E66" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="F66" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K66">
-        <v>11.25</v>
+        <v>0.312</v>
       </c>
       <c r="L66">
-        <v>11.25</v>
+        <v>0.312</v>
       </c>
       <c r="S66" t="s">
-        <v>114</v>
+        <v>43</v>
       </c>
       <c r="T66" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
     </row>
     <row r="67" spans="1:20">
       <c r="A67" t="s">
         <v>243</v>
       </c>
       <c r="B67" t="s">
         <v>244</v>
       </c>
       <c r="C67" t="s">
         <v>245</v>
       </c>
       <c r="D67" t="s">
         <v>23</v>
       </c>
       <c r="E67" t="s">
         <v>31</v>
       </c>
       <c r="F67" t="s">
         <v>38</v>
       </c>
       <c r="K67">
-        <v>0.308</v>
+        <v>10.4</v>
       </c>
       <c r="L67">
-        <v>0.308</v>
+        <v>10.4</v>
       </c>
       <c r="S67" t="s">
         <v>43</v>
       </c>
       <c r="T67" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="68" spans="1:20">
       <c r="A68" t="s">
         <v>246</v>
       </c>
       <c r="B68" t="s">
         <v>247</v>
       </c>
       <c r="C68" t="s">
         <v>248</v>
       </c>
       <c r="D68" t="s">
         <v>23</v>
       </c>
       <c r="E68" t="s">
-        <v>31</v>
+        <v>55</v>
       </c>
       <c r="F68" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K68">
-        <v>10.7</v>
+        <v>4.02</v>
       </c>
       <c r="L68">
-        <v>10.7</v>
+        <v>4.02</v>
       </c>
       <c r="S68" t="s">
         <v>43</v>
       </c>
       <c r="T68" t="s">
-        <v>133</v>
+        <v>44</v>
       </c>
     </row>
     <row r="69" spans="1:20">
       <c r="A69" t="s">
         <v>249</v>
       </c>
       <c r="B69" t="s">
         <v>250</v>
       </c>
       <c r="C69" t="s">
         <v>251</v>
       </c>
       <c r="D69" t="s">
         <v>23</v>
       </c>
       <c r="E69" t="s">
-        <v>55</v>
+        <v>31</v>
       </c>
       <c r="F69" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="K69">
-        <v>4.04</v>
+        <v>11.3</v>
       </c>
       <c r="L69">
-        <v>4.04</v>
+        <v>11.3</v>
       </c>
       <c r="S69" t="s">
-        <v>43</v>
+        <v>33</v>
       </c>
       <c r="T69" t="s">
-        <v>44</v>
+        <v>34</v>
       </c>
     </row>
     <row r="70" spans="1:20">
       <c r="A70" t="s">
         <v>252</v>
       </c>
       <c r="B70" t="s">
         <v>253</v>
       </c>
       <c r="C70" t="s">
         <v>254</v>
       </c>
       <c r="D70" t="s">
         <v>23</v>
       </c>
       <c r="E70" t="s">
         <v>31</v>
       </c>
       <c r="F70" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K70">
-        <v>11.3</v>
+        <v>2.58</v>
       </c>
       <c r="L70">
-        <v>11.3</v>
+        <v>2.58</v>
       </c>
       <c r="S70" t="s">
         <v>33</v>
       </c>
       <c r="T70" t="s">
-        <v>34</v>
-[...30 lines deleted...]
-      <c r="T71" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T32"/>
@@ -3559,150 +3518,150 @@
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>20</v>
       </c>
       <c r="B2" t="s">
         <v>21</v>
       </c>
       <c r="C2" t="s">
         <v>22</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>24</v>
       </c>
       <c r="F2" t="s">
         <v>25</v>
       </c>
       <c r="K2">
-        <v>1.96</v>
+        <v>1.94</v>
       </c>
       <c r="L2">
-        <v>1.96</v>
+        <v>1.94</v>
       </c>
       <c r="S2" t="s">
         <v>26</v>
       </c>
       <c r="T2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>45</v>
       </c>
       <c r="B3" t="s">
         <v>46</v>
       </c>
       <c r="C3" t="s">
         <v>47</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>24</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="K3">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
       <c r="L3">
-        <v>1.62</v>
+        <v>1.55</v>
       </c>
       <c r="S3" t="s">
         <v>48</v>
       </c>
       <c r="T3" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>56</v>
       </c>
       <c r="B4" t="s">
         <v>57</v>
       </c>
       <c r="C4" t="s">
         <v>58</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>24</v>
       </c>
       <c r="F4" t="s">
         <v>25</v>
       </c>
       <c r="K4">
-        <v>1.48</v>
+        <v>1.42</v>
       </c>
       <c r="L4">
-        <v>1.48</v>
+        <v>1.42</v>
       </c>
       <c r="S4" t="s">
         <v>26</v>
       </c>
       <c r="T4" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>60</v>
       </c>
       <c r="B5" t="s">
         <v>61</v>
       </c>
       <c r="C5" t="s">
         <v>62</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>24</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>2.155</v>
+        <v>2.25</v>
       </c>
       <c r="L5">
-        <v>2.155</v>
+        <v>2.25</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>72</v>
       </c>
       <c r="B6" t="s">
         <v>73</v>
       </c>
       <c r="C6" t="s">
         <v>74</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>24</v>
       </c>
       <c r="F6" t="s">
@@ -3719,54 +3678,54 @@
       </c>
       <c r="T6" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>76</v>
       </c>
       <c r="B7" t="s">
         <v>77</v>
       </c>
       <c r="C7" t="s">
         <v>78</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>24</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
       <c r="K7">
-        <v>19.65</v>
+        <v>19.9</v>
       </c>
       <c r="L7">
-        <v>19.65</v>
+        <v>19.9</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>82</v>
       </c>
       <c r="B8" t="s">
         <v>83</v>
       </c>
       <c r="C8" t="s">
         <v>84</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>24</v>
       </c>
       <c r="F8" t="s">
@@ -3777,86 +3736,86 @@
       </c>
       <c r="T8" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>94</v>
       </c>
       <c r="B9" t="s">
         <v>95</v>
       </c>
       <c r="C9" t="s">
         <v>96</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>24</v>
       </c>
       <c r="F9" t="s">
         <v>25</v>
       </c>
       <c r="K9">
-        <v>0.066</v>
+        <v>0.05</v>
       </c>
       <c r="L9">
-        <v>0.066</v>
+        <v>0.05</v>
       </c>
       <c r="S9" t="s">
         <v>26</v>
       </c>
       <c r="T9" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>102</v>
       </c>
       <c r="B10" t="s">
         <v>103</v>
       </c>
       <c r="C10" t="s">
         <v>104</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>24</v>
       </c>
       <c r="F10" t="s">
         <v>32</v>
       </c>
       <c r="K10">
-        <v>5.3</v>
+        <v>5.84</v>
       </c>
       <c r="L10">
-        <v>5.3</v>
+        <v>5.84</v>
       </c>
       <c r="S10" t="s">
         <v>26</v>
       </c>
       <c r="T10" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>105</v>
       </c>
       <c r="B11" t="s">
         <v>106</v>
       </c>
       <c r="C11" t="s">
         <v>107</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>24</v>
       </c>
       <c r="F11" t="s">
@@ -3873,718 +3832,718 @@
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>118</v>
       </c>
       <c r="B12" t="s">
         <v>119</v>
       </c>
       <c r="C12" t="s">
         <v>120</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>24</v>
       </c>
       <c r="F12" t="s">
         <v>32</v>
       </c>
       <c r="K12">
-        <v>45.3</v>
+        <v>46.5</v>
       </c>
       <c r="L12">
-        <v>45.3</v>
+        <v>46.5</v>
       </c>
       <c r="S12" t="s">
         <v>63</v>
       </c>
       <c r="T12" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>146</v>
       </c>
       <c r="B13" t="s">
         <v>147</v>
       </c>
       <c r="C13" t="s">
         <v>148</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>24</v>
       </c>
       <c r="F13" t="s">
         <v>32</v>
       </c>
       <c r="K13">
-        <v>3.58</v>
+        <v>3.535</v>
       </c>
       <c r="L13">
-        <v>3.58</v>
+        <v>3.535</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>149</v>
       </c>
       <c r="B14" t="s">
         <v>150</v>
       </c>
       <c r="C14" t="s">
         <v>151</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>24</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="K14">
-        <v>5.6</v>
+        <v>5.45</v>
       </c>
       <c r="L14">
-        <v>5.6</v>
+        <v>5.45</v>
       </c>
       <c r="S14" t="s">
         <v>33</v>
       </c>
       <c r="T14" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B15" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C15" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>24</v>
       </c>
       <c r="F15" t="s">
         <v>25</v>
       </c>
       <c r="K15">
-        <v>1.71</v>
+        <v>1.82</v>
       </c>
       <c r="L15">
-        <v>1.71</v>
+        <v>1.82</v>
       </c>
       <c r="S15" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="T15" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B16" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="C16" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>24</v>
       </c>
       <c r="F16" t="s">
         <v>25</v>
       </c>
       <c r="K16">
-        <v>5.1</v>
+        <v>4.89</v>
       </c>
       <c r="L16">
-        <v>5.1</v>
+        <v>4.89</v>
       </c>
       <c r="S16" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="T16" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B17" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C17" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>24</v>
       </c>
       <c r="F17" t="s">
         <v>25</v>
       </c>
       <c r="K17">
-        <v>26.2</v>
+        <v>25.0</v>
       </c>
       <c r="L17">
-        <v>26.2</v>
+        <v>25.0</v>
       </c>
       <c r="S17" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
       <c r="T17" t="s">
-        <v>155</v>
+        <v>166</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B18" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C18" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>24</v>
       </c>
       <c r="F18" t="s">
         <v>32</v>
       </c>
       <c r="K18">
-        <v>32.85</v>
+        <v>28.3</v>
       </c>
       <c r="L18">
-        <v>32.85</v>
+        <v>28.3</v>
       </c>
       <c r="S18" t="s">
         <v>26</v>
       </c>
       <c r="T18" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B19" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="C19" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>24</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="K19">
-        <v>0.758</v>
+        <v>0.617</v>
       </c>
       <c r="L19">
-        <v>0.758</v>
+        <v>0.617</v>
       </c>
       <c r="S19" t="s">
         <v>26</v>
       </c>
       <c r="T19" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B20" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="C20" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>24</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="K20">
-        <v>0.94</v>
+        <v>0.945</v>
       </c>
       <c r="L20">
-        <v>0.94</v>
+        <v>0.945</v>
       </c>
       <c r="S20" t="s">
         <v>48</v>
       </c>
       <c r="T20" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="B21" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C21" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>24</v>
       </c>
       <c r="F21" t="s">
         <v>25</v>
       </c>
       <c r="K21">
-        <v>0.168</v>
+        <v>0.145</v>
       </c>
       <c r="L21">
-        <v>0.168</v>
+        <v>0.145</v>
       </c>
       <c r="S21" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="T21" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="B22" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="C22" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>24</v>
       </c>
       <c r="F22" t="s">
         <v>38</v>
       </c>
       <c r="K22">
-        <v>0.08</v>
+        <v>0.076</v>
       </c>
       <c r="L22">
-        <v>0.08</v>
+        <v>0.076</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B23" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C23" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>24</v>
       </c>
       <c r="F23" t="s">
         <v>25</v>
       </c>
       <c r="K23">
-        <v>4.3</v>
+        <v>3.8</v>
       </c>
       <c r="L23">
-        <v>4.3</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="B24" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="C24" t="s">
-        <v>203</v>
+        <v>200</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>24</v>
       </c>
       <c r="F24" t="s">
         <v>25</v>
       </c>
       <c r="K24">
-        <v>0.28</v>
+        <v>0.262</v>
       </c>
       <c r="L24">
-        <v>0.28</v>
+        <v>0.262</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B25" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C25" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>24</v>
       </c>
       <c r="F25" t="s">
         <v>25</v>
       </c>
       <c r="K25">
-        <v>2.85</v>
+        <v>2.75</v>
       </c>
       <c r="L25">
-        <v>2.85</v>
+        <v>2.75</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B26" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="C26" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>24</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
       <c r="K26">
-        <v>1.21</v>
+        <v>1.185</v>
       </c>
       <c r="L26">
-        <v>1.21</v>
+        <v>1.185</v>
       </c>
       <c r="S26" t="s">
         <v>43</v>
       </c>
       <c r="T26" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
       <c r="B27" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="C27" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>24</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
       <c r="K27">
-        <v>0.745</v>
+        <v>0.725</v>
       </c>
       <c r="L27">
-        <v>0.745</v>
+        <v>0.725</v>
       </c>
       <c r="S27" t="s">
         <v>43</v>
       </c>
       <c r="T27" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="28" spans="1:20">
       <c r="A28" t="s">
-        <v>225</v>
+        <v>222</v>
       </c>
       <c r="B28" t="s">
-        <v>226</v>
+        <v>223</v>
       </c>
       <c r="C28" t="s">
-        <v>227</v>
+        <v>224</v>
       </c>
       <c r="D28" t="s">
         <v>23</v>
       </c>
       <c r="E28" t="s">
         <v>24</v>
       </c>
       <c r="F28" t="s">
         <v>32</v>
       </c>
       <c r="K28">
-        <v>0.6</v>
+        <v>0.621</v>
       </c>
       <c r="L28">
-        <v>0.6</v>
+        <v>0.621</v>
       </c>
       <c r="S28" t="s">
         <v>43</v>
       </c>
       <c r="T28" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="29" spans="1:20">
       <c r="A29" t="s">
-        <v>231</v>
+        <v>228</v>
       </c>
       <c r="B29" t="s">
-        <v>232</v>
+        <v>229</v>
       </c>
       <c r="C29" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="D29" t="s">
         <v>23</v>
       </c>
       <c r="E29" t="s">
         <v>24</v>
       </c>
       <c r="F29" t="s">
         <v>32</v>
       </c>
       <c r="K29">
-        <v>9.58</v>
+        <v>9.86</v>
       </c>
       <c r="L29">
-        <v>9.58</v>
+        <v>9.86</v>
       </c>
       <c r="S29" t="s">
         <v>43</v>
       </c>
       <c r="T29" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="30" spans="1:20">
       <c r="A30" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
       <c r="B30" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="C30" t="s">
-        <v>236</v>
+        <v>233</v>
       </c>
       <c r="D30" t="s">
         <v>23</v>
       </c>
       <c r="E30" t="s">
         <v>24</v>
       </c>
       <c r="F30" t="s">
         <v>38</v>
       </c>
       <c r="K30">
-        <v>0.62</v>
+        <v>0.592</v>
       </c>
       <c r="L30">
-        <v>0.62</v>
+        <v>0.592</v>
       </c>
       <c r="S30" t="s">
         <v>48</v>
       </c>
       <c r="T30" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="31" spans="1:20">
       <c r="A31" t="s">
-        <v>237</v>
+        <v>234</v>
       </c>
       <c r="B31" t="s">
-        <v>238</v>
+        <v>235</v>
       </c>
       <c r="C31" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="D31" t="s">
         <v>23</v>
       </c>
       <c r="E31" t="s">
         <v>24</v>
       </c>
       <c r="F31" t="s">
         <v>32</v>
       </c>
       <c r="K31">
-        <v>1.454</v>
+        <v>1.416</v>
       </c>
       <c r="L31">
-        <v>1.454</v>
+        <v>1.416</v>
       </c>
       <c r="S31" t="s">
         <v>26</v>
       </c>
       <c r="T31" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="32" spans="1:20">
       <c r="A32" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B32" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C32" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
       <c r="D32" t="s">
         <v>23</v>
       </c>
       <c r="E32" t="s">
         <v>24</v>
       </c>
       <c r="F32" t="s">
         <v>32</v>
       </c>
       <c r="K32">
         <v>11.25</v>
       </c>
       <c r="L32">
         <v>11.25</v>
       </c>
       <c r="S32" t="s">
         <v>114</v>
       </c>
       <c r="T32" t="s">
         <v>114</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:T14"/>
+  <dimension ref="A1:T13"/>
   <sheetViews>
     <sheetView tabSelected="0" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="T1" sqref="T1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:20">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
@@ -4630,86 +4589,86 @@
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>52</v>
       </c>
       <c r="B2" t="s">
         <v>53</v>
       </c>
       <c r="C2" t="s">
         <v>54</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>55</v>
       </c>
       <c r="F2" t="s">
         <v>38</v>
       </c>
       <c r="K2">
-        <v>3.8</v>
+        <v>2.4</v>
       </c>
       <c r="L2">
-        <v>3.8</v>
+        <v>2.4</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>69</v>
       </c>
       <c r="B3" t="s">
         <v>70</v>
       </c>
       <c r="C3" t="s">
         <v>71</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>55</v>
       </c>
       <c r="F3" t="s">
         <v>32</v>
       </c>
       <c r="K3">
-        <v>1.302</v>
+        <v>1.408</v>
       </c>
       <c r="L3">
-        <v>1.302</v>
+        <v>1.408</v>
       </c>
       <c r="S3" t="s">
         <v>63</v>
       </c>
       <c r="T3" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>79</v>
       </c>
       <c r="B4" t="s">
         <v>80</v>
       </c>
       <c r="C4" t="s">
         <v>81</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>55</v>
       </c>
       <c r="F4" t="s">
@@ -4726,54 +4685,54 @@
       </c>
       <c r="T4" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>85</v>
       </c>
       <c r="B5" t="s">
         <v>86</v>
       </c>
       <c r="C5" t="s">
         <v>87</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>55</v>
       </c>
       <c r="F5" t="s">
         <v>32</v>
       </c>
       <c r="K5">
-        <v>1.6998</v>
+        <v>1.6966</v>
       </c>
       <c r="L5">
-        <v>1.6998</v>
+        <v>1.6966</v>
       </c>
       <c r="S5" t="s">
         <v>63</v>
       </c>
       <c r="T5" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>91</v>
       </c>
       <c r="B6" t="s">
         <v>92</v>
       </c>
       <c r="C6" t="s">
         <v>93</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>55</v>
       </c>
       <c r="F6" t="s">
@@ -4784,283 +4743,251 @@
       </c>
       <c r="T6" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>108</v>
       </c>
       <c r="B7" t="s">
         <v>109</v>
       </c>
       <c r="C7" t="s">
         <v>110</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>55</v>
       </c>
       <c r="F7" t="s">
         <v>32</v>
       </c>
       <c r="K7">
-        <v>9.48</v>
+        <v>9.18</v>
       </c>
       <c r="L7">
-        <v>9.48</v>
+        <v>9.18</v>
       </c>
       <c r="S7" t="s">
         <v>63</v>
       </c>
       <c r="T7" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>134</v>
       </c>
       <c r="B8" t="s">
         <v>135</v>
       </c>
       <c r="C8" t="s">
         <v>136</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>55</v>
       </c>
       <c r="F8" t="s">
         <v>25</v>
       </c>
       <c r="K8">
-        <v>20.5</v>
+        <v>17.4</v>
       </c>
       <c r="L8">
-        <v>20.5</v>
+        <v>17.4</v>
       </c>
       <c r="S8" t="s">
         <v>33</v>
       </c>
       <c r="T8" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B9" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C9" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>55</v>
       </c>
       <c r="F9" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K9">
-        <v>7.85</v>
+        <v>11.95</v>
       </c>
       <c r="L9">
-        <v>7.85</v>
+        <v>11.95</v>
       </c>
       <c r="S9" t="s">
-        <v>155</v>
+        <v>43</v>
       </c>
       <c r="T9" t="s">
-        <v>155</v>
+        <v>133</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
-        <v>160</v>
+        <v>195</v>
       </c>
       <c r="B10" t="s">
-        <v>161</v>
+        <v>196</v>
       </c>
       <c r="C10" t="s">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>55</v>
       </c>
       <c r="F10" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="K10">
-        <v>11.55</v>
+        <v>0.378</v>
       </c>
       <c r="L10">
-        <v>11.55</v>
+        <v>0.378</v>
       </c>
       <c r="S10" t="s">
-        <v>43</v>
+        <v>26</v>
       </c>
       <c r="T10" t="s">
-        <v>133</v>
+        <v>59</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
-        <v>198</v>
+        <v>207</v>
       </c>
       <c r="B11" t="s">
-        <v>199</v>
+        <v>208</v>
       </c>
       <c r="C11" t="s">
-        <v>200</v>
+        <v>209</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>55</v>
       </c>
       <c r="F11" t="s">
-        <v>38</v>
+        <v>32</v>
       </c>
       <c r="K11">
-        <v>0.39</v>
+        <v>9.78</v>
       </c>
       <c r="L11">
-        <v>0.39</v>
+        <v>9.78</v>
       </c>
       <c r="S11" t="s">
-        <v>26</v>
+        <v>155</v>
       </c>
       <c r="T11" t="s">
-        <v>59</v>
+        <v>155</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
-        <v>210</v>
+        <v>213</v>
       </c>
       <c r="B12" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="C12" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>55</v>
       </c>
       <c r="F12" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="K12">
-        <v>8.2</v>
+        <v>6.4</v>
       </c>
       <c r="L12">
-        <v>8.2</v>
+        <v>6.4</v>
       </c>
       <c r="S12" t="s">
-        <v>159</v>
+        <v>33</v>
       </c>
       <c r="T12" t="s">
-        <v>159</v>
+        <v>34</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
-        <v>216</v>
+        <v>246</v>
       </c>
       <c r="B13" t="s">
-        <v>217</v>
+        <v>247</v>
       </c>
       <c r="C13" t="s">
-        <v>218</v>
+        <v>248</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>55</v>
       </c>
       <c r="F13" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="K13">
-        <v>6.4</v>
+        <v>4.02</v>
       </c>
       <c r="L13">
-        <v>6.4</v>
+        <v>4.02</v>
       </c>
       <c r="S13" t="s">
-        <v>33</v>
+        <v>43</v>
       </c>
       <c r="T13" t="s">
-        <v>34</v>
-[...30 lines deleted...]
-      <c r="T14" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:T27"/>
@@ -5131,278 +5058,278 @@
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
     </row>
     <row r="2" spans="1:20">
       <c r="A2" t="s">
         <v>28</v>
       </c>
       <c r="B2" t="s">
         <v>29</v>
       </c>
       <c r="C2" t="s">
         <v>30</v>
       </c>
       <c r="D2" t="s">
         <v>23</v>
       </c>
       <c r="E2" t="s">
         <v>31</v>
       </c>
       <c r="F2" t="s">
         <v>32</v>
       </c>
       <c r="K2">
-        <v>1.84</v>
+        <v>1.755</v>
       </c>
       <c r="L2">
-        <v>1.84</v>
+        <v>1.755</v>
       </c>
       <c r="S2" t="s">
         <v>33</v>
       </c>
       <c r="T2" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="3" spans="1:20">
       <c r="A3" t="s">
         <v>35</v>
       </c>
       <c r="B3" t="s">
         <v>36</v>
       </c>
       <c r="C3" t="s">
         <v>37</v>
       </c>
       <c r="D3" t="s">
         <v>23</v>
       </c>
       <c r="E3" t="s">
         <v>31</v>
       </c>
       <c r="F3" t="s">
         <v>38</v>
       </c>
       <c r="K3">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="L3">
-        <v>1.28</v>
+        <v>1.21</v>
       </c>
       <c r="S3" t="s">
         <v>39</v>
       </c>
       <c r="T3" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="4" spans="1:20">
       <c r="A4" t="s">
         <v>40</v>
       </c>
       <c r="B4" t="s">
         <v>41</v>
       </c>
       <c r="C4" t="s">
         <v>42</v>
       </c>
       <c r="D4" t="s">
         <v>23</v>
       </c>
       <c r="E4" t="s">
         <v>31</v>
       </c>
       <c r="F4" t="s">
         <v>32</v>
       </c>
       <c r="K4">
-        <v>3.76</v>
+        <v>3.62</v>
       </c>
       <c r="L4">
-        <v>3.76</v>
+        <v>3.62</v>
       </c>
       <c r="S4" t="s">
         <v>43</v>
       </c>
       <c r="T4" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="5" spans="1:20">
       <c r="A5" t="s">
         <v>49</v>
       </c>
       <c r="B5" t="s">
         <v>50</v>
       </c>
       <c r="C5" t="s">
         <v>51</v>
       </c>
       <c r="D5" t="s">
         <v>23</v>
       </c>
       <c r="E5" t="s">
         <v>31</v>
       </c>
       <c r="F5" t="s">
         <v>38</v>
       </c>
       <c r="K5">
-        <v>0.0696</v>
+        <v>0.066</v>
       </c>
       <c r="L5">
-        <v>0.0696</v>
+        <v>0.066</v>
       </c>
       <c r="S5" t="s">
         <v>33</v>
       </c>
       <c r="T5" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="6" spans="1:20">
       <c r="A6" t="s">
         <v>65</v>
       </c>
       <c r="B6" t="s">
         <v>66</v>
       </c>
       <c r="C6" t="s">
         <v>67</v>
       </c>
       <c r="D6" t="s">
         <v>23</v>
       </c>
       <c r="E6" t="s">
         <v>31</v>
       </c>
       <c r="F6" t="s">
         <v>68</v>
       </c>
       <c r="K6">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="L6">
-        <v>0.28</v>
+        <v>0.296</v>
       </c>
       <c r="S6" t="s">
         <v>26</v>
       </c>
       <c r="T6" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="7" spans="1:20">
       <c r="A7" t="s">
         <v>88</v>
       </c>
       <c r="B7" t="s">
         <v>89</v>
       </c>
       <c r="C7" t="s">
         <v>90</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
       <c r="E7" t="s">
         <v>31</v>
       </c>
       <c r="F7" t="s">
         <v>25</v>
       </c>
       <c r="K7">
-        <v>16.0</v>
+        <v>15.9</v>
       </c>
       <c r="L7">
-        <v>16.0</v>
+        <v>15.9</v>
       </c>
       <c r="S7" t="s">
         <v>26</v>
       </c>
       <c r="T7" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="8" spans="1:20">
       <c r="A8" t="s">
         <v>97</v>
       </c>
       <c r="B8" t="s">
         <v>98</v>
       </c>
       <c r="C8" t="s">
         <v>99</v>
       </c>
       <c r="D8" t="s">
         <v>23</v>
       </c>
       <c r="E8" t="s">
         <v>31</v>
       </c>
       <c r="F8" t="s">
         <v>32</v>
       </c>
       <c r="K8">
-        <v>1.11</v>
+        <v>1.055</v>
       </c>
       <c r="L8">
-        <v>1.11</v>
+        <v>1.055</v>
       </c>
       <c r="S8" t="s">
         <v>100</v>
       </c>
       <c r="T8" t="s">
         <v>101</v>
       </c>
     </row>
     <row r="9" spans="1:20">
       <c r="A9" t="s">
         <v>111</v>
       </c>
       <c r="B9" t="s">
         <v>112</v>
       </c>
       <c r="C9" t="s">
         <v>113</v>
       </c>
       <c r="D9" t="s">
         <v>23</v>
       </c>
       <c r="E9" t="s">
         <v>31</v>
       </c>
       <c r="F9" t="s">
         <v>32</v>
       </c>
       <c r="K9">
-        <v>22.25</v>
+        <v>21.35</v>
       </c>
       <c r="L9">
-        <v>22.25</v>
+        <v>21.35</v>
       </c>
       <c r="S9" t="s">
         <v>114</v>
       </c>
       <c r="T9" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="10" spans="1:20">
       <c r="A10" t="s">
         <v>115</v>
       </c>
       <c r="B10" t="s">
         <v>116</v>
       </c>
       <c r="C10" t="s">
         <v>117</v>
       </c>
       <c r="D10" t="s">
         <v>23</v>
       </c>
       <c r="E10" t="s">
         <v>31</v>
       </c>
       <c r="F10" t="s">
@@ -5419,560 +5346,560 @@
       </c>
       <c r="T10" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="11" spans="1:20">
       <c r="A11" t="s">
         <v>121</v>
       </c>
       <c r="B11" t="s">
         <v>122</v>
       </c>
       <c r="C11" t="s">
         <v>123</v>
       </c>
       <c r="D11" t="s">
         <v>23</v>
       </c>
       <c r="E11" t="s">
         <v>31</v>
       </c>
       <c r="F11" t="s">
         <v>38</v>
       </c>
       <c r="K11">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="L11">
-        <v>6.7</v>
+        <v>6.8</v>
       </c>
       <c r="S11" t="s">
         <v>48</v>
       </c>
       <c r="T11" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="12" spans="1:20">
       <c r="A12" t="s">
         <v>124</v>
       </c>
       <c r="B12" t="s">
         <v>125</v>
       </c>
       <c r="C12" t="s">
         <v>126</v>
       </c>
       <c r="D12" t="s">
         <v>23</v>
       </c>
       <c r="E12" t="s">
         <v>31</v>
       </c>
       <c r="F12" t="s">
         <v>38</v>
       </c>
       <c r="K12">
-        <v>3.26</v>
+        <v>3.24</v>
       </c>
       <c r="L12">
-        <v>3.26</v>
+        <v>3.24</v>
       </c>
       <c r="S12" t="s">
         <v>48</v>
       </c>
       <c r="T12" t="s">
         <v>48</v>
       </c>
     </row>
     <row r="13" spans="1:20">
       <c r="A13" t="s">
         <v>127</v>
       </c>
       <c r="B13" t="s">
         <v>128</v>
       </c>
       <c r="C13" t="s">
         <v>129</v>
       </c>
       <c r="D13" t="s">
         <v>23</v>
       </c>
       <c r="E13" t="s">
         <v>31</v>
       </c>
       <c r="F13" t="s">
         <v>38</v>
       </c>
       <c r="K13">
-        <v>27.8</v>
+        <v>26.4</v>
       </c>
       <c r="L13">
-        <v>27.8</v>
+        <v>26.4</v>
       </c>
       <c r="S13" t="s">
         <v>63</v>
       </c>
       <c r="T13" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="14" spans="1:20">
       <c r="A14" t="s">
         <v>130</v>
       </c>
       <c r="B14" t="s">
         <v>131</v>
       </c>
       <c r="C14" t="s">
         <v>132</v>
       </c>
       <c r="D14" t="s">
         <v>23</v>
       </c>
       <c r="E14" t="s">
         <v>31</v>
       </c>
       <c r="F14" t="s">
         <v>25</v>
       </c>
       <c r="K14">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="L14">
-        <v>30.4</v>
+        <v>31.0</v>
       </c>
       <c r="S14" t="s">
         <v>43</v>
       </c>
       <c r="T14" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="15" spans="1:20">
       <c r="A15" t="s">
         <v>137</v>
       </c>
       <c r="B15" t="s">
         <v>138</v>
       </c>
       <c r="C15" t="s">
         <v>139</v>
       </c>
       <c r="D15" t="s">
         <v>23</v>
       </c>
       <c r="E15" t="s">
         <v>31</v>
       </c>
       <c r="F15" t="s">
         <v>32</v>
       </c>
       <c r="K15">
-        <v>0.436</v>
+        <v>0.42</v>
       </c>
       <c r="L15">
-        <v>0.436</v>
+        <v>0.42</v>
       </c>
       <c r="S15" t="s">
         <v>26</v>
       </c>
       <c r="T15" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="16" spans="1:20">
       <c r="A16" t="s">
         <v>140</v>
       </c>
       <c r="B16" t="s">
         <v>141</v>
       </c>
       <c r="C16" t="s">
         <v>142</v>
       </c>
       <c r="D16" t="s">
         <v>23</v>
       </c>
       <c r="E16" t="s">
         <v>31</v>
       </c>
       <c r="F16" t="s">
         <v>38</v>
       </c>
       <c r="K16">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="L16">
-        <v>1.99</v>
+        <v>1.96</v>
       </c>
       <c r="S16" t="s">
         <v>114</v>
       </c>
       <c r="T16" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="17" spans="1:20">
       <c r="A17" t="s">
         <v>143</v>
       </c>
       <c r="B17" t="s">
         <v>144</v>
       </c>
       <c r="C17" t="s">
         <v>145</v>
       </c>
       <c r="D17" t="s">
         <v>23</v>
       </c>
       <c r="E17" t="s">
         <v>31</v>
       </c>
       <c r="F17" t="s">
         <v>38</v>
       </c>
       <c r="K17">
-        <v>0.878</v>
+        <v>0.872</v>
       </c>
       <c r="L17">
-        <v>0.878</v>
+        <v>0.872</v>
       </c>
       <c r="S17" t="s">
         <v>114</v>
       </c>
       <c r="T17" t="s">
         <v>114</v>
       </c>
     </row>
     <row r="18" spans="1:20">
       <c r="A18" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B18" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="C18" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="D18" t="s">
         <v>23</v>
       </c>
       <c r="E18" t="s">
         <v>31</v>
       </c>
       <c r="F18" t="s">
         <v>25</v>
       </c>
       <c r="K18">
-        <v>2.98</v>
+        <v>3.2</v>
       </c>
       <c r="L18">
-        <v>2.98</v>
+        <v>3.2</v>
       </c>
       <c r="S18" t="s">
         <v>63</v>
       </c>
       <c r="T18" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="19" spans="1:20">
       <c r="A19" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B19" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="C19" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="D19" t="s">
         <v>23</v>
       </c>
       <c r="E19" t="s">
         <v>31</v>
       </c>
       <c r="F19" t="s">
         <v>32</v>
       </c>
       <c r="K19">
-        <v>1.235</v>
+        <v>0.982</v>
       </c>
       <c r="L19">
-        <v>1.235</v>
+        <v>0.982</v>
       </c>
       <c r="S19" t="s">
         <v>43</v>
       </c>
       <c r="T19" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
     </row>
     <row r="20" spans="1:20">
       <c r="A20" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B20" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="C20" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="D20" t="s">
         <v>23</v>
       </c>
       <c r="E20" t="s">
         <v>31</v>
       </c>
       <c r="F20" t="s">
         <v>32</v>
       </c>
       <c r="K20">
-        <v>1.625</v>
+        <v>1.575</v>
       </c>
       <c r="L20">
-        <v>1.625</v>
+        <v>1.575</v>
       </c>
       <c r="S20" t="s">
         <v>33</v>
       </c>
       <c r="T20" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="21" spans="1:20">
       <c r="A21" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B21" t="s">
-        <v>205</v>
+        <v>202</v>
       </c>
       <c r="C21" t="s">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="D21" t="s">
         <v>23</v>
       </c>
       <c r="E21" t="s">
         <v>31</v>
       </c>
       <c r="F21" t="s">
         <v>32</v>
       </c>
       <c r="K21">
-        <v>0.956</v>
+        <v>0.928</v>
       </c>
       <c r="L21">
-        <v>0.956</v>
+        <v>0.928</v>
       </c>
     </row>
     <row r="22" spans="1:20">
       <c r="A22" t="s">
-        <v>207</v>
+        <v>204</v>
       </c>
       <c r="B22" t="s">
-        <v>208</v>
+        <v>205</v>
       </c>
       <c r="C22" t="s">
-        <v>209</v>
+        <v>206</v>
       </c>
       <c r="D22" t="s">
         <v>23</v>
       </c>
       <c r="E22" t="s">
         <v>31</v>
       </c>
       <c r="F22" t="s">
         <v>32</v>
       </c>
       <c r="K22">
-        <v>4.6</v>
+        <v>4.72</v>
       </c>
       <c r="L22">
-        <v>4.6</v>
+        <v>4.72</v>
       </c>
       <c r="S22" t="s">
         <v>33</v>
       </c>
       <c r="T22" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="23" spans="1:20">
       <c r="A23" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="B23" t="s">
-        <v>229</v>
+        <v>226</v>
       </c>
       <c r="C23" t="s">
-        <v>230</v>
+        <v>227</v>
       </c>
       <c r="D23" t="s">
         <v>23</v>
       </c>
       <c r="E23" t="s">
         <v>31</v>
       </c>
       <c r="F23" t="s">
         <v>32</v>
       </c>
       <c r="K23">
-        <v>2.08</v>
+        <v>2.05</v>
       </c>
       <c r="L23">
-        <v>2.08</v>
+        <v>2.05</v>
       </c>
       <c r="S23" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="T23" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
     </row>
     <row r="24" spans="1:20">
       <c r="A24" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B24" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C24" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="D24" t="s">
         <v>23</v>
       </c>
       <c r="E24" t="s">
         <v>31</v>
       </c>
       <c r="F24" t="s">
         <v>38</v>
       </c>
       <c r="K24">
-        <v>0.308</v>
+        <v>0.312</v>
       </c>
       <c r="L24">
-        <v>0.308</v>
+        <v>0.312</v>
       </c>
       <c r="S24" t="s">
         <v>43</v>
       </c>
       <c r="T24" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="25" spans="1:20">
       <c r="A25" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B25" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="C25" t="s">
-        <v>248</v>
+        <v>245</v>
       </c>
       <c r="D25" t="s">
         <v>23</v>
       </c>
       <c r="E25" t="s">
         <v>31</v>
       </c>
       <c r="F25" t="s">
         <v>38</v>
       </c>
       <c r="K25">
-        <v>10.7</v>
+        <v>10.4</v>
       </c>
       <c r="L25">
-        <v>10.7</v>
+        <v>10.4</v>
       </c>
       <c r="S25" t="s">
         <v>43</v>
       </c>
       <c r="T25" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="26" spans="1:20">
       <c r="A26" t="s">
-        <v>252</v>
+        <v>249</v>
       </c>
       <c r="B26" t="s">
-        <v>253</v>
+        <v>250</v>
       </c>
       <c r="C26" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="D26" t="s">
         <v>23</v>
       </c>
       <c r="E26" t="s">
         <v>31</v>
       </c>
       <c r="F26" t="s">
         <v>32</v>
       </c>
       <c r="K26">
         <v>11.3</v>
       </c>
       <c r="L26">
         <v>11.3</v>
       </c>
       <c r="S26" t="s">
         <v>33</v>
       </c>
       <c r="T26" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="27" spans="1:20">
       <c r="A27" t="s">
-        <v>255</v>
+        <v>252</v>
       </c>
       <c r="B27" t="s">
-        <v>256</v>
+        <v>253</v>
       </c>
       <c r="C27" t="s">
-        <v>257</v>
+        <v>254</v>
       </c>
       <c r="D27" t="s">
         <v>23</v>
       </c>
       <c r="E27" t="s">
         <v>31</v>
       </c>
       <c r="F27" t="s">
         <v>38</v>
       </c>
       <c r="K27">
-        <v>2.68</v>
+        <v>2.58</v>
       </c>
       <c r="L27">
-        <v>2.68</v>
+        <v>2.58</v>
       </c>
       <c r="S27" t="s">
         <v>33</v>
       </c>
       <c r="T27" t="s">
         <v>34</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>