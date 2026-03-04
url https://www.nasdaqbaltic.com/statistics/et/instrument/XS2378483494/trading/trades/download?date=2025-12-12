--- v0 (2025-12-14)
+++ v1 (2026-03-04)
@@ -429,63 +429,69 @@
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>104.345604</v>
       </c>
       <c r="C2">
         <v>18.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
+      <c r="E2">
+        <v>102.2</v>
+      </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>104.145604</v>
       </c>
       <c r="C3">
         <v>10.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
+      </c>
+      <c r="E3">
+        <v>102.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">