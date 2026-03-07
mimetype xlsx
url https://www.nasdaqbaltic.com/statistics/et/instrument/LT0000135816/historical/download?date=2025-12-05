--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X16"/>
+  <dimension ref="A1:X77"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L16" sqref="L16"/>
+      <selection activeCell="L77" sqref="L77"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,660 +546,3158 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.35505787</v>
+        <v>46087.35474537</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.5</v>
       </c>
       <c r="K2" s="2">
         <v>45966.0</v>
       </c>
       <c r="L2" s="2">
         <v>46696.0</v>
       </c>
       <c r="M2">
         <v>8000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>0.779167</v>
+        <v>0.826389</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.355648148</v>
+        <v>46086.354826389</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.5</v>
       </c>
       <c r="K3" s="2">
         <v>45966.0</v>
       </c>
       <c r="L3" s="2">
         <v>46696.0</v>
       </c>
       <c r="M3">
         <v>8000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>0.708333</v>
+        <v>0.802778</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.355185185</v>
+        <v>46085.354733796</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.5</v>
       </c>
       <c r="K4" s="2">
         <v>45966.0</v>
       </c>
       <c r="L4" s="2">
         <v>46696.0</v>
       </c>
       <c r="M4">
         <v>8000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>0.684722</v>
+        <v>0.731944</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.355208333</v>
+        <v>46084.354710648</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.5</v>
       </c>
       <c r="K5" s="2">
         <v>45966.0</v>
       </c>
       <c r="L5" s="2">
         <v>46696.0</v>
       </c>
       <c r="M5">
         <v>8000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>0.661111</v>
+        <v>0.708333</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.355405093</v>
+        <v>46083.354768519</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.5</v>
       </c>
       <c r="K6" s="2">
         <v>45966.0</v>
       </c>
       <c r="L6" s="2">
         <v>46696.0</v>
       </c>
       <c r="M6">
         <v>8000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>0.6375</v>
+        <v>0.684722</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.355358796</v>
+        <v>46080.35474537</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.5</v>
       </c>
       <c r="K7" s="2">
         <v>45966.0</v>
       </c>
       <c r="L7" s="2">
         <v>46696.0</v>
       </c>
       <c r="M7">
         <v>8000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>0.613889</v>
+        <v>0.661111</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.355185185</v>
+        <v>46079.354837963</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.5</v>
       </c>
       <c r="K8" s="2">
         <v>45966.0</v>
       </c>
       <c r="L8" s="2">
         <v>46696.0</v>
       </c>
       <c r="M8">
         <v>8000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.543056</v>
+        <v>0.6375</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355185185</v>
+        <v>46078.354907407</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.5</v>
       </c>
       <c r="K9" s="2">
         <v>45966.0</v>
       </c>
       <c r="L9" s="2">
         <v>46696.0</v>
       </c>
       <c r="M9">
         <v>8000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
         <v>0.519444</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.355115741</v>
+        <v>46077.354675926</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.5</v>
       </c>
       <c r="K10" s="2">
         <v>45966.0</v>
       </c>
       <c r="L10" s="2">
         <v>46696.0</v>
       </c>
       <c r="M10">
         <v>8000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
         <v>0.495833</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355104167</v>
+        <v>46076.354571759</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.5</v>
       </c>
       <c r="K11" s="2">
         <v>45966.0</v>
       </c>
       <c r="L11" s="2">
         <v>46696.0</v>
       </c>
       <c r="M11">
         <v>8000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
         <v>0.472222</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.35494213</v>
+        <v>46073.354756944</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.5</v>
       </c>
       <c r="K12" s="2">
         <v>45966.0</v>
       </c>
       <c r="L12" s="2">
         <v>46696.0</v>
       </c>
       <c r="M12">
         <v>8000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
         <v>0.448611</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.355231481</v>
+        <v>46072.354710648</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.5</v>
       </c>
       <c r="K13" s="2">
         <v>45966.0</v>
       </c>
       <c r="L13" s="2">
         <v>46696.0</v>
       </c>
       <c r="M13">
         <v>8000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>0.377778</v>
+        <v>0.425</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.355428241</v>
+        <v>46071.354756944</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.5</v>
       </c>
       <c r="K14" s="2">
         <v>45966.0</v>
       </c>
       <c r="L14" s="2">
         <v>46696.0</v>
       </c>
       <c r="M14">
         <v>8000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
         <v>0.354167</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.355752315</v>
+        <v>46070.354907407</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.5</v>
       </c>
       <c r="K15" s="2">
         <v>45966.0</v>
       </c>
       <c r="L15" s="2">
         <v>46696.0</v>
       </c>
       <c r="M15">
         <v>8000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
         <v>0.330556</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
+        <v>46069.354768519</v>
+      </c>
+      <c r="B16" t="s">
+        <v>24</v>
+      </c>
+      <c r="C16" t="s">
+        <v>25</v>
+      </c>
+      <c r="D16" t="s">
+        <v>26</v>
+      </c>
+      <c r="E16" t="s">
+        <v>27</v>
+      </c>
+      <c r="I16" t="s">
+        <v>28</v>
+      </c>
+      <c r="J16">
+        <v>8.5</v>
+      </c>
+      <c r="K16" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L16" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M16">
+        <v>8000</v>
+      </c>
+      <c r="N16">
+        <v>1000.0</v>
+      </c>
+      <c r="O16" t="s">
+        <v>28</v>
+      </c>
+      <c r="P16">
+        <v>0.306944</v>
+      </c>
+    </row>
+    <row r="17" spans="1:24">
+      <c r="A17" s="2">
+        <v>46066.354756944</v>
+      </c>
+      <c r="B17" t="s">
+        <v>24</v>
+      </c>
+      <c r="C17" t="s">
+        <v>25</v>
+      </c>
+      <c r="D17" t="s">
+        <v>26</v>
+      </c>
+      <c r="E17" t="s">
+        <v>27</v>
+      </c>
+      <c r="I17" t="s">
+        <v>28</v>
+      </c>
+      <c r="J17">
+        <v>8.5</v>
+      </c>
+      <c r="K17" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L17" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M17">
+        <v>8000</v>
+      </c>
+      <c r="N17">
+        <v>1000.0</v>
+      </c>
+      <c r="O17" t="s">
+        <v>28</v>
+      </c>
+      <c r="P17">
+        <v>0.283333</v>
+      </c>
+    </row>
+    <row r="18" spans="1:24">
+      <c r="A18" s="2">
+        <v>46065.354803241</v>
+      </c>
+      <c r="B18" t="s">
+        <v>24</v>
+      </c>
+      <c r="C18" t="s">
+        <v>25</v>
+      </c>
+      <c r="D18" t="s">
+        <v>26</v>
+      </c>
+      <c r="E18" t="s">
+        <v>27</v>
+      </c>
+      <c r="I18" t="s">
+        <v>28</v>
+      </c>
+      <c r="J18">
+        <v>8.5</v>
+      </c>
+      <c r="K18" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L18" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M18">
+        <v>8000</v>
+      </c>
+      <c r="N18">
+        <v>1000.0</v>
+      </c>
+      <c r="O18" t="s">
+        <v>28</v>
+      </c>
+      <c r="P18">
+        <v>0.259722</v>
+      </c>
+    </row>
+    <row r="19" spans="1:24">
+      <c r="A19" s="2">
+        <v>46064.354803241</v>
+      </c>
+      <c r="B19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C19" t="s">
+        <v>25</v>
+      </c>
+      <c r="D19" t="s">
+        <v>26</v>
+      </c>
+      <c r="E19" t="s">
+        <v>27</v>
+      </c>
+      <c r="I19" t="s">
+        <v>28</v>
+      </c>
+      <c r="J19">
+        <v>8.5</v>
+      </c>
+      <c r="K19" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L19" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M19">
+        <v>8000</v>
+      </c>
+      <c r="N19">
+        <v>1000.0</v>
+      </c>
+      <c r="O19" t="s">
+        <v>28</v>
+      </c>
+      <c r="P19">
+        <v>0.188889</v>
+      </c>
+    </row>
+    <row r="20" spans="1:24">
+      <c r="A20" s="2">
+        <v>46063.354710648</v>
+      </c>
+      <c r="B20" t="s">
+        <v>24</v>
+      </c>
+      <c r="C20" t="s">
+        <v>25</v>
+      </c>
+      <c r="D20" t="s">
+        <v>26</v>
+      </c>
+      <c r="E20" t="s">
+        <v>27</v>
+      </c>
+      <c r="I20" t="s">
+        <v>28</v>
+      </c>
+      <c r="J20">
+        <v>8.5</v>
+      </c>
+      <c r="K20" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L20" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M20">
+        <v>8000</v>
+      </c>
+      <c r="N20">
+        <v>1000.0</v>
+      </c>
+      <c r="O20" t="s">
+        <v>28</v>
+      </c>
+      <c r="P20">
+        <v>0.165278</v>
+      </c>
+    </row>
+    <row r="21" spans="1:24">
+      <c r="A21" s="2">
+        <v>46062.354803241</v>
+      </c>
+      <c r="B21" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" t="s">
+        <v>25</v>
+      </c>
+      <c r="D21" t="s">
+        <v>26</v>
+      </c>
+      <c r="E21" t="s">
+        <v>27</v>
+      </c>
+      <c r="I21" t="s">
+        <v>28</v>
+      </c>
+      <c r="J21">
+        <v>8.5</v>
+      </c>
+      <c r="K21" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L21" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M21">
+        <v>8000</v>
+      </c>
+      <c r="N21">
+        <v>1000.0</v>
+      </c>
+      <c r="O21" t="s">
+        <v>28</v>
+      </c>
+      <c r="P21">
+        <v>0.141667</v>
+      </c>
+    </row>
+    <row r="22" spans="1:24">
+      <c r="A22" s="2">
+        <v>46059.354733796</v>
+      </c>
+      <c r="B22" t="s">
+        <v>24</v>
+      </c>
+      <c r="C22" t="s">
+        <v>25</v>
+      </c>
+      <c r="D22" t="s">
+        <v>26</v>
+      </c>
+      <c r="E22" t="s">
+        <v>27</v>
+      </c>
+      <c r="I22" t="s">
+        <v>28</v>
+      </c>
+      <c r="J22">
+        <v>8.5</v>
+      </c>
+      <c r="K22" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L22" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M22">
+        <v>8000</v>
+      </c>
+      <c r="N22">
+        <v>1000.0</v>
+      </c>
+      <c r="O22" t="s">
+        <v>28</v>
+      </c>
+      <c r="P22">
+        <v>0.118056</v>
+      </c>
+    </row>
+    <row r="23" spans="1:24">
+      <c r="A23" s="2">
+        <v>46058.354837963</v>
+      </c>
+      <c r="B23" t="s">
+        <v>24</v>
+      </c>
+      <c r="C23" t="s">
+        <v>25</v>
+      </c>
+      <c r="D23" t="s">
+        <v>26</v>
+      </c>
+      <c r="E23" t="s">
+        <v>27</v>
+      </c>
+      <c r="I23" t="s">
+        <v>28</v>
+      </c>
+      <c r="J23">
+        <v>8.5</v>
+      </c>
+      <c r="K23" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L23" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M23">
+        <v>8000</v>
+      </c>
+      <c r="N23">
+        <v>1000.0</v>
+      </c>
+      <c r="O23" t="s">
+        <v>28</v>
+      </c>
+      <c r="P23">
+        <v>0.094444</v>
+      </c>
+    </row>
+    <row r="24" spans="1:24">
+      <c r="A24" s="2">
+        <v>46057.354710648</v>
+      </c>
+      <c r="B24" t="s">
+        <v>24</v>
+      </c>
+      <c r="C24" t="s">
+        <v>25</v>
+      </c>
+      <c r="D24" t="s">
+        <v>26</v>
+      </c>
+      <c r="E24" t="s">
+        <v>27</v>
+      </c>
+      <c r="I24" t="s">
+        <v>28</v>
+      </c>
+      <c r="J24">
+        <v>8.5</v>
+      </c>
+      <c r="K24" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L24" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M24">
+        <v>8000</v>
+      </c>
+      <c r="N24">
+        <v>1000.0</v>
+      </c>
+      <c r="O24" t="s">
+        <v>28</v>
+      </c>
+      <c r="P24">
+        <v>0.023611</v>
+      </c>
+    </row>
+    <row r="25" spans="1:24">
+      <c r="A25" s="2">
+        <v>46056.355185185</v>
+      </c>
+      <c r="B25" t="s">
+        <v>24</v>
+      </c>
+      <c r="C25" t="s">
+        <v>25</v>
+      </c>
+      <c r="D25" t="s">
+        <v>26</v>
+      </c>
+      <c r="E25" t="s">
+        <v>27</v>
+      </c>
+      <c r="I25" t="s">
+        <v>28</v>
+      </c>
+      <c r="J25">
+        <v>8.5</v>
+      </c>
+      <c r="K25" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L25" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M25">
+        <v>8000</v>
+      </c>
+      <c r="N25">
+        <v>1000.0</v>
+      </c>
+      <c r="O25" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="26" spans="1:24">
+      <c r="A26" s="2">
+        <v>46055.355150463</v>
+      </c>
+      <c r="B26" t="s">
+        <v>24</v>
+      </c>
+      <c r="C26" t="s">
+        <v>25</v>
+      </c>
+      <c r="D26" t="s">
+        <v>26</v>
+      </c>
+      <c r="E26" t="s">
+        <v>27</v>
+      </c>
+      <c r="I26" t="s">
+        <v>28</v>
+      </c>
+      <c r="J26">
+        <v>8.5</v>
+      </c>
+      <c r="K26" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L26" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M26">
+        <v>8000</v>
+      </c>
+      <c r="N26">
+        <v>1000.0</v>
+      </c>
+      <c r="O26" t="s">
+        <v>28</v>
+      </c>
+      <c r="P26">
+        <v>-0.023611</v>
+      </c>
+    </row>
+    <row r="27" spans="1:24">
+      <c r="A27" s="2">
+        <v>46052.354988426</v>
+      </c>
+      <c r="B27" t="s">
+        <v>24</v>
+      </c>
+      <c r="C27" t="s">
+        <v>25</v>
+      </c>
+      <c r="D27" t="s">
+        <v>26</v>
+      </c>
+      <c r="E27" t="s">
+        <v>27</v>
+      </c>
+      <c r="I27" t="s">
+        <v>28</v>
+      </c>
+      <c r="J27">
+        <v>8.5</v>
+      </c>
+      <c r="K27" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L27" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M27">
+        <v>8000</v>
+      </c>
+      <c r="N27">
+        <v>1000.0</v>
+      </c>
+      <c r="O27" t="s">
+        <v>28</v>
+      </c>
+      <c r="P27">
+        <v>-0.047222</v>
+      </c>
+    </row>
+    <row r="28" spans="1:24">
+      <c r="A28" s="2">
+        <v>46051.354976852</v>
+      </c>
+      <c r="B28" t="s">
+        <v>24</v>
+      </c>
+      <c r="C28" t="s">
+        <v>25</v>
+      </c>
+      <c r="D28" t="s">
+        <v>26</v>
+      </c>
+      <c r="E28" t="s">
+        <v>27</v>
+      </c>
+      <c r="I28" t="s">
+        <v>28</v>
+      </c>
+      <c r="J28">
+        <v>8.5</v>
+      </c>
+      <c r="K28" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L28" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M28">
+        <v>8000</v>
+      </c>
+      <c r="N28">
+        <v>1000.0</v>
+      </c>
+      <c r="O28" t="s">
+        <v>28</v>
+      </c>
+      <c r="P28">
+        <v>2.054167</v>
+      </c>
+    </row>
+    <row r="29" spans="1:24">
+      <c r="A29" s="2">
+        <v>46050.355219907</v>
+      </c>
+      <c r="B29" t="s">
+        <v>24</v>
+      </c>
+      <c r="C29" t="s">
+        <v>25</v>
+      </c>
+      <c r="D29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E29" t="s">
+        <v>27</v>
+      </c>
+      <c r="I29" t="s">
+        <v>28</v>
+      </c>
+      <c r="J29">
+        <v>8.5</v>
+      </c>
+      <c r="K29" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L29" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M29">
+        <v>8000</v>
+      </c>
+      <c r="N29">
+        <v>1000.0</v>
+      </c>
+      <c r="O29" t="s">
+        <v>28</v>
+      </c>
+      <c r="P29">
+        <v>2.006944</v>
+      </c>
+    </row>
+    <row r="30" spans="1:24">
+      <c r="A30" s="2">
+        <v>46049.355138889</v>
+      </c>
+      <c r="B30" t="s">
+        <v>24</v>
+      </c>
+      <c r="C30" t="s">
+        <v>25</v>
+      </c>
+      <c r="D30" t="s">
+        <v>26</v>
+      </c>
+      <c r="E30" t="s">
+        <v>27</v>
+      </c>
+      <c r="I30" t="s">
+        <v>28</v>
+      </c>
+      <c r="J30">
+        <v>8.5</v>
+      </c>
+      <c r="K30" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L30" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M30">
+        <v>8000</v>
+      </c>
+      <c r="N30">
+        <v>1000.0</v>
+      </c>
+      <c r="O30" t="s">
+        <v>28</v>
+      </c>
+      <c r="P30">
+        <v>1.983333</v>
+      </c>
+    </row>
+    <row r="31" spans="1:24">
+      <c r="A31" s="2">
+        <v>46048.355081019</v>
+      </c>
+      <c r="B31" t="s">
+        <v>24</v>
+      </c>
+      <c r="C31" t="s">
+        <v>25</v>
+      </c>
+      <c r="D31" t="s">
+        <v>26</v>
+      </c>
+      <c r="E31" t="s">
+        <v>27</v>
+      </c>
+      <c r="I31" t="s">
+        <v>28</v>
+      </c>
+      <c r="J31">
+        <v>8.5</v>
+      </c>
+      <c r="K31" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L31" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M31">
+        <v>8000</v>
+      </c>
+      <c r="N31">
+        <v>1000.0</v>
+      </c>
+      <c r="O31" t="s">
+        <v>28</v>
+      </c>
+      <c r="P31">
+        <v>1.959722</v>
+      </c>
+    </row>
+    <row r="32" spans="1:24">
+      <c r="A32" s="2">
+        <v>46045.3553125</v>
+      </c>
+      <c r="B32" t="s">
+        <v>24</v>
+      </c>
+      <c r="C32" t="s">
+        <v>25</v>
+      </c>
+      <c r="D32" t="s">
+        <v>26</v>
+      </c>
+      <c r="E32" t="s">
+        <v>27</v>
+      </c>
+      <c r="I32" t="s">
+        <v>28</v>
+      </c>
+      <c r="J32">
+        <v>8.5</v>
+      </c>
+      <c r="K32" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L32" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M32">
+        <v>8000</v>
+      </c>
+      <c r="N32">
+        <v>1000.0</v>
+      </c>
+      <c r="O32" t="s">
+        <v>28</v>
+      </c>
+      <c r="P32">
+        <v>1.936111</v>
+      </c>
+    </row>
+    <row r="33" spans="1:24">
+      <c r="A33" s="2">
+        <v>46044.355717593</v>
+      </c>
+      <c r="B33" t="s">
+        <v>24</v>
+      </c>
+      <c r="C33" t="s">
+        <v>25</v>
+      </c>
+      <c r="D33" t="s">
+        <v>26</v>
+      </c>
+      <c r="E33" t="s">
+        <v>27</v>
+      </c>
+      <c r="I33" t="s">
+        <v>28</v>
+      </c>
+      <c r="J33">
+        <v>8.5</v>
+      </c>
+      <c r="K33" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L33" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M33">
+        <v>8000</v>
+      </c>
+      <c r="N33">
+        <v>1000.0</v>
+      </c>
+      <c r="O33" t="s">
+        <v>28</v>
+      </c>
+      <c r="P33">
+        <v>1.9125</v>
+      </c>
+    </row>
+    <row r="34" spans="1:24">
+      <c r="A34" s="2">
+        <v>46043.354895833</v>
+      </c>
+      <c r="B34" t="s">
+        <v>24</v>
+      </c>
+      <c r="C34" t="s">
+        <v>25</v>
+      </c>
+      <c r="D34" t="s">
+        <v>26</v>
+      </c>
+      <c r="E34" t="s">
+        <v>27</v>
+      </c>
+      <c r="I34" t="s">
+        <v>28</v>
+      </c>
+      <c r="J34">
+        <v>8.5</v>
+      </c>
+      <c r="K34" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L34" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M34">
+        <v>8000</v>
+      </c>
+      <c r="N34">
+        <v>1000.0</v>
+      </c>
+      <c r="O34" t="s">
+        <v>28</v>
+      </c>
+      <c r="P34">
+        <v>1.841667</v>
+      </c>
+    </row>
+    <row r="35" spans="1:24">
+      <c r="A35" s="2">
+        <v>46042.355173611</v>
+      </c>
+      <c r="B35" t="s">
+        <v>24</v>
+      </c>
+      <c r="C35" t="s">
+        <v>25</v>
+      </c>
+      <c r="D35" t="s">
+        <v>26</v>
+      </c>
+      <c r="E35" t="s">
+        <v>27</v>
+      </c>
+      <c r="I35" t="s">
+        <v>28</v>
+      </c>
+      <c r="J35">
+        <v>8.5</v>
+      </c>
+      <c r="K35" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L35" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M35">
+        <v>8000</v>
+      </c>
+      <c r="N35">
+        <v>1000.0</v>
+      </c>
+      <c r="O35" t="s">
+        <v>28</v>
+      </c>
+      <c r="P35">
+        <v>1.818056</v>
+      </c>
+    </row>
+    <row r="36" spans="1:24">
+      <c r="A36" s="2">
+        <v>46041.355023148</v>
+      </c>
+      <c r="B36" t="s">
+        <v>24</v>
+      </c>
+      <c r="C36" t="s">
+        <v>25</v>
+      </c>
+      <c r="D36" t="s">
+        <v>26</v>
+      </c>
+      <c r="E36" t="s">
+        <v>27</v>
+      </c>
+      <c r="I36" t="s">
+        <v>28</v>
+      </c>
+      <c r="J36">
+        <v>8.5</v>
+      </c>
+      <c r="K36" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L36" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M36">
+        <v>8000</v>
+      </c>
+      <c r="N36">
+        <v>1000.0</v>
+      </c>
+      <c r="O36" t="s">
+        <v>28</v>
+      </c>
+      <c r="P36">
+        <v>1.794444</v>
+      </c>
+    </row>
+    <row r="37" spans="1:24">
+      <c r="A37" s="2">
+        <v>46038.355347222</v>
+      </c>
+      <c r="B37" t="s">
+        <v>24</v>
+      </c>
+      <c r="C37" t="s">
+        <v>25</v>
+      </c>
+      <c r="D37" t="s">
+        <v>26</v>
+      </c>
+      <c r="E37" t="s">
+        <v>27</v>
+      </c>
+      <c r="I37" t="s">
+        <v>28</v>
+      </c>
+      <c r="J37">
+        <v>8.5</v>
+      </c>
+      <c r="K37" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L37" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M37">
+        <v>8000</v>
+      </c>
+      <c r="N37">
+        <v>1000.0</v>
+      </c>
+      <c r="O37" t="s">
+        <v>28</v>
+      </c>
+      <c r="P37">
+        <v>1.770833</v>
+      </c>
+    </row>
+    <row r="38" spans="1:24">
+      <c r="A38" s="2">
+        <v>46037.355671296</v>
+      </c>
+      <c r="B38" t="s">
+        <v>24</v>
+      </c>
+      <c r="C38" t="s">
+        <v>25</v>
+      </c>
+      <c r="D38" t="s">
+        <v>26</v>
+      </c>
+      <c r="E38" t="s">
+        <v>27</v>
+      </c>
+      <c r="I38" t="s">
+        <v>28</v>
+      </c>
+      <c r="J38">
+        <v>8.5</v>
+      </c>
+      <c r="K38" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L38" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M38">
+        <v>8000</v>
+      </c>
+      <c r="N38">
+        <v>1000.0</v>
+      </c>
+      <c r="O38" t="s">
+        <v>28</v>
+      </c>
+      <c r="P38">
+        <v>1.747222</v>
+      </c>
+    </row>
+    <row r="39" spans="1:24">
+      <c r="A39" s="2">
+        <v>46036.355150463</v>
+      </c>
+      <c r="B39" t="s">
+        <v>24</v>
+      </c>
+      <c r="C39" t="s">
+        <v>25</v>
+      </c>
+      <c r="D39" t="s">
+        <v>26</v>
+      </c>
+      <c r="E39" t="s">
+        <v>27</v>
+      </c>
+      <c r="I39" t="s">
+        <v>28</v>
+      </c>
+      <c r="J39">
+        <v>8.5</v>
+      </c>
+      <c r="K39" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L39" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M39">
+        <v>8000</v>
+      </c>
+      <c r="N39">
+        <v>1000.0</v>
+      </c>
+      <c r="O39" t="s">
+        <v>28</v>
+      </c>
+      <c r="P39">
+        <v>1.676389</v>
+      </c>
+    </row>
+    <row r="40" spans="1:24">
+      <c r="A40" s="2">
+        <v>46035.35494213</v>
+      </c>
+      <c r="B40" t="s">
+        <v>24</v>
+      </c>
+      <c r="C40" t="s">
+        <v>25</v>
+      </c>
+      <c r="D40" t="s">
+        <v>26</v>
+      </c>
+      <c r="E40" t="s">
+        <v>27</v>
+      </c>
+      <c r="I40" t="s">
+        <v>28</v>
+      </c>
+      <c r="J40">
+        <v>8.5</v>
+      </c>
+      <c r="K40" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L40" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M40">
+        <v>8000</v>
+      </c>
+      <c r="N40">
+        <v>1000.0</v>
+      </c>
+      <c r="O40" t="s">
+        <v>28</v>
+      </c>
+      <c r="P40">
+        <v>1.652778</v>
+      </c>
+    </row>
+    <row r="41" spans="1:24">
+      <c r="A41" s="2">
+        <v>46034.355162037</v>
+      </c>
+      <c r="B41" t="s">
+        <v>24</v>
+      </c>
+      <c r="C41" t="s">
+        <v>25</v>
+      </c>
+      <c r="D41" t="s">
+        <v>26</v>
+      </c>
+      <c r="E41" t="s">
+        <v>27</v>
+      </c>
+      <c r="I41" t="s">
+        <v>28</v>
+      </c>
+      <c r="J41">
+        <v>8.5</v>
+      </c>
+      <c r="K41" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L41" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M41">
+        <v>8000</v>
+      </c>
+      <c r="N41">
+        <v>1000.0</v>
+      </c>
+      <c r="O41" t="s">
+        <v>28</v>
+      </c>
+      <c r="P41">
+        <v>1.629167</v>
+      </c>
+    </row>
+    <row r="42" spans="1:24">
+      <c r="A42" s="2">
+        <v>46031.35525463</v>
+      </c>
+      <c r="B42" t="s">
+        <v>24</v>
+      </c>
+      <c r="C42" t="s">
+        <v>25</v>
+      </c>
+      <c r="D42" t="s">
+        <v>26</v>
+      </c>
+      <c r="E42" t="s">
+        <v>27</v>
+      </c>
+      <c r="I42" t="s">
+        <v>28</v>
+      </c>
+      <c r="J42">
+        <v>8.5</v>
+      </c>
+      <c r="K42" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L42" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M42">
+        <v>8000</v>
+      </c>
+      <c r="N42">
+        <v>1000.0</v>
+      </c>
+      <c r="O42" t="s">
+        <v>28</v>
+      </c>
+      <c r="P42">
+        <v>1.605556</v>
+      </c>
+    </row>
+    <row r="43" spans="1:24">
+      <c r="A43" s="2">
+        <v>46030.355243056</v>
+      </c>
+      <c r="B43" t="s">
+        <v>24</v>
+      </c>
+      <c r="C43" t="s">
+        <v>25</v>
+      </c>
+      <c r="D43" t="s">
+        <v>26</v>
+      </c>
+      <c r="E43" t="s">
+        <v>27</v>
+      </c>
+      <c r="I43" t="s">
+        <v>28</v>
+      </c>
+      <c r="J43">
+        <v>8.5</v>
+      </c>
+      <c r="K43" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L43" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M43">
+        <v>8000</v>
+      </c>
+      <c r="N43">
+        <v>1000.0</v>
+      </c>
+      <c r="O43" t="s">
+        <v>28</v>
+      </c>
+      <c r="P43">
+        <v>1.581944</v>
+      </c>
+    </row>
+    <row r="44" spans="1:24">
+      <c r="A44" s="2">
+        <v>46029.355046296</v>
+      </c>
+      <c r="B44" t="s">
+        <v>24</v>
+      </c>
+      <c r="C44" t="s">
+        <v>25</v>
+      </c>
+      <c r="D44" t="s">
+        <v>26</v>
+      </c>
+      <c r="E44" t="s">
+        <v>27</v>
+      </c>
+      <c r="I44" t="s">
+        <v>28</v>
+      </c>
+      <c r="J44">
+        <v>8.5</v>
+      </c>
+      <c r="K44" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L44" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M44">
+        <v>8000</v>
+      </c>
+      <c r="N44">
+        <v>1000.0</v>
+      </c>
+      <c r="O44" t="s">
+        <v>28</v>
+      </c>
+      <c r="P44">
+        <v>1.511111</v>
+      </c>
+    </row>
+    <row r="45" spans="1:24">
+      <c r="A45" s="2">
+        <v>46028.355277778</v>
+      </c>
+      <c r="B45" t="s">
+        <v>24</v>
+      </c>
+      <c r="C45" t="s">
+        <v>25</v>
+      </c>
+      <c r="D45" t="s">
+        <v>26</v>
+      </c>
+      <c r="E45" t="s">
+        <v>27</v>
+      </c>
+      <c r="I45" t="s">
+        <v>28</v>
+      </c>
+      <c r="J45">
+        <v>8.5</v>
+      </c>
+      <c r="K45" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L45" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M45">
+        <v>8000</v>
+      </c>
+      <c r="N45">
+        <v>1000.0</v>
+      </c>
+      <c r="O45" t="s">
+        <v>28</v>
+      </c>
+      <c r="P45">
+        <v>1.4875</v>
+      </c>
+    </row>
+    <row r="46" spans="1:24">
+      <c r="A46" s="2">
+        <v>46027.355034722</v>
+      </c>
+      <c r="B46" t="s">
+        <v>24</v>
+      </c>
+      <c r="C46" t="s">
+        <v>25</v>
+      </c>
+      <c r="D46" t="s">
+        <v>26</v>
+      </c>
+      <c r="E46" t="s">
+        <v>27</v>
+      </c>
+      <c r="I46" t="s">
+        <v>28</v>
+      </c>
+      <c r="J46">
+        <v>8.5</v>
+      </c>
+      <c r="K46" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L46" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M46">
+        <v>8000</v>
+      </c>
+      <c r="N46">
+        <v>1000.0</v>
+      </c>
+      <c r="O46" t="s">
+        <v>28</v>
+      </c>
+      <c r="P46">
+        <v>1.463889</v>
+      </c>
+    </row>
+    <row r="47" spans="1:24">
+      <c r="A47" s="2">
+        <v>46024.355243056</v>
+      </c>
+      <c r="B47" t="s">
+        <v>24</v>
+      </c>
+      <c r="C47" t="s">
+        <v>25</v>
+      </c>
+      <c r="D47" t="s">
+        <v>26</v>
+      </c>
+      <c r="E47" t="s">
+        <v>27</v>
+      </c>
+      <c r="I47" t="s">
+        <v>28</v>
+      </c>
+      <c r="J47">
+        <v>8.5</v>
+      </c>
+      <c r="K47" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L47" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M47">
+        <v>8000</v>
+      </c>
+      <c r="N47">
+        <v>1000.0</v>
+      </c>
+      <c r="O47" t="s">
+        <v>28</v>
+      </c>
+      <c r="P47">
+        <v>1.440278</v>
+      </c>
+    </row>
+    <row r="48" spans="1:24">
+      <c r="A48" s="2">
+        <v>46021.35537037</v>
+      </c>
+      <c r="B48" t="s">
+        <v>24</v>
+      </c>
+      <c r="C48" t="s">
+        <v>25</v>
+      </c>
+      <c r="D48" t="s">
+        <v>26</v>
+      </c>
+      <c r="E48" t="s">
+        <v>27</v>
+      </c>
+      <c r="I48" t="s">
+        <v>28</v>
+      </c>
+      <c r="J48">
+        <v>8.5</v>
+      </c>
+      <c r="K48" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L48" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M48">
+        <v>8000</v>
+      </c>
+      <c r="N48">
+        <v>1000.0</v>
+      </c>
+      <c r="O48" t="s">
+        <v>28</v>
+      </c>
+      <c r="P48">
+        <v>1.345833</v>
+      </c>
+    </row>
+    <row r="49" spans="1:24">
+      <c r="A49" s="2">
+        <v>46020.354965278</v>
+      </c>
+      <c r="B49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="I49" t="s">
+        <v>28</v>
+      </c>
+      <c r="J49">
+        <v>8.5</v>
+      </c>
+      <c r="K49" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L49" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M49">
+        <v>8000</v>
+      </c>
+      <c r="N49">
+        <v>1000.0</v>
+      </c>
+      <c r="O49" t="s">
+        <v>28</v>
+      </c>
+      <c r="P49">
+        <v>1.298611</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24">
+      <c r="A50" s="2">
+        <v>46014.355185185</v>
+      </c>
+      <c r="B50" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50" t="s">
+        <v>27</v>
+      </c>
+      <c r="I50" t="s">
+        <v>28</v>
+      </c>
+      <c r="J50">
+        <v>8.5</v>
+      </c>
+      <c r="K50" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L50" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M50">
+        <v>8000</v>
+      </c>
+      <c r="N50">
+        <v>1000.0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>28</v>
+      </c>
+      <c r="P50">
+        <v>1.275</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
+      <c r="A51" s="2">
+        <v>46013.355081019</v>
+      </c>
+      <c r="B51" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" t="s">
+        <v>26</v>
+      </c>
+      <c r="E51" t="s">
+        <v>27</v>
+      </c>
+      <c r="I51" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51">
+        <v>8.5</v>
+      </c>
+      <c r="K51" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L51" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M51">
+        <v>8000</v>
+      </c>
+      <c r="N51">
+        <v>1000.0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>28</v>
+      </c>
+      <c r="P51">
+        <v>1.156944</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
+      <c r="A52" s="2">
+        <v>46010.355393519</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="I52" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52">
+        <v>8.5</v>
+      </c>
+      <c r="K52" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M52">
+        <v>8000</v>
+      </c>
+      <c r="N52">
+        <v>1000.0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52">
+        <v>1.133333</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
+      <c r="A53" s="2">
+        <v>46009.355532407</v>
+      </c>
+      <c r="B53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>27</v>
+      </c>
+      <c r="I53" t="s">
+        <v>28</v>
+      </c>
+      <c r="J53">
+        <v>8.5</v>
+      </c>
+      <c r="K53" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M53">
+        <v>8000</v>
+      </c>
+      <c r="N53">
+        <v>1000.0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53">
+        <v>1.109722</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
+      <c r="A54" s="2">
+        <v>46008.355231481</v>
+      </c>
+      <c r="B54" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>27</v>
+      </c>
+      <c r="I54" t="s">
+        <v>28</v>
+      </c>
+      <c r="J54">
+        <v>8.5</v>
+      </c>
+      <c r="K54" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M54">
+        <v>8000</v>
+      </c>
+      <c r="N54">
+        <v>1000.0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54">
+        <v>1.038889</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
+      <c r="A55" s="2">
+        <v>46007.355219907</v>
+      </c>
+      <c r="B55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
+        <v>26</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="I55" t="s">
+        <v>28</v>
+      </c>
+      <c r="J55">
+        <v>8.5</v>
+      </c>
+      <c r="K55" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L55" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M55">
+        <v>8000</v>
+      </c>
+      <c r="N55">
+        <v>1000.0</v>
+      </c>
+      <c r="O55" t="s">
+        <v>28</v>
+      </c>
+      <c r="P55">
+        <v>1.015278</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
+      <c r="A56" s="2">
+        <v>46006.355069444</v>
+      </c>
+      <c r="B56" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" t="s">
+        <v>27</v>
+      </c>
+      <c r="I56" t="s">
+        <v>28</v>
+      </c>
+      <c r="J56">
+        <v>8.5</v>
+      </c>
+      <c r="K56" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L56" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M56">
+        <v>8000</v>
+      </c>
+      <c r="N56">
+        <v>1000.0</v>
+      </c>
+      <c r="O56" t="s">
+        <v>28</v>
+      </c>
+      <c r="P56">
+        <v>0.991667</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
+      <c r="A57" s="2">
+        <v>46003.355196759</v>
+      </c>
+      <c r="B57" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" t="s">
+        <v>27</v>
+      </c>
+      <c r="I57" t="s">
+        <v>28</v>
+      </c>
+      <c r="J57">
+        <v>8.5</v>
+      </c>
+      <c r="K57" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L57" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M57">
+        <v>8000</v>
+      </c>
+      <c r="N57">
+        <v>1000.0</v>
+      </c>
+      <c r="O57" t="s">
+        <v>28</v>
+      </c>
+      <c r="P57">
+        <v>0.968056</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
+      <c r="A58" s="2">
+        <v>46002.355277778</v>
+      </c>
+      <c r="B58" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" t="s">
+        <v>27</v>
+      </c>
+      <c r="I58" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58">
+        <v>8.5</v>
+      </c>
+      <c r="K58" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L58" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M58">
+        <v>8000</v>
+      </c>
+      <c r="N58">
+        <v>1000.0</v>
+      </c>
+      <c r="O58" t="s">
+        <v>28</v>
+      </c>
+      <c r="P58">
+        <v>0.944444</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
+      <c r="A59" s="2">
+        <v>46001.355196759</v>
+      </c>
+      <c r="B59" t="s">
+        <v>24</v>
+      </c>
+      <c r="C59" t="s">
+        <v>25</v>
+      </c>
+      <c r="D59" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="I59" t="s">
+        <v>28</v>
+      </c>
+      <c r="J59">
+        <v>8.5</v>
+      </c>
+      <c r="K59" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L59" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M59">
+        <v>8000</v>
+      </c>
+      <c r="N59">
+        <v>1000.0</v>
+      </c>
+      <c r="O59" t="s">
+        <v>28</v>
+      </c>
+      <c r="P59">
+        <v>0.873611</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
+      <c r="A60" s="2">
+        <v>46000.355138889</v>
+      </c>
+      <c r="B60" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" t="s">
+        <v>27</v>
+      </c>
+      <c r="I60" t="s">
+        <v>28</v>
+      </c>
+      <c r="J60">
+        <v>8.5</v>
+      </c>
+      <c r="K60" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L60" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M60">
+        <v>8000</v>
+      </c>
+      <c r="N60">
+        <v>1000.0</v>
+      </c>
+      <c r="O60" t="s">
+        <v>28</v>
+      </c>
+      <c r="P60">
+        <v>0.85</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
+      <c r="A61" s="2">
+        <v>45999.355185185</v>
+      </c>
+      <c r="B61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C61" t="s">
+        <v>25</v>
+      </c>
+      <c r="D61" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" t="s">
+        <v>27</v>
+      </c>
+      <c r="I61" t="s">
+        <v>28</v>
+      </c>
+      <c r="J61">
+        <v>8.5</v>
+      </c>
+      <c r="K61" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L61" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M61">
+        <v>8000</v>
+      </c>
+      <c r="N61">
+        <v>1000.0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>28</v>
+      </c>
+      <c r="P61">
+        <v>0.826389</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
+      <c r="A62" s="2">
+        <v>45996.354953704</v>
+      </c>
+      <c r="B62" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" t="s">
+        <v>26</v>
+      </c>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="I62" t="s">
+        <v>28</v>
+      </c>
+      <c r="J62">
+        <v>8.5</v>
+      </c>
+      <c r="K62" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L62" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M62">
+        <v>8000</v>
+      </c>
+      <c r="N62">
+        <v>1000.0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>28</v>
+      </c>
+      <c r="P62">
+        <v>0.802778</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24">
+      <c r="A63" s="2">
+        <v>45995.35505787</v>
+      </c>
+      <c r="B63" t="s">
+        <v>24</v>
+      </c>
+      <c r="C63" t="s">
+        <v>25</v>
+      </c>
+      <c r="D63" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" t="s">
+        <v>27</v>
+      </c>
+      <c r="I63" t="s">
+        <v>28</v>
+      </c>
+      <c r="J63">
+        <v>8.5</v>
+      </c>
+      <c r="K63" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L63" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M63">
+        <v>8000</v>
+      </c>
+      <c r="N63">
+        <v>1000.0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>28</v>
+      </c>
+      <c r="P63">
+        <v>0.779167</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24">
+      <c r="A64" s="2">
+        <v>45994.355648148</v>
+      </c>
+      <c r="B64" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" t="s">
+        <v>25</v>
+      </c>
+      <c r="D64" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" t="s">
+        <v>27</v>
+      </c>
+      <c r="I64" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64">
+        <v>8.5</v>
+      </c>
+      <c r="K64" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L64" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M64">
+        <v>8000</v>
+      </c>
+      <c r="N64">
+        <v>1000.0</v>
+      </c>
+      <c r="O64" t="s">
+        <v>28</v>
+      </c>
+      <c r="P64">
+        <v>0.708333</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24">
+      <c r="A65" s="2">
+        <v>45993.355185185</v>
+      </c>
+      <c r="B65" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" t="s">
+        <v>25</v>
+      </c>
+      <c r="D65" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="I65" t="s">
+        <v>28</v>
+      </c>
+      <c r="J65">
+        <v>8.5</v>
+      </c>
+      <c r="K65" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L65" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M65">
+        <v>8000</v>
+      </c>
+      <c r="N65">
+        <v>1000.0</v>
+      </c>
+      <c r="O65" t="s">
+        <v>28</v>
+      </c>
+      <c r="P65">
+        <v>0.684722</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24">
+      <c r="A66" s="2">
+        <v>45992.355208333</v>
+      </c>
+      <c r="B66" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>26</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="I66" t="s">
+        <v>28</v>
+      </c>
+      <c r="J66">
+        <v>8.5</v>
+      </c>
+      <c r="K66" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L66" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M66">
+        <v>8000</v>
+      </c>
+      <c r="N66">
+        <v>1000.0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>28</v>
+      </c>
+      <c r="P66">
+        <v>0.661111</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24">
+      <c r="A67" s="2">
+        <v>45989.355405093</v>
+      </c>
+      <c r="B67" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="I67" t="s">
+        <v>28</v>
+      </c>
+      <c r="J67">
+        <v>8.5</v>
+      </c>
+      <c r="K67" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L67" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M67">
+        <v>8000</v>
+      </c>
+      <c r="N67">
+        <v>1000.0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>28</v>
+      </c>
+      <c r="P67">
+        <v>0.6375</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24">
+      <c r="A68" s="2">
+        <v>45988.355358796</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="I68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68">
+        <v>8.5</v>
+      </c>
+      <c r="K68" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L68" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M68">
+        <v>8000</v>
+      </c>
+      <c r="N68">
+        <v>1000.0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68">
+        <v>0.613889</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24">
+      <c r="A69" s="2">
+        <v>45987.355185185</v>
+      </c>
+      <c r="B69" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="I69" t="s">
+        <v>28</v>
+      </c>
+      <c r="J69">
+        <v>8.5</v>
+      </c>
+      <c r="K69" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L69" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M69">
+        <v>8000</v>
+      </c>
+      <c r="N69">
+        <v>1000.0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69">
+        <v>0.543056</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24">
+      <c r="A70" s="2">
+        <v>45986.355185185</v>
+      </c>
+      <c r="B70" t="s">
+        <v>24</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="I70" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70">
+        <v>8.5</v>
+      </c>
+      <c r="K70" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L70" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M70">
+        <v>8000</v>
+      </c>
+      <c r="N70">
+        <v>1000.0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70">
+        <v>0.519444</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24">
+      <c r="A71" s="2">
+        <v>45985.355115741</v>
+      </c>
+      <c r="B71" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="I71" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71">
+        <v>8.5</v>
+      </c>
+      <c r="K71" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L71" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M71">
+        <v>8000</v>
+      </c>
+      <c r="N71">
+        <v>1000.0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71">
+        <v>0.495833</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24">
+      <c r="A72" s="2">
+        <v>45982.355104167</v>
+      </c>
+      <c r="B72" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="I72" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72">
+        <v>8.5</v>
+      </c>
+      <c r="K72" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L72" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M72">
+        <v>8000</v>
+      </c>
+      <c r="N72">
+        <v>1000.0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72">
+        <v>0.472222</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24">
+      <c r="A73" s="2">
+        <v>45981.35494213</v>
+      </c>
+      <c r="B73" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
+      </c>
+      <c r="J73">
+        <v>8.5</v>
+      </c>
+      <c r="K73" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L73" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M73">
+        <v>8000</v>
+      </c>
+      <c r="N73">
+        <v>1000.0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>28</v>
+      </c>
+      <c r="P73">
+        <v>0.448611</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24">
+      <c r="A74" s="2">
+        <v>45980.355231481</v>
+      </c>
+      <c r="B74" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="I74" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74">
+        <v>8.5</v>
+      </c>
+      <c r="K74" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L74" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M74">
+        <v>8000</v>
+      </c>
+      <c r="N74">
+        <v>1000.0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>28</v>
+      </c>
+      <c r="P74">
+        <v>0.377778</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24">
+      <c r="A75" s="2">
+        <v>45979.355428241</v>
+      </c>
+      <c r="B75" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="I75" t="s">
+        <v>28</v>
+      </c>
+      <c r="J75">
+        <v>8.5</v>
+      </c>
+      <c r="K75" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L75" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M75">
+        <v>8000</v>
+      </c>
+      <c r="N75">
+        <v>1000.0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>28</v>
+      </c>
+      <c r="P75">
+        <v>0.354167</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24">
+      <c r="A76" s="2">
+        <v>45978.355752315</v>
+      </c>
+      <c r="B76" t="s">
+        <v>24</v>
+      </c>
+      <c r="C76" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="I76" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76">
+        <v>8.5</v>
+      </c>
+      <c r="K76" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L76" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M76">
+        <v>8000</v>
+      </c>
+      <c r="N76">
+        <v>1000.0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>28</v>
+      </c>
+      <c r="P76">
+        <v>0.330556</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24">
+      <c r="A77" s="2">
         <v>45975.355081019</v>
       </c>
-      <c r="B16" t="s">
-[...32 lines deleted...]
-      <c r="P16">
+      <c r="B77" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="J77">
+        <v>8.5</v>
+      </c>
+      <c r="K77" s="2">
+        <v>45966.0</v>
+      </c>
+      <c r="L77" s="2">
+        <v>46696.0</v>
+      </c>
+      <c r="M77">
+        <v>8000</v>
+      </c>
+      <c r="N77">
+        <v>1000.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77">
         <v>0.306944</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>