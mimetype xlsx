--- v0 (2026-03-10)
+++ v1 (2026-03-10)
@@ -465,54 +465,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X156"/>
+  <dimension ref="A1:X157"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L156" sqref="L156"/>
+      <selection activeCell="L157" sqref="L157"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -549,6394 +549,6435 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>46090.354756944</v>
+        <v>46091.35474537</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>9.92</v>
       </c>
       <c r="K2" s="2">
         <v>45853.0</v>
       </c>
       <c r="L2" s="2">
         <v>46767.0</v>
       </c>
       <c r="M2">
         <v>6000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>1.515556</v>
+        <v>1.543111</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>46087.354756944</v>
+        <v>46090.354756944</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>9.92</v>
       </c>
       <c r="K3" s="2">
         <v>45853.0</v>
       </c>
       <c r="L3" s="2">
         <v>46767.0</v>
       </c>
       <c r="M3">
         <v>6000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>1.488</v>
+        <v>1.515556</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>46086.354837963</v>
+        <v>46087.354756944</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>9.92</v>
       </c>
       <c r="K4" s="2">
         <v>45853.0</v>
       </c>
       <c r="L4" s="2">
         <v>46767.0</v>
       </c>
       <c r="M4">
         <v>6000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>1.460444</v>
+        <v>1.488</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>46085.354733796</v>
+        <v>46086.354837963</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>9.92</v>
       </c>
       <c r="K5" s="2">
         <v>45853.0</v>
       </c>
       <c r="L5" s="2">
         <v>46767.0</v>
       </c>
       <c r="M5">
         <v>6000</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>1.377778</v>
+        <v>1.460444</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>46084.354710648</v>
+        <v>46085.354733796</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>9.92</v>
       </c>
       <c r="K6" s="2">
         <v>45853.0</v>
       </c>
       <c r="L6" s="2">
         <v>46767.0</v>
       </c>
       <c r="M6">
         <v>6000</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>1.350222</v>
+        <v>1.377778</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>46083.354780093</v>
+        <v>46084.354710648</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>9.92</v>
       </c>
       <c r="K7" s="2">
         <v>45853.0</v>
       </c>
       <c r="L7" s="2">
         <v>46767.0</v>
       </c>
       <c r="M7">
         <v>6000</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>1.322667</v>
+        <v>1.350222</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>46080.354756944</v>
+        <v>46083.354780093</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>9.92</v>
       </c>
       <c r="K8" s="2">
         <v>45853.0</v>
       </c>
       <c r="L8" s="2">
         <v>46767.0</v>
       </c>
       <c r="M8">
         <v>6000</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>1.295111</v>
+        <v>1.322667</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>46079.354849537</v>
+        <v>46080.354756944</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>9.92</v>
       </c>
       <c r="K9" s="2">
         <v>45853.0</v>
       </c>
       <c r="L9" s="2">
         <v>46767.0</v>
       </c>
       <c r="M9">
         <v>6000</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>1.267556</v>
+        <v>1.295111</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>46078.354918981</v>
+        <v>46079.354849537</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>9.92</v>
       </c>
       <c r="K10" s="2">
         <v>45853.0</v>
       </c>
       <c r="L10" s="2">
         <v>46767.0</v>
       </c>
       <c r="M10">
         <v>6000</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>1.184889</v>
+        <v>1.267556</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>46077.3546875</v>
+        <v>46078.354918981</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>9.92</v>
       </c>
       <c r="K11" s="2">
         <v>45853.0</v>
       </c>
       <c r="L11" s="2">
         <v>46767.0</v>
       </c>
       <c r="M11">
         <v>6000</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>1.157333</v>
+        <v>1.184889</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>46076.354571759</v>
+        <v>46077.3546875</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>9.92</v>
       </c>
       <c r="K12" s="2">
         <v>45853.0</v>
       </c>
       <c r="L12" s="2">
         <v>46767.0</v>
       </c>
       <c r="M12">
         <v>6000</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>1.129778</v>
+        <v>1.157333</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>46073.354768519</v>
+        <v>46076.354571759</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>9.92</v>
       </c>
       <c r="K13" s="2">
         <v>45853.0</v>
       </c>
       <c r="L13" s="2">
         <v>46767.0</v>
       </c>
       <c r="M13">
         <v>6000</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
       <c r="P13">
-        <v>1.102222</v>
+        <v>1.129778</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>46072.354710648</v>
+        <v>46073.354768519</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>9.92</v>
       </c>
       <c r="K14" s="2">
         <v>45853.0</v>
       </c>
       <c r="L14" s="2">
         <v>46767.0</v>
       </c>
       <c r="M14">
         <v>6000</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>1.074667</v>
+        <v>1.102222</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>46071.354768519</v>
+        <v>46072.354710648</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>9.92</v>
       </c>
       <c r="K15" s="2">
         <v>45853.0</v>
       </c>
       <c r="L15" s="2">
         <v>46767.0</v>
       </c>
       <c r="M15">
         <v>6000</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
       <c r="P15">
-        <v>0.992</v>
+        <v>1.074667</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>46070.354918981</v>
+        <v>46071.354768519</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>9.92</v>
       </c>
       <c r="K16" s="2">
         <v>45853.0</v>
       </c>
       <c r="L16" s="2">
         <v>46767.0</v>
       </c>
       <c r="M16">
         <v>6000</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>0.964444</v>
+        <v>0.992</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>46069.354780093</v>
+        <v>46070.354918981</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>9.92</v>
       </c>
       <c r="K17" s="2">
         <v>45853.0</v>
       </c>
       <c r="L17" s="2">
         <v>46767.0</v>
       </c>
       <c r="M17">
         <v>6000</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>0.936889</v>
+        <v>0.964444</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>46066.354768519</v>
+        <v>46069.354780093</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>9.92</v>
       </c>
       <c r="K18" s="2">
         <v>45853.0</v>
       </c>
       <c r="L18" s="2">
         <v>46767.0</v>
       </c>
       <c r="M18">
         <v>6000</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>0.909333</v>
+        <v>0.936889</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>46065.354814815</v>
+        <v>46066.354768519</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>9.92</v>
       </c>
       <c r="K19" s="2">
         <v>45853.0</v>
       </c>
       <c r="L19" s="2">
         <v>46767.0</v>
       </c>
       <c r="M19">
         <v>6000</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>0.881778</v>
+        <v>0.909333</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>46064.354814815</v>
+        <v>46065.354814815</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>9.92</v>
       </c>
       <c r="K20" s="2">
         <v>45853.0</v>
       </c>
       <c r="L20" s="2">
         <v>46767.0</v>
       </c>
       <c r="M20">
         <v>6000</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>0.799111</v>
+        <v>0.881778</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>46063.354710648</v>
+        <v>46064.354814815</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>9.92</v>
       </c>
       <c r="K21" s="2">
         <v>45853.0</v>
       </c>
       <c r="L21" s="2">
         <v>46767.0</v>
       </c>
       <c r="M21">
         <v>6000</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>0.771556</v>
+        <v>0.799111</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>46062.354814815</v>
+        <v>46063.354710648</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>9.92</v>
       </c>
       <c r="K22" s="2">
         <v>45853.0</v>
       </c>
       <c r="L22" s="2">
         <v>46767.0</v>
       </c>
       <c r="M22">
         <v>6000</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>0.744</v>
+        <v>0.771556</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>46059.35474537</v>
+        <v>46062.354814815</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
       </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>9.92</v>
       </c>
       <c r="K23" s="2">
         <v>45853.0</v>
       </c>
       <c r="L23" s="2">
         <v>46767.0</v>
       </c>
       <c r="M23">
         <v>6000</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>0.716444</v>
+        <v>0.744</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>46058.354849537</v>
+        <v>46059.35474537</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>9.92</v>
       </c>
       <c r="K24" s="2">
         <v>45853.0</v>
       </c>
       <c r="L24" s="2">
         <v>46767.0</v>
       </c>
       <c r="M24">
         <v>6000</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>0.688889</v>
+        <v>0.716444</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>46057.354710648</v>
+        <v>46058.354849537</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>9.92</v>
       </c>
       <c r="K25" s="2">
         <v>45853.0</v>
       </c>
       <c r="L25" s="2">
         <v>46767.0</v>
       </c>
       <c r="M25">
         <v>6000</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>0.606222</v>
+        <v>0.688889</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>46056.355196759</v>
+        <v>46057.354710648</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>9.92</v>
       </c>
       <c r="K26" s="2">
         <v>45853.0</v>
       </c>
       <c r="L26" s="2">
         <v>46767.0</v>
       </c>
       <c r="M26">
         <v>6000</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>0.578667</v>
+        <v>0.606222</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>46055.355150463</v>
+        <v>46056.355196759</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>9.92</v>
       </c>
       <c r="K27" s="2">
         <v>45853.0</v>
       </c>
       <c r="L27" s="2">
         <v>46767.0</v>
       </c>
       <c r="M27">
         <v>6000</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>0.551111</v>
+        <v>0.578667</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>46052.355</v>
+        <v>46055.355150463</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>9.92</v>
       </c>
       <c r="K28" s="2">
         <v>45853.0</v>
       </c>
       <c r="L28" s="2">
         <v>46767.0</v>
       </c>
       <c r="M28">
         <v>6000</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>0.523556</v>
+        <v>0.551111</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>46051.354976852</v>
+        <v>46052.355</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>9.92</v>
       </c>
       <c r="K29" s="2">
         <v>45853.0</v>
       </c>
       <c r="L29" s="2">
         <v>46767.0</v>
       </c>
       <c r="M29">
         <v>6000</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>0.496</v>
+        <v>0.523556</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>46050.355231481</v>
+        <v>46051.354976852</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>9.92</v>
       </c>
       <c r="K30" s="2">
         <v>45853.0</v>
       </c>
       <c r="L30" s="2">
         <v>46767.0</v>
       </c>
       <c r="M30">
         <v>6000</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>0.413333</v>
+        <v>0.496</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>46049.355150463</v>
+        <v>46050.355231481</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>9.92</v>
       </c>
       <c r="K31" s="2">
         <v>45853.0</v>
       </c>
       <c r="L31" s="2">
         <v>46767.0</v>
       </c>
       <c r="M31">
         <v>6000</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>0.385778</v>
+        <v>0.413333</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>46048.355092593</v>
+        <v>46049.355150463</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>9.92</v>
       </c>
       <c r="K32" s="2">
         <v>45853.0</v>
       </c>
       <c r="L32" s="2">
         <v>46767.0</v>
       </c>
       <c r="M32">
         <v>6000</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>0.358222</v>
+        <v>0.385778</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>46045.355324074</v>
+        <v>46048.355092593</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>9.92</v>
       </c>
       <c r="K33" s="2">
         <v>45853.0</v>
       </c>
       <c r="L33" s="2">
         <v>46767.0</v>
       </c>
       <c r="M33">
         <v>6000</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>0.330667</v>
+        <v>0.358222</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>46044.355729167</v>
+        <v>46045.355324074</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>9.92</v>
       </c>
       <c r="K34" s="2">
         <v>45853.0</v>
       </c>
       <c r="L34" s="2">
         <v>46767.0</v>
       </c>
       <c r="M34">
         <v>6000</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>0.303111</v>
+        <v>0.330667</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>46043.354907407</v>
+        <v>46044.355729167</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>9.92</v>
       </c>
       <c r="K35" s="2">
         <v>45853.0</v>
       </c>
       <c r="L35" s="2">
         <v>46767.0</v>
       </c>
       <c r="M35">
         <v>6000</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>0.220444</v>
+        <v>0.303111</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>46042.355173611</v>
+        <v>46043.354907407</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>9.92</v>
       </c>
       <c r="K36" s="2">
         <v>45853.0</v>
       </c>
       <c r="L36" s="2">
         <v>46767.0</v>
       </c>
       <c r="M36">
         <v>6000</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>0.192889</v>
+        <v>0.220444</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>46041.355023148</v>
+        <v>46042.355173611</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>9.92</v>
       </c>
       <c r="K37" s="2">
         <v>45853.0</v>
       </c>
       <c r="L37" s="2">
         <v>46767.0</v>
       </c>
       <c r="M37">
         <v>6000</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>0.165333</v>
+        <v>0.192889</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>46038.355347222</v>
+        <v>46041.355023148</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>9.92</v>
       </c>
       <c r="K38" s="2">
         <v>45853.0</v>
       </c>
       <c r="L38" s="2">
         <v>46767.0</v>
       </c>
       <c r="M38">
         <v>6000</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>0.137778</v>
+        <v>0.165333</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>46037.35568287</v>
+        <v>46038.355347222</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
-        <v>9.909</v>
+        <v>9.92</v>
       </c>
       <c r="K39" s="2">
         <v>45853.0</v>
       </c>
       <c r="L39" s="2">
         <v>46767.0</v>
       </c>
       <c r="M39">
         <v>6000</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>0.1101</v>
+        <v>0.137778</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>46036.355162037</v>
+        <v>46037.35568287</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>9.909</v>
       </c>
       <c r="K40" s="2">
         <v>45853.0</v>
       </c>
       <c r="L40" s="2">
         <v>46767.0</v>
       </c>
       <c r="M40">
         <v>6000</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
       </c>
       <c r="P40">
-        <v>0.027525</v>
+        <v>0.1101</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>46035.354953704</v>
+        <v>46036.355162037</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
-        <v>9.901</v>
+        <v>9.909</v>
       </c>
       <c r="K41" s="2">
         <v>45853.0</v>
       </c>
       <c r="L41" s="2">
         <v>46767.0</v>
       </c>
       <c r="M41">
         <v>6000</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
+      </c>
+      <c r="P41">
+        <v>0.027525</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>46034.355173611</v>
+        <v>46035.354953704</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>9.901</v>
       </c>
       <c r="K42" s="2">
         <v>45853.0</v>
       </c>
       <c r="L42" s="2">
         <v>46767.0</v>
       </c>
       <c r="M42">
         <v>6000</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.026905</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>46031.35525463</v>
+        <v>46034.355173611</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>9.901</v>
       </c>
       <c r="K43" s="2">
         <v>45853.0</v>
       </c>
       <c r="L43" s="2">
         <v>46767.0</v>
       </c>
       <c r="M43">
         <v>6000</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>-0.05381</v>
+        <v>-0.026905</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>46030.35525463</v>
+        <v>46031.35525463</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>9.901</v>
       </c>
       <c r="K44" s="2">
         <v>45853.0</v>
       </c>
       <c r="L44" s="2">
         <v>46767.0</v>
       </c>
       <c r="M44">
         <v>6000</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>-0.080715</v>
+        <v>-0.05381</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>46029.35505787</v>
+        <v>46030.35525463</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>9.901</v>
       </c>
       <c r="K45" s="2">
         <v>45853.0</v>
       </c>
       <c r="L45" s="2">
         <v>46767.0</v>
       </c>
       <c r="M45">
         <v>6000</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>-0.161429</v>
+        <v>-0.080715</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>46028.355289352</v>
+        <v>46029.35505787</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>9.901</v>
       </c>
       <c r="K46" s="2">
         <v>45853.0</v>
       </c>
       <c r="L46" s="2">
         <v>46767.0</v>
       </c>
       <c r="M46">
         <v>6000</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>2.286916</v>
+        <v>-0.161429</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>46027.355046296</v>
+        <v>46028.355289352</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>9.901</v>
       </c>
       <c r="K47" s="2">
         <v>45853.0</v>
       </c>
       <c r="L47" s="2">
         <v>46767.0</v>
       </c>
       <c r="M47">
         <v>6000</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>2.260011</v>
+        <v>2.286916</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>46024.35525463</v>
+        <v>46027.355046296</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>9.901</v>
       </c>
       <c r="K48" s="2">
         <v>45853.0</v>
       </c>
       <c r="L48" s="2">
         <v>46767.0</v>
       </c>
       <c r="M48">
         <v>6000</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>2.233106</v>
+        <v>2.260011</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
-        <v>46021.355381944</v>
+        <v>46024.35525463</v>
       </c>
       <c r="B49" t="s">
         <v>24</v>
       </c>
       <c r="C49" t="s">
         <v>25</v>
       </c>
       <c r="D49" t="s">
         <v>26</v>
       </c>
       <c r="E49" t="s">
         <v>27</v>
       </c>
       <c r="I49" t="s">
         <v>28</v>
       </c>
       <c r="J49">
         <v>9.901</v>
       </c>
       <c r="K49" s="2">
         <v>45853.0</v>
       </c>
       <c r="L49" s="2">
         <v>46767.0</v>
       </c>
       <c r="M49">
         <v>6000</v>
       </c>
       <c r="N49">
         <v>1000.0</v>
       </c>
       <c r="O49" t="s">
         <v>28</v>
       </c>
       <c r="P49">
-        <v>2.125486</v>
+        <v>2.233106</v>
       </c>
     </row>
     <row r="50" spans="1:24">
       <c r="A50" s="2">
-        <v>46020.354976852</v>
+        <v>46021.355381944</v>
       </c>
       <c r="B50" t="s">
         <v>24</v>
       </c>
       <c r="C50" t="s">
         <v>25</v>
       </c>
       <c r="D50" t="s">
         <v>26</v>
       </c>
       <c r="E50" t="s">
         <v>27</v>
       </c>
       <c r="I50" t="s">
         <v>28</v>
       </c>
       <c r="J50">
         <v>9.901</v>
       </c>
       <c r="K50" s="2">
         <v>45853.0</v>
       </c>
       <c r="L50" s="2">
         <v>46767.0</v>
       </c>
       <c r="M50">
         <v>6000</v>
       </c>
       <c r="N50">
         <v>1000.0</v>
       </c>
       <c r="O50" t="s">
         <v>28</v>
       </c>
       <c r="P50">
-        <v>2.071677</v>
+        <v>2.125486</v>
       </c>
     </row>
     <row r="51" spans="1:24">
       <c r="A51" s="2">
-        <v>46014.355196759</v>
+        <v>46020.354976852</v>
       </c>
       <c r="B51" t="s">
         <v>24</v>
       </c>
       <c r="C51" t="s">
         <v>25</v>
       </c>
       <c r="D51" t="s">
         <v>26</v>
       </c>
       <c r="E51" t="s">
         <v>27</v>
       </c>
       <c r="I51" t="s">
         <v>28</v>
       </c>
       <c r="J51">
         <v>9.901</v>
       </c>
       <c r="K51" s="2">
         <v>45853.0</v>
       </c>
       <c r="L51" s="2">
         <v>46767.0</v>
       </c>
       <c r="M51">
         <v>6000</v>
       </c>
       <c r="N51">
         <v>1000.0</v>
       </c>
       <c r="O51" t="s">
         <v>28</v>
       </c>
       <c r="P51">
-        <v>2.017867</v>
+        <v>2.071677</v>
       </c>
     </row>
     <row r="52" spans="1:24">
       <c r="A52" s="2">
-        <v>46013.355092593</v>
+        <v>46014.355196759</v>
       </c>
       <c r="B52" t="s">
         <v>24</v>
       </c>
       <c r="C52" t="s">
         <v>25</v>
       </c>
       <c r="D52" t="s">
         <v>26</v>
       </c>
       <c r="E52" t="s">
         <v>27</v>
       </c>
       <c r="I52" t="s">
         <v>28</v>
       </c>
       <c r="J52">
         <v>9.901</v>
       </c>
       <c r="K52" s="2">
         <v>45853.0</v>
       </c>
       <c r="L52" s="2">
         <v>46767.0</v>
       </c>
       <c r="M52">
         <v>6000</v>
       </c>
       <c r="N52">
         <v>1000.0</v>
       </c>
       <c r="O52" t="s">
         <v>28</v>
       </c>
       <c r="P52">
-        <v>1.883342</v>
+        <v>2.017867</v>
       </c>
     </row>
     <row r="53" spans="1:24">
       <c r="A53" s="2">
-        <v>46010.355405093</v>
+        <v>46013.355092593</v>
       </c>
       <c r="B53" t="s">
         <v>24</v>
       </c>
       <c r="C53" t="s">
         <v>25</v>
       </c>
       <c r="D53" t="s">
         <v>26</v>
       </c>
       <c r="E53" t="s">
         <v>27</v>
       </c>
       <c r="I53" t="s">
         <v>28</v>
       </c>
       <c r="J53">
         <v>9.901</v>
       </c>
       <c r="K53" s="2">
         <v>45853.0</v>
       </c>
       <c r="L53" s="2">
         <v>46767.0</v>
       </c>
       <c r="M53">
         <v>6000</v>
       </c>
       <c r="N53">
         <v>1000.0</v>
       </c>
       <c r="O53" t="s">
         <v>28</v>
       </c>
       <c r="P53">
-        <v>1.856438</v>
+        <v>1.883342</v>
       </c>
     </row>
     <row r="54" spans="1:24">
       <c r="A54" s="2">
-        <v>46009.355543981</v>
+        <v>46010.355405093</v>
       </c>
       <c r="B54" t="s">
         <v>24</v>
       </c>
       <c r="C54" t="s">
         <v>25</v>
       </c>
       <c r="D54" t="s">
         <v>26</v>
       </c>
       <c r="E54" t="s">
         <v>27</v>
       </c>
       <c r="I54" t="s">
         <v>28</v>
       </c>
       <c r="J54">
         <v>9.901</v>
       </c>
       <c r="K54" s="2">
         <v>45853.0</v>
       </c>
       <c r="L54" s="2">
         <v>46767.0</v>
       </c>
       <c r="M54">
         <v>6000</v>
       </c>
       <c r="N54">
         <v>1000.0</v>
       </c>
       <c r="O54" t="s">
         <v>28</v>
       </c>
       <c r="P54">
-        <v>1.829533</v>
+        <v>1.856438</v>
       </c>
     </row>
     <row r="55" spans="1:24">
       <c r="A55" s="2">
-        <v>46008.355243056</v>
+        <v>46009.355543981</v>
       </c>
       <c r="B55" t="s">
         <v>24</v>
       </c>
       <c r="C55" t="s">
         <v>25</v>
       </c>
       <c r="D55" t="s">
         <v>26</v>
       </c>
       <c r="E55" t="s">
         <v>27</v>
       </c>
       <c r="I55" t="s">
         <v>28</v>
       </c>
       <c r="J55">
         <v>9.901</v>
       </c>
       <c r="K55" s="2">
         <v>45853.0</v>
       </c>
       <c r="L55" s="2">
         <v>46767.0</v>
       </c>
       <c r="M55">
         <v>6000</v>
       </c>
       <c r="N55">
         <v>1000.0</v>
       </c>
       <c r="O55" t="s">
         <v>28</v>
       </c>
       <c r="P55">
-        <v>1.748818</v>
+        <v>1.829533</v>
       </c>
     </row>
     <row r="56" spans="1:24">
       <c r="A56" s="2">
-        <v>46007.355231481</v>
+        <v>46008.355243056</v>
       </c>
       <c r="B56" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C56" t="s">
         <v>25</v>
       </c>
       <c r="D56" t="s">
         <v>26</v>
       </c>
       <c r="E56" t="s">
         <v>27</v>
       </c>
       <c r="I56" t="s">
         <v>28</v>
       </c>
       <c r="J56">
         <v>9.901</v>
       </c>
       <c r="K56" s="2">
         <v>45853.0</v>
       </c>
       <c r="L56" s="2">
         <v>46767.0</v>
       </c>
       <c r="M56">
         <v>6000</v>
       </c>
       <c r="N56">
         <v>1000.0</v>
       </c>
       <c r="O56" t="s">
         <v>28</v>
       </c>
       <c r="P56">
-        <v>1.721913</v>
+        <v>1.748818</v>
       </c>
     </row>
     <row r="57" spans="1:24">
       <c r="A57" s="2">
-        <v>46006.355069444</v>
+        <v>46007.355231481</v>
       </c>
       <c r="B57" t="s">
         <v>29</v>
       </c>
       <c r="C57" t="s">
         <v>25</v>
       </c>
       <c r="D57" t="s">
         <v>26</v>
       </c>
       <c r="E57" t="s">
         <v>27</v>
       </c>
       <c r="I57" t="s">
         <v>28</v>
       </c>
       <c r="J57">
         <v>9.901</v>
       </c>
       <c r="K57" s="2">
         <v>45853.0</v>
       </c>
       <c r="L57" s="2">
         <v>46767.0</v>
       </c>
       <c r="M57">
         <v>6000</v>
       </c>
       <c r="N57">
         <v>1000.0</v>
       </c>
       <c r="O57" t="s">
         <v>28</v>
       </c>
       <c r="P57">
-        <v>1.695008</v>
+        <v>1.721913</v>
       </c>
     </row>
     <row r="58" spans="1:24">
       <c r="A58" s="2">
-        <v>46003.355208333</v>
+        <v>46006.355069444</v>
       </c>
       <c r="B58" t="s">
         <v>29</v>
       </c>
       <c r="C58" t="s">
         <v>25</v>
       </c>
       <c r="D58" t="s">
         <v>26</v>
       </c>
       <c r="E58" t="s">
         <v>27</v>
       </c>
       <c r="I58" t="s">
         <v>28</v>
       </c>
       <c r="J58">
         <v>9.901</v>
       </c>
       <c r="K58" s="2">
         <v>45853.0</v>
       </c>
       <c r="L58" s="2">
         <v>46767.0</v>
       </c>
       <c r="M58">
         <v>6000</v>
       </c>
       <c r="N58">
         <v>1000.0</v>
       </c>
       <c r="O58" t="s">
         <v>28</v>
       </c>
       <c r="P58">
-        <v>1.668103</v>
+        <v>1.695008</v>
       </c>
     </row>
     <row r="59" spans="1:24">
       <c r="A59" s="2">
-        <v>46002.355277778</v>
+        <v>46003.355208333</v>
       </c>
       <c r="B59" t="s">
         <v>29</v>
       </c>
       <c r="C59" t="s">
         <v>25</v>
       </c>
       <c r="D59" t="s">
         <v>26</v>
       </c>
       <c r="E59" t="s">
         <v>27</v>
       </c>
       <c r="I59" t="s">
         <v>28</v>
       </c>
       <c r="J59">
         <v>9.901</v>
       </c>
       <c r="K59" s="2">
         <v>45853.0</v>
       </c>
       <c r="L59" s="2">
         <v>46767.0</v>
       </c>
       <c r="M59">
         <v>6000</v>
       </c>
       <c r="N59">
         <v>1000.0</v>
       </c>
       <c r="O59" t="s">
         <v>28</v>
       </c>
       <c r="P59">
-        <v>1.641198</v>
+        <v>1.668103</v>
       </c>
     </row>
     <row r="60" spans="1:24">
       <c r="A60" s="2">
-        <v>46001.355208333</v>
+        <v>46002.355277778</v>
       </c>
       <c r="B60" t="s">
         <v>29</v>
       </c>
       <c r="C60" t="s">
         <v>25</v>
       </c>
       <c r="D60" t="s">
         <v>26</v>
       </c>
       <c r="E60" t="s">
         <v>27</v>
       </c>
       <c r="I60" t="s">
         <v>28</v>
       </c>
       <c r="J60">
         <v>9.901</v>
       </c>
       <c r="K60" s="2">
         <v>45853.0</v>
       </c>
       <c r="L60" s="2">
         <v>46767.0</v>
       </c>
       <c r="M60">
         <v>6000</v>
       </c>
       <c r="N60">
         <v>1000.0</v>
       </c>
       <c r="O60" t="s">
         <v>28</v>
       </c>
       <c r="P60">
-        <v>1.560484</v>
+        <v>1.641198</v>
       </c>
     </row>
     <row r="61" spans="1:24">
       <c r="A61" s="2">
-        <v>46000.355150463</v>
+        <v>46001.355208333</v>
       </c>
       <c r="B61" t="s">
         <v>29</v>
       </c>
       <c r="C61" t="s">
         <v>25</v>
       </c>
       <c r="D61" t="s">
         <v>26</v>
       </c>
       <c r="E61" t="s">
         <v>27</v>
       </c>
       <c r="I61" t="s">
         <v>28</v>
       </c>
       <c r="J61">
         <v>9.901</v>
       </c>
       <c r="K61" s="2">
         <v>45853.0</v>
       </c>
       <c r="L61" s="2">
         <v>46767.0</v>
       </c>
       <c r="M61">
         <v>6000</v>
       </c>
       <c r="N61">
         <v>1000.0</v>
       </c>
       <c r="O61" t="s">
         <v>28</v>
       </c>
       <c r="P61">
-        <v>1.533579</v>
+        <v>1.560484</v>
       </c>
     </row>
     <row r="62" spans="1:24">
       <c r="A62" s="2">
-        <v>45999.355196759</v>
+        <v>46000.355150463</v>
       </c>
       <c r="B62" t="s">
         <v>29</v>
       </c>
       <c r="C62" t="s">
         <v>25</v>
       </c>
       <c r="D62" t="s">
         <v>26</v>
       </c>
       <c r="E62" t="s">
         <v>27</v>
       </c>
       <c r="I62" t="s">
         <v>28</v>
       </c>
       <c r="J62">
         <v>9.901</v>
       </c>
       <c r="K62" s="2">
         <v>45853.0</v>
       </c>
       <c r="L62" s="2">
         <v>46767.0</v>
       </c>
       <c r="M62">
         <v>6000</v>
       </c>
       <c r="N62">
         <v>1000.0</v>
       </c>
       <c r="O62" t="s">
         <v>28</v>
       </c>
       <c r="P62">
-        <v>1.506674</v>
+        <v>1.533579</v>
       </c>
     </row>
     <row r="63" spans="1:24">
       <c r="A63" s="2">
-        <v>45996.354965278</v>
+        <v>45999.355196759</v>
       </c>
       <c r="B63" t="s">
         <v>29</v>
       </c>
       <c r="C63" t="s">
         <v>25</v>
       </c>
       <c r="D63" t="s">
         <v>26</v>
       </c>
       <c r="E63" t="s">
         <v>27</v>
       </c>
       <c r="I63" t="s">
         <v>28</v>
       </c>
       <c r="J63">
         <v>9.901</v>
       </c>
       <c r="K63" s="2">
         <v>45853.0</v>
       </c>
       <c r="L63" s="2">
         <v>46767.0</v>
       </c>
       <c r="M63">
         <v>6000</v>
       </c>
       <c r="N63">
         <v>1000.0</v>
       </c>
       <c r="O63" t="s">
         <v>28</v>
       </c>
       <c r="P63">
-        <v>1.479769</v>
+        <v>1.506674</v>
       </c>
     </row>
     <row r="64" spans="1:24">
       <c r="A64" s="2">
-        <v>45995.355069444</v>
+        <v>45996.354965278</v>
       </c>
       <c r="B64" t="s">
         <v>29</v>
       </c>
       <c r="C64" t="s">
         <v>25</v>
       </c>
       <c r="D64" t="s">
         <v>26</v>
       </c>
       <c r="E64" t="s">
         <v>27</v>
       </c>
       <c r="I64" t="s">
         <v>28</v>
       </c>
       <c r="J64">
         <v>9.901</v>
       </c>
       <c r="K64" s="2">
         <v>45853.0</v>
       </c>
       <c r="L64" s="2">
         <v>46767.0</v>
       </c>
       <c r="M64">
         <v>6000</v>
       </c>
       <c r="N64">
         <v>1000.0</v>
       </c>
       <c r="O64" t="s">
         <v>28</v>
       </c>
       <c r="P64">
-        <v>1.452864</v>
+        <v>1.479769</v>
       </c>
     </row>
     <row r="65" spans="1:24">
       <c r="A65" s="2">
-        <v>45994.355659722</v>
+        <v>45995.355069444</v>
       </c>
       <c r="B65" t="s">
         <v>29</v>
       </c>
       <c r="C65" t="s">
         <v>25</v>
       </c>
       <c r="D65" t="s">
         <v>26</v>
       </c>
       <c r="E65" t="s">
         <v>27</v>
       </c>
       <c r="I65" t="s">
         <v>28</v>
       </c>
       <c r="J65">
         <v>9.901</v>
       </c>
       <c r="K65" s="2">
         <v>45853.0</v>
       </c>
       <c r="L65" s="2">
         <v>46767.0</v>
       </c>
       <c r="M65">
         <v>6000</v>
       </c>
       <c r="N65">
         <v>1000.0</v>
       </c>
       <c r="O65" t="s">
         <v>28</v>
       </c>
       <c r="P65">
-        <v>1.372149</v>
+        <v>1.452864</v>
       </c>
     </row>
     <row r="66" spans="1:24">
       <c r="A66" s="2">
-        <v>45993.355196759</v>
+        <v>45994.355659722</v>
       </c>
       <c r="B66" t="s">
         <v>29</v>
       </c>
       <c r="C66" t="s">
         <v>25</v>
       </c>
       <c r="D66" t="s">
         <v>26</v>
       </c>
       <c r="E66" t="s">
         <v>27</v>
       </c>
       <c r="I66" t="s">
         <v>28</v>
       </c>
       <c r="J66">
         <v>9.901</v>
       </c>
       <c r="K66" s="2">
         <v>45853.0</v>
       </c>
       <c r="L66" s="2">
         <v>46767.0</v>
       </c>
       <c r="M66">
         <v>6000</v>
       </c>
       <c r="N66">
         <v>1000.0</v>
       </c>
       <c r="O66" t="s">
         <v>28</v>
       </c>
       <c r="P66">
-        <v>1.345245</v>
+        <v>1.372149</v>
       </c>
     </row>
     <row r="67" spans="1:24">
       <c r="A67" s="2">
-        <v>45992.355219907</v>
+        <v>45993.355196759</v>
       </c>
       <c r="B67" t="s">
         <v>29</v>
       </c>
       <c r="C67" t="s">
         <v>25</v>
       </c>
       <c r="D67" t="s">
         <v>26</v>
       </c>
       <c r="E67" t="s">
         <v>27</v>
       </c>
       <c r="I67" t="s">
         <v>28</v>
       </c>
       <c r="J67">
         <v>9.901</v>
       </c>
       <c r="K67" s="2">
         <v>45853.0</v>
       </c>
       <c r="L67" s="2">
         <v>46767.0</v>
       </c>
       <c r="M67">
         <v>6000</v>
       </c>
       <c r="N67">
         <v>1000.0</v>
       </c>
       <c r="O67" t="s">
         <v>28</v>
       </c>
       <c r="P67">
-        <v>1.31834</v>
+        <v>1.345245</v>
       </c>
     </row>
     <row r="68" spans="1:24">
       <c r="A68" s="2">
-        <v>45989.355416667</v>
+        <v>45992.355219907</v>
       </c>
       <c r="B68" t="s">
         <v>29</v>
       </c>
       <c r="C68" t="s">
         <v>25</v>
       </c>
       <c r="D68" t="s">
         <v>26</v>
       </c>
       <c r="E68" t="s">
         <v>27</v>
       </c>
       <c r="I68" t="s">
         <v>28</v>
       </c>
       <c r="J68">
         <v>9.901</v>
       </c>
       <c r="K68" s="2">
         <v>45853.0</v>
       </c>
       <c r="L68" s="2">
         <v>46767.0</v>
       </c>
       <c r="M68">
         <v>6000</v>
       </c>
       <c r="N68">
         <v>1000.0</v>
       </c>
       <c r="O68" t="s">
         <v>28</v>
       </c>
       <c r="P68">
-        <v>1.291435</v>
+        <v>1.31834</v>
       </c>
     </row>
     <row r="69" spans="1:24">
       <c r="A69" s="2">
-        <v>45988.35537037</v>
+        <v>45989.355416667</v>
       </c>
       <c r="B69" t="s">
         <v>29</v>
       </c>
       <c r="C69" t="s">
         <v>25</v>
       </c>
       <c r="D69" t="s">
         <v>26</v>
       </c>
       <c r="E69" t="s">
         <v>27</v>
       </c>
       <c r="I69" t="s">
         <v>28</v>
       </c>
       <c r="J69">
         <v>9.901</v>
       </c>
       <c r="K69" s="2">
         <v>45853.0</v>
       </c>
       <c r="L69" s="2">
         <v>46767.0</v>
       </c>
       <c r="M69">
         <v>6000</v>
       </c>
       <c r="N69">
         <v>1000.0</v>
       </c>
       <c r="O69" t="s">
         <v>28</v>
       </c>
       <c r="P69">
-        <v>1.26453</v>
+        <v>1.291435</v>
       </c>
     </row>
     <row r="70" spans="1:24">
       <c r="A70" s="2">
-        <v>45987.355196759</v>
+        <v>45988.35537037</v>
       </c>
       <c r="B70" t="s">
         <v>29</v>
       </c>
       <c r="C70" t="s">
         <v>25</v>
       </c>
       <c r="D70" t="s">
         <v>26</v>
       </c>
       <c r="E70" t="s">
         <v>27</v>
       </c>
       <c r="I70" t="s">
         <v>28</v>
       </c>
       <c r="J70">
         <v>9.901</v>
       </c>
       <c r="K70" s="2">
         <v>45853.0</v>
       </c>
       <c r="L70" s="2">
         <v>46767.0</v>
       </c>
       <c r="M70">
         <v>6000</v>
       </c>
       <c r="N70">
         <v>1000.0</v>
       </c>
       <c r="O70" t="s">
         <v>28</v>
       </c>
       <c r="P70">
-        <v>1.183815</v>
+        <v>1.26453</v>
       </c>
     </row>
     <row r="71" spans="1:24">
       <c r="A71" s="2">
-        <v>45986.355196759</v>
+        <v>45987.355196759</v>
       </c>
       <c r="B71" t="s">
         <v>29</v>
       </c>
       <c r="C71" t="s">
         <v>25</v>
       </c>
       <c r="D71" t="s">
         <v>26</v>
       </c>
       <c r="E71" t="s">
         <v>27</v>
       </c>
       <c r="I71" t="s">
         <v>28</v>
       </c>
       <c r="J71">
         <v>9.901</v>
       </c>
       <c r="K71" s="2">
         <v>45853.0</v>
       </c>
       <c r="L71" s="2">
         <v>46767.0</v>
       </c>
       <c r="M71">
         <v>6000</v>
       </c>
       <c r="N71">
         <v>1000.0</v>
       </c>
       <c r="O71" t="s">
         <v>28</v>
       </c>
       <c r="P71">
-        <v>1.15691</v>
+        <v>1.183815</v>
       </c>
     </row>
     <row r="72" spans="1:24">
       <c r="A72" s="2">
-        <v>45985.355127315</v>
+        <v>45986.355196759</v>
       </c>
       <c r="B72" t="s">
         <v>29</v>
       </c>
       <c r="C72" t="s">
         <v>25</v>
       </c>
       <c r="D72" t="s">
         <v>26</v>
       </c>
       <c r="E72" t="s">
         <v>27</v>
       </c>
       <c r="I72" t="s">
         <v>28</v>
       </c>
       <c r="J72">
         <v>9.901</v>
       </c>
       <c r="K72" s="2">
         <v>45853.0</v>
       </c>
       <c r="L72" s="2">
         <v>46767.0</v>
       </c>
       <c r="M72">
         <v>6000</v>
       </c>
       <c r="N72">
         <v>1000.0</v>
       </c>
       <c r="O72" t="s">
         <v>28</v>
       </c>
       <c r="P72">
-        <v>1.130005</v>
+        <v>1.15691</v>
       </c>
     </row>
     <row r="73" spans="1:24">
       <c r="A73" s="2">
-        <v>45982.355115741</v>
+        <v>45985.355127315</v>
       </c>
       <c r="B73" t="s">
         <v>29</v>
       </c>
       <c r="C73" t="s">
         <v>25</v>
       </c>
       <c r="D73" t="s">
         <v>26</v>
       </c>
       <c r="E73" t="s">
         <v>27</v>
       </c>
       <c r="I73" t="s">
         <v>28</v>
       </c>
       <c r="J73">
         <v>9.901</v>
       </c>
       <c r="K73" s="2">
         <v>45853.0</v>
       </c>
       <c r="L73" s="2">
         <v>46767.0</v>
       </c>
       <c r="M73">
         <v>6000</v>
       </c>
       <c r="N73">
         <v>1000.0</v>
       </c>
       <c r="O73" t="s">
         <v>28</v>
       </c>
       <c r="P73">
-        <v>1.103101</v>
+        <v>1.130005</v>
       </c>
     </row>
     <row r="74" spans="1:24">
       <c r="A74" s="2">
-        <v>45981.354953704</v>
+        <v>45982.355115741</v>
       </c>
       <c r="B74" t="s">
         <v>29</v>
       </c>
       <c r="C74" t="s">
         <v>25</v>
       </c>
       <c r="D74" t="s">
         <v>26</v>
       </c>
       <c r="E74" t="s">
         <v>27</v>
       </c>
       <c r="I74" t="s">
         <v>28</v>
       </c>
       <c r="J74">
         <v>9.901</v>
       </c>
       <c r="K74" s="2">
         <v>45853.0</v>
       </c>
       <c r="L74" s="2">
         <v>46767.0</v>
       </c>
       <c r="M74">
         <v>6000</v>
       </c>
       <c r="N74">
         <v>1000.0</v>
       </c>
       <c r="O74" t="s">
         <v>28</v>
       </c>
       <c r="P74">
-        <v>1.076196</v>
+        <v>1.103101</v>
       </c>
     </row>
     <row r="75" spans="1:24">
       <c r="A75" s="2">
-        <v>45980.355243056</v>
+        <v>45981.354953704</v>
       </c>
       <c r="B75" t="s">
         <v>29</v>
       </c>
       <c r="C75" t="s">
         <v>25</v>
       </c>
       <c r="D75" t="s">
         <v>26</v>
       </c>
       <c r="E75" t="s">
         <v>27</v>
       </c>
       <c r="I75" t="s">
         <v>28</v>
       </c>
       <c r="J75">
         <v>9.901</v>
       </c>
       <c r="K75" s="2">
         <v>45853.0</v>
       </c>
       <c r="L75" s="2">
         <v>46767.0</v>
       </c>
       <c r="M75">
         <v>6000</v>
       </c>
       <c r="N75">
         <v>1000.0</v>
       </c>
       <c r="O75" t="s">
         <v>28</v>
       </c>
       <c r="P75">
-        <v>0.995481</v>
+        <v>1.076196</v>
       </c>
     </row>
     <row r="76" spans="1:24">
       <c r="A76" s="2">
-        <v>45979.355439815</v>
+        <v>45980.355243056</v>
       </c>
       <c r="B76" t="s">
         <v>29</v>
       </c>
       <c r="C76" t="s">
         <v>25</v>
       </c>
       <c r="D76" t="s">
         <v>26</v>
       </c>
       <c r="E76" t="s">
         <v>27</v>
       </c>
       <c r="I76" t="s">
         <v>28</v>
       </c>
       <c r="J76">
         <v>9.901</v>
       </c>
       <c r="K76" s="2">
         <v>45853.0</v>
       </c>
       <c r="L76" s="2">
         <v>46767.0</v>
       </c>
       <c r="M76">
         <v>6000</v>
       </c>
       <c r="N76">
         <v>1000.0</v>
       </c>
       <c r="O76" t="s">
         <v>28</v>
       </c>
       <c r="P76">
-        <v>0.968576</v>
+        <v>0.995481</v>
       </c>
     </row>
     <row r="77" spans="1:24">
       <c r="A77" s="2">
-        <v>45978.355763889</v>
+        <v>45979.355439815</v>
       </c>
       <c r="B77" t="s">
         <v>29</v>
       </c>
       <c r="C77" t="s">
         <v>25</v>
       </c>
       <c r="D77" t="s">
         <v>26</v>
       </c>
       <c r="E77" t="s">
         <v>27</v>
       </c>
       <c r="I77" t="s">
         <v>28</v>
       </c>
       <c r="J77">
         <v>9.901</v>
       </c>
       <c r="K77" s="2">
         <v>45853.0</v>
       </c>
       <c r="L77" s="2">
         <v>46767.0</v>
       </c>
       <c r="M77">
         <v>6000</v>
       </c>
       <c r="N77">
         <v>1000.0</v>
       </c>
       <c r="O77" t="s">
         <v>28</v>
       </c>
       <c r="P77">
-        <v>0.941671</v>
+        <v>0.968576</v>
       </c>
     </row>
     <row r="78" spans="1:24">
       <c r="A78" s="2">
-        <v>45975.355092593</v>
+        <v>45978.355763889</v>
       </c>
       <c r="B78" t="s">
         <v>29</v>
       </c>
       <c r="C78" t="s">
         <v>25</v>
       </c>
       <c r="D78" t="s">
         <v>26</v>
       </c>
       <c r="E78" t="s">
         <v>27</v>
       </c>
       <c r="I78" t="s">
         <v>28</v>
       </c>
       <c r="J78">
         <v>9.901</v>
       </c>
       <c r="K78" s="2">
         <v>45853.0</v>
       </c>
       <c r="L78" s="2">
         <v>46767.0</v>
       </c>
       <c r="M78">
         <v>6000</v>
       </c>
       <c r="N78">
         <v>1000.0</v>
       </c>
       <c r="O78" t="s">
         <v>28</v>
       </c>
       <c r="P78">
-        <v>0.914766</v>
+        <v>0.941671</v>
       </c>
     </row>
     <row r="79" spans="1:24">
       <c r="A79" s="2">
-        <v>45974.355439815</v>
+        <v>45975.355092593</v>
       </c>
       <c r="B79" t="s">
         <v>29</v>
       </c>
       <c r="C79" t="s">
         <v>25</v>
       </c>
       <c r="D79" t="s">
         <v>26</v>
       </c>
       <c r="E79" t="s">
         <v>27</v>
       </c>
       <c r="I79" t="s">
         <v>28</v>
       </c>
       <c r="J79">
         <v>9.901</v>
       </c>
       <c r="K79" s="2">
         <v>45853.0</v>
       </c>
       <c r="L79" s="2">
         <v>46767.0</v>
       </c>
       <c r="M79">
         <v>6000</v>
       </c>
       <c r="N79">
         <v>1000.0</v>
       </c>
       <c r="O79" t="s">
         <v>28</v>
       </c>
       <c r="P79">
-        <v>0.887861</v>
+        <v>0.914766</v>
       </c>
     </row>
     <row r="80" spans="1:24">
       <c r="A80" s="2">
-        <v>45973.355601852</v>
+        <v>45974.355439815</v>
       </c>
       <c r="B80" t="s">
         <v>29</v>
       </c>
       <c r="C80" t="s">
         <v>25</v>
       </c>
       <c r="D80" t="s">
         <v>26</v>
       </c>
       <c r="E80" t="s">
         <v>27</v>
       </c>
       <c r="I80" t="s">
         <v>28</v>
       </c>
       <c r="J80">
         <v>9.901</v>
       </c>
       <c r="K80" s="2">
         <v>45853.0</v>
       </c>
       <c r="L80" s="2">
         <v>46767.0</v>
       </c>
       <c r="M80">
         <v>6000</v>
       </c>
       <c r="N80">
         <v>1000.0</v>
       </c>
       <c r="O80" t="s">
         <v>28</v>
       </c>
       <c r="P80">
-        <v>0.807147</v>
+        <v>0.887861</v>
       </c>
     </row>
     <row r="81" spans="1:24">
       <c r="A81" s="2">
-        <v>45972.355613426</v>
+        <v>45973.355601852</v>
       </c>
       <c r="B81" t="s">
         <v>29</v>
       </c>
       <c r="C81" t="s">
         <v>25</v>
       </c>
       <c r="D81" t="s">
         <v>26</v>
       </c>
       <c r="E81" t="s">
         <v>27</v>
       </c>
       <c r="I81" t="s">
         <v>28</v>
       </c>
       <c r="J81">
         <v>9.901</v>
       </c>
       <c r="K81" s="2">
         <v>45853.0</v>
       </c>
       <c r="L81" s="2">
         <v>46767.0</v>
       </c>
       <c r="M81">
         <v>6000</v>
       </c>
       <c r="N81">
         <v>1000.0</v>
       </c>
       <c r="O81" t="s">
         <v>28</v>
       </c>
       <c r="P81">
-        <v>0.780242</v>
+        <v>0.807147</v>
       </c>
     </row>
     <row r="82" spans="1:24">
       <c r="A82" s="2">
-        <v>45971.355706019</v>
+        <v>45972.355613426</v>
       </c>
       <c r="B82" t="s">
         <v>29</v>
       </c>
       <c r="C82" t="s">
         <v>25</v>
       </c>
       <c r="D82" t="s">
         <v>26</v>
       </c>
       <c r="E82" t="s">
         <v>27</v>
       </c>
       <c r="I82" t="s">
         <v>28</v>
       </c>
       <c r="J82">
         <v>9.901</v>
       </c>
       <c r="K82" s="2">
         <v>45853.0</v>
       </c>
       <c r="L82" s="2">
         <v>46767.0</v>
       </c>
       <c r="M82">
         <v>6000</v>
       </c>
       <c r="N82">
         <v>1000.0</v>
       </c>
       <c r="O82" t="s">
         <v>28</v>
       </c>
       <c r="P82">
-        <v>0.753337</v>
+        <v>0.780242</v>
       </c>
     </row>
     <row r="83" spans="1:24">
       <c r="A83" s="2">
-        <v>45968.355266204</v>
+        <v>45971.355706019</v>
       </c>
       <c r="B83" t="s">
         <v>29</v>
       </c>
       <c r="C83" t="s">
         <v>25</v>
       </c>
       <c r="D83" t="s">
         <v>26</v>
       </c>
       <c r="E83" t="s">
         <v>27</v>
       </c>
       <c r="I83" t="s">
         <v>28</v>
       </c>
       <c r="J83">
         <v>9.901</v>
       </c>
       <c r="K83" s="2">
         <v>45853.0</v>
       </c>
       <c r="L83" s="2">
         <v>46767.0</v>
       </c>
       <c r="M83">
         <v>6000</v>
       </c>
       <c r="N83">
         <v>1000.0</v>
       </c>
       <c r="O83" t="s">
         <v>28</v>
       </c>
       <c r="P83">
-        <v>0.726432</v>
+        <v>0.753337</v>
       </c>
     </row>
     <row r="84" spans="1:24">
       <c r="A84" s="2">
-        <v>45967.355243056</v>
+        <v>45968.355266204</v>
       </c>
       <c r="B84" t="s">
         <v>29</v>
       </c>
       <c r="C84" t="s">
         <v>25</v>
       </c>
       <c r="D84" t="s">
         <v>26</v>
       </c>
       <c r="E84" t="s">
         <v>27</v>
       </c>
       <c r="I84" t="s">
         <v>28</v>
       </c>
       <c r="J84">
         <v>9.901</v>
       </c>
       <c r="K84" s="2">
         <v>45853.0</v>
       </c>
       <c r="L84" s="2">
         <v>46767.0</v>
       </c>
       <c r="M84">
         <v>6000</v>
       </c>
       <c r="N84">
         <v>1000.0</v>
       </c>
       <c r="O84" t="s">
         <v>28</v>
       </c>
       <c r="P84">
-        <v>0.699527</v>
+        <v>0.726432</v>
       </c>
     </row>
     <row r="85" spans="1:24">
       <c r="A85" s="2">
-        <v>45966.355335648</v>
+        <v>45967.355243056</v>
       </c>
       <c r="B85" t="s">
         <v>29</v>
       </c>
       <c r="C85" t="s">
         <v>25</v>
       </c>
       <c r="D85" t="s">
         <v>26</v>
       </c>
       <c r="E85" t="s">
         <v>27</v>
       </c>
       <c r="I85" t="s">
         <v>28</v>
       </c>
       <c r="J85">
         <v>9.901</v>
       </c>
       <c r="K85" s="2">
         <v>45853.0</v>
       </c>
       <c r="L85" s="2">
         <v>46767.0</v>
       </c>
       <c r="M85">
         <v>6000</v>
       </c>
       <c r="N85">
         <v>1000.0</v>
       </c>
       <c r="O85" t="s">
         <v>28</v>
       </c>
       <c r="P85">
-        <v>0.618813</v>
+        <v>0.699527</v>
       </c>
     </row>
     <row r="86" spans="1:24">
       <c r="A86" s="2">
-        <v>45965.35525463</v>
+        <v>45966.355335648</v>
       </c>
       <c r="B86" t="s">
         <v>29</v>
       </c>
       <c r="C86" t="s">
         <v>25</v>
       </c>
       <c r="D86" t="s">
         <v>26</v>
       </c>
       <c r="E86" t="s">
         <v>27</v>
       </c>
       <c r="I86" t="s">
         <v>28</v>
       </c>
       <c r="J86">
         <v>9.901</v>
       </c>
       <c r="K86" s="2">
         <v>45853.0</v>
       </c>
       <c r="L86" s="2">
         <v>46767.0</v>
       </c>
       <c r="M86">
         <v>6000</v>
       </c>
       <c r="N86">
         <v>1000.0</v>
       </c>
       <c r="O86" t="s">
         <v>28</v>
       </c>
       <c r="P86">
-        <v>0.591908</v>
+        <v>0.618813</v>
       </c>
     </row>
     <row r="87" spans="1:24">
       <c r="A87" s="2">
-        <v>45964.355173611</v>
+        <v>45965.35525463</v>
       </c>
       <c r="B87" t="s">
         <v>29</v>
       </c>
       <c r="C87" t="s">
         <v>25</v>
       </c>
       <c r="D87" t="s">
         <v>26</v>
       </c>
       <c r="E87" t="s">
         <v>27</v>
       </c>
       <c r="I87" t="s">
         <v>28</v>
       </c>
       <c r="J87">
         <v>9.901</v>
       </c>
       <c r="K87" s="2">
         <v>45853.0</v>
       </c>
       <c r="L87" s="2">
         <v>46767.0</v>
       </c>
       <c r="M87">
         <v>6000</v>
       </c>
       <c r="N87">
         <v>1000.0</v>
       </c>
       <c r="O87" t="s">
         <v>28</v>
       </c>
       <c r="P87">
-        <v>0.565003</v>
+        <v>0.591908</v>
       </c>
     </row>
     <row r="88" spans="1:24">
       <c r="A88" s="2">
-        <v>45961.355208333</v>
+        <v>45964.355173611</v>
       </c>
       <c r="B88" t="s">
         <v>29</v>
       </c>
       <c r="C88" t="s">
         <v>25</v>
       </c>
       <c r="D88" t="s">
         <v>26</v>
       </c>
       <c r="E88" t="s">
         <v>27</v>
       </c>
       <c r="I88" t="s">
         <v>28</v>
       </c>
       <c r="J88">
         <v>9.901</v>
       </c>
       <c r="K88" s="2">
         <v>45853.0</v>
       </c>
       <c r="L88" s="2">
         <v>46767.0</v>
       </c>
       <c r="M88">
         <v>6000</v>
       </c>
       <c r="N88">
         <v>1000.0</v>
       </c>
       <c r="O88" t="s">
         <v>28</v>
       </c>
       <c r="P88">
-        <v>0.538098</v>
+        <v>0.565003</v>
       </c>
     </row>
     <row r="89" spans="1:24">
       <c r="A89" s="2">
-        <v>45960.355196759</v>
+        <v>45961.355208333</v>
       </c>
       <c r="B89" t="s">
         <v>29</v>
       </c>
       <c r="C89" t="s">
         <v>25</v>
       </c>
       <c r="D89" t="s">
         <v>26</v>
       </c>
       <c r="E89" t="s">
         <v>27</v>
       </c>
       <c r="I89" t="s">
         <v>28</v>
       </c>
       <c r="J89">
         <v>9.901</v>
       </c>
       <c r="K89" s="2">
         <v>45853.0</v>
       </c>
       <c r="L89" s="2">
         <v>46767.0</v>
       </c>
       <c r="M89">
         <v>6000</v>
       </c>
       <c r="N89">
         <v>1000.0</v>
       </c>
       <c r="O89" t="s">
         <v>28</v>
       </c>
       <c r="P89">
-        <v>0.511193</v>
+        <v>0.538098</v>
       </c>
     </row>
     <row r="90" spans="1:24">
       <c r="A90" s="2">
-        <v>45959.355104167</v>
+        <v>45960.355196759</v>
       </c>
       <c r="B90" t="s">
         <v>29</v>
       </c>
       <c r="C90" t="s">
         <v>25</v>
       </c>
       <c r="D90" t="s">
         <v>26</v>
       </c>
       <c r="E90" t="s">
         <v>27</v>
       </c>
       <c r="I90" t="s">
         <v>28</v>
       </c>
       <c r="J90">
         <v>9.901</v>
       </c>
       <c r="K90" s="2">
         <v>45853.0</v>
       </c>
       <c r="L90" s="2">
         <v>46767.0</v>
       </c>
       <c r="M90">
         <v>6000</v>
       </c>
       <c r="N90">
         <v>1000.0</v>
       </c>
       <c r="O90" t="s">
         <v>28</v>
       </c>
       <c r="P90">
-        <v>0.430478</v>
+        <v>0.511193</v>
       </c>
     </row>
     <row r="91" spans="1:24">
       <c r="A91" s="2">
-        <v>45958.355347222</v>
+        <v>45959.355104167</v>
       </c>
       <c r="B91" t="s">
         <v>29</v>
       </c>
       <c r="C91" t="s">
         <v>25</v>
       </c>
       <c r="D91" t="s">
         <v>26</v>
       </c>
       <c r="E91" t="s">
         <v>27</v>
       </c>
       <c r="I91" t="s">
         <v>28</v>
       </c>
       <c r="J91">
         <v>9.901</v>
       </c>
       <c r="K91" s="2">
         <v>45853.0</v>
       </c>
       <c r="L91" s="2">
         <v>46767.0</v>
       </c>
       <c r="M91">
         <v>6000</v>
       </c>
       <c r="N91">
         <v>1000.0</v>
       </c>
       <c r="O91" t="s">
         <v>28</v>
       </c>
       <c r="P91">
-        <v>0.403573</v>
+        <v>0.430478</v>
       </c>
     </row>
     <row r="92" spans="1:24">
       <c r="A92" s="2">
-        <v>45957.355011574</v>
+        <v>45958.355347222</v>
       </c>
       <c r="B92" t="s">
         <v>29</v>
       </c>
       <c r="C92" t="s">
         <v>25</v>
       </c>
       <c r="D92" t="s">
         <v>26</v>
       </c>
       <c r="E92" t="s">
         <v>27</v>
       </c>
       <c r="I92" t="s">
         <v>28</v>
       </c>
       <c r="J92">
         <v>9.901</v>
       </c>
       <c r="K92" s="2">
         <v>45853.0</v>
       </c>
       <c r="L92" s="2">
         <v>46767.0</v>
       </c>
       <c r="M92">
         <v>6000</v>
       </c>
       <c r="N92">
         <v>1000.0</v>
       </c>
       <c r="O92" t="s">
         <v>28</v>
       </c>
       <c r="P92">
-        <v>0.376668</v>
+        <v>0.403573</v>
       </c>
     </row>
     <row r="93" spans="1:24">
       <c r="A93" s="2">
-        <v>45954.355439815</v>
+        <v>45957.355011574</v>
       </c>
       <c r="B93" t="s">
         <v>29</v>
       </c>
       <c r="C93" t="s">
         <v>25</v>
       </c>
       <c r="D93" t="s">
         <v>26</v>
       </c>
       <c r="E93" t="s">
         <v>27</v>
       </c>
       <c r="I93" t="s">
         <v>28</v>
       </c>
       <c r="J93">
         <v>9.901</v>
       </c>
       <c r="K93" s="2">
         <v>45853.0</v>
       </c>
       <c r="L93" s="2">
         <v>46767.0</v>
       </c>
       <c r="M93">
         <v>6000</v>
       </c>
       <c r="N93">
         <v>1000.0</v>
       </c>
       <c r="O93" t="s">
         <v>28</v>
       </c>
       <c r="P93">
-        <v>0.349764</v>
+        <v>0.376668</v>
       </c>
     </row>
     <row r="94" spans="1:24">
       <c r="A94" s="2">
-        <v>45953.355173611</v>
+        <v>45954.355439815</v>
       </c>
       <c r="B94" t="s">
         <v>29</v>
       </c>
       <c r="C94" t="s">
         <v>25</v>
       </c>
       <c r="D94" t="s">
         <v>26</v>
       </c>
       <c r="E94" t="s">
         <v>27</v>
       </c>
       <c r="I94" t="s">
         <v>28</v>
       </c>
       <c r="J94">
         <v>9.901</v>
       </c>
       <c r="K94" s="2">
         <v>45853.0</v>
       </c>
       <c r="L94" s="2">
         <v>46767.0</v>
       </c>
       <c r="M94">
         <v>6000</v>
       </c>
       <c r="N94">
         <v>1000.0</v>
       </c>
       <c r="O94" t="s">
         <v>28</v>
       </c>
       <c r="P94">
-        <v>0.322859</v>
+        <v>0.349764</v>
       </c>
     </row>
     <row r="95" spans="1:24">
       <c r="A95" s="2">
-        <v>45952.355775463</v>
+        <v>45953.355173611</v>
       </c>
       <c r="B95" t="s">
         <v>29</v>
       </c>
       <c r="C95" t="s">
         <v>25</v>
       </c>
       <c r="D95" t="s">
         <v>26</v>
       </c>
       <c r="E95" t="s">
         <v>27</v>
       </c>
       <c r="I95" t="s">
         <v>28</v>
       </c>
       <c r="J95">
         <v>9.901</v>
       </c>
       <c r="K95" s="2">
         <v>45853.0</v>
       </c>
       <c r="L95" s="2">
         <v>46767.0</v>
       </c>
       <c r="M95">
         <v>6000</v>
       </c>
       <c r="N95">
         <v>1000.0</v>
       </c>
       <c r="O95" t="s">
         <v>28</v>
       </c>
       <c r="P95">
-        <v>0.242144</v>
+        <v>0.322859</v>
       </c>
     </row>
     <row r="96" spans="1:24">
       <c r="A96" s="2">
-        <v>45951.355138889</v>
+        <v>45952.355775463</v>
       </c>
       <c r="B96" t="s">
         <v>29</v>
       </c>
       <c r="C96" t="s">
         <v>25</v>
       </c>
       <c r="D96" t="s">
         <v>26</v>
       </c>
       <c r="E96" t="s">
         <v>27</v>
       </c>
       <c r="I96" t="s">
         <v>28</v>
       </c>
       <c r="J96">
         <v>9.901</v>
       </c>
       <c r="K96" s="2">
         <v>45853.0</v>
       </c>
       <c r="L96" s="2">
         <v>46767.0</v>
       </c>
       <c r="M96">
         <v>6000</v>
       </c>
       <c r="N96">
         <v>1000.0</v>
       </c>
       <c r="O96" t="s">
         <v>28</v>
       </c>
       <c r="P96">
-        <v>0.215239</v>
+        <v>0.242144</v>
       </c>
     </row>
     <row r="97" spans="1:24">
       <c r="A97" s="2">
-        <v>45950.354884259</v>
+        <v>45951.355138889</v>
       </c>
       <c r="B97" t="s">
         <v>29</v>
       </c>
       <c r="C97" t="s">
         <v>25</v>
       </c>
       <c r="D97" t="s">
         <v>26</v>
       </c>
       <c r="E97" t="s">
         <v>27</v>
       </c>
       <c r="I97" t="s">
         <v>28</v>
       </c>
       <c r="J97">
         <v>9.901</v>
       </c>
       <c r="K97" s="2">
         <v>45853.0</v>
       </c>
       <c r="L97" s="2">
         <v>46767.0</v>
       </c>
       <c r="M97">
         <v>6000</v>
       </c>
       <c r="N97">
         <v>1000.0</v>
       </c>
       <c r="O97" t="s">
         <v>28</v>
       </c>
       <c r="P97">
-        <v>0.188334</v>
+        <v>0.215239</v>
       </c>
     </row>
     <row r="98" spans="1:24">
       <c r="A98" s="2">
-        <v>45947.355289352</v>
+        <v>45950.354884259</v>
       </c>
       <c r="B98" t="s">
         <v>29</v>
       </c>
       <c r="C98" t="s">
         <v>25</v>
       </c>
       <c r="D98" t="s">
         <v>26</v>
       </c>
       <c r="E98" t="s">
         <v>27</v>
       </c>
       <c r="I98" t="s">
         <v>28</v>
       </c>
       <c r="J98">
         <v>9.901</v>
       </c>
       <c r="K98" s="2">
         <v>45853.0</v>
       </c>
       <c r="L98" s="2">
         <v>46767.0</v>
       </c>
       <c r="M98">
         <v>6000</v>
       </c>
       <c r="N98">
         <v>1000.0</v>
       </c>
       <c r="O98" t="s">
         <v>28</v>
       </c>
       <c r="P98">
-        <v>0.161429</v>
+        <v>0.188334</v>
       </c>
     </row>
     <row r="99" spans="1:24">
       <c r="A99" s="2">
-        <v>45946.354965278</v>
+        <v>45947.355289352</v>
       </c>
       <c r="B99" t="s">
         <v>29</v>
       </c>
       <c r="C99" t="s">
         <v>25</v>
       </c>
       <c r="D99" t="s">
         <v>26</v>
       </c>
       <c r="E99" t="s">
         <v>27</v>
       </c>
       <c r="I99" t="s">
         <v>28</v>
       </c>
       <c r="J99">
         <v>9.901</v>
       </c>
       <c r="K99" s="2">
         <v>45853.0</v>
       </c>
       <c r="L99" s="2">
         <v>46767.0</v>
       </c>
       <c r="M99">
         <v>6000</v>
       </c>
       <c r="N99">
         <v>1000.0</v>
       </c>
       <c r="O99" t="s">
         <v>28</v>
       </c>
       <c r="P99">
-        <v>0.134524</v>
+        <v>0.161429</v>
       </c>
     </row>
     <row r="100" spans="1:24">
       <c r="A100" s="2">
-        <v>45945.355115741</v>
+        <v>45946.354965278</v>
       </c>
       <c r="B100" t="s">
         <v>29</v>
       </c>
       <c r="C100" t="s">
         <v>25</v>
       </c>
       <c r="D100" t="s">
         <v>26</v>
       </c>
       <c r="E100" t="s">
         <v>27</v>
       </c>
       <c r="I100" t="s">
         <v>28</v>
       </c>
       <c r="J100">
         <v>9.901</v>
       </c>
       <c r="K100" s="2">
         <v>45853.0</v>
       </c>
       <c r="L100" s="2">
         <v>46767.0</v>
       </c>
       <c r="M100">
         <v>6000</v>
       </c>
       <c r="N100">
         <v>1000.0</v>
       </c>
       <c r="O100" t="s">
         <v>28</v>
       </c>
       <c r="P100">
-        <v>0.05381</v>
+        <v>0.134524</v>
       </c>
     </row>
     <row r="101" spans="1:24">
       <c r="A101" s="2">
-        <v>45944.354652778</v>
+        <v>45945.355115741</v>
       </c>
       <c r="B101" t="s">
         <v>29</v>
       </c>
       <c r="C101" t="s">
         <v>25</v>
       </c>
       <c r="D101" t="s">
         <v>26</v>
       </c>
       <c r="E101" t="s">
         <v>27</v>
       </c>
       <c r="I101" t="s">
         <v>28</v>
       </c>
       <c r="J101">
         <v>9.901</v>
       </c>
       <c r="K101" s="2">
         <v>45853.0</v>
       </c>
       <c r="L101" s="2">
         <v>46767.0</v>
       </c>
       <c r="M101">
         <v>6000</v>
       </c>
       <c r="N101">
         <v>1000.0</v>
       </c>
       <c r="O101" t="s">
         <v>28</v>
       </c>
       <c r="P101">
-        <v>0.026905</v>
+        <v>0.05381</v>
       </c>
     </row>
     <row r="102" spans="1:24">
       <c r="A102" s="2">
-        <v>45943.35474537</v>
+        <v>45944.354652778</v>
       </c>
       <c r="B102" t="s">
         <v>29</v>
       </c>
       <c r="C102" t="s">
         <v>25</v>
       </c>
       <c r="D102" t="s">
         <v>26</v>
       </c>
       <c r="E102" t="s">
         <v>27</v>
       </c>
       <c r="I102" t="s">
         <v>28</v>
       </c>
       <c r="J102">
         <v>9.901</v>
       </c>
       <c r="K102" s="2">
         <v>45853.0</v>
       </c>
       <c r="L102" s="2">
         <v>46767.0</v>
       </c>
       <c r="M102">
         <v>6000</v>
       </c>
       <c r="N102">
         <v>1000.0</v>
       </c>
       <c r="O102" t="s">
         <v>28</v>
       </c>
+      <c r="P102">
+        <v>0.026905</v>
+      </c>
     </row>
     <row r="103" spans="1:24">
       <c r="A103" s="2">
-        <v>45940.354780093</v>
+        <v>45943.35474537</v>
       </c>
       <c r="B103" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C103" t="s">
         <v>25</v>
       </c>
       <c r="D103" t="s">
         <v>26</v>
       </c>
       <c r="E103" t="s">
         <v>27</v>
       </c>
       <c r="I103" t="s">
         <v>28</v>
       </c>
       <c r="J103">
         <v>9.901</v>
       </c>
       <c r="K103" s="2">
         <v>45853.0</v>
       </c>
       <c r="L103" s="2">
         <v>46767.0</v>
       </c>
       <c r="M103">
         <v>6000</v>
       </c>
       <c r="N103">
         <v>1000.0</v>
       </c>
       <c r="O103" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>-0.026905</v>
       </c>
     </row>
     <row r="104" spans="1:24">
       <c r="A104" s="2">
-        <v>45939.354780093</v>
+        <v>45940.354780093</v>
       </c>
       <c r="B104" t="s">
         <v>24</v>
       </c>
       <c r="C104" t="s">
         <v>25</v>
       </c>
       <c r="D104" t="s">
         <v>26</v>
       </c>
       <c r="E104" t="s">
         <v>27</v>
       </c>
       <c r="I104" t="s">
         <v>28</v>
       </c>
       <c r="J104">
         <v>9.901</v>
       </c>
       <c r="K104" s="2">
         <v>45853.0</v>
       </c>
       <c r="L104" s="2">
         <v>46767.0</v>
       </c>
       <c r="M104">
         <v>6000</v>
       </c>
       <c r="N104">
         <v>1000.0</v>
       </c>
       <c r="O104" t="s">
         <v>28</v>
       </c>
       <c r="P104">
-        <v>-0.05381</v>
+        <v>-0.026905</v>
       </c>
     </row>
     <row r="105" spans="1:24">
       <c r="A105" s="2">
-        <v>45938.354814815</v>
+        <v>45939.354780093</v>
       </c>
       <c r="B105" t="s">
         <v>24</v>
       </c>
       <c r="C105" t="s">
         <v>25</v>
       </c>
       <c r="D105" t="s">
         <v>26</v>
       </c>
       <c r="E105" t="s">
         <v>27</v>
       </c>
       <c r="I105" t="s">
         <v>28</v>
       </c>
       <c r="J105">
         <v>9.901</v>
       </c>
       <c r="K105" s="2">
         <v>45853.0</v>
       </c>
       <c r="L105" s="2">
         <v>46767.0</v>
       </c>
       <c r="M105">
         <v>6000</v>
       </c>
       <c r="N105">
         <v>1000.0</v>
       </c>
       <c r="O105" t="s">
         <v>28</v>
       </c>
       <c r="P105">
-        <v>-0.134524</v>
+        <v>-0.05381</v>
       </c>
     </row>
     <row r="106" spans="1:24">
       <c r="A106" s="2">
-        <v>45937.354722222</v>
+        <v>45938.354814815</v>
       </c>
       <c r="B106" t="s">
         <v>24</v>
       </c>
       <c r="C106" t="s">
         <v>25</v>
       </c>
       <c r="D106" t="s">
         <v>26</v>
       </c>
       <c r="E106" t="s">
         <v>27</v>
       </c>
       <c r="I106" t="s">
         <v>28</v>
       </c>
       <c r="J106">
         <v>9.901</v>
       </c>
       <c r="K106" s="2">
         <v>45853.0</v>
       </c>
       <c r="L106" s="2">
         <v>46767.0</v>
       </c>
       <c r="M106">
         <v>6000</v>
       </c>
       <c r="N106">
         <v>1000.0</v>
       </c>
       <c r="O106" t="s">
         <v>28</v>
       </c>
       <c r="P106">
-        <v>-0.161429</v>
+        <v>-0.134524</v>
       </c>
     </row>
     <row r="107" spans="1:24">
       <c r="A107" s="2">
-        <v>45936.354884259</v>
+        <v>45937.354722222</v>
       </c>
       <c r="B107" t="s">
         <v>24</v>
       </c>
       <c r="C107" t="s">
         <v>25</v>
       </c>
       <c r="D107" t="s">
         <v>26</v>
       </c>
       <c r="E107" t="s">
         <v>27</v>
       </c>
       <c r="I107" t="s">
         <v>28</v>
       </c>
       <c r="J107">
         <v>9.901</v>
       </c>
       <c r="K107" s="2">
         <v>45853.0</v>
       </c>
       <c r="L107" s="2">
         <v>46767.0</v>
       </c>
       <c r="M107">
         <v>6000</v>
       </c>
       <c r="N107">
         <v>1000.0</v>
       </c>
       <c r="O107" t="s">
         <v>28</v>
       </c>
       <c r="P107">
-        <v>2.286916</v>
+        <v>-0.161429</v>
       </c>
     </row>
     <row r="108" spans="1:24">
       <c r="A108" s="2">
-        <v>45933.354791667</v>
+        <v>45936.354884259</v>
       </c>
       <c r="B108" t="s">
         <v>24</v>
       </c>
       <c r="C108" t="s">
         <v>25</v>
       </c>
       <c r="D108" t="s">
         <v>26</v>
       </c>
       <c r="E108" t="s">
         <v>27</v>
       </c>
       <c r="I108" t="s">
         <v>28</v>
       </c>
       <c r="J108">
         <v>9.901</v>
       </c>
       <c r="K108" s="2">
         <v>45853.0</v>
       </c>
       <c r="L108" s="2">
         <v>46767.0</v>
       </c>
       <c r="M108">
         <v>6000</v>
       </c>
       <c r="N108">
         <v>1000.0</v>
       </c>
       <c r="O108" t="s">
         <v>28</v>
       </c>
       <c r="P108">
-        <v>2.260011</v>
+        <v>2.286916</v>
       </c>
     </row>
     <row r="109" spans="1:24">
       <c r="A109" s="2">
-        <v>45932.354652778</v>
+        <v>45933.354791667</v>
       </c>
       <c r="B109" t="s">
         <v>24</v>
       </c>
       <c r="C109" t="s">
         <v>25</v>
       </c>
       <c r="D109" t="s">
         <v>26</v>
       </c>
       <c r="E109" t="s">
         <v>27</v>
       </c>
       <c r="I109" t="s">
         <v>28</v>
       </c>
       <c r="J109">
         <v>9.901</v>
       </c>
       <c r="K109" s="2">
         <v>45853.0</v>
       </c>
       <c r="L109" s="2">
         <v>46767.0</v>
       </c>
       <c r="M109">
         <v>6000</v>
       </c>
       <c r="N109">
         <v>1000.0</v>
       </c>
       <c r="O109" t="s">
         <v>28</v>
       </c>
       <c r="P109">
-        <v>2.233106</v>
+        <v>2.260011</v>
       </c>
     </row>
     <row r="110" spans="1:24">
       <c r="A110" s="2">
-        <v>45931.354814815</v>
+        <v>45932.354652778</v>
       </c>
       <c r="B110" t="s">
         <v>24</v>
       </c>
       <c r="C110" t="s">
         <v>25</v>
       </c>
       <c r="D110" t="s">
         <v>26</v>
       </c>
       <c r="E110" t="s">
         <v>27</v>
       </c>
       <c r="I110" t="s">
         <v>28</v>
       </c>
       <c r="J110">
         <v>9.901</v>
       </c>
       <c r="K110" s="2">
         <v>45853.0</v>
       </c>
       <c r="L110" s="2">
         <v>46767.0</v>
       </c>
       <c r="M110">
         <v>6000</v>
       </c>
       <c r="N110">
         <v>1000.0</v>
       </c>
       <c r="O110" t="s">
         <v>28</v>
       </c>
       <c r="P110">
-        <v>2.152391</v>
+        <v>2.233106</v>
       </c>
     </row>
     <row r="111" spans="1:24">
       <c r="A111" s="2">
-        <v>45930.3546875</v>
+        <v>45931.354814815</v>
       </c>
       <c r="B111" t="s">
         <v>24</v>
       </c>
       <c r="C111" t="s">
         <v>25</v>
       </c>
       <c r="D111" t="s">
         <v>26</v>
       </c>
       <c r="E111" t="s">
         <v>27</v>
       </c>
       <c r="I111" t="s">
         <v>28</v>
       </c>
       <c r="J111">
         <v>9.901</v>
       </c>
       <c r="K111" s="2">
         <v>45853.0</v>
       </c>
       <c r="L111" s="2">
         <v>46767.0</v>
       </c>
       <c r="M111">
         <v>6000</v>
       </c>
       <c r="N111">
         <v>1000.0</v>
       </c>
       <c r="O111" t="s">
         <v>28</v>
       </c>
       <c r="P111">
-        <v>2.125486</v>
+        <v>2.152391</v>
       </c>
     </row>
     <row r="112" spans="1:24">
       <c r="A112" s="2">
-        <v>45929.354710648</v>
+        <v>45930.3546875</v>
       </c>
       <c r="B112" t="s">
         <v>24</v>
       </c>
       <c r="C112" t="s">
         <v>25</v>
       </c>
       <c r="D112" t="s">
         <v>26</v>
       </c>
       <c r="E112" t="s">
         <v>27</v>
       </c>
       <c r="I112" t="s">
         <v>28</v>
       </c>
       <c r="J112">
         <v>9.901</v>
       </c>
       <c r="K112" s="2">
         <v>45853.0</v>
       </c>
       <c r="L112" s="2">
         <v>46767.0</v>
       </c>
       <c r="M112">
         <v>6000</v>
       </c>
       <c r="N112">
         <v>1000.0</v>
       </c>
       <c r="O112" t="s">
         <v>28</v>
       </c>
       <c r="P112">
-        <v>2.098582</v>
+        <v>2.125486</v>
       </c>
     </row>
     <row r="113" spans="1:24">
       <c r="A113" s="2">
-        <v>45926.35474537</v>
+        <v>45929.354710648</v>
       </c>
       <c r="B113" t="s">
         <v>24</v>
       </c>
       <c r="C113" t="s">
         <v>25</v>
       </c>
       <c r="D113" t="s">
         <v>26</v>
       </c>
       <c r="E113" t="s">
         <v>27</v>
       </c>
       <c r="I113" t="s">
         <v>28</v>
       </c>
       <c r="J113">
         <v>9.901</v>
       </c>
       <c r="K113" s="2">
         <v>45853.0</v>
       </c>
       <c r="L113" s="2">
         <v>46767.0</v>
       </c>
       <c r="M113">
         <v>6000</v>
       </c>
       <c r="N113">
         <v>1000.0</v>
       </c>
       <c r="O113" t="s">
         <v>28</v>
       </c>
       <c r="P113">
-        <v>2.071677</v>
+        <v>2.098582</v>
       </c>
     </row>
     <row r="114" spans="1:24">
       <c r="A114" s="2">
-        <v>45925.354918981</v>
+        <v>45926.35474537</v>
       </c>
       <c r="B114" t="s">
         <v>24</v>
       </c>
       <c r="C114" t="s">
         <v>25</v>
       </c>
       <c r="D114" t="s">
         <v>26</v>
       </c>
       <c r="E114" t="s">
         <v>27</v>
       </c>
       <c r="I114" t="s">
         <v>28</v>
       </c>
       <c r="J114">
         <v>9.901</v>
       </c>
       <c r="K114" s="2">
         <v>45853.0</v>
       </c>
       <c r="L114" s="2">
         <v>46767.0</v>
       </c>
       <c r="M114">
         <v>6000</v>
       </c>
       <c r="N114">
         <v>1000.0</v>
       </c>
       <c r="O114" t="s">
         <v>28</v>
       </c>
       <c r="P114">
-        <v>2.044772</v>
+        <v>2.071677</v>
       </c>
     </row>
     <row r="115" spans="1:24">
       <c r="A115" s="2">
-        <v>45924.354780093</v>
+        <v>45925.354918981</v>
       </c>
       <c r="B115" t="s">
         <v>24</v>
       </c>
       <c r="C115" t="s">
         <v>25</v>
       </c>
       <c r="D115" t="s">
         <v>26</v>
       </c>
       <c r="E115" t="s">
         <v>27</v>
       </c>
       <c r="I115" t="s">
         <v>28</v>
       </c>
       <c r="J115">
         <v>9.901</v>
       </c>
       <c r="K115" s="2">
         <v>45853.0</v>
       </c>
       <c r="L115" s="2">
         <v>46767.0</v>
       </c>
       <c r="M115">
         <v>6000</v>
       </c>
       <c r="N115">
         <v>1000.0</v>
       </c>
       <c r="O115" t="s">
         <v>28</v>
       </c>
       <c r="P115">
-        <v>1.964057</v>
+        <v>2.044772</v>
       </c>
     </row>
     <row r="116" spans="1:24">
       <c r="A116" s="2">
-        <v>45923.354861111</v>
+        <v>45924.354780093</v>
       </c>
       <c r="B116" t="s">
         <v>24</v>
       </c>
       <c r="C116" t="s">
         <v>25</v>
       </c>
       <c r="D116" t="s">
         <v>26</v>
       </c>
       <c r="E116" t="s">
         <v>27</v>
       </c>
       <c r="I116" t="s">
         <v>28</v>
       </c>
       <c r="J116">
         <v>9.901</v>
       </c>
       <c r="K116" s="2">
         <v>45853.0</v>
       </c>
       <c r="L116" s="2">
         <v>46767.0</v>
       </c>
       <c r="M116">
         <v>6000</v>
       </c>
       <c r="N116">
         <v>1000.0</v>
       </c>
       <c r="O116" t="s">
         <v>28</v>
       </c>
       <c r="P116">
-        <v>1.937152</v>
+        <v>1.964057</v>
       </c>
     </row>
     <row r="117" spans="1:24">
       <c r="A117" s="2">
-        <v>45922.354699074</v>
+        <v>45923.354861111</v>
       </c>
       <c r="B117" t="s">
         <v>24</v>
       </c>
       <c r="C117" t="s">
         <v>25</v>
       </c>
       <c r="D117" t="s">
         <v>26</v>
       </c>
       <c r="E117" t="s">
         <v>27</v>
       </c>
       <c r="I117" t="s">
         <v>28</v>
       </c>
       <c r="J117">
         <v>9.901</v>
       </c>
       <c r="K117" s="2">
         <v>45853.0</v>
       </c>
       <c r="L117" s="2">
         <v>46767.0</v>
       </c>
       <c r="M117">
         <v>6000</v>
       </c>
       <c r="N117">
         <v>1000.0</v>
       </c>
       <c r="O117" t="s">
         <v>28</v>
       </c>
       <c r="P117">
-        <v>1.910247</v>
+        <v>1.937152</v>
       </c>
     </row>
     <row r="118" spans="1:24">
       <c r="A118" s="2">
-        <v>45919.354861111</v>
+        <v>45922.354699074</v>
       </c>
       <c r="B118" t="s">
         <v>24</v>
       </c>
       <c r="C118" t="s">
         <v>25</v>
       </c>
       <c r="D118" t="s">
         <v>26</v>
       </c>
       <c r="E118" t="s">
         <v>27</v>
       </c>
       <c r="I118" t="s">
         <v>28</v>
       </c>
       <c r="J118">
         <v>9.901</v>
       </c>
       <c r="K118" s="2">
         <v>45853.0</v>
       </c>
       <c r="L118" s="2">
         <v>46767.0</v>
       </c>
       <c r="M118">
         <v>6000</v>
       </c>
       <c r="N118">
         <v>1000.0</v>
       </c>
       <c r="O118" t="s">
         <v>28</v>
       </c>
       <c r="P118">
-        <v>1.883342</v>
+        <v>1.910247</v>
       </c>
     </row>
     <row r="119" spans="1:24">
       <c r="A119" s="2">
-        <v>45918.354872685</v>
+        <v>45919.354861111</v>
       </c>
       <c r="B119" t="s">
         <v>24</v>
       </c>
       <c r="C119" t="s">
         <v>25</v>
       </c>
       <c r="D119" t="s">
         <v>26</v>
       </c>
       <c r="E119" t="s">
         <v>27</v>
       </c>
       <c r="I119" t="s">
         <v>28</v>
       </c>
       <c r="J119">
         <v>9.901</v>
       </c>
       <c r="K119" s="2">
         <v>45853.0</v>
       </c>
       <c r="L119" s="2">
         <v>46767.0</v>
       </c>
       <c r="M119">
         <v>6000</v>
       </c>
       <c r="N119">
         <v>1000.0</v>
       </c>
       <c r="O119" t="s">
         <v>28</v>
       </c>
       <c r="P119">
-        <v>1.856438</v>
+        <v>1.883342</v>
       </c>
     </row>
     <row r="120" spans="1:24">
       <c r="A120" s="2">
-        <v>45917.354895833</v>
+        <v>45918.354872685</v>
       </c>
       <c r="B120" t="s">
         <v>24</v>
       </c>
       <c r="C120" t="s">
         <v>25</v>
       </c>
       <c r="D120" t="s">
         <v>26</v>
       </c>
       <c r="E120" t="s">
         <v>27</v>
       </c>
       <c r="I120" t="s">
         <v>28</v>
       </c>
       <c r="J120">
         <v>9.901</v>
       </c>
       <c r="K120" s="2">
         <v>45853.0</v>
       </c>
       <c r="L120" s="2">
         <v>46767.0</v>
       </c>
       <c r="M120">
         <v>6000</v>
       </c>
       <c r="N120">
         <v>1000.0</v>
       </c>
       <c r="O120" t="s">
         <v>28</v>
       </c>
       <c r="P120">
-        <v>1.775723</v>
+        <v>1.856438</v>
       </c>
     </row>
     <row r="121" spans="1:24">
       <c r="A121" s="2">
-        <v>45916.354837963</v>
+        <v>45917.354895833</v>
       </c>
       <c r="B121" t="s">
         <v>24</v>
       </c>
       <c r="C121" t="s">
         <v>25</v>
       </c>
       <c r="D121" t="s">
         <v>26</v>
       </c>
       <c r="E121" t="s">
         <v>27</v>
       </c>
       <c r="I121" t="s">
         <v>28</v>
       </c>
       <c r="J121">
         <v>9.901</v>
       </c>
       <c r="K121" s="2">
         <v>45853.0</v>
       </c>
       <c r="L121" s="2">
         <v>46767.0</v>
       </c>
       <c r="M121">
         <v>6000</v>
       </c>
       <c r="N121">
         <v>1000.0</v>
       </c>
       <c r="O121" t="s">
         <v>28</v>
       </c>
       <c r="P121">
-        <v>1.748818</v>
+        <v>1.775723</v>
       </c>
     </row>
     <row r="122" spans="1:24">
       <c r="A122" s="2">
-        <v>45915.354826389</v>
+        <v>45916.354837963</v>
       </c>
       <c r="B122" t="s">
         <v>24</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
         <v>26</v>
       </c>
       <c r="E122" t="s">
         <v>27</v>
       </c>
       <c r="I122" t="s">
         <v>28</v>
       </c>
       <c r="J122">
         <v>9.901</v>
       </c>
       <c r="K122" s="2">
         <v>45853.0</v>
       </c>
       <c r="L122" s="2">
         <v>46767.0</v>
       </c>
       <c r="M122">
         <v>6000</v>
       </c>
       <c r="N122">
         <v>1000.0</v>
       </c>
       <c r="O122" t="s">
         <v>28</v>
       </c>
       <c r="P122">
-        <v>1.721913</v>
+        <v>1.748818</v>
       </c>
     </row>
     <row r="123" spans="1:24">
       <c r="A123" s="2">
-        <v>45912.355</v>
+        <v>45915.354826389</v>
       </c>
       <c r="B123" t="s">
         <v>24</v>
       </c>
       <c r="C123" t="s">
         <v>25</v>
       </c>
       <c r="D123" t="s">
         <v>26</v>
       </c>
       <c r="E123" t="s">
         <v>27</v>
       </c>
       <c r="I123" t="s">
         <v>28</v>
       </c>
       <c r="J123">
         <v>9.901</v>
       </c>
       <c r="K123" s="2">
         <v>45853.0</v>
       </c>
       <c r="L123" s="2">
         <v>46767.0</v>
       </c>
       <c r="M123">
         <v>6000</v>
       </c>
       <c r="N123">
         <v>1000.0</v>
       </c>
       <c r="O123" t="s">
         <v>28</v>
       </c>
       <c r="P123">
-        <v>1.695008</v>
+        <v>1.721913</v>
       </c>
     </row>
     <row r="124" spans="1:24">
       <c r="A124" s="2">
-        <v>45911.354826389</v>
+        <v>45912.355</v>
       </c>
       <c r="B124" t="s">
         <v>24</v>
       </c>
       <c r="C124" t="s">
         <v>25</v>
       </c>
       <c r="D124" t="s">
         <v>26</v>
       </c>
       <c r="E124" t="s">
         <v>27</v>
       </c>
       <c r="I124" t="s">
         <v>28</v>
       </c>
       <c r="J124">
         <v>9.901</v>
       </c>
       <c r="K124" s="2">
         <v>45853.0</v>
       </c>
       <c r="L124" s="2">
         <v>46767.0</v>
       </c>
       <c r="M124">
         <v>6000</v>
       </c>
       <c r="N124">
         <v>1000.0</v>
       </c>
       <c r="O124" t="s">
         <v>28</v>
       </c>
       <c r="P124">
-        <v>1.668103</v>
+        <v>1.695008</v>
       </c>
     </row>
     <row r="125" spans="1:24">
       <c r="A125" s="2">
-        <v>45910.355011574</v>
+        <v>45911.354826389</v>
       </c>
       <c r="B125" t="s">
         <v>24</v>
       </c>
       <c r="C125" t="s">
         <v>25</v>
       </c>
       <c r="D125" t="s">
         <v>26</v>
       </c>
       <c r="E125" t="s">
         <v>27</v>
       </c>
       <c r="I125" t="s">
         <v>28</v>
       </c>
       <c r="J125">
         <v>9.901</v>
       </c>
       <c r="K125" s="2">
         <v>45853.0</v>
       </c>
       <c r="L125" s="2">
         <v>46767.0</v>
       </c>
       <c r="M125">
         <v>6000</v>
       </c>
       <c r="N125">
         <v>1000.0</v>
       </c>
       <c r="O125" t="s">
         <v>28</v>
       </c>
       <c r="P125">
-        <v>1.587389</v>
+        <v>1.668103</v>
       </c>
     </row>
     <row r="126" spans="1:24">
       <c r="A126" s="2">
-        <v>45909.354930556</v>
+        <v>45910.355011574</v>
       </c>
       <c r="B126" t="s">
         <v>24</v>
       </c>
       <c r="C126" t="s">
         <v>25</v>
       </c>
       <c r="D126" t="s">
         <v>26</v>
       </c>
       <c r="E126" t="s">
         <v>27</v>
       </c>
       <c r="I126" t="s">
         <v>28</v>
       </c>
       <c r="J126">
         <v>9.901</v>
       </c>
       <c r="K126" s="2">
         <v>45853.0</v>
       </c>
       <c r="L126" s="2">
         <v>46767.0</v>
       </c>
       <c r="M126">
         <v>6000</v>
       </c>
       <c r="N126">
         <v>1000.0</v>
       </c>
       <c r="O126" t="s">
         <v>28</v>
       </c>
       <c r="P126">
-        <v>1.560484</v>
+        <v>1.587389</v>
       </c>
     </row>
     <row r="127" spans="1:24">
       <c r="A127" s="2">
-        <v>45908.354861111</v>
+        <v>45909.354930556</v>
       </c>
       <c r="B127" t="s">
         <v>24</v>
       </c>
       <c r="C127" t="s">
         <v>25</v>
       </c>
       <c r="D127" t="s">
         <v>26</v>
       </c>
       <c r="E127" t="s">
         <v>27</v>
       </c>
       <c r="I127" t="s">
         <v>28</v>
       </c>
       <c r="J127">
         <v>9.901</v>
       </c>
       <c r="K127" s="2">
         <v>45853.0</v>
       </c>
       <c r="L127" s="2">
         <v>46767.0</v>
       </c>
       <c r="M127">
         <v>6000</v>
       </c>
       <c r="N127">
         <v>1000.0</v>
       </c>
       <c r="O127" t="s">
         <v>28</v>
       </c>
       <c r="P127">
-        <v>1.533579</v>
+        <v>1.560484</v>
       </c>
     </row>
     <row r="128" spans="1:24">
       <c r="A128" s="2">
-        <v>45905.354930556</v>
+        <v>45908.354861111</v>
       </c>
       <c r="B128" t="s">
         <v>24</v>
       </c>
       <c r="C128" t="s">
         <v>25</v>
       </c>
       <c r="D128" t="s">
         <v>26</v>
       </c>
       <c r="E128" t="s">
         <v>27</v>
       </c>
       <c r="I128" t="s">
         <v>28</v>
       </c>
       <c r="J128">
         <v>9.901</v>
       </c>
       <c r="K128" s="2">
         <v>45853.0</v>
       </c>
       <c r="L128" s="2">
         <v>46767.0</v>
       </c>
       <c r="M128">
         <v>6000</v>
       </c>
       <c r="N128">
         <v>1000.0</v>
       </c>
       <c r="O128" t="s">
         <v>28</v>
       </c>
       <c r="P128">
-        <v>1.506674</v>
+        <v>1.533579</v>
       </c>
     </row>
     <row r="129" spans="1:24">
       <c r="A129" s="2">
-        <v>45904.354814815</v>
+        <v>45905.354930556</v>
       </c>
       <c r="B129" t="s">
         <v>24</v>
       </c>
       <c r="C129" t="s">
         <v>25</v>
       </c>
       <c r="D129" t="s">
         <v>26</v>
       </c>
       <c r="E129" t="s">
         <v>27</v>
       </c>
       <c r="I129" t="s">
         <v>28</v>
       </c>
       <c r="J129">
         <v>9.901</v>
       </c>
       <c r="K129" s="2">
         <v>45853.0</v>
       </c>
       <c r="L129" s="2">
         <v>46767.0</v>
       </c>
       <c r="M129">
         <v>6000</v>
       </c>
       <c r="N129">
         <v>1000.0</v>
       </c>
       <c r="O129" t="s">
         <v>28</v>
       </c>
       <c r="P129">
-        <v>1.479769</v>
+        <v>1.506674</v>
       </c>
     </row>
     <row r="130" spans="1:24">
       <c r="A130" s="2">
-        <v>45903.354826389</v>
+        <v>45904.354814815</v>
       </c>
       <c r="B130" t="s">
         <v>24</v>
       </c>
       <c r="C130" t="s">
         <v>25</v>
       </c>
       <c r="D130" t="s">
         <v>26</v>
       </c>
       <c r="E130" t="s">
         <v>27</v>
       </c>
       <c r="I130" t="s">
         <v>28</v>
       </c>
       <c r="J130">
         <v>9.901</v>
       </c>
       <c r="K130" s="2">
         <v>45853.0</v>
       </c>
       <c r="L130" s="2">
         <v>46767.0</v>
       </c>
       <c r="M130">
         <v>6000</v>
       </c>
       <c r="N130">
         <v>1000.0</v>
       </c>
       <c r="O130" t="s">
         <v>28</v>
       </c>
       <c r="P130">
-        <v>1.399054</v>
+        <v>1.479769</v>
       </c>
     </row>
     <row r="131" spans="1:24">
       <c r="A131" s="2">
-        <v>45902.355104167</v>
+        <v>45903.354826389</v>
       </c>
       <c r="B131" t="s">
         <v>24</v>
       </c>
       <c r="C131" t="s">
         <v>25</v>
       </c>
       <c r="D131" t="s">
         <v>26</v>
       </c>
       <c r="E131" t="s">
         <v>27</v>
       </c>
       <c r="I131" t="s">
         <v>28</v>
       </c>
       <c r="J131">
         <v>9.901</v>
       </c>
       <c r="K131" s="2">
         <v>45853.0</v>
       </c>
       <c r="L131" s="2">
         <v>46767.0</v>
       </c>
       <c r="M131">
         <v>6000</v>
       </c>
       <c r="N131">
         <v>1000.0</v>
       </c>
       <c r="O131" t="s">
         <v>28</v>
       </c>
       <c r="P131">
-        <v>1.372149</v>
+        <v>1.399054</v>
       </c>
     </row>
     <row r="132" spans="1:24">
       <c r="A132" s="2">
-        <v>45901.354791667</v>
+        <v>45902.355104167</v>
       </c>
       <c r="B132" t="s">
         <v>24</v>
       </c>
       <c r="C132" t="s">
         <v>25</v>
       </c>
       <c r="D132" t="s">
         <v>26</v>
       </c>
       <c r="E132" t="s">
         <v>27</v>
       </c>
       <c r="I132" t="s">
         <v>28</v>
       </c>
       <c r="J132">
         <v>9.901</v>
       </c>
       <c r="K132" s="2">
         <v>45853.0</v>
       </c>
       <c r="L132" s="2">
         <v>46767.0</v>
       </c>
       <c r="M132">
         <v>6000</v>
       </c>
       <c r="N132">
         <v>1000.0</v>
       </c>
       <c r="O132" t="s">
         <v>28</v>
       </c>
       <c r="P132">
-        <v>1.345245</v>
+        <v>1.372149</v>
       </c>
     </row>
     <row r="133" spans="1:24">
       <c r="A133" s="2">
-        <v>45898.354803241</v>
+        <v>45901.354791667</v>
       </c>
       <c r="B133" t="s">
         <v>24</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
         <v>26</v>
       </c>
       <c r="E133" t="s">
         <v>27</v>
       </c>
       <c r="I133" t="s">
         <v>28</v>
       </c>
       <c r="J133">
         <v>9.901</v>
       </c>
       <c r="K133" s="2">
         <v>45853.0</v>
       </c>
       <c r="L133" s="2">
         <v>46767.0</v>
       </c>
       <c r="M133">
         <v>6000</v>
       </c>
       <c r="N133">
         <v>1000.0</v>
       </c>
       <c r="O133" t="s">
         <v>28</v>
       </c>
       <c r="P133">
-        <v>1.31834</v>
+        <v>1.345245</v>
       </c>
     </row>
     <row r="134" spans="1:24">
       <c r="A134" s="2">
-        <v>45897.354895833</v>
+        <v>45898.354803241</v>
       </c>
       <c r="B134" t="s">
         <v>24</v>
       </c>
       <c r="C134" t="s">
         <v>25</v>
       </c>
       <c r="D134" t="s">
         <v>26</v>
       </c>
       <c r="E134" t="s">
         <v>27</v>
       </c>
       <c r="I134" t="s">
         <v>28</v>
       </c>
       <c r="J134">
         <v>9.901</v>
       </c>
       <c r="K134" s="2">
         <v>45853.0</v>
       </c>
       <c r="L134" s="2">
         <v>46767.0</v>
       </c>
       <c r="M134">
         <v>6000</v>
       </c>
       <c r="N134">
         <v>1000.0</v>
       </c>
       <c r="O134" t="s">
         <v>28</v>
       </c>
       <c r="P134">
-        <v>1.291435</v>
+        <v>1.31834</v>
       </c>
     </row>
     <row r="135" spans="1:24">
       <c r="A135" s="2">
-        <v>45896.354953704</v>
+        <v>45897.354895833</v>
       </c>
       <c r="B135" t="s">
         <v>24</v>
       </c>
       <c r="C135" t="s">
         <v>25</v>
       </c>
       <c r="D135" t="s">
         <v>26</v>
       </c>
       <c r="E135" t="s">
         <v>27</v>
       </c>
       <c r="I135" t="s">
         <v>28</v>
       </c>
       <c r="J135">
         <v>9.901</v>
       </c>
       <c r="K135" s="2">
         <v>45853.0</v>
       </c>
       <c r="L135" s="2">
         <v>46767.0</v>
       </c>
       <c r="M135">
         <v>6000</v>
       </c>
       <c r="N135">
         <v>1000.0</v>
       </c>
       <c r="O135" t="s">
         <v>28</v>
       </c>
       <c r="P135">
-        <v>1.21072</v>
+        <v>1.291435</v>
       </c>
     </row>
     <row r="136" spans="1:24">
       <c r="A136" s="2">
-        <v>45895.35505787</v>
+        <v>45896.354953704</v>
       </c>
       <c r="B136" t="s">
         <v>24</v>
       </c>
       <c r="C136" t="s">
         <v>25</v>
       </c>
       <c r="D136" t="s">
         <v>26</v>
       </c>
       <c r="E136" t="s">
         <v>27</v>
       </c>
       <c r="I136" t="s">
         <v>28</v>
       </c>
       <c r="J136">
         <v>9.901</v>
       </c>
       <c r="K136" s="2">
         <v>45853.0</v>
       </c>
       <c r="L136" s="2">
         <v>46767.0</v>
       </c>
       <c r="M136">
         <v>6000</v>
       </c>
       <c r="N136">
         <v>1000.0</v>
       </c>
       <c r="O136" t="s">
         <v>28</v>
       </c>
       <c r="P136">
-        <v>1.183815</v>
+        <v>1.21072</v>
       </c>
     </row>
     <row r="137" spans="1:24">
       <c r="A137" s="2">
-        <v>45894.354895833</v>
+        <v>45895.35505787</v>
       </c>
       <c r="B137" t="s">
         <v>24</v>
       </c>
       <c r="C137" t="s">
         <v>25</v>
       </c>
       <c r="D137" t="s">
         <v>26</v>
       </c>
       <c r="E137" t="s">
         <v>27</v>
       </c>
       <c r="I137" t="s">
         <v>28</v>
       </c>
       <c r="J137">
         <v>9.901</v>
       </c>
       <c r="K137" s="2">
         <v>45853.0</v>
       </c>
       <c r="L137" s="2">
         <v>46767.0</v>
       </c>
       <c r="M137">
         <v>6000</v>
       </c>
       <c r="N137">
         <v>1000.0</v>
       </c>
       <c r="O137" t="s">
         <v>28</v>
       </c>
       <c r="P137">
-        <v>1.15691</v>
+        <v>1.183815</v>
       </c>
     </row>
     <row r="138" spans="1:24">
       <c r="A138" s="2">
-        <v>45891.355034722</v>
+        <v>45894.354895833</v>
       </c>
       <c r="B138" t="s">
         <v>24</v>
       </c>
       <c r="C138" t="s">
         <v>25</v>
       </c>
       <c r="D138" t="s">
         <v>26</v>
       </c>
       <c r="E138" t="s">
         <v>27</v>
       </c>
       <c r="I138" t="s">
         <v>28</v>
       </c>
       <c r="J138">
         <v>9.901</v>
       </c>
       <c r="K138" s="2">
         <v>45853.0</v>
       </c>
       <c r="L138" s="2">
         <v>46767.0</v>
       </c>
       <c r="M138">
         <v>6000</v>
       </c>
       <c r="N138">
         <v>1000.0</v>
       </c>
       <c r="O138" t="s">
         <v>28</v>
       </c>
       <c r="P138">
-        <v>1.130005</v>
+        <v>1.15691</v>
       </c>
     </row>
     <row r="139" spans="1:24">
       <c r="A139" s="2">
-        <v>45890.354699074</v>
+        <v>45891.355034722</v>
       </c>
       <c r="B139" t="s">
         <v>24</v>
       </c>
       <c r="C139" t="s">
         <v>25</v>
       </c>
       <c r="D139" t="s">
         <v>26</v>
       </c>
       <c r="E139" t="s">
         <v>27</v>
       </c>
       <c r="I139" t="s">
         <v>28</v>
       </c>
       <c r="J139">
         <v>9.901</v>
       </c>
       <c r="K139" s="2">
         <v>45853.0</v>
       </c>
       <c r="L139" s="2">
         <v>46767.0</v>
       </c>
       <c r="M139">
         <v>6000</v>
       </c>
       <c r="N139">
         <v>1000.0</v>
       </c>
       <c r="O139" t="s">
         <v>28</v>
       </c>
       <c r="P139">
-        <v>1.103101</v>
+        <v>1.130005</v>
       </c>
     </row>
     <row r="140" spans="1:24">
       <c r="A140" s="2">
-        <v>45889.354849537</v>
+        <v>45890.354699074</v>
       </c>
       <c r="B140" t="s">
         <v>24</v>
       </c>
       <c r="C140" t="s">
         <v>25</v>
       </c>
       <c r="D140" t="s">
         <v>26</v>
       </c>
       <c r="E140" t="s">
         <v>27</v>
       </c>
       <c r="I140" t="s">
         <v>28</v>
       </c>
       <c r="J140">
         <v>9.901</v>
       </c>
       <c r="K140" s="2">
         <v>45853.0</v>
       </c>
       <c r="L140" s="2">
         <v>46767.0</v>
       </c>
       <c r="M140">
         <v>6000</v>
       </c>
       <c r="N140">
         <v>1000.0</v>
       </c>
       <c r="O140" t="s">
         <v>28</v>
       </c>
       <c r="P140">
-        <v>1.022386</v>
+        <v>1.103101</v>
       </c>
     </row>
     <row r="141" spans="1:24">
       <c r="A141" s="2">
-        <v>45888.354826389</v>
+        <v>45889.354849537</v>
       </c>
       <c r="B141" t="s">
         <v>24</v>
       </c>
       <c r="C141" t="s">
         <v>25</v>
       </c>
       <c r="D141" t="s">
         <v>26</v>
       </c>
       <c r="E141" t="s">
         <v>27</v>
       </c>
       <c r="I141" t="s">
         <v>28</v>
       </c>
       <c r="J141">
         <v>9.901</v>
       </c>
       <c r="K141" s="2">
         <v>45853.0</v>
       </c>
       <c r="L141" s="2">
         <v>46767.0</v>
       </c>
       <c r="M141">
         <v>6000</v>
       </c>
       <c r="N141">
         <v>1000.0</v>
       </c>
       <c r="O141" t="s">
         <v>28</v>
       </c>
       <c r="P141">
-        <v>0.995481</v>
+        <v>1.022386</v>
       </c>
     </row>
     <row r="142" spans="1:24">
       <c r="A142" s="2">
-        <v>45887.35494213</v>
+        <v>45888.354826389</v>
       </c>
       <c r="B142" t="s">
         <v>24</v>
       </c>
       <c r="C142" t="s">
         <v>25</v>
       </c>
       <c r="D142" t="s">
         <v>26</v>
       </c>
       <c r="E142" t="s">
         <v>27</v>
       </c>
       <c r="I142" t="s">
         <v>28</v>
       </c>
       <c r="J142">
         <v>9.901</v>
       </c>
       <c r="K142" s="2">
         <v>45853.0</v>
       </c>
       <c r="L142" s="2">
         <v>46767.0</v>
       </c>
       <c r="M142">
         <v>6000</v>
       </c>
       <c r="N142">
         <v>1000.0</v>
       </c>
       <c r="O142" t="s">
         <v>28</v>
       </c>
       <c r="P142">
-        <v>0.968576</v>
+        <v>0.995481</v>
       </c>
     </row>
     <row r="143" spans="1:24">
       <c r="A143" s="2">
-        <v>45884.354768519</v>
+        <v>45887.35494213</v>
       </c>
       <c r="B143" t="s">
         <v>24</v>
       </c>
       <c r="C143" t="s">
         <v>25</v>
       </c>
       <c r="D143" t="s">
         <v>26</v>
       </c>
       <c r="E143" t="s">
         <v>27</v>
       </c>
       <c r="I143" t="s">
         <v>28</v>
       </c>
       <c r="J143">
         <v>9.901</v>
       </c>
       <c r="K143" s="2">
         <v>45853.0</v>
       </c>
       <c r="L143" s="2">
         <v>46767.0</v>
       </c>
       <c r="M143">
         <v>6000</v>
       </c>
       <c r="N143">
         <v>1000.0</v>
       </c>
       <c r="O143" t="s">
         <v>28</v>
       </c>
       <c r="P143">
-        <v>0.941671</v>
+        <v>0.968576</v>
       </c>
     </row>
     <row r="144" spans="1:24">
       <c r="A144" s="2">
-        <v>45883.354768519</v>
+        <v>45884.354768519</v>
       </c>
       <c r="B144" t="s">
         <v>24</v>
       </c>
       <c r="C144" t="s">
         <v>25</v>
       </c>
       <c r="D144" t="s">
         <v>26</v>
       </c>
       <c r="E144" t="s">
         <v>27</v>
       </c>
       <c r="I144" t="s">
         <v>28</v>
       </c>
       <c r="J144">
         <v>9.901</v>
       </c>
       <c r="K144" s="2">
         <v>45853.0</v>
       </c>
       <c r="L144" s="2">
         <v>46767.0</v>
       </c>
       <c r="M144">
         <v>6000</v>
       </c>
       <c r="N144">
         <v>1000.0</v>
       </c>
       <c r="O144" t="s">
         <v>28</v>
       </c>
       <c r="P144">
-        <v>0.914766</v>
+        <v>0.941671</v>
       </c>
     </row>
     <row r="145" spans="1:24">
       <c r="A145" s="2">
-        <v>45882.354826389</v>
+        <v>45883.354768519</v>
       </c>
       <c r="B145" t="s">
         <v>24</v>
       </c>
       <c r="C145" t="s">
         <v>25</v>
       </c>
       <c r="D145" t="s">
         <v>26</v>
       </c>
       <c r="E145" t="s">
         <v>27</v>
       </c>
       <c r="I145" t="s">
         <v>28</v>
       </c>
       <c r="J145">
         <v>9.901</v>
       </c>
       <c r="K145" s="2">
         <v>45853.0</v>
       </c>
       <c r="L145" s="2">
         <v>46767.0</v>
       </c>
       <c r="M145">
         <v>6000</v>
       </c>
       <c r="N145">
         <v>1000.0</v>
       </c>
       <c r="O145" t="s">
         <v>28</v>
       </c>
       <c r="P145">
-        <v>0.834052</v>
+        <v>0.914766</v>
       </c>
     </row>
     <row r="146" spans="1:24">
       <c r="A146" s="2">
-        <v>45881.354710648</v>
+        <v>45882.354826389</v>
       </c>
       <c r="B146" t="s">
         <v>24</v>
       </c>
       <c r="C146" t="s">
         <v>25</v>
       </c>
       <c r="D146" t="s">
         <v>26</v>
       </c>
       <c r="E146" t="s">
         <v>27</v>
       </c>
       <c r="I146" t="s">
         <v>28</v>
       </c>
       <c r="J146">
         <v>9.901</v>
       </c>
       <c r="K146" s="2">
         <v>45853.0</v>
       </c>
       <c r="L146" s="2">
         <v>46767.0</v>
       </c>
       <c r="M146">
         <v>6000</v>
       </c>
       <c r="N146">
         <v>1000.0</v>
       </c>
       <c r="O146" t="s">
         <v>28</v>
       </c>
       <c r="P146">
-        <v>0.807147</v>
+        <v>0.834052</v>
       </c>
     </row>
     <row r="147" spans="1:24">
       <c r="A147" s="2">
-        <v>45880.354733796</v>
+        <v>45881.354710648</v>
       </c>
       <c r="B147" t="s">
         <v>24</v>
       </c>
       <c r="C147" t="s">
         <v>25</v>
       </c>
       <c r="D147" t="s">
         <v>26</v>
       </c>
       <c r="E147" t="s">
         <v>27</v>
       </c>
       <c r="I147" t="s">
         <v>28</v>
       </c>
       <c r="J147">
         <v>9.901</v>
       </c>
       <c r="K147" s="2">
         <v>45853.0</v>
       </c>
       <c r="L147" s="2">
         <v>46767.0</v>
       </c>
       <c r="M147">
         <v>6000</v>
       </c>
       <c r="N147">
         <v>1000.0</v>
       </c>
       <c r="O147" t="s">
         <v>28</v>
       </c>
       <c r="P147">
-        <v>0.780242</v>
+        <v>0.807147</v>
       </c>
     </row>
     <row r="148" spans="1:24">
       <c r="A148" s="2">
-        <v>45877.354930556</v>
+        <v>45880.354733796</v>
       </c>
       <c r="B148" t="s">
         <v>24</v>
       </c>
       <c r="C148" t="s">
         <v>25</v>
       </c>
       <c r="D148" t="s">
         <v>26</v>
       </c>
       <c r="E148" t="s">
         <v>27</v>
       </c>
       <c r="I148" t="s">
         <v>28</v>
       </c>
       <c r="J148">
         <v>9.901</v>
       </c>
       <c r="K148" s="2">
         <v>45853.0</v>
       </c>
       <c r="L148" s="2">
         <v>46767.0</v>
       </c>
       <c r="M148">
         <v>6000</v>
       </c>
       <c r="N148">
         <v>1000.0</v>
       </c>
       <c r="O148" t="s">
         <v>28</v>
       </c>
       <c r="P148">
-        <v>0.753337</v>
+        <v>0.780242</v>
       </c>
     </row>
     <row r="149" spans="1:24">
       <c r="A149" s="2">
-        <v>45876.354988426</v>
+        <v>45877.354930556</v>
       </c>
       <c r="B149" t="s">
         <v>24</v>
       </c>
       <c r="C149" t="s">
         <v>25</v>
       </c>
       <c r="D149" t="s">
         <v>26</v>
       </c>
       <c r="E149" t="s">
         <v>27</v>
       </c>
       <c r="I149" t="s">
         <v>28</v>
       </c>
       <c r="J149">
         <v>9.901</v>
       </c>
       <c r="K149" s="2">
         <v>45853.0</v>
       </c>
       <c r="L149" s="2">
         <v>46767.0</v>
       </c>
       <c r="M149">
         <v>6000</v>
       </c>
       <c r="N149">
         <v>1000.0</v>
       </c>
       <c r="O149" t="s">
         <v>28</v>
       </c>
       <c r="P149">
-        <v>0.726432</v>
+        <v>0.753337</v>
       </c>
     </row>
     <row r="150" spans="1:24">
       <c r="A150" s="2">
-        <v>45875.355069444</v>
+        <v>45876.354988426</v>
       </c>
       <c r="B150" t="s">
         <v>24</v>
       </c>
       <c r="C150" t="s">
         <v>25</v>
       </c>
       <c r="D150" t="s">
         <v>26</v>
       </c>
       <c r="E150" t="s">
         <v>27</v>
       </c>
       <c r="I150" t="s">
         <v>28</v>
       </c>
       <c r="J150">
         <v>9.901</v>
       </c>
       <c r="K150" s="2">
         <v>45853.0</v>
       </c>
       <c r="L150" s="2">
         <v>46767.0</v>
       </c>
       <c r="M150">
         <v>6000</v>
       </c>
       <c r="N150">
         <v>1000.0</v>
       </c>
       <c r="O150" t="s">
         <v>28</v>
       </c>
       <c r="P150">
-        <v>0.645717</v>
+        <v>0.726432</v>
       </c>
     </row>
     <row r="151" spans="1:24">
       <c r="A151" s="2">
-        <v>45874.355046296</v>
+        <v>45875.355069444</v>
       </c>
       <c r="B151" t="s">
         <v>24</v>
       </c>
       <c r="C151" t="s">
         <v>25</v>
       </c>
       <c r="D151" t="s">
         <v>26</v>
       </c>
       <c r="E151" t="s">
         <v>27</v>
       </c>
       <c r="I151" t="s">
         <v>28</v>
       </c>
       <c r="J151">
         <v>9.901</v>
       </c>
       <c r="K151" s="2">
         <v>45853.0</v>
       </c>
       <c r="L151" s="2">
         <v>46767.0</v>
       </c>
       <c r="M151">
         <v>6000</v>
       </c>
       <c r="N151">
         <v>1000.0</v>
       </c>
       <c r="O151" t="s">
         <v>28</v>
       </c>
       <c r="P151">
-        <v>0.618813</v>
+        <v>0.645717</v>
       </c>
     </row>
     <row r="152" spans="1:24">
       <c r="A152" s="2">
-        <v>45873.355023148</v>
+        <v>45874.355046296</v>
       </c>
       <c r="B152" t="s">
         <v>24</v>
       </c>
       <c r="C152" t="s">
         <v>25</v>
       </c>
       <c r="D152" t="s">
         <v>26</v>
       </c>
       <c r="E152" t="s">
         <v>27</v>
       </c>
       <c r="I152" t="s">
         <v>28</v>
       </c>
       <c r="J152">
         <v>9.901</v>
       </c>
       <c r="K152" s="2">
         <v>45853.0</v>
       </c>
       <c r="L152" s="2">
         <v>46767.0</v>
       </c>
       <c r="M152">
         <v>6000</v>
       </c>
       <c r="N152">
         <v>1000.0</v>
       </c>
       <c r="O152" t="s">
         <v>28</v>
       </c>
       <c r="P152">
-        <v>0.591908</v>
+        <v>0.618813</v>
       </c>
     </row>
     <row r="153" spans="1:24">
       <c r="A153" s="2">
-        <v>45870.354965278</v>
+        <v>45873.355023148</v>
       </c>
       <c r="B153" t="s">
         <v>24</v>
       </c>
       <c r="C153" t="s">
         <v>25</v>
       </c>
       <c r="D153" t="s">
         <v>26</v>
       </c>
       <c r="E153" t="s">
         <v>27</v>
       </c>
       <c r="I153" t="s">
         <v>28</v>
       </c>
       <c r="J153">
         <v>9.901</v>
       </c>
       <c r="K153" s="2">
         <v>45853.0</v>
       </c>
       <c r="L153" s="2">
         <v>46767.0</v>
       </c>
       <c r="M153">
         <v>6000</v>
       </c>
       <c r="N153">
         <v>1000.0</v>
       </c>
       <c r="O153" t="s">
         <v>28</v>
       </c>
       <c r="P153">
-        <v>0.565003</v>
+        <v>0.591908</v>
       </c>
     </row>
     <row r="154" spans="1:24">
       <c r="A154" s="2">
-        <v>45869.355092593</v>
+        <v>45870.354965278</v>
       </c>
       <c r="B154" t="s">
         <v>24</v>
       </c>
       <c r="C154" t="s">
         <v>25</v>
       </c>
       <c r="D154" t="s">
         <v>26</v>
       </c>
       <c r="E154" t="s">
         <v>27</v>
       </c>
       <c r="I154" t="s">
         <v>28</v>
       </c>
       <c r="J154">
         <v>9.901</v>
       </c>
       <c r="K154" s="2">
         <v>45853.0</v>
       </c>
       <c r="L154" s="2">
         <v>46767.0</v>
       </c>
       <c r="M154">
         <v>6000</v>
       </c>
       <c r="N154">
         <v>1000.0</v>
       </c>
       <c r="O154" t="s">
         <v>28</v>
       </c>
       <c r="P154">
-        <v>0.538098</v>
+        <v>0.565003</v>
       </c>
     </row>
     <row r="155" spans="1:24">
       <c r="A155" s="2">
-        <v>45868.354965278</v>
+        <v>45869.355092593</v>
       </c>
       <c r="B155" t="s">
         <v>24</v>
       </c>
       <c r="C155" t="s">
         <v>25</v>
       </c>
       <c r="D155" t="s">
         <v>26</v>
       </c>
       <c r="E155" t="s">
         <v>27</v>
       </c>
       <c r="I155" t="s">
         <v>28</v>
       </c>
       <c r="J155">
         <v>9.901</v>
       </c>
       <c r="K155" s="2">
         <v>45853.0</v>
       </c>
       <c r="L155" s="2">
         <v>46767.0</v>
       </c>
       <c r="M155">
         <v>6000</v>
       </c>
       <c r="N155">
         <v>1000.0</v>
       </c>
       <c r="O155" t="s">
         <v>28</v>
       </c>
       <c r="P155">
-        <v>0.457383</v>
+        <v>0.538098</v>
       </c>
     </row>
     <row r="156" spans="1:24">
       <c r="A156" s="2">
+        <v>45868.354965278</v>
+      </c>
+      <c r="B156" t="s">
+        <v>24</v>
+      </c>
+      <c r="C156" t="s">
+        <v>25</v>
+      </c>
+      <c r="D156" t="s">
+        <v>26</v>
+      </c>
+      <c r="E156" t="s">
+        <v>27</v>
+      </c>
+      <c r="I156" t="s">
+        <v>28</v>
+      </c>
+      <c r="J156">
+        <v>9.901</v>
+      </c>
+      <c r="K156" s="2">
+        <v>45853.0</v>
+      </c>
+      <c r="L156" s="2">
+        <v>46767.0</v>
+      </c>
+      <c r="M156">
+        <v>6000</v>
+      </c>
+      <c r="N156">
+        <v>1000.0</v>
+      </c>
+      <c r="O156" t="s">
+        <v>28</v>
+      </c>
+      <c r="P156">
+        <v>0.457383</v>
+      </c>
+    </row>
+    <row r="157" spans="1:24">
+      <c r="A157" s="2">
         <v>45867.35505787</v>
       </c>
-      <c r="B156" t="s">
-[...32 lines deleted...]
-      <c r="P156">
+      <c r="B157" t="s">
+        <v>24</v>
+      </c>
+      <c r="C157" t="s">
+        <v>25</v>
+      </c>
+      <c r="D157" t="s">
+        <v>26</v>
+      </c>
+      <c r="E157" t="s">
+        <v>27</v>
+      </c>
+      <c r="I157" t="s">
+        <v>28</v>
+      </c>
+      <c r="J157">
+        <v>9.901</v>
+      </c>
+      <c r="K157" s="2">
+        <v>45853.0</v>
+      </c>
+      <c r="L157" s="2">
+        <v>46767.0</v>
+      </c>
+      <c r="M157">
+        <v>6000</v>
+      </c>
+      <c r="N157">
+        <v>1000.0</v>
+      </c>
+      <c r="O157" t="s">
+        <v>28</v>
+      </c>
+      <c r="P157">
         <v>0.430478</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>