--- v0 (2025-12-05)
+++ v1 (2026-03-05)
@@ -462,54 +462,54 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:X49"/>
+  <dimension ref="A1:X108"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
-      <selection activeCell="L49" sqref="L49"/>
+      <selection activeCell="L108" sqref="L108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:24">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
@@ -546,2772 +546,6448 @@
       </c>
       <c r="R1" s="1" t="s">
         <v>17</v>
       </c>
       <c r="S1" s="1" t="s">
         <v>18</v>
       </c>
       <c r="T1" s="1" t="s">
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="2" spans="1:24">
       <c r="A2" s="2">
-        <v>45995.35537037</v>
+        <v>46085.35505787</v>
       </c>
       <c r="B2" t="s">
         <v>24</v>
       </c>
       <c r="C2" t="s">
         <v>25</v>
       </c>
       <c r="D2" t="s">
         <v>26</v>
       </c>
       <c r="E2" t="s">
         <v>27</v>
       </c>
       <c r="G2">
-        <v>99.999</v>
+        <v>100.256164</v>
       </c>
       <c r="I2" t="s">
         <v>28</v>
       </c>
       <c r="J2">
         <v>8.5</v>
       </c>
       <c r="K2" s="2">
         <v>45888.0</v>
       </c>
       <c r="L2" s="2">
         <v>46802.0</v>
       </c>
       <c r="M2">
-        <v>20000</v>
+        <v>25000</v>
       </c>
       <c r="N2">
         <v>1000.0</v>
       </c>
       <c r="O2" t="s">
         <v>28</v>
       </c>
       <c r="P2">
-        <v>0.442466</v>
+        <v>0.349315</v>
       </c>
       <c r="Q2">
-        <v>100.142466</v>
+        <v>100.149315</v>
       </c>
       <c r="R2">
-        <v>100.442466</v>
+        <v>101.599315</v>
       </c>
       <c r="S2">
-        <v>99.7</v>
+        <v>99.8</v>
       </c>
       <c r="T2">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U2">
-        <v>8.642626</v>
+        <v>8.612632</v>
       </c>
       <c r="V2">
-        <v>8.491439</v>
+        <v>7.806203</v>
       </c>
     </row>
     <row r="3" spans="1:24">
       <c r="A3" s="2">
-        <v>45994.355983796</v>
+        <v>46084.354965278</v>
       </c>
       <c r="B3" t="s">
         <v>24</v>
       </c>
       <c r="C3" t="s">
         <v>25</v>
       </c>
       <c r="D3" t="s">
         <v>26</v>
       </c>
       <c r="E3" t="s">
         <v>27</v>
       </c>
       <c r="G3">
-        <v>99.999</v>
+        <v>100.256164</v>
       </c>
       <c r="I3" t="s">
         <v>28</v>
       </c>
       <c r="J3">
         <v>8.5</v>
       </c>
       <c r="K3" s="2">
         <v>45888.0</v>
       </c>
       <c r="L3" s="2">
         <v>46802.0</v>
       </c>
       <c r="M3">
-        <v>20000</v>
+        <v>25000</v>
       </c>
       <c r="N3">
         <v>1000.0</v>
       </c>
       <c r="O3" t="s">
         <v>28</v>
       </c>
       <c r="P3">
-        <v>0.372603</v>
+        <v>0.326027</v>
       </c>
       <c r="Q3">
-        <v>100.072603</v>
+        <v>100.126027</v>
       </c>
       <c r="R3">
-        <v>100.372603</v>
+        <v>101.576027</v>
       </c>
       <c r="S3">
-        <v>99.7</v>
+        <v>99.8</v>
       </c>
       <c r="T3">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U3">
-        <v>8.642379</v>
+        <v>8.612581</v>
       </c>
       <c r="V3">
-        <v>8.491699</v>
+        <v>7.807178</v>
       </c>
     </row>
     <row r="4" spans="1:24">
       <c r="A4" s="2">
-        <v>45993.60662037</v>
+        <v>46083.355150463</v>
       </c>
       <c r="B4" t="s">
         <v>24</v>
       </c>
       <c r="C4" t="s">
         <v>25</v>
       </c>
       <c r="D4" t="s">
         <v>26</v>
       </c>
       <c r="E4" t="s">
         <v>27</v>
       </c>
       <c r="G4">
-        <v>99.999</v>
+        <v>100.256164</v>
       </c>
       <c r="I4" t="s">
         <v>28</v>
       </c>
       <c r="J4">
         <v>8.5</v>
       </c>
       <c r="K4" s="2">
         <v>45888.0</v>
       </c>
       <c r="L4" s="2">
         <v>46802.0</v>
       </c>
       <c r="M4">
-        <v>20000</v>
+        <v>25000</v>
       </c>
       <c r="N4">
         <v>1000.0</v>
       </c>
       <c r="O4" t="s">
         <v>28</v>
       </c>
       <c r="P4">
-        <v>0.349315</v>
+        <v>0.30274</v>
       </c>
       <c r="Q4">
-        <v>100.049315</v>
+        <v>100.10274</v>
       </c>
       <c r="R4">
-        <v>100.349315</v>
+        <v>101.55274</v>
       </c>
       <c r="S4">
-        <v>99.7</v>
+        <v>99.8</v>
       </c>
       <c r="T4">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U4">
-        <v>8.642302</v>
+        <v>8.612534</v>
       </c>
       <c r="V4">
-        <v>8.491791</v>
+        <v>7.808153</v>
       </c>
     </row>
     <row r="5" spans="1:24">
       <c r="A5" s="2">
-        <v>45992.645821759</v>
+        <v>46080.355092593</v>
       </c>
       <c r="B5" t="s">
         <v>24</v>
       </c>
       <c r="C5" t="s">
         <v>25</v>
       </c>
       <c r="D5" t="s">
         <v>26</v>
       </c>
       <c r="E5" t="s">
         <v>27</v>
       </c>
       <c r="G5">
-        <v>99.999</v>
+        <v>100.256164</v>
       </c>
       <c r="I5" t="s">
         <v>28</v>
       </c>
       <c r="J5">
         <v>8.5</v>
       </c>
       <c r="K5" s="2">
         <v>45888.0</v>
       </c>
       <c r="L5" s="2">
         <v>46802.0</v>
       </c>
       <c r="M5">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N5">
         <v>1000.0</v>
       </c>
       <c r="O5" t="s">
         <v>28</v>
       </c>
       <c r="P5">
-        <v>0.326027</v>
+        <v>0.279452</v>
       </c>
       <c r="Q5">
-        <v>99.626027</v>
+        <v>100.079452</v>
       </c>
       <c r="R5">
-        <v>100.326027</v>
+        <v>101.529452</v>
       </c>
       <c r="S5">
-        <v>99.3</v>
+        <v>99.8</v>
       </c>
       <c r="T5">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U5">
-        <v>8.843516</v>
+        <v>8.61249</v>
       </c>
       <c r="V5">
-        <v>8.491885</v>
+        <v>7.809128</v>
       </c>
     </row>
     <row r="6" spans="1:24">
       <c r="A6" s="2">
-        <v>45989.587222222</v>
+        <v>46079.548831019</v>
       </c>
       <c r="B6" t="s">
         <v>24</v>
       </c>
       <c r="C6" t="s">
         <v>25</v>
       </c>
       <c r="D6" t="s">
         <v>26</v>
       </c>
       <c r="E6" t="s">
         <v>27</v>
       </c>
+      <c r="F6">
+        <v>-0.92</v>
+      </c>
       <c r="G6">
-        <v>99.999</v>
+        <v>100.256164</v>
+      </c>
+      <c r="H6">
+        <v>23058.91772</v>
       </c>
       <c r="I6" t="s">
         <v>28</v>
       </c>
       <c r="J6">
         <v>8.5</v>
       </c>
       <c r="K6" s="2">
         <v>45888.0</v>
       </c>
       <c r="L6" s="2">
         <v>46802.0</v>
       </c>
       <c r="M6">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N6">
         <v>1000.0</v>
       </c>
       <c r="O6" t="s">
         <v>28</v>
       </c>
       <c r="P6">
-        <v>0.30274</v>
+        <v>0.256164</v>
       </c>
       <c r="Q6">
-        <v>99.40274</v>
+        <v>100.056164</v>
       </c>
       <c r="R6">
-        <v>100.30274</v>
+        <v>101.506164</v>
       </c>
       <c r="S6">
-        <v>99.1</v>
+        <v>99.8</v>
       </c>
       <c r="T6">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U6">
-        <v>8.944109</v>
+        <v>8.612449</v>
       </c>
       <c r="V6">
-        <v>8.491981</v>
+        <v>7.810104</v>
+      </c>
+      <c r="X6">
+        <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:24">
       <c r="A7" s="2">
-        <v>45988.355752315</v>
+        <v>46078.594085648</v>
       </c>
       <c r="B7" t="s">
         <v>24</v>
       </c>
       <c r="C7" t="s">
         <v>25</v>
       </c>
       <c r="D7" t="s">
         <v>26</v>
       </c>
       <c r="E7" t="s">
         <v>27</v>
       </c>
+      <c r="F7">
+        <v>1.02</v>
+      </c>
       <c r="G7">
-        <v>99.999</v>
+        <v>101.186301</v>
+      </c>
+      <c r="H7">
+        <v>60704.7806</v>
       </c>
       <c r="I7" t="s">
         <v>28</v>
       </c>
       <c r="J7">
         <v>8.5</v>
       </c>
       <c r="K7" s="2">
         <v>45888.0</v>
       </c>
       <c r="L7" s="2">
         <v>46802.0</v>
       </c>
       <c r="M7">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N7">
         <v>1000.0</v>
       </c>
       <c r="O7" t="s">
         <v>28</v>
       </c>
       <c r="P7">
-        <v>0.279452</v>
+        <v>0.186301</v>
       </c>
       <c r="Q7">
-        <v>99.279452</v>
+        <v>99.986301</v>
       </c>
       <c r="R7">
-        <v>100.279452</v>
+        <v>101.436301</v>
       </c>
       <c r="S7">
-        <v>99.0</v>
+        <v>99.8</v>
       </c>
       <c r="T7">
-        <v>100.0</v>
+        <v>101.25</v>
       </c>
       <c r="U7">
-        <v>8.994183</v>
+        <v>8.612344</v>
       </c>
       <c r="V7">
-        <v>8.492081</v>
+        <v>7.813029</v>
+      </c>
+      <c r="X7">
+        <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:24">
       <c r="A8" s="2">
-        <v>45987.355520833</v>
+        <v>46077.436539352</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
       <c r="E8" t="s">
         <v>27</v>
       </c>
+      <c r="F8">
+        <v>0.14</v>
+      </c>
       <c r="G8">
-        <v>99.999</v>
+        <v>100.163014</v>
+      </c>
+      <c r="H8">
+        <v>98159.75372</v>
       </c>
       <c r="I8" t="s">
         <v>28</v>
       </c>
       <c r="J8">
         <v>8.5</v>
       </c>
       <c r="K8" s="2">
         <v>45888.0</v>
       </c>
       <c r="L8" s="2">
         <v>46802.0</v>
       </c>
       <c r="M8">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N8">
         <v>1000.0</v>
       </c>
       <c r="O8" t="s">
         <v>28</v>
       </c>
       <c r="P8">
-        <v>0.209589</v>
+        <v>0.163014</v>
       </c>
       <c r="Q8">
-        <v>99.209589</v>
+        <v>99.963014</v>
       </c>
       <c r="R8">
-        <v>100.209589</v>
+        <v>101.063014</v>
       </c>
       <c r="S8">
-        <v>99.0</v>
+        <v>99.8</v>
       </c>
       <c r="T8">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="U8">
-        <v>8.992829</v>
+        <v>8.612315</v>
       </c>
       <c r="V8">
-        <v>8.492392</v>
+        <v>8.005458</v>
+      </c>
+      <c r="X8">
+        <v>2</v>
       </c>
     </row>
     <row r="9" spans="1:24">
       <c r="A9" s="2">
-        <v>45986.355497685</v>
+        <v>46076.474918981</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9" t="s">
         <v>26</v>
       </c>
       <c r="E9" t="s">
         <v>27</v>
       </c>
       <c r="G9">
-        <v>99.999</v>
+        <v>100.023288</v>
       </c>
       <c r="I9" t="s">
         <v>28</v>
       </c>
       <c r="J9">
         <v>8.5</v>
       </c>
       <c r="K9" s="2">
         <v>45888.0</v>
       </c>
       <c r="L9" s="2">
         <v>46802.0</v>
       </c>
       <c r="M9">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N9">
         <v>1000.0</v>
       </c>
       <c r="O9" t="s">
         <v>28</v>
       </c>
       <c r="P9">
-        <v>0.186301</v>
+        <v>0.139726</v>
       </c>
       <c r="Q9">
-        <v>99.186301</v>
+        <v>99.939726</v>
       </c>
       <c r="R9">
-        <v>100.186301</v>
+        <v>101.039726</v>
       </c>
       <c r="S9">
-        <v>99.0</v>
+        <v>99.8</v>
       </c>
       <c r="T9">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="U9">
-        <v>8.992386</v>
+        <v>8.61229</v>
       </c>
       <c r="V9">
-        <v>8.492501</v>
+        <v>8.006194</v>
       </c>
     </row>
     <row r="10" spans="1:24">
       <c r="A10" s="2">
-        <v>45985.63068287</v>
+        <v>46073.355092593</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
       <c r="D10" t="s">
         <v>26</v>
       </c>
       <c r="E10" t="s">
         <v>27</v>
       </c>
       <c r="G10">
-        <v>99.999</v>
+        <v>100.023288</v>
       </c>
       <c r="I10" t="s">
         <v>28</v>
       </c>
       <c r="J10">
         <v>8.5</v>
       </c>
       <c r="K10" s="2">
         <v>45888.0</v>
       </c>
       <c r="L10" s="2">
         <v>46802.0</v>
       </c>
       <c r="M10">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N10">
         <v>1000.0</v>
       </c>
       <c r="O10" t="s">
         <v>28</v>
       </c>
       <c r="P10">
-        <v>0.163014</v>
+        <v>0.116438</v>
       </c>
       <c r="Q10">
-        <v>99.163014</v>
+        <v>99.866438</v>
       </c>
       <c r="R10">
-        <v>100.163014</v>
+        <v>101.016438</v>
       </c>
       <c r="S10">
-        <v>99.0</v>
+        <v>99.75</v>
       </c>
       <c r="T10">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="U10">
-        <v>8.991946</v>
+        <v>8.63997</v>
       </c>
       <c r="V10">
-        <v>8.492612</v>
+        <v>8.00693</v>
       </c>
     </row>
     <row r="11" spans="1:24">
       <c r="A11" s="2">
-        <v>45982.355405093</v>
+        <v>46072.355092593</v>
       </c>
       <c r="B11" t="s">
         <v>24</v>
       </c>
       <c r="C11" t="s">
         <v>25</v>
       </c>
       <c r="D11" t="s">
         <v>26</v>
       </c>
       <c r="E11" t="s">
         <v>27</v>
       </c>
       <c r="G11">
-        <v>99.999</v>
+        <v>100.023288</v>
       </c>
       <c r="I11" t="s">
         <v>28</v>
       </c>
       <c r="J11">
         <v>8.5</v>
       </c>
       <c r="K11" s="2">
         <v>45888.0</v>
       </c>
       <c r="L11" s="2">
         <v>46802.0</v>
       </c>
       <c r="M11">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N11">
         <v>1000.0</v>
       </c>
       <c r="O11" t="s">
         <v>28</v>
       </c>
       <c r="P11">
-        <v>0.139726</v>
+        <v>0.093151</v>
+      </c>
+      <c r="Q11">
+        <v>99.843151</v>
       </c>
       <c r="R11">
-        <v>100.139726</v>
+        <v>100.993151</v>
+      </c>
+      <c r="S11">
+        <v>99.75</v>
       </c>
       <c r="T11">
-        <v>100.0</v>
+        <v>100.9</v>
+      </c>
+      <c r="U11">
+        <v>8.639916</v>
       </c>
       <c r="V11">
-        <v>8.492726</v>
+        <v>8.007666</v>
       </c>
     </row>
     <row r="12" spans="1:24">
       <c r="A12" s="2">
-        <v>45981.355196759</v>
+        <v>46071.650462963</v>
       </c>
       <c r="B12" t="s">
         <v>24</v>
       </c>
       <c r="C12" t="s">
         <v>25</v>
       </c>
       <c r="D12" t="s">
         <v>26</v>
       </c>
       <c r="E12" t="s">
         <v>27</v>
       </c>
+      <c r="F12">
+        <v>0.02</v>
+      </c>
       <c r="G12">
-        <v>99.999</v>
+        <v>100.023288</v>
+      </c>
+      <c r="H12">
+        <v>46010.71248</v>
       </c>
       <c r="I12" t="s">
         <v>28</v>
       </c>
       <c r="J12">
         <v>8.5</v>
       </c>
       <c r="K12" s="2">
         <v>45888.0</v>
       </c>
       <c r="L12" s="2">
         <v>46802.0</v>
       </c>
       <c r="M12">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N12">
         <v>1000.0</v>
       </c>
       <c r="O12" t="s">
         <v>28</v>
       </c>
       <c r="P12">
-        <v>0.116438</v>
+        <v>0.023288</v>
+      </c>
+      <c r="Q12">
+        <v>99.773288</v>
       </c>
       <c r="R12">
-        <v>100.116438</v>
+        <v>100.923288</v>
+      </c>
+      <c r="S12">
+        <v>99.75</v>
       </c>
       <c r="T12">
-        <v>100.0</v>
+        <v>100.9</v>
+      </c>
+      <c r="U12">
+        <v>8.639773</v>
       </c>
       <c r="V12">
-        <v>8.492842</v>
+        <v>8.009881</v>
+      </c>
+      <c r="X12">
+        <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:24">
       <c r="A13" s="2">
-        <v>45980.355543981</v>
+        <v>46070.595601852</v>
       </c>
       <c r="B13" t="s">
         <v>24</v>
       </c>
       <c r="C13" t="s">
         <v>25</v>
       </c>
       <c r="D13" t="s">
         <v>26</v>
       </c>
       <c r="E13" t="s">
         <v>27</v>
       </c>
+      <c r="F13">
+        <v>-2.03</v>
+      </c>
       <c r="G13">
-        <v>99.999</v>
+        <v>100.0</v>
+      </c>
+      <c r="H13">
+        <v>5000.0</v>
       </c>
       <c r="I13" t="s">
         <v>28</v>
       </c>
       <c r="J13">
         <v>8.5</v>
       </c>
       <c r="K13" s="2">
         <v>45888.0</v>
       </c>
       <c r="L13" s="2">
         <v>46802.0</v>
       </c>
       <c r="M13">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N13">
         <v>1000.0</v>
       </c>
       <c r="O13" t="s">
         <v>28</v>
       </c>
-      <c r="P13">
-        <v>0.046575</v>
+      <c r="Q13">
+        <v>99.75</v>
       </c>
       <c r="R13">
-        <v>100.046575</v>
-[...2 lines deleted...]
-        <v>100.0</v>
+        <v>100.9</v>
+      </c>
+      <c r="U13">
+        <v>8.639732</v>
       </c>
       <c r="V13">
-        <v>8.493204</v>
+        <v>8.010621</v>
+      </c>
+      <c r="X13">
+        <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:24">
       <c r="A14" s="2">
-        <v>45979.355833333</v>
+        <v>46069.354826389</v>
       </c>
       <c r="B14" t="s">
         <v>24</v>
       </c>
       <c r="C14" t="s">
         <v>25</v>
       </c>
       <c r="D14" t="s">
         <v>26</v>
       </c>
       <c r="E14" t="s">
         <v>27</v>
       </c>
       <c r="G14">
-        <v>99.999</v>
+        <v>102.072603</v>
       </c>
       <c r="I14" t="s">
         <v>28</v>
       </c>
       <c r="J14">
         <v>8.5</v>
       </c>
       <c r="K14" s="2">
         <v>45888.0</v>
       </c>
       <c r="L14" s="2">
         <v>46802.0</v>
       </c>
       <c r="M14">
-        <v>20000</v>
+        <v>23833</v>
       </c>
       <c r="N14">
         <v>1000.0</v>
       </c>
       <c r="O14" t="s">
         <v>28</v>
       </c>
       <c r="P14">
-        <v>0.023288</v>
-[...8 lines deleted...]
-        <v>8.493329</v>
+        <v>-0.023288</v>
       </c>
     </row>
     <row r="15" spans="1:24">
       <c r="A15" s="2">
-        <v>45978.461643519</v>
+        <v>46066.355104167</v>
       </c>
       <c r="B15" t="s">
         <v>24</v>
       </c>
       <c r="C15" t="s">
         <v>25</v>
       </c>
       <c r="D15" t="s">
         <v>26</v>
       </c>
       <c r="E15" t="s">
         <v>27</v>
       </c>
-      <c r="F15">
-[...1 lines deleted...]
-      </c>
       <c r="G15">
-        <v>99.999</v>
-[...2 lines deleted...]
-        <v>3999.96</v>
+        <v>102.072603</v>
       </c>
       <c r="I15" t="s">
         <v>28</v>
       </c>
       <c r="J15">
         <v>8.5</v>
       </c>
       <c r="K15" s="2">
         <v>45888.0</v>
       </c>
       <c r="L15" s="2">
         <v>46802.0</v>
       </c>
       <c r="M15">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N15">
         <v>1000.0</v>
       </c>
       <c r="O15" t="s">
         <v>28</v>
       </c>
+      <c r="P15">
+        <v>-0.046575</v>
+      </c>
       <c r="Q15">
-        <v>99.0</v>
+        <v>99.853425</v>
       </c>
       <c r="R15">
-        <v>100.0</v>
+        <v>100.853425</v>
+      </c>
+      <c r="S15">
+        <v>99.9</v>
+      </c>
+      <c r="T15">
+        <v>100.9</v>
       </c>
       <c r="U15">
-        <v>8.988979</v>
+        <v>8.55732</v>
       </c>
       <c r="V15">
-        <v>8.493456</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.012102</v>
       </c>
     </row>
     <row r="16" spans="1:24">
       <c r="A16" s="2">
-        <v>45975.653622685</v>
+        <v>46065.565347222</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16" t="s">
         <v>25</v>
       </c>
       <c r="D16" t="s">
         <v>26</v>
       </c>
       <c r="E16" t="s">
         <v>27</v>
       </c>
       <c r="F16">
-        <v>0.02</v>
+        <v>0.25</v>
       </c>
       <c r="G16">
-        <v>99.976712</v>
+        <v>102.072603</v>
       </c>
       <c r="H16">
-        <v>35991.61632</v>
+        <v>20414.5206</v>
       </c>
       <c r="I16" t="s">
         <v>28</v>
       </c>
       <c r="J16">
         <v>8.5</v>
       </c>
       <c r="K16" s="2">
         <v>45888.0</v>
       </c>
       <c r="L16" s="2">
         <v>46802.0</v>
       </c>
       <c r="M16">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N16">
         <v>1000.0</v>
       </c>
       <c r="O16" t="s">
         <v>28</v>
       </c>
       <c r="P16">
-        <v>-0.023288</v>
+        <v>2.072603</v>
       </c>
       <c r="Q16">
-        <v>99.0</v>
+        <v>101.972603</v>
       </c>
       <c r="R16">
-        <v>99.976712</v>
+        <v>102.972603</v>
       </c>
       <c r="S16">
-        <v>99.023288</v>
+        <v>99.9</v>
       </c>
       <c r="T16">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="U16">
-        <v>8.976977</v>
+        <v>8.547015</v>
       </c>
       <c r="V16">
-        <v>8.493587</v>
+        <v>8.002641</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="17" spans="1:24">
       <c r="A17" s="2">
-        <v>45974.563368056</v>
+        <v>46064.657141204</v>
       </c>
       <c r="B17" t="s">
         <v>24</v>
       </c>
       <c r="C17" t="s">
         <v>25</v>
       </c>
       <c r="D17" t="s">
         <v>26</v>
       </c>
       <c r="E17" t="s">
         <v>27</v>
       </c>
-      <c r="F17">
-[...1 lines deleted...]
-      </c>
       <c r="G17">
-        <v>99.953425</v>
-[...2 lines deleted...]
-        <v>50976.24675</v>
+        <v>101.816438</v>
       </c>
       <c r="I17" t="s">
         <v>28</v>
       </c>
       <c r="J17">
         <v>8.5</v>
       </c>
       <c r="K17" s="2">
         <v>45888.0</v>
       </c>
       <c r="L17" s="2">
         <v>46802.0</v>
       </c>
       <c r="M17">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N17">
         <v>1000.0</v>
       </c>
       <c r="O17" t="s">
         <v>28</v>
       </c>
       <c r="P17">
-        <v>-0.046575</v>
+        <v>2.00274</v>
       </c>
       <c r="Q17">
-        <v>99.0</v>
+        <v>101.90274</v>
       </c>
       <c r="R17">
-        <v>99.953425</v>
+        <v>102.90274</v>
       </c>
       <c r="S17">
-        <v>99.046575</v>
+        <v>99.9</v>
       </c>
       <c r="T17">
-        <v>100.0</v>
+        <v>100.9</v>
       </c>
       <c r="U17">
-        <v>8.965007</v>
+        <v>8.546474</v>
       </c>
       <c r="V17">
-        <v>8.493719</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>8.004163</v>
       </c>
     </row>
     <row r="18" spans="1:24">
       <c r="A18" s="2">
-        <v>45973.652858796</v>
+        <v>46063.355046296</v>
       </c>
       <c r="B18" t="s">
         <v>24</v>
       </c>
       <c r="C18" t="s">
         <v>25</v>
       </c>
       <c r="D18" t="s">
         <v>26</v>
       </c>
       <c r="E18" t="s">
         <v>27</v>
       </c>
-      <c r="F18">
-[...1 lines deleted...]
-      </c>
       <c r="G18">
-        <v>102.026027</v>
-[...2 lines deleted...]
-        <v>30607.8081</v>
+        <v>101.816438</v>
       </c>
       <c r="I18" t="s">
         <v>28</v>
       </c>
       <c r="J18">
         <v>8.5</v>
       </c>
       <c r="K18" s="2">
         <v>45888.0</v>
       </c>
       <c r="L18" s="2">
         <v>46802.0</v>
       </c>
       <c r="M18">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N18">
         <v>1000.0</v>
       </c>
       <c r="O18" t="s">
         <v>28</v>
       </c>
       <c r="P18">
-        <v>2.026027</v>
+        <v>1.979452</v>
       </c>
       <c r="Q18">
-        <v>99.0</v>
+        <v>101.729452</v>
       </c>
       <c r="R18">
-        <v>102.226027</v>
+        <v>102.879452</v>
       </c>
       <c r="S18">
-        <v>96.973973</v>
+        <v>99.75</v>
       </c>
       <c r="T18">
-        <v>100.2</v>
+        <v>100.9</v>
       </c>
       <c r="U18">
-        <v>9.993315</v>
+        <v>8.628095</v>
       </c>
       <c r="V18">
-        <v>8.386538</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>8.004674</v>
       </c>
     </row>
     <row r="19" spans="1:24">
       <c r="A19" s="2">
-        <v>45972.554363426</v>
+        <v>46062.355138889</v>
       </c>
       <c r="B19" t="s">
         <v>24</v>
       </c>
       <c r="C19" t="s">
         <v>25</v>
       </c>
       <c r="D19" t="s">
         <v>26</v>
       </c>
       <c r="E19" t="s">
         <v>27</v>
       </c>
       <c r="G19">
         <v>101.816438</v>
       </c>
       <c r="I19" t="s">
         <v>28</v>
       </c>
       <c r="J19">
         <v>8.5</v>
       </c>
       <c r="K19" s="2">
         <v>45888.0</v>
       </c>
       <c r="L19" s="2">
         <v>46802.0</v>
       </c>
       <c r="M19">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N19">
         <v>1000.0</v>
       </c>
       <c r="O19" t="s">
         <v>28</v>
       </c>
       <c r="P19">
-        <v>2.00274</v>
+        <v>1.956164</v>
       </c>
       <c r="Q19">
-        <v>99.0</v>
+        <v>101.706164</v>
       </c>
       <c r="R19">
-        <v>102.20274</v>
+        <v>102.856164</v>
       </c>
       <c r="S19">
-        <v>96.99726</v>
+        <v>99.75</v>
       </c>
       <c r="T19">
-        <v>100.2</v>
+        <v>100.9</v>
       </c>
       <c r="U19">
-        <v>9.97974</v>
+        <v>8.627822</v>
       </c>
       <c r="V19">
-        <v>8.38656</v>
+        <v>8.005185</v>
       </c>
     </row>
     <row r="20" spans="1:24">
       <c r="A20" s="2">
-        <v>45971.356076389</v>
+        <v>46059.535046296</v>
       </c>
       <c r="B20" t="s">
         <v>24</v>
       </c>
       <c r="C20" t="s">
         <v>25</v>
       </c>
       <c r="D20" t="s">
         <v>26</v>
       </c>
       <c r="E20" t="s">
         <v>27</v>
       </c>
       <c r="G20">
         <v>101.816438</v>
       </c>
       <c r="I20" t="s">
         <v>28</v>
       </c>
       <c r="J20">
         <v>8.5</v>
       </c>
       <c r="K20" s="2">
         <v>45888.0</v>
       </c>
       <c r="L20" s="2">
         <v>46802.0</v>
       </c>
       <c r="M20">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N20">
         <v>1000.0</v>
       </c>
       <c r="O20" t="s">
         <v>28</v>
       </c>
       <c r="P20">
-        <v>1.979452</v>
+        <v>1.932877</v>
+      </c>
+      <c r="Q20">
+        <v>101.682877</v>
       </c>
       <c r="R20">
-        <v>102.179452</v>
+        <v>102.832877</v>
+      </c>
+      <c r="S20">
+        <v>99.75</v>
       </c>
       <c r="T20">
-        <v>100.2</v>
+        <v>100.9</v>
+      </c>
+      <c r="U20">
+        <v>8.627552</v>
       </c>
       <c r="V20">
-        <v>8.386584</v>
+        <v>8.005697</v>
       </c>
     </row>
     <row r="21" spans="1:24">
       <c r="A21" s="2">
-        <v>45968.355729167</v>
+        <v>46058.477337963</v>
       </c>
       <c r="B21" t="s">
         <v>24</v>
       </c>
       <c r="C21" t="s">
         <v>25</v>
       </c>
       <c r="D21" t="s">
         <v>26</v>
       </c>
       <c r="E21" t="s">
         <v>27</v>
       </c>
       <c r="G21">
         <v>101.816438</v>
       </c>
       <c r="I21" t="s">
         <v>28</v>
       </c>
       <c r="J21">
         <v>8.5</v>
       </c>
       <c r="K21" s="2">
         <v>45888.0</v>
       </c>
       <c r="L21" s="2">
         <v>46802.0</v>
       </c>
       <c r="M21">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N21">
         <v>1000.0</v>
       </c>
       <c r="O21" t="s">
         <v>28</v>
       </c>
       <c r="P21">
-        <v>1.956164</v>
+        <v>1.909589</v>
+      </c>
+      <c r="Q21">
+        <v>101.709589</v>
       </c>
       <c r="R21">
-        <v>102.156164</v>
+        <v>102.809589</v>
+      </c>
+      <c r="S21">
+        <v>99.8</v>
       </c>
       <c r="T21">
-        <v>100.2</v>
+        <v>100.9</v>
+      </c>
+      <c r="U21">
+        <v>8.600108</v>
       </c>
       <c r="V21">
-        <v>8.386611</v>
+        <v>8.006211</v>
       </c>
     </row>
     <row r="22" spans="1:24">
       <c r="A22" s="2">
-        <v>45967.355601852</v>
+        <v>46057.355</v>
       </c>
       <c r="B22" t="s">
         <v>24</v>
       </c>
       <c r="C22" t="s">
         <v>25</v>
       </c>
       <c r="D22" t="s">
         <v>26</v>
       </c>
       <c r="E22" t="s">
         <v>27</v>
       </c>
       <c r="G22">
         <v>101.816438</v>
       </c>
       <c r="I22" t="s">
         <v>28</v>
       </c>
       <c r="J22">
         <v>8.5</v>
       </c>
       <c r="K22" s="2">
         <v>45888.0</v>
       </c>
       <c r="L22" s="2">
         <v>46802.0</v>
       </c>
       <c r="M22">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N22">
         <v>1000.0</v>
       </c>
       <c r="O22" t="s">
         <v>28</v>
       </c>
       <c r="P22">
-        <v>1.932877</v>
+        <v>1.839726</v>
+      </c>
+      <c r="Q22">
+        <v>101.639726</v>
       </c>
       <c r="R22">
-        <v>102.132877</v>
+        <v>103.789726</v>
+      </c>
+      <c r="S22">
+        <v>99.8</v>
       </c>
       <c r="T22">
-        <v>100.2</v>
+        <v>101.95</v>
+      </c>
+      <c r="U22">
+        <v>8.599434</v>
       </c>
       <c r="V22">
-        <v>8.386641</v>
+        <v>7.450028</v>
       </c>
     </row>
     <row r="23" spans="1:24">
       <c r="A23" s="2">
-        <v>45966.538217593</v>
+        <v>46056.452372685</v>
       </c>
       <c r="B23" t="s">
         <v>24</v>
       </c>
       <c r="C23" t="s">
         <v>25</v>
       </c>
       <c r="D23" t="s">
         <v>26</v>
       </c>
       <c r="E23" t="s">
         <v>27</v>
+      </c>
+      <c r="F23">
+        <v>0.05</v>
       </c>
       <c r="G23">
         <v>101.816438</v>
       </c>
+      <c r="H23">
+        <v>801345.36706</v>
+      </c>
       <c r="I23" t="s">
         <v>28</v>
       </c>
       <c r="J23">
         <v>8.5</v>
       </c>
       <c r="K23" s="2">
         <v>45888.0</v>
       </c>
       <c r="L23" s="2">
         <v>46802.0</v>
       </c>
       <c r="M23">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N23">
         <v>1000.0</v>
       </c>
       <c r="O23" t="s">
         <v>28</v>
       </c>
       <c r="P23">
-        <v>1.863014</v>
+        <v>1.816438</v>
+      </c>
+      <c r="Q23">
+        <v>101.616438</v>
       </c>
       <c r="R23">
-        <v>102.063014</v>
+        <v>103.766438</v>
+      </c>
+      <c r="S23">
+        <v>99.8</v>
       </c>
       <c r="T23">
-        <v>100.2</v>
+        <v>101.95</v>
+      </c>
+      <c r="U23">
+        <v>8.599217</v>
       </c>
       <c r="V23">
-        <v>8.386744</v>
+        <v>7.451241</v>
+      </c>
+      <c r="X23">
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:24">
       <c r="A24" s="2">
-        <v>45965.355625</v>
+        <v>46055.355474537</v>
       </c>
       <c r="B24" t="s">
         <v>24</v>
       </c>
       <c r="C24" t="s">
         <v>25</v>
       </c>
       <c r="D24" t="s">
         <v>26</v>
       </c>
       <c r="E24" t="s">
         <v>27</v>
       </c>
       <c r="G24">
-        <v>101.816438</v>
+        <v>101.769863</v>
       </c>
       <c r="I24" t="s">
         <v>28</v>
       </c>
       <c r="J24">
         <v>8.5</v>
       </c>
       <c r="K24" s="2">
         <v>45888.0</v>
       </c>
       <c r="L24" s="2">
         <v>46802.0</v>
       </c>
       <c r="M24">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N24">
         <v>1000.0</v>
       </c>
       <c r="O24" t="s">
         <v>28</v>
       </c>
       <c r="P24">
-        <v>1.839726</v>
+        <v>1.793151</v>
       </c>
       <c r="Q24">
-        <v>100.839726</v>
+        <v>101.893151</v>
       </c>
       <c r="R24">
-        <v>102.039726</v>
+        <v>103.743151</v>
       </c>
       <c r="S24">
-        <v>99.0</v>
+        <v>100.1</v>
       </c>
       <c r="T24">
-        <v>100.2</v>
+        <v>101.95</v>
       </c>
       <c r="U24">
-        <v>8.972082</v>
+        <v>8.437281</v>
       </c>
       <c r="V24">
-        <v>8.386783</v>
+        <v>7.452453</v>
       </c>
     </row>
     <row r="25" spans="1:24">
       <c r="A25" s="2">
-        <v>45964.587928241</v>
+        <v>46052.42775463</v>
       </c>
       <c r="B25" t="s">
         <v>24</v>
       </c>
       <c r="C25" t="s">
         <v>25</v>
       </c>
       <c r="D25" t="s">
         <v>26</v>
       </c>
       <c r="E25" t="s">
         <v>27</v>
       </c>
       <c r="F25">
-        <v>0.11</v>
+        <v>0.02</v>
       </c>
       <c r="G25">
-        <v>101.816438</v>
+        <v>101.769863</v>
       </c>
       <c r="H25">
-        <v>10181.6438</v>
+        <v>32566.35616</v>
       </c>
       <c r="I25" t="s">
         <v>28</v>
       </c>
       <c r="J25">
         <v>8.5</v>
       </c>
       <c r="K25" s="2">
         <v>45888.0</v>
       </c>
       <c r="L25" s="2">
         <v>46802.0</v>
       </c>
       <c r="M25">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N25">
         <v>1000.0</v>
       </c>
       <c r="O25" t="s">
         <v>28</v>
       </c>
       <c r="P25">
-        <v>1.816438</v>
+        <v>1.769863</v>
       </c>
       <c r="Q25">
-        <v>100.816438</v>
+        <v>101.869863</v>
       </c>
       <c r="R25">
-        <v>102.016438</v>
+        <v>103.719863</v>
       </c>
       <c r="S25">
-        <v>99.0</v>
+        <v>100.1</v>
       </c>
       <c r="T25">
-        <v>100.2</v>
+        <v>101.95</v>
       </c>
       <c r="U25">
-        <v>8.971482</v>
+        <v>8.437272</v>
       </c>
       <c r="V25">
-        <v>8.386825</v>
+        <v>7.453664</v>
       </c>
       <c r="X25">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:24">
       <c r="A26" s="2">
-        <v>45961.454594907</v>
+        <v>46051.441087963</v>
       </c>
       <c r="B26" t="s">
         <v>24</v>
       </c>
       <c r="C26" t="s">
         <v>25</v>
       </c>
       <c r="D26" t="s">
         <v>26</v>
       </c>
       <c r="E26" t="s">
         <v>27</v>
       </c>
+      <c r="F26">
+        <v>0.07</v>
+      </c>
       <c r="G26">
-        <v>101.7</v>
+        <v>101.746575</v>
+      </c>
+      <c r="H26">
+        <v>39757.16425</v>
       </c>
       <c r="I26" t="s">
         <v>28</v>
       </c>
       <c r="J26">
         <v>8.5</v>
       </c>
       <c r="K26" s="2">
         <v>45888.0</v>
       </c>
       <c r="L26" s="2">
         <v>46802.0</v>
       </c>
       <c r="M26">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N26">
         <v>1000.0</v>
       </c>
       <c r="O26" t="s">
         <v>28</v>
       </c>
       <c r="P26">
-        <v>1.793151</v>
+        <v>1.746575</v>
       </c>
       <c r="Q26">
-        <v>100.793151</v>
+        <v>101.546575</v>
       </c>
       <c r="R26">
-        <v>101.993151</v>
+        <v>103.696575</v>
       </c>
       <c r="S26">
-        <v>99.0</v>
+        <v>99.8</v>
       </c>
       <c r="T26">
-        <v>100.2</v>
+        <v>101.95</v>
       </c>
       <c r="U26">
-        <v>8.970886</v>
+        <v>8.598586</v>
       </c>
       <c r="V26">
-        <v>8.386869</v>
+        <v>7.454874</v>
+      </c>
+      <c r="X26">
+        <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:24">
       <c r="A27" s="2">
-        <v>45960.509733796</v>
+        <v>46050.640891204</v>
       </c>
       <c r="B27" t="s">
         <v>24</v>
       </c>
       <c r="C27" t="s">
         <v>25</v>
       </c>
       <c r="D27" t="s">
         <v>26</v>
       </c>
       <c r="E27" t="s">
         <v>27</v>
       </c>
+      <c r="F27">
+        <v>0.02</v>
+      </c>
       <c r="G27">
-        <v>101.7</v>
+        <v>101.676712</v>
+      </c>
+      <c r="H27">
+        <v>94559.34216</v>
       </c>
       <c r="I27" t="s">
         <v>28</v>
       </c>
       <c r="J27">
         <v>8.5</v>
       </c>
       <c r="K27" s="2">
         <v>45888.0</v>
       </c>
       <c r="L27" s="2">
         <v>46802.0</v>
       </c>
       <c r="M27">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N27">
         <v>1000.0</v>
       </c>
       <c r="O27" t="s">
         <v>28</v>
       </c>
       <c r="P27">
-        <v>1.769863</v>
+        <v>1.676712</v>
       </c>
       <c r="Q27">
-        <v>100.769863</v>
+        <v>101.876712</v>
       </c>
       <c r="R27">
-        <v>102.019863</v>
+        <v>103.626712</v>
       </c>
       <c r="S27">
-        <v>99.0</v>
+        <v>100.2</v>
       </c>
       <c r="T27">
-        <v>100.25</v>
+        <v>101.95</v>
       </c>
       <c r="U27">
-        <v>8.970294</v>
+        <v>8.383813</v>
       </c>
       <c r="V27">
-        <v>8.362787</v>
+        <v>7.458501</v>
+      </c>
+      <c r="X27">
+        <v>4</v>
       </c>
     </row>
     <row r="28" spans="1:24">
       <c r="A28" s="2">
-        <v>45959.448958333</v>
+        <v>46049.491886574</v>
       </c>
       <c r="B28" t="s">
         <v>24</v>
       </c>
       <c r="C28" t="s">
         <v>25</v>
       </c>
       <c r="D28" t="s">
         <v>26</v>
       </c>
       <c r="E28" t="s">
         <v>27</v>
       </c>
       <c r="F28">
-        <v>0.18</v>
+        <v>0.24</v>
       </c>
       <c r="G28">
-        <v>101.7</v>
+        <v>101.653425</v>
       </c>
       <c r="H28">
-        <v>111870.0</v>
+        <v>30496.0275</v>
       </c>
       <c r="I28" t="s">
         <v>28</v>
       </c>
       <c r="J28">
         <v>8.5</v>
       </c>
       <c r="K28" s="2">
         <v>45888.0</v>
       </c>
       <c r="L28" s="2">
         <v>46802.0</v>
       </c>
       <c r="M28">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N28">
         <v>1000.0</v>
       </c>
       <c r="O28" t="s">
         <v>28</v>
       </c>
       <c r="P28">
-        <v>1.7</v>
+        <v>1.653425</v>
       </c>
       <c r="Q28">
-        <v>100.222527</v>
+        <v>101.403425</v>
       </c>
       <c r="R28">
+        <v>103.603425</v>
+      </c>
+      <c r="S28">
+        <v>99.75</v>
+      </c>
+      <c r="T28">
         <v>101.95</v>
       </c>
-      <c r="S28">
-[...4 lines deleted...]
-      </c>
       <c r="U28">
-        <v>9.20221</v>
+        <v>8.624602</v>
       </c>
       <c r="V28">
-        <v>8.363021</v>
+        <v>7.459708</v>
       </c>
       <c r="X28">
-        <v>1</v>
+        <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:24">
       <c r="A29" s="2">
-        <v>45958.417835648</v>
+        <v>46048.355393519</v>
       </c>
       <c r="B29" t="s">
         <v>24</v>
       </c>
       <c r="C29" t="s">
         <v>25</v>
       </c>
       <c r="D29" t="s">
         <v>26</v>
       </c>
       <c r="E29" t="s">
         <v>27</v>
       </c>
       <c r="G29">
-        <v>101.513699</v>
+        <v>101.406849</v>
       </c>
       <c r="I29" t="s">
         <v>28</v>
       </c>
       <c r="J29">
         <v>8.5</v>
       </c>
       <c r="K29" s="2">
         <v>45888.0</v>
       </c>
       <c r="L29" s="2">
         <v>46802.0</v>
       </c>
       <c r="M29">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N29">
         <v>1000.0</v>
       </c>
       <c r="O29" t="s">
         <v>28</v>
       </c>
       <c r="P29">
-        <v>1.676712</v>
+        <v>1.630137</v>
       </c>
       <c r="Q29">
-        <v>100.222527</v>
+        <v>101.380137</v>
       </c>
       <c r="R29">
-        <v>101.926712</v>
+        <v>103.580137</v>
       </c>
       <c r="S29">
-        <v>98.545815</v>
+        <v>99.75</v>
       </c>
       <c r="T29">
-        <v>100.25</v>
+        <v>101.95</v>
       </c>
       <c r="U29">
-        <v>9.189966</v>
+        <v>8.624379</v>
       </c>
       <c r="V29">
-        <v>8.363103</v>
+        <v>7.460914</v>
       </c>
     </row>
     <row r="30" spans="1:24">
       <c r="A30" s="2">
-        <v>45957.554675926</v>
+        <v>46045.455162037</v>
       </c>
       <c r="B30" t="s">
         <v>24</v>
       </c>
       <c r="C30" t="s">
         <v>25</v>
       </c>
       <c r="D30" t="s">
         <v>26</v>
       </c>
       <c r="E30" t="s">
         <v>27</v>
       </c>
+      <c r="F30">
+        <v>0.1</v>
+      </c>
       <c r="G30">
-        <v>101.513699</v>
+        <v>101.406849</v>
+      </c>
+      <c r="H30">
+        <v>1014.06849</v>
       </c>
       <c r="I30" t="s">
         <v>28</v>
       </c>
       <c r="J30">
         <v>8.5</v>
       </c>
       <c r="K30" s="2">
         <v>45888.0</v>
       </c>
       <c r="L30" s="2">
         <v>46802.0</v>
       </c>
       <c r="M30">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N30">
         <v>1000.0</v>
       </c>
       <c r="O30" t="s">
         <v>28</v>
       </c>
       <c r="P30">
-        <v>1.653425</v>
+        <v>1.606849</v>
       </c>
       <c r="Q30">
-        <v>100.222527</v>
+        <v>101.356849</v>
       </c>
       <c r="R30">
-        <v>101.903425</v>
+        <v>103.556849</v>
       </c>
       <c r="S30">
-        <v>98.569102</v>
+        <v>99.75</v>
       </c>
       <c r="T30">
-        <v>100.25</v>
+        <v>101.95</v>
       </c>
       <c r="U30">
-        <v>9.177755</v>
+        <v>8.624161</v>
       </c>
       <c r="V30">
-        <v>8.363188</v>
+        <v>7.46212</v>
+      </c>
+      <c r="X30">
+        <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:24">
       <c r="A31" s="2">
-        <v>45954.650173611</v>
+        <v>46044.45125</v>
       </c>
       <c r="B31" t="s">
         <v>24</v>
       </c>
       <c r="C31" t="s">
         <v>25</v>
       </c>
       <c r="D31" t="s">
         <v>26</v>
       </c>
       <c r="E31" t="s">
         <v>27</v>
       </c>
       <c r="G31">
-        <v>101.513699</v>
+        <v>101.30411</v>
       </c>
       <c r="I31" t="s">
         <v>28</v>
       </c>
       <c r="J31">
         <v>8.5</v>
       </c>
       <c r="K31" s="2">
         <v>45888.0</v>
       </c>
       <c r="L31" s="2">
         <v>46802.0</v>
       </c>
       <c r="M31">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N31">
         <v>1000.0</v>
       </c>
       <c r="O31" t="s">
         <v>28</v>
       </c>
       <c r="P31">
-        <v>1.630137</v>
+        <v>1.583562</v>
       </c>
       <c r="Q31">
-        <v>100.0</v>
+        <v>101.333562</v>
       </c>
       <c r="R31">
-        <v>101.880137</v>
+        <v>101.383562</v>
       </c>
       <c r="S31">
-        <v>98.369863</v>
+        <v>99.75</v>
       </c>
       <c r="T31">
-        <v>100.25</v>
+        <v>99.8</v>
       </c>
       <c r="U31">
-        <v>9.274485</v>
+        <v>8.623945</v>
       </c>
       <c r="V31">
-        <v>8.363275</v>
+        <v>8.597233</v>
       </c>
     </row>
     <row r="32" spans="1:24">
       <c r="A32" s="2">
-        <v>45953.355555556</v>
+        <v>46043.355208333</v>
       </c>
       <c r="B32" t="s">
         <v>24</v>
       </c>
       <c r="C32" t="s">
         <v>25</v>
       </c>
       <c r="D32" t="s">
         <v>26</v>
       </c>
       <c r="E32" t="s">
         <v>27</v>
       </c>
       <c r="G32">
-        <v>101.513699</v>
+        <v>101.30411</v>
       </c>
       <c r="I32" t="s">
         <v>28</v>
       </c>
       <c r="J32">
         <v>8.5</v>
       </c>
       <c r="K32" s="2">
         <v>45888.0</v>
       </c>
       <c r="L32" s="2">
         <v>46802.0</v>
       </c>
       <c r="M32">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N32">
         <v>1000.0</v>
       </c>
       <c r="O32" t="s">
         <v>28</v>
       </c>
       <c r="P32">
-        <v>1.606849</v>
+        <v>1.513699</v>
+      </c>
+      <c r="Q32">
+        <v>101.263699</v>
       </c>
       <c r="R32">
-        <v>101.856849</v>
+        <v>103.463699</v>
+      </c>
+      <c r="S32">
+        <v>99.75</v>
       </c>
       <c r="T32">
-        <v>100.25</v>
+        <v>101.95</v>
+      </c>
+      <c r="U32">
+        <v>8.623319</v>
       </c>
       <c r="V32">
-        <v>8.363365</v>
+        <v>7.466935</v>
       </c>
     </row>
     <row r="33" spans="1:24">
       <c r="A33" s="2">
-        <v>45952.35650463</v>
+        <v>46042.554826389</v>
       </c>
       <c r="B33" t="s">
         <v>24</v>
       </c>
       <c r="C33" t="s">
         <v>25</v>
       </c>
       <c r="D33" t="s">
         <v>26</v>
       </c>
       <c r="E33" t="s">
         <v>27</v>
       </c>
       <c r="G33">
-        <v>101.513699</v>
+        <v>101.30411</v>
       </c>
       <c r="I33" t="s">
         <v>28</v>
       </c>
       <c r="J33">
         <v>8.5</v>
       </c>
       <c r="K33" s="2">
         <v>45888.0</v>
       </c>
       <c r="L33" s="2">
         <v>46802.0</v>
       </c>
       <c r="M33">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N33">
         <v>1000.0</v>
       </c>
       <c r="O33" t="s">
         <v>28</v>
       </c>
       <c r="P33">
-        <v>1.536986</v>
+        <v>1.490411</v>
+      </c>
+      <c r="Q33">
+        <v>101.240411</v>
       </c>
       <c r="R33">
-        <v>101.786986</v>
+        <v>103.440411</v>
+      </c>
+      <c r="S33">
+        <v>99.75</v>
       </c>
       <c r="T33">
-        <v>100.25</v>
+        <v>101.95</v>
+      </c>
+      <c r="U33">
+        <v>8.623117</v>
       </c>
       <c r="V33">
-        <v>8.363648</v>
+        <v>7.468137</v>
       </c>
     </row>
     <row r="34" spans="1:24">
       <c r="A34" s="2">
-        <v>45951.554976852</v>
+        <v>46041.35537037</v>
       </c>
       <c r="B34" t="s">
         <v>24</v>
       </c>
       <c r="C34" t="s">
         <v>25</v>
       </c>
       <c r="D34" t="s">
         <v>26</v>
       </c>
       <c r="E34" t="s">
         <v>27</v>
       </c>
-      <c r="F34">
-[...1 lines deleted...]
-      </c>
       <c r="G34">
-        <v>101.513699</v>
-[...2 lines deleted...]
-        <v>30454.1097</v>
+        <v>101.30411</v>
       </c>
       <c r="I34" t="s">
         <v>28</v>
       </c>
       <c r="J34">
         <v>8.5</v>
       </c>
       <c r="K34" s="2">
         <v>45888.0</v>
       </c>
       <c r="L34" s="2">
         <v>46802.0</v>
       </c>
       <c r="M34">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N34">
         <v>1000.0</v>
       </c>
       <c r="O34" t="s">
         <v>28</v>
       </c>
       <c r="P34">
-        <v>1.513699</v>
+        <v>1.467123</v>
+      </c>
+      <c r="Q34">
+        <v>101.217123</v>
       </c>
       <c r="R34">
-        <v>101.763699</v>
+        <v>103.417123</v>
+      </c>
+      <c r="S34">
+        <v>99.75</v>
       </c>
       <c r="T34">
-        <v>100.25</v>
+        <v>101.95</v>
+      </c>
+      <c r="U34">
+        <v>8.622919</v>
       </c>
       <c r="V34">
-        <v>8.363746</v>
-[...2 lines deleted...]
-        <v>1</v>
+        <v>7.469339</v>
       </c>
     </row>
     <row r="35" spans="1:24">
       <c r="A35" s="2">
-        <v>45950.640231481</v>
+        <v>46038.470983796</v>
       </c>
       <c r="B35" t="s">
         <v>24</v>
       </c>
       <c r="C35" t="s">
         <v>25</v>
       </c>
       <c r="D35" t="s">
         <v>26</v>
       </c>
       <c r="E35" t="s">
         <v>27</v>
       </c>
       <c r="G35">
-        <v>101.210959</v>
+        <v>101.30411</v>
       </c>
       <c r="I35" t="s">
         <v>28</v>
       </c>
       <c r="J35">
         <v>8.5</v>
       </c>
       <c r="K35" s="2">
         <v>45888.0</v>
       </c>
       <c r="L35" s="2">
         <v>46802.0</v>
       </c>
       <c r="M35">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N35">
         <v>1000.0</v>
       </c>
       <c r="O35" t="s">
         <v>28</v>
       </c>
       <c r="P35">
-        <v>1.490411</v>
+        <v>1.443836</v>
+      </c>
+      <c r="Q35">
+        <v>101.193836</v>
       </c>
       <c r="R35">
-        <v>101.740411</v>
+        <v>102.886836</v>
+      </c>
+      <c r="S35">
+        <v>99.75</v>
       </c>
       <c r="T35">
-        <v>100.25</v>
+        <v>101.443</v>
+      </c>
+      <c r="U35">
+        <v>8.622724</v>
       </c>
       <c r="V35">
-        <v>8.363847</v>
+        <v>7.733455</v>
       </c>
     </row>
     <row r="36" spans="1:24">
       <c r="A36" s="2">
-        <v>45947.666666667</v>
+        <v>46037.356018519</v>
       </c>
       <c r="B36" t="s">
         <v>24</v>
       </c>
       <c r="C36" t="s">
         <v>25</v>
       </c>
       <c r="D36" t="s">
         <v>26</v>
       </c>
       <c r="E36" t="s">
         <v>27</v>
       </c>
       <c r="G36">
-        <v>101.210959</v>
+        <v>101.30411</v>
       </c>
       <c r="I36" t="s">
         <v>28</v>
       </c>
       <c r="J36">
         <v>8.5</v>
       </c>
       <c r="K36" s="2">
         <v>45888.0</v>
       </c>
       <c r="L36" s="2">
         <v>46802.0</v>
       </c>
       <c r="M36">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N36">
         <v>1000.0</v>
       </c>
       <c r="O36" t="s">
         <v>28</v>
       </c>
       <c r="P36">
-        <v>1.467123</v>
+        <v>1.420548</v>
+      </c>
+      <c r="Q36">
+        <v>101.170548</v>
+      </c>
+      <c r="R36">
+        <v>103.370548</v>
+      </c>
+      <c r="S36">
+        <v>99.75</v>
+      </c>
+      <c r="T36">
+        <v>101.95</v>
+      </c>
+      <c r="U36">
+        <v>8.622532</v>
+      </c>
+      <c r="V36">
+        <v>7.471739</v>
       </c>
     </row>
     <row r="37" spans="1:24">
       <c r="A37" s="2">
-        <v>45946.666666667</v>
+        <v>46036.498668981</v>
       </c>
       <c r="B37" t="s">
         <v>24</v>
       </c>
       <c r="C37" t="s">
         <v>25</v>
       </c>
       <c r="D37" t="s">
         <v>26</v>
       </c>
       <c r="E37" t="s">
         <v>27</v>
       </c>
       <c r="G37">
-        <v>101.210959</v>
+        <v>101.30411</v>
       </c>
       <c r="I37" t="s">
         <v>28</v>
       </c>
       <c r="J37">
         <v>8.5</v>
       </c>
       <c r="K37" s="2">
         <v>45888.0</v>
       </c>
       <c r="L37" s="2">
         <v>46802.0</v>
       </c>
       <c r="M37">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N37">
         <v>1000.0</v>
       </c>
       <c r="O37" t="s">
         <v>28</v>
       </c>
       <c r="P37">
-        <v>1.443836</v>
+        <v>1.350685</v>
+      </c>
+      <c r="Q37">
+        <v>101.100685</v>
+      </c>
+      <c r="R37">
+        <v>102.700685</v>
+      </c>
+      <c r="S37">
+        <v>99.75</v>
+      </c>
+      <c r="T37">
+        <v>101.35</v>
+      </c>
+      <c r="U37">
+        <v>8.621978</v>
+      </c>
+      <c r="V37">
+        <v>7.785148</v>
       </c>
     </row>
     <row r="38" spans="1:24">
       <c r="A38" s="2">
-        <v>45945.666666667</v>
+        <v>46035.49693287</v>
       </c>
       <c r="B38" t="s">
         <v>24</v>
       </c>
       <c r="C38" t="s">
         <v>25</v>
       </c>
       <c r="D38" t="s">
         <v>26</v>
       </c>
       <c r="E38" t="s">
         <v>27</v>
       </c>
       <c r="G38">
-        <v>101.210959</v>
+        <v>101.30411</v>
       </c>
       <c r="I38" t="s">
         <v>28</v>
       </c>
       <c r="J38">
         <v>8.5</v>
       </c>
       <c r="K38" s="2">
         <v>45888.0</v>
       </c>
       <c r="L38" s="2">
         <v>46802.0</v>
       </c>
       <c r="M38">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N38">
         <v>1000.0</v>
       </c>
       <c r="O38" t="s">
         <v>28</v>
       </c>
       <c r="P38">
-        <v>1.373973</v>
+        <v>1.327397</v>
+      </c>
+      <c r="Q38">
+        <v>101.077397</v>
+      </c>
+      <c r="R38">
+        <v>103.277397</v>
+      </c>
+      <c r="S38">
+        <v>99.75</v>
+      </c>
+      <c r="T38">
+        <v>101.95</v>
+      </c>
+      <c r="U38">
+        <v>8.6218</v>
+      </c>
+      <c r="V38">
+        <v>7.47653</v>
       </c>
     </row>
     <row r="39" spans="1:24">
       <c r="A39" s="2">
-        <v>45944.666666667</v>
+        <v>46034.66181713</v>
       </c>
       <c r="B39" t="s">
         <v>24</v>
       </c>
       <c r="C39" t="s">
         <v>25</v>
       </c>
       <c r="D39" t="s">
         <v>26</v>
       </c>
       <c r="E39" t="s">
         <v>27</v>
       </c>
+      <c r="F39">
+        <v>0.02</v>
+      </c>
       <c r="G39">
-        <v>101.210959</v>
+        <v>101.30411</v>
+      </c>
+      <c r="H39">
+        <v>50652.055</v>
       </c>
       <c r="I39" t="s">
         <v>28</v>
       </c>
       <c r="J39">
         <v>8.5</v>
       </c>
       <c r="K39" s="2">
         <v>45888.0</v>
       </c>
       <c r="L39" s="2">
         <v>46802.0</v>
       </c>
       <c r="M39">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N39">
         <v>1000.0</v>
       </c>
       <c r="O39" t="s">
         <v>28</v>
       </c>
       <c r="P39">
-        <v>1.350685</v>
+        <v>1.30411</v>
+      </c>
+      <c r="R39">
+        <v>103.25411</v>
+      </c>
+      <c r="T39">
+        <v>101.95</v>
+      </c>
+      <c r="V39">
+        <v>7.477726</v>
+      </c>
+      <c r="X39">
+        <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:24">
       <c r="A40" s="2">
-        <v>45943.666678241</v>
+        <v>46031.432384259</v>
       </c>
       <c r="B40" t="s">
         <v>24</v>
       </c>
       <c r="C40" t="s">
         <v>25</v>
       </c>
       <c r="D40" t="s">
         <v>26</v>
       </c>
       <c r="E40" t="s">
         <v>27</v>
       </c>
+      <c r="F40">
+        <v>0.02</v>
+      </c>
       <c r="G40">
-        <v>101.210959</v>
+        <v>101.280822</v>
+      </c>
+      <c r="H40">
+        <v>21268.97262</v>
       </c>
       <c r="I40" t="s">
         <v>28</v>
       </c>
       <c r="J40">
         <v>8.5</v>
       </c>
       <c r="K40" s="2">
         <v>45888.0</v>
       </c>
       <c r="L40" s="2">
         <v>46802.0</v>
       </c>
       <c r="M40">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N40">
         <v>1000.0</v>
       </c>
       <c r="O40" t="s">
         <v>28</v>
+      </c>
+      <c r="P40">
+        <v>1.280822</v>
+      </c>
+      <c r="R40">
+        <v>101.280822</v>
+      </c>
+      <c r="T40">
+        <v>100.0</v>
+      </c>
+      <c r="V40">
+        <v>8.490136</v>
+      </c>
+      <c r="X40">
+        <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:24">
       <c r="A41" s="2">
-        <v>45940.416666667</v>
+        <v>46030.651805556</v>
       </c>
       <c r="B41" t="s">
         <v>24</v>
       </c>
       <c r="C41" t="s">
         <v>25</v>
       </c>
       <c r="D41" t="s">
         <v>26</v>
       </c>
       <c r="E41" t="s">
         <v>27</v>
       </c>
+      <c r="F41">
+        <v>0.07</v>
+      </c>
       <c r="G41">
-        <v>101.210959</v>
+        <v>101.257534</v>
+      </c>
+      <c r="H41">
+        <v>40503.0136</v>
       </c>
       <c r="I41" t="s">
         <v>28</v>
       </c>
       <c r="J41">
         <v>8.5</v>
       </c>
       <c r="K41" s="2">
         <v>45888.0</v>
       </c>
       <c r="L41" s="2">
         <v>46802.0</v>
       </c>
       <c r="M41">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N41">
         <v>1000.0</v>
       </c>
       <c r="O41" t="s">
         <v>28</v>
       </c>
       <c r="P41">
-        <v>1.30411</v>
+        <v>1.257534</v>
       </c>
       <c r="Q41">
-        <v>101.30411</v>
+        <v>100.0</v>
       </c>
       <c r="R41">
-        <v>104.30411</v>
+        <v>101.257534</v>
       </c>
       <c r="S41">
+        <v>98.742466</v>
+      </c>
+      <c r="T41">
         <v>100.0</v>
       </c>
-      <c r="T41">
-        <v>103.0</v>
+      <c r="U41">
+        <v>9.15383</v>
+      </c>
+      <c r="V41">
+        <v>8.490124</v>
+      </c>
+      <c r="X41">
+        <v>1</v>
       </c>
     </row>
     <row r="42" spans="1:24">
       <c r="A42" s="2">
-        <v>45939.416666667</v>
+        <v>46029.609733796</v>
       </c>
       <c r="B42" t="s">
         <v>24</v>
       </c>
       <c r="C42" t="s">
         <v>25</v>
       </c>
       <c r="D42" t="s">
         <v>26</v>
       </c>
       <c r="E42" t="s">
         <v>27</v>
       </c>
+      <c r="F42">
+        <v>0.21</v>
+      </c>
       <c r="G42">
-        <v>101.210959</v>
+        <v>101.187671</v>
+      </c>
+      <c r="H42">
+        <v>19225.65749</v>
       </c>
       <c r="I42" t="s">
         <v>28</v>
       </c>
       <c r="J42">
         <v>8.5</v>
       </c>
       <c r="K42" s="2">
         <v>45888.0</v>
       </c>
       <c r="L42" s="2">
         <v>46802.0</v>
       </c>
       <c r="M42">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N42">
         <v>1000.0</v>
       </c>
       <c r="O42" t="s">
         <v>28</v>
       </c>
       <c r="P42">
-        <v>1.280822</v>
-[...2 lines deleted...]
-        <v>101.280822</v>
+        <v>1.187671</v>
       </c>
       <c r="R42">
-        <v>104.280822</v>
-[...1 lines deleted...]
-      <c r="S42">
+        <v>101.187671</v>
+      </c>
+      <c r="T42">
         <v>100.0</v>
       </c>
-      <c r="T42">
-        <v>103.0</v>
+      <c r="V42">
+        <v>8.490107</v>
+      </c>
+      <c r="X42">
+        <v>2</v>
       </c>
     </row>
     <row r="43" spans="1:24">
       <c r="A43" s="2">
-        <v>45938.432071759</v>
+        <v>46028.355659722</v>
       </c>
       <c r="B43" t="s">
         <v>24</v>
       </c>
       <c r="C43" t="s">
         <v>25</v>
       </c>
       <c r="D43" t="s">
         <v>26</v>
       </c>
       <c r="E43" t="s">
         <v>27</v>
       </c>
       <c r="G43">
-        <v>101.210959</v>
-[...2 lines deleted...]
-        <v>3036.32877</v>
+        <v>100.978082</v>
       </c>
       <c r="I43" t="s">
         <v>28</v>
       </c>
       <c r="J43">
         <v>8.5</v>
       </c>
       <c r="K43" s="2">
         <v>45888.0</v>
       </c>
       <c r="L43" s="2">
         <v>46802.0</v>
       </c>
       <c r="M43">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N43">
         <v>1000.0</v>
       </c>
       <c r="O43" t="s">
         <v>28</v>
       </c>
       <c r="P43">
-        <v>1.210959</v>
+        <v>1.164384</v>
       </c>
       <c r="Q43">
-        <v>101.210959</v>
+        <v>100.664384</v>
       </c>
       <c r="R43">
-        <v>104.210959</v>
+        <v>101.164384</v>
       </c>
       <c r="S43">
+        <v>99.5</v>
+      </c>
+      <c r="T43">
         <v>100.0</v>
       </c>
-      <c r="T43">
-[...3 lines deleted...]
-        <v>1</v>
+      <c r="U43">
+        <v>8.75157</v>
+      </c>
+      <c r="V43">
+        <v>8.490107</v>
       </c>
     </row>
     <row r="44" spans="1:24">
       <c r="A44" s="2">
-        <v>45937.446145833</v>
+        <v>46027.451574074</v>
       </c>
       <c r="B44" t="s">
         <v>24</v>
       </c>
       <c r="C44" t="s">
         <v>25</v>
       </c>
       <c r="D44" t="s">
         <v>26</v>
       </c>
       <c r="E44" t="s">
         <v>27</v>
       </c>
+      <c r="G44">
+        <v>100.978082</v>
+      </c>
       <c r="I44" t="s">
         <v>28</v>
       </c>
       <c r="J44">
         <v>8.5</v>
       </c>
       <c r="K44" s="2">
         <v>45888.0</v>
       </c>
       <c r="L44" s="2">
         <v>46802.0</v>
       </c>
       <c r="M44">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N44">
         <v>1000.0</v>
       </c>
       <c r="O44" t="s">
         <v>28</v>
       </c>
       <c r="P44">
-        <v>1.187671</v>
+        <v>1.141096</v>
       </c>
       <c r="Q44">
-        <v>101.187671</v>
+        <v>100.641096</v>
       </c>
       <c r="R44">
-        <v>104.187671</v>
+        <v>101.141096</v>
       </c>
       <c r="S44">
+        <v>99.5</v>
+      </c>
+      <c r="T44">
         <v>100.0</v>
       </c>
-      <c r="T44">
-        <v>103.0</v>
+      <c r="U44">
+        <v>8.751263</v>
+      </c>
+      <c r="V44">
+        <v>8.49011</v>
       </c>
     </row>
     <row r="45" spans="1:24">
       <c r="A45" s="2">
-        <v>45936.593564815</v>
+        <v>46024.419710648</v>
       </c>
       <c r="B45" t="s">
         <v>24</v>
       </c>
       <c r="C45" t="s">
         <v>25</v>
       </c>
       <c r="D45" t="s">
         <v>26</v>
       </c>
       <c r="E45" t="s">
         <v>27</v>
       </c>
+      <c r="G45">
+        <v>100.978082</v>
+      </c>
       <c r="I45" t="s">
         <v>28</v>
       </c>
       <c r="J45">
         <v>8.5</v>
       </c>
       <c r="K45" s="2">
         <v>45888.0</v>
       </c>
       <c r="L45" s="2">
         <v>46802.0</v>
       </c>
       <c r="M45">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N45">
         <v>1000.0</v>
       </c>
       <c r="O45" t="s">
         <v>28</v>
       </c>
       <c r="P45">
-        <v>1.164384</v>
+        <v>1.117808</v>
       </c>
       <c r="Q45">
-        <v>101.164384</v>
+        <v>98.0</v>
       </c>
       <c r="R45">
-        <v>105.114384</v>
+        <v>101.117808</v>
       </c>
       <c r="S45">
+        <v>96.882192</v>
+      </c>
+      <c r="T45">
         <v>100.0</v>
       </c>
-      <c r="T45">
-        <v>103.95</v>
+      <c r="U45">
+        <v>10.14228</v>
+      </c>
+      <c r="V45">
+        <v>8.490115</v>
       </c>
     </row>
     <row r="46" spans="1:24">
       <c r="A46" s="2">
-        <v>45933.416678241</v>
+        <v>46021.417777778</v>
       </c>
       <c r="B46" t="s">
         <v>24</v>
       </c>
       <c r="C46" t="s">
         <v>25</v>
       </c>
       <c r="D46" t="s">
         <v>26</v>
       </c>
       <c r="E46" t="s">
         <v>27</v>
       </c>
+      <c r="G46">
+        <v>100.978082</v>
+      </c>
       <c r="I46" t="s">
         <v>28</v>
       </c>
       <c r="J46">
         <v>8.5</v>
       </c>
       <c r="K46" s="2">
         <v>45888.0</v>
       </c>
       <c r="L46" s="2">
         <v>46802.0</v>
       </c>
       <c r="M46">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N46">
         <v>1000.0</v>
       </c>
       <c r="O46" t="s">
         <v>28</v>
       </c>
       <c r="P46">
-        <v>1.141096</v>
+        <v>1.024658</v>
+      </c>
+      <c r="Q46">
+        <v>98.0</v>
       </c>
       <c r="R46">
-        <v>105.141096</v>
+        <v>101.024658</v>
+      </c>
+      <c r="S46">
+        <v>96.975342</v>
       </c>
       <c r="T46">
-        <v>104.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="U46">
+        <v>10.084537</v>
+      </c>
+      <c r="V46">
+        <v>8.490165</v>
       </c>
     </row>
     <row r="47" spans="1:24">
       <c r="A47" s="2">
-        <v>45932.441736111</v>
+        <v>46020.602627315</v>
       </c>
       <c r="B47" t="s">
         <v>24</v>
       </c>
       <c r="C47" t="s">
         <v>25</v>
       </c>
       <c r="D47" t="s">
         <v>26</v>
       </c>
       <c r="E47" t="s">
         <v>27</v>
       </c>
+      <c r="F47">
+        <v>0.05</v>
+      </c>
+      <c r="G47">
+        <v>100.978082</v>
+      </c>
+      <c r="H47">
+        <v>12117.36984</v>
+      </c>
       <c r="I47" t="s">
         <v>28</v>
       </c>
       <c r="J47">
         <v>8.5</v>
       </c>
       <c r="K47" s="2">
         <v>45888.0</v>
       </c>
       <c r="L47" s="2">
         <v>46802.0</v>
       </c>
       <c r="M47">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N47">
         <v>1000.0</v>
       </c>
       <c r="O47" t="s">
         <v>28</v>
       </c>
       <c r="P47">
-        <v>1.117808</v>
+        <v>0.978082</v>
+      </c>
+      <c r="Q47">
+        <v>98.0</v>
       </c>
       <c r="R47">
-        <v>105.117808</v>
+        <v>100.978082</v>
+      </c>
+      <c r="S47">
+        <v>97.021918</v>
       </c>
       <c r="T47">
-        <v>104.0</v>
+        <v>100.0</v>
+      </c>
+      <c r="U47">
+        <v>10.055913</v>
+      </c>
+      <c r="V47">
+        <v>8.490206</v>
+      </c>
+      <c r="X47">
+        <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:24">
       <c r="A48" s="2">
-        <v>45931.354768519</v>
+        <v>46014.436273148</v>
       </c>
       <c r="B48" t="s">
         <v>24</v>
       </c>
       <c r="C48" t="s">
         <v>25</v>
       </c>
       <c r="D48" t="s">
         <v>26</v>
       </c>
       <c r="E48" t="s">
         <v>27</v>
       </c>
+      <c r="F48">
+        <v>0.25</v>
+      </c>
+      <c r="G48">
+        <v>100.931507</v>
+      </c>
+      <c r="H48">
+        <v>1009.31507</v>
+      </c>
       <c r="I48" t="s">
         <v>28</v>
       </c>
       <c r="J48">
         <v>8.5</v>
       </c>
       <c r="K48" s="2">
         <v>45888.0</v>
       </c>
       <c r="L48" s="2">
         <v>46802.0</v>
       </c>
       <c r="M48">
-        <v>15000</v>
+        <v>23833</v>
       </c>
       <c r="N48">
         <v>1000.0</v>
       </c>
       <c r="O48" t="s">
         <v>28</v>
       </c>
       <c r="P48">
-        <v>1.047945</v>
+        <v>0.931507</v>
+      </c>
+      <c r="R48">
+        <v>100.931507</v>
+      </c>
+      <c r="T48">
+        <v>100.0</v>
+      </c>
+      <c r="V48">
+        <v>8.490258</v>
+      </c>
+      <c r="X48">
+        <v>1</v>
       </c>
     </row>
     <row r="49" spans="1:24">
       <c r="A49" s="2">
+        <v>46013.355428241</v>
+      </c>
+      <c r="B49" t="s">
+        <v>24</v>
+      </c>
+      <c r="C49" t="s">
+        <v>25</v>
+      </c>
+      <c r="D49" t="s">
+        <v>26</v>
+      </c>
+      <c r="E49" t="s">
+        <v>27</v>
+      </c>
+      <c r="G49">
+        <v>100.675342</v>
+      </c>
+      <c r="I49" t="s">
+        <v>28</v>
+      </c>
+      <c r="J49">
+        <v>8.5</v>
+      </c>
+      <c r="K49" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L49" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M49">
+        <v>23833</v>
+      </c>
+      <c r="N49">
+        <v>1000.0</v>
+      </c>
+      <c r="O49" t="s">
+        <v>28</v>
+      </c>
+      <c r="P49">
+        <v>0.815068</v>
+      </c>
+      <c r="R49">
+        <v>100.815068</v>
+      </c>
+      <c r="T49">
+        <v>100.0</v>
+      </c>
+      <c r="V49">
+        <v>8.490435</v>
+      </c>
+    </row>
+    <row r="50" spans="1:24">
+      <c r="A50" s="2">
+        <v>46010.355706019</v>
+      </c>
+      <c r="B50" t="s">
+        <v>24</v>
+      </c>
+      <c r="C50" t="s">
+        <v>25</v>
+      </c>
+      <c r="D50" t="s">
+        <v>26</v>
+      </c>
+      <c r="E50" t="s">
+        <v>27</v>
+      </c>
+      <c r="G50">
+        <v>100.675342</v>
+      </c>
+      <c r="I50" t="s">
+        <v>28</v>
+      </c>
+      <c r="J50">
+        <v>8.5</v>
+      </c>
+      <c r="K50" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L50" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M50">
+        <v>23833</v>
+      </c>
+      <c r="N50">
+        <v>1000.0</v>
+      </c>
+      <c r="O50" t="s">
+        <v>28</v>
+      </c>
+      <c r="P50">
+        <v>0.791781</v>
+      </c>
+      <c r="R50">
+        <v>100.791781</v>
+      </c>
+      <c r="T50">
+        <v>100.0</v>
+      </c>
+      <c r="V50">
+        <v>8.490478</v>
+      </c>
+    </row>
+    <row r="51" spans="1:24">
+      <c r="A51" s="2">
+        <v>46009.355868056</v>
+      </c>
+      <c r="B51" t="s">
+        <v>24</v>
+      </c>
+      <c r="C51" t="s">
+        <v>25</v>
+      </c>
+      <c r="D51" t="s">
+        <v>26</v>
+      </c>
+      <c r="E51" t="s">
+        <v>27</v>
+      </c>
+      <c r="G51">
+        <v>100.675342</v>
+      </c>
+      <c r="I51" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51">
+        <v>8.5</v>
+      </c>
+      <c r="K51" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L51" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M51">
+        <v>23833</v>
+      </c>
+      <c r="N51">
+        <v>1000.0</v>
+      </c>
+      <c r="O51" t="s">
+        <v>28</v>
+      </c>
+      <c r="P51">
+        <v>0.768493</v>
+      </c>
+      <c r="R51">
+        <v>100.768493</v>
+      </c>
+      <c r="T51">
+        <v>100.0</v>
+      </c>
+      <c r="V51">
+        <v>8.490524</v>
+      </c>
+    </row>
+    <row r="52" spans="1:24">
+      <c r="A52" s="2">
+        <v>46008.355543981</v>
+      </c>
+      <c r="B52" t="s">
+        <v>24</v>
+      </c>
+      <c r="C52" t="s">
+        <v>25</v>
+      </c>
+      <c r="D52" t="s">
+        <v>26</v>
+      </c>
+      <c r="E52" t="s">
+        <v>27</v>
+      </c>
+      <c r="G52">
+        <v>100.675342</v>
+      </c>
+      <c r="I52" t="s">
+        <v>28</v>
+      </c>
+      <c r="J52">
+        <v>8.5</v>
+      </c>
+      <c r="K52" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L52" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M52">
+        <v>23833</v>
+      </c>
+      <c r="N52">
+        <v>1000.0</v>
+      </c>
+      <c r="O52" t="s">
+        <v>28</v>
+      </c>
+      <c r="P52">
+        <v>0.69863</v>
+      </c>
+      <c r="R52">
+        <v>100.69863</v>
+      </c>
+      <c r="T52">
+        <v>100.0</v>
+      </c>
+      <c r="V52">
+        <v>8.490678</v>
+      </c>
+    </row>
+    <row r="53" spans="1:24">
+      <c r="A53" s="2">
+        <v>46007.460266204</v>
+      </c>
+      <c r="B53" t="s">
+        <v>24</v>
+      </c>
+      <c r="C53" t="s">
+        <v>25</v>
+      </c>
+      <c r="D53" t="s">
+        <v>26</v>
+      </c>
+      <c r="E53" t="s">
+        <v>27</v>
+      </c>
+      <c r="F53">
+        <v>0.68</v>
+      </c>
+      <c r="G53">
+        <v>100.675342</v>
+      </c>
+      <c r="H53">
+        <v>8054.02736</v>
+      </c>
+      <c r="I53" t="s">
+        <v>28</v>
+      </c>
+      <c r="J53">
+        <v>8.5</v>
+      </c>
+      <c r="K53" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L53" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M53">
+        <v>23833</v>
+      </c>
+      <c r="N53">
+        <v>1000.0</v>
+      </c>
+      <c r="O53" t="s">
+        <v>28</v>
+      </c>
+      <c r="P53">
+        <v>0.675342</v>
+      </c>
+      <c r="R53">
+        <v>100.675342</v>
+      </c>
+      <c r="T53">
+        <v>100.0</v>
+      </c>
+      <c r="V53">
+        <v>8.490734</v>
+      </c>
+      <c r="X53">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="54" spans="1:24">
+      <c r="A54" s="2">
+        <v>46006.503425926</v>
+      </c>
+      <c r="B54" t="s">
+        <v>24</v>
+      </c>
+      <c r="C54" t="s">
+        <v>25</v>
+      </c>
+      <c r="D54" t="s">
+        <v>26</v>
+      </c>
+      <c r="E54" t="s">
+        <v>27</v>
+      </c>
+      <c r="G54">
+        <v>99.999</v>
+      </c>
+      <c r="I54" t="s">
+        <v>28</v>
+      </c>
+      <c r="J54">
+        <v>8.5</v>
+      </c>
+      <c r="K54" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L54" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M54">
+        <v>23833</v>
+      </c>
+      <c r="N54">
+        <v>1000.0</v>
+      </c>
+      <c r="O54" t="s">
+        <v>28</v>
+      </c>
+      <c r="P54">
+        <v>0.652055</v>
+      </c>
+      <c r="Q54">
+        <v>100.552055</v>
+      </c>
+      <c r="R54">
+        <v>100.652055</v>
+      </c>
+      <c r="S54">
+        <v>99.9</v>
+      </c>
+      <c r="T54">
+        <v>100.0</v>
+      </c>
+      <c r="U54">
+        <v>8.541645</v>
+      </c>
+      <c r="V54">
+        <v>8.490793</v>
+      </c>
+    </row>
+    <row r="55" spans="1:24">
+      <c r="A55" s="2">
+        <v>46003.355497685</v>
+      </c>
+      <c r="B55" t="s">
+        <v>24</v>
+      </c>
+      <c r="C55" t="s">
+        <v>25</v>
+      </c>
+      <c r="D55" t="s">
+        <v>26</v>
+      </c>
+      <c r="E55" t="s">
+        <v>27</v>
+      </c>
+      <c r="G55">
+        <v>99.999</v>
+      </c>
+      <c r="I55" t="s">
+        <v>28</v>
+      </c>
+      <c r="J55">
+        <v>8.5</v>
+      </c>
+      <c r="K55" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L55" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M55">
+        <v>23833</v>
+      </c>
+      <c r="N55">
+        <v>1000.0</v>
+      </c>
+      <c r="O55" t="s">
+        <v>28</v>
+      </c>
+      <c r="P55">
+        <v>0.628767</v>
+      </c>
+      <c r="R55">
+        <v>100.628767</v>
+      </c>
+      <c r="T55">
+        <v>100.0</v>
+      </c>
+      <c r="V55">
+        <v>8.490855</v>
+      </c>
+    </row>
+    <row r="56" spans="1:24">
+      <c r="A56" s="2">
+        <v>46002.355590278</v>
+      </c>
+      <c r="B56" t="s">
+        <v>24</v>
+      </c>
+      <c r="C56" t="s">
+        <v>25</v>
+      </c>
+      <c r="D56" t="s">
+        <v>26</v>
+      </c>
+      <c r="E56" t="s">
+        <v>27</v>
+      </c>
+      <c r="G56">
+        <v>99.999</v>
+      </c>
+      <c r="I56" t="s">
+        <v>28</v>
+      </c>
+      <c r="J56">
+        <v>8.5</v>
+      </c>
+      <c r="K56" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L56" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M56">
+        <v>23833</v>
+      </c>
+      <c r="N56">
+        <v>1000.0</v>
+      </c>
+      <c r="O56" t="s">
+        <v>28</v>
+      </c>
+      <c r="P56">
+        <v>0.605479</v>
+      </c>
+      <c r="R56">
+        <v>100.605479</v>
+      </c>
+      <c r="T56">
+        <v>100.0</v>
+      </c>
+      <c r="V56">
+        <v>8.490919</v>
+      </c>
+    </row>
+    <row r="57" spans="1:24">
+      <c r="A57" s="2">
+        <v>46001.355486111</v>
+      </c>
+      <c r="B57" t="s">
+        <v>24</v>
+      </c>
+      <c r="C57" t="s">
+        <v>25</v>
+      </c>
+      <c r="D57" t="s">
+        <v>26</v>
+      </c>
+      <c r="E57" t="s">
+        <v>27</v>
+      </c>
+      <c r="G57">
+        <v>99.999</v>
+      </c>
+      <c r="I57" t="s">
+        <v>28</v>
+      </c>
+      <c r="J57">
+        <v>8.5</v>
+      </c>
+      <c r="K57" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L57" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M57">
+        <v>20000</v>
+      </c>
+      <c r="N57">
+        <v>1000.0</v>
+      </c>
+      <c r="O57" t="s">
+        <v>28</v>
+      </c>
+      <c r="P57">
+        <v>0.535616</v>
+      </c>
+      <c r="R57">
+        <v>100.535616</v>
+      </c>
+      <c r="T57">
+        <v>100.0</v>
+      </c>
+      <c r="V57">
+        <v>8.491127</v>
+      </c>
+    </row>
+    <row r="58" spans="1:24">
+      <c r="A58" s="2">
+        <v>46000.355405093</v>
+      </c>
+      <c r="B58" t="s">
+        <v>24</v>
+      </c>
+      <c r="C58" t="s">
+        <v>25</v>
+      </c>
+      <c r="D58" t="s">
+        <v>26</v>
+      </c>
+      <c r="E58" t="s">
+        <v>27</v>
+      </c>
+      <c r="G58">
+        <v>99.999</v>
+      </c>
+      <c r="I58" t="s">
+        <v>28</v>
+      </c>
+      <c r="J58">
+        <v>8.5</v>
+      </c>
+      <c r="K58" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L58" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M58">
+        <v>20000</v>
+      </c>
+      <c r="N58">
+        <v>1000.0</v>
+      </c>
+      <c r="O58" t="s">
+        <v>28</v>
+      </c>
+      <c r="P58">
+        <v>0.512329</v>
+      </c>
+      <c r="R58">
+        <v>100.512329</v>
+      </c>
+      <c r="T58">
+        <v>100.0</v>
+      </c>
+      <c r="V58">
+        <v>8.491201</v>
+      </c>
+    </row>
+    <row r="59" spans="1:24">
+      <c r="A59" s="2">
+        <v>45999.41837963</v>
+      </c>
+      <c r="B59" t="s">
+        <v>24</v>
+      </c>
+      <c r="C59" t="s">
+        <v>25</v>
+      </c>
+      <c r="D59" t="s">
+        <v>26</v>
+      </c>
+      <c r="E59" t="s">
+        <v>27</v>
+      </c>
+      <c r="G59">
+        <v>99.999</v>
+      </c>
+      <c r="I59" t="s">
+        <v>28</v>
+      </c>
+      <c r="J59">
+        <v>8.5</v>
+      </c>
+      <c r="K59" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L59" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M59">
+        <v>20000</v>
+      </c>
+      <c r="N59">
+        <v>1000.0</v>
+      </c>
+      <c r="O59" t="s">
+        <v>28</v>
+      </c>
+      <c r="P59">
+        <v>0.489041</v>
+      </c>
+      <c r="R59">
+        <v>100.489041</v>
+      </c>
+      <c r="T59">
+        <v>100.0</v>
+      </c>
+      <c r="V59">
+        <v>8.491278</v>
+      </c>
+    </row>
+    <row r="60" spans="1:24">
+      <c r="A60" s="2">
+        <v>45996.355231481</v>
+      </c>
+      <c r="B60" t="s">
+        <v>24</v>
+      </c>
+      <c r="C60" t="s">
+        <v>25</v>
+      </c>
+      <c r="D60" t="s">
+        <v>26</v>
+      </c>
+      <c r="E60" t="s">
+        <v>27</v>
+      </c>
+      <c r="G60">
+        <v>99.999</v>
+      </c>
+      <c r="I60" t="s">
+        <v>28</v>
+      </c>
+      <c r="J60">
+        <v>8.5</v>
+      </c>
+      <c r="K60" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L60" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M60">
+        <v>20000</v>
+      </c>
+      <c r="N60">
+        <v>1000.0</v>
+      </c>
+      <c r="O60" t="s">
+        <v>28</v>
+      </c>
+      <c r="P60">
+        <v>0.465753</v>
+      </c>
+      <c r="Q60">
+        <v>100.165753</v>
+      </c>
+      <c r="R60">
+        <v>100.465753</v>
+      </c>
+      <c r="S60">
+        <v>99.7</v>
+      </c>
+      <c r="T60">
+        <v>100.0</v>
+      </c>
+      <c r="U60">
+        <v>8.642715</v>
+      </c>
+      <c r="V60">
+        <v>8.491357</v>
+      </c>
+    </row>
+    <row r="61" spans="1:24">
+      <c r="A61" s="2">
+        <v>45995.35537037</v>
+      </c>
+      <c r="B61" t="s">
+        <v>24</v>
+      </c>
+      <c r="C61" t="s">
+        <v>25</v>
+      </c>
+      <c r="D61" t="s">
+        <v>26</v>
+      </c>
+      <c r="E61" t="s">
+        <v>27</v>
+      </c>
+      <c r="G61">
+        <v>99.999</v>
+      </c>
+      <c r="I61" t="s">
+        <v>28</v>
+      </c>
+      <c r="J61">
+        <v>8.5</v>
+      </c>
+      <c r="K61" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L61" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M61">
+        <v>20000</v>
+      </c>
+      <c r="N61">
+        <v>1000.0</v>
+      </c>
+      <c r="O61" t="s">
+        <v>28</v>
+      </c>
+      <c r="P61">
+        <v>0.442466</v>
+      </c>
+      <c r="Q61">
+        <v>100.142466</v>
+      </c>
+      <c r="R61">
+        <v>100.442466</v>
+      </c>
+      <c r="S61">
+        <v>99.7</v>
+      </c>
+      <c r="T61">
+        <v>100.0</v>
+      </c>
+      <c r="U61">
+        <v>8.642626</v>
+      </c>
+      <c r="V61">
+        <v>8.491439</v>
+      </c>
+    </row>
+    <row r="62" spans="1:24">
+      <c r="A62" s="2">
+        <v>45994.355983796</v>
+      </c>
+      <c r="B62" t="s">
+        <v>24</v>
+      </c>
+      <c r="C62" t="s">
+        <v>25</v>
+      </c>
+      <c r="D62" t="s">
+        <v>26</v>
+      </c>
+      <c r="E62" t="s">
+        <v>27</v>
+      </c>
+      <c r="G62">
+        <v>99.999</v>
+      </c>
+      <c r="I62" t="s">
+        <v>28</v>
+      </c>
+      <c r="J62">
+        <v>8.5</v>
+      </c>
+      <c r="K62" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L62" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M62">
+        <v>20000</v>
+      </c>
+      <c r="N62">
+        <v>1000.0</v>
+      </c>
+      <c r="O62" t="s">
+        <v>28</v>
+      </c>
+      <c r="P62">
+        <v>0.372603</v>
+      </c>
+      <c r="Q62">
+        <v>100.072603</v>
+      </c>
+      <c r="R62">
+        <v>100.372603</v>
+      </c>
+      <c r="S62">
+        <v>99.7</v>
+      </c>
+      <c r="T62">
+        <v>100.0</v>
+      </c>
+      <c r="U62">
+        <v>8.642379</v>
+      </c>
+      <c r="V62">
+        <v>8.491699</v>
+      </c>
+    </row>
+    <row r="63" spans="1:24">
+      <c r="A63" s="2">
+        <v>45993.60662037</v>
+      </c>
+      <c r="B63" t="s">
+        <v>24</v>
+      </c>
+      <c r="C63" t="s">
+        <v>25</v>
+      </c>
+      <c r="D63" t="s">
+        <v>26</v>
+      </c>
+      <c r="E63" t="s">
+        <v>27</v>
+      </c>
+      <c r="G63">
+        <v>99.999</v>
+      </c>
+      <c r="I63" t="s">
+        <v>28</v>
+      </c>
+      <c r="J63">
+        <v>8.5</v>
+      </c>
+      <c r="K63" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L63" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M63">
+        <v>20000</v>
+      </c>
+      <c r="N63">
+        <v>1000.0</v>
+      </c>
+      <c r="O63" t="s">
+        <v>28</v>
+      </c>
+      <c r="P63">
+        <v>0.349315</v>
+      </c>
+      <c r="Q63">
+        <v>100.049315</v>
+      </c>
+      <c r="R63">
+        <v>100.349315</v>
+      </c>
+      <c r="S63">
+        <v>99.7</v>
+      </c>
+      <c r="T63">
+        <v>100.0</v>
+      </c>
+      <c r="U63">
+        <v>8.642302</v>
+      </c>
+      <c r="V63">
+        <v>8.491791</v>
+      </c>
+    </row>
+    <row r="64" spans="1:24">
+      <c r="A64" s="2">
+        <v>45992.645821759</v>
+      </c>
+      <c r="B64" t="s">
+        <v>24</v>
+      </c>
+      <c r="C64" t="s">
+        <v>25</v>
+      </c>
+      <c r="D64" t="s">
+        <v>26</v>
+      </c>
+      <c r="E64" t="s">
+        <v>27</v>
+      </c>
+      <c r="G64">
+        <v>99.999</v>
+      </c>
+      <c r="I64" t="s">
+        <v>28</v>
+      </c>
+      <c r="J64">
+        <v>8.5</v>
+      </c>
+      <c r="K64" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L64" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M64">
+        <v>20000</v>
+      </c>
+      <c r="N64">
+        <v>1000.0</v>
+      </c>
+      <c r="O64" t="s">
+        <v>28</v>
+      </c>
+      <c r="P64">
+        <v>0.326027</v>
+      </c>
+      <c r="Q64">
+        <v>99.626027</v>
+      </c>
+      <c r="R64">
+        <v>100.326027</v>
+      </c>
+      <c r="S64">
+        <v>99.3</v>
+      </c>
+      <c r="T64">
+        <v>100.0</v>
+      </c>
+      <c r="U64">
+        <v>8.843516</v>
+      </c>
+      <c r="V64">
+        <v>8.491885</v>
+      </c>
+    </row>
+    <row r="65" spans="1:24">
+      <c r="A65" s="2">
+        <v>45989.587222222</v>
+      </c>
+      <c r="B65" t="s">
+        <v>24</v>
+      </c>
+      <c r="C65" t="s">
+        <v>25</v>
+      </c>
+      <c r="D65" t="s">
+        <v>26</v>
+      </c>
+      <c r="E65" t="s">
+        <v>27</v>
+      </c>
+      <c r="G65">
+        <v>99.999</v>
+      </c>
+      <c r="I65" t="s">
+        <v>28</v>
+      </c>
+      <c r="J65">
+        <v>8.5</v>
+      </c>
+      <c r="K65" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L65" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M65">
+        <v>20000</v>
+      </c>
+      <c r="N65">
+        <v>1000.0</v>
+      </c>
+      <c r="O65" t="s">
+        <v>28</v>
+      </c>
+      <c r="P65">
+        <v>0.30274</v>
+      </c>
+      <c r="Q65">
+        <v>99.40274</v>
+      </c>
+      <c r="R65">
+        <v>100.30274</v>
+      </c>
+      <c r="S65">
+        <v>99.1</v>
+      </c>
+      <c r="T65">
+        <v>100.0</v>
+      </c>
+      <c r="U65">
+        <v>8.944109</v>
+      </c>
+      <c r="V65">
+        <v>8.491981</v>
+      </c>
+    </row>
+    <row r="66" spans="1:24">
+      <c r="A66" s="2">
+        <v>45988.355752315</v>
+      </c>
+      <c r="B66" t="s">
+        <v>24</v>
+      </c>
+      <c r="C66" t="s">
+        <v>25</v>
+      </c>
+      <c r="D66" t="s">
+        <v>26</v>
+      </c>
+      <c r="E66" t="s">
+        <v>27</v>
+      </c>
+      <c r="G66">
+        <v>99.999</v>
+      </c>
+      <c r="I66" t="s">
+        <v>28</v>
+      </c>
+      <c r="J66">
+        <v>8.5</v>
+      </c>
+      <c r="K66" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L66" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M66">
+        <v>20000</v>
+      </c>
+      <c r="N66">
+        <v>1000.0</v>
+      </c>
+      <c r="O66" t="s">
+        <v>28</v>
+      </c>
+      <c r="P66">
+        <v>0.279452</v>
+      </c>
+      <c r="Q66">
+        <v>99.279452</v>
+      </c>
+      <c r="R66">
+        <v>100.279452</v>
+      </c>
+      <c r="S66">
+        <v>99.0</v>
+      </c>
+      <c r="T66">
+        <v>100.0</v>
+      </c>
+      <c r="U66">
+        <v>8.994183</v>
+      </c>
+      <c r="V66">
+        <v>8.492081</v>
+      </c>
+    </row>
+    <row r="67" spans="1:24">
+      <c r="A67" s="2">
+        <v>45987.355520833</v>
+      </c>
+      <c r="B67" t="s">
+        <v>24</v>
+      </c>
+      <c r="C67" t="s">
+        <v>25</v>
+      </c>
+      <c r="D67" t="s">
+        <v>26</v>
+      </c>
+      <c r="E67" t="s">
+        <v>27</v>
+      </c>
+      <c r="G67">
+        <v>99.999</v>
+      </c>
+      <c r="I67" t="s">
+        <v>28</v>
+      </c>
+      <c r="J67">
+        <v>8.5</v>
+      </c>
+      <c r="K67" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L67" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M67">
+        <v>20000</v>
+      </c>
+      <c r="N67">
+        <v>1000.0</v>
+      </c>
+      <c r="O67" t="s">
+        <v>28</v>
+      </c>
+      <c r="P67">
+        <v>0.209589</v>
+      </c>
+      <c r="Q67">
+        <v>99.209589</v>
+      </c>
+      <c r="R67">
+        <v>100.209589</v>
+      </c>
+      <c r="S67">
+        <v>99.0</v>
+      </c>
+      <c r="T67">
+        <v>100.0</v>
+      </c>
+      <c r="U67">
+        <v>8.992829</v>
+      </c>
+      <c r="V67">
+        <v>8.492392</v>
+      </c>
+    </row>
+    <row r="68" spans="1:24">
+      <c r="A68" s="2">
+        <v>45986.355497685</v>
+      </c>
+      <c r="B68" t="s">
+        <v>24</v>
+      </c>
+      <c r="C68" t="s">
+        <v>25</v>
+      </c>
+      <c r="D68" t="s">
+        <v>26</v>
+      </c>
+      <c r="E68" t="s">
+        <v>27</v>
+      </c>
+      <c r="G68">
+        <v>99.999</v>
+      </c>
+      <c r="I68" t="s">
+        <v>28</v>
+      </c>
+      <c r="J68">
+        <v>8.5</v>
+      </c>
+      <c r="K68" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L68" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M68">
+        <v>20000</v>
+      </c>
+      <c r="N68">
+        <v>1000.0</v>
+      </c>
+      <c r="O68" t="s">
+        <v>28</v>
+      </c>
+      <c r="P68">
+        <v>0.186301</v>
+      </c>
+      <c r="Q68">
+        <v>99.186301</v>
+      </c>
+      <c r="R68">
+        <v>100.186301</v>
+      </c>
+      <c r="S68">
+        <v>99.0</v>
+      </c>
+      <c r="T68">
+        <v>100.0</v>
+      </c>
+      <c r="U68">
+        <v>8.992386</v>
+      </c>
+      <c r="V68">
+        <v>8.492501</v>
+      </c>
+    </row>
+    <row r="69" spans="1:24">
+      <c r="A69" s="2">
+        <v>45985.63068287</v>
+      </c>
+      <c r="B69" t="s">
+        <v>24</v>
+      </c>
+      <c r="C69" t="s">
+        <v>25</v>
+      </c>
+      <c r="D69" t="s">
+        <v>26</v>
+      </c>
+      <c r="E69" t="s">
+        <v>27</v>
+      </c>
+      <c r="G69">
+        <v>99.999</v>
+      </c>
+      <c r="I69" t="s">
+        <v>28</v>
+      </c>
+      <c r="J69">
+        <v>8.5</v>
+      </c>
+      <c r="K69" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L69" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M69">
+        <v>20000</v>
+      </c>
+      <c r="N69">
+        <v>1000.0</v>
+      </c>
+      <c r="O69" t="s">
+        <v>28</v>
+      </c>
+      <c r="P69">
+        <v>0.163014</v>
+      </c>
+      <c r="Q69">
+        <v>99.163014</v>
+      </c>
+      <c r="R69">
+        <v>100.163014</v>
+      </c>
+      <c r="S69">
+        <v>99.0</v>
+      </c>
+      <c r="T69">
+        <v>100.0</v>
+      </c>
+      <c r="U69">
+        <v>8.991946</v>
+      </c>
+      <c r="V69">
+        <v>8.492612</v>
+      </c>
+    </row>
+    <row r="70" spans="1:24">
+      <c r="A70" s="2">
+        <v>45982.355405093</v>
+      </c>
+      <c r="B70" t="s">
+        <v>24</v>
+      </c>
+      <c r="C70" t="s">
+        <v>25</v>
+      </c>
+      <c r="D70" t="s">
+        <v>26</v>
+      </c>
+      <c r="E70" t="s">
+        <v>27</v>
+      </c>
+      <c r="G70">
+        <v>99.999</v>
+      </c>
+      <c r="I70" t="s">
+        <v>28</v>
+      </c>
+      <c r="J70">
+        <v>8.5</v>
+      </c>
+      <c r="K70" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L70" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M70">
+        <v>20000</v>
+      </c>
+      <c r="N70">
+        <v>1000.0</v>
+      </c>
+      <c r="O70" t="s">
+        <v>28</v>
+      </c>
+      <c r="P70">
+        <v>0.139726</v>
+      </c>
+      <c r="R70">
+        <v>100.139726</v>
+      </c>
+      <c r="T70">
+        <v>100.0</v>
+      </c>
+      <c r="V70">
+        <v>8.492726</v>
+      </c>
+    </row>
+    <row r="71" spans="1:24">
+      <c r="A71" s="2">
+        <v>45981.355196759</v>
+      </c>
+      <c r="B71" t="s">
+        <v>24</v>
+      </c>
+      <c r="C71" t="s">
+        <v>25</v>
+      </c>
+      <c r="D71" t="s">
+        <v>26</v>
+      </c>
+      <c r="E71" t="s">
+        <v>27</v>
+      </c>
+      <c r="G71">
+        <v>99.999</v>
+      </c>
+      <c r="I71" t="s">
+        <v>28</v>
+      </c>
+      <c r="J71">
+        <v>8.5</v>
+      </c>
+      <c r="K71" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L71" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M71">
+        <v>20000</v>
+      </c>
+      <c r="N71">
+        <v>1000.0</v>
+      </c>
+      <c r="O71" t="s">
+        <v>28</v>
+      </c>
+      <c r="P71">
+        <v>0.116438</v>
+      </c>
+      <c r="R71">
+        <v>100.116438</v>
+      </c>
+      <c r="T71">
+        <v>100.0</v>
+      </c>
+      <c r="V71">
+        <v>8.492842</v>
+      </c>
+    </row>
+    <row r="72" spans="1:24">
+      <c r="A72" s="2">
+        <v>45980.355543981</v>
+      </c>
+      <c r="B72" t="s">
+        <v>24</v>
+      </c>
+      <c r="C72" t="s">
+        <v>25</v>
+      </c>
+      <c r="D72" t="s">
+        <v>26</v>
+      </c>
+      <c r="E72" t="s">
+        <v>27</v>
+      </c>
+      <c r="G72">
+        <v>99.999</v>
+      </c>
+      <c r="I72" t="s">
+        <v>28</v>
+      </c>
+      <c r="J72">
+        <v>8.5</v>
+      </c>
+      <c r="K72" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L72" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M72">
+        <v>20000</v>
+      </c>
+      <c r="N72">
+        <v>1000.0</v>
+      </c>
+      <c r="O72" t="s">
+        <v>28</v>
+      </c>
+      <c r="P72">
+        <v>0.046575</v>
+      </c>
+      <c r="R72">
+        <v>100.046575</v>
+      </c>
+      <c r="T72">
+        <v>100.0</v>
+      </c>
+      <c r="V72">
+        <v>8.493204</v>
+      </c>
+    </row>
+    <row r="73" spans="1:24">
+      <c r="A73" s="2">
+        <v>45979.355833333</v>
+      </c>
+      <c r="B73" t="s">
+        <v>24</v>
+      </c>
+      <c r="C73" t="s">
+        <v>25</v>
+      </c>
+      <c r="D73" t="s">
+        <v>26</v>
+      </c>
+      <c r="E73" t="s">
+        <v>27</v>
+      </c>
+      <c r="G73">
+        <v>99.999</v>
+      </c>
+      <c r="I73" t="s">
+        <v>28</v>
+      </c>
+      <c r="J73">
+        <v>8.5</v>
+      </c>
+      <c r="K73" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L73" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M73">
+        <v>20000</v>
+      </c>
+      <c r="N73">
+        <v>1000.0</v>
+      </c>
+      <c r="O73" t="s">
+        <v>28</v>
+      </c>
+      <c r="P73">
+        <v>0.023288</v>
+      </c>
+      <c r="R73">
+        <v>100.023288</v>
+      </c>
+      <c r="T73">
+        <v>100.0</v>
+      </c>
+      <c r="V73">
+        <v>8.493329</v>
+      </c>
+    </row>
+    <row r="74" spans="1:24">
+      <c r="A74" s="2">
+        <v>45978.461643519</v>
+      </c>
+      <c r="B74" t="s">
+        <v>24</v>
+      </c>
+      <c r="C74" t="s">
+        <v>25</v>
+      </c>
+      <c r="D74" t="s">
+        <v>26</v>
+      </c>
+      <c r="E74" t="s">
+        <v>27</v>
+      </c>
+      <c r="F74">
+        <v>0.02</v>
+      </c>
+      <c r="G74">
+        <v>99.999</v>
+      </c>
+      <c r="H74">
+        <v>3999.96</v>
+      </c>
+      <c r="I74" t="s">
+        <v>28</v>
+      </c>
+      <c r="J74">
+        <v>8.5</v>
+      </c>
+      <c r="K74" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L74" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M74">
+        <v>15000</v>
+      </c>
+      <c r="N74">
+        <v>1000.0</v>
+      </c>
+      <c r="O74" t="s">
+        <v>28</v>
+      </c>
+      <c r="Q74">
+        <v>99.0</v>
+      </c>
+      <c r="R74">
+        <v>100.0</v>
+      </c>
+      <c r="U74">
+        <v>8.988979</v>
+      </c>
+      <c r="V74">
+        <v>8.493456</v>
+      </c>
+      <c r="X74">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="75" spans="1:24">
+      <c r="A75" s="2">
+        <v>45975.653622685</v>
+      </c>
+      <c r="B75" t="s">
+        <v>24</v>
+      </c>
+      <c r="C75" t="s">
+        <v>25</v>
+      </c>
+      <c r="D75" t="s">
+        <v>26</v>
+      </c>
+      <c r="E75" t="s">
+        <v>27</v>
+      </c>
+      <c r="F75">
+        <v>0.02</v>
+      </c>
+      <c r="G75">
+        <v>99.976712</v>
+      </c>
+      <c r="H75">
+        <v>35991.61632</v>
+      </c>
+      <c r="I75" t="s">
+        <v>28</v>
+      </c>
+      <c r="J75">
+        <v>8.5</v>
+      </c>
+      <c r="K75" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L75" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M75">
+        <v>15000</v>
+      </c>
+      <c r="N75">
+        <v>1000.0</v>
+      </c>
+      <c r="O75" t="s">
+        <v>28</v>
+      </c>
+      <c r="P75">
+        <v>-0.023288</v>
+      </c>
+      <c r="Q75">
+        <v>99.0</v>
+      </c>
+      <c r="R75">
+        <v>99.976712</v>
+      </c>
+      <c r="S75">
+        <v>99.023288</v>
+      </c>
+      <c r="T75">
+        <v>100.0</v>
+      </c>
+      <c r="U75">
+        <v>8.976977</v>
+      </c>
+      <c r="V75">
+        <v>8.493587</v>
+      </c>
+      <c r="X75">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="76" spans="1:24">
+      <c r="A76" s="2">
+        <v>45974.563368056</v>
+      </c>
+      <c r="B76" t="s">
+        <v>24</v>
+      </c>
+      <c r="C76" t="s">
+        <v>25</v>
+      </c>
+      <c r="D76" t="s">
+        <v>26</v>
+      </c>
+      <c r="E76" t="s">
+        <v>27</v>
+      </c>
+      <c r="F76">
+        <v>-2.03</v>
+      </c>
+      <c r="G76">
+        <v>99.953425</v>
+      </c>
+      <c r="H76">
+        <v>50976.24675</v>
+      </c>
+      <c r="I76" t="s">
+        <v>28</v>
+      </c>
+      <c r="J76">
+        <v>8.5</v>
+      </c>
+      <c r="K76" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L76" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M76">
+        <v>15000</v>
+      </c>
+      <c r="N76">
+        <v>1000.0</v>
+      </c>
+      <c r="O76" t="s">
+        <v>28</v>
+      </c>
+      <c r="P76">
+        <v>-0.046575</v>
+      </c>
+      <c r="Q76">
+        <v>99.0</v>
+      </c>
+      <c r="R76">
+        <v>99.953425</v>
+      </c>
+      <c r="S76">
+        <v>99.046575</v>
+      </c>
+      <c r="T76">
+        <v>100.0</v>
+      </c>
+      <c r="U76">
+        <v>8.965007</v>
+      </c>
+      <c r="V76">
+        <v>8.493719</v>
+      </c>
+      <c r="X76">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="77" spans="1:24">
+      <c r="A77" s="2">
+        <v>45973.652858796</v>
+      </c>
+      <c r="B77" t="s">
+        <v>24</v>
+      </c>
+      <c r="C77" t="s">
+        <v>25</v>
+      </c>
+      <c r="D77" t="s">
+        <v>26</v>
+      </c>
+      <c r="E77" t="s">
+        <v>27</v>
+      </c>
+      <c r="F77">
+        <v>0.21</v>
+      </c>
+      <c r="G77">
+        <v>102.026027</v>
+      </c>
+      <c r="H77">
+        <v>30607.8081</v>
+      </c>
+      <c r="I77" t="s">
+        <v>28</v>
+      </c>
+      <c r="J77">
+        <v>8.5</v>
+      </c>
+      <c r="K77" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L77" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M77">
+        <v>15000</v>
+      </c>
+      <c r="N77">
+        <v>1000.0</v>
+      </c>
+      <c r="O77" t="s">
+        <v>28</v>
+      </c>
+      <c r="P77">
+        <v>2.026027</v>
+      </c>
+      <c r="Q77">
+        <v>99.0</v>
+      </c>
+      <c r="R77">
+        <v>102.226027</v>
+      </c>
+      <c r="S77">
+        <v>96.973973</v>
+      </c>
+      <c r="T77">
+        <v>100.2</v>
+      </c>
+      <c r="U77">
+        <v>9.993315</v>
+      </c>
+      <c r="V77">
+        <v>8.386538</v>
+      </c>
+      <c r="X77">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="78" spans="1:24">
+      <c r="A78" s="2">
+        <v>45972.554363426</v>
+      </c>
+      <c r="B78" t="s">
+        <v>24</v>
+      </c>
+      <c r="C78" t="s">
+        <v>25</v>
+      </c>
+      <c r="D78" t="s">
+        <v>26</v>
+      </c>
+      <c r="E78" t="s">
+        <v>27</v>
+      </c>
+      <c r="G78">
+        <v>101.816438</v>
+      </c>
+      <c r="I78" t="s">
+        <v>28</v>
+      </c>
+      <c r="J78">
+        <v>8.5</v>
+      </c>
+      <c r="K78" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L78" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M78">
+        <v>15000</v>
+      </c>
+      <c r="N78">
+        <v>1000.0</v>
+      </c>
+      <c r="O78" t="s">
+        <v>28</v>
+      </c>
+      <c r="P78">
+        <v>2.00274</v>
+      </c>
+      <c r="Q78">
+        <v>99.0</v>
+      </c>
+      <c r="R78">
+        <v>102.20274</v>
+      </c>
+      <c r="S78">
+        <v>96.99726</v>
+      </c>
+      <c r="T78">
+        <v>100.2</v>
+      </c>
+      <c r="U78">
+        <v>9.97974</v>
+      </c>
+      <c r="V78">
+        <v>8.38656</v>
+      </c>
+    </row>
+    <row r="79" spans="1:24">
+      <c r="A79" s="2">
+        <v>45971.356076389</v>
+      </c>
+      <c r="B79" t="s">
+        <v>24</v>
+      </c>
+      <c r="C79" t="s">
+        <v>25</v>
+      </c>
+      <c r="D79" t="s">
+        <v>26</v>
+      </c>
+      <c r="E79" t="s">
+        <v>27</v>
+      </c>
+      <c r="G79">
+        <v>101.816438</v>
+      </c>
+      <c r="I79" t="s">
+        <v>28</v>
+      </c>
+      <c r="J79">
+        <v>8.5</v>
+      </c>
+      <c r="K79" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L79" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M79">
+        <v>15000</v>
+      </c>
+      <c r="N79">
+        <v>1000.0</v>
+      </c>
+      <c r="O79" t="s">
+        <v>28</v>
+      </c>
+      <c r="P79">
+        <v>1.979452</v>
+      </c>
+      <c r="R79">
+        <v>102.179452</v>
+      </c>
+      <c r="T79">
+        <v>100.2</v>
+      </c>
+      <c r="V79">
+        <v>8.386584</v>
+      </c>
+    </row>
+    <row r="80" spans="1:24">
+      <c r="A80" s="2">
+        <v>45968.355729167</v>
+      </c>
+      <c r="B80" t="s">
+        <v>24</v>
+      </c>
+      <c r="C80" t="s">
+        <v>25</v>
+      </c>
+      <c r="D80" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" t="s">
+        <v>27</v>
+      </c>
+      <c r="G80">
+        <v>101.816438</v>
+      </c>
+      <c r="I80" t="s">
+        <v>28</v>
+      </c>
+      <c r="J80">
+        <v>8.5</v>
+      </c>
+      <c r="K80" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L80" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M80">
+        <v>15000</v>
+      </c>
+      <c r="N80">
+        <v>1000.0</v>
+      </c>
+      <c r="O80" t="s">
+        <v>28</v>
+      </c>
+      <c r="P80">
+        <v>1.956164</v>
+      </c>
+      <c r="R80">
+        <v>102.156164</v>
+      </c>
+      <c r="T80">
+        <v>100.2</v>
+      </c>
+      <c r="V80">
+        <v>8.386611</v>
+      </c>
+    </row>
+    <row r="81" spans="1:24">
+      <c r="A81" s="2">
+        <v>45967.355601852</v>
+      </c>
+      <c r="B81" t="s">
+        <v>24</v>
+      </c>
+      <c r="C81" t="s">
+        <v>25</v>
+      </c>
+      <c r="D81" t="s">
+        <v>26</v>
+      </c>
+      <c r="E81" t="s">
+        <v>27</v>
+      </c>
+      <c r="G81">
+        <v>101.816438</v>
+      </c>
+      <c r="I81" t="s">
+        <v>28</v>
+      </c>
+      <c r="J81">
+        <v>8.5</v>
+      </c>
+      <c r="K81" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L81" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M81">
+        <v>15000</v>
+      </c>
+      <c r="N81">
+        <v>1000.0</v>
+      </c>
+      <c r="O81" t="s">
+        <v>28</v>
+      </c>
+      <c r="P81">
+        <v>1.932877</v>
+      </c>
+      <c r="R81">
+        <v>102.132877</v>
+      </c>
+      <c r="T81">
+        <v>100.2</v>
+      </c>
+      <c r="V81">
+        <v>8.386641</v>
+      </c>
+    </row>
+    <row r="82" spans="1:24">
+      <c r="A82" s="2">
+        <v>45966.538217593</v>
+      </c>
+      <c r="B82" t="s">
+        <v>24</v>
+      </c>
+      <c r="C82" t="s">
+        <v>25</v>
+      </c>
+      <c r="D82" t="s">
+        <v>26</v>
+      </c>
+      <c r="E82" t="s">
+        <v>27</v>
+      </c>
+      <c r="G82">
+        <v>101.816438</v>
+      </c>
+      <c r="I82" t="s">
+        <v>28</v>
+      </c>
+      <c r="J82">
+        <v>8.5</v>
+      </c>
+      <c r="K82" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L82" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M82">
+        <v>15000</v>
+      </c>
+      <c r="N82">
+        <v>1000.0</v>
+      </c>
+      <c r="O82" t="s">
+        <v>28</v>
+      </c>
+      <c r="P82">
+        <v>1.863014</v>
+      </c>
+      <c r="R82">
+        <v>102.063014</v>
+      </c>
+      <c r="T82">
+        <v>100.2</v>
+      </c>
+      <c r="V82">
+        <v>8.386744</v>
+      </c>
+    </row>
+    <row r="83" spans="1:24">
+      <c r="A83" s="2">
+        <v>45965.355625</v>
+      </c>
+      <c r="B83" t="s">
+        <v>24</v>
+      </c>
+      <c r="C83" t="s">
+        <v>25</v>
+      </c>
+      <c r="D83" t="s">
+        <v>26</v>
+      </c>
+      <c r="E83" t="s">
+        <v>27</v>
+      </c>
+      <c r="G83">
+        <v>101.816438</v>
+      </c>
+      <c r="I83" t="s">
+        <v>28</v>
+      </c>
+      <c r="J83">
+        <v>8.5</v>
+      </c>
+      <c r="K83" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L83" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M83">
+        <v>15000</v>
+      </c>
+      <c r="N83">
+        <v>1000.0</v>
+      </c>
+      <c r="O83" t="s">
+        <v>28</v>
+      </c>
+      <c r="P83">
+        <v>1.839726</v>
+      </c>
+      <c r="Q83">
+        <v>100.839726</v>
+      </c>
+      <c r="R83">
+        <v>102.039726</v>
+      </c>
+      <c r="S83">
+        <v>99.0</v>
+      </c>
+      <c r="T83">
+        <v>100.2</v>
+      </c>
+      <c r="U83">
+        <v>8.972082</v>
+      </c>
+      <c r="V83">
+        <v>8.386783</v>
+      </c>
+    </row>
+    <row r="84" spans="1:24">
+      <c r="A84" s="2">
+        <v>45964.587928241</v>
+      </c>
+      <c r="B84" t="s">
+        <v>24</v>
+      </c>
+      <c r="C84" t="s">
+        <v>25</v>
+      </c>
+      <c r="D84" t="s">
+        <v>26</v>
+      </c>
+      <c r="E84" t="s">
+        <v>27</v>
+      </c>
+      <c r="F84">
+        <v>0.11</v>
+      </c>
+      <c r="G84">
+        <v>101.816438</v>
+      </c>
+      <c r="H84">
+        <v>10181.6438</v>
+      </c>
+      <c r="I84" t="s">
+        <v>28</v>
+      </c>
+      <c r="J84">
+        <v>8.5</v>
+      </c>
+      <c r="K84" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L84" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M84">
+        <v>15000</v>
+      </c>
+      <c r="N84">
+        <v>1000.0</v>
+      </c>
+      <c r="O84" t="s">
+        <v>28</v>
+      </c>
+      <c r="P84">
+        <v>1.816438</v>
+      </c>
+      <c r="Q84">
+        <v>100.816438</v>
+      </c>
+      <c r="R84">
+        <v>102.016438</v>
+      </c>
+      <c r="S84">
+        <v>99.0</v>
+      </c>
+      <c r="T84">
+        <v>100.2</v>
+      </c>
+      <c r="U84">
+        <v>8.971482</v>
+      </c>
+      <c r="V84">
+        <v>8.386825</v>
+      </c>
+      <c r="X84">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="85" spans="1:24">
+      <c r="A85" s="2">
+        <v>45961.454594907</v>
+      </c>
+      <c r="B85" t="s">
+        <v>24</v>
+      </c>
+      <c r="C85" t="s">
+        <v>25</v>
+      </c>
+      <c r="D85" t="s">
+        <v>26</v>
+      </c>
+      <c r="E85" t="s">
+        <v>27</v>
+      </c>
+      <c r="G85">
+        <v>101.7</v>
+      </c>
+      <c r="I85" t="s">
+        <v>28</v>
+      </c>
+      <c r="J85">
+        <v>8.5</v>
+      </c>
+      <c r="K85" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L85" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M85">
+        <v>15000</v>
+      </c>
+      <c r="N85">
+        <v>1000.0</v>
+      </c>
+      <c r="O85" t="s">
+        <v>28</v>
+      </c>
+      <c r="P85">
+        <v>1.793151</v>
+      </c>
+      <c r="Q85">
+        <v>100.793151</v>
+      </c>
+      <c r="R85">
+        <v>101.993151</v>
+      </c>
+      <c r="S85">
+        <v>99.0</v>
+      </c>
+      <c r="T85">
+        <v>100.2</v>
+      </c>
+      <c r="U85">
+        <v>8.970886</v>
+      </c>
+      <c r="V85">
+        <v>8.386869</v>
+      </c>
+    </row>
+    <row r="86" spans="1:24">
+      <c r="A86" s="2">
+        <v>45960.509733796</v>
+      </c>
+      <c r="B86" t="s">
+        <v>24</v>
+      </c>
+      <c r="C86" t="s">
+        <v>25</v>
+      </c>
+      <c r="D86" t="s">
+        <v>26</v>
+      </c>
+      <c r="E86" t="s">
+        <v>27</v>
+      </c>
+      <c r="G86">
+        <v>101.7</v>
+      </c>
+      <c r="I86" t="s">
+        <v>28</v>
+      </c>
+      <c r="J86">
+        <v>8.5</v>
+      </c>
+      <c r="K86" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L86" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M86">
+        <v>15000</v>
+      </c>
+      <c r="N86">
+        <v>1000.0</v>
+      </c>
+      <c r="O86" t="s">
+        <v>28</v>
+      </c>
+      <c r="P86">
+        <v>1.769863</v>
+      </c>
+      <c r="Q86">
+        <v>100.769863</v>
+      </c>
+      <c r="R86">
+        <v>102.019863</v>
+      </c>
+      <c r="S86">
+        <v>99.0</v>
+      </c>
+      <c r="T86">
+        <v>100.25</v>
+      </c>
+      <c r="U86">
+        <v>8.970294</v>
+      </c>
+      <c r="V86">
+        <v>8.362787</v>
+      </c>
+    </row>
+    <row r="87" spans="1:24">
+      <c r="A87" s="2">
+        <v>45959.448958333</v>
+      </c>
+      <c r="B87" t="s">
+        <v>24</v>
+      </c>
+      <c r="C87" t="s">
+        <v>25</v>
+      </c>
+      <c r="D87" t="s">
+        <v>26</v>
+      </c>
+      <c r="E87" t="s">
+        <v>27</v>
+      </c>
+      <c r="F87">
+        <v>0.18</v>
+      </c>
+      <c r="G87">
+        <v>101.7</v>
+      </c>
+      <c r="H87">
+        <v>111870.0</v>
+      </c>
+      <c r="I87" t="s">
+        <v>28</v>
+      </c>
+      <c r="J87">
+        <v>8.5</v>
+      </c>
+      <c r="K87" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L87" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M87">
+        <v>15000</v>
+      </c>
+      <c r="N87">
+        <v>1000.0</v>
+      </c>
+      <c r="O87" t="s">
+        <v>28</v>
+      </c>
+      <c r="P87">
+        <v>1.7</v>
+      </c>
+      <c r="Q87">
+        <v>100.222527</v>
+      </c>
+      <c r="R87">
+        <v>101.95</v>
+      </c>
+      <c r="S87">
+        <v>98.522527</v>
+      </c>
+      <c r="T87">
+        <v>100.25</v>
+      </c>
+      <c r="U87">
+        <v>9.20221</v>
+      </c>
+      <c r="V87">
+        <v>8.363021</v>
+      </c>
+      <c r="X87">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="88" spans="1:24">
+      <c r="A88" s="2">
+        <v>45958.417835648</v>
+      </c>
+      <c r="B88" t="s">
+        <v>24</v>
+      </c>
+      <c r="C88" t="s">
+        <v>25</v>
+      </c>
+      <c r="D88" t="s">
+        <v>26</v>
+      </c>
+      <c r="E88" t="s">
+        <v>27</v>
+      </c>
+      <c r="G88">
+        <v>101.513699</v>
+      </c>
+      <c r="I88" t="s">
+        <v>28</v>
+      </c>
+      <c r="J88">
+        <v>8.5</v>
+      </c>
+      <c r="K88" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L88" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M88">
+        <v>15000</v>
+      </c>
+      <c r="N88">
+        <v>1000.0</v>
+      </c>
+      <c r="O88" t="s">
+        <v>28</v>
+      </c>
+      <c r="P88">
+        <v>1.676712</v>
+      </c>
+      <c r="Q88">
+        <v>100.222527</v>
+      </c>
+      <c r="R88">
+        <v>101.926712</v>
+      </c>
+      <c r="S88">
+        <v>98.545815</v>
+      </c>
+      <c r="T88">
+        <v>100.25</v>
+      </c>
+      <c r="U88">
+        <v>9.189966</v>
+      </c>
+      <c r="V88">
+        <v>8.363103</v>
+      </c>
+    </row>
+    <row r="89" spans="1:24">
+      <c r="A89" s="2">
+        <v>45957.554675926</v>
+      </c>
+      <c r="B89" t="s">
+        <v>24</v>
+      </c>
+      <c r="C89" t="s">
+        <v>25</v>
+      </c>
+      <c r="D89" t="s">
+        <v>26</v>
+      </c>
+      <c r="E89" t="s">
+        <v>27</v>
+      </c>
+      <c r="G89">
+        <v>101.513699</v>
+      </c>
+      <c r="I89" t="s">
+        <v>28</v>
+      </c>
+      <c r="J89">
+        <v>8.5</v>
+      </c>
+      <c r="K89" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L89" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M89">
+        <v>15000</v>
+      </c>
+      <c r="N89">
+        <v>1000.0</v>
+      </c>
+      <c r="O89" t="s">
+        <v>28</v>
+      </c>
+      <c r="P89">
+        <v>1.653425</v>
+      </c>
+      <c r="Q89">
+        <v>100.222527</v>
+      </c>
+      <c r="R89">
+        <v>101.903425</v>
+      </c>
+      <c r="S89">
+        <v>98.569102</v>
+      </c>
+      <c r="T89">
+        <v>100.25</v>
+      </c>
+      <c r="U89">
+        <v>9.177755</v>
+      </c>
+      <c r="V89">
+        <v>8.363188</v>
+      </c>
+    </row>
+    <row r="90" spans="1:24">
+      <c r="A90" s="2">
+        <v>45954.650173611</v>
+      </c>
+      <c r="B90" t="s">
+        <v>24</v>
+      </c>
+      <c r="C90" t="s">
+        <v>25</v>
+      </c>
+      <c r="D90" t="s">
+        <v>26</v>
+      </c>
+      <c r="E90" t="s">
+        <v>27</v>
+      </c>
+      <c r="G90">
+        <v>101.513699</v>
+      </c>
+      <c r="I90" t="s">
+        <v>28</v>
+      </c>
+      <c r="J90">
+        <v>8.5</v>
+      </c>
+      <c r="K90" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L90" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M90">
+        <v>15000</v>
+      </c>
+      <c r="N90">
+        <v>1000.0</v>
+      </c>
+      <c r="O90" t="s">
+        <v>28</v>
+      </c>
+      <c r="P90">
+        <v>1.630137</v>
+      </c>
+      <c r="Q90">
+        <v>100.0</v>
+      </c>
+      <c r="R90">
+        <v>101.880137</v>
+      </c>
+      <c r="S90">
+        <v>98.369863</v>
+      </c>
+      <c r="T90">
+        <v>100.25</v>
+      </c>
+      <c r="U90">
+        <v>9.274485</v>
+      </c>
+      <c r="V90">
+        <v>8.363275</v>
+      </c>
+    </row>
+    <row r="91" spans="1:24">
+      <c r="A91" s="2">
+        <v>45953.355555556</v>
+      </c>
+      <c r="B91" t="s">
+        <v>24</v>
+      </c>
+      <c r="C91" t="s">
+        <v>25</v>
+      </c>
+      <c r="D91" t="s">
+        <v>26</v>
+      </c>
+      <c r="E91" t="s">
+        <v>27</v>
+      </c>
+      <c r="G91">
+        <v>101.513699</v>
+      </c>
+      <c r="I91" t="s">
+        <v>28</v>
+      </c>
+      <c r="J91">
+        <v>8.5</v>
+      </c>
+      <c r="K91" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L91" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M91">
+        <v>15000</v>
+      </c>
+      <c r="N91">
+        <v>1000.0</v>
+      </c>
+      <c r="O91" t="s">
+        <v>28</v>
+      </c>
+      <c r="P91">
+        <v>1.606849</v>
+      </c>
+      <c r="R91">
+        <v>101.856849</v>
+      </c>
+      <c r="T91">
+        <v>100.25</v>
+      </c>
+      <c r="V91">
+        <v>8.363365</v>
+      </c>
+    </row>
+    <row r="92" spans="1:24">
+      <c r="A92" s="2">
+        <v>45952.35650463</v>
+      </c>
+      <c r="B92" t="s">
+        <v>24</v>
+      </c>
+      <c r="C92" t="s">
+        <v>25</v>
+      </c>
+      <c r="D92" t="s">
+        <v>26</v>
+      </c>
+      <c r="E92" t="s">
+        <v>27</v>
+      </c>
+      <c r="G92">
+        <v>101.513699</v>
+      </c>
+      <c r="I92" t="s">
+        <v>28</v>
+      </c>
+      <c r="J92">
+        <v>8.5</v>
+      </c>
+      <c r="K92" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L92" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M92">
+        <v>15000</v>
+      </c>
+      <c r="N92">
+        <v>1000.0</v>
+      </c>
+      <c r="O92" t="s">
+        <v>28</v>
+      </c>
+      <c r="P92">
+        <v>1.536986</v>
+      </c>
+      <c r="R92">
+        <v>101.786986</v>
+      </c>
+      <c r="T92">
+        <v>100.25</v>
+      </c>
+      <c r="V92">
+        <v>8.363648</v>
+      </c>
+    </row>
+    <row r="93" spans="1:24">
+      <c r="A93" s="2">
+        <v>45951.554976852</v>
+      </c>
+      <c r="B93" t="s">
+        <v>24</v>
+      </c>
+      <c r="C93" t="s">
+        <v>25</v>
+      </c>
+      <c r="D93" t="s">
+        <v>26</v>
+      </c>
+      <c r="E93" t="s">
+        <v>27</v>
+      </c>
+      <c r="F93">
+        <v>0.3</v>
+      </c>
+      <c r="G93">
+        <v>101.513699</v>
+      </c>
+      <c r="H93">
+        <v>30454.1097</v>
+      </c>
+      <c r="I93" t="s">
+        <v>28</v>
+      </c>
+      <c r="J93">
+        <v>8.5</v>
+      </c>
+      <c r="K93" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L93" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M93">
+        <v>15000</v>
+      </c>
+      <c r="N93">
+        <v>1000.0</v>
+      </c>
+      <c r="O93" t="s">
+        <v>28</v>
+      </c>
+      <c r="P93">
+        <v>1.513699</v>
+      </c>
+      <c r="R93">
+        <v>101.763699</v>
+      </c>
+      <c r="T93">
+        <v>100.25</v>
+      </c>
+      <c r="V93">
+        <v>8.363746</v>
+      </c>
+      <c r="X93">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="94" spans="1:24">
+      <c r="A94" s="2">
+        <v>45950.640231481</v>
+      </c>
+      <c r="B94" t="s">
+        <v>24</v>
+      </c>
+      <c r="C94" t="s">
+        <v>25</v>
+      </c>
+      <c r="D94" t="s">
+        <v>26</v>
+      </c>
+      <c r="E94" t="s">
+        <v>27</v>
+      </c>
+      <c r="G94">
+        <v>101.210959</v>
+      </c>
+      <c r="I94" t="s">
+        <v>28</v>
+      </c>
+      <c r="J94">
+        <v>8.5</v>
+      </c>
+      <c r="K94" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L94" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M94">
+        <v>15000</v>
+      </c>
+      <c r="N94">
+        <v>1000.0</v>
+      </c>
+      <c r="O94" t="s">
+        <v>28</v>
+      </c>
+      <c r="P94">
+        <v>1.490411</v>
+      </c>
+      <c r="R94">
+        <v>101.740411</v>
+      </c>
+      <c r="T94">
+        <v>100.25</v>
+      </c>
+      <c r="V94">
+        <v>8.363847</v>
+      </c>
+    </row>
+    <row r="95" spans="1:24">
+      <c r="A95" s="2">
+        <v>45947.666666667</v>
+      </c>
+      <c r="B95" t="s">
+        <v>24</v>
+      </c>
+      <c r="C95" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" t="s">
+        <v>26</v>
+      </c>
+      <c r="E95" t="s">
+        <v>27</v>
+      </c>
+      <c r="G95">
+        <v>101.210959</v>
+      </c>
+      <c r="I95" t="s">
+        <v>28</v>
+      </c>
+      <c r="J95">
+        <v>8.5</v>
+      </c>
+      <c r="K95" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L95" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M95">
+        <v>15000</v>
+      </c>
+      <c r="N95">
+        <v>1000.0</v>
+      </c>
+      <c r="O95" t="s">
+        <v>28</v>
+      </c>
+      <c r="P95">
+        <v>1.467123</v>
+      </c>
+    </row>
+    <row r="96" spans="1:24">
+      <c r="A96" s="2">
+        <v>45946.666666667</v>
+      </c>
+      <c r="B96" t="s">
+        <v>24</v>
+      </c>
+      <c r="C96" t="s">
+        <v>25</v>
+      </c>
+      <c r="D96" t="s">
+        <v>26</v>
+      </c>
+      <c r="E96" t="s">
+        <v>27</v>
+      </c>
+      <c r="G96">
+        <v>101.210959</v>
+      </c>
+      <c r="I96" t="s">
+        <v>28</v>
+      </c>
+      <c r="J96">
+        <v>8.5</v>
+      </c>
+      <c r="K96" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L96" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M96">
+        <v>15000</v>
+      </c>
+      <c r="N96">
+        <v>1000.0</v>
+      </c>
+      <c r="O96" t="s">
+        <v>28</v>
+      </c>
+      <c r="P96">
+        <v>1.443836</v>
+      </c>
+    </row>
+    <row r="97" spans="1:24">
+      <c r="A97" s="2">
+        <v>45945.666666667</v>
+      </c>
+      <c r="B97" t="s">
+        <v>24</v>
+      </c>
+      <c r="C97" t="s">
+        <v>25</v>
+      </c>
+      <c r="D97" t="s">
+        <v>26</v>
+      </c>
+      <c r="E97" t="s">
+        <v>27</v>
+      </c>
+      <c r="G97">
+        <v>101.210959</v>
+      </c>
+      <c r="I97" t="s">
+        <v>28</v>
+      </c>
+      <c r="J97">
+        <v>8.5</v>
+      </c>
+      <c r="K97" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L97" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M97">
+        <v>15000</v>
+      </c>
+      <c r="N97">
+        <v>1000.0</v>
+      </c>
+      <c r="O97" t="s">
+        <v>28</v>
+      </c>
+      <c r="P97">
+        <v>1.373973</v>
+      </c>
+    </row>
+    <row r="98" spans="1:24">
+      <c r="A98" s="2">
+        <v>45944.666666667</v>
+      </c>
+      <c r="B98" t="s">
+        <v>24</v>
+      </c>
+      <c r="C98" t="s">
+        <v>25</v>
+      </c>
+      <c r="D98" t="s">
+        <v>26</v>
+      </c>
+      <c r="E98" t="s">
+        <v>27</v>
+      </c>
+      <c r="G98">
+        <v>101.210959</v>
+      </c>
+      <c r="I98" t="s">
+        <v>28</v>
+      </c>
+      <c r="J98">
+        <v>8.5</v>
+      </c>
+      <c r="K98" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L98" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M98">
+        <v>15000</v>
+      </c>
+      <c r="N98">
+        <v>1000.0</v>
+      </c>
+      <c r="O98" t="s">
+        <v>28</v>
+      </c>
+      <c r="P98">
+        <v>1.350685</v>
+      </c>
+    </row>
+    <row r="99" spans="1:24">
+      <c r="A99" s="2">
+        <v>45943.666678241</v>
+      </c>
+      <c r="B99" t="s">
+        <v>24</v>
+      </c>
+      <c r="C99" t="s">
+        <v>25</v>
+      </c>
+      <c r="D99" t="s">
+        <v>26</v>
+      </c>
+      <c r="E99" t="s">
+        <v>27</v>
+      </c>
+      <c r="G99">
+        <v>101.210959</v>
+      </c>
+      <c r="I99" t="s">
+        <v>28</v>
+      </c>
+      <c r="J99">
+        <v>8.5</v>
+      </c>
+      <c r="K99" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L99" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M99">
+        <v>15000</v>
+      </c>
+      <c r="N99">
+        <v>1000.0</v>
+      </c>
+      <c r="O99" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="100" spans="1:24">
+      <c r="A100" s="2">
+        <v>45940.416666667</v>
+      </c>
+      <c r="B100" t="s">
+        <v>24</v>
+      </c>
+      <c r="C100" t="s">
+        <v>25</v>
+      </c>
+      <c r="D100" t="s">
+        <v>26</v>
+      </c>
+      <c r="E100" t="s">
+        <v>27</v>
+      </c>
+      <c r="G100">
+        <v>101.210959</v>
+      </c>
+      <c r="I100" t="s">
+        <v>28</v>
+      </c>
+      <c r="J100">
+        <v>8.5</v>
+      </c>
+      <c r="K100" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L100" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M100">
+        <v>15000</v>
+      </c>
+      <c r="N100">
+        <v>1000.0</v>
+      </c>
+      <c r="O100" t="s">
+        <v>28</v>
+      </c>
+      <c r="P100">
+        <v>1.30411</v>
+      </c>
+      <c r="Q100">
+        <v>101.30411</v>
+      </c>
+      <c r="R100">
+        <v>104.30411</v>
+      </c>
+      <c r="S100">
+        <v>100.0</v>
+      </c>
+      <c r="T100">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="101" spans="1:24">
+      <c r="A101" s="2">
+        <v>45939.416666667</v>
+      </c>
+      <c r="B101" t="s">
+        <v>24</v>
+      </c>
+      <c r="C101" t="s">
+        <v>25</v>
+      </c>
+      <c r="D101" t="s">
+        <v>26</v>
+      </c>
+      <c r="E101" t="s">
+        <v>27</v>
+      </c>
+      <c r="G101">
+        <v>101.210959</v>
+      </c>
+      <c r="I101" t="s">
+        <v>28</v>
+      </c>
+      <c r="J101">
+        <v>8.5</v>
+      </c>
+      <c r="K101" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L101" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M101">
+        <v>15000</v>
+      </c>
+      <c r="N101">
+        <v>1000.0</v>
+      </c>
+      <c r="O101" t="s">
+        <v>28</v>
+      </c>
+      <c r="P101">
+        <v>1.280822</v>
+      </c>
+      <c r="Q101">
+        <v>101.280822</v>
+      </c>
+      <c r="R101">
+        <v>104.280822</v>
+      </c>
+      <c r="S101">
+        <v>100.0</v>
+      </c>
+      <c r="T101">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="102" spans="1:24">
+      <c r="A102" s="2">
+        <v>45938.432071759</v>
+      </c>
+      <c r="B102" t="s">
+        <v>24</v>
+      </c>
+      <c r="C102" t="s">
+        <v>25</v>
+      </c>
+      <c r="D102" t="s">
+        <v>26</v>
+      </c>
+      <c r="E102" t="s">
+        <v>27</v>
+      </c>
+      <c r="G102">
+        <v>101.210959</v>
+      </c>
+      <c r="H102">
+        <v>3036.32877</v>
+      </c>
+      <c r="I102" t="s">
+        <v>28</v>
+      </c>
+      <c r="J102">
+        <v>8.5</v>
+      </c>
+      <c r="K102" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L102" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M102">
+        <v>15000</v>
+      </c>
+      <c r="N102">
+        <v>1000.0</v>
+      </c>
+      <c r="O102" t="s">
+        <v>28</v>
+      </c>
+      <c r="P102">
+        <v>1.210959</v>
+      </c>
+      <c r="Q102">
+        <v>101.210959</v>
+      </c>
+      <c r="R102">
+        <v>104.210959</v>
+      </c>
+      <c r="S102">
+        <v>100.0</v>
+      </c>
+      <c r="T102">
+        <v>103.0</v>
+      </c>
+      <c r="X102">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="103" spans="1:24">
+      <c r="A103" s="2">
+        <v>45937.446145833</v>
+      </c>
+      <c r="B103" t="s">
+        <v>24</v>
+      </c>
+      <c r="C103" t="s">
+        <v>25</v>
+      </c>
+      <c r="D103" t="s">
+        <v>26</v>
+      </c>
+      <c r="E103" t="s">
+        <v>27</v>
+      </c>
+      <c r="I103" t="s">
+        <v>28</v>
+      </c>
+      <c r="J103">
+        <v>8.5</v>
+      </c>
+      <c r="K103" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L103" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M103">
+        <v>15000</v>
+      </c>
+      <c r="N103">
+        <v>1000.0</v>
+      </c>
+      <c r="O103" t="s">
+        <v>28</v>
+      </c>
+      <c r="P103">
+        <v>1.187671</v>
+      </c>
+      <c r="Q103">
+        <v>101.187671</v>
+      </c>
+      <c r="R103">
+        <v>104.187671</v>
+      </c>
+      <c r="S103">
+        <v>100.0</v>
+      </c>
+      <c r="T103">
+        <v>103.0</v>
+      </c>
+    </row>
+    <row r="104" spans="1:24">
+      <c r="A104" s="2">
+        <v>45936.593564815</v>
+      </c>
+      <c r="B104" t="s">
+        <v>24</v>
+      </c>
+      <c r="C104" t="s">
+        <v>25</v>
+      </c>
+      <c r="D104" t="s">
+        <v>26</v>
+      </c>
+      <c r="E104" t="s">
+        <v>27</v>
+      </c>
+      <c r="I104" t="s">
+        <v>28</v>
+      </c>
+      <c r="J104">
+        <v>8.5</v>
+      </c>
+      <c r="K104" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L104" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M104">
+        <v>15000</v>
+      </c>
+      <c r="N104">
+        <v>1000.0</v>
+      </c>
+      <c r="O104" t="s">
+        <v>28</v>
+      </c>
+      <c r="P104">
+        <v>1.164384</v>
+      </c>
+      <c r="Q104">
+        <v>101.164384</v>
+      </c>
+      <c r="R104">
+        <v>105.114384</v>
+      </c>
+      <c r="S104">
+        <v>100.0</v>
+      </c>
+      <c r="T104">
+        <v>103.95</v>
+      </c>
+    </row>
+    <row r="105" spans="1:24">
+      <c r="A105" s="2">
+        <v>45933.416678241</v>
+      </c>
+      <c r="B105" t="s">
+        <v>24</v>
+      </c>
+      <c r="C105" t="s">
+        <v>25</v>
+      </c>
+      <c r="D105" t="s">
+        <v>26</v>
+      </c>
+      <c r="E105" t="s">
+        <v>27</v>
+      </c>
+      <c r="I105" t="s">
+        <v>28</v>
+      </c>
+      <c r="J105">
+        <v>8.5</v>
+      </c>
+      <c r="K105" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L105" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M105">
+        <v>15000</v>
+      </c>
+      <c r="N105">
+        <v>1000.0</v>
+      </c>
+      <c r="O105" t="s">
+        <v>28</v>
+      </c>
+      <c r="P105">
+        <v>1.141096</v>
+      </c>
+      <c r="R105">
+        <v>105.141096</v>
+      </c>
+      <c r="T105">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="106" spans="1:24">
+      <c r="A106" s="2">
+        <v>45932.441736111</v>
+      </c>
+      <c r="B106" t="s">
+        <v>24</v>
+      </c>
+      <c r="C106" t="s">
+        <v>25</v>
+      </c>
+      <c r="D106" t="s">
+        <v>26</v>
+      </c>
+      <c r="E106" t="s">
+        <v>27</v>
+      </c>
+      <c r="I106" t="s">
+        <v>28</v>
+      </c>
+      <c r="J106">
+        <v>8.5</v>
+      </c>
+      <c r="K106" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L106" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M106">
+        <v>15000</v>
+      </c>
+      <c r="N106">
+        <v>1000.0</v>
+      </c>
+      <c r="O106" t="s">
+        <v>28</v>
+      </c>
+      <c r="P106">
+        <v>1.117808</v>
+      </c>
+      <c r="R106">
+        <v>105.117808</v>
+      </c>
+      <c r="T106">
+        <v>104.0</v>
+      </c>
+    </row>
+    <row r="107" spans="1:24">
+      <c r="A107" s="2">
+        <v>45931.354768519</v>
+      </c>
+      <c r="B107" t="s">
+        <v>24</v>
+      </c>
+      <c r="C107" t="s">
+        <v>25</v>
+      </c>
+      <c r="D107" t="s">
+        <v>26</v>
+      </c>
+      <c r="E107" t="s">
+        <v>27</v>
+      </c>
+      <c r="I107" t="s">
+        <v>28</v>
+      </c>
+      <c r="J107">
+        <v>8.5</v>
+      </c>
+      <c r="K107" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L107" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M107">
+        <v>15000</v>
+      </c>
+      <c r="N107">
+        <v>1000.0</v>
+      </c>
+      <c r="O107" t="s">
+        <v>28</v>
+      </c>
+      <c r="P107">
+        <v>1.047945</v>
+      </c>
+    </row>
+    <row r="108" spans="1:24">
+      <c r="A108" s="2">
         <v>45930.35462963</v>
       </c>
-      <c r="B49" t="s">
-[...23 lines deleted...]
-      <c r="M49">
+      <c r="B108" t="s">
+        <v>24</v>
+      </c>
+      <c r="C108" t="s">
+        <v>25</v>
+      </c>
+      <c r="D108" t="s">
+        <v>26</v>
+      </c>
+      <c r="E108" t="s">
+        <v>27</v>
+      </c>
+      <c r="I108" t="s">
+        <v>28</v>
+      </c>
+      <c r="J108">
+        <v>8.5</v>
+      </c>
+      <c r="K108" s="2">
+        <v>45888.0</v>
+      </c>
+      <c r="L108" s="2">
+        <v>46802.0</v>
+      </c>
+      <c r="M108">
         <v>15000</v>
       </c>
-      <c r="N49">
-[...5 lines deleted...]
-      <c r="P49">
+      <c r="N108">
+        <v>1000.0</v>
+      </c>
+      <c r="O108" t="s">
+        <v>28</v>
+      </c>
+      <c r="P108">
         <v>1.024658</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>