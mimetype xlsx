--- v0 (2026-01-11)
+++ v1 (2026-02-18)
@@ -29,51 +29,51 @@
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="7">
   <si>
     <t>Aeg</t>
   </si>
   <si>
     <t>Hind</t>
   </si>
   <si>
     <t>Kogus</t>
   </si>
   <si>
     <t>Avatud- või kinnine fond</t>
   </si>
   <si>
     <t>Price clean</t>
   </si>
   <si>
-    <t>10:55:45</t>
+    <t>10:35:46</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -421,57 +421,60 @@
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:5">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
-        <v>99.711111</v>
+        <v>95.333333</v>
       </c>
       <c r="C2">
-        <v>3.0</v>
+        <v>13.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
+      </c>
+      <c r="E2">
+        <v>95.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">