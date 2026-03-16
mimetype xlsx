--- v0 (2026-01-29)
+++ v1 (2026-03-16)
@@ -606,182 +606,170 @@
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
       </c>
       <c r="AC1" s="1" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="2" spans="1:29">
       <c r="A2" t="s">
         <v>29</v>
       </c>
       <c r="B2" t="s">
         <v>30</v>
       </c>
       <c r="C2" t="s">
         <v>31</v>
       </c>
       <c r="D2" t="s">
         <v>32</v>
       </c>
       <c r="E2">
-        <v>0.5451</v>
+        <v>0.545</v>
       </c>
       <c r="F2">
-        <v>0.0918105</v>
+        <v>-0.01834526</v>
       </c>
       <c r="G2" s="2">
-        <v>46022.0</v>
+        <v>46053.0</v>
       </c>
       <c r="H2" t="s">
         <v>33</v>
       </c>
       <c r="I2" t="s">
         <v>34</v>
       </c>
       <c r="J2" t="s">
         <v>35</v>
       </c>
       <c r="K2">
-        <v>0.0918105</v>
+        <v>-0.01834526</v>
       </c>
       <c r="L2">
-        <v>-19.5186771</v>
+        <v>-19.65207135</v>
       </c>
       <c r="M2">
-        <v>-19.43541236</v>
+        <v>-19.52155936</v>
       </c>
       <c r="N2">
-        <v>-20.22537685</v>
+        <v>-0.01834526</v>
       </c>
       <c r="O2">
-        <v>-20.22537685</v>
+        <v>-20.25168276</v>
       </c>
       <c r="P2">
-        <v>-22.84124721</v>
+        <v>-22.68772426</v>
       </c>
       <c r="Q2">
-        <v>-21.2745621</v>
+        <v>-21.28876928</v>
       </c>
       <c r="R2">
-        <v>-16.25391587</v>
+        <v>-16.3857288</v>
       </c>
       <c r="S2">
-        <v>-13.71160907</v>
+        <v>-13.78577834</v>
       </c>
       <c r="T2">
-        <v>78249676.0</v>
+        <v>78238612.0</v>
       </c>
       <c r="U2">
-        <v>0.07527098</v>
+        <v>-0.01413936</v>
       </c>
       <c r="X2">
-        <v>4.8104043</v>
+        <v>4.85220098</v>
       </c>
       <c r="Y2" t="s">
         <v>36</v>
       </c>
       <c r="Z2">
-        <v>0.5451</v>
+        <v>0.545</v>
       </c>
       <c r="AA2">
-        <v>78249676.0</v>
+        <v>78238612.0</v>
       </c>
     </row>
     <row r="3" spans="1:29">
       <c r="A3" t="s">
         <v>29</v>
       </c>
       <c r="B3" t="s">
         <v>37</v>
       </c>
       <c r="C3" t="s">
         <v>38</v>
       </c>
       <c r="D3" t="s">
         <v>32</v>
       </c>
       <c r="E3">
-        <v>11.76</v>
+        <v>11.9</v>
       </c>
       <c r="F3">
-        <v>3.97877984</v>
+        <v>0.42194093</v>
       </c>
       <c r="G3" s="2">
-        <v>46022.0</v>
+        <v>46081.0</v>
       </c>
       <c r="H3" t="s">
         <v>33</v>
       </c>
       <c r="I3" t="s">
         <v>34</v>
       </c>
       <c r="J3" t="s">
         <v>35</v>
       </c>
-      <c r="K3">
-[...7 lines deleted...]
-      </c>
       <c r="N3">
-        <v>6.32911392</v>
+        <v>1.19047619</v>
       </c>
       <c r="O3">
-        <v>6.32911392</v>
-[...2 lines deleted...]
-        <v>5.47903969</v>
+        <v>5.59006211</v>
       </c>
       <c r="Q3">
-        <v>2.81583818</v>
+        <v>3.06371807</v>
       </c>
       <c r="T3">
-        <v>29210500.0</v>
+        <v>29564827.0</v>
       </c>
       <c r="U3">
-        <v>3.97516855</v>
+        <v>0.4455405</v>
       </c>
       <c r="X3">
-        <v>6.913414</v>
+        <v>7.62554455</v>
       </c>
       <c r="Y3" t="s">
         <v>39</v>
       </c>
       <c r="Z3">
-        <v>11.76</v>
+        <v>11.9</v>
       </c>
       <c r="AA3">
-        <v>29210500.0</v>
+        <v>29564827.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">