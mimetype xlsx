--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -495,385 +495,460 @@
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>100.065934</v>
       </c>
       <c r="C2">
         <v>100.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
+      <c r="E2">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>7</v>
       </c>
       <c r="B3">
         <v>100.065934</v>
       </c>
       <c r="C3">
         <v>64.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
+      <c r="E3">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>100.065934</v>
       </c>
       <c r="C4">
         <v>56.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
+      <c r="E4">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>100.065934</v>
       </c>
       <c r="C5">
         <v>60.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
+      <c r="E5">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>9</v>
       </c>
       <c r="B6">
         <v>100.065934</v>
       </c>
       <c r="C6">
         <v>5.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
+      <c r="E6">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7">
         <v>100.065934</v>
       </c>
       <c r="C7">
         <v>10.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
       </c>
+      <c r="E7">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="8" spans="1:5">
       <c r="A8" t="s">
         <v>11</v>
       </c>
       <c r="B8">
         <v>100.065934</v>
       </c>
       <c r="C8">
         <v>11.0</v>
       </c>
       <c r="D8" t="s">
         <v>6</v>
       </c>
+      <c r="E8">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="9" spans="1:5">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9">
         <v>100.065934</v>
       </c>
       <c r="C9">
         <v>3.0</v>
       </c>
       <c r="D9" t="s">
         <v>6</v>
       </c>
+      <c r="E9">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="10" spans="1:5">
       <c r="A10" t="s">
         <v>13</v>
       </c>
       <c r="B10">
         <v>100.065934</v>
       </c>
       <c r="C10">
         <v>3.0</v>
       </c>
       <c r="D10" t="s">
         <v>6</v>
       </c>
+      <c r="E10">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="11" spans="1:5">
       <c r="A11" t="s">
         <v>14</v>
       </c>
       <c r="B11">
         <v>100.065934</v>
       </c>
       <c r="C11">
         <v>50.0</v>
       </c>
       <c r="D11" t="s">
         <v>6</v>
       </c>
+      <c r="E11">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="12" spans="1:5">
       <c r="A12" t="s">
         <v>15</v>
       </c>
       <c r="B12">
         <v>100.065934</v>
       </c>
       <c r="C12">
         <v>4.0</v>
       </c>
       <c r="D12" t="s">
         <v>6</v>
       </c>
+      <c r="E12">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="13" spans="1:5">
       <c r="A13" t="s">
         <v>16</v>
       </c>
       <c r="B13">
         <v>100.065934</v>
       </c>
       <c r="C13">
         <v>1.0</v>
       </c>
       <c r="D13" t="s">
         <v>6</v>
       </c>
+      <c r="E13">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="14" spans="1:5">
       <c r="A14" t="s">
         <v>17</v>
       </c>
       <c r="B14">
         <v>100.065934</v>
       </c>
       <c r="C14">
         <v>30.0</v>
       </c>
       <c r="D14" t="s">
         <v>6</v>
       </c>
+      <c r="E14">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="15" spans="1:5">
       <c r="A15" t="s">
         <v>18</v>
       </c>
       <c r="B15">
         <v>100.065934</v>
       </c>
       <c r="C15">
         <v>10.0</v>
       </c>
       <c r="D15" t="s">
         <v>6</v>
       </c>
+      <c r="E15">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="16" spans="1:5">
       <c r="A16" t="s">
         <v>19</v>
       </c>
       <c r="B16">
         <v>100.065934</v>
       </c>
       <c r="C16">
         <v>4.0</v>
       </c>
       <c r="D16" t="s">
         <v>6</v>
       </c>
+      <c r="E16">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="17" spans="1:5">
       <c r="A17" t="s">
         <v>20</v>
       </c>
       <c r="B17">
         <v>100.065934</v>
       </c>
       <c r="C17">
         <v>2.0</v>
       </c>
       <c r="D17" t="s">
         <v>6</v>
       </c>
+      <c r="E17">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="18" spans="1:5">
       <c r="A18" t="s">
         <v>21</v>
       </c>
       <c r="B18">
         <v>100.065934</v>
       </c>
       <c r="C18">
         <v>100.0</v>
       </c>
       <c r="D18" t="s">
         <v>6</v>
       </c>
+      <c r="E18">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="19" spans="1:5">
       <c r="A19" t="s">
         <v>22</v>
       </c>
       <c r="B19">
         <v>100.065934</v>
       </c>
       <c r="C19">
         <v>1.0</v>
       </c>
       <c r="D19" t="s">
         <v>6</v>
       </c>
+      <c r="E19">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="20" spans="1:5">
       <c r="A20" t="s">
         <v>23</v>
       </c>
       <c r="B20">
         <v>100.065934</v>
       </c>
       <c r="C20">
         <v>73.0</v>
       </c>
       <c r="D20" t="s">
         <v>6</v>
       </c>
+      <c r="E20">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="21" spans="1:5">
       <c r="A21" t="s">
         <v>23</v>
       </c>
       <c r="B21">
         <v>100.065934</v>
       </c>
       <c r="C21">
         <v>127.0</v>
       </c>
       <c r="D21" t="s">
         <v>6</v>
       </c>
+      <c r="E21">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="22" spans="1:5">
       <c r="A22" t="s">
         <v>24</v>
       </c>
       <c r="B22">
         <v>100.065934</v>
       </c>
       <c r="C22">
         <v>35.0</v>
       </c>
       <c r="D22" t="s">
         <v>6</v>
       </c>
+      <c r="E22">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="23" spans="1:5">
       <c r="A23" t="s">
         <v>25</v>
       </c>
       <c r="B23">
         <v>100.065934</v>
       </c>
       <c r="C23">
         <v>80.0</v>
       </c>
       <c r="D23" t="s">
         <v>6</v>
       </c>
+      <c r="E23">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="24" spans="1:5">
       <c r="A24" t="s">
         <v>26</v>
       </c>
       <c r="B24">
         <v>100.065934</v>
       </c>
       <c r="C24">
         <v>100.0</v>
       </c>
       <c r="D24" t="s">
         <v>6</v>
       </c>
+      <c r="E24">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="25" spans="1:5">
       <c r="A25" t="s">
         <v>27</v>
       </c>
       <c r="B25">
         <v>100.065934</v>
       </c>
       <c r="C25">
         <v>3.0</v>
       </c>
       <c r="D25" t="s">
         <v>6</v>
       </c>
+      <c r="E25">
+        <v>100.0</v>
+      </c>
     </row>
     <row r="26" spans="1:5">
       <c r="A26" t="s">
         <v>28</v>
       </c>
       <c r="B26">
         <v>100.065934</v>
       </c>
       <c r="C26">
         <v>5.0</v>
       </c>
       <c r="D26" t="s">
         <v>6</v>
+      </c>
+      <c r="E26">
+        <v>100.0</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">