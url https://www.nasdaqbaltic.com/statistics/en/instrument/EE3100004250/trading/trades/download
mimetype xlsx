--- v0 (2025-12-05)
+++ v1 (2025-12-20)
@@ -12,152 +12,188 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:10:40</t>
+    <t>15:29:22</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:02:03</t>
-[...80 lines deleted...]
-    <t>10:00:04</t>
+    <t>15:05:21</t>
+  </si>
+  <si>
+    <t>14:27:52</t>
+  </si>
+  <si>
+    <t>14:25:26</t>
+  </si>
+  <si>
+    <t>13:43:38</t>
+  </si>
+  <si>
+    <t>13:36:49</t>
+  </si>
+  <si>
+    <t>13:19:42</t>
+  </si>
+  <si>
+    <t>13:13:16</t>
+  </si>
+  <si>
+    <t>13:11:50</t>
+  </si>
+  <si>
+    <t>12:49:46</t>
+  </si>
+  <si>
+    <t>12:47:28</t>
+  </si>
+  <si>
+    <t>12:35:24</t>
+  </si>
+  <si>
+    <t>12:34:08</t>
+  </si>
+  <si>
+    <t>12:33:31</t>
+  </si>
+  <si>
+    <t>12:25:28</t>
+  </si>
+  <si>
+    <t>12:24:19</t>
+  </si>
+  <si>
+    <t>12:23:01</t>
+  </si>
+  <si>
+    <t>12:19:45</t>
+  </si>
+  <si>
+    <t>12:10:04</t>
+  </si>
+  <si>
+    <t>11:54:57</t>
+  </si>
+  <si>
+    <t>11:53:56</t>
+  </si>
+  <si>
+    <t>11:53:05</t>
+  </si>
+  <si>
+    <t>11:36:35</t>
+  </si>
+  <si>
+    <t>11:35:40</t>
+  </si>
+  <si>
+    <t>11:34:29</t>
+  </si>
+  <si>
+    <t>11:34:19</t>
+  </si>
+  <si>
+    <t>11:32:06</t>
+  </si>
+  <si>
+    <t>11:15:59</t>
+  </si>
+  <si>
+    <t>11:06:51</t>
+  </si>
+  <si>
+    <t>11:01:31</t>
+  </si>
+  <si>
+    <t>10:46:47</t>
+  </si>
+  <si>
+    <t>10:42:19</t>
+  </si>
+  <si>
+    <t>10:41:24</t>
+  </si>
+  <si>
+    <t>10:41:12</t>
+  </si>
+  <si>
+    <t>10:27:45</t>
+  </si>
+  <si>
+    <t>10:20:47</t>
+  </si>
+  <si>
+    <t>10:19:43</t>
+  </si>
+  <si>
+    <t>10:19:09</t>
+  </si>
+  <si>
+    <t>10:09:49</t>
+  </si>
+  <si>
+    <t>10:04:20</t>
+  </si>
+  <si>
+    <t>10:00:02</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -472,587 +508,1917 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D38"/>
+  <dimension ref="A1:D133"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C2">
-        <v>200.0</v>
+        <v>34.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B3">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C3">
-        <v>50.0</v>
+        <v>10.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C4">
-        <v>44.0</v>
+        <v>6.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B5">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C5">
-        <v>8.0</v>
+        <v>11.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B6">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C6">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>4.68</v>
+        <v>4.7</v>
       </c>
       <c r="C7">
-        <v>5.0</v>
+        <v>1.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="B8">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C8">
-        <v>2.0</v>
+        <v>3.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B9">
-        <v>4.68</v>
+        <v>4.7</v>
       </c>
       <c r="C9">
-        <v>5.0</v>
+        <v>30.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="B10">
-        <v>4.68</v>
+        <v>4.7</v>
       </c>
       <c r="C10">
         <v>5.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="B11">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C11">
-        <v>35.0</v>
+        <v>11.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="B12">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C12">
-        <v>8.0</v>
+        <v>10.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="B13">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C13">
-        <v>2.0</v>
+        <v>240.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="B14">
-        <v>4.7</v>
+        <v>4.71</v>
       </c>
       <c r="C14">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="B15">
-        <v>4.7</v>
+        <v>4.71</v>
       </c>
       <c r="C15">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>16</v>
+        <v>9</v>
       </c>
       <c r="B16">
-        <v>4.7</v>
+        <v>4.71</v>
       </c>
       <c r="C16">
-        <v>1.0</v>
+        <v>20.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="B17">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C17">
-        <v>5.0</v>
+        <v>2.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="B18">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C18">
-        <v>100.0</v>
+        <v>3.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>11</v>
       </c>
       <c r="B19">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C19">
-        <v>20.0</v>
+        <v>8.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>17</v>
+        <v>12</v>
       </c>
       <c r="B20">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C20">
-        <v>87.0</v>
+        <v>1.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="B21">
-        <v>4.69</v>
+        <v>4.71</v>
       </c>
       <c r="C21">
-        <v>5.0</v>
+        <v>21.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B22">
-        <v>4.69</v>
+        <v>4.7</v>
       </c>
       <c r="C22">
-        <v>1.0</v>
+        <v>648.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>15</v>
       </c>
       <c r="B23">
-        <v>4.67</v>
+        <v>4.7</v>
       </c>
       <c r="C23">
-        <v>66.0</v>
+        <v>2.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="B24">
-        <v>4.67</v>
+        <v>4.7</v>
       </c>
       <c r="C24">
-        <v>108.0</v>
+        <v>350.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>22</v>
+        <v>17</v>
       </c>
       <c r="B25">
-        <v>4.68</v>
+        <v>4.7</v>
       </c>
       <c r="C25">
-        <v>130.0</v>
+        <v>350.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>23</v>
+        <v>18</v>
       </c>
       <c r="B26">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C26">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>24</v>
+        <v>18</v>
       </c>
       <c r="B27">
-        <v>4.67</v>
+        <v>4.71</v>
       </c>
       <c r="C27">
-        <v>55.0</v>
+        <v>10.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>25</v>
+        <v>19</v>
       </c>
       <c r="B28">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C28">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B29">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C29">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>27</v>
+        <v>20</v>
       </c>
       <c r="B30">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C30">
-        <v>2.0</v>
+        <v>1500.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="B31">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C31">
-        <v>1.0</v>
+        <v>3.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="B32">
-        <v>4.68</v>
+        <v>4.71</v>
       </c>
       <c r="C32">
-        <v>1.0</v>
+        <v>200.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>30</v>
+        <v>20</v>
       </c>
       <c r="B33">
-        <v>4.68</v>
+        <v>4.72</v>
       </c>
       <c r="C33">
-        <v>100.0</v>
+        <v>50.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>31</v>
+        <v>20</v>
       </c>
       <c r="B34">
-        <v>4.68</v>
+        <v>4.72</v>
       </c>
       <c r="C34">
-        <v>1.0</v>
+        <v>50.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>32</v>
+        <v>20</v>
       </c>
       <c r="B35">
-        <v>4.68</v>
+        <v>4.72</v>
       </c>
       <c r="C35">
-        <v>6.0</v>
+        <v>187.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>32</v>
+        <v>21</v>
       </c>
       <c r="B36">
-        <v>4.68</v>
+        <v>4.72</v>
       </c>
       <c r="C36">
-        <v>14.0</v>
+        <v>3.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>33</v>
+        <v>22</v>
       </c>
       <c r="B37">
-        <v>4.68</v>
+        <v>4.74</v>
       </c>
       <c r="C37">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>33</v>
+        <v>23</v>
       </c>
       <c r="B38">
-        <v>4.68</v>
+        <v>4.73</v>
       </c>
       <c r="C38">
         <v>10.0</v>
       </c>
       <c r="D38" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>23</v>
+      </c>
+      <c r="B39">
+        <v>4.73</v>
+      </c>
+      <c r="C39">
+        <v>70.0</v>
+      </c>
+      <c r="D39" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>24</v>
+      </c>
+      <c r="B40">
+        <v>4.72</v>
+      </c>
+      <c r="C40">
+        <v>210.0</v>
+      </c>
+      <c r="D40" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>24</v>
+      </c>
+      <c r="B41">
+        <v>4.72</v>
+      </c>
+      <c r="C41">
+        <v>100.0</v>
+      </c>
+      <c r="D41" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>24</v>
+      </c>
+      <c r="B42">
+        <v>4.73</v>
+      </c>
+      <c r="C42">
+        <v>50.0</v>
+      </c>
+      <c r="D42" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>24</v>
+      </c>
+      <c r="B43">
+        <v>4.73</v>
+      </c>
+      <c r="C43">
+        <v>50.0</v>
+      </c>
+      <c r="D43" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>24</v>
+      </c>
+      <c r="B44">
+        <v>4.73</v>
+      </c>
+      <c r="C44">
+        <v>50.0</v>
+      </c>
+      <c r="D44" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>24</v>
+      </c>
+      <c r="B45">
+        <v>4.74</v>
+      </c>
+      <c r="C45">
+        <v>13.0</v>
+      </c>
+      <c r="D45" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>24</v>
+      </c>
+      <c r="B46">
+        <v>4.74</v>
+      </c>
+      <c r="C46">
+        <v>60.0</v>
+      </c>
+      <c r="D46" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>24</v>
+      </c>
+      <c r="B47">
+        <v>4.74</v>
+      </c>
+      <c r="C47">
+        <v>50.0</v>
+      </c>
+      <c r="D47" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>24</v>
+      </c>
+      <c r="B48">
+        <v>4.75</v>
+      </c>
+      <c r="C48">
+        <v>17.0</v>
+      </c>
+      <c r="D48" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>25</v>
+      </c>
+      <c r="B49">
+        <v>4.75</v>
+      </c>
+      <c r="C49">
+        <v>33.0</v>
+      </c>
+      <c r="D49" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>25</v>
+      </c>
+      <c r="B50">
+        <v>4.75</v>
+      </c>
+      <c r="C50">
+        <v>17.0</v>
+      </c>
+      <c r="D50" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>26</v>
+      </c>
+      <c r="B51">
+        <v>4.75</v>
+      </c>
+      <c r="C51">
+        <v>3.0</v>
+      </c>
+      <c r="D51" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>27</v>
+      </c>
+      <c r="B52">
+        <v>4.75</v>
+      </c>
+      <c r="C52">
+        <v>50.0</v>
+      </c>
+      <c r="D52" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>28</v>
+      </c>
+      <c r="B53">
+        <v>4.75</v>
+      </c>
+      <c r="C53">
+        <v>50.0</v>
+      </c>
+      <c r="D53" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>29</v>
+      </c>
+      <c r="B54">
+        <v>4.81</v>
+      </c>
+      <c r="C54">
+        <v>653.0</v>
+      </c>
+      <c r="D54" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B55">
+        <v>4.81</v>
+      </c>
+      <c r="C55">
+        <v>399.0</v>
+      </c>
+      <c r="D55" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>29</v>
+      </c>
+      <c r="B56">
+        <v>4.8</v>
+      </c>
+      <c r="C56">
+        <v>800.0</v>
+      </c>
+      <c r="D56" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>29</v>
+      </c>
+      <c r="B57">
+        <v>4.8</v>
+      </c>
+      <c r="C57">
+        <v>249.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>29</v>
+      </c>
+      <c r="B58">
+        <v>4.8</v>
+      </c>
+      <c r="C58">
+        <v>7.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>29</v>
+      </c>
+      <c r="B59">
+        <v>4.8</v>
+      </c>
+      <c r="C59">
+        <v>7.0</v>
+      </c>
+      <c r="D59" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>29</v>
+      </c>
+      <c r="B60">
+        <v>4.8</v>
+      </c>
+      <c r="C60">
+        <v>10.0</v>
+      </c>
+      <c r="D60" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>29</v>
+      </c>
+      <c r="B61">
+        <v>4.8</v>
+      </c>
+      <c r="C61">
+        <v>50.0</v>
+      </c>
+      <c r="D61" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>29</v>
+      </c>
+      <c r="B62">
+        <v>4.8</v>
+      </c>
+      <c r="C62">
+        <v>100.0</v>
+      </c>
+      <c r="D62" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>29</v>
+      </c>
+      <c r="B63">
+        <v>4.8</v>
+      </c>
+      <c r="C63">
+        <v>22.0</v>
+      </c>
+      <c r="D63" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>29</v>
+      </c>
+      <c r="B64">
+        <v>4.8</v>
+      </c>
+      <c r="C64">
+        <v>30.0</v>
+      </c>
+      <c r="D64" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>29</v>
+      </c>
+      <c r="B65">
+        <v>4.78</v>
+      </c>
+      <c r="C65">
+        <v>2.0</v>
+      </c>
+      <c r="D65" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>29</v>
+      </c>
+      <c r="B66">
+        <v>4.78</v>
+      </c>
+      <c r="C66">
+        <v>4.0</v>
+      </c>
+      <c r="D66" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67">
+        <v>4.77</v>
+      </c>
+      <c r="C67">
+        <v>10.0</v>
+      </c>
+      <c r="D67" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>29</v>
+      </c>
+      <c r="B68">
+        <v>4.77</v>
+      </c>
+      <c r="C68">
+        <v>300.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>29</v>
+      </c>
+      <c r="B69">
+        <v>4.76</v>
+      </c>
+      <c r="C69">
+        <v>50.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>29</v>
+      </c>
+      <c r="B70">
+        <v>4.76</v>
+      </c>
+      <c r="C70">
+        <v>2.0</v>
+      </c>
+      <c r="D70" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>29</v>
+      </c>
+      <c r="B71">
+        <v>4.76</v>
+      </c>
+      <c r="C71">
+        <v>40.0</v>
+      </c>
+      <c r="D71" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72">
+        <v>4.75</v>
+      </c>
+      <c r="C72">
+        <v>5.0</v>
+      </c>
+      <c r="D72" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>29</v>
+      </c>
+      <c r="B73">
+        <v>4.75</v>
+      </c>
+      <c r="C73">
+        <v>50.0</v>
+      </c>
+      <c r="D73" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>29</v>
+      </c>
+      <c r="B74">
+        <v>4.74</v>
+      </c>
+      <c r="C74">
+        <v>72.0</v>
+      </c>
+      <c r="D74" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>29</v>
+      </c>
+      <c r="B75">
+        <v>4.74</v>
+      </c>
+      <c r="C75">
+        <v>50.0</v>
+      </c>
+      <c r="D75" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>29</v>
+      </c>
+      <c r="B76">
+        <v>4.74</v>
+      </c>
+      <c r="C76">
+        <v>2.0</v>
+      </c>
+      <c r="D76" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>29</v>
+      </c>
+      <c r="B77">
+        <v>4.73</v>
+      </c>
+      <c r="C77">
+        <v>86.0</v>
+      </c>
+      <c r="D77" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>30</v>
+      </c>
+      <c r="B78">
+        <v>4.73</v>
+      </c>
+      <c r="C78">
+        <v>200.0</v>
+      </c>
+      <c r="D78" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>31</v>
+      </c>
+      <c r="B79">
+        <v>4.72</v>
+      </c>
+      <c r="C79">
+        <v>30.0</v>
+      </c>
+      <c r="D79" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>32</v>
+      </c>
+      <c r="B80">
+        <v>4.73</v>
+      </c>
+      <c r="C80">
+        <v>90.0</v>
+      </c>
+      <c r="D80" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>32</v>
+      </c>
+      <c r="B81">
+        <v>4.73</v>
+      </c>
+      <c r="C81">
+        <v>400.0</v>
+      </c>
+      <c r="D81" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>32</v>
+      </c>
+      <c r="B82">
+        <v>4.73</v>
+      </c>
+      <c r="C82">
+        <v>200.0</v>
+      </c>
+      <c r="D82" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>32</v>
+      </c>
+      <c r="B83">
+        <v>4.73</v>
+      </c>
+      <c r="C83">
+        <v>5.0</v>
+      </c>
+      <c r="D83" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>32</v>
+      </c>
+      <c r="B84">
+        <v>4.73</v>
+      </c>
+      <c r="C84">
+        <v>10.0</v>
+      </c>
+      <c r="D84" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>32</v>
+      </c>
+      <c r="B85">
+        <v>4.72</v>
+      </c>
+      <c r="C85">
+        <v>200.0</v>
+      </c>
+      <c r="D85" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>32</v>
+      </c>
+      <c r="B86">
+        <v>4.72</v>
+      </c>
+      <c r="C86">
+        <v>2.0</v>
+      </c>
+      <c r="D86" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>32</v>
+      </c>
+      <c r="B87">
+        <v>4.72</v>
+      </c>
+      <c r="C87">
+        <v>5.0</v>
+      </c>
+      <c r="D87" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>32</v>
+      </c>
+      <c r="B88">
+        <v>4.72</v>
+      </c>
+      <c r="C88">
+        <v>2.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>32</v>
+      </c>
+      <c r="B89">
+        <v>4.72</v>
+      </c>
+      <c r="C89">
+        <v>400.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>32</v>
+      </c>
+      <c r="B90">
+        <v>4.71</v>
+      </c>
+      <c r="C90">
+        <v>100.0</v>
+      </c>
+      <c r="D90" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>32</v>
+      </c>
+      <c r="B91">
+        <v>4.71</v>
+      </c>
+      <c r="C91">
+        <v>200.0</v>
+      </c>
+      <c r="D91" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>32</v>
+      </c>
+      <c r="B92">
+        <v>4.71</v>
+      </c>
+      <c r="C92">
+        <v>2.0</v>
+      </c>
+      <c r="D92" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="93" spans="1:4">
+      <c r="A93" t="s">
+        <v>32</v>
+      </c>
+      <c r="B93">
+        <v>4.71</v>
+      </c>
+      <c r="C93">
+        <v>200.0</v>
+      </c>
+      <c r="D93" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="94" spans="1:4">
+      <c r="A94" t="s">
+        <v>33</v>
+      </c>
+      <c r="B94">
+        <v>4.69</v>
+      </c>
+      <c r="C94">
+        <v>2.0</v>
+      </c>
+      <c r="D94" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="95" spans="1:4">
+      <c r="A95" t="s">
+        <v>34</v>
+      </c>
+      <c r="B95">
+        <v>4.69</v>
+      </c>
+      <c r="C95">
+        <v>8.0</v>
+      </c>
+      <c r="D95" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="96" spans="1:4">
+      <c r="A96" t="s">
+        <v>34</v>
+      </c>
+      <c r="B96">
+        <v>4.69</v>
+      </c>
+      <c r="C96">
+        <v>32.0</v>
+      </c>
+      <c r="D96" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="97" spans="1:4">
+      <c r="A97" t="s">
+        <v>34</v>
+      </c>
+      <c r="B97">
+        <v>4.7</v>
+      </c>
+      <c r="C97">
+        <v>5.0</v>
+      </c>
+      <c r="D97" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="98" spans="1:4">
+      <c r="A98" t="s">
+        <v>35</v>
+      </c>
+      <c r="B98">
+        <v>4.7</v>
+      </c>
+      <c r="C98">
+        <v>2.0</v>
+      </c>
+      <c r="D98" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="99" spans="1:4">
+      <c r="A99" t="s">
+        <v>35</v>
+      </c>
+      <c r="B99">
+        <v>4.7</v>
+      </c>
+      <c r="C99">
+        <v>403.0</v>
+      </c>
+      <c r="D99" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="100" spans="1:4">
+      <c r="A100" t="s">
+        <v>36</v>
+      </c>
+      <c r="B100">
+        <v>4.7</v>
+      </c>
+      <c r="C100">
+        <v>316.0</v>
+      </c>
+      <c r="D100" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="101" spans="1:4">
+      <c r="A101" t="s">
+        <v>36</v>
+      </c>
+      <c r="B101">
+        <v>4.7</v>
+      </c>
+      <c r="C101">
+        <v>10.0</v>
+      </c>
+      <c r="D101" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="102" spans="1:4">
+      <c r="A102" t="s">
+        <v>36</v>
+      </c>
+      <c r="B102">
+        <v>4.7</v>
+      </c>
+      <c r="C102">
+        <v>30.0</v>
+      </c>
+      <c r="D102" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="103" spans="1:4">
+      <c r="A103" t="s">
+        <v>36</v>
+      </c>
+      <c r="B103">
+        <v>4.7</v>
+      </c>
+      <c r="C103">
+        <v>10.0</v>
+      </c>
+      <c r="D103" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="104" spans="1:4">
+      <c r="A104" t="s">
+        <v>36</v>
+      </c>
+      <c r="B104">
+        <v>4.7</v>
+      </c>
+      <c r="C104">
+        <v>3.0</v>
+      </c>
+      <c r="D104" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="105" spans="1:4">
+      <c r="A105" t="s">
+        <v>36</v>
+      </c>
+      <c r="B105">
+        <v>4.7</v>
+      </c>
+      <c r="C105">
+        <v>50.0</v>
+      </c>
+      <c r="D105" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="106" spans="1:4">
+      <c r="A106" t="s">
+        <v>36</v>
+      </c>
+      <c r="B106">
+        <v>4.7</v>
+      </c>
+      <c r="C106">
+        <v>20.0</v>
+      </c>
+      <c r="D106" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="107" spans="1:4">
+      <c r="A107" t="s">
+        <v>36</v>
+      </c>
+      <c r="B107">
+        <v>4.7</v>
+      </c>
+      <c r="C107">
+        <v>3.0</v>
+      </c>
+      <c r="D107" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="108" spans="1:4">
+      <c r="A108" t="s">
+        <v>36</v>
+      </c>
+      <c r="B108">
+        <v>4.7</v>
+      </c>
+      <c r="C108">
+        <v>20.0</v>
+      </c>
+      <c r="D108" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="109" spans="1:4">
+      <c r="A109" t="s">
+        <v>36</v>
+      </c>
+      <c r="B109">
+        <v>4.7</v>
+      </c>
+      <c r="C109">
+        <v>246.0</v>
+      </c>
+      <c r="D109" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="110" spans="1:4">
+      <c r="A110" t="s">
+        <v>37</v>
+      </c>
+      <c r="B110">
+        <v>4.7</v>
+      </c>
+      <c r="C110">
+        <v>154.0</v>
+      </c>
+      <c r="D110" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="111" spans="1:4">
+      <c r="A111" t="s">
+        <v>37</v>
+      </c>
+      <c r="B111">
+        <v>4.7</v>
+      </c>
+      <c r="C111">
+        <v>146.0</v>
+      </c>
+      <c r="D111" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="112" spans="1:4">
+      <c r="A112" t="s">
+        <v>38</v>
+      </c>
+      <c r="B112">
+        <v>4.69</v>
+      </c>
+      <c r="C112">
+        <v>150.0</v>
+      </c>
+      <c r="D112" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="113" spans="1:4">
+      <c r="A113" t="s">
+        <v>39</v>
+      </c>
+      <c r="B113">
+        <v>4.69</v>
+      </c>
+      <c r="C113">
+        <v>2.0</v>
+      </c>
+      <c r="D113" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="114" spans="1:4">
+      <c r="A114" t="s">
+        <v>39</v>
+      </c>
+      <c r="B114">
+        <v>4.69</v>
+      </c>
+      <c r="C114">
+        <v>10.0</v>
+      </c>
+      <c r="D114" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="115" spans="1:4">
+      <c r="A115" t="s">
+        <v>40</v>
+      </c>
+      <c r="B115">
+        <v>4.7</v>
+      </c>
+      <c r="C115">
+        <v>29.0</v>
+      </c>
+      <c r="D115" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="116" spans="1:4">
+      <c r="A116" t="s">
+        <v>40</v>
+      </c>
+      <c r="B116">
+        <v>4.69</v>
+      </c>
+      <c r="C116">
+        <v>10.0</v>
+      </c>
+      <c r="D116" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="117" spans="1:4">
+      <c r="A117" t="s">
+        <v>40</v>
+      </c>
+      <c r="B117">
+        <v>4.69</v>
+      </c>
+      <c r="C117">
+        <v>2.0</v>
+      </c>
+      <c r="D117" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="118" spans="1:4">
+      <c r="A118" t="s">
+        <v>40</v>
+      </c>
+      <c r="B118">
+        <v>4.69</v>
+      </c>
+      <c r="C118">
+        <v>2.0</v>
+      </c>
+      <c r="D118" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="119" spans="1:4">
+      <c r="A119" t="s">
+        <v>40</v>
+      </c>
+      <c r="B119">
+        <v>4.69</v>
+      </c>
+      <c r="C119">
+        <v>100.0</v>
+      </c>
+      <c r="D119" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="120" spans="1:4">
+      <c r="A120" t="s">
+        <v>40</v>
+      </c>
+      <c r="B120">
+        <v>4.69</v>
+      </c>
+      <c r="C120">
+        <v>3.0</v>
+      </c>
+      <c r="D120" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="121" spans="1:4">
+      <c r="A121" t="s">
+        <v>40</v>
+      </c>
+      <c r="B121">
+        <v>4.69</v>
+      </c>
+      <c r="C121">
+        <v>50.0</v>
+      </c>
+      <c r="D121" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="122" spans="1:4">
+      <c r="A122" t="s">
+        <v>40</v>
+      </c>
+      <c r="B122">
+        <v>4.69</v>
+      </c>
+      <c r="C122">
+        <v>17.0</v>
+      </c>
+      <c r="D122" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="123" spans="1:4">
+      <c r="A123" t="s">
+        <v>41</v>
+      </c>
+      <c r="B123">
+        <v>4.68</v>
+      </c>
+      <c r="C123">
+        <v>2.0</v>
+      </c>
+      <c r="D123" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="124" spans="1:4">
+      <c r="A124" t="s">
+        <v>42</v>
+      </c>
+      <c r="B124">
+        <v>4.69</v>
+      </c>
+      <c r="C124">
+        <v>183.0</v>
+      </c>
+      <c r="D124" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="125" spans="1:4">
+      <c r="A125" t="s">
+        <v>42</v>
+      </c>
+      <c r="B125">
+        <v>4.69</v>
+      </c>
+      <c r="C125">
+        <v>30.0</v>
+      </c>
+      <c r="D125" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="126" spans="1:4">
+      <c r="A126" t="s">
+        <v>43</v>
+      </c>
+      <c r="B126">
+        <v>4.68</v>
+      </c>
+      <c r="C126">
+        <v>5.0</v>
+      </c>
+      <c r="D126" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="127" spans="1:4">
+      <c r="A127" t="s">
+        <v>44</v>
+      </c>
+      <c r="B127">
+        <v>4.68</v>
+      </c>
+      <c r="C127">
+        <v>5.0</v>
+      </c>
+      <c r="D127" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="128" spans="1:4">
+      <c r="A128" t="s">
+        <v>45</v>
+      </c>
+      <c r="B128">
+        <v>4.68</v>
+      </c>
+      <c r="C128">
+        <v>10.0</v>
+      </c>
+      <c r="D128" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="129" spans="1:4">
+      <c r="A129" t="s">
+        <v>45</v>
+      </c>
+      <c r="B129">
+        <v>4.68</v>
+      </c>
+      <c r="C129">
+        <v>100.0</v>
+      </c>
+      <c r="D129" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="130" spans="1:4">
+      <c r="A130" t="s">
+        <v>45</v>
+      </c>
+      <c r="B130">
+        <v>4.68</v>
+      </c>
+      <c r="C130">
+        <v>1.0</v>
+      </c>
+      <c r="D130" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="131" spans="1:4">
+      <c r="A131" t="s">
+        <v>45</v>
+      </c>
+      <c r="B131">
+        <v>4.68</v>
+      </c>
+      <c r="C131">
+        <v>50.0</v>
+      </c>
+      <c r="D131" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="132" spans="1:4">
+      <c r="A132" t="s">
+        <v>45</v>
+      </c>
+      <c r="B132">
+        <v>4.68</v>
+      </c>
+      <c r="C132">
+        <v>159.0</v>
+      </c>
+      <c r="D132" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="133" spans="1:4">
+      <c r="A133" t="s">
+        <v>45</v>
+      </c>
+      <c r="B133">
+        <v>4.68</v>
+      </c>
+      <c r="C133">
+        <v>5.0</v>
+      </c>
+      <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>