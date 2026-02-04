--- v1 (2025-12-20)
+++ v2 (2026-02-04)
@@ -12,188 +12,170 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:29:22</t>
+    <t>15:52:22</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:05:21</t>
-[...116 lines deleted...]
-    <t>10:00:02</t>
+    <t>15:39:13</t>
+  </si>
+  <si>
+    <t>15:34:31</t>
+  </si>
+  <si>
+    <t>14:50:54</t>
+  </si>
+  <si>
+    <t>14:29:32</t>
+  </si>
+  <si>
+    <t>14:28:01</t>
+  </si>
+  <si>
+    <t>14:24:45</t>
+  </si>
+  <si>
+    <t>14:16:51</t>
+  </si>
+  <si>
+    <t>13:39:27</t>
+  </si>
+  <si>
+    <t>13:35:53</t>
+  </si>
+  <si>
+    <t>13:27:51</t>
+  </si>
+  <si>
+    <t>13:26:31</t>
+  </si>
+  <si>
+    <t>13:21:18</t>
+  </si>
+  <si>
+    <t>13:17:09</t>
+  </si>
+  <si>
+    <t>12:51:57</t>
+  </si>
+  <si>
+    <t>12:37:30</t>
+  </si>
+  <si>
+    <t>12:25:07</t>
+  </si>
+  <si>
+    <t>12:09:43</t>
+  </si>
+  <si>
+    <t>12:07:51</t>
+  </si>
+  <si>
+    <t>11:11:45</t>
+  </si>
+  <si>
+    <t>11:04:20</t>
+  </si>
+  <si>
+    <t>10:58:43</t>
+  </si>
+  <si>
+    <t>10:54:40</t>
+  </si>
+  <si>
+    <t>10:50:49</t>
+  </si>
+  <si>
+    <t>10:49:28</t>
+  </si>
+  <si>
+    <t>10:48:56</t>
+  </si>
+  <si>
+    <t>10:42:32</t>
+  </si>
+  <si>
+    <t>10:42:23</t>
+  </si>
+  <si>
+    <t>10:34:17</t>
+  </si>
+  <si>
+    <t>10:25:04</t>
+  </si>
+  <si>
+    <t>10:21:38</t>
+  </si>
+  <si>
+    <t>10:01:55</t>
+  </si>
+  <si>
+    <t>10:01:37</t>
+  </si>
+  <si>
+    <t>10:01:13</t>
+  </si>
+  <si>
+    <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -508,1917 +490,853 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D133"/>
+  <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C2">
-        <v>34.0</v>
+        <v>400.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3">
-        <v>4.71</v>
+        <v>5.28</v>
       </c>
       <c r="C3">
-        <v>10.0</v>
+        <v>13.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="B4">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C4">
-        <v>6.0</v>
+        <v>37.0</v>
       </c>
       <c r="D4" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>7</v>
       </c>
       <c r="B5">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C5">
-        <v>11.0</v>
+        <v>3.0</v>
       </c>
       <c r="D5" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C6">
-        <v>5.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D6" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C7">
-        <v>1.0</v>
+        <v>25.0</v>
       </c>
       <c r="D7" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C8">
         <v>3.0</v>
       </c>
       <c r="D8" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C9">
-        <v>30.0</v>
+        <v>112.0</v>
       </c>
       <c r="D9" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B10">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C10">
-        <v>5.0</v>
+        <v>101.0</v>
       </c>
       <c r="D10" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B11">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C11">
-        <v>11.0</v>
+        <v>43.0</v>
       </c>
       <c r="D11" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B12">
-        <v>4.7</v>
+        <v>5.32</v>
       </c>
       <c r="C12">
-        <v>10.0</v>
+        <v>100.0</v>
       </c>
       <c r="D12" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B13">
-        <v>4.7</v>
+        <v>5.32</v>
       </c>
       <c r="C13">
-        <v>240.0</v>
+        <v>30.0</v>
       </c>
       <c r="D13" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="B14">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C14">
-        <v>10.0</v>
+        <v>60.0</v>
       </c>
       <c r="D14" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B15">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C15">
-        <v>50.0</v>
+        <v>84.0</v>
       </c>
       <c r="D15" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="B16">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C16">
-        <v>20.0</v>
+        <v>216.0</v>
       </c>
       <c r="D16" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="B17">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C17">
-        <v>2.0</v>
+        <v>50.0</v>
       </c>
       <c r="D17" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="B18">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C18">
-        <v>3.0</v>
+        <v>250.0</v>
       </c>
       <c r="D18" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="B19">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C19">
-        <v>8.0</v>
+        <v>100.0</v>
       </c>
       <c r="D19" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>18</v>
       </c>
       <c r="B20">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C20">
-        <v>1.0</v>
+        <v>5.0</v>
       </c>
       <c r="D20" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>13</v>
+        <v>19</v>
       </c>
       <c r="B21">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C21">
-        <v>21.0</v>
+        <v>200.0</v>
       </c>
       <c r="D21" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="B22">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C22">
-        <v>648.0</v>
+        <v>34.0</v>
       </c>
       <c r="D22" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>15</v>
+        <v>20</v>
       </c>
       <c r="B23">
-        <v>4.7</v>
+        <v>5.28</v>
       </c>
       <c r="C23">
-        <v>2.0</v>
+        <v>24.0</v>
       </c>
       <c r="D23" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="B24">
-        <v>4.7</v>
+        <v>5.28</v>
       </c>
       <c r="C24">
-        <v>350.0</v>
+        <v>36.0</v>
       </c>
       <c r="D24" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="B25">
-        <v>4.7</v>
+        <v>5.3</v>
       </c>
       <c r="C25">
-        <v>350.0</v>
+        <v>6.0</v>
       </c>
       <c r="D25" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="B26">
-        <v>4.71</v>
+        <v>5.28</v>
       </c>
       <c r="C26">
-        <v>10.0</v>
+        <v>24.0</v>
       </c>
       <c r="D26" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>18</v>
+        <v>23</v>
       </c>
       <c r="B27">
-        <v>4.71</v>
+        <v>5.3</v>
       </c>
       <c r="C27">
         <v>10.0</v>
       </c>
       <c r="D27" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>19</v>
+        <v>24</v>
       </c>
       <c r="B28">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C28">
-        <v>50.0</v>
+        <v>71.0</v>
       </c>
       <c r="D28" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="B29">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C29">
-        <v>10.0</v>
+        <v>429.0</v>
       </c>
       <c r="D29" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="B30">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C30">
-        <v>1500.0</v>
+        <v>56.0</v>
       </c>
       <c r="D30" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B31">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C31">
-        <v>3.0</v>
+        <v>15.0</v>
       </c>
       <c r="D31" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B32">
-        <v>4.71</v>
+        <v>5.32</v>
       </c>
       <c r="C32">
-        <v>200.0</v>
+        <v>5.0</v>
       </c>
       <c r="D32" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B33">
-        <v>4.72</v>
+        <v>5.3</v>
       </c>
       <c r="C33">
-        <v>50.0</v>
+        <v>121.0</v>
       </c>
       <c r="D33" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B34">
-        <v>4.72</v>
+        <v>5.3</v>
       </c>
       <c r="C34">
-        <v>50.0</v>
+        <v>35.0</v>
       </c>
       <c r="D34" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="B35">
-        <v>4.72</v>
+        <v>5.3</v>
       </c>
       <c r="C35">
-        <v>187.0</v>
+        <v>4.0</v>
       </c>
       <c r="D35" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="B36">
-        <v>4.72</v>
+        <v>5.3</v>
       </c>
       <c r="C36">
-        <v>3.0</v>
+        <v>50.0</v>
       </c>
       <c r="D36" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B37">
-        <v>4.74</v>
+        <v>5.3</v>
       </c>
       <c r="C37">
-        <v>1.0</v>
+        <v>100.0</v>
       </c>
       <c r="D37" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B38">
-        <v>4.73</v>
+        <v>5.3</v>
       </c>
       <c r="C38">
-        <v>10.0</v>
+        <v>300.0</v>
       </c>
       <c r="D38" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="B39">
-        <v>4.73</v>
+        <v>5.28</v>
       </c>
       <c r="C39">
-        <v>70.0</v>
+        <v>50.0</v>
       </c>
       <c r="D39" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B40">
-        <v>4.72</v>
+        <v>5.24</v>
       </c>
       <c r="C40">
-        <v>210.0</v>
+        <v>50.0</v>
       </c>
       <c r="D40" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B41">
-        <v>4.72</v>
+        <v>5.24</v>
       </c>
       <c r="C41">
-        <v>100.0</v>
+        <v>20.0</v>
       </c>
       <c r="D41" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>24</v>
+        <v>27</v>
       </c>
       <c r="B42">
-        <v>4.73</v>
+        <v>5.24</v>
       </c>
       <c r="C42">
-        <v>50.0</v>
+        <v>30.0</v>
       </c>
       <c r="D42" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="B43">
-        <v>4.73</v>
+        <v>5.26</v>
       </c>
       <c r="C43">
-        <v>50.0</v>
+        <v>5000.0</v>
       </c>
       <c r="D43" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="B44">
-        <v>4.73</v>
+        <v>5.28</v>
       </c>
       <c r="C44">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D44" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B45">
-        <v>4.74</v>
+        <v>5.28</v>
       </c>
       <c r="C45">
-        <v>13.0</v>
+        <v>2.0</v>
       </c>
       <c r="D45" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B46">
-        <v>4.74</v>
+        <v>5.28</v>
       </c>
       <c r="C46">
-        <v>60.0</v>
+        <v>300.0</v>
       </c>
       <c r="D46" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="B47">
-        <v>4.74</v>
+        <v>5.28</v>
       </c>
       <c r="C47">
-        <v>50.0</v>
+        <v>597.0</v>
       </c>
       <c r="D47" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="B48">
-        <v>4.75</v>
+        <v>5.26</v>
       </c>
       <c r="C48">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="D48" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>25</v>
+        <v>32</v>
       </c>
       <c r="B49">
-        <v>4.75</v>
+        <v>5.28</v>
       </c>
       <c r="C49">
-        <v>33.0</v>
+        <v>2.0</v>
       </c>
       <c r="D49" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="B50">
-        <v>4.75</v>
+        <v>5.28</v>
       </c>
       <c r="C50">
-        <v>17.0</v>
+        <v>1.0</v>
       </c>
       <c r="D50" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="B51">
-        <v>4.75</v>
+        <v>5.26</v>
       </c>
       <c r="C51">
-        <v>3.0</v>
+        <v>221.0</v>
       </c>
       <c r="D51" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="B52">
-        <v>4.75</v>
+        <v>5.26</v>
       </c>
       <c r="C52">
-        <v>50.0</v>
+        <v>100.0</v>
       </c>
       <c r="D52" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="B53">
-        <v>4.75</v>
+        <v>5.24</v>
       </c>
       <c r="C53">
-        <v>50.0</v>
+        <v>70.0</v>
       </c>
       <c r="D53" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>29</v>
+        <v>37</v>
       </c>
       <c r="B54">
-        <v>4.81</v>
+        <v>5.26</v>
       </c>
       <c r="C54">
-        <v>653.0</v>
+        <v>20.0</v>
       </c>
       <c r="D54" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="B55">
-        <v>4.81</v>
+        <v>5.26</v>
       </c>
       <c r="C55">
-        <v>399.0</v>
+        <v>8.0</v>
       </c>
       <c r="D55" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B56">
-        <v>4.8</v>
+        <v>5.26</v>
       </c>
       <c r="C56">
-        <v>800.0</v>
+        <v>1.0</v>
       </c>
       <c r="D56" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>29</v>
+        <v>39</v>
       </c>
       <c r="B57">
-        <v>4.8</v>
+        <v>5.26</v>
       </c>
       <c r="C57">
-        <v>249.0</v>
+        <v>4.0</v>
       </c>
       <c r="D57" t="s">
-        <v>5</v>
-[...1062 lines deleted...]
-      <c r="D133" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>