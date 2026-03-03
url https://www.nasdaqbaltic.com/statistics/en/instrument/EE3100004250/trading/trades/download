--- v2 (2026-02-04)
+++ v3 (2026-03-03)
@@ -12,167 +12,191 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="48">
   <si>
     <t>Time</t>
   </si>
   <si>
     <t>Price</t>
   </si>
   <si>
     <t>Volume</t>
   </si>
   <si>
     <t>Trade type</t>
   </si>
   <si>
-    <t>15:52:22</t>
+    <t>15:59:41</t>
+  </si>
+  <si>
+    <t xml:space="preserve">AOD </t>
+  </si>
+  <si>
+    <t>15:44:29</t>
   </si>
   <si>
     <t>AUTO</t>
   </si>
   <si>
-    <t>15:39:13</t>
-[...95 lines deleted...]
-    <t>10:01:13</t>
+    <t>15:15:29</t>
+  </si>
+  <si>
+    <t>15:14:07</t>
+  </si>
+  <si>
+    <t>15:07:25</t>
+  </si>
+  <si>
+    <t>14:59:27</t>
+  </si>
+  <si>
+    <t>14:55:50</t>
+  </si>
+  <si>
+    <t>14:45:34</t>
+  </si>
+  <si>
+    <t>14:35:13</t>
+  </si>
+  <si>
+    <t>13:56:40</t>
+  </si>
+  <si>
+    <t>13:36:24</t>
+  </si>
+  <si>
+    <t>13:33:32</t>
+  </si>
+  <si>
+    <t>13:28:16</t>
+  </si>
+  <si>
+    <t>13:25:50</t>
+  </si>
+  <si>
+    <t>13:12:01</t>
+  </si>
+  <si>
+    <t>12:45:27</t>
+  </si>
+  <si>
+    <t>12:40:37</t>
+  </si>
+  <si>
+    <t>12:29:52</t>
+  </si>
+  <si>
+    <t>12:24:39</t>
+  </si>
+  <si>
+    <t>11:48:05</t>
+  </si>
+  <si>
+    <t>11:48:00</t>
+  </si>
+  <si>
+    <t>11:47:42</t>
+  </si>
+  <si>
+    <t>11:32:43</t>
+  </si>
+  <si>
+    <t>11:21:33</t>
+  </si>
+  <si>
+    <t>11:04:38</t>
+  </si>
+  <si>
+    <t>11:03:16</t>
+  </si>
+  <si>
+    <t>11:02:50</t>
+  </si>
+  <si>
+    <t>10:59:44</t>
+  </si>
+  <si>
+    <t>10:41:12</t>
+  </si>
+  <si>
+    <t>10:37:48</t>
+  </si>
+  <si>
+    <t>10:32:36</t>
+  </si>
+  <si>
+    <t>10:30:05</t>
+  </si>
+  <si>
+    <t>10:29:00</t>
+  </si>
+  <si>
+    <t>10:26:42</t>
+  </si>
+  <si>
+    <t>10:18:21</t>
+  </si>
+  <si>
+    <t>10:13:04</t>
+  </si>
+  <si>
+    <t>10:12:01</t>
+  </si>
+  <si>
+    <t>10:05:09</t>
+  </si>
+  <si>
+    <t>10:04:31</t>
+  </si>
+  <si>
+    <t>10:02:38</t>
+  </si>
+  <si>
+    <t>10:00:38</t>
   </si>
   <si>
     <t>10:00:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -490,853 +514,1343 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D57"/>
+  <dimension ref="A1:D92"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="D1" sqref="D1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2">
-        <v>5.3</v>
+        <v>5.58</v>
       </c>
       <c r="C2">
-        <v>400.0</v>
+        <v>195.0</v>
       </c>
       <c r="D2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="B3">
-        <v>5.28</v>
+        <v>5.58</v>
       </c>
       <c r="C3">
-        <v>13.0</v>
+        <v>5.0</v>
       </c>
       <c r="D3" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="B4">
-        <v>5.3</v>
+        <v>5.58</v>
       </c>
       <c r="C4">
-        <v>37.0</v>
+        <v>2.0</v>
       </c>
       <c r="D4" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="B5">
-        <v>5.3</v>
+        <v>5.58</v>
       </c>
       <c r="C5">
-        <v>3.0</v>
+        <v>2.0</v>
       </c>
       <c r="D5" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B6">
-        <v>5.3</v>
+        <v>5.58</v>
       </c>
       <c r="C6">
-        <v>5000.0</v>
+        <v>1.0</v>
       </c>
       <c r="D6" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="B7">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C7">
-        <v>25.0</v>
+        <v>200.0</v>
       </c>
       <c r="D7" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B8">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C8">
-        <v>3.0</v>
+        <v>200.0</v>
       </c>
       <c r="D8" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B9">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C9">
-        <v>112.0</v>
+        <v>53.0</v>
       </c>
       <c r="D9" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="B10">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C10">
-        <v>101.0</v>
+        <v>2.0</v>
       </c>
       <c r="D10" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="B11">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C11">
-        <v>43.0</v>
+        <v>5.0</v>
       </c>
       <c r="D11" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="B12">
-        <v>5.32</v>
+        <v>5.54</v>
       </c>
       <c r="C12">
-        <v>100.0</v>
+        <v>200.0</v>
       </c>
       <c r="D12" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13">
-        <v>5.32</v>
+        <v>5.56</v>
       </c>
       <c r="C13">
-        <v>30.0</v>
+        <v>5.0</v>
       </c>
       <c r="D13" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="B14">
-        <v>5.3</v>
+        <v>5.56</v>
       </c>
       <c r="C14">
-        <v>60.0</v>
+        <v>35.0</v>
       </c>
       <c r="D14" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="B15">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C15">
-        <v>84.0</v>
+        <v>5.0</v>
       </c>
       <c r="D15" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>14</v>
       </c>
       <c r="B16">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C16">
-        <v>216.0</v>
+        <v>522.0</v>
       </c>
       <c r="D16" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B17">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C17">
-        <v>50.0</v>
+        <v>200.0</v>
       </c>
       <c r="D17" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B18">
-        <v>5.32</v>
+        <v>5.54</v>
       </c>
       <c r="C18">
-        <v>250.0</v>
+        <v>100.0</v>
       </c>
       <c r="D18" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="B19">
-        <v>5.32</v>
+        <v>5.54</v>
       </c>
       <c r="C19">
-        <v>100.0</v>
+        <v>2.0</v>
       </c>
       <c r="D19" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>14</v>
       </c>
       <c r="B20">
-        <v>5.32</v>
+        <v>5.54</v>
       </c>
       <c r="C20">
-        <v>5.0</v>
+        <v>10.0</v>
       </c>
       <c r="D20" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B21">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C21">
-        <v>200.0</v>
+        <v>50.0</v>
       </c>
       <c r="D21" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>19</v>
+        <v>14</v>
       </c>
       <c r="B22">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C22">
-        <v>34.0</v>
+        <v>50.0</v>
       </c>
       <c r="D22" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B23">
-        <v>5.28</v>
+        <v>5.54</v>
       </c>
       <c r="C23">
-        <v>24.0</v>
+        <v>50.0</v>
       </c>
       <c r="D23" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>20</v>
+        <v>14</v>
       </c>
       <c r="B24">
-        <v>5.28</v>
+        <v>5.54</v>
       </c>
       <c r="C24">
-        <v>36.0</v>
+        <v>63.0</v>
       </c>
       <c r="D24" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="B25">
-        <v>5.3</v>
+        <v>5.54</v>
       </c>
       <c r="C25">
-        <v>6.0</v>
+        <v>10.0</v>
       </c>
       <c r="D25" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="B26">
-        <v>5.28</v>
+        <v>5.54</v>
       </c>
       <c r="C26">
-        <v>24.0</v>
+        <v>20.0</v>
       </c>
       <c r="D26" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>23</v>
+        <v>14</v>
       </c>
       <c r="B27">
-        <v>5.3</v>
+        <v>5.56</v>
       </c>
       <c r="C27">
-        <v>10.0</v>
+        <v>1.0</v>
       </c>
       <c r="D27" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>24</v>
+        <v>14</v>
       </c>
       <c r="B28">
-        <v>5.32</v>
+        <v>5.56</v>
       </c>
       <c r="C28">
-        <v>71.0</v>
+        <v>301.0</v>
       </c>
       <c r="D28" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="B29">
-        <v>5.32</v>
+        <v>5.6</v>
       </c>
       <c r="C29">
-        <v>429.0</v>
+        <v>14.0</v>
       </c>
       <c r="D29" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="B30">
-        <v>5.32</v>
+        <v>5.6</v>
       </c>
       <c r="C30">
-        <v>56.0</v>
+        <v>7.0</v>
       </c>
       <c r="D30" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>26</v>
+        <v>17</v>
       </c>
       <c r="B31">
-        <v>5.32</v>
+        <v>5.56</v>
       </c>
       <c r="C31">
-        <v>15.0</v>
+        <v>16.0</v>
       </c>
       <c r="D31" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B32">
-        <v>5.32</v>
+        <v>5.56</v>
       </c>
       <c r="C32">
-        <v>5.0</v>
+        <v>70.0</v>
       </c>
       <c r="D32" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>26</v>
+        <v>18</v>
       </c>
       <c r="B33">
-        <v>5.3</v>
+        <v>5.56</v>
       </c>
       <c r="C33">
-        <v>121.0</v>
+        <v>5.0</v>
       </c>
       <c r="D33" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>26</v>
+        <v>19</v>
       </c>
       <c r="B34">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C34">
-        <v>35.0</v>
+        <v>20.0</v>
       </c>
       <c r="D34" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="B35">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C35">
-        <v>4.0</v>
+        <v>500.0</v>
       </c>
       <c r="D35" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B36">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C36">
-        <v>50.0</v>
+        <v>1.0</v>
       </c>
       <c r="D36" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="B37">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C37">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D37" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B38">
-        <v>5.3</v>
+        <v>5.6</v>
       </c>
       <c r="C38">
-        <v>300.0</v>
+        <v>50.0</v>
       </c>
       <c r="D38" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B39">
-        <v>5.28</v>
+        <v>5.6</v>
       </c>
       <c r="C39">
-        <v>50.0</v>
+        <v>25.0</v>
       </c>
       <c r="D39" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B40">
-        <v>5.24</v>
+        <v>5.6</v>
       </c>
       <c r="C40">
-        <v>50.0</v>
+        <v>238.0</v>
       </c>
       <c r="D40" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="B41">
-        <v>5.24</v>
+        <v>5.6</v>
       </c>
       <c r="C41">
-        <v>20.0</v>
+        <v>112.0</v>
       </c>
       <c r="D41" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="B42">
-        <v>5.24</v>
+        <v>5.6</v>
       </c>
       <c r="C42">
-        <v>30.0</v>
+        <v>13.0</v>
       </c>
       <c r="D42" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B43">
-        <v>5.26</v>
+        <v>5.58</v>
       </c>
       <c r="C43">
-        <v>5000.0</v>
+        <v>12.0</v>
       </c>
       <c r="D43" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B44">
-        <v>5.28</v>
+        <v>5.58</v>
       </c>
       <c r="C44">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D44" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B45">
-        <v>5.28</v>
+        <v>5.56</v>
       </c>
       <c r="C45">
-        <v>2.0</v>
+        <v>10.0</v>
       </c>
       <c r="D45" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>30</v>
       </c>
       <c r="B46">
-        <v>5.28</v>
+        <v>5.58</v>
       </c>
       <c r="C46">
-        <v>300.0</v>
+        <v>4.0</v>
       </c>
       <c r="D46" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="B47">
-        <v>5.28</v>
+        <v>5.58</v>
       </c>
       <c r="C47">
-        <v>597.0</v>
+        <v>12.0</v>
       </c>
       <c r="D47" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B48">
-        <v>5.26</v>
+        <v>5.58</v>
       </c>
       <c r="C48">
-        <v>1.0</v>
+        <v>10.0</v>
       </c>
       <c r="D48" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B49">
-        <v>5.28</v>
+        <v>5.58</v>
       </c>
       <c r="C49">
         <v>2.0</v>
       </c>
       <c r="D49" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="B50">
-        <v>5.28</v>
+        <v>5.6</v>
       </c>
       <c r="C50">
         <v>1.0</v>
       </c>
       <c r="D50" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>34</v>
       </c>
       <c r="B51">
-        <v>5.26</v>
+        <v>5.58</v>
       </c>
       <c r="C51">
-        <v>221.0</v>
+        <v>40.0</v>
       </c>
       <c r="D51" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>35</v>
       </c>
       <c r="B52">
-        <v>5.26</v>
+        <v>5.58</v>
       </c>
       <c r="C52">
-        <v>100.0</v>
+        <v>10.0</v>
       </c>
       <c r="D52" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>36</v>
       </c>
       <c r="B53">
-        <v>5.24</v>
+        <v>5.6</v>
       </c>
       <c r="C53">
-        <v>70.0</v>
+        <v>10.0</v>
       </c>
       <c r="D53" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B54">
-        <v>5.26</v>
+        <v>5.6</v>
       </c>
       <c r="C54">
-        <v>20.0</v>
+        <v>10.0</v>
       </c>
       <c r="D54" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="B55">
-        <v>5.26</v>
+        <v>5.6</v>
       </c>
       <c r="C55">
-        <v>8.0</v>
+        <v>5.0</v>
       </c>
       <c r="D55" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="B56">
-        <v>5.26</v>
+        <v>5.6</v>
       </c>
       <c r="C56">
-        <v>1.0</v>
+        <v>1000.0</v>
       </c>
       <c r="D56" t="s">
-        <v>5</v>
+        <v>7</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
+        <v>36</v>
+      </c>
+      <c r="B57">
+        <v>5.6</v>
+      </c>
+      <c r="C57">
+        <v>8.0</v>
+      </c>
+      <c r="D57" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>36</v>
+      </c>
+      <c r="B58">
+        <v>5.6</v>
+      </c>
+      <c r="C58">
+        <v>50.0</v>
+      </c>
+      <c r="D58" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>36</v>
+      </c>
+      <c r="B59">
+        <v>5.6</v>
+      </c>
+      <c r="C59">
+        <v>81.0</v>
+      </c>
+      <c r="D59" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>37</v>
+      </c>
+      <c r="B60">
+        <v>5.62</v>
+      </c>
+      <c r="C60">
+        <v>50.0</v>
+      </c>
+      <c r="D60" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>37</v>
+      </c>
+      <c r="B61">
+        <v>5.62</v>
+      </c>
+      <c r="C61">
+        <v>2.0</v>
+      </c>
+      <c r="D61" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>38</v>
+      </c>
+      <c r="B62">
+        <v>5.66</v>
+      </c>
+      <c r="C62">
+        <v>1.0</v>
+      </c>
+      <c r="D62" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
         <v>39</v>
       </c>
-      <c r="B57">
-[...2 lines deleted...]
-      <c r="C57">
+      <c r="B63">
+        <v>5.66</v>
+      </c>
+      <c r="C63">
+        <v>9.0</v>
+      </c>
+      <c r="D63" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>40</v>
+      </c>
+      <c r="B64">
+        <v>5.68</v>
+      </c>
+      <c r="C64">
+        <v>1.0</v>
+      </c>
+      <c r="D64" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>41</v>
+      </c>
+      <c r="B65">
+        <v>5.62</v>
+      </c>
+      <c r="C65">
         <v>4.0</v>
       </c>
-      <c r="D57" t="s">
+      <c r="D65" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>41</v>
+      </c>
+      <c r="B66">
+        <v>5.62</v>
+      </c>
+      <c r="C66">
+        <v>1.0</v>
+      </c>
+      <c r="D66" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>42</v>
+      </c>
+      <c r="B67">
+        <v>5.68</v>
+      </c>
+      <c r="C67">
+        <v>2.0</v>
+      </c>
+      <c r="D67" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>43</v>
+      </c>
+      <c r="B68">
+        <v>5.68</v>
+      </c>
+      <c r="C68">
+        <v>10.0</v>
+      </c>
+      <c r="D68" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>44</v>
+      </c>
+      <c r="B69">
+        <v>5.68</v>
+      </c>
+      <c r="C69">
+        <v>22.0</v>
+      </c>
+      <c r="D69" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>44</v>
+      </c>
+      <c r="B70">
+        <v>5.68</v>
+      </c>
+      <c r="C70">
+        <v>15.0</v>
+      </c>
+      <c r="D70" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>44</v>
+      </c>
+      <c r="B71">
+        <v>5.68</v>
+      </c>
+      <c r="C71">
+        <v>2.0</v>
+      </c>
+      <c r="D71" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>45</v>
+      </c>
+      <c r="B72">
+        <v>5.6</v>
+      </c>
+      <c r="C72">
+        <v>19.0</v>
+      </c>
+      <c r="D72" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>45</v>
+      </c>
+      <c r="B73">
+        <v>5.6</v>
+      </c>
+      <c r="C73">
+        <v>15.0</v>
+      </c>
+      <c r="D73" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>45</v>
+      </c>
+      <c r="B74">
+        <v>5.6</v>
+      </c>
+      <c r="C74">
+        <v>4.0</v>
+      </c>
+      <c r="D74" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>45</v>
+      </c>
+      <c r="B75">
+        <v>5.62</v>
+      </c>
+      <c r="C75">
+        <v>5.0</v>
+      </c>
+      <c r="D75" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>45</v>
+      </c>
+      <c r="B76">
+        <v>5.62</v>
+      </c>
+      <c r="C76">
+        <v>50.0</v>
+      </c>
+      <c r="D76" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="77" spans="1:4">
+      <c r="A77" t="s">
+        <v>45</v>
+      </c>
+      <c r="B77">
+        <v>5.62</v>
+      </c>
+      <c r="C77">
+        <v>6.0</v>
+      </c>
+      <c r="D77" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="78" spans="1:4">
+      <c r="A78" t="s">
+        <v>46</v>
+      </c>
+      <c r="B78">
+        <v>5.64</v>
+      </c>
+      <c r="C78">
+        <v>82.0</v>
+      </c>
+      <c r="D78" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="79" spans="1:4">
+      <c r="A79" t="s">
+        <v>46</v>
+      </c>
+      <c r="B79">
+        <v>5.64</v>
+      </c>
+      <c r="C79">
+        <v>5.0</v>
+      </c>
+      <c r="D79" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="80" spans="1:4">
+      <c r="A80" t="s">
+        <v>46</v>
+      </c>
+      <c r="B80">
+        <v>5.64</v>
+      </c>
+      <c r="C80">
+        <v>2.0</v>
+      </c>
+      <c r="D80" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="81" spans="1:4">
+      <c r="A81" t="s">
+        <v>46</v>
+      </c>
+      <c r="B81">
+        <v>5.64</v>
+      </c>
+      <c r="C81">
+        <v>35.0</v>
+      </c>
+      <c r="D81" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="82" spans="1:4">
+      <c r="A82" t="s">
+        <v>47</v>
+      </c>
+      <c r="B82">
+        <v>5.66</v>
+      </c>
+      <c r="C82">
+        <v>5.0</v>
+      </c>
+      <c r="D82" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="83" spans="1:4">
+      <c r="A83" t="s">
+        <v>47</v>
+      </c>
+      <c r="B83">
+        <v>5.66</v>
+      </c>
+      <c r="C83">
+        <v>1.0</v>
+      </c>
+      <c r="D83" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="84" spans="1:4">
+      <c r="A84" t="s">
+        <v>47</v>
+      </c>
+      <c r="B84">
+        <v>5.66</v>
+      </c>
+      <c r="C84">
+        <v>18.0</v>
+      </c>
+      <c r="D84" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="85" spans="1:4">
+      <c r="A85" t="s">
+        <v>47</v>
+      </c>
+      <c r="B85">
+        <v>5.66</v>
+      </c>
+      <c r="C85">
+        <v>22.0</v>
+      </c>
+      <c r="D85" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="86" spans="1:4">
+      <c r="A86" t="s">
+        <v>47</v>
+      </c>
+      <c r="B86">
+        <v>5.66</v>
+      </c>
+      <c r="C86">
+        <v>200.0</v>
+      </c>
+      <c r="D86" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="87" spans="1:4">
+      <c r="A87" t="s">
+        <v>47</v>
+      </c>
+      <c r="B87">
+        <v>5.66</v>
+      </c>
+      <c r="C87">
+        <v>25.0</v>
+      </c>
+      <c r="D87" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="88" spans="1:4">
+      <c r="A88" t="s">
+        <v>47</v>
+      </c>
+      <c r="B88">
+        <v>5.66</v>
+      </c>
+      <c r="C88">
+        <v>20.0</v>
+      </c>
+      <c r="D88" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>47</v>
+      </c>
+      <c r="B89">
+        <v>5.66</v>
+      </c>
+      <c r="C89">
+        <v>5.0</v>
+      </c>
+      <c r="D89" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="90" spans="1:4">
+      <c r="A90" t="s">
+        <v>47</v>
+      </c>
+      <c r="B90">
+        <v>5.66</v>
+      </c>
+      <c r="C90">
+        <v>35.0</v>
+      </c>
+      <c r="D90" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="91" spans="1:4">
+      <c r="A91" t="s">
+        <v>47</v>
+      </c>
+      <c r="B91">
+        <v>5.66</v>
+      </c>
+      <c r="C91">
+        <v>5.0</v>
+      </c>
+      <c r="D91" t="s">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="92" spans="1:4">
+      <c r="A92" t="s">
+        <v>47</v>
+      </c>
+      <c r="B92">
+        <v>5.66</v>
+      </c>
+      <c r="C92">
+        <v>5.0</v>
+      </c>
+      <c r="D92" t="s">
         <v>5</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>