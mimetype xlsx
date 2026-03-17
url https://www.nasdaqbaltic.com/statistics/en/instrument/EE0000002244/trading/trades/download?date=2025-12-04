--- v0 (2025-12-05)
+++ v1 (2026-03-17)
@@ -438,119 +438,137 @@
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5">
       <c r="A2" t="s">
         <v>5</v>
       </c>
       <c r="B2">
         <v>102.408889</v>
       </c>
       <c r="C2">
         <v>6.0</v>
       </c>
       <c r="D2" t="s">
         <v>6</v>
       </c>
+      <c r="E2">
+        <v>100.6</v>
+      </c>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" t="s">
         <v>5</v>
       </c>
       <c r="B3">
         <v>102.508889</v>
       </c>
       <c r="C3">
         <v>4.0</v>
       </c>
       <c r="D3" t="s">
         <v>6</v>
       </c>
+      <c r="E3">
+        <v>100.7</v>
+      </c>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" t="s">
         <v>7</v>
       </c>
       <c r="B4">
         <v>103.438889</v>
       </c>
       <c r="C4">
         <v>10.0</v>
       </c>
       <c r="D4" t="s">
         <v>6</v>
       </c>
+      <c r="E4">
+        <v>101.63</v>
+      </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5">
         <v>103.438889</v>
       </c>
       <c r="C5">
         <v>6.0</v>
       </c>
       <c r="D5" t="s">
         <v>6</v>
       </c>
+      <c r="E5">
+        <v>101.63</v>
+      </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6">
         <v>103.358889</v>
       </c>
       <c r="C6">
         <v>1.0</v>
       </c>
       <c r="D6" t="s">
         <v>6</v>
       </c>
+      <c r="E6">
+        <v>101.55</v>
+      </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" t="s">
         <v>9</v>
       </c>
       <c r="B7">
         <v>103.438889</v>
       </c>
       <c r="C7">
         <v>10.0</v>
       </c>
       <c r="D7" t="s">
         <v>6</v>
+      </c>
+      <c r="E7">
+        <v>101.63</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">