--- v0 (2025-12-05)
+++ v1 (2025-12-13)
@@ -507,77 +507,77 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="G2">
-        <v>0.165</v>
+        <v>0.1545</v>
       </c>
       <c r="H2">
         <v>0.6783</v>
       </c>
       <c r="I2" s="2">
         <v>45961.0</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>8.49</v>
+        <v>8.499</v>
       </c>
       <c r="H3">
         <v>11.22</v>
       </c>
       <c r="I3" s="2">
         <v>45961.0</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>