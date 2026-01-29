--- v1 (2025-12-13)
+++ v2 (2026-01-29)
@@ -507,83 +507,83 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="G2">
-        <v>0.1545</v>
+        <v>0.156</v>
       </c>
       <c r="H2">
-        <v>0.6783</v>
+        <v>0.5451</v>
       </c>
       <c r="I2" s="2">
-        <v>45961.0</v>
+        <v>46022.0</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>8.499</v>
+        <v>9.6221</v>
       </c>
       <c r="H3">
-        <v>11.22</v>
+        <v>11.76</v>
       </c>
       <c r="I3" s="2">
-        <v>45961.0</v>
+        <v>46022.0</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>