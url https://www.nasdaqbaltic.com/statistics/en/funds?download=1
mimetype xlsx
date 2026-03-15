--- v2 (2026-01-29)
+++ v3 (2026-03-15)
@@ -507,83 +507,83 @@
       </c>
       <c r="L1" s="1" t="s">
         <v>11</v>
       </c>
       <c r="M1" s="1" t="s">
         <v>12</v>
       </c>
       <c r="N1" s="1" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="2" spans="1:14">
       <c r="A2" t="s">
         <v>14</v>
       </c>
       <c r="B2" t="s">
         <v>15</v>
       </c>
       <c r="C2" t="s">
         <v>16</v>
       </c>
       <c r="D2" t="s">
         <v>17</v>
       </c>
       <c r="G2">
-        <v>0.156</v>
+        <v>0.148</v>
       </c>
       <c r="H2">
-        <v>0.5451</v>
+        <v>0.545</v>
       </c>
       <c r="I2" s="2">
-        <v>46022.0</v>
+        <v>46053.0</v>
       </c>
       <c r="J2" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="3" spans="1:14">
       <c r="A3" t="s">
         <v>19</v>
       </c>
       <c r="B3" t="s">
         <v>20</v>
       </c>
       <c r="C3" t="s">
         <v>21</v>
       </c>
       <c r="D3" t="s">
         <v>17</v>
       </c>
       <c r="G3">
-        <v>9.6221</v>
+        <v>10.0</v>
       </c>
       <c r="H3">
-        <v>11.76</v>
+        <v>11.85</v>
       </c>
       <c r="I3" s="2">
-        <v>46022.0</v>
+        <v>46053.0</v>
       </c>
       <c r="J3" t="s">
         <v>18</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>